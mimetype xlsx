--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -39,51 +39,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1507" uniqueCount="857">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="865">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -353,50 +353,65 @@
   <si>
     <t>c_1696038</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
   </si>
   <si>
     <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
   </si>
   <si>
     <t>01/06/2011 00:00:00</t>
   </si>
   <si>
     <t>13/07/2011 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
   </si>
   <si>
     <t>c_1069254</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
@@ -866,65 +881,50 @@
   <si>
     <t>14/10/2019 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112485/fr/albinisme</t>
   </si>
   <si>
     <t>p_3112485</t>
   </si>
   <si>
     <t>Phénylcétonurie</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
   </si>
   <si>
     <t>04/06/2018 15:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
   </si>
   <si>
     <t>c_953467</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>01/07/2015 00:00:00</t>
   </si>
   <si>
     <t>24/07/2015 13:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
@@ -998,104 +998,104 @@
   <si>
     <t>c_1650525</t>
   </si>
   <si>
     <t>ALD n°17 - Mucopolysaccharidose de type I</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
   </si>
   <si>
     <t>13/06/2007 00:00:00</t>
   </si>
   <si>
     <t>08/08/2007 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
   </si>
   <si>
     <t>c_569717</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
   </si>
   <si>
     <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
   </si>
   <si>
     <t>26/11/2020 00:00:00</t>
   </si>
   <si>
     <t>08/12/2020 16:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
-[...16 lines deleted...]
-  <si>
     <t>Bon usage des agents antiplaquettaires</t>
   </si>
   <si>
     <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
   </si>
   <si>
     <t>01/06/2012 00:00:00</t>
   </si>
   <si>
     <t>01/06/2012 15:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
   </si>
   <si>
     <t>c_1264095</t>
   </si>
   <si>
     <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
   </si>
   <si>
     <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
   </si>
   <si>
     <t>02/09/2009 00:00:00</t>
@@ -1304,90 +1304,114 @@
   <si>
     <t>c_2774575</t>
   </si>
   <si>
     <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
   </si>
   <si>
     <t>16/12/2011 17:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
   </si>
   <si>
     <t>c_1148855</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>CEDiag du 15 juillet 2025</t>
+  </si>
+  <si>
+    <t>24/11/2025 17:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745735/fr/cediag-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3745735</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 juillet 2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638332/fr/college-deliberatif-du-24-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3638332</t>
+  </si>
+  <si>
     <t>Collège délibératif du 28 novembre 2024</t>
   </si>
   <si>
     <t>17/12/2024 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3573260/fr/college-deliberatif-du-28-novembre-2024</t>
   </si>
   <si>
     <t>p_3573260</t>
   </si>
   <si>
-    <t>Collège</t>
-[...1 lines deleted...]
-  <si>
     <t>CEESP - Réunion du 8 avril 2025</t>
   </si>
   <si>
     <t>08/04/2025 14:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601119/fr/ceesp-reunion-du-8-avril-2025</t>
   </si>
   <si>
     <t>p_3601119</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3594876</t>
   </si>
   <si>
     <t>PV Collège délibératif du 28 novembre 2024</t>
   </si>
   <si>
     <t>21/02/2025 10:56:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3588583/fr/pv-college-deliberatif-du-28-novembre-2024</t>
   </si>
   <si>
     <t>p_3588583</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
   </si>
   <si>
     <t>04/12/2024 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
   </si>
   <si>
     <t>p_3565815</t>
   </si>
@@ -2784,368 +2808,368 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="J1" t="s">
         <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B2" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="H2" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="I2" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="J2" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="K2" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="L2" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="M2" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="N2" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="O2" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B3" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>822</v>
+      </c>
+      <c r="H3" t="s">
+        <v>823</v>
+      </c>
+      <c r="I3" t="s">
+        <v>824</v>
+      </c>
+      <c r="J3" t="s">
         <v>814</v>
       </c>
-      <c r="H3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="L3" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="M3" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B4" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="H4" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="I4" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="J4" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="K4" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B5" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="H5" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I5" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J5" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="K5" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B6" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="H6" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="I6" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="J6" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="K6" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B2" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="C2" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="H2" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B3" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="C3" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="H3" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B4" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="C4" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="H4" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3679,77 +3703,77 @@
       </c>
       <c r="E2" t="s">
         <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>107</v>
       </c>
       <c r="H2" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>103</v>
       </c>
       <c r="B3" t="s">
         <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>110</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>111</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>112</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>103</v>
       </c>
       <c r="B4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" t="s">
         <v>115</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>117</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>118</v>
       </c>
       <c r="H4" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>103</v>
       </c>
       <c r="B5" t="s">
         <v>120</v>
       </c>
       <c r="C5" t="s">
         <v>121</v>
       </c>
       <c r="D5" t="s">
@@ -3783,77 +3807,77 @@
       </c>
       <c r="E6" t="s">
         <v>127</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>128</v>
       </c>
       <c r="H6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>103</v>
       </c>
       <c r="B7" t="s">
         <v>130</v>
       </c>
       <c r="C7" t="s">
         <v>131</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>132</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>133</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>103</v>
       </c>
       <c r="B8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" t="s">
         <v>136</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>138</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>139</v>
       </c>
       <c r="H8" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>103</v>
       </c>
       <c r="B9" t="s">
         <v>141</v>
       </c>
       <c r="C9" t="s">
         <v>142</v>
       </c>
       <c r="D9" t="s">
@@ -3887,184 +3911,184 @@
       </c>
       <c r="E10" t="s">
         <v>148</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>149</v>
       </c>
       <c r="H10" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>103</v>
       </c>
       <c r="B11" t="s">
         <v>151</v>
       </c>
       <c r="C11" t="s">
         <v>152</v>
       </c>
       <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>153</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>154</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>103</v>
       </c>
       <c r="B12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C12" t="s">
         <v>157</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>159</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>160</v>
       </c>
       <c r="H12" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>103</v>
       </c>
       <c r="B13" t="s">
         <v>162</v>
       </c>
       <c r="C13" t="s">
         <v>163</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>169</v>
       </c>
       <c r="H14" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>103</v>
       </c>
       <c r="B15" t="s">
         <v>171</v>
       </c>
       <c r="C15" t="s">
         <v>172</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C16" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>178</v>
       </c>
       <c r="H16" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>103</v>
       </c>
       <c r="B17" t="s">
         <v>180</v>
       </c>
       <c r="C17" t="s">
         <v>181</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
@@ -4228,77 +4252,77 @@
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>213</v>
       </c>
       <c r="H23" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>103</v>
       </c>
       <c r="B24" t="s">
         <v>215</v>
       </c>
       <c r="C24" t="s">
         <v>216</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H24" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C25" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>222</v>
       </c>
       <c r="H25" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>103</v>
       </c>
       <c r="B26" t="s">
         <v>224</v>
       </c>
       <c r="C26" t="s">
         <v>225</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
@@ -4433,77 +4457,77 @@
       </c>
       <c r="E31" t="s">
         <v>251</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>252</v>
       </c>
       <c r="H31" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>103</v>
       </c>
       <c r="B32" t="s">
         <v>254</v>
       </c>
       <c r="C32" t="s">
         <v>255</v>
       </c>
       <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
         <v>256</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>257</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>103</v>
       </c>
       <c r="B33" t="s">
+        <v>259</v>
+      </c>
+      <c r="C33" t="s">
         <v>260</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>262</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>263</v>
       </c>
       <c r="H33" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>103</v>
       </c>
       <c r="B34" t="s">
         <v>265</v>
       </c>
       <c r="C34" t="s">
         <v>266</v>
       </c>
       <c r="D34" t="s">
@@ -5304,51 +5328,51 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>416</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>417</v>
       </c>
       <c r="H12" t="s">
         <v>418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I57"/>
+  <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5423,51 +5447,51 @@
       <c r="A4" t="s">
         <v>420</v>
       </c>
       <c r="B4" t="s">
         <v>431</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>432</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>433</v>
       </c>
       <c r="H4" t="s">
         <v>434</v>
       </c>
       <c r="I4" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>420</v>
       </c>
       <c r="B5" t="s">
         <v>435</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>436</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>437</v>
       </c>
       <c r="H5" t="s">
@@ -5481,2241 +5505,2299 @@
       <c r="A6" t="s">
         <v>420</v>
       </c>
       <c r="B6" t="s">
         <v>439</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>440</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>441</v>
       </c>
       <c r="H6" t="s">
         <v>442</v>
       </c>
       <c r="I6" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>420</v>
       </c>
       <c r="B7" t="s">
         <v>443</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>444</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>445</v>
       </c>
       <c r="H7" t="s">
         <v>446</v>
       </c>
       <c r="I7" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>420</v>
       </c>
       <c r="B8" t="s">
         <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>448</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>449</v>
       </c>
       <c r="H8" t="s">
         <v>450</v>
       </c>
       <c r="I8" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>420</v>
       </c>
       <c r="B9" t="s">
         <v>451</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>452</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>453</v>
       </c>
       <c r="H9" t="s">
         <v>454</v>
       </c>
       <c r="I9" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>420</v>
       </c>
       <c r="B10" t="s">
         <v>455</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>456</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>457</v>
       </c>
       <c r="H10" t="s">
         <v>458</v>
       </c>
       <c r="I10" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>420</v>
       </c>
       <c r="B11" t="s">
         <v>459</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>460</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>461</v>
       </c>
       <c r="H11" t="s">
         <v>462</v>
       </c>
       <c r="I11" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>420</v>
       </c>
       <c r="B12" t="s">
         <v>463</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>464</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>465</v>
       </c>
       <c r="H12" t="s">
         <v>466</v>
       </c>
       <c r="I12" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>420</v>
       </c>
       <c r="B13" t="s">
         <v>467</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H13" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I13" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>420</v>
       </c>
       <c r="B14" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="H14" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="I14" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>420</v>
       </c>
       <c r="B15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="I15" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>479</v>
       </c>
       <c r="H16" t="s">
         <v>480</v>
       </c>
       <c r="I16" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>420</v>
       </c>
       <c r="B17" t="s">
         <v>481</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>482</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>483</v>
       </c>
       <c r="H17" t="s">
         <v>484</v>
       </c>
       <c r="I17" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>420</v>
       </c>
       <c r="B18" t="s">
         <v>485</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>486</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>487</v>
       </c>
       <c r="H18" t="s">
         <v>488</v>
       </c>
       <c r="I18" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>420</v>
       </c>
       <c r="B19" t="s">
         <v>489</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>490</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>491</v>
       </c>
       <c r="H19" t="s">
         <v>492</v>
       </c>
       <c r="I19" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>420</v>
       </c>
       <c r="B20" t="s">
         <v>493</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>494</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>495</v>
       </c>
       <c r="H20" t="s">
         <v>496</v>
       </c>
       <c r="I20" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>420</v>
       </c>
       <c r="B21" t="s">
         <v>497</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>498</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>499</v>
       </c>
       <c r="H21" t="s">
         <v>500</v>
       </c>
       <c r="I21" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>420</v>
       </c>
       <c r="B22" t="s">
         <v>501</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>502</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>503</v>
       </c>
       <c r="H22" t="s">
         <v>504</v>
       </c>
       <c r="I22" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>420</v>
       </c>
       <c r="B23" t="s">
         <v>505</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>506</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>507</v>
       </c>
       <c r="H23" t="s">
         <v>508</v>
       </c>
       <c r="I23" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>420</v>
       </c>
       <c r="B24" t="s">
         <v>509</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>510</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>511</v>
       </c>
       <c r="H24" t="s">
         <v>512</v>
       </c>
       <c r="I24" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>420</v>
       </c>
       <c r="B25" t="s">
         <v>513</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>514</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>515</v>
       </c>
       <c r="H25" t="s">
         <v>516</v>
       </c>
       <c r="I25" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>420</v>
       </c>
       <c r="B26" t="s">
         <v>517</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>518</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>519</v>
       </c>
       <c r="H26" t="s">
         <v>520</v>
       </c>
       <c r="I26" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>420</v>
       </c>
       <c r="B27" t="s">
         <v>521</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>522</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>523</v>
       </c>
       <c r="H27" t="s">
         <v>524</v>
       </c>
       <c r="I27" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>420</v>
       </c>
       <c r="B28" t="s">
         <v>525</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>526</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>527</v>
       </c>
       <c r="H28" t="s">
         <v>528</v>
       </c>
       <c r="I28" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>420</v>
       </c>
       <c r="B29" t="s">
         <v>529</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>530</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>531</v>
       </c>
       <c r="H29" t="s">
         <v>532</v>
       </c>
       <c r="I29" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>420</v>
       </c>
       <c r="B30" t="s">
         <v>533</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>534</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>535</v>
       </c>
       <c r="H30" t="s">
         <v>536</v>
       </c>
       <c r="I30" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>420</v>
       </c>
       <c r="B31" t="s">
         <v>537</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>538</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>539</v>
       </c>
       <c r="H31" t="s">
         <v>540</v>
       </c>
       <c r="I31" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>420</v>
       </c>
       <c r="B32" t="s">
         <v>541</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>542</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>543</v>
       </c>
       <c r="H32" t="s">
         <v>544</v>
       </c>
       <c r="I32" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>420</v>
       </c>
       <c r="B33" t="s">
         <v>545</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>546</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>547</v>
       </c>
       <c r="H33" t="s">
         <v>548</v>
       </c>
       <c r="I33" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>420</v>
       </c>
       <c r="B34" t="s">
         <v>549</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>550</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>551</v>
       </c>
       <c r="H34" t="s">
         <v>552</v>
       </c>
       <c r="I34" t="s">
-        <v>553</v>
+        <v>425</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>420</v>
       </c>
       <c r="B35" t="s">
+        <v>553</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
         <v>554</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>555</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>556</v>
       </c>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I35" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>420</v>
       </c>
       <c r="B36" t="s">
+        <v>557</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
         <v>558</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>559</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>560</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>420</v>
       </c>
       <c r="B37" t="s">
         <v>562</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>563</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>564</v>
       </c>
       <c r="H37" t="s">
         <v>565</v>
       </c>
       <c r="I37" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>420</v>
       </c>
       <c r="B38" t="s">
         <v>566</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>567</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>568</v>
       </c>
       <c r="H38" t="s">
         <v>569</v>
       </c>
       <c r="I38" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>420</v>
       </c>
       <c r="B39" t="s">
         <v>570</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>571</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>572</v>
       </c>
       <c r="H39" t="s">
         <v>573</v>
       </c>
       <c r="I39" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>420</v>
       </c>
       <c r="B40" t="s">
         <v>574</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>575</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>576</v>
       </c>
       <c r="H40" t="s">
         <v>577</v>
       </c>
       <c r="I40" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>420</v>
       </c>
       <c r="B41" t="s">
         <v>578</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>579</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>580</v>
       </c>
       <c r="H41" t="s">
         <v>581</v>
       </c>
       <c r="I41" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>420</v>
       </c>
       <c r="B42" t="s">
         <v>582</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>583</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>584</v>
       </c>
       <c r="H42" t="s">
         <v>585</v>
       </c>
       <c r="I42" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>420</v>
       </c>
       <c r="B43" t="s">
         <v>586</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>587</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>588</v>
       </c>
       <c r="H43" t="s">
         <v>589</v>
       </c>
       <c r="I43" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>420</v>
       </c>
       <c r="B44" t="s">
         <v>590</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>591</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>592</v>
       </c>
       <c r="H44" t="s">
         <v>593</v>
       </c>
       <c r="I44" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>420</v>
       </c>
       <c r="B45" t="s">
         <v>594</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>595</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>596</v>
       </c>
       <c r="H45" t="s">
         <v>597</v>
       </c>
       <c r="I45" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>420</v>
       </c>
       <c r="B46" t="s">
         <v>598</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>599</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>600</v>
       </c>
       <c r="H46" t="s">
         <v>601</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>420</v>
       </c>
       <c r="B47" t="s">
         <v>602</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>603</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>604</v>
       </c>
       <c r="H47" t="s">
         <v>605</v>
       </c>
       <c r="I47" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>420</v>
       </c>
       <c r="B48" t="s">
         <v>606</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>607</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>608</v>
       </c>
       <c r="H48" t="s">
         <v>609</v>
       </c>
       <c r="I48" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>420</v>
       </c>
       <c r="B49" t="s">
         <v>610</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>611</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>612</v>
       </c>
       <c r="H49" t="s">
         <v>613</v>
       </c>
       <c r="I49" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>420</v>
       </c>
       <c r="B50" t="s">
         <v>614</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>615</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>616</v>
       </c>
       <c r="H50" t="s">
         <v>617</v>
       </c>
       <c r="I50" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>420</v>
       </c>
       <c r="B51" t="s">
         <v>618</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
         <v>619</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>620</v>
       </c>
       <c r="H51" t="s">
         <v>621</v>
       </c>
       <c r="I51" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>420</v>
       </c>
       <c r="B52" t="s">
         <v>622</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
         <v>623</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>624</v>
       </c>
       <c r="H52" t="s">
         <v>625</v>
       </c>
       <c r="I52" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>420</v>
       </c>
       <c r="B53" t="s">
         <v>626</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
         <v>627</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>628</v>
       </c>
       <c r="H53" t="s">
         <v>629</v>
       </c>
       <c r="I53" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>420</v>
       </c>
       <c r="B54" t="s">
         <v>630</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>631</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>632</v>
       </c>
       <c r="H54" t="s">
         <v>633</v>
       </c>
       <c r="I54" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>420</v>
       </c>
       <c r="B55" t="s">
         <v>634</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
         <v>635</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>636</v>
       </c>
       <c r="H55" t="s">
         <v>637</v>
       </c>
       <c r="I55" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>420</v>
       </c>
       <c r="B56" t="s">
         <v>638</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
         <v>639</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>640</v>
       </c>
       <c r="H56" t="s">
         <v>641</v>
       </c>
       <c r="I56" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>420</v>
       </c>
       <c r="B57" t="s">
         <v>642</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
         <v>643</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>644</v>
       </c>
       <c r="H57" t="s">
         <v>645</v>
       </c>
       <c r="I57" t="s">
-        <v>430</v>
+        <v>425</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>420</v>
+      </c>
+      <c r="B58" t="s">
+        <v>646</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>647</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>648</v>
+      </c>
+      <c r="H58" t="s">
+        <v>649</v>
+      </c>
+      <c r="I58" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>420</v>
+      </c>
+      <c r="B59" t="s">
+        <v>650</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>651</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>652</v>
+      </c>
+      <c r="H59" t="s">
+        <v>653</v>
+      </c>
+      <c r="I59" t="s">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B2" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="C2" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="D2" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="E2" t="s">
         <v>359</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="H2" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B3" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="C3" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="D3" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="E3" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="H3" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B4" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="C4" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="D4" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="E4" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="H4" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B5" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="C5" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="D5" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="E5" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="H5" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B6" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="C6" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="D6" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="E6" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="H6" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B7" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="C7" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="D7" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="E7" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="H7" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B8" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="E8" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="H8" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B9" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C9" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="D9" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="E9" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="H9" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B10" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C10" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="D10" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="E10" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="H10" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B11" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C11" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="D11" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="E11" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="H11" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B12" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="C12" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="D12" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="E12" t="s">
         <v>387</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="H12" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B13" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C13" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="D13" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E13" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="H13" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B14" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="C14" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="D14" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="E14" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="H14" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B15" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="C15" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="D15" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="E15" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="H15" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B16" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C16" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="D16" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E16" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="H16" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B17" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="C17" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="D17" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="E17" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="H17" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B18" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="C18" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="D18" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="E18" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="H18" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B19" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="C19" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="D19" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="E19" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="H19" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B20" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="C20" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="D20" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="E20" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="H20" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B21" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="C21" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="D21" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="E21" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="H21" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B22" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="C22" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="D22" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="E22" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="H22" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B23" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="C23" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="D23" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="E23" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="H23" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B24" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="C24" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="D24" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="E24" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="H24" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B25" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="C25" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="D25" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="E25" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="H25" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B26" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="C26" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="D26" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="E26" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="H26" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B27" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="C27" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="D27" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="E27" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="H27" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>