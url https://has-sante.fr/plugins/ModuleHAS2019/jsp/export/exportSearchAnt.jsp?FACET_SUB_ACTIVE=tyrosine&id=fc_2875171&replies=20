--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,2734 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="865">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>22/03/2023 14:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...152 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
-[...614 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Myasthénie autoimmune</t>
-[...221 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) : cancer bronchique non à petites cellules et cancer médullaire de la thyroïde</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
-[...1238 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
   </si>
   <si>
-    <t>03/11/2016 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983995/fr/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+    <t>11/03/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
   </si>
   <si>
     <t>pprd_2983995</t>
   </si>
   <si>
     <t>fluoroéthyl-L tyrosine (18F)</t>
   </si>
   <si>
     <t>IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2659628/fr/iasoglio-fluoroethyl-l-thyrosine-18f-ou-fet-radiopharmaceutique-a-usage-diagnostique-pour-detection-de-tumeurs</t>
-[...89 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2742,5062 +381,521 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>808</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>809</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>810</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>811</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>812</v>
-[...166 lines deleted...]
-        <v>848</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>849</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>850</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>851</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>852</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>853</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>854</v>
-[...51 lines deleted...]
-        <v>864</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...44 lines deleted...]
-      <c r="B4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...182 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="C3" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="D3" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="D5" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
         <v>66</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
-[...1065 lines deleted...]
-        <v>317</v>
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+      <c r="J2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K2" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...3002 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>