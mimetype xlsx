--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,152 +1,323 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide usagers" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>09/29/2023 10:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Cancer : recherche d’un déficit en enzyme dihydropyrimidine déshydrogénase (DPD) avant chimiothérapie</t>
+  </si>
+  <si>
+    <t>Explications sur cette étape préalable à une chimiothérapie comportant des fluoropyrimidines (5-FU) ou des capécitabines.</t>
+  </si>
+  <si>
+    <t>30/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2019 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966449/fr/cancer-recherche-d-un-deficit-en-enzyme-dihydropyrimidine-deshydrogenase-dpd-avant-chimiotherapie</t>
+  </si>
+  <si>
+    <t>c_2966449</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 novembre 2018</t>
+  </si>
+  <si>
+    <t>22/11/2018 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885391/fr/college-deliberatif-du-28-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2885391</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0030/AC/SEAP du 21 septembre 2023 du collège de la HAS relatif à la modification des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS de l’acte de dépistage d'un déficit en dihydropyrimidine déshydrogénase (DPD) par mesure de l'uracilémie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de l’acte de dépistage d'un déficit en dihydropyrimidine déshydrogénase (DPD) par mesure de l'uracilémie</t>
+  </si>
+  <si>
+    <t>21/09/2023 11:39:00</t>
+  </si>
+  <si>
+    <t>25/09/2023 15:36:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464489/fr/avis-n2023-0030/ac/seap-du-21-septembre-2023-du-college-de-la-has-relatif-a-la-modification-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-depistage-d-un-deficit-en-dihydropyrimidine-deshydrogenase-dpd-par-mesure-de-l-uracilemie</t>
+  </si>
+  <si>
+    <t>p_3464489</t>
+  </si>
+  <si>
+    <t>Avis n°2018.0053/AC/SEAP du 28 novembre 2018 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS de méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase</t>
+  </si>
+  <si>
+    <t>28/11/2018 09:46:00</t>
+  </si>
+  <si>
+    <t>18/12/2018 14:45:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891062/fr/avis-n2018-0053/ac/seap-du-28-novembre-2018-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase</t>
+  </si>
+  <si>
+    <t>c_2891062</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>UFT (tegafur/ uracile)</t>
+  </si>
+  <si>
+    <t>16/05/2012 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985027/fr/uft-tegafur/-uracile</t>
+  </si>
+  <si>
+    <t>pprd_2985027</t>
+  </si>
+  <si>
+    <t>tegafur,uracile</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244174/fr/uft-tegafur/-uracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400954/fr/uft-gelule-plaquette-s-thermoformee-s-pvc-pvdc-aluminium-de-21-gelule-s-369-188-4-plaquette-s-thermoformee-s-pvc-pvdc-aluminium-de-28-gelule-s-369-189-0-plaquette-s-thermoformee-s-pvc-pvdc-aluminium-de-35-gelule-s-369-190-9-plaquette-s-thermoformee-s-pvc-pvdc-aluminium-de-42-gelule-s-369-191-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399171/fr/uft-gelule-boite-de-21-28-35-42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -156,52 +327,464 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K2" t="s">
+        <v>65</v>
+      </c>
+      <c r="L2" t="s">
+        <v>66</v>
+      </c>
+      <c r="M2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>