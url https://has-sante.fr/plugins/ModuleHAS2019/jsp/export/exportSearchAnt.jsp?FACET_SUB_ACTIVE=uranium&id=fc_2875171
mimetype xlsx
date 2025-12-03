--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/01/2021 00:00:00</t>
+    <t>17/12/2024 00:00:00</t>
   </si>
   <si>
     <t>03/11/2020 08:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
   </si>
   <si>
     <t>p_3215112</t>
   </si>
   <si>
     <t>Suivi post-professionnel après exposition à l'amiante</t>
   </si>
   <si>
     <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
   </si>
   <si>
     <t>14/04/2010 00:00:00</t>
   </si>
   <si>
     <t>10/02/2012 11:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
   </si>