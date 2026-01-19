--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,561 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/10/2021 13:37:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
-  </si>
-[...55 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857753/fr/eupressyl-mediatensyl-urapidil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...189 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>