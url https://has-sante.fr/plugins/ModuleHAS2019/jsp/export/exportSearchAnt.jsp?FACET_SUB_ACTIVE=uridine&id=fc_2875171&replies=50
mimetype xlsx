--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -9,116 +9,173 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/01/2000 16:50:00</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +185,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +245,145 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>