--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,667 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/06/2025 16:33:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Amylose AL</t>
-[...143 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
   </si>
   <si>
     <t>c_2598252</t>
   </si>
   <si>
-    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
+    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Association of Health Insurance Funds (UNCAM) is applying for the inclusion on the list of procedures and services (LPS) reimbursed by the French National Health Insurance system, of several diagnostic tests relating to mother-to-child transmission of cytomegalovirus (CMV) infection in utero. These are the anti-CMV IgG avidity test and CMV viral load testing by gene amplification (PCR) in several types of sample: amniotic fluid from the mother, and urine and saliva from the neonate. UNCAM also suggests removing immunoenzymatic testing for anti-CMV IgG alone in pregnancy, and cell culture for CMV, from the LPS. The aim of this report is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of UNCAM’s application and whether they therefore support this application for the inclusion or removal of the above tests on/from the LPS</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983614/fr/zelitrex-valaciclovir</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZELITREX (N/R/ valaciclovir/ valaciclovir (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983614</t>
   </si>
   <si>
     <t>valaciclovir</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399354/fr/zelitrex-valaciclovir</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769381/fr/zelitrex-valaciclovir</t>
+    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/en/zelitrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -701,1077 +356,355 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...812 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>157</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>163</v>
+        <v>51</v>
       </c>
       <c r="J1" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="K1" t="s">
-        <v>165</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>166</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>167</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>168</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>170</v>
+        <v>58</v>
       </c>
       <c r="I2" t="s">
-        <v>171</v>
+        <v>59</v>
       </c>
       <c r="J2" t="s">
-        <v>172</v>
+        <v>60</v>
       </c>
       <c r="K2" t="s">
-        <v>173</v>
+        <v>61</v>
       </c>
       <c r="L2" t="s">
-        <v>174</v>
+        <v>62</v>
       </c>
       <c r="M2" t="s">
-        <v>175</v>
+        <v>63</v>
       </c>
       <c r="N2" t="s">
-        <v>176</v>
+        <v>64</v>
       </c>
       <c r="O2" t="s">
-        <v>177</v>
+        <v>65</v>
       </c>
       <c r="P2" t="s">
-        <v>178</v>
+        <v>66</v>
       </c>
       <c r="Q2" t="s">
-        <v>179</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>