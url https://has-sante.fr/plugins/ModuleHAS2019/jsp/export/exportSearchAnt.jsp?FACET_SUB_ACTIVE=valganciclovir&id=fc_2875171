--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,214 +1,433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des Herpesviridae (cytomégalovirus CMV, virus herpès simplex HSV et varicelle-zona VZV) par amplification génique (PCR) dans le diagnostic dans le diagnostic et la prise en charge des maladies opportunistes chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
+    <t>Évaluation de la mesure de la charge virale du cytomégalovirus par amplification génique chez les receveurs d’allogreffes</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du cytomégalovirus (CMV) par amplification génique chez les receveurs d’allogreffes (greffe de cellules souches hématopoïétiques, transplantation d’organes)</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/fr/evaluation-de-la-mesure-de-la-charge-virale-du-cytomegalovirus-par-amplification-genique-chez-les-receveurs-d-allogreffes</t>
   </si>
   <si>
     <t>c_2027970</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 29 août 2023</t>
+  </si>
+  <si>
+    <t>07/09/2023 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459704/fr/ceesp-reunion-du-29-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3459704</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 janvier 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427998/fr/college-deliberatif-du-19-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3427998</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 février 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428020/fr/college-deliberatif-du-9-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3428020</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2023</t>
+  </si>
+  <si>
+    <t>09/02/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411271/fr/commission-de-la-transparence-reunion-du-15-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411271</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0044/DC/SEM du 9 février 2023 du collège de la Haute Autorité de santé portant délégation en matière d’autorisation d’accès précoce de la spécialité LIVTENCITY</t>
+  </si>
+  <si>
+    <t>Le collège délègue à la présidente de la Haute Autorité de santé le soin de prendre en son nom la décision relative à l’autorisation d’accès précoce mentionnée à l’article L. 5121-12 du code de la santé publique, après avis conforme de la commission de la transparence, concernant la spécialité LIVTENCITY dans l'indication « dans le traitement de l’infection et/ou de la maladie à cytomégalovirus (CMV) réfractaire (avec ou sans résistance) à un ou plusieurs traitements antérieurs, y compris le ganciclovir, le valganciclovir, le cidofovir ou le foscarnet chez les patients adultes ayant reçu une greffe de cellules souches hématopoïétiques (GCSH) ou une greffe d’organe solide (GOS). Il convient de prendre en compte les recommandations officielles sur l’utilisation appropriée des agents antiviraux ».</t>
+  </si>
+  <si>
+    <t>09/02/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>27/02/2023 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417644/fr/decision-n2023-0044/dc/sem-du-9-fevrier-2023-du-college-de-la-haute-autorite-de-sante-portant-delegation-en-matiere-d-autorisation-d-acces-precoce-de-la-specialite-livtencity</t>
+  </si>
+  <si>
+    <t>p_3417644</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0512/DC/SEM du 23 février 2023 de la Présidente de la Haute Autorité de santé prise au nom du collège portant autorisation d’accès précoce de la spécialité LIVTENCITY</t>
+  </si>
+  <si>
+    <t>Autorisation d'accès précoce octroyée à la spécialité LIVTENCITY (maribavir) dans l'indication « dans le traitement de l’infection et/ou de la maladie à cytomégalovirus (CMV) réfractaire (avec ou sans résistance) à un ou plusieurs traitements antérieurs, y compris le ganciclovir, le valganciclovir, le cidofovir ou le foscarnet chez les patients adultes ayant reçu une greffe de cellules souches hématopoïétiques (GCSH) ou une greffe d’organe solide (GOS). Il convient de prendre en compte les recommandations officielles sur l’utilisation appropriée des agents antiviraux ».</t>
+  </si>
+  <si>
+    <t>23/02/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417679/fr/decision-n2023-0512/dc/sem-du-23-fevrier-2023-de-la-presidente-de-la-haute-autorite-de-sante-prise-au-nom-du-college-portant-autorisation-d-acces-precoce-de-la-specialite-livtencity</t>
+  </si>
+  <si>
+    <t>p_3417679</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0016/DC/SEM du 19 janvier 2023 du collège de la Haute Autorité de santé constatant l’impact significatif du produit LIVTENCITY (maribavir) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 19 janvier 2023 a constaté l'impact significatif du produit LIVTENCITY (maribavir) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « Traitement des adultes atteints d’une infection et/ou d’une maladie à cytomégalovirus (CMV) postgreffe, réfractaires (avec ou sans résistance identifiée) à un ou plusieurs traitements antérieurs, dont le ganciclovir, le valganciclovir, le cidofovir ou le foscarnet ».</t>
+  </si>
+  <si>
+    <t>19/01/2023 16:20:00</t>
+  </si>
+  <si>
+    <t>24/01/2023 09:11:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407428/fr/decision-n2022-0016/dc/sem-du-19-janvier-2023-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-livtencity-maribavir-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3407428</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +443,632 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+      <c r="I2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+      <c r="I3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>80</v>
+      </c>
+      <c r="H4" t="s">
+        <v>81</v>
+      </c>
+      <c r="I4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>