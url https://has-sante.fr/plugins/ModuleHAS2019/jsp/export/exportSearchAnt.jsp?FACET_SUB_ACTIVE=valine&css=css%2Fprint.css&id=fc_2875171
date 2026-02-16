--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,173 +1,500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="128">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -188,67 +515,724 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" t="s">
+        <v>93</v>
+      </c>
+      <c r="J2" t="s">
+        <v>94</v>
+      </c>
+      <c r="K2" t="s">
+        <v>95</v>
+      </c>
+      <c r="L2" t="s">
+        <v>96</v>
+      </c>
+      <c r="M2" t="s">
+        <v>97</v>
+      </c>
+      <c r="N2" t="s">
+        <v>98</v>
+      </c>
+      <c r="O2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J3" t="s">
+        <v>94</v>
+      </c>
+      <c r="K3" t="s">
+        <v>105</v>
+      </c>
+      <c r="L3" t="s">
+        <v>106</v>
+      </c>
+      <c r="M3" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+      <c r="I4" t="s">
+        <v>112</v>
+      </c>
+      <c r="J4" t="s">
+        <v>113</v>
+      </c>
+      <c r="K4" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>116</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>117</v>
+      </c>
+      <c r="H5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K5" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>123</v>
+      </c>
+      <c r="H6" t="s">
+        <v>124</v>
+      </c>
+      <c r="I6" t="s">
+        <v>125</v>
+      </c>
+      <c r="J6" t="s">
+        <v>126</v>
+      </c>
+      <c r="K6" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>