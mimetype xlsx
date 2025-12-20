--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -1,3122 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/07/2025 16:24:00</t>
-[...563 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Contraception chez la femme en post-partum</t>
-[...263 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
-  </si>
-[...166 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...871 lines deleted...]
-        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...995 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>