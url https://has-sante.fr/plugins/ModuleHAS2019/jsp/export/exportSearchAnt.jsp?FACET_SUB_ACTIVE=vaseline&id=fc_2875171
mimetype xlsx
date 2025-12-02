--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,850 +1,3693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="704" uniqueCount="399">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Pommades ophtalmiques : Phase contradictoire d'un avis de projet d’inscription paru au JO le 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>Avis de projet d’inscription de pommades ophtalmiques au titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au JO le 11 septembre 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2025 10:08:42</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3690431</t>
+  </si>
+  <si>
+    <t>Phase contradictoire d'un avis de projet d’inscription (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>MANIX SENSITIVITY</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540251/fr/manix-sensitivity</t>
+  </si>
+  <si>
+    <t>p_3540251</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés sans latex</t>
+  </si>
+  <si>
+    <t>LifeStyles Europe SAS (France)</t>
+  </si>
+  <si>
+    <t>URGOTUL AG / Silver</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522274/fr/urgotul-ag-/-silver</t>
+  </si>
+  <si>
+    <t>p_3522274</t>
+  </si>
+  <si>
+    <t>Pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO (France)</t>
+  </si>
+  <si>
+    <t>ATOPICLAIR</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280889/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>p_3280889</t>
+  </si>
+  <si>
+    <t>Crème</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:03:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233854/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3233854</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>EISAI SAS / CARILENE</t>
+  </si>
+  <si>
+    <t>PROMOGRAN</t>
+  </si>
+  <si>
+    <t>09/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2019 10:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964259/fr/promogran</t>
+  </si>
+  <si>
+    <t>c_2964259</t>
+  </si>
+  <si>
+    <t>matrice à effet anti-protéases</t>
+  </si>
+  <si>
+    <t>Laboratoire KCI Médical SAS</t>
+  </si>
+  <si>
+    <t>URGOSTART</t>
+  </si>
+  <si>
+    <t>26/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2018 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867136/fr/urgostart</t>
+  </si>
+  <si>
+    <t>c_2867136</t>
+  </si>
+  <si>
+    <t>pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO</t>
+  </si>
+  <si>
+    <t>PHYSIOTULLE</t>
+  </si>
+  <si>
+    <t>Pansements interface</t>
+  </si>
+  <si>
+    <t>21/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2017 12:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808592/fr/physiotulle</t>
+  </si>
+  <si>
+    <t>c_2808592</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST</t>
+  </si>
+  <si>
+    <t>JELONET PLUS, pansement</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 10 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598114/fr/jelonet-plus-pansement</t>
+  </si>
+  <si>
+    <t>c_1598114</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 40 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>PHYSIOTULLE, pansement interface</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1355848/fr/physiotulle-pansement-interface</t>
+  </si>
+  <si>
+    <t>c_1355848</t>
+  </si>
+  <si>
+    <t>COLOPLAST A/S</t>
+  </si>
+  <si>
+    <t>HYDROTUL, pansement interface</t>
+  </si>
+  <si>
+    <t>15/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 18:21:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354506/fr/hydrotul-pansement-interface</t>
+  </si>
+  <si>
+    <t>c_1354506</t>
+  </si>
+  <si>
+    <t>Laboratoires PAUL HARTMANN</t>
+  </si>
+  <si>
+    <t>URGOSTART - 20 mars 2012 (4107) avis</t>
+  </si>
+  <si>
+    <t>20/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2012 17:07:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192958/fr/urgostart-20-mars-2012-4107-avis</t>
+  </si>
+  <si>
+    <t>c_1192958</t>
+  </si>
+  <si>
+    <t>URGO</t>
+  </si>
+  <si>
+    <t>URGOSTART CONTACT - 20 mars 2012 (4108) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192964/fr/urgostart-contact-20-mars-2012-4108-avis</t>
+  </si>
+  <si>
+    <t>c_1192964</t>
+  </si>
+  <si>
+    <t>PROMOGRAN - 28 septembre 2010 (2710) avis</t>
+  </si>
+  <si>
+    <t>Matrice à effet anti-protéases DERMATOLOGIE – Mise au point Pas d’amélioration par rapport aux pansements hydrocellulaires</t>
+  </si>
+  <si>
+    <t>28/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2010 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990009/fr/promogran-28-septembre-2010-2710-avis</t>
+  </si>
+  <si>
+    <t>c_990009</t>
+  </si>
+  <si>
+    <t>Systagenix Wound Management France</t>
+  </si>
+  <si>
+    <t>CELLOSORB Ag, URGOTUL Ag, URGOTUL DUO Ag</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2008 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699930/fr/cellosorb-ag-urgotul-ag-urgotul-duo-ag</t>
+  </si>
+  <si>
+    <t>c_699930</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO</t>
+  </si>
+  <si>
+    <t>CELLO START (URGOCELL KEO)</t>
+  </si>
+  <si>
+    <t>12/12/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2007 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616395/fr/cello-start-urgocell-keo</t>
+  </si>
+  <si>
+    <t>c_616395</t>
+  </si>
+  <si>
+    <t>URGOTUL S.Ag</t>
+  </si>
+  <si>
+    <t>06/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464206/fr/urgotul-s-ag</t>
+  </si>
+  <si>
+    <t>c_464206</t>
+  </si>
+  <si>
+    <t>ADAPTIC</t>
+  </si>
+  <si>
+    <t>Pansement interface vaseliné</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450443/fr/adaptic</t>
+  </si>
+  <si>
+    <t>c_450443</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Wound Management - Ethicon SAS</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>11/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398450/fr/urgotul</t>
+  </si>
+  <si>
+    <t>c_398450</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO (France)</t>
+  </si>
+  <si>
+    <t>AQUACEL</t>
+  </si>
+  <si>
+    <t>04/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398593/fr/aquacel</t>
+  </si>
+  <si>
+    <t>c_398593</t>
+  </si>
+  <si>
+    <t>Laboratoires CONVATEC (France)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Prise en charge du patient atteint de pthirose</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’une pthirose (pthirus pubis). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
+  </si>
+  <si>
+    <t>p_3562447</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
+  </si>
+  <si>
+    <t>01/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
+  </si>
+  <si>
+    <t>p_3394796</t>
+  </si>
+  <si>
+    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0030/AC/SA3P du 22 mai 2019 du collège de la Haute Autorité de santé relatif au protocole de coopération « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne Franche-Comté a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive » Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2019 12:05:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083226/fr/avis-n-2019-0030/ac/sa3p-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-realisation-des-manometries-oesophagienne-ano-rectale-et-phmetrie-par-des-infirmier-e-s-du-service-d-exploration-fonctionnelle-digestive</t>
+  </si>
+  <si>
+    <t>p_3083226</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GLYCEROL/VASELINE/PARAFFINE (paraffine/ vaseline/ glycérol)</t>
+  </si>
+  <si>
+    <t>19/07/2022 15:03:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983375/fr/glycerol/vaseline/paraffine-paraffine/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2983375</t>
+  </si>
+  <si>
+    <t>paraffine,vaseline,glycérol</t>
+  </si>
+  <si>
+    <t>ZYDUS France / TEVA SANTE / CRISTERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829391/fr/glycerol/vaseline/paraffine-teva-paraffine/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352206/fr/glycerol/vaseline/paraffine-zydus-glycerol/-paraffine-liquide/-vaseline-secheresse-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788627/fr/glycerol-vaseline-paraffine-cristers-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>TRANSULOSE (lactulose/ huile de paraffine/ vaseline)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983625/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2983625</t>
+  </si>
+  <si>
+    <t>lactulose,paraffine liquide,vaseline</t>
+  </si>
+  <si>
+    <t>APTALIS PHARMA SAS/ AXCAN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532428/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994264/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022084/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762897/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t>05/22/2015 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>22/05/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/fr/dexeryl-glycerol-vaseline-paraffine-liquide-emollient</t>
+  </si>
+  <si>
+    <t>MELAXOSE (lactulose/ paraffine liquide/ vaseline)</t>
+  </si>
+  <si>
+    <t>19/01/2015 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984627/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2984627</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992838/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716235/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005967/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>46</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>52</v>
+      </c>
+      <c r="I7" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>59</v>
+      </c>
+      <c r="I8" t="s">
+        <v>60</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>67</v>
+      </c>
+      <c r="I9" t="s">
+        <v>63</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>74</v>
+      </c>
+      <c r="I10" t="s">
+        <v>75</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>81</v>
+      </c>
+      <c r="I11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>87</v>
+      </c>
+      <c r="I12" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>93</v>
+      </c>
+      <c r="I13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+      <c r="I14" t="s">
+        <v>15</v>
+      </c>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+      <c r="I15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>108</v>
+      </c>
+      <c r="H16" t="s">
+        <v>109</v>
+      </c>
+      <c r="I16" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>113</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>114</v>
+      </c>
+      <c r="H17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I17" t="s">
+        <v>15</v>
+      </c>
+      <c r="J17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H18" t="s">
+        <v>120</v>
+      </c>
+      <c r="I18" t="s">
+        <v>15</v>
+      </c>
+      <c r="J18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>122</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>124</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>125</v>
+      </c>
+      <c r="H19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I19" t="s">
+        <v>122</v>
+      </c>
+      <c r="J19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>129</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H20" t="s">
+        <v>131</v>
+      </c>
+      <c r="I20" t="s">
+        <v>15</v>
+      </c>
+      <c r="J20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>134</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>135</v>
+      </c>
+      <c r="H21" t="s">
+        <v>136</v>
+      </c>
+      <c r="I21" t="s">
+        <v>15</v>
+      </c>
+      <c r="J21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>147</v>
+      </c>
+      <c r="H3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>150</v>
+      </c>
+      <c r="H4" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>141</v>
+      </c>
+      <c r="E5" t="s">
+        <v>153</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>154</v>
+      </c>
+      <c r="H5" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>157</v>
+      </c>
+      <c r="H6" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>138</v>
+      </c>
+      <c r="B7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>141</v>
+      </c>
+      <c r="E7" t="s">
+        <v>160</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>161</v>
+      </c>
+      <c r="H7" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>138</v>
+      </c>
+      <c r="B8" t="s">
+        <v>163</v>
+      </c>
+      <c r="C8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D8" t="s">
+        <v>141</v>
+      </c>
+      <c r="E8" t="s">
+        <v>164</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>165</v>
+      </c>
+      <c r="H8" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>138</v>
+      </c>
+      <c r="B9" t="s">
+        <v>167</v>
+      </c>
+      <c r="C9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D9" t="s">
+        <v>141</v>
+      </c>
+      <c r="E9" t="s">
+        <v>153</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>168</v>
+      </c>
+      <c r="H9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>138</v>
+      </c>
+      <c r="B10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E10" t="s">
+        <v>171</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>172</v>
+      </c>
+      <c r="H10" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B11" t="s">
+        <v>174</v>
+      </c>
+      <c r="C11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D11" t="s">
+        <v>141</v>
+      </c>
+      <c r="E11" t="s">
+        <v>171</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>175</v>
+      </c>
+      <c r="H11" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>138</v>
+      </c>
+      <c r="B12" t="s">
+        <v>177</v>
+      </c>
+      <c r="C12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D12" t="s">
+        <v>141</v>
+      </c>
+      <c r="E12" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>179</v>
+      </c>
+      <c r="H12" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B13" t="s">
+        <v>181</v>
+      </c>
+      <c r="C13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" t="s">
+        <v>141</v>
+      </c>
+      <c r="E13" t="s">
+        <v>178</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>182</v>
+      </c>
+      <c r="H13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C14" t="s">
+        <v>140</v>
+      </c>
+      <c r="D14" t="s">
+        <v>141</v>
+      </c>
+      <c r="E14" t="s">
+        <v>178</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>138</v>
+      </c>
+      <c r="B15" t="s">
+        <v>187</v>
+      </c>
+      <c r="C15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D15" t="s">
+        <v>141</v>
+      </c>
+      <c r="E15" t="s">
+        <v>178</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>188</v>
+      </c>
+      <c r="H15" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>190</v>
+      </c>
+      <c r="C16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D16" t="s">
+        <v>141</v>
+      </c>
+      <c r="E16" t="s">
+        <v>178</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>191</v>
+      </c>
+      <c r="H16" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B17" t="s">
+        <v>193</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>141</v>
+      </c>
+      <c r="E17" t="s">
+        <v>178</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>194</v>
+      </c>
+      <c r="H17" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>196</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>141</v>
+      </c>
+      <c r="E18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>197</v>
+      </c>
+      <c r="H18" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>199</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>200</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>201</v>
+      </c>
+      <c r="H19" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>203</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>204</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>205</v>
+      </c>
+      <c r="H20" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>207</v>
+      </c>
+      <c r="C21" t="s">
+        <v>208</v>
+      </c>
+      <c r="D21" t="s">
+        <v>209</v>
+      </c>
+      <c r="E21" t="s">
+        <v>210</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>211</v>
+      </c>
+      <c r="H21" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>213</v>
+      </c>
+      <c r="C22" t="s">
+        <v>214</v>
+      </c>
+      <c r="D22" t="s">
+        <v>209</v>
+      </c>
+      <c r="E22" t="s">
+        <v>210</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>215</v>
+      </c>
+      <c r="H22" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>217</v>
+      </c>
+      <c r="C23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>178</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>218</v>
+      </c>
+      <c r="H23" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" t="s">
+        <v>220</v>
+      </c>
+      <c r="C24" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>178</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>221</v>
+      </c>
+      <c r="H24" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>223</v>
+      </c>
+      <c r="C25" t="s">
+        <v>224</v>
+      </c>
+      <c r="D25" t="s">
+        <v>225</v>
+      </c>
+      <c r="E25" t="s">
+        <v>226</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>227</v>
+      </c>
+      <c r="H25" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>138</v>
+      </c>
+      <c r="B26" t="s">
+        <v>229</v>
+      </c>
+      <c r="C26" t="s">
+        <v>230</v>
+      </c>
+      <c r="D26" t="s">
+        <v>231</v>
+      </c>
+      <c r="E26" t="s">
+        <v>232</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>233</v>
+      </c>
+      <c r="H26" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
+        <v>235</v>
+      </c>
+      <c r="C27" t="s">
+        <v>236</v>
+      </c>
+      <c r="D27" t="s">
+        <v>237</v>
+      </c>
+      <c r="E27" t="s">
+        <v>238</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H27" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>138</v>
+      </c>
+      <c r="B28" t="s">
+        <v>241</v>
+      </c>
+      <c r="C28" t="s">
+        <v>242</v>
+      </c>
+      <c r="D28" t="s">
+        <v>243</v>
+      </c>
+      <c r="E28" t="s">
+        <v>244</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>245</v>
+      </c>
+      <c r="H28" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>251</v>
+      </c>
+      <c r="H2" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C4" t="s">
+        <v>259</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>260</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>261</v>
+      </c>
+      <c r="H4" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C5" t="s">
+        <v>264</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>265</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H5" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C6" t="s">
+        <v>269</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>270</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>271</v>
+      </c>
+      <c r="H6" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B7" t="s">
+        <v>273</v>
+      </c>
+      <c r="C7" t="s">
+        <v>274</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>275</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>276</v>
+      </c>
+      <c r="H7" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>247</v>
+      </c>
+      <c r="B8" t="s">
+        <v>278</v>
+      </c>
+      <c r="C8" t="s">
+        <v>279</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>280</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>281</v>
+      </c>
+      <c r="H8" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>247</v>
+      </c>
+      <c r="B9" t="s">
+        <v>283</v>
+      </c>
+      <c r="C9" t="s">
+        <v>284</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>285</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>286</v>
+      </c>
+      <c r="H9" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>247</v>
+      </c>
+      <c r="B10" t="s">
+        <v>288</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>289</v>
+      </c>
+      <c r="E10" t="s">
+        <v>290</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>291</v>
+      </c>
+      <c r="H10" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>247</v>
+      </c>
+      <c r="B11" t="s">
+        <v>293</v>
+      </c>
+      <c r="C11" t="s">
+        <v>294</v>
+      </c>
+      <c r="D11" t="s">
+        <v>295</v>
+      </c>
+      <c r="E11" t="s">
+        <v>296</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>297</v>
+      </c>
+      <c r="H11" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>247</v>
+      </c>
+      <c r="B12" t="s">
+        <v>299</v>
+      </c>
+      <c r="C12" t="s">
+        <v>300</v>
+      </c>
+      <c r="D12" t="s">
+        <v>301</v>
+      </c>
+      <c r="E12" t="s">
+        <v>302</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>303</v>
+      </c>
+      <c r="H12" t="s">
+        <v>304</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B2" t="s">
+        <v>306</v>
+      </c>
+      <c r="C2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D2" t="s">
+        <v>308</v>
+      </c>
+      <c r="E2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>310</v>
+      </c>
+      <c r="H2" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>316</v>
+      </c>
+      <c r="H3" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B4" t="s">
+        <v>318</v>
+      </c>
+      <c r="C4" t="s">
+        <v>319</v>
+      </c>
+      <c r="D4" t="s">
+        <v>320</v>
+      </c>
+      <c r="E4" t="s">
+        <v>321</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>322</v>
+      </c>
+      <c r="H4" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>305</v>
+      </c>
+      <c r="B5" t="s">
+        <v>324</v>
+      </c>
+      <c r="C5" t="s">
+        <v>325</v>
+      </c>
+      <c r="D5" t="s">
+        <v>326</v>
+      </c>
+      <c r="E5" t="s">
+        <v>327</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>328</v>
+      </c>
+      <c r="H5" t="s">
+        <v>329</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>331</v>
+      </c>
+      <c r="B2" t="s">
+        <v>332</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>334</v>
+      </c>
+      <c r="H2" t="s">
+        <v>335</v>
+      </c>
+      <c r="I2" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>339</v>
+      </c>
+      <c r="H3" t="s">
+        <v>340</v>
+      </c>
+      <c r="I3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B4" t="s">
+        <v>341</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>342</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>343</v>
+      </c>
+      <c r="H4" t="s">
+        <v>344</v>
+      </c>
+      <c r="I4" t="s">
+        <v>336</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>345</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>346</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>347</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>348</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>349</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>350</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>352</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>354</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>355</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>72</v>
+        <v>356</v>
       </c>
       <c r="H2" t="s">
-        <v>73</v>
+        <v>357</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>358</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>360</v>
+      </c>
+      <c r="B2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>362</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>363</v>
+      </c>
+      <c r="H2" t="s">
+        <v>364</v>
       </c>
       <c r="I2" t="s">
-        <v>74</v>
+        <v>365</v>
       </c>
       <c r="J2" t="s">
-        <v>75</v>
+        <v>366</v>
       </c>
       <c r="K2" t="s">
-        <v>76</v>
+        <v>367</v>
       </c>
       <c r="L2" t="s">
-        <v>77</v>
+        <v>368</v>
       </c>
       <c r="M2" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>369</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>372</v>
+      </c>
+      <c r="H3" t="s">
+        <v>373</v>
+      </c>
+      <c r="I3" t="s">
+        <v>374</v>
+      </c>
+      <c r="J3" t="s">
+        <v>375</v>
+      </c>
+      <c r="K3" t="s">
+        <v>376</v>
+      </c>
+      <c r="L3" t="s">
+        <v>377</v>
+      </c>
+      <c r="M3" t="s">
+        <v>378</v>
+      </c>
+      <c r="N3" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B4" t="s">
+        <v>380</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>381</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>382</v>
+      </c>
+      <c r="H4" t="s">
+        <v>383</v>
+      </c>
+      <c r="I4" t="s">
+        <v>384</v>
+      </c>
+      <c r="J4" t="s">
+        <v>385</v>
+      </c>
+      <c r="K4" t="s">
+        <v>386</v>
+      </c>
+      <c r="L4" t="s">
+        <v>387</v>
+      </c>
+      <c r="M4" t="s">
+        <v>388</v>
+      </c>
+      <c r="N4" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>360</v>
+      </c>
+      <c r="B5" t="s">
+        <v>390</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>391</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>392</v>
+      </c>
+      <c r="H5" t="s">
+        <v>393</v>
+      </c>
+      <c r="I5" t="s">
+        <v>374</v>
+      </c>
+      <c r="J5" t="s">
+        <v>394</v>
+      </c>
+      <c r="K5" t="s">
+        <v>395</v>
+      </c>
+      <c r="L5" t="s">
+        <v>396</v>
+      </c>
+      <c r="M5" t="s">
+        <v>397</v>
+      </c>
+      <c r="N5" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>