--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="704" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="411">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -950,50 +950,68 @@
   <si>
     <t>c_1363048</t>
   </si>
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
   </si>
   <si>
     <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
   </si>
   <si>
     <t>01/12/2021 00:00:00</t>
   </si>
   <si>
     <t>09/12/2022 09:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
   </si>
   <si>
     <t>p_3394796</t>
   </si>
   <si>
     <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
   </si>
   <si>
     <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
   </si>
   <si>
     <t>01/04/2011 00:00:00</t>
@@ -1068,50 +1086,68 @@
     <t>Commission de la transparence - Réunion du 4 février 2015</t>
   </si>
   <si>
     <t>30/01/2015 17:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
   </si>
   <si>
     <t>c_2009376</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
   </si>
   <si>
     <t>08/07/2009 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
   </si>
   <si>
     <t>c_748561</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 18:27:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
+  </si>
+  <si>
+    <t>p_3784830</t>
   </si>
   <si>
     <t>Avis n° 2019.0030/AC/SA3P du 22 mai 2019 du collège de la Haute Autorité de santé relatif au protocole de coopération « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive »</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne Franche-Comté a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive » Professionnels concernés : Médecin Infirmier</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>01/08/2019 12:05:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3083226/fr/avis-n-2019-0030/ac/sa3p-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-realisation-des-manometries-oesophagienne-ano-rectale-et-phmetrie-par-des-infirmier-e-s-du-service-d-exploration-fonctionnelle-digestive</t>
   </si>
   <si>
     <t>p_3083226</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Structuration de la posologie des médicaments</t>
   </si>
@@ -3031,51 +3067,51 @@
       </c>
       <c r="D12" t="s">
         <v>301</v>
       </c>
       <c r="E12" t="s">
         <v>302</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>303</v>
       </c>
       <c r="H12" t="s">
         <v>304</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3165,529 +3201,581 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>305</v>
       </c>
       <c r="B5" t="s">
         <v>324</v>
       </c>
       <c r="C5" t="s">
         <v>325</v>
       </c>
       <c r="D5" t="s">
         <v>326</v>
       </c>
       <c r="E5" t="s">
         <v>327</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>328</v>
       </c>
       <c r="H5" t="s">
         <v>329</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>334</v>
+      </c>
+      <c r="H6" t="s">
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B2" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I2" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B3" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="H3" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="I3" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B4" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>349</v>
+      </c>
+      <c r="H4" t="s">
+        <v>350</v>
+      </c>
+      <c r="I4" t="s">
         <v>342</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B2" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C2" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D2" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E2" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="H2" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>351</v>
+      </c>
+      <c r="B3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D3" t="s">
+        <v>360</v>
+      </c>
+      <c r="E3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>362</v>
+      </c>
+      <c r="H3" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H2" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B2" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="H2" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="I2" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="J2" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="K2" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="L2" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="M2" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B3" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="H3" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="I3" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="J3" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="K3" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="L3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="M3" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="N3" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B4" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="H4" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="I4" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="J4" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="K4" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="L4" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="M4" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="N4" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B5" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="H5" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="I5" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="J5" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="K5" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
       <c r="L5" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="M5" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="N5" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>