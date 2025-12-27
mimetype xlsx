--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,77 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="410">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -947,50 +950,68 @@
   <si>
     <t>c_1363048</t>
   </si>
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
   </si>
   <si>
     <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
   </si>
   <si>
     <t>01/12/2021 00:00:00</t>
   </si>
   <si>
     <t>09/12/2022 09:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
   </si>
   <si>
     <t>p_3394796</t>
   </si>
   <si>
     <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
   </si>
   <si>
     <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
   </si>
   <si>
     <t>01/04/2011 00:00:00</t>
@@ -1067,66 +1088,99 @@
   <si>
     <t>30/01/2015 17:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
   </si>
   <si>
     <t>c_2009376</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
   </si>
   <si>
     <t>08/07/2009 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
   </si>
   <si>
     <t>c_748561</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
+  </si>
+  <si>
+    <t>p_3784830</t>
+  </si>
+  <si>
     <t>Avis n° 2019.0030/AC/SA3P du 22 mai 2019 du collège de la Haute Autorité de santé relatif au protocole de coopération « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive »</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne Franche-Comté a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive » Professionnels concernés : Médecin Infirmier</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>01/08/2019 12:05:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3083226/fr/avis-n-2019-0030/ac/sa3p-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-realisation-des-manometries-oesophagienne-ano-rectale-et-phmetrie-par-des-infirmier-e-s-du-service-d-exploration-fonctionnelle-digestive</t>
   </si>
   <si>
     <t>p_3083226</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>GLYCEROL/VASELINE/PARAFFINE (paraffine/ vaseline/ glycérol)</t>
   </si>
   <si>
     <t>19/07/2022 15:03:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983375/fr/glycerol/vaseline/paraffine-paraffine/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2983375</t>
   </si>
   <si>
     <t>paraffine,vaseline,glycérol</t>
   </si>
@@ -1251,51 +1305,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3010,51 +3064,51 @@
       </c>
       <c r="D12" t="s">
         <v>301</v>
       </c>
       <c r="E12" t="s">
         <v>302</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>303</v>
       </c>
       <c r="H12" t="s">
         <v>304</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3144,463 +3198,581 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>305</v>
       </c>
       <c r="B5" t="s">
         <v>324</v>
       </c>
       <c r="C5" t="s">
         <v>325</v>
       </c>
       <c r="D5" t="s">
         <v>326</v>
       </c>
       <c r="E5" t="s">
         <v>327</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>328</v>
       </c>
       <c r="H5" t="s">
         <v>329</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>334</v>
+      </c>
+      <c r="H6" t="s">
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B2" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I2" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B3" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="H3" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="I3" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B4" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>349</v>
+      </c>
+      <c r="H4" t="s">
+        <v>350</v>
+      </c>
+      <c r="I4" t="s">
         <v>342</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>351</v>
+      </c>
+      <c r="B2" t="s">
+        <v>352</v>
+      </c>
+      <c r="C2" t="s">
+        <v>353</v>
+      </c>
+      <c r="D2" t="s">
+        <v>354</v>
+      </c>
+      <c r="E2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H3" t="s">
+        <v>362</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="B2" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="C2" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="D2" t="s">
-        <v>348</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>349</v>
+        <v>366</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="H2" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B2" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="H2" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="I2" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="J2" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
       <c r="K2" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="L2" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="M2" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B3" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="H3" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="I3" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="J3" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="K3" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="L3" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="M3" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="N3" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B4" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="H4" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
       <c r="I4" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="J4" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
       <c r="K4" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="L4" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="M4" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="N4" t="s">
-        <v>383</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B5" t="s">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
+        <v>402</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H5" t="s">
+        <v>404</v>
+      </c>
+      <c r="I5" t="s">
         <v>385</v>
       </c>
-      <c r="F5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="K5" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="L5" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="M5" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="N5" t="s">
-        <v>392</v>
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>