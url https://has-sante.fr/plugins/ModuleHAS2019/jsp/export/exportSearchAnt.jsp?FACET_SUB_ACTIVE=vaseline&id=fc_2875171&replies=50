--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,3778 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="410">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>09/10/2025 10:08:42</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
-[...380 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de pthirose</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Contraception chez l’homme</t>
-[...278 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Wound dressings: Indications and recommended uses - April 2011</t>
+  </si>
+  <si>
+    <t>Certain chronic or acute wound types qualify for the reimbursement of dressings included in the list of products and services qualifying for reimbursement (LPPR). These have been assessed by the Haute Autorité de Santé (HAS) National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS). Following this report, the classification of reimbursable dressings was amended (order dated 16 July 2010, published in the Official Journal dated 7August 2010). The use of the various dressings listed in this classification, as amended by the HAS recommendations, is summarised here to help healthcare professionals prescribe the most suitable dressings for wound care.</t>
+  </si>
+  <si>
+    <t>04/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
-[...197 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2762897/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t>22/05/2015 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>05/22/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
-[...1003 lines deleted...]
-        <v>246</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...717 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>363</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>364</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>366</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>367</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>368</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>369</v>
+        <v>66</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="K1" t="s">
-        <v>370</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>371</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>372</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>71</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>374</v>
+        <v>72</v>
       </c>
       <c r="H2" t="s">
-        <v>375</v>
+        <v>73</v>
       </c>
       <c r="I2" t="s">
-        <v>376</v>
+        <v>74</v>
       </c>
       <c r="J2" t="s">
-        <v>377</v>
+        <v>75</v>
       </c>
       <c r="K2" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="L2" t="s">
-        <v>379</v>
+        <v>77</v>
       </c>
       <c r="M2" t="s">
-        <v>380</v>
-[...131 lines deleted...]
-        <v>409</v>
+        <v>78</v>
+      </c>
+      <c r="N2" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>