--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>22/06/2009 15:40:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>