--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -27,88 +27,118 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="161">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Neutropénies chroniques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
@@ -135,65 +165,50 @@
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
   </si>
   <si>
     <t>p_3289862</t>
   </si>
   <si>
     <t>Malformations lymphatiques kystiques (MLK)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Guide parcours de soins Fibrillation atriale</t>
   </si>
   <si>
     <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
   </si>
   <si>
     <t>19/02/2014 00:00:00</t>
   </si>
   <si>
     <t>22/05/2014 16:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
   </si>
   <si>
     <t>c_1741768</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
@@ -545,51 +560,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -692,868 +707,894 @@
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>44</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>45</v>
       </c>
-      <c r="H8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="I2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+      <c r="I4" t="s">
         <v>84</v>
-      </c>
-[...19 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H6" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H7" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I7" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C8" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H8" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="I8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H9" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I9" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="E2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:V3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="J1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="K1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="H2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="I2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="J2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="K2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="O2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="P2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="Q2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="R2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="S2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="T2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="U2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="V2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="J3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="K3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="L3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="M3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="N3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="O3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="P3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>