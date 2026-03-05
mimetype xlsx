--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,610 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...209 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2642077/fr/voriconazole-arrow-voriconazole</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VFEND IV (voriconazole), antifongique triazolé</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984078/fr/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
   <si>
     <t>pprd_2984078</t>
   </si>
   <si>
     <t>N/R,-,voriconazole</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399664/fr/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2640148/fr/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/en/vfend</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/en/vfend-voriconazole-antifungal-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -618,983 +255,234 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...180 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
-[...120 lines deleted...]
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="I2" t="s">
-        <v>84</v>
-[...412 lines deleted...]
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="J2" t="s">
-        <v>136</v>
+        <v>37</v>
       </c>
       <c r="K2" t="s">
-        <v>137</v>
+        <v>38</v>
       </c>
       <c r="L2" t="s">
-        <v>138</v>
+        <v>39</v>
       </c>
       <c r="M2" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="N2" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
       <c r="O2" t="s">
-        <v>141</v>
+        <v>42</v>
       </c>
       <c r="P2" t="s">
-        <v>142</v>
-[...67 lines deleted...]
-        <v>160</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>