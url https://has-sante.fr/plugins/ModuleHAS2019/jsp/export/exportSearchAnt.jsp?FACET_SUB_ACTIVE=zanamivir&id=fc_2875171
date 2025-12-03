--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,214 +1,301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>10/17/2023 14:24:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies valvulaires et congénitales graves chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 14:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_679234/en/severe-valvular-and-congenital-heart-diseases-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_679234/fr/ald-n-5-cardiopathies-valvulaires-et-congenitales-graves-chez-l-adulte</t>
   </si>
   <si>
     <t>c_679234</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984641/en/relenza</t>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique</t>
+  </si>
+  <si>
+    <t>Définir la place de la détection des génomes des virus Influenza A et B de la grippe et du SARS-CoV-2 par RT-PCR dans la stratégie diagnostique d’un cas suspect de grippe humaine due à un virus influenza d’origine zoonotique et évaluer ses performances diagnostiques chez les patients présentant des symptômes compatibles avec une infection par le virus SARS-CoV-2 ou une infection respiratoire hivernale, dont la grippe, dans un contexte d’exposition à risque à un virus influenza zoonotique.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520845/fr/detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520845</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
+  </si>
+  <si>
+    <t>17/06/2020 13:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190382/fr/commission-de-la-transparence-reunion-a-distance-du-24-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3190382</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mars 2020</t>
+  </si>
+  <si>
+    <t>06/03/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161371/fr/commission-de-la-transparence-reunion-du-11-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3161371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 septembre 2007</t>
+  </si>
+  <si>
+    <t>12/09/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682815/fr/commission-de-la-transparence-reunion-du-12-septembre-2007</t>
+  </si>
+  <si>
+    <t>c_682815</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RELENZA (zanamivir)</t>
+  </si>
+  <si>
+    <t>01/07/2020 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984641/fr/relenza-zanamivir</t>
   </si>
   <si>
     <t>pprd_2984641</t>
   </si>
   <si>
     <t>zanamivir</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_614500/en/relenza</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3181206/en/dectova</t>
+    <t>https://www.has-sante.fr/jcms/c_614500/fr/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782536/fr/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191475/fr/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>DECTOVA (zanamivir)</t>
+  </si>
+  <si>
+    <t>24/04/2020 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181206/fr/dectova-zanamivir</t>
   </si>
   <si>
     <t>p_3181206</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3181098/en/dectova-zanamivir</t>
+    <t>https://www.has-sante.fr/jcms/p_3181098/fr/dectova-zanamivir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -222,168 +309,390 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+      <c r="I4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>