--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -18,113 +18,98 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>ALD n° 5 - Cardiopathies valvulaires et congénitales graves chez l’adulte</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>12/10/2023 00:00:00</t>
   </si>
   <si>
     <t>17/10/2023 14:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_679234/fr/ald-n-5-cardiopathies-valvulaires-et-congenitales-graves-chez-l-adulte</t>
   </si>
   <si>
     <t>c_679234</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique</t>
   </si>
   <si>
     <t>Définir la place de la détection des génomes des virus Influenza A et B de la grippe et du SARS-CoV-2 par RT-PCR dans la stratégie diagnostique d’un cas suspect de grippe humaine due à un virus influenza d’origine zoonotique et évaluer ses performances diagnostiques chez les patients présentant des symptômes compatibles avec une infection par le virus SARS-CoV-2 ou une infection respiratoire hivernale, dont la grippe, dans un contexte d’exposition à risque à un virus influenza zoonotique.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>11/06/2024 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3520845/fr/detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
   </si>
   <si>
     <t>p_3520845</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -251,51 +236,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -307,392 +292,366 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...24 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>21</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>22</v>
-      </c>
-[...16 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" t="s">
         <v>29</v>
-      </c>
-[...22 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
         <v>29</v>
-      </c>
-[...22 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
         <v>29</v>
-      </c>
-[...22 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="J1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I2" t="s">
         <v>46</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>47</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>48</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>49</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
         <v>46</v>
       </c>
-      <c r="B3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="K3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>