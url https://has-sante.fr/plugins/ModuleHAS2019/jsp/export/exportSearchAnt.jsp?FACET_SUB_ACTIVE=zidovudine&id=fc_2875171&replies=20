--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -1,1527 +1,441 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>18/10/2017 08:35:37</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2796797/fr/new-fill</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...122 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983579/fr/combivir-lamivudine/-zidovudine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>COMBIVIR (N/R/ lamivudine/ zidovudine/ lamivudine et zidovudine)</t>
+  </si>
+  <si>
+    <t>06/29/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
   </si>
   <si>
     <t>pprd_2983579</t>
   </si>
   <si>
     <t>lamivudine,zidovudine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631239/fr/combivir-lamivudine/-zidovudine</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399930/fr/trizivir-comprime-pellicule-boite-de-60</t>
+    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/en/combivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
-[...106 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>50</v>
-[...356 lines deleted...]
-        <v>99</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>100</v>
-[...193 lines deleted...]
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="N2" t="s">
-        <v>129</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s">
-        <v>130</v>
-[...87 lines deleted...]
-        <v>149</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>