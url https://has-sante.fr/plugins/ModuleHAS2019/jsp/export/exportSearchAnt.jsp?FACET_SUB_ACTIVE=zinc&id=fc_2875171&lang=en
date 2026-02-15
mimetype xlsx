--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -3,473 +3,473 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Dietary consultation with a dietician</t>
-[...2 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>10/18/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>18/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">