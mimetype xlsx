--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -12,65 +12,65 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1252" uniqueCount="769">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
@@ -419,50 +419,845 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
   </si>
   <si>
     <t>c_1238318</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Génétique de la Sclérose Latérale Amyotrophique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Sclérose Latérale Amyotrophique(SLA) dans un contexte familial ou génétique. Il a été élaboré par le Centre de Référence SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/02/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306915/fr/genetique-de-la-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>p_3306915</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
   </si>
   <si>
     <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>15/10/2025 00:00:00</t>
   </si>
   <si>
     <t>21/10/2025 10:59:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3701093</t>
   </si>
   <si>
     <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
   </si>
   <si>
     <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
@@ -530,53 +1325,50 @@
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
-    <t>08/02/2024 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
   </si>
   <si>
     <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
   </si>
   <si>
     <t>14/02/2022 00:00:00</t>
   </si>
   <si>
     <t>16/02/2022 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
   </si>
   <si>
     <t>p_3165810</t>
@@ -912,842 +1704,50 @@
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
     <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
   </si>
   <si>
     <t>11/12/2003 00:00:00</t>
   </si>
   <si>
     <t>11/12/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
   </si>
   <si>
     <t>c_272273</t>
-  </si>
-[...790 lines deleted...]
-    <t>c_569717</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
     <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
   </si>
   <si>
     <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
   </si>
   <si>
     <t>18/09/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 14:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
   </si>
   <si>
     <t>p_3544601</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
@@ -3535,2225 +3535,2225 @@
       </c>
       <c r="D3" t="s">
         <v>122</v>
       </c>
       <c r="E3" t="s">
         <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>124</v>
       </c>
       <c r="H3" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H54"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>140</v>
+      </c>
+      <c r="H4" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H5" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>151</v>
+      </c>
+      <c r="H6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C7" t="s">
+        <v>154</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>156</v>
+      </c>
+      <c r="H7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C8" t="s">
+        <v>159</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>160</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>161</v>
+      </c>
+      <c r="H8" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>126</v>
+      </c>
+      <c r="B9" t="s">
+        <v>163</v>
+      </c>
+      <c r="C9" t="s">
+        <v>164</v>
+      </c>
+      <c r="D9" t="s">
+        <v>165</v>
+      </c>
+      <c r="E9" t="s">
+        <v>166</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>167</v>
+      </c>
+      <c r="H9" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B10" t="s">
+        <v>169</v>
+      </c>
+      <c r="C10" t="s">
+        <v>170</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>171</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>172</v>
+      </c>
+      <c r="H10" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" t="s">
+        <v>174</v>
+      </c>
+      <c r="C11" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" t="s">
+        <v>176</v>
+      </c>
+      <c r="E11" t="s">
+        <v>177</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>178</v>
+      </c>
+      <c r="H11" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C12" t="s">
+        <v>181</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>182</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>183</v>
+      </c>
+      <c r="H12" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C13" t="s">
+        <v>186</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>187</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>126</v>
+      </c>
+      <c r="B14" t="s">
+        <v>190</v>
+      </c>
+      <c r="C14" t="s">
+        <v>191</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>192</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>193</v>
+      </c>
+      <c r="H14" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>195</v>
+      </c>
+      <c r="C15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>197</v>
+      </c>
+      <c r="H15" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>199</v>
+      </c>
+      <c r="C16" t="s">
+        <v>200</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>192</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>201</v>
+      </c>
+      <c r="H16" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>203</v>
+      </c>
+      <c r="C17" t="s">
+        <v>204</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>206</v>
+      </c>
+      <c r="H17" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C18" t="s">
+        <v>209</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>210</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>211</v>
+      </c>
+      <c r="H18" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>213</v>
+      </c>
+      <c r="C19" t="s">
+        <v>214</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>215</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>216</v>
+      </c>
+      <c r="H19" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>218</v>
+      </c>
+      <c r="C20" t="s">
+        <v>219</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>220</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>221</v>
+      </c>
+      <c r="H20" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>223</v>
+      </c>
+      <c r="C21" t="s">
+        <v>224</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>225</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>226</v>
+      </c>
+      <c r="H21" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
+        <v>228</v>
+      </c>
+      <c r="C22" t="s">
+        <v>229</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>230</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>231</v>
+      </c>
+      <c r="H22" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" t="s">
+        <v>233</v>
+      </c>
+      <c r="C23" t="s">
+        <v>234</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>235</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>236</v>
+      </c>
+      <c r="H23" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C24" t="s">
+        <v>239</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>235</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>240</v>
+      </c>
+      <c r="H24" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" t="s">
+        <v>242</v>
+      </c>
+      <c r="C25" t="s">
+        <v>243</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>244</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>245</v>
+      </c>
+      <c r="H25" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26" t="s">
+        <v>247</v>
+      </c>
+      <c r="C26" t="s">
+        <v>248</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>249</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>250</v>
+      </c>
+      <c r="H26" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>126</v>
+      </c>
+      <c r="B27" t="s">
+        <v>252</v>
+      </c>
+      <c r="C27" t="s">
+        <v>253</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>254</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>255</v>
+      </c>
+      <c r="H27" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" t="s">
+        <v>257</v>
+      </c>
+      <c r="C28" t="s">
+        <v>258</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>254</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>259</v>
+      </c>
+      <c r="H28" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>261</v>
+      </c>
+      <c r="C29" t="s">
+        <v>262</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>263</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>264</v>
+      </c>
+      <c r="H29" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>266</v>
+      </c>
+      <c r="C30" t="s">
+        <v>267</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>263</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>268</v>
+      </c>
+      <c r="H30" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>270</v>
+      </c>
+      <c r="C31" t="s">
+        <v>271</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>272</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>273</v>
+      </c>
+      <c r="H31" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>126</v>
+      </c>
+      <c r="B32" t="s">
+        <v>275</v>
+      </c>
+      <c r="C32" t="s">
+        <v>276</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>272</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>277</v>
+      </c>
+      <c r="H32" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>126</v>
+      </c>
+      <c r="B33" t="s">
+        <v>279</v>
+      </c>
+      <c r="C33" t="s">
+        <v>280</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>272</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>281</v>
+      </c>
+      <c r="H33" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
+        <v>283</v>
+      </c>
+      <c r="C34" t="s">
+        <v>284</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>285</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>286</v>
+      </c>
+      <c r="H34" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" t="s">
+        <v>288</v>
+      </c>
+      <c r="C35" t="s">
+        <v>289</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>290</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>291</v>
+      </c>
+      <c r="H35" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>293</v>
+      </c>
+      <c r="C36" t="s">
+        <v>294</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>295</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>296</v>
+      </c>
+      <c r="H36" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" t="s">
+        <v>298</v>
+      </c>
+      <c r="C37" t="s">
+        <v>299</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>300</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>301</v>
+      </c>
+      <c r="H37" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>126</v>
+      </c>
+      <c r="B38" t="s">
+        <v>303</v>
+      </c>
+      <c r="C38" t="s">
+        <v>304</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>305</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>306</v>
+      </c>
+      <c r="H38" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>126</v>
+      </c>
+      <c r="B39" t="s">
+        <v>308</v>
+      </c>
+      <c r="C39" t="s">
+        <v>309</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>310</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>311</v>
+      </c>
+      <c r="H39" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>126</v>
+      </c>
+      <c r="B40" t="s">
+        <v>313</v>
+      </c>
+      <c r="C40" t="s">
+        <v>314</v>
+      </c>
+      <c r="D40" t="s">
+        <v>315</v>
+      </c>
+      <c r="E40" t="s">
+        <v>316</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>317</v>
+      </c>
+      <c r="H40" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>126</v>
+      </c>
+      <c r="B41" t="s">
+        <v>319</v>
+      </c>
+      <c r="C41" t="s">
+        <v>320</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>321</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>322</v>
+      </c>
+      <c r="H41" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>126</v>
+      </c>
+      <c r="B42" t="s">
+        <v>324</v>
+      </c>
+      <c r="C42" t="s">
+        <v>325</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>326</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>327</v>
+      </c>
+      <c r="H42" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>126</v>
+      </c>
+      <c r="B43" t="s">
+        <v>329</v>
+      </c>
+      <c r="C43" t="s">
+        <v>330</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>331</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>332</v>
+      </c>
+      <c r="H43" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" t="s">
+        <v>334</v>
+      </c>
+      <c r="C44" t="s">
+        <v>335</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>336</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>337</v>
+      </c>
+      <c r="H44" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>126</v>
+      </c>
+      <c r="B45" t="s">
+        <v>339</v>
+      </c>
+      <c r="C45" t="s">
+        <v>340</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>341</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>342</v>
+      </c>
+      <c r="H45" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" t="s">
+        <v>344</v>
+      </c>
+      <c r="C46" t="s">
+        <v>345</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>346</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>347</v>
+      </c>
+      <c r="H46" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>126</v>
+      </c>
+      <c r="B47" t="s">
+        <v>349</v>
+      </c>
+      <c r="C47" t="s">
+        <v>350</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>351</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>352</v>
+      </c>
+      <c r="H47" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48" t="s">
+        <v>354</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>355</v>
+      </c>
+      <c r="E48" t="s">
+        <v>356</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>357</v>
+      </c>
+      <c r="H48" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>126</v>
+      </c>
+      <c r="B49" t="s">
+        <v>359</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>360</v>
+      </c>
+      <c r="E49" t="s">
+        <v>361</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>362</v>
+      </c>
+      <c r="H49" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>126</v>
+      </c>
+      <c r="B50" t="s">
+        <v>364</v>
+      </c>
+      <c r="C50" t="s">
+        <v>365</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>366</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>367</v>
+      </c>
+      <c r="H50" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>126</v>
+      </c>
+      <c r="B51" t="s">
+        <v>369</v>
+      </c>
+      <c r="C51" t="s">
+        <v>370</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>371</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>372</v>
+      </c>
+      <c r="H51" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>126</v>
+      </c>
+      <c r="B52" t="s">
+        <v>374</v>
+      </c>
+      <c r="C52" t="s">
+        <v>375</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>376</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>377</v>
+      </c>
+      <c r="H52" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" t="s">
+        <v>379</v>
+      </c>
+      <c r="C53" t="s">
+        <v>380</v>
+      </c>
+      <c r="D53" t="s">
+        <v>381</v>
+      </c>
+      <c r="E53" t="s">
+        <v>382</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>383</v>
+      </c>
+      <c r="H53" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>126</v>
+      </c>
+      <c r="B54" t="s">
+        <v>385</v>
+      </c>
+      <c r="C54" t="s">
+        <v>386</v>
+      </c>
+      <c r="D54" t="s">
+        <v>387</v>
+      </c>
+      <c r="E54" t="s">
+        <v>388</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>389</v>
+      </c>
+      <c r="H54" t="s">
+        <v>390</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B2" t="s">
-        <v>127</v>
+        <v>392</v>
       </c>
       <c r="C2" t="s">
-        <v>128</v>
+        <v>393</v>
       </c>
       <c r="D2" t="s">
-        <v>129</v>
+        <v>394</v>
       </c>
       <c r="E2" t="s">
-        <v>130</v>
+        <v>395</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>131</v>
+        <v>396</v>
       </c>
       <c r="H2" t="s">
-        <v>132</v>
+        <v>397</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>398</v>
       </c>
       <c r="C3" t="s">
-        <v>134</v>
+        <v>399</v>
       </c>
       <c r="D3" t="s">
-        <v>135</v>
+        <v>400</v>
       </c>
       <c r="E3" t="s">
-        <v>136</v>
+        <v>401</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>137</v>
+        <v>402</v>
       </c>
       <c r="H3" t="s">
-        <v>138</v>
+        <v>403</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B4" t="s">
-        <v>139</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
-        <v>140</v>
+        <v>405</v>
       </c>
       <c r="D4" t="s">
-        <v>141</v>
+        <v>406</v>
       </c>
       <c r="E4" t="s">
-        <v>142</v>
+        <v>407</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>143</v>
+        <v>408</v>
       </c>
       <c r="H4" t="s">
-        <v>144</v>
+        <v>409</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B5" t="s">
-        <v>145</v>
+        <v>410</v>
       </c>
       <c r="C5" t="s">
-        <v>146</v>
+        <v>411</v>
       </c>
       <c r="D5" t="s">
-        <v>141</v>
+        <v>406</v>
       </c>
       <c r="E5" t="s">
-        <v>142</v>
+        <v>407</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>147</v>
+        <v>412</v>
       </c>
       <c r="H5" t="s">
-        <v>148</v>
+        <v>413</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B6" t="s">
-        <v>149</v>
+        <v>414</v>
       </c>
       <c r="C6" t="s">
-        <v>150</v>
+        <v>415</v>
       </c>
       <c r="D6" t="s">
-        <v>151</v>
+        <v>416</v>
       </c>
       <c r="E6" t="s">
-        <v>152</v>
+        <v>417</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>153</v>
+        <v>418</v>
       </c>
       <c r="H6" t="s">
-        <v>154</v>
+        <v>419</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B7" t="s">
-        <v>155</v>
+        <v>420</v>
       </c>
       <c r="C7" t="s">
-        <v>156</v>
+        <v>421</v>
       </c>
       <c r="D7" t="s">
-        <v>157</v>
+        <v>422</v>
       </c>
       <c r="E7" t="s">
-        <v>158</v>
+        <v>423</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>159</v>
+        <v>424</v>
       </c>
       <c r="H7" t="s">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B8" t="s">
-        <v>161</v>
+        <v>426</v>
       </c>
       <c r="C8" t="s">
-        <v>162</v>
+        <v>427</v>
       </c>
       <c r="D8" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="E8" t="s">
-        <v>164</v>
+        <v>428</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>165</v>
+        <v>429</v>
       </c>
       <c r="H8" t="s">
-        <v>166</v>
+        <v>430</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B9" t="s">
-        <v>167</v>
+        <v>431</v>
       </c>
       <c r="C9" t="s">
-        <v>168</v>
+        <v>432</v>
       </c>
       <c r="D9" t="s">
-        <v>169</v>
+        <v>433</v>
       </c>
       <c r="E9" t="s">
-        <v>170</v>
+        <v>434</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>171</v>
+        <v>435</v>
       </c>
       <c r="H9" t="s">
-        <v>172</v>
+        <v>436</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B10" t="s">
-        <v>173</v>
+        <v>437</v>
       </c>
       <c r="C10" t="s">
-        <v>174</v>
+        <v>438</v>
       </c>
       <c r="D10" t="s">
-        <v>175</v>
+        <v>439</v>
       </c>
       <c r="E10" t="s">
-        <v>176</v>
+        <v>440</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>177</v>
+        <v>441</v>
       </c>
       <c r="H10" t="s">
-        <v>178</v>
+        <v>442</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B11" t="s">
-        <v>179</v>
+        <v>443</v>
       </c>
       <c r="C11" t="s">
-        <v>180</v>
+        <v>444</v>
       </c>
       <c r="D11" t="s">
-        <v>181</v>
+        <v>445</v>
       </c>
       <c r="E11" t="s">
-        <v>182</v>
+        <v>446</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>183</v>
+        <v>447</v>
       </c>
       <c r="H11" t="s">
-        <v>184</v>
+        <v>448</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
-        <v>186</v>
+        <v>450</v>
       </c>
       <c r="D12" t="s">
-        <v>187</v>
+        <v>451</v>
       </c>
       <c r="E12" t="s">
-        <v>188</v>
+        <v>452</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>189</v>
+        <v>453</v>
       </c>
       <c r="H12" t="s">
-        <v>190</v>
+        <v>454</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B13" t="s">
-        <v>191</v>
+        <v>455</v>
       </c>
       <c r="C13" t="s">
-        <v>192</v>
+        <v>456</v>
       </c>
       <c r="D13" t="s">
-        <v>193</v>
+        <v>457</v>
       </c>
       <c r="E13" t="s">
-        <v>194</v>
+        <v>458</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>195</v>
+        <v>459</v>
       </c>
       <c r="H13" t="s">
-        <v>196</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B14" t="s">
-        <v>197</v>
+        <v>461</v>
       </c>
       <c r="C14" t="s">
-        <v>198</v>
+        <v>462</v>
       </c>
       <c r="D14" t="s">
-        <v>199</v>
+        <v>463</v>
       </c>
       <c r="E14" t="s">
-        <v>200</v>
+        <v>464</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>201</v>
+        <v>465</v>
       </c>
       <c r="H14" t="s">
-        <v>202</v>
+        <v>466</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B15" t="s">
-        <v>203</v>
+        <v>467</v>
       </c>
       <c r="C15" t="s">
-        <v>204</v>
+        <v>468</v>
       </c>
       <c r="D15" t="s">
-        <v>205</v>
+        <v>469</v>
       </c>
       <c r="E15" t="s">
-        <v>206</v>
+        <v>470</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>207</v>
+        <v>471</v>
       </c>
       <c r="H15" t="s">
-        <v>208</v>
+        <v>472</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B16" t="s">
-        <v>209</v>
+        <v>473</v>
       </c>
       <c r="C16" t="s">
-        <v>210</v>
+        <v>474</v>
       </c>
       <c r="D16" t="s">
         <v>122</v>
       </c>
       <c r="E16" t="s">
-        <v>211</v>
+        <v>475</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>212</v>
+        <v>476</v>
       </c>
       <c r="H16" t="s">
-        <v>213</v>
+        <v>477</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B17" t="s">
-        <v>214</v>
+        <v>478</v>
       </c>
       <c r="C17" t="s">
-        <v>215</v>
+        <v>479</v>
       </c>
       <c r="D17" t="s">
-        <v>216</v>
+        <v>480</v>
       </c>
       <c r="E17" t="s">
-        <v>217</v>
+        <v>481</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>218</v>
+        <v>482</v>
       </c>
       <c r="H17" t="s">
-        <v>219</v>
+        <v>483</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B18" t="s">
-        <v>220</v>
+        <v>484</v>
       </c>
       <c r="C18" t="s">
-        <v>221</v>
+        <v>485</v>
       </c>
       <c r="D18" t="s">
-        <v>222</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>223</v>
+        <v>487</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>224</v>
+        <v>488</v>
       </c>
       <c r="H18" t="s">
-        <v>225</v>
+        <v>489</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B19" t="s">
-        <v>226</v>
+        <v>490</v>
       </c>
       <c r="C19" t="s">
-        <v>227</v>
+        <v>491</v>
       </c>
       <c r="D19" t="s">
-        <v>228</v>
+        <v>492</v>
       </c>
       <c r="E19" t="s">
-        <v>229</v>
+        <v>493</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>230</v>
+        <v>494</v>
       </c>
       <c r="H19" t="s">
-        <v>231</v>
+        <v>495</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B20" t="s">
-        <v>232</v>
+        <v>496</v>
       </c>
       <c r="C20" t="s">
-        <v>233</v>
+        <v>497</v>
       </c>
       <c r="D20" t="s">
-        <v>234</v>
+        <v>498</v>
       </c>
       <c r="E20" t="s">
-        <v>235</v>
+        <v>499</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>236</v>
+        <v>500</v>
       </c>
       <c r="H20" t="s">
-        <v>237</v>
+        <v>501</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B21" t="s">
-        <v>238</v>
+        <v>502</v>
       </c>
       <c r="C21" t="s">
-        <v>239</v>
+        <v>503</v>
       </c>
       <c r="D21" t="s">
-        <v>234</v>
+        <v>498</v>
       </c>
       <c r="E21" t="s">
-        <v>240</v>
+        <v>504</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>241</v>
+        <v>505</v>
       </c>
       <c r="H21" t="s">
-        <v>242</v>
+        <v>506</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B22" t="s">
-        <v>243</v>
+        <v>507</v>
       </c>
       <c r="C22" t="s">
-        <v>244</v>
+        <v>508</v>
       </c>
       <c r="D22" t="s">
-        <v>245</v>
+        <v>509</v>
       </c>
       <c r="E22" t="s">
-        <v>246</v>
+        <v>510</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>247</v>
+        <v>511</v>
       </c>
       <c r="H22" t="s">
-        <v>248</v>
+        <v>512</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B23" t="s">
-        <v>249</v>
+        <v>513</v>
       </c>
       <c r="C23" t="s">
-        <v>250</v>
+        <v>514</v>
       </c>
       <c r="D23" t="s">
-        <v>251</v>
+        <v>515</v>
       </c>
       <c r="E23" t="s">
-        <v>252</v>
+        <v>516</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>253</v>
+        <v>517</v>
       </c>
       <c r="H23" t="s">
-        <v>254</v>
+        <v>518</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B24" t="s">
-        <v>255</v>
+        <v>519</v>
       </c>
       <c r="C24" t="s">
-        <v>256</v>
+        <v>520</v>
       </c>
       <c r="D24" t="s">
-        <v>257</v>
+        <v>521</v>
       </c>
       <c r="E24" t="s">
-        <v>258</v>
+        <v>522</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>259</v>
+        <v>523</v>
       </c>
       <c r="H24" t="s">
-        <v>260</v>
+        <v>524</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B25" t="s">
-        <v>261</v>
+        <v>525</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>526</v>
       </c>
       <c r="D25" t="s">
-        <v>263</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>264</v>
+        <v>528</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>265</v>
+        <v>529</v>
       </c>
       <c r="H25" t="s">
-        <v>266</v>
+        <v>530</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B26" t="s">
-        <v>267</v>
+        <v>531</v>
       </c>
       <c r="C26" t="s">
-        <v>268</v>
+        <v>532</v>
       </c>
       <c r="D26" t="s">
-        <v>269</v>
+        <v>533</v>
       </c>
       <c r="E26" t="s">
-        <v>270</v>
+        <v>534</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>271</v>
+        <v>535</v>
       </c>
       <c r="H26" t="s">
-        <v>272</v>
+        <v>536</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B27" t="s">
-        <v>273</v>
+        <v>537</v>
       </c>
       <c r="C27" t="s">
-        <v>274</v>
+        <v>538</v>
       </c>
       <c r="D27" t="s">
-        <v>275</v>
+        <v>539</v>
       </c>
       <c r="E27" t="s">
-        <v>276</v>
+        <v>540</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>277</v>
+        <v>541</v>
       </c>
       <c r="H27" t="s">
-        <v>278</v>
+        <v>542</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B28" t="s">
-        <v>279</v>
+        <v>543</v>
       </c>
       <c r="C28" t="s">
-        <v>280</v>
+        <v>544</v>
       </c>
       <c r="D28" t="s">
-        <v>281</v>
+        <v>545</v>
       </c>
       <c r="E28" t="s">
-        <v>282</v>
+        <v>546</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>283</v>
+        <v>547</v>
       </c>
       <c r="H28" t="s">
-        <v>284</v>
+        <v>548</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>126</v>
+        <v>391</v>
       </c>
       <c r="B29" t="s">
-        <v>285</v>
+        <v>549</v>
       </c>
       <c r="C29" t="s">
-        <v>286</v>
+        <v>550</v>
       </c>
       <c r="D29" t="s">
-        <v>287</v>
+        <v>551</v>
       </c>
       <c r="E29" t="s">
-        <v>288</v>
+        <v>552</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>289</v>
+        <v>553</v>
       </c>
       <c r="H29" t="s">
-        <v>290</v>
-[...1416 lines deleted...]
-      <c r="H54" t="s">
         <v>554</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -5948,51 +5948,51 @@
       </c>
       <c r="E2" t="s">
         <v>577</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>578</v>
       </c>
       <c r="H2" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>573</v>
       </c>
       <c r="B3" t="s">
         <v>580</v>
       </c>
       <c r="C3" t="s">
         <v>581</v>
       </c>
       <c r="D3" t="s">
-        <v>187</v>
+        <v>451</v>
       </c>
       <c r="E3" t="s">
         <v>582</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>583</v>
       </c>
       <c r="H3" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>573</v>
       </c>
       <c r="B4" t="s">
         <v>585</v>
       </c>
       <c r="C4" t="s">
         <v>586</v>
       </c>
       <c r="D4" t="s">