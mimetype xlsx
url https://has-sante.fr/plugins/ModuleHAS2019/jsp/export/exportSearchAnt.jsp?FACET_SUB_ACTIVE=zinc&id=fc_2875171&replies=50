--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,6632 +1,1208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1252" uniqueCount="769">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ATEMPERO</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/11/2022 00:00:00</t>
-[...398 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...914 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Consultation diététique réalisée par un diététicien</t>
-[...2 lines deleted...]
-    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>02/01/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>TThe aim was to assess the benefits of placing a provisional crown during the interval between tooth preparation and placement of the definitive crown. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for these provisional crowns in the case of restorations. Provisional crown placement is a long-standing routine practice in dental surgery</t>
+  </si>
+  <si>
+    <t>02/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>La compression médicale dans les affections veineuses chroniques et limitées - Fiche BUTS</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs de compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
-[...269 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>18/10/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>10/18/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
-[...152 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...519 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>691</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>692</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>693</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>694</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>695</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>696</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>697</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>701</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="E2" t="s">
-        <v>702</v>
+        <v>87</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>703</v>
+        <v>88</v>
       </c>
       <c r="H2" t="s">
-        <v>704</v>
-[...17 lines deleted...]
-        <v>710</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>711</v>
+        <v>90</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>712</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>713</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>714</v>
-[...8 lines deleted...]
-        <v>717</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B4" t="s">
-        <v>718</v>
+        <v>95</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="E4" t="s">
-        <v>719</v>
+        <v>98</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>720</v>
+        <v>99</v>
       </c>
       <c r="H4" t="s">
-        <v>721</v>
-[...17 lines deleted...]
-        <v>727</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B5" t="s">
-        <v>728</v>
+        <v>101</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="E5" t="s">
-        <v>729</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>730</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>731</v>
-[...11 lines deleted...]
-        <v>734</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B6" t="s">
-        <v>735</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>108</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
       <c r="E6" t="s">
-        <v>736</v>
+        <v>110</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>737</v>
+        <v>111</v>
       </c>
       <c r="H6" t="s">
-        <v>738</v>
-[...14 lines deleted...]
-        <v>742</v>
+        <v>112</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B7" t="s">
-        <v>743</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>115</v>
       </c>
       <c r="E7" t="s">
-        <v>744</v>
+        <v>116</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>745</v>
+        <v>117</v>
       </c>
       <c r="H7" t="s">
-        <v>746</v>
-[...8 lines deleted...]
-        <v>749</v>
+        <v>118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>700</v>
+        <v>83</v>
       </c>
       <c r="B8" t="s">
-        <v>750</v>
+        <v>119</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E8" t="s">
-        <v>751</v>
+        <v>122</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>752</v>
+        <v>123</v>
       </c>
       <c r="H8" t="s">
-        <v>753</v>
-[...78 lines deleted...]
-        <v>768</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>125</v>
+      </c>
+      <c r="J1" t="s">
+        <v>126</v>
+      </c>
+      <c r="K1" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
-[...25 lines deleted...]
-        <v>125</v>
+        <v>132</v>
+      </c>
+      <c r="I2" t="s">
+        <v>133</v>
+      </c>
+      <c r="J2" t="s">
+        <v>134</v>
+      </c>
+      <c r="K2" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...3062 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>