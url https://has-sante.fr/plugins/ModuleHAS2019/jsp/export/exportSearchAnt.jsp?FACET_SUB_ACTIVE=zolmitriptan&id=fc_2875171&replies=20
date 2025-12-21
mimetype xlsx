--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,152 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZOMIG - ZOMIGORO (zolmitriptan)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983982/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>pprd_2983982</t>
+  </si>
+  <si>
+    <t>zolmitriptan</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399021/fr/zomig-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456662/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098684/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661856/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>ZOMIGSPRAY (zolmitriptan)</t>
+  </si>
+  <si>
+    <t>18/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985961/fr/zomigspray-zolmitriptan</t>
+  </si>
+  <si>
+    <t>pprd_2985961</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399769/fr/zomigspray-5mg/0-1ml-solution-pour-pulverisation-nasale-0-1-ml-en-ampoule-verre-avec-dispositif-doseur-boite-de-2-boite-de-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +231,165 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>