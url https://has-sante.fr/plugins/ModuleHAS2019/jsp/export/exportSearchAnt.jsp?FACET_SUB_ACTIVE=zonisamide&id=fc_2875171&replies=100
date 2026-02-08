--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,50 +75,65 @@
     <t/>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
   </si>
   <si>
     <t>p_3574909</t>
   </si>
   <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Epilepsies néonatales</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
@@ -407,51 +422,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -502,132 +517,132 @@
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
@@ -635,77 +650,77 @@
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>52</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
@@ -713,356 +728,382 @@
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>57</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>61</v>
       </c>
-      <c r="H12" t="s">
-        <v>62</v>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H13" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D4" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E4" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" t="s">
         <v>83</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C6" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D6" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E6" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="J1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="K1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="J2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="K2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I3" t="s">
         <v>106</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="K3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="L3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="M3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="N3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="O3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>