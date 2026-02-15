--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -1,1109 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="31">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/12/2024 10:44:00</t>
-[...200 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
-[...71 lines deleted...]
-    <t>p_3431514</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZONEGRAN (N/R/ zonisamide)</t>
+  </si>
+  <si>
+    <t>09/12/2017 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983534/en/zonegran-n/r/-zonisamide</t>
+  </si>
+  <si>
+    <t>pprd_2983534</t>
   </si>
   <si>
     <t>zonisamide</t>
   </si>
   <si>
-    <t>NEURAXPHARM FRANCE</t>
-[...16 lines deleted...]
-  <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400752/fr/zonegran-zonisamide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2792315/fr/zonegran-zonisamide</t>
+    <t>https://www.has-sante.fr/jcms/c_400752/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761866/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011660/en/zonegran-zonisamide-antiepileptic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030374/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792315/en/zonegran-zonisamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...276 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
-[...178 lines deleted...]
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>107</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>108</v>
-[...46 lines deleted...]
-        <v>118</v>
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O2" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>