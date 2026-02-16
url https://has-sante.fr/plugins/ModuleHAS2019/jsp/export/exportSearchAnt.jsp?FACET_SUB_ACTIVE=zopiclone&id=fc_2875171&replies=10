--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,175 +1,415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="99">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/29/2015 05:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Arrêt des benzodiazépines et médicaments apparentés : démarche du médecin traitant en ambulatoire</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo concerne la démarche du médecin traitant lors de l’arrêt des benzodiazépines (BZD) et médicaments apparentés en ambulatoire. Elle a pour objectif d’aider à réduire les prescriptions au long cours de BZD dans l'anxiété et l'insomnie, du fait d'un rapport bénéfice/risque défavorable. Au-delà de 28 jours, l’efficacité est incertaine, les risques d’effets délétères augmentent (somnolence diurne, troubles de la mémoire, démence, chutes, accidents, etc.) ainsi que celui de dépendance. Elle est dans la continuité des travaux déjà engagés par la HAS depuis 2012 en partenariat avec la DGS (Direction générale de la santé) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) pour lutter contre la surconsommation et le mésusage des BZD.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/fr/arret-des-benzodiazepines-et-medicaments-apparentes-demarche-du-medecin-traitant-en-ambulatoire</t>
   </si>
   <si>
     <t>c_2038262</t>
   </si>
   <si>
-    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
-[...2 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IMOVANE (zopiclone)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984422/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>pprd_2984422</t>
+  </si>
+  <si>
+    <t>zopiclone</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399556/fr/imovane-7-5-mg-comprime-pellicule-secable-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399817/fr/imovane-3-75-mg-comprime-pellicule-boites-de-5-14-et-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545500/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973818/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758665/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558820/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402390/fr/imovane-zopiclone-troubles-severes-du-sommeil</t>
+  </si>
+  <si>
+    <t>ZOPICLONE ARROW LAB (zopiclone)</t>
+  </si>
+  <si>
+    <t>22/05/2019 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982745/fr/zopiclone-arrow-lab-zopiclone</t>
+  </si>
+  <si>
+    <t>pprd_2982745</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763973/fr/zopiclone-mylan-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969346/fr/zopiclone-arrow-lab-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969349/fr/zopiclone-arrow-lab-zopiclone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +449,509 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>74</v>
+      </c>
+      <c r="J1" t="s">
+        <v>75</v>
+      </c>
+      <c r="K1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+      <c r="I2" t="s">
+        <v>82</v>
+      </c>
+      <c r="J2" t="s">
+        <v>83</v>
+      </c>
+      <c r="K2" t="s">
+        <v>84</v>
+      </c>
+      <c r="L2" t="s">
+        <v>85</v>
+      </c>
+      <c r="M2" t="s">
+        <v>86</v>
+      </c>
+      <c r="N2" t="s">
+        <v>87</v>
+      </c>
+      <c r="O2" t="s">
+        <v>88</v>
+      </c>
+      <c r="P2" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I3" t="s">
+        <v>82</v>
+      </c>
+      <c r="J3" t="s">
+        <v>95</v>
+      </c>
+      <c r="K3" t="s">
+        <v>96</v>
+      </c>
+      <c r="L3" t="s">
+        <v>97</v>
+      </c>
+      <c r="M3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>