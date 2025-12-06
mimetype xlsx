--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -18,81 +18,81 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
     <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
     <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4119" uniqueCount="2604">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4168" uniqueCount="2638">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1505,53 +1505,449 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3276811/fr/recueil-de-l-experience-et-de-la-satisfaction-des-personnes-en-ehpad-et-en-structures-du-handicap-resultats-de-l-enquete-pilote</t>
   </si>
   <si>
     <t>p_3276811</t>
   </si>
   <si>
     <t>Expérimentation article 70</t>
   </si>
   <si>
     <t>L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2).</t>
   </si>
   <si>
     <t>17/07/2015 00:00:00</t>
   </si>
   <si>
     <t>17/07/2015 11:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1747548/fr/experimentation-article-70</t>
   </si>
   <si>
     <t>c_1747548</t>
   </si>
   <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Outil d’identification du besoin d’actualisation d’une recommandation de bonnes pratiques professionnelles (RBPP) pour les secteurs social et médico-social</t>
+  </si>
+  <si>
+    <t>Les évolutions des secteurs social et médico-social peuvent impacter le contenu d’une recommandation et nécessiter d’actualiser tout ou partie de cette dernière. Les professionnels doivent disposer de recommandations fiables sur lesquelles s’appuyer, d’où la nécessité de veiller à ce qu’elles soient à jour. Dans cette perspective, la HAS a élaboré un outil d’identification du besoin d’actualisation d’une recommandation ciblée à destination des acteurs du champ social et médico-social d’une part et des équipes HAS d’autre part.</t>
+  </si>
+  <si>
+    <t>08/11/2024 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555216/fr/outil-d-identification-du-besoin-d-actualisation-d-une-recommandation-de-bonnes-pratiques-professionnelles-rbpp-pour-les-secteurs-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3555216</t>
+  </si>
+  <si>
+    <t>Dégénérescence maculaire liée à l’âge</t>
+  </si>
+  <si>
+    <t>La dégénérescence maculaire liée à l’âge (DMLA) est une pathologie touchant la zone centrale de l’œil, la macula. Elle survient chez les personnes de plus de 50 ans, chez qui elle constitue la première cause de handicap visuel et sa fréquence augmente avec l’âge pour toucher 25 à 30 % des plus de 75 ans. Pourtant, si elle est repérée précocement, une surveillance et des traitements peuvent être mis en place afin de limiter le handicap visuel et ses conséquences sur la qualité de vie. La HAS a élaboré une fiche mémo sur le dépistage et les traitements de la DMLA à destination des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>08/11/2022 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383781/fr/degenerescence-maculaire-liee-a-l-age</t>
+  </si>
+  <si>
+    <t>p_3383781</t>
+  </si>
+  <si>
+    <t>Covid-19 - Fin de vie des personnes accompagnées par un établissement ou service social ou médico-social</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de Covid-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès. La HAS diffuse donc une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, dans la fin de vie et dans le deuil, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183098/fr/covid-19-fin-de-vie-des-personnes-accompagnees-par-un-etablissement-ou-service-social-ou-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183098</t>
+  </si>
+  <si>
+    <t>Suivi des personnes atteintes de maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides visent à assurer la continuité de la prise en charge des personnes atteintes de la maladie de Parkinson dans le cadre du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178290/fr/suivi-des-personnes-atteintes-de-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>p_3178290</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients souffrant de troubles psychiques</t>
+  </si>
+  <si>
+    <t>La HAS recommande une augmentation progressive des prises en charge en présentiel, en articulation avec une poursuite de certaines prises en charge à distance. Ces dernières doivent notamment être maintenues pour les patients qui présentent des signes de COVID-19 et qui nécessitent un isolement, ou pour ceux qui ont été en contact avec une personne infectée dans les 14 jours précédents… La HAS préconise aussi que les professionnels prennent contact avec les patients, dans une démarche proactive, surtout pour ceux qui ne se sont pas présentés à un rendez-vous ou pour lesquels les rendez-vous ont été annulés.</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188174/fr/prise-en-charge-ambulatoire-des-patients-souffrant-de-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3188174</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse des situations d’anxiolyse et de sédation pour les pratiques palliatives en situation d’accès restreint au midazolam</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des situations de sédations et d’anxiolyse, l’utilisation de l’ensemble des benzodiazépines (dont le clonazépam) comme alternative au midazolam permettra d’éviter le recours au midazolam, en forte tension d’approvisionnement.</t>
+  </si>
+  <si>
+    <t>05/05/2020 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182227/fr/prise-en-charge-medicamenteuse-des-situations-d-anxiolyse-et-de-sedation-pour-les-pratiques-palliatives-en-situation-d-acces-restreint-au-midazolam</t>
+  </si>
+  <si>
+    <t>p_3182227</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients souffrant de pathologies psychiatriques en situation de confinement à leur domicile</t>
+  </si>
+  <si>
+    <t>Préconisations dans le cadre du COVID-19 pour la prise en charge des patients souffrant de pathologies psychiatriques à leur domicile. Ces réponses rapides sont construites en collaboration avec les professionnels de santé et les associations de usagers.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168631/fr/prise-en-charge-des-patients-souffrant-de-pathologies-psychiatriques-en-situation-de-confinement-a-leur-domicile</t>
+  </si>
+  <si>
+    <t>p_3168631</t>
+  </si>
+  <si>
+    <t>Fiche pertinence des soins indications et contre-indications de la chirurgie de la cataracte liée à l’âge</t>
+  </si>
+  <si>
+    <t>Cette fiche pertinence décline les indications et contre-indications de la chirurgie de la cataracte liée à l’âge.</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906983/fr/fiche-pertinence-des-soins-indications-et-contre-indications-de-la-chirurgie-de-la-cataracte-liee-a-l-age</t>
+  </si>
+  <si>
+    <t>c_2906983</t>
+  </si>
+  <si>
+    <t>Le projet personnalisé : une dynamique de parcours d’accompagnement (volet Résidences autonomie)</t>
+  </si>
+  <si>
+    <t>Rappel aux professionnels les principes, les repères et les modalités pratiques pour associer étroitement les personnes à la construction de leur projet, à sa mise en œuvre et enfin à son évaluation.</t>
+  </si>
+  <si>
+    <t>07/03/2019 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908881/fr/le-projet-personnalise-une-dynamique-de-parcours-d-accompagnement-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2908881</t>
+  </si>
+  <si>
+    <t>La Commission de coordination gériatrique en Ehpad - Fiche repère</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère vise à préciser les objectifs, les modalités de mise en œuvre et le fonctionnement de la Commission de coordination gériatrique (CCG), instance chargée d’organiser l’intervention des professionnels, salariés et libéraux au sein des établissements.</t>
+  </si>
+  <si>
+    <t>01/10/2018 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873852/fr/la-commission-de-coordination-geriatrique-en-ehpad-fiche-repere</t>
+  </si>
+  <si>
+    <t>c_2873852</t>
+  </si>
+  <si>
+    <t>Sécurité alimentaire, convivialité et qualité de vie, les champs du possible dans le cadre de la méthode HACCP</t>
+  </si>
+  <si>
+    <t>La qualité de la restauration est essentielle pour la qualité de vie du résident en Ehpad. Si d’un point de vue réglementaire elle doit être conforme aux normes vétérinaires et sanitaires incluant la démarche HACCP, elle offre malgré tout, une grande liberté aux établissements.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873855/fr/securite-alimentaire-convivialite-et-qualite-de-vie-les-champs-du-possible-dans-le-cadre-de-la-methode-haccp</t>
+  </si>
+  <si>
+    <t>c_2873855</t>
+  </si>
+  <si>
+    <t>Normes de sécurité incendie dans les Ehpad (structures J et U) : entre normes et personnalisation des espaces</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère a pour objectif de montrer qu’il est possible de créer un environnement « confortable, rassurant et stimulant » conforme aux dispositions du règlement de sécurité incendie tout en répondant à l’exigence d’un accompagnement de qualité permettant le maintien du lien social du résident, quel que soit son état.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873859/fr/normes-de-securite-incendie-dans-les-ehpad-structures-j-et-u-entre-normes-et-personnalisation-des-espaces</t>
+  </si>
+  <si>
+    <t>c_2873859</t>
+  </si>
+  <si>
+    <t>Le projet personnalisé : une dynamique de parcours d’accompagnement (volet Ehpad)</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère rappelle aux professionnels les principes, les repères et les modalités pratiques pour associer étroitement les personnes, étape par étape, à la construction de leur projet, à sa mise en œuvre et enfin à son évaluation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873864/fr/le-projet-personnalise-une-dynamique-de-parcours-d-accompagnement-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2873864</t>
+  </si>
+  <si>
+    <t>Orthogériatrie et fracture de la hanche</t>
+  </si>
+  <si>
+    <t>L’enjeu est de réduire la morbi-mortalité des fractures de hanche et de permettre au patient âgé opéré de maintenir son statut fonctionnel et sa mobilité, et de retourner vivre dans son lieu de vie antérieur. Ce travail décrit les soins pré et post opératoires dans le cadre d’une organisation orthogériatrique et ses modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801173/fr/orthogeriatrie-et-fracture-de-la-hanche</t>
+  </si>
+  <si>
+    <t>c_2801173</t>
+  </si>
+  <si>
+    <t>Prévenir la dépendance iatrogène liée à l'hospitalisation chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>L’enjeu est de répondre aux besoins spécifiques des patients âgés hospitalisés dans l’ensemble des services hospitaliers, en adaptant les modalités de soins, l’environnement et les organisations hospitalières, afin de réduire les risques de dépendance acquise lors de ces hospitalisations.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801190/fr/prevenir-la-dependance-iatrogene-liee-a-l-hospitalisation-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_2801190</t>
+  </si>
+  <si>
+    <t>Comment réduire les hospitalisations non programmées des résidents des Ehpad</t>
+  </si>
+  <si>
+    <t>L’enjeu est de préciser les interventions et organisations susceptibles de réduire les hospitalisations potentiellement évitables et/ou inappropriées des résidents des Ehpad sans perte de chance pour ces patients.</t>
+  </si>
+  <si>
+    <t>27/07/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049096/fr/comment-reduire-les-hospitalisations-non-programmees-des-residents-des-ehpad</t>
+  </si>
+  <si>
+    <t>c_2049096</t>
+  </si>
+  <si>
+    <t>Prendre en charge une personne âgée polypathologique en soins primaires</t>
+  </si>
+  <si>
+    <t>Retrouvez la fiche Points clés, pour une approche globale centrée sur la personne âgée et sa polypathologie.</t>
+  </si>
+  <si>
+    <t>04/06/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028194/fr/prendre-en-charge-une-personne-agee-polypathologique-en-soins-primaires</t>
+  </si>
+  <si>
+    <t>c_2028194</t>
+  </si>
+  <si>
+    <t>Comment améliorer la qualité et la sécurité des prescriptions de médicaments chez la personne âgée ?</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif de fournir une information afin de sensibiliser tous les acteurs à la nécessité de prévenir la fréquence et la gravité des problèmes de médicaments chez la personne âgée fragile.</t>
+  </si>
+  <si>
+    <t>28/10/2014 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771468/fr/comment-ameliorer-la-qualite-et-la-securite-des-prescriptions-de-medicaments-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_1771468</t>
+  </si>
+  <si>
+    <t>Comment prendre en charge les personnes âgées fragiles en ambulatoire?</t>
+  </si>
+  <si>
+    <t>L'objectif de cette fiche est de présenter des repères et des outils pour modéliser la démarche d’évaluation et la prise en charge des personnes âgées fragiles vivant à domicile. Cette fiche fait suite à la fiche « Comment repérer la fragilité en soins ambulatoires ? »</t>
+  </si>
+  <si>
+    <t>16/01/2014 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718248/fr/comment-prendre-en-charge-les-personnes-agees-fragiles-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1718248</t>
+  </si>
+  <si>
+    <t>Comment réduire les réhospitalisations évitables des personnes âgées ?</t>
+  </si>
+  <si>
+    <t>Cette fiche cherche à préciser les points suivants : * les modalités du repérage des patients à haut risque de réhospitalisation, * la sélection d’interventions ayant un effet durable et un impact potentiellement favorable sur les coûts, * les rôles respectifs de l’équipe de soins primaires et de la coordination d’appui dans le suivi post-sortie, * la définition de la durée de la période de suivi spécifique après la sortie.</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602735/fr/comment-reduire-les-rehospitalisations-evitables-des-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1602735</t>
+  </si>
+  <si>
+    <t>Comment repérer la fragilité en soins ambulatoires ?</t>
+  </si>
+  <si>
+    <t>Cette fiche vise à répondre aux questions qui se posent, en soins ambulatoires, sur l’organisation et les modalités du repérage précoce de la fragilité chez les personnes âgées afin de retarder la dépendance dite « évitable » et de prévenir la survenue d’événements défavorables.</t>
+  </si>
+  <si>
+    <t>28/06/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602970/fr/comment-reperer-la-fragilite-en-soins-ambulatoires</t>
+  </si>
+  <si>
+    <t>c_1602970</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>14 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "[[c_546549][Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée]]" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>02/01/2008 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495743/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>r_1495743</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en gériatrie</t>
+  </si>
+  <si>
+    <t>Un critère d’évaluation de la pratique professionnelle est l’énoncé d’un moyen ou d’un élément permettant de satisfaire une référence, c’est-à-dire une source d’information validée. Cette validation peut être scientifique, réglementaire, éthique (déontologie) ou organisationnelle (procédures). Les critères d’évaluation permettent d’améliorer la pratique professionnelle avec la méthode de l’audit.</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779082/fr/criteres-d-epp-en-geriatrie</t>
+  </si>
+  <si>
+    <t>c_779082</t>
+  </si>
+  <si>
+    <t>Contention physique de la personne âgée</t>
+  </si>
+  <si>
+    <t>Ce guide d’évaluation et d’amélioration des pratiques permet de mieux évaluer le rapport bénéfice/risque des contentions physiques chez les sujets âgés, d’envisager les possibilités de maîtriser les risques et de diminuer sa fréquence d’utilisation.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447526/fr/contention-physique-de-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_447526</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
+    <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale - note de cadrage</t>
+  </si>
+  <si>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701698/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701698</t>
+  </si>
+  <si>
     <t>Vaccin antigrippal FLUARIX : transition du vaccin antigrippal FLUARIX, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant la transition du vaccin antigrippal FLUARIX, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière, suite aux recommandations émises par l’OMS et l’EMA en février et mars 2024, sur le retrait de la souche B/Yamagata des vaccins contre la grippe.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>22/07/2025 15:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637198/fr/vaccin-antigrippal-fluarix-transition-du-vaccin-antigrippal-fluarix-de-sa-forme-quadrivalente-a-une-forme-trivalente-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere</t>
   </si>
   <si>
     <t>p_3637198</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
   </si>
   <si>
     <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
@@ -1670,416 +2066,71 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806697/fr/utilisation-du-vaccin-hexavalent-vaxelis-pour-la-vaccination-des-nourrissons</t>
   </si>
   <si>
     <t>c_2806697</t>
   </si>
   <si>
     <t>Utilisation du vaccin contre la grippe saisonnière VAXIGRIP TETRA</t>
   </si>
   <si>
     <t>Dans le cadre de la procédure de mise sur le marché du vaccin contre la grippe VAXIGRIP TETRA, la Haute Autorité de Santé a émis des recommandations afin de déterminer la place de ce vaccin dans le cadre de la stratégie vaccinale existante vis-à-vis de la prévention de la grippe saisonnière.</t>
   </si>
   <si>
     <t>11/10/2017 00:00:00</t>
   </si>
   <si>
     <t>26/10/2017 15:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800989/fr/utilisation-du-vaccin-contre-la-grippe-saisonniere-vaxigrip-tetra</t>
   </si>
   <si>
     <t>c_2800989</t>
   </si>
   <si>
-    <t>Outil d'amélioration des pratiques professionnelles</t>
-[...361 lines deleted...]
-  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
     <t>Structuration du Projet Personnalisé d’Accompagnement en vue de sa numérisation – Note de cadrage</t>
   </si>
   <si>
     <t>06/05/2025 00:00:00</t>
   </si>
   <si>
     <t>12/05/2025 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604128/fr/structuration-du-projet-personnalise-d-accompagnement-en-vue-de-sa-numerisation-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3604128</t>
   </si>
   <si>
     <t>L’accompagnement au développement de l’autodétermination et du pouvoir d’agir des personnes en ESSMS – Note de cadrage</t>
   </si>
   <si>
     <t>19/03/2025 15:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598052/fr/l-accompagnement-au-developpement-de-l-autodetermination-et-du-pouvoir-d-agir-des-personnes-en-essms-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3598052</t>
@@ -2777,50 +2828,80 @@
   <si>
     <t>c_272431</t>
   </si>
   <si>
     <t>Prévention des chutes accidentelles chez la personne âgée</t>
   </si>
   <si>
     <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_272503</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
+    <t>Personne âgée - Je peux donner mon avis sur mon accompagnement</t>
+  </si>
+  <si>
+    <t>Vous êtes une personne âgée et vous vivez dans un EHPAD ou vous êtes accompagnée par des professionnels à votre domicile ou dans un centre ? Votre avis est important. Il permet aux professionnels d'améliorer la qualité des accompagnements qu'ils vous proposent. Ce document est pour vous. Il vous explique quels sont vos droits et ce qui sera fait de votre avis.</t>
+  </si>
+  <si>
+    <t>31/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770362/fr/personne-agee-je-peux-donner-mon-avis-sur-mon-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3770362</t>
+  </si>
+  <si>
     <t>L'activité physique : votre meilleure alliée santé</t>
   </si>
   <si>
     <t>Si vous êtes atteint d’une maladie chronique, si vous avez une perte d’autonomie ou si vous avez des facteurs de maladies chronique, votre médecin peut vous prescrire de l’activité physique adaptée (APA). La HAS publie une série de fiches avec des conseils pratiques généraux et des conseils spécifiques pour plusieurs maladies chroniques ou états de santé comme l’avancée en âge ou la grossesse.</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>15/12/2022 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385126/fr/l-activite-physique-votre-meilleure-alliee-sante</t>
   </si>
   <si>
     <t>p_3385126</t>
   </si>
   <si>
     <t>Cancer (sein, colorectal, prostate) - L'activité physique pour votre santé</t>
   </si>
   <si>
     <t>Vous êtes en cours de traitement d’un cancer ou vous êtes en rémission, et votre médecin vous a prescrit de l’activité physique. Cette fiche vous donne des informations qui vous aideront à suivre les conseils et la prescription du médecin. Une fiche complémentaire vous apportera des informations générales sur l’activité physique.</t>
   </si>
   <si>
     <t>01/12/2022 00:00:00</t>
@@ -3632,68 +3713,71 @@
   <si>
     <t>18/05/2011 11:57:00</t>
   </si>
   <si>
     <t>01/06/2011 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056866/fr/decision-n2011-05-064/mj-du-18-mai-2011-du-college-de-la-haute-autorite-de-sante-portant-abrogation-de-la-recommandation-diagnostic-et-prise-en-charge-de-la-maladie-d-alzheimer-et-des-maladies-apparentees</t>
   </si>
   <si>
     <t>c_1056866</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>LEQEMBI (lécanémab) </t>
   </si>
   <si>
-    <t>09/09/2025 09:19:01</t>
+    <t>07/11/2025 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644198/fr/leqembi-lecanemab</t>
   </si>
   <si>
     <t>p_3644198</t>
   </si>
   <si>
     <t>lécanémab</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/p_3702487/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
+  </si>
+  <si>
     <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
   </si>
   <si>
     <t>11/07/2025 17:46:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635682/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
   </si>
   <si>
     <t>p_3635682</t>
   </si>
   <si>
     <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635500/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue-vaccin-anti-dengue</t>
   </si>
   <si>
     <t>ELIQUIS (apixaban)</t>
   </si>
   <si>
     <t>13/06/2025 16:46:55</t>
@@ -7599,50 +7683,68 @@
     <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale – Constitution d’un groupe de travail</t>
+  </si>
+  <si>
+    <t>La HAS recherche des professionnels dans plusieurs disciplines et des patients pour participer à un groupe de travail en vue de l’évaluation de la pertinence d’une obligation vaccinale annuelle contre la grippe. Clôture de l’appel le 07 décembre 2025 – début des travaux du Groupe de travail en janvier 2026</t>
+  </si>
+  <si>
+    <t>18/11/2025 14:03:00</t>
+  </si>
+  <si>
+    <t>07/12/2025 23:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741555/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-constitution-d-un-groupe-de-travail</t>
+  </si>
+  <si>
+    <t>p_3741555</t>
   </si>
   <si>
     <t>Symptômes podologiques &amp; bilan diagnostique du pédicure-podologue</t>
   </si>
   <si>
     <t>À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est recommandée. Et à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3218026/fr/symptomes-podologiques-bilan-diagnostique-du-pedicure-podologue</t>
   </si>
   <si>
     <t>p_3218026</t>
   </si>
   <si>
     <t>Maladies neurodégénératives : adapter ses pratiques pour accompagner les personnes à domicile</t>
   </si>
   <si>
     <t>Vous accompagnez à domicile des personnes atteintes de maladies neurodégénératives (maladie d’Alzheimer, maladie de Parkinson, maladie à Corps de Lewy, démences fronto-temporale ou sclérose en plaques) ? La Haute Autorité de santé (HAS) publie des guides et outils pour vous aider à adapter vos pratiques aux spécificités de ces pathologies.</t>
   </si>
   <si>
     <t>18/11/2020 09:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3217902/fr/maladies-neurodegeneratives-adapter-ses-pratiques-pour-accompagner-les-personnes-a-domicile</t>
   </si>
@@ -8114,8031 +8216,8060 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B2" t="s">
-        <v>937</v>
+        <v>964</v>
       </c>
       <c r="C2" t="s">
-        <v>938</v>
+        <v>965</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>939</v>
+        <v>966</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>940</v>
+        <v>967</v>
       </c>
       <c r="H2" t="s">
-        <v>941</v>
+        <v>968</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B3" t="s">
-        <v>942</v>
+        <v>969</v>
       </c>
       <c r="C3" t="s">
-        <v>943</v>
+        <v>970</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>944</v>
+        <v>971</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>945</v>
+        <v>972</v>
       </c>
       <c r="H3" t="s">
-        <v>946</v>
+        <v>973</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B4" t="s">
-        <v>947</v>
+        <v>974</v>
       </c>
       <c r="C4" t="s">
-        <v>948</v>
+        <v>975</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>949</v>
+        <v>976</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>950</v>
+        <v>977</v>
       </c>
       <c r="H4" t="s">
-        <v>951</v>
+        <v>978</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B5" t="s">
-        <v>952</v>
+        <v>979</v>
       </c>
       <c r="C5" t="s">
-        <v>953</v>
+        <v>980</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>954</v>
+        <v>981</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>955</v>
+        <v>982</v>
       </c>
       <c r="H5" t="s">
-        <v>956</v>
+        <v>983</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B6" t="s">
-        <v>957</v>
+        <v>984</v>
       </c>
       <c r="C6" t="s">
-        <v>958</v>
+        <v>985</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>959</v>
+        <v>986</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>960</v>
+        <v>987</v>
       </c>
       <c r="H6" t="s">
-        <v>961</v>
+        <v>988</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B7" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="C7" t="s">
-        <v>963</v>
+        <v>990</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>964</v>
+        <v>991</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>965</v>
+        <v>992</v>
       </c>
       <c r="H7" t="s">
-        <v>966</v>
+        <v>993</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B8" t="s">
-        <v>967</v>
+        <v>994</v>
       </c>
       <c r="C8" t="s">
-        <v>968</v>
+        <v>995</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>969</v>
+        <v>996</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>970</v>
+        <v>997</v>
       </c>
       <c r="H8" t="s">
-        <v>971</v>
+        <v>998</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B9" t="s">
-        <v>972</v>
+        <v>999</v>
       </c>
       <c r="C9" t="s">
-        <v>973</v>
+        <v>1000</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>974</v>
+        <v>1001</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>975</v>
+        <v>1002</v>
       </c>
       <c r="H9" t="s">
-        <v>976</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B10" t="s">
-        <v>977</v>
+        <v>1004</v>
       </c>
       <c r="C10" t="s">
-        <v>978</v>
+        <v>1005</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>979</v>
+        <v>1006</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>980</v>
+        <v>1007</v>
       </c>
       <c r="H10" t="s">
-        <v>981</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B11" t="s">
-        <v>982</v>
+        <v>1009</v>
       </c>
       <c r="C11" t="s">
-        <v>983</v>
+        <v>1010</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>984</v>
+        <v>1011</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>985</v>
+        <v>1012</v>
       </c>
       <c r="H11" t="s">
-        <v>986</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B12" t="s">
-        <v>987</v>
+        <v>1014</v>
       </c>
       <c r="C12" t="s">
-        <v>988</v>
+        <v>1015</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>989</v>
+        <v>1016</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>990</v>
+        <v>1017</v>
       </c>
       <c r="H12" t="s">
-        <v>991</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B13" t="s">
-        <v>992</v>
+        <v>1019</v>
       </c>
       <c r="C13" t="s">
-        <v>993</v>
+        <v>1020</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>994</v>
+        <v>1021</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>995</v>
+        <v>1022</v>
       </c>
       <c r="H13" t="s">
-        <v>996</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B14" t="s">
-        <v>997</v>
+        <v>1024</v>
       </c>
       <c r="C14" t="s">
-        <v>998</v>
+        <v>1025</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>562</v>
+        <v>512</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>999</v>
+        <v>1026</v>
       </c>
       <c r="H14" t="s">
-        <v>1000</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B15" t="s">
-        <v>1001</v>
+        <v>1028</v>
       </c>
       <c r="C15" t="s">
-        <v>1002</v>
+        <v>1029</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1003</v>
+        <v>1030</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1004</v>
+        <v>1031</v>
       </c>
       <c r="H15" t="s">
-        <v>1005</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B16" t="s">
-        <v>1006</v>
+        <v>1033</v>
       </c>
       <c r="C16" t="s">
-        <v>1007</v>
+        <v>1034</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1008</v>
+        <v>1035</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1009</v>
+        <v>1036</v>
       </c>
       <c r="H16" t="s">
-        <v>1010</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B17" t="s">
-        <v>1011</v>
+        <v>1038</v>
       </c>
       <c r="C17" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>431</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1013</v>
+        <v>1040</v>
       </c>
       <c r="H17" t="s">
-        <v>1014</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B18" t="s">
-        <v>1015</v>
+        <v>1042</v>
       </c>
       <c r="C18" t="s">
-        <v>1016</v>
+        <v>1043</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1017</v>
+        <v>1044</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1018</v>
+        <v>1045</v>
       </c>
       <c r="H18" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B19" t="s">
-        <v>1020</v>
+        <v>1047</v>
       </c>
       <c r="C19" t="s">
-        <v>1021</v>
+        <v>1048</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1022</v>
+        <v>1049</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1023</v>
+        <v>1050</v>
       </c>
       <c r="H19" t="s">
-        <v>1024</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B20" t="s">
-        <v>1025</v>
+        <v>1052</v>
       </c>
       <c r="C20" t="s">
-        <v>1026</v>
+        <v>1053</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1027</v>
+        <v>1054</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1028</v>
+        <v>1055</v>
       </c>
       <c r="H20" t="s">
-        <v>1029</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B21" t="s">
-        <v>1030</v>
+        <v>1057</v>
       </c>
       <c r="C21" t="s">
-        <v>1031</v>
+        <v>1058</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>824</v>
+        <v>841</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1032</v>
+        <v>1059</v>
       </c>
       <c r="H21" t="s">
-        <v>1033</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B22" t="s">
-        <v>1034</v>
+        <v>1061</v>
       </c>
       <c r="C22" t="s">
-        <v>1035</v>
+        <v>1062</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1036</v>
+        <v>1063</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1037</v>
+        <v>1064</v>
       </c>
       <c r="H22" t="s">
-        <v>1038</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B23" t="s">
-        <v>1039</v>
+        <v>1066</v>
       </c>
       <c r="C23" t="s">
-        <v>1040</v>
+        <v>1067</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1041</v>
+        <v>1068</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1042</v>
+        <v>1069</v>
       </c>
       <c r="H23" t="s">
-        <v>1043</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B24" t="s">
-        <v>1044</v>
+        <v>1071</v>
       </c>
       <c r="C24" t="s">
-        <v>1045</v>
+        <v>1072</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1046</v>
+        <v>1073</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1047</v>
+        <v>1074</v>
       </c>
       <c r="H24" t="s">
-        <v>1048</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B25" t="s">
-        <v>1049</v>
+        <v>1076</v>
       </c>
       <c r="C25" t="s">
-        <v>1050</v>
+        <v>1077</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1051</v>
+        <v>1078</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1052</v>
+        <v>1079</v>
       </c>
       <c r="H25" t="s">
-        <v>1053</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B26" t="s">
-        <v>1054</v>
+        <v>1081</v>
       </c>
       <c r="C26" t="s">
-        <v>1055</v>
+        <v>1082</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1056</v>
+        <v>1083</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1057</v>
+        <v>1084</v>
       </c>
       <c r="H26" t="s">
-        <v>1058</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B27" t="s">
-        <v>1059</v>
+        <v>1086</v>
       </c>
       <c r="C27" t="s">
-        <v>1060</v>
+        <v>1087</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1061</v>
+        <v>1088</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1062</v>
+        <v>1089</v>
       </c>
       <c r="H27" t="s">
-        <v>1063</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B28" t="s">
-        <v>1064</v>
+        <v>1091</v>
       </c>
       <c r="C28" t="s">
-        <v>1065</v>
+        <v>1092</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1066</v>
+        <v>1093</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1067</v>
+        <v>1094</v>
       </c>
       <c r="H28" t="s">
-        <v>1068</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B29" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C29" t="s">
-        <v>1070</v>
+        <v>1097</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1071</v>
+        <v>1098</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1072</v>
+        <v>1099</v>
       </c>
       <c r="H29" t="s">
-        <v>1073</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B30" t="s">
-        <v>1074</v>
+        <v>1101</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1075</v>
+        <v>1102</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1076</v>
+        <v>1103</v>
       </c>
       <c r="H30" t="s">
-        <v>1077</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B31" t="s">
-        <v>646</v>
+        <v>596</v>
       </c>
       <c r="C31" t="s">
-        <v>1078</v>
+        <v>1105</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1079</v>
+        <v>1106</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1080</v>
+        <v>1107</v>
       </c>
       <c r="H31" t="s">
-        <v>1081</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B32" t="s">
-        <v>1082</v>
+        <v>1109</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1083</v>
+        <v>1110</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1084</v>
+        <v>1111</v>
       </c>
       <c r="H32" t="s">
-        <v>1085</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B33" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1086</v>
+        <v>1113</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1087</v>
+        <v>1114</v>
       </c>
       <c r="H33" t="s">
-        <v>1088</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B34" t="s">
-        <v>1089</v>
+        <v>1116</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1090</v>
+        <v>1117</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1091</v>
+        <v>1118</v>
       </c>
       <c r="H34" t="s">
-        <v>1092</v>
+        <v>1119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B2" t="s">
-        <v>1094</v>
+        <v>1121</v>
       </c>
       <c r="C2" t="s">
-        <v>1095</v>
+        <v>1122</v>
       </c>
       <c r="D2" t="s">
-        <v>1096</v>
+        <v>1123</v>
       </c>
       <c r="E2" t="s">
-        <v>1097</v>
+        <v>1124</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1098</v>
+        <v>1125</v>
       </c>
       <c r="H2" t="s">
-        <v>1099</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B3" t="s">
-        <v>1100</v>
+        <v>1127</v>
       </c>
       <c r="C3" t="s">
-        <v>1101</v>
+        <v>1128</v>
       </c>
       <c r="D3" t="s">
-        <v>1102</v>
+        <v>1129</v>
       </c>
       <c r="E3" t="s">
-        <v>1103</v>
+        <v>1130</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1104</v>
+        <v>1131</v>
       </c>
       <c r="H3" t="s">
-        <v>1105</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B4" t="s">
-        <v>1106</v>
+        <v>1133</v>
       </c>
       <c r="C4" t="s">
-        <v>1107</v>
+        <v>1134</v>
       </c>
       <c r="D4" t="s">
-        <v>1108</v>
+        <v>1135</v>
       </c>
       <c r="E4" t="s">
-        <v>1109</v>
+        <v>1136</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1110</v>
+        <v>1137</v>
       </c>
       <c r="H4" t="s">
-        <v>1111</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B5" t="s">
-        <v>1112</v>
+        <v>1139</v>
       </c>
       <c r="C5" t="s">
-        <v>1113</v>
+        <v>1140</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1114</v>
+        <v>1141</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1115</v>
+        <v>1142</v>
       </c>
       <c r="H5" t="s">
-        <v>1116</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B6" t="s">
-        <v>1117</v>
+        <v>1144</v>
       </c>
       <c r="C6" t="s">
-        <v>1118</v>
+        <v>1145</v>
       </c>
       <c r="D6" t="s">
-        <v>1119</v>
+        <v>1146</v>
       </c>
       <c r="E6" t="s">
-        <v>1120</v>
+        <v>1147</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1121</v>
+        <v>1148</v>
       </c>
       <c r="H6" t="s">
-        <v>1122</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B7" t="s">
-        <v>1123</v>
+        <v>1150</v>
       </c>
       <c r="C7" t="s">
-        <v>1124</v>
+        <v>1151</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1125</v>
+        <v>1152</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1126</v>
+        <v>1153</v>
       </c>
       <c r="H7" t="s">
-        <v>1127</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1093</v>
+        <v>1120</v>
       </c>
       <c r="B8" t="s">
-        <v>1128</v>
+        <v>1155</v>
       </c>
       <c r="C8" t="s">
-        <v>1129</v>
+        <v>1156</v>
       </c>
       <c r="D8" t="s">
-        <v>1130</v>
+        <v>1157</v>
       </c>
       <c r="E8" t="s">
-        <v>1131</v>
+        <v>1158</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1132</v>
+        <v>1159</v>
       </c>
       <c r="H8" t="s">
-        <v>1133</v>
+        <v>1160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B2" t="s">
-        <v>1135</v>
+        <v>1162</v>
       </c>
       <c r="C2" t="s">
-        <v>1136</v>
+        <v>1163</v>
       </c>
       <c r="D2" t="s">
-        <v>1137</v>
+        <v>1164</v>
       </c>
       <c r="E2" t="s">
-        <v>1138</v>
+        <v>1165</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1139</v>
+        <v>1166</v>
       </c>
       <c r="H2" t="s">
-        <v>1140</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B3" t="s">
-        <v>1141</v>
+        <v>1168</v>
       </c>
       <c r="C3" t="s">
-        <v>1142</v>
+        <v>1169</v>
       </c>
       <c r="D3" t="s">
-        <v>1143</v>
+        <v>1170</v>
       </c>
       <c r="E3" t="s">
-        <v>1138</v>
+        <v>1165</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1144</v>
+        <v>1171</v>
       </c>
       <c r="H3" t="s">
-        <v>1145</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B4" t="s">
-        <v>1146</v>
+        <v>1173</v>
       </c>
       <c r="C4" t="s">
-        <v>1147</v>
+        <v>1174</v>
       </c>
       <c r="D4" t="s">
-        <v>1148</v>
+        <v>1175</v>
       </c>
       <c r="E4" t="s">
-        <v>1149</v>
+        <v>1176</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1150</v>
+        <v>1177</v>
       </c>
       <c r="H4" t="s">
-        <v>1151</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B5" t="s">
-        <v>1152</v>
+        <v>1179</v>
       </c>
       <c r="C5" t="s">
-        <v>1153</v>
+        <v>1180</v>
       </c>
       <c r="D5" t="s">
-        <v>1148</v>
+        <v>1175</v>
       </c>
       <c r="E5" t="s">
-        <v>1149</v>
+        <v>1176</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1154</v>
+        <v>1181</v>
       </c>
       <c r="H5" t="s">
-        <v>1155</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B6" t="s">
-        <v>1156</v>
+        <v>1183</v>
       </c>
       <c r="C6" t="s">
-        <v>1157</v>
+        <v>1184</v>
       </c>
       <c r="D6" t="s">
-        <v>1158</v>
+        <v>1185</v>
       </c>
       <c r="E6" t="s">
-        <v>1159</v>
+        <v>1186</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1160</v>
+        <v>1187</v>
       </c>
       <c r="H6" t="s">
-        <v>1161</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B7" t="s">
-        <v>1162</v>
+        <v>1189</v>
       </c>
       <c r="C7" t="s">
-        <v>1147</v>
+        <v>1174</v>
       </c>
       <c r="D7" t="s">
-        <v>1163</v>
+        <v>1190</v>
       </c>
       <c r="E7" t="s">
-        <v>1097</v>
+        <v>1124</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1164</v>
+        <v>1191</v>
       </c>
       <c r="H7" t="s">
-        <v>1165</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B8" t="s">
-        <v>1166</v>
+        <v>1193</v>
       </c>
       <c r="C8" t="s">
-        <v>1167</v>
+        <v>1194</v>
       </c>
       <c r="D8" t="s">
-        <v>1168</v>
+        <v>1195</v>
       </c>
       <c r="E8" t="s">
-        <v>1169</v>
+        <v>1196</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1170</v>
+        <v>1197</v>
       </c>
       <c r="H8" t="s">
-        <v>1171</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B9" t="s">
-        <v>1172</v>
+        <v>1199</v>
       </c>
       <c r="C9" t="s">
-        <v>1173</v>
+        <v>1200</v>
       </c>
       <c r="D9" t="s">
-        <v>1174</v>
+        <v>1201</v>
       </c>
       <c r="E9" t="s">
-        <v>1175</v>
+        <v>1202</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1176</v>
+        <v>1203</v>
       </c>
       <c r="H9" t="s">
-        <v>1177</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B10" t="s">
-        <v>1178</v>
+        <v>1205</v>
       </c>
       <c r="C10" t="s">
-        <v>1179</v>
+        <v>1206</v>
       </c>
       <c r="D10" t="s">
-        <v>1180</v>
+        <v>1207</v>
       </c>
       <c r="E10" t="s">
-        <v>1181</v>
+        <v>1208</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1182</v>
+        <v>1209</v>
       </c>
       <c r="H10" t="s">
-        <v>1183</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="B11" t="s">
-        <v>1184</v>
+        <v>1211</v>
       </c>
       <c r="C11" t="s">
-        <v>1185</v>
+        <v>1212</v>
       </c>
       <c r="D11" t="s">
-        <v>1186</v>
+        <v>1213</v>
       </c>
       <c r="E11" t="s">
-        <v>1187</v>
+        <v>1214</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1188</v>
+        <v>1215</v>
       </c>
       <c r="H11" t="s">
-        <v>1189</v>
+        <v>1216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AK133"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1190</v>
+        <v>1217</v>
       </c>
       <c r="J1" t="s">
         <v>41</v>
       </c>
       <c r="K1" t="s">
-        <v>1191</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B2" t="s">
-        <v>1193</v>
+        <v>1220</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1194</v>
+        <v>1221</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1195</v>
+        <v>1222</v>
       </c>
       <c r="H2" t="s">
-        <v>1196</v>
+        <v>1223</v>
       </c>
       <c r="I2" t="s">
-        <v>1197</v>
+        <v>1224</v>
       </c>
       <c r="J2" t="s">
-        <v>1198</v>
+        <v>1225</v>
       </c>
       <c r="K2" t="s">
-        <v>1199</v>
+        <v>1226</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B3" t="s">
-        <v>1200</v>
+        <v>1228</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1201</v>
+        <v>1229</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1202</v>
+        <v>1230</v>
       </c>
       <c r="H3" t="s">
-        <v>1203</v>
+        <v>1231</v>
       </c>
       <c r="I3" t="s">
-        <v>1204</v>
+        <v>1232</v>
       </c>
       <c r="J3" t="s">
-        <v>1205</v>
+        <v>1233</v>
       </c>
       <c r="K3" t="s">
-        <v>1206</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B4" t="s">
-        <v>1207</v>
+        <v>1235</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1208</v>
+        <v>1236</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1209</v>
+        <v>1237</v>
       </c>
       <c r="H4" t="s">
-        <v>1210</v>
+        <v>1238</v>
       </c>
       <c r="I4" t="s">
-        <v>1211</v>
+        <v>1239</v>
       </c>
       <c r="J4" t="s">
-        <v>1212</v>
+        <v>1240</v>
       </c>
       <c r="K4" t="s">
-        <v>1213</v>
+        <v>1241</v>
       </c>
       <c r="L4" t="s">
-        <v>1214</v>
+        <v>1242</v>
       </c>
       <c r="M4" t="s">
-        <v>1215</v>
+        <v>1243</v>
       </c>
       <c r="N4" t="s">
-        <v>1216</v>
+        <v>1244</v>
       </c>
       <c r="O4" t="s">
-        <v>1217</v>
+        <v>1245</v>
       </c>
       <c r="P4" t="s">
-        <v>1218</v>
+        <v>1246</v>
       </c>
       <c r="Q4" t="s">
-        <v>1219</v>
+        <v>1247</v>
       </c>
       <c r="R4" t="s">
-        <v>1220</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B5" t="s">
-        <v>1221</v>
+        <v>1249</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1222</v>
+        <v>1250</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1223</v>
+        <v>1251</v>
       </c>
       <c r="H5" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="I5" t="s">
-        <v>1225</v>
+        <v>1253</v>
       </c>
       <c r="J5" t="s">
-        <v>1226</v>
+        <v>1254</v>
       </c>
       <c r="K5" t="s">
-        <v>1227</v>
+        <v>1255</v>
       </c>
       <c r="L5" t="s">
-        <v>1228</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B6" t="s">
-        <v>1229</v>
+        <v>1257</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1230</v>
+        <v>1258</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1231</v>
+        <v>1259</v>
       </c>
       <c r="H6" t="s">
-        <v>1232</v>
+        <v>1260</v>
       </c>
       <c r="I6" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="J6" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="K6" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="L6" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B7" t="s">
-        <v>1237</v>
+        <v>1265</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1238</v>
+        <v>1266</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1239</v>
+        <v>1267</v>
       </c>
       <c r="H7" t="s">
-        <v>1240</v>
+        <v>1268</v>
       </c>
       <c r="I7" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="J7" t="s">
-        <v>1242</v>
+        <v>1270</v>
       </c>
       <c r="K7" t="s">
-        <v>1243</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B8" t="s">
-        <v>1244</v>
+        <v>1272</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1245</v>
+        <v>1273</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1246</v>
+        <v>1274</v>
       </c>
       <c r="H8" t="s">
-        <v>1247</v>
+        <v>1275</v>
       </c>
       <c r="I8" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="J8" t="s">
-        <v>1249</v>
+        <v>1277</v>
       </c>
       <c r="K8" t="s">
-        <v>1250</v>
+        <v>1278</v>
       </c>
       <c r="L8" t="s">
-        <v>1251</v>
+        <v>1279</v>
       </c>
       <c r="M8" t="s">
-        <v>1252</v>
+        <v>1280</v>
       </c>
       <c r="N8" t="s">
-        <v>1253</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B9" t="s">
-        <v>1254</v>
+        <v>1282</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1255</v>
+        <v>1283</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1256</v>
+        <v>1284</v>
       </c>
       <c r="H9" t="s">
-        <v>1257</v>
+        <v>1285</v>
       </c>
       <c r="I9" t="s">
-        <v>1258</v>
+        <v>1286</v>
       </c>
       <c r="J9" t="s">
-        <v>1259</v>
+        <v>1287</v>
       </c>
       <c r="K9" t="s">
-        <v>1260</v>
+        <v>1288</v>
       </c>
       <c r="L9" t="s">
-        <v>1261</v>
+        <v>1289</v>
       </c>
       <c r="M9" t="s">
-        <v>1262</v>
+        <v>1290</v>
       </c>
       <c r="N9" t="s">
-        <v>1263</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B10" t="s">
-        <v>1264</v>
+        <v>1292</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1265</v>
+        <v>1293</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1266</v>
+        <v>1294</v>
       </c>
       <c r="H10" t="s">
-        <v>1267</v>
+        <v>1295</v>
       </c>
       <c r="I10" t="s">
-        <v>1268</v>
+        <v>1296</v>
       </c>
       <c r="J10" t="s">
-        <v>1269</v>
+        <v>1297</v>
       </c>
       <c r="K10" t="s">
-        <v>1270</v>
+        <v>1298</v>
       </c>
       <c r="L10" t="s">
-        <v>1271</v>
+        <v>1299</v>
       </c>
       <c r="M10" t="s">
-        <v>1272</v>
+        <v>1300</v>
       </c>
       <c r="N10" t="s">
-        <v>1273</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B11" t="s">
-        <v>1274</v>
+        <v>1302</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="H11" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="I11" t="s">
-        <v>1278</v>
+        <v>1306</v>
       </c>
       <c r="J11" t="s">
-        <v>1279</v>
+        <v>1307</v>
       </c>
       <c r="K11" t="s">
-        <v>1280</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B12" t="s">
-        <v>1281</v>
+        <v>1309</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1282</v>
+        <v>1310</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1283</v>
+        <v>1311</v>
       </c>
       <c r="H12" t="s">
-        <v>1284</v>
+        <v>1312</v>
       </c>
       <c r="I12" t="s">
-        <v>1285</v>
+        <v>1313</v>
       </c>
       <c r="J12" t="s">
-        <v>1242</v>
+        <v>1270</v>
       </c>
       <c r="K12" t="s">
-        <v>1286</v>
+        <v>1314</v>
       </c>
       <c r="L12" t="s">
-        <v>1287</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B13" t="s">
-        <v>1288</v>
+        <v>1316</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1289</v>
+        <v>1317</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1290</v>
+        <v>1318</v>
       </c>
       <c r="H13" t="s">
-        <v>1291</v>
+        <v>1319</v>
       </c>
       <c r="I13" t="s">
-        <v>1292</v>
+        <v>1320</v>
       </c>
       <c r="J13" t="s">
-        <v>1293</v>
+        <v>1321</v>
       </c>
       <c r="K13" t="s">
-        <v>1294</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B14" t="s">
-        <v>1295</v>
+        <v>1323</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="H14" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="I14" t="s">
-        <v>1299</v>
+        <v>1327</v>
       </c>
       <c r="J14" t="s">
-        <v>1300</v>
+        <v>1328</v>
       </c>
       <c r="K14" t="s">
-        <v>1301</v>
+        <v>1329</v>
       </c>
       <c r="L14" t="s">
-        <v>1302</v>
+        <v>1330</v>
       </c>
       <c r="M14" t="s">
-        <v>1303</v>
+        <v>1331</v>
       </c>
       <c r="N14" t="s">
-        <v>1304</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B15" t="s">
-        <v>1305</v>
+        <v>1333</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1306</v>
+        <v>1334</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1307</v>
+        <v>1335</v>
       </c>
       <c r="H15" t="s">
-        <v>1308</v>
+        <v>1336</v>
       </c>
       <c r="I15" t="s">
-        <v>1309</v>
+        <v>1337</v>
       </c>
       <c r="J15" t="s">
-        <v>1293</v>
+        <v>1321</v>
       </c>
       <c r="K15" t="s">
-        <v>1310</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B16" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1313</v>
+        <v>1341</v>
       </c>
       <c r="H16" t="s">
-        <v>1314</v>
+        <v>1342</v>
       </c>
       <c r="I16" t="s">
-        <v>1315</v>
+        <v>1343</v>
       </c>
       <c r="J16" t="s">
-        <v>1316</v>
+        <v>1344</v>
       </c>
       <c r="K16" t="s">
-        <v>1317</v>
+        <v>1345</v>
       </c>
       <c r="L16" t="s">
-        <v>1318</v>
+        <v>1346</v>
       </c>
       <c r="M16" t="s">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="N16" t="s">
-        <v>1320</v>
+        <v>1348</v>
       </c>
       <c r="O16" t="s">
-        <v>1321</v>
+        <v>1349</v>
       </c>
       <c r="P16" t="s">
-        <v>1322</v>
+        <v>1350</v>
       </c>
       <c r="Q16" t="s">
-        <v>1323</v>
+        <v>1351</v>
       </c>
       <c r="R16" t="s">
-        <v>1324</v>
+        <v>1352</v>
       </c>
       <c r="S16" t="s">
-        <v>1325</v>
+        <v>1353</v>
       </c>
       <c r="T16" t="s">
-        <v>1326</v>
+        <v>1354</v>
       </c>
       <c r="U16" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="V16" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B17" t="s">
-        <v>1329</v>
+        <v>1357</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1331</v>
+        <v>1359</v>
       </c>
       <c r="H17" t="s">
-        <v>1332</v>
+        <v>1360</v>
       </c>
       <c r="I17" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="J17" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="K17" t="s">
-        <v>1335</v>
+        <v>1363</v>
       </c>
       <c r="L17" t="s">
-        <v>1336</v>
+        <v>1364</v>
       </c>
       <c r="M17" t="s">
-        <v>1337</v>
+        <v>1365</v>
       </c>
       <c r="N17" t="s">
-        <v>1338</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B18" t="s">
-        <v>1339</v>
+        <v>1367</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1340</v>
+        <v>1368</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1341</v>
+        <v>1369</v>
       </c>
       <c r="H18" t="s">
-        <v>1342</v>
+        <v>1370</v>
       </c>
       <c r="I18" t="s">
-        <v>1343</v>
+        <v>1371</v>
       </c>
       <c r="J18" t="s">
         <v>347</v>
       </c>
       <c r="K18" t="s">
-        <v>1344</v>
+        <v>1372</v>
       </c>
       <c r="L18" t="s">
-        <v>1345</v>
+        <v>1373</v>
       </c>
       <c r="M18" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="N18" t="s">
-        <v>1347</v>
+        <v>1375</v>
       </c>
       <c r="O18" t="s">
-        <v>1348</v>
+        <v>1376</v>
       </c>
       <c r="P18" t="s">
-        <v>1349</v>
+        <v>1377</v>
       </c>
       <c r="Q18" t="s">
-        <v>1350</v>
+        <v>1378</v>
       </c>
       <c r="R18" t="s">
-        <v>1351</v>
+        <v>1379</v>
       </c>
       <c r="S18" t="s">
-        <v>1352</v>
+        <v>1380</v>
       </c>
       <c r="T18" t="s">
-        <v>1353</v>
+        <v>1381</v>
       </c>
       <c r="U18" t="s">
-        <v>1354</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B19" t="s">
-        <v>1355</v>
+        <v>1383</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1356</v>
+        <v>1384</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1357</v>
+        <v>1385</v>
       </c>
       <c r="H19" t="s">
-        <v>1358</v>
+        <v>1386</v>
       </c>
       <c r="I19" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="J19" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="K19" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B20" t="s">
-        <v>1362</v>
+        <v>1390</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1363</v>
+        <v>1391</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1364</v>
+        <v>1392</v>
       </c>
       <c r="H20" t="s">
-        <v>1365</v>
+        <v>1393</v>
       </c>
       <c r="I20" t="s">
-        <v>1366</v>
+        <v>1394</v>
       </c>
       <c r="J20" t="s">
-        <v>1367</v>
+        <v>1395</v>
       </c>
       <c r="K20" t="s">
-        <v>1368</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B21" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1371</v>
+        <v>1399</v>
       </c>
       <c r="H21" t="s">
-        <v>1372</v>
+        <v>1400</v>
       </c>
       <c r="I21" t="s">
-        <v>1373</v>
+        <v>1401</v>
       </c>
       <c r="J21" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="K21" t="s">
-        <v>1375</v>
+        <v>1403</v>
       </c>
       <c r="L21" t="s">
-        <v>1376</v>
+        <v>1404</v>
       </c>
       <c r="M21" t="s">
-        <v>1377</v>
+        <v>1405</v>
       </c>
       <c r="N21" t="s">
-        <v>1378</v>
+        <v>1406</v>
       </c>
       <c r="O21" t="s">
-        <v>1379</v>
+        <v>1407</v>
       </c>
       <c r="P21" t="s">
-        <v>1380</v>
+        <v>1408</v>
       </c>
       <c r="Q21" t="s">
-        <v>1381</v>
+        <v>1409</v>
       </c>
       <c r="R21" t="s">
-        <v>1382</v>
+        <v>1410</v>
       </c>
       <c r="S21" t="s">
-        <v>1383</v>
+        <v>1411</v>
       </c>
       <c r="T21" t="s">
-        <v>1384</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B22" t="s">
-        <v>1385</v>
+        <v>1413</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1386</v>
+        <v>1414</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1387</v>
+        <v>1415</v>
       </c>
       <c r="H22" t="s">
-        <v>1388</v>
+        <v>1416</v>
       </c>
       <c r="I22" t="s">
-        <v>1389</v>
+        <v>1417</v>
       </c>
       <c r="J22" t="s">
-        <v>1390</v>
+        <v>1418</v>
       </c>
       <c r="K22" t="s">
-        <v>1391</v>
+        <v>1419</v>
       </c>
       <c r="L22" t="s">
-        <v>1392</v>
+        <v>1420</v>
       </c>
       <c r="M22" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="N22" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="O22" t="s">
-        <v>1395</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B23" t="s">
-        <v>1396</v>
+        <v>1424</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1397</v>
+        <v>1425</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1398</v>
+        <v>1426</v>
       </c>
       <c r="H23" t="s">
-        <v>1399</v>
+        <v>1427</v>
       </c>
       <c r="I23" t="s">
-        <v>1400</v>
+        <v>1428</v>
       </c>
       <c r="J23" t="s">
-        <v>1401</v>
+        <v>1429</v>
       </c>
       <c r="K23" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="L23" t="s">
-        <v>1403</v>
+        <v>1431</v>
       </c>
       <c r="M23" t="s">
-        <v>1404</v>
+        <v>1432</v>
       </c>
       <c r="N23" t="s">
-        <v>1405</v>
+        <v>1433</v>
       </c>
       <c r="O23" t="s">
-        <v>1406</v>
+        <v>1434</v>
       </c>
       <c r="P23" t="s">
-        <v>1407</v>
+        <v>1435</v>
       </c>
       <c r="Q23" t="s">
-        <v>1408</v>
+        <v>1436</v>
       </c>
       <c r="R23" t="s">
-        <v>1409</v>
+        <v>1437</v>
       </c>
       <c r="S23" t="s">
-        <v>1410</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B24" t="s">
-        <v>1411</v>
+        <v>1439</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1412</v>
+        <v>1440</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1413</v>
+        <v>1441</v>
       </c>
       <c r="H24" t="s">
-        <v>1414</v>
+        <v>1442</v>
       </c>
       <c r="I24" t="s">
-        <v>1415</v>
+        <v>1443</v>
       </c>
       <c r="J24" t="s">
-        <v>1416</v>
+        <v>1444</v>
       </c>
       <c r="K24" t="s">
-        <v>1417</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B25" t="s">
-        <v>1418</v>
+        <v>1446</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="H25" t="s">
-        <v>1421</v>
+        <v>1449</v>
       </c>
       <c r="I25" t="s">
-        <v>1422</v>
+        <v>1450</v>
       </c>
       <c r="J25" t="s">
-        <v>1423</v>
+        <v>1451</v>
       </c>
       <c r="K25" t="s">
-        <v>1424</v>
+        <v>1452</v>
       </c>
       <c r="L25" t="s">
-        <v>1425</v>
+        <v>1453</v>
       </c>
       <c r="M25" t="s">
-        <v>1426</v>
+        <v>1454</v>
       </c>
       <c r="N25" t="s">
-        <v>1427</v>
+        <v>1455</v>
       </c>
       <c r="O25" t="s">
-        <v>1428</v>
+        <v>1456</v>
       </c>
       <c r="P25" t="s">
-        <v>1429</v>
+        <v>1457</v>
       </c>
       <c r="Q25" t="s">
-        <v>1430</v>
+        <v>1458</v>
       </c>
       <c r="R25" t="s">
-        <v>1431</v>
+        <v>1459</v>
       </c>
       <c r="S25" t="s">
-        <v>1432</v>
+        <v>1460</v>
       </c>
       <c r="T25" t="s">
-        <v>1433</v>
+        <v>1461</v>
       </c>
       <c r="U25" t="s">
-        <v>1434</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B26" t="s">
-        <v>1435</v>
+        <v>1463</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1436</v>
+        <v>1464</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1437</v>
+        <v>1465</v>
       </c>
       <c r="H26" t="s">
-        <v>1438</v>
+        <v>1466</v>
       </c>
       <c r="I26" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="J26" t="s">
-        <v>1440</v>
+        <v>1468</v>
       </c>
       <c r="K26" t="s">
-        <v>1441</v>
+        <v>1469</v>
       </c>
       <c r="L26" t="s">
-        <v>1442</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B27" t="s">
-        <v>1443</v>
+        <v>1471</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1444</v>
+        <v>1472</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1445</v>
+        <v>1473</v>
       </c>
       <c r="H27" t="s">
-        <v>1446</v>
+        <v>1474</v>
       </c>
       <c r="I27" t="s">
-        <v>1447</v>
+        <v>1475</v>
       </c>
       <c r="J27" t="s">
-        <v>1448</v>
+        <v>1476</v>
       </c>
       <c r="K27" t="s">
-        <v>1449</v>
+        <v>1477</v>
       </c>
       <c r="L27" t="s">
-        <v>1450</v>
+        <v>1478</v>
       </c>
       <c r="M27" t="s">
-        <v>1451</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B28" t="s">
-        <v>1452</v>
+        <v>1480</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1453</v>
+        <v>1481</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1454</v>
+        <v>1482</v>
       </c>
       <c r="H28" t="s">
-        <v>1455</v>
+        <v>1483</v>
       </c>
       <c r="I28" t="s">
-        <v>1456</v>
+        <v>1484</v>
       </c>
       <c r="J28" t="s">
-        <v>1457</v>
+        <v>1485</v>
       </c>
       <c r="K28" t="s">
-        <v>1458</v>
+        <v>1486</v>
       </c>
       <c r="L28" t="s">
-        <v>1459</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B29" t="s">
-        <v>1460</v>
+        <v>1488</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1461</v>
+        <v>1489</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1462</v>
+        <v>1490</v>
       </c>
       <c r="H29" t="s">
-        <v>1463</v>
+        <v>1491</v>
       </c>
       <c r="I29" t="s">
-        <v>1464</v>
+        <v>1492</v>
       </c>
       <c r="J29" t="s">
-        <v>1465</v>
+        <v>1493</v>
       </c>
       <c r="K29" t="s">
-        <v>1466</v>
+        <v>1494</v>
       </c>
       <c r="L29" t="s">
-        <v>1467</v>
+        <v>1495</v>
       </c>
       <c r="M29" t="s">
-        <v>1468</v>
+        <v>1496</v>
       </c>
       <c r="N29" t="s">
-        <v>1469</v>
+        <v>1497</v>
       </c>
       <c r="O29" t="s">
-        <v>1470</v>
+        <v>1498</v>
       </c>
       <c r="P29" t="s">
-        <v>1471</v>
+        <v>1499</v>
       </c>
       <c r="Q29" t="s">
-        <v>1472</v>
+        <v>1500</v>
       </c>
       <c r="R29" t="s">
-        <v>1473</v>
+        <v>1501</v>
       </c>
       <c r="S29" t="s">
-        <v>1474</v>
+        <v>1502</v>
       </c>
       <c r="T29" t="s">
-        <v>1475</v>
+        <v>1503</v>
       </c>
       <c r="U29" t="s">
-        <v>1476</v>
+        <v>1504</v>
       </c>
       <c r="V29" t="s">
-        <v>1477</v>
+        <v>1505</v>
       </c>
       <c r="W29" t="s">
-        <v>1478</v>
+        <v>1506</v>
       </c>
       <c r="X29" t="s">
-        <v>1479</v>
+        <v>1507</v>
       </c>
       <c r="Y29" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B30" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1482</v>
+        <v>1510</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1483</v>
+        <v>1511</v>
       </c>
       <c r="H30" t="s">
-        <v>1484</v>
+        <v>1512</v>
       </c>
       <c r="I30" t="s">
-        <v>1485</v>
+        <v>1513</v>
       </c>
       <c r="J30" t="s">
         <v>13</v>
       </c>
       <c r="K30" t="s">
-        <v>1486</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B31" t="s">
-        <v>1487</v>
+        <v>1515</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1488</v>
+        <v>1516</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1489</v>
+        <v>1517</v>
       </c>
       <c r="H31" t="s">
-        <v>1490</v>
+        <v>1518</v>
       </c>
       <c r="I31" t="s">
-        <v>1491</v>
+        <v>1519</v>
       </c>
       <c r="J31" t="s">
-        <v>1492</v>
+        <v>1520</v>
       </c>
       <c r="K31" t="s">
-        <v>1493</v>
+        <v>1521</v>
       </c>
       <c r="L31" t="s">
-        <v>1494</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B32" t="s">
-        <v>1495</v>
+        <v>1523</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1496</v>
+        <v>1524</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1497</v>
+        <v>1525</v>
       </c>
       <c r="H32" t="s">
-        <v>1498</v>
+        <v>1526</v>
       </c>
       <c r="I32" t="s">
-        <v>1499</v>
+        <v>1527</v>
       </c>
       <c r="J32" t="s">
-        <v>1500</v>
+        <v>1528</v>
       </c>
       <c r="K32" t="s">
-        <v>1501</v>
+        <v>1529</v>
       </c>
       <c r="L32" t="s">
-        <v>1502</v>
+        <v>1530</v>
       </c>
       <c r="M32" t="s">
-        <v>1503</v>
+        <v>1531</v>
       </c>
       <c r="N32" t="s">
-        <v>1504</v>
+        <v>1532</v>
       </c>
       <c r="O32" t="s">
-        <v>1505</v>
+        <v>1533</v>
       </c>
       <c r="P32" t="s">
-        <v>1506</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B33" t="s">
-        <v>1507</v>
+        <v>1535</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1508</v>
+        <v>1536</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1509</v>
+        <v>1537</v>
       </c>
       <c r="H33" t="s">
-        <v>1510</v>
+        <v>1538</v>
       </c>
       <c r="I33" t="s">
-        <v>1511</v>
+        <v>1539</v>
       </c>
       <c r="J33" t="s">
-        <v>1512</v>
+        <v>1540</v>
       </c>
       <c r="K33" t="s">
-        <v>1513</v>
+        <v>1541</v>
       </c>
       <c r="L33" t="s">
-        <v>1514</v>
+        <v>1542</v>
       </c>
       <c r="M33" t="s">
-        <v>1515</v>
+        <v>1543</v>
       </c>
       <c r="N33" t="s">
-        <v>1516</v>
+        <v>1544</v>
       </c>
       <c r="O33" t="s">
-        <v>1517</v>
+        <v>1545</v>
       </c>
       <c r="P33" t="s">
-        <v>1518</v>
+        <v>1546</v>
       </c>
       <c r="Q33" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="R33" t="s">
-        <v>1520</v>
+        <v>1548</v>
       </c>
       <c r="S33" t="s">
-        <v>1521</v>
+        <v>1549</v>
       </c>
       <c r="T33" t="s">
-        <v>1522</v>
+        <v>1550</v>
       </c>
       <c r="U33" t="s">
-        <v>1523</v>
+        <v>1551</v>
       </c>
       <c r="V33" t="s">
-        <v>1524</v>
+        <v>1552</v>
       </c>
       <c r="W33" t="s">
-        <v>1525</v>
+        <v>1553</v>
       </c>
       <c r="X33" t="s">
-        <v>1526</v>
+        <v>1554</v>
       </c>
       <c r="Y33" t="s">
-        <v>1527</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B34" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1529</v>
+        <v>1557</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1530</v>
+        <v>1558</v>
       </c>
       <c r="H34" t="s">
-        <v>1531</v>
+        <v>1559</v>
       </c>
       <c r="I34" t="s">
-        <v>1532</v>
+        <v>1560</v>
       </c>
       <c r="J34" t="s">
-        <v>1533</v>
+        <v>1561</v>
       </c>
       <c r="K34" t="s">
-        <v>1534</v>
+        <v>1562</v>
       </c>
       <c r="L34" t="s">
-        <v>1535</v>
+        <v>1563</v>
       </c>
       <c r="M34" t="s">
-        <v>1536</v>
+        <v>1564</v>
       </c>
       <c r="N34" t="s">
-        <v>1537</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B35" t="s">
-        <v>1538</v>
+        <v>1566</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1539</v>
+        <v>1567</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1540</v>
+        <v>1568</v>
       </c>
       <c r="H35" t="s">
-        <v>1541</v>
+        <v>1569</v>
       </c>
       <c r="I35" t="s">
-        <v>1542</v>
+        <v>1570</v>
       </c>
       <c r="J35" t="s">
-        <v>1543</v>
+        <v>1571</v>
       </c>
       <c r="K35" t="s">
-        <v>1544</v>
+        <v>1572</v>
       </c>
       <c r="L35" t="s">
-        <v>1545</v>
+        <v>1573</v>
       </c>
       <c r="M35" t="s">
-        <v>1546</v>
+        <v>1574</v>
       </c>
       <c r="N35" t="s">
-        <v>1547</v>
+        <v>1575</v>
       </c>
       <c r="O35" t="s">
-        <v>1548</v>
+        <v>1576</v>
       </c>
       <c r="P35" t="s">
-        <v>1549</v>
+        <v>1577</v>
       </c>
       <c r="Q35" t="s">
-        <v>1550</v>
+        <v>1578</v>
       </c>
       <c r="R35" t="s">
-        <v>1551</v>
+        <v>1579</v>
       </c>
       <c r="S35" t="s">
-        <v>1552</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B36" t="s">
-        <v>1553</v>
+        <v>1581</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1554</v>
+        <v>1582</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1555</v>
+        <v>1583</v>
       </c>
       <c r="H36" t="s">
-        <v>1556</v>
+        <v>1584</v>
       </c>
       <c r="I36" t="s">
-        <v>1557</v>
+        <v>1585</v>
       </c>
       <c r="J36" t="s">
-        <v>1558</v>
+        <v>1586</v>
       </c>
       <c r="K36" t="s">
-        <v>1559</v>
+        <v>1587</v>
       </c>
       <c r="L36" t="s">
-        <v>1560</v>
+        <v>1588</v>
       </c>
       <c r="M36" t="s">
-        <v>1561</v>
+        <v>1589</v>
       </c>
       <c r="N36" t="s">
-        <v>1562</v>
+        <v>1590</v>
       </c>
       <c r="O36" t="s">
-        <v>1563</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B37" t="s">
-        <v>1564</v>
+        <v>1592</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1565</v>
+        <v>1593</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1566</v>
+        <v>1594</v>
       </c>
       <c r="H37" t="s">
-        <v>1567</v>
+        <v>1595</v>
       </c>
       <c r="I37" t="s">
-        <v>1568</v>
+        <v>1596</v>
       </c>
       <c r="J37" t="s">
-        <v>1569</v>
+        <v>1597</v>
       </c>
       <c r="K37" t="s">
-        <v>1570</v>
+        <v>1598</v>
       </c>
       <c r="L37" t="s">
-        <v>1571</v>
+        <v>1599</v>
       </c>
       <c r="M37" t="s">
-        <v>1572</v>
+        <v>1600</v>
       </c>
       <c r="N37" t="s">
-        <v>1573</v>
+        <v>1601</v>
       </c>
       <c r="O37" t="s">
-        <v>1574</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B38" t="s">
-        <v>1575</v>
+        <v>1603</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1576</v>
+        <v>1604</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1577</v>
+        <v>1605</v>
       </c>
       <c r="H38" t="s">
-        <v>1578</v>
+        <v>1606</v>
       </c>
       <c r="I38" t="s">
-        <v>1415</v>
+        <v>1443</v>
       </c>
       <c r="J38" t="s">
-        <v>1569</v>
+        <v>1597</v>
       </c>
       <c r="K38" t="s">
-        <v>1579</v>
+        <v>1607</v>
       </c>
       <c r="L38" t="s">
-        <v>1580</v>
+        <v>1608</v>
       </c>
       <c r="M38" t="s">
-        <v>1581</v>
+        <v>1609</v>
       </c>
       <c r="N38" t="s">
-        <v>1582</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B39" t="s">
-        <v>1583</v>
+        <v>1611</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1584</v>
+        <v>1612</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1585</v>
+        <v>1613</v>
       </c>
       <c r="H39" t="s">
-        <v>1586</v>
+        <v>1614</v>
       </c>
       <c r="I39" t="s">
-        <v>1587</v>
+        <v>1615</v>
       </c>
       <c r="J39" t="s">
-        <v>1588</v>
+        <v>1616</v>
       </c>
       <c r="K39" t="s">
-        <v>1589</v>
+        <v>1617</v>
       </c>
       <c r="L39" t="s">
-        <v>1590</v>
+        <v>1618</v>
       </c>
       <c r="M39" t="s">
-        <v>1591</v>
+        <v>1619</v>
       </c>
       <c r="N39" t="s">
-        <v>1592</v>
+        <v>1620</v>
       </c>
       <c r="O39" t="s">
-        <v>1593</v>
+        <v>1621</v>
       </c>
       <c r="P39" t="s">
-        <v>1594</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B40" t="s">
-        <v>1595</v>
+        <v>1623</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1596</v>
+        <v>1624</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1597</v>
+        <v>1625</v>
       </c>
       <c r="H40" t="s">
-        <v>1598</v>
+        <v>1626</v>
       </c>
       <c r="I40" t="s">
-        <v>1599</v>
+        <v>1627</v>
       </c>
       <c r="J40" t="s">
-        <v>1600</v>
+        <v>1628</v>
       </c>
       <c r="K40" t="s">
-        <v>1601</v>
+        <v>1629</v>
       </c>
       <c r="L40" t="s">
-        <v>1602</v>
+        <v>1630</v>
       </c>
       <c r="M40" t="s">
-        <v>1603</v>
+        <v>1631</v>
       </c>
       <c r="N40" t="s">
-        <v>1604</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B41" t="s">
-        <v>1605</v>
+        <v>1633</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1606</v>
+        <v>1634</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1607</v>
+        <v>1635</v>
       </c>
       <c r="H41" t="s">
-        <v>1608</v>
+        <v>1636</v>
       </c>
       <c r="I41" t="s">
-        <v>1609</v>
+        <v>1637</v>
       </c>
       <c r="J41" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="K41" t="s">
-        <v>1610</v>
+        <v>1638</v>
       </c>
       <c r="L41" t="s">
-        <v>1611</v>
+        <v>1639</v>
       </c>
       <c r="M41" t="s">
-        <v>1612</v>
+        <v>1640</v>
       </c>
       <c r="N41" t="s">
-        <v>1613</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B42" t="s">
-        <v>1614</v>
+        <v>1642</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1615</v>
+        <v>1643</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1616</v>
+        <v>1644</v>
       </c>
       <c r="H42" t="s">
-        <v>1617</v>
+        <v>1645</v>
       </c>
       <c r="I42" t="s">
-        <v>1618</v>
+        <v>1646</v>
       </c>
       <c r="J42" t="s">
-        <v>1619</v>
+        <v>1647</v>
       </c>
       <c r="K42" t="s">
-        <v>1620</v>
+        <v>1648</v>
       </c>
       <c r="L42" t="s">
-        <v>1621</v>
+        <v>1649</v>
       </c>
       <c r="M42" t="s">
-        <v>1622</v>
+        <v>1650</v>
       </c>
       <c r="N42" t="s">
-        <v>1623</v>
+        <v>1651</v>
       </c>
       <c r="O42" t="s">
-        <v>1624</v>
+        <v>1652</v>
       </c>
       <c r="P42" t="s">
-        <v>1625</v>
+        <v>1653</v>
       </c>
       <c r="Q42" t="s">
-        <v>1626</v>
+        <v>1654</v>
       </c>
       <c r="R42" t="s">
-        <v>1627</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B43" t="s">
-        <v>1628</v>
+        <v>1656</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1629</v>
+        <v>1657</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1630</v>
+        <v>1658</v>
       </c>
       <c r="H43" t="s">
-        <v>1631</v>
+        <v>1659</v>
       </c>
       <c r="I43" t="s">
-        <v>1632</v>
+        <v>1660</v>
       </c>
       <c r="J43" t="s">
-        <v>1633</v>
+        <v>1661</v>
       </c>
       <c r="K43" t="s">
-        <v>1634</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B44" t="s">
-        <v>1635</v>
+        <v>1663</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1636</v>
+        <v>1664</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1637</v>
+        <v>1665</v>
       </c>
       <c r="H44" t="s">
-        <v>1638</v>
+        <v>1666</v>
       </c>
       <c r="I44" t="s">
-        <v>1639</v>
+        <v>1667</v>
       </c>
       <c r="J44" t="s">
-        <v>1640</v>
+        <v>1668</v>
       </c>
       <c r="K44" t="s">
-        <v>1641</v>
+        <v>1669</v>
       </c>
       <c r="L44" t="s">
-        <v>1642</v>
+        <v>1670</v>
       </c>
       <c r="M44" t="s">
-        <v>1643</v>
+        <v>1671</v>
       </c>
       <c r="N44" t="s">
-        <v>1644</v>
+        <v>1672</v>
       </c>
       <c r="O44" t="s">
-        <v>1645</v>
+        <v>1673</v>
       </c>
       <c r="P44" t="s">
-        <v>1646</v>
+        <v>1674</v>
       </c>
       <c r="Q44" t="s">
-        <v>1647</v>
+        <v>1675</v>
       </c>
       <c r="R44" t="s">
-        <v>1648</v>
+        <v>1676</v>
       </c>
       <c r="S44" t="s">
-        <v>1649</v>
+        <v>1677</v>
       </c>
       <c r="T44" t="s">
-        <v>1650</v>
+        <v>1678</v>
       </c>
       <c r="U44" t="s">
-        <v>1651</v>
+        <v>1679</v>
       </c>
       <c r="V44" t="s">
-        <v>1652</v>
+        <v>1680</v>
       </c>
       <c r="W44" t="s">
-        <v>1653</v>
+        <v>1681</v>
       </c>
       <c r="X44" t="s">
-        <v>1654</v>
+        <v>1682</v>
       </c>
       <c r="Y44" t="s">
-        <v>1655</v>
+        <v>1683</v>
       </c>
       <c r="Z44" t="s">
-        <v>1656</v>
+        <v>1684</v>
       </c>
       <c r="AA44" t="s">
-        <v>1657</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B45" t="s">
-        <v>1658</v>
+        <v>1686</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1659</v>
+        <v>1687</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1660</v>
+        <v>1688</v>
       </c>
       <c r="H45" t="s">
-        <v>1661</v>
+        <v>1689</v>
       </c>
       <c r="I45" t="s">
-        <v>1662</v>
+        <v>1690</v>
       </c>
       <c r="J45" t="s">
-        <v>1663</v>
+        <v>1691</v>
       </c>
       <c r="K45" t="s">
-        <v>1664</v>
+        <v>1692</v>
       </c>
       <c r="L45" t="s">
-        <v>1665</v>
+        <v>1693</v>
       </c>
       <c r="M45" t="s">
-        <v>1666</v>
+        <v>1694</v>
       </c>
       <c r="N45" t="s">
-        <v>1667</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B46" t="s">
-        <v>1668</v>
+        <v>1696</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1669</v>
+        <v>1697</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1670</v>
+        <v>1698</v>
       </c>
       <c r="H46" t="s">
-        <v>1671</v>
+        <v>1699</v>
       </c>
       <c r="I46" t="s">
-        <v>1672</v>
+        <v>1700</v>
       </c>
       <c r="J46" t="s">
-        <v>1673</v>
+        <v>1701</v>
       </c>
       <c r="K46" t="s">
-        <v>1674</v>
+        <v>1702</v>
       </c>
       <c r="L46" t="s">
-        <v>1675</v>
+        <v>1703</v>
       </c>
       <c r="M46" t="s">
-        <v>1676</v>
+        <v>1704</v>
       </c>
       <c r="N46" t="s">
-        <v>1677</v>
+        <v>1705</v>
       </c>
       <c r="O46" t="s">
-        <v>1678</v>
+        <v>1706</v>
       </c>
       <c r="P46" t="s">
-        <v>1679</v>
+        <v>1707</v>
       </c>
       <c r="Q46" t="s">
-        <v>1680</v>
+        <v>1708</v>
       </c>
       <c r="R46" t="s">
-        <v>1681</v>
+        <v>1709</v>
       </c>
       <c r="S46" t="s">
-        <v>1682</v>
+        <v>1710</v>
       </c>
       <c r="T46" t="s">
-        <v>1683</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B47" t="s">
-        <v>1684</v>
+        <v>1712</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1685</v>
+        <v>1713</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1686</v>
+        <v>1714</v>
       </c>
       <c r="H47" t="s">
-        <v>1687</v>
+        <v>1715</v>
       </c>
       <c r="I47" t="s">
-        <v>1688</v>
+        <v>1716</v>
       </c>
       <c r="J47" t="s">
-        <v>1689</v>
+        <v>1717</v>
       </c>
       <c r="K47" t="s">
-        <v>1690</v>
+        <v>1718</v>
       </c>
       <c r="L47" t="s">
-        <v>1691</v>
+        <v>1719</v>
       </c>
       <c r="M47" t="s">
-        <v>1692</v>
+        <v>1720</v>
       </c>
       <c r="N47" t="s">
-        <v>1693</v>
+        <v>1721</v>
       </c>
       <c r="O47" t="s">
-        <v>1694</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B48" t="s">
-        <v>1695</v>
+        <v>1723</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1696</v>
+        <v>1724</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1697</v>
+        <v>1725</v>
       </c>
       <c r="H48" t="s">
-        <v>1698</v>
+        <v>1726</v>
       </c>
       <c r="I48" t="s">
-        <v>1400</v>
+        <v>1428</v>
       </c>
       <c r="J48" t="s">
-        <v>1699</v>
+        <v>1727</v>
       </c>
       <c r="K48" t="s">
-        <v>1700</v>
+        <v>1728</v>
       </c>
       <c r="L48" t="s">
-        <v>1701</v>
+        <v>1729</v>
       </c>
       <c r="M48" t="s">
-        <v>1702</v>
+        <v>1730</v>
       </c>
       <c r="N48" t="s">
-        <v>1703</v>
+        <v>1731</v>
       </c>
       <c r="O48" t="s">
-        <v>1704</v>
+        <v>1732</v>
       </c>
       <c r="P48" t="s">
-        <v>1705</v>
+        <v>1733</v>
       </c>
       <c r="Q48" t="s">
-        <v>1706</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B49" t="s">
-        <v>1707</v>
+        <v>1735</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1708</v>
+        <v>1736</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1709</v>
+        <v>1737</v>
       </c>
       <c r="H49" t="s">
-        <v>1710</v>
+        <v>1738</v>
       </c>
       <c r="I49" t="s">
-        <v>1711</v>
+        <v>1739</v>
       </c>
       <c r="J49" t="s">
-        <v>1712</v>
+        <v>1740</v>
       </c>
       <c r="K49" t="s">
-        <v>1713</v>
+        <v>1741</v>
       </c>
       <c r="L49" t="s">
-        <v>1714</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B50" t="s">
-        <v>1715</v>
+        <v>1743</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1717</v>
+        <v>1745</v>
       </c>
       <c r="H50" t="s">
-        <v>1718</v>
+        <v>1746</v>
       </c>
       <c r="I50" t="s">
-        <v>1719</v>
+        <v>1747</v>
       </c>
       <c r="J50" t="s">
-        <v>1720</v>
+        <v>1748</v>
       </c>
       <c r="K50" t="s">
-        <v>1721</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B51" t="s">
-        <v>1722</v>
+        <v>1750</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1723</v>
+        <v>1751</v>
       </c>
       <c r="H51" t="s">
-        <v>1724</v>
+        <v>1752</v>
       </c>
       <c r="I51" t="s">
-        <v>1725</v>
+        <v>1753</v>
       </c>
       <c r="J51" t="s">
-        <v>1720</v>
+        <v>1748</v>
       </c>
       <c r="K51" t="s">
-        <v>1726</v>
+        <v>1754</v>
       </c>
       <c r="L51" t="s">
-        <v>1727</v>
+        <v>1755</v>
       </c>
       <c r="M51" t="s">
-        <v>1728</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B52" t="s">
-        <v>1729</v>
+        <v>1757</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1730</v>
+        <v>1758</v>
       </c>
       <c r="H52" t="s">
-        <v>1731</v>
+        <v>1759</v>
       </c>
       <c r="I52" t="s">
-        <v>1732</v>
+        <v>1760</v>
       </c>
       <c r="J52" t="s">
-        <v>1733</v>
+        <v>1761</v>
       </c>
       <c r="K52" t="s">
-        <v>1734</v>
+        <v>1762</v>
       </c>
       <c r="L52" t="s">
-        <v>1735</v>
+        <v>1763</v>
       </c>
       <c r="M52" t="s">
-        <v>1736</v>
+        <v>1764</v>
       </c>
       <c r="N52" t="s">
-        <v>1737</v>
+        <v>1765</v>
       </c>
       <c r="O52" t="s">
-        <v>1738</v>
+        <v>1766</v>
       </c>
       <c r="P52" t="s">
-        <v>1739</v>
+        <v>1767</v>
       </c>
       <c r="Q52" t="s">
-        <v>1740</v>
+        <v>1768</v>
       </c>
       <c r="R52" t="s">
-        <v>1741</v>
+        <v>1769</v>
       </c>
       <c r="S52" t="s">
-        <v>1742</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B53" t="s">
-        <v>1743</v>
+        <v>1771</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1744</v>
+        <v>1772</v>
       </c>
       <c r="H53" t="s">
-        <v>1745</v>
+        <v>1773</v>
       </c>
       <c r="I53" t="s">
-        <v>1746</v>
+        <v>1774</v>
       </c>
       <c r="J53" t="s">
-        <v>1747</v>
+        <v>1775</v>
       </c>
       <c r="K53" t="s">
-        <v>1748</v>
+        <v>1776</v>
       </c>
       <c r="L53" t="s">
-        <v>1749</v>
+        <v>1777</v>
       </c>
       <c r="M53" t="s">
-        <v>1750</v>
+        <v>1778</v>
       </c>
       <c r="N53" t="s">
-        <v>1751</v>
+        <v>1779</v>
       </c>
       <c r="O53" t="s">
-        <v>1752</v>
+        <v>1780</v>
       </c>
       <c r="P53" t="s">
-        <v>1753</v>
+        <v>1781</v>
       </c>
       <c r="Q53" t="s">
-        <v>1754</v>
+        <v>1782</v>
       </c>
       <c r="R53" t="s">
-        <v>1755</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B54" t="s">
-        <v>1756</v>
+        <v>1784</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1757</v>
+        <v>1785</v>
       </c>
       <c r="H54" t="s">
-        <v>1758</v>
+        <v>1786</v>
       </c>
       <c r="I54" t="s">
-        <v>1759</v>
+        <v>1787</v>
       </c>
       <c r="J54" t="s">
-        <v>1720</v>
+        <v>1748</v>
       </c>
       <c r="K54" t="s">
-        <v>1760</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B55" t="s">
-        <v>1761</v>
+        <v>1789</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1716</v>
+        <v>1744</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1762</v>
+        <v>1790</v>
       </c>
       <c r="H55" t="s">
-        <v>1763</v>
+        <v>1791</v>
       </c>
       <c r="I55" t="s">
-        <v>1764</v>
+        <v>1792</v>
       </c>
       <c r="J55" t="s">
-        <v>1198</v>
+        <v>1225</v>
       </c>
       <c r="K55" t="s">
-        <v>1765</v>
+        <v>1793</v>
       </c>
       <c r="L55" t="s">
-        <v>1766</v>
+        <v>1794</v>
       </c>
       <c r="M55" t="s">
-        <v>1767</v>
+        <v>1795</v>
       </c>
       <c r="N55" t="s">
-        <v>1768</v>
+        <v>1796</v>
       </c>
       <c r="O55" t="s">
-        <v>1769</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B56" t="s">
-        <v>1770</v>
+        <v>1798</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1771</v>
+        <v>1799</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1772</v>
+        <v>1800</v>
       </c>
       <c r="H56" t="s">
-        <v>1773</v>
+        <v>1801</v>
       </c>
       <c r="I56" t="s">
-        <v>1774</v>
+        <v>1802</v>
       </c>
       <c r="J56" t="s">
-        <v>1543</v>
+        <v>1571</v>
       </c>
       <c r="K56" t="s">
-        <v>1775</v>
+        <v>1803</v>
       </c>
       <c r="L56" t="s">
-        <v>1776</v>
+        <v>1804</v>
       </c>
       <c r="M56" t="s">
-        <v>1777</v>
+        <v>1805</v>
       </c>
       <c r="N56" t="s">
-        <v>1778</v>
+        <v>1806</v>
       </c>
       <c r="O56" t="s">
-        <v>1779</v>
+        <v>1807</v>
       </c>
       <c r="P56" t="s">
-        <v>1780</v>
+        <v>1808</v>
       </c>
       <c r="Q56" t="s">
-        <v>1781</v>
+        <v>1809</v>
       </c>
       <c r="R56" t="s">
-        <v>1782</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B57" t="s">
-        <v>1783</v>
+        <v>1811</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1784</v>
+        <v>1812</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1785</v>
+        <v>1813</v>
       </c>
       <c r="H57" t="s">
-        <v>1786</v>
+        <v>1814</v>
       </c>
       <c r="I57" t="s">
-        <v>1787</v>
+        <v>1815</v>
       </c>
       <c r="J57" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="K57" t="s">
-        <v>1788</v>
+        <v>1816</v>
       </c>
       <c r="L57" t="s">
-        <v>1789</v>
+        <v>1817</v>
       </c>
       <c r="M57" t="s">
-        <v>1790</v>
+        <v>1818</v>
       </c>
       <c r="N57" t="s">
-        <v>1791</v>
+        <v>1819</v>
       </c>
       <c r="O57" t="s">
-        <v>1792</v>
+        <v>1820</v>
       </c>
       <c r="P57" t="s">
-        <v>1793</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B58" t="s">
-        <v>1794</v>
+        <v>1822</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1795</v>
+        <v>1823</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1796</v>
+        <v>1824</v>
       </c>
       <c r="H58" t="s">
-        <v>1797</v>
+        <v>1825</v>
       </c>
       <c r="I58" t="s">
-        <v>1798</v>
+        <v>1826</v>
       </c>
       <c r="J58" t="s">
-        <v>1558</v>
+        <v>1586</v>
       </c>
       <c r="K58" t="s">
-        <v>1799</v>
+        <v>1827</v>
       </c>
       <c r="L58" t="s">
-        <v>1800</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B59" t="s">
-        <v>1801</v>
+        <v>1829</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1802</v>
+        <v>1830</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1803</v>
+        <v>1831</v>
       </c>
       <c r="H59" t="s">
-        <v>1804</v>
+        <v>1832</v>
       </c>
       <c r="I59" t="s">
-        <v>1805</v>
+        <v>1833</v>
       </c>
       <c r="J59" t="s">
         <v>13</v>
       </c>
       <c r="K59" t="s">
-        <v>1806</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B60" t="s">
-        <v>1807</v>
+        <v>1835</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1808</v>
+        <v>1836</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1809</v>
+        <v>1837</v>
       </c>
       <c r="H60" t="s">
-        <v>1810</v>
+        <v>1838</v>
       </c>
       <c r="I60" t="s">
-        <v>1811</v>
+        <v>1839</v>
       </c>
       <c r="J60" t="s">
-        <v>1812</v>
+        <v>1840</v>
       </c>
       <c r="K60" t="s">
-        <v>1813</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B61" t="s">
-        <v>1814</v>
+        <v>1842</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1815</v>
+        <v>1843</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1816</v>
+        <v>1844</v>
       </c>
       <c r="H61" t="s">
-        <v>1817</v>
+        <v>1845</v>
       </c>
       <c r="I61" t="s">
-        <v>1818</v>
+        <v>1846</v>
       </c>
       <c r="J61" t="s">
-        <v>1819</v>
+        <v>1847</v>
       </c>
       <c r="K61" t="s">
-        <v>1820</v>
+        <v>1848</v>
       </c>
       <c r="L61" t="s">
-        <v>1821</v>
+        <v>1849</v>
       </c>
       <c r="M61" t="s">
-        <v>1822</v>
+        <v>1850</v>
       </c>
       <c r="N61" t="s">
-        <v>1823</v>
+        <v>1851</v>
       </c>
       <c r="O61" t="s">
-        <v>1824</v>
+        <v>1852</v>
       </c>
       <c r="P61" t="s">
-        <v>1825</v>
+        <v>1853</v>
       </c>
       <c r="Q61" t="s">
-        <v>1826</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B62" t="s">
-        <v>1827</v>
+        <v>1855</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1828</v>
+        <v>1856</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1829</v>
+        <v>1857</v>
       </c>
       <c r="H62" t="s">
-        <v>1830</v>
+        <v>1858</v>
       </c>
       <c r="I62" t="s">
-        <v>1831</v>
+        <v>1859</v>
       </c>
       <c r="J62" t="s">
-        <v>1832</v>
+        <v>1860</v>
       </c>
       <c r="K62" t="s">
-        <v>1833</v>
+        <v>1861</v>
       </c>
       <c r="L62" t="s">
-        <v>1834</v>
+        <v>1862</v>
       </c>
       <c r="M62" t="s">
-        <v>1835</v>
+        <v>1863</v>
       </c>
       <c r="N62" t="s">
-        <v>1836</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B63" t="s">
-        <v>1837</v>
+        <v>1865</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1838</v>
+        <v>1866</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1839</v>
+        <v>1867</v>
       </c>
       <c r="H63" t="s">
-        <v>1840</v>
+        <v>1868</v>
       </c>
       <c r="I63" t="s">
-        <v>1841</v>
+        <v>1869</v>
       </c>
       <c r="J63" t="s">
-        <v>1842</v>
+        <v>1870</v>
       </c>
       <c r="K63" t="s">
-        <v>1843</v>
+        <v>1871</v>
       </c>
       <c r="L63" t="s">
-        <v>1844</v>
+        <v>1872</v>
       </c>
       <c r="M63" t="s">
-        <v>1845</v>
+        <v>1873</v>
       </c>
       <c r="N63" t="s">
-        <v>1846</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B64" t="s">
-        <v>1847</v>
+        <v>1875</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1848</v>
+        <v>1876</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1849</v>
+        <v>1877</v>
       </c>
       <c r="H64" t="s">
-        <v>1850</v>
+        <v>1878</v>
       </c>
       <c r="I64" t="s">
-        <v>1851</v>
+        <v>1879</v>
       </c>
       <c r="J64" t="s">
-        <v>1558</v>
+        <v>1586</v>
       </c>
       <c r="K64" t="s">
-        <v>1852</v>
+        <v>1880</v>
       </c>
       <c r="L64" t="s">
-        <v>1853</v>
+        <v>1881</v>
       </c>
       <c r="M64" t="s">
-        <v>1854</v>
+        <v>1882</v>
       </c>
       <c r="N64" t="s">
-        <v>1855</v>
+        <v>1883</v>
       </c>
       <c r="O64" t="s">
-        <v>1856</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B65" t="s">
-        <v>1857</v>
+        <v>1885</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1858</v>
+        <v>1886</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1859</v>
+        <v>1887</v>
       </c>
       <c r="H65" t="s">
-        <v>1860</v>
+        <v>1888</v>
       </c>
       <c r="I65" t="s">
-        <v>1861</v>
+        <v>1889</v>
       </c>
       <c r="J65" t="s">
-        <v>1512</v>
+        <v>1540</v>
       </c>
       <c r="K65" t="s">
-        <v>1862</v>
+        <v>1890</v>
       </c>
       <c r="L65" t="s">
-        <v>1863</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B66" t="s">
-        <v>1864</v>
+        <v>1892</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1865</v>
+        <v>1893</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1866</v>
+        <v>1894</v>
       </c>
       <c r="H66" t="s">
-        <v>1867</v>
+        <v>1895</v>
       </c>
       <c r="I66" t="s">
-        <v>1868</v>
+        <v>1896</v>
       </c>
       <c r="J66" t="s">
-        <v>1543</v>
+        <v>1571</v>
       </c>
       <c r="K66" t="s">
-        <v>1869</v>
+        <v>1897</v>
       </c>
       <c r="L66" t="s">
-        <v>1870</v>
+        <v>1898</v>
       </c>
       <c r="M66" t="s">
-        <v>1871</v>
+        <v>1899</v>
       </c>
       <c r="N66" t="s">
-        <v>1872</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B67" t="s">
-        <v>1873</v>
+        <v>1901</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1874</v>
+        <v>1902</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1875</v>
+        <v>1903</v>
       </c>
       <c r="H67" t="s">
-        <v>1876</v>
+        <v>1904</v>
       </c>
       <c r="I67" t="s">
-        <v>1877</v>
+        <v>1905</v>
       </c>
       <c r="J67" t="s">
-        <v>1878</v>
+        <v>1906</v>
       </c>
       <c r="K67" t="s">
-        <v>1879</v>
+        <v>1907</v>
       </c>
       <c r="L67" t="s">
-        <v>1880</v>
+        <v>1908</v>
       </c>
       <c r="M67" t="s">
-        <v>1881</v>
+        <v>1909</v>
       </c>
       <c r="N67" t="s">
-        <v>1882</v>
+        <v>1910</v>
       </c>
       <c r="O67" t="s">
-        <v>1883</v>
+        <v>1911</v>
       </c>
       <c r="P67" t="s">
-        <v>1884</v>
+        <v>1912</v>
       </c>
       <c r="Q67" t="s">
-        <v>1885</v>
+        <v>1913</v>
       </c>
       <c r="R67" t="s">
-        <v>1886</v>
+        <v>1914</v>
       </c>
       <c r="S67" t="s">
-        <v>1887</v>
+        <v>1915</v>
       </c>
       <c r="T67" t="s">
-        <v>1888</v>
+        <v>1916</v>
       </c>
       <c r="U67" t="s">
-        <v>1889</v>
+        <v>1917</v>
       </c>
       <c r="V67" t="s">
-        <v>1890</v>
+        <v>1918</v>
       </c>
       <c r="W67" t="s">
-        <v>1891</v>
+        <v>1919</v>
       </c>
       <c r="X67" t="s">
-        <v>1892</v>
+        <v>1920</v>
       </c>
       <c r="Y67" t="s">
-        <v>1893</v>
+        <v>1921</v>
       </c>
       <c r="Z67" t="s">
-        <v>1894</v>
+        <v>1922</v>
       </c>
       <c r="AA67" t="s">
-        <v>1895</v>
+        <v>1923</v>
       </c>
       <c r="AB67" t="s">
-        <v>1896</v>
+        <v>1924</v>
       </c>
       <c r="AC67" t="s">
-        <v>1897</v>
+        <v>1925</v>
       </c>
       <c r="AD67" t="s">
-        <v>1898</v>
+        <v>1926</v>
       </c>
       <c r="AE67" t="s">
-        <v>1899</v>
+        <v>1927</v>
       </c>
       <c r="AF67" t="s">
-        <v>1900</v>
+        <v>1928</v>
       </c>
       <c r="AG67" t="s">
-        <v>1901</v>
+        <v>1929</v>
       </c>
       <c r="AH67" t="s">
-        <v>1902</v>
+        <v>1930</v>
       </c>
       <c r="AI67" t="s">
-        <v>1903</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B68" t="s">
-        <v>1904</v>
+        <v>1932</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1905</v>
+        <v>1933</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1906</v>
+        <v>1934</v>
       </c>
       <c r="H68" t="s">
-        <v>1907</v>
+        <v>1935</v>
       </c>
       <c r="I68" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="J68" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="K68" t="s">
-        <v>1910</v>
+        <v>1938</v>
       </c>
       <c r="L68" t="s">
-        <v>1911</v>
+        <v>1939</v>
       </c>
       <c r="M68" t="s">
-        <v>1912</v>
+        <v>1940</v>
       </c>
       <c r="N68" t="s">
-        <v>1913</v>
+        <v>1941</v>
       </c>
       <c r="O68" t="s">
-        <v>1914</v>
+        <v>1942</v>
       </c>
       <c r="P68" t="s">
-        <v>1915</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B69" t="s">
-        <v>1916</v>
+        <v>1944</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1917</v>
+        <v>1945</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1918</v>
+        <v>1946</v>
       </c>
       <c r="H69" t="s">
-        <v>1919</v>
+        <v>1947</v>
       </c>
       <c r="I69" t="s">
-        <v>1920</v>
+        <v>1948</v>
       </c>
       <c r="J69" t="s">
-        <v>1921</v>
+        <v>1949</v>
       </c>
       <c r="K69" t="s">
-        <v>1922</v>
+        <v>1950</v>
       </c>
       <c r="L69" t="s">
-        <v>1923</v>
+        <v>1951</v>
       </c>
       <c r="M69" t="s">
-        <v>1924</v>
+        <v>1952</v>
       </c>
       <c r="N69" t="s">
-        <v>1925</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B70" t="s">
-        <v>1926</v>
+        <v>1954</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1927</v>
+        <v>1955</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1928</v>
+        <v>1956</v>
       </c>
       <c r="H70" t="s">
-        <v>1929</v>
+        <v>1957</v>
       </c>
       <c r="I70" t="s">
-        <v>1930</v>
+        <v>1958</v>
       </c>
       <c r="J70" t="s">
-        <v>1931</v>
+        <v>1959</v>
       </c>
       <c r="K70" t="s">
-        <v>1932</v>
+        <v>1960</v>
       </c>
       <c r="L70" t="s">
-        <v>1933</v>
+        <v>1961</v>
       </c>
       <c r="M70" t="s">
-        <v>1934</v>
+        <v>1962</v>
       </c>
       <c r="N70" t="s">
-        <v>1935</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B71" t="s">
-        <v>1936</v>
+        <v>1964</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1937</v>
+        <v>1965</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1938</v>
+        <v>1966</v>
       </c>
       <c r="H71" t="s">
-        <v>1939</v>
+        <v>1967</v>
       </c>
       <c r="I71" t="s">
-        <v>1725</v>
+        <v>1753</v>
       </c>
       <c r="J71" t="s">
-        <v>1940</v>
+        <v>1968</v>
       </c>
       <c r="K71" t="s">
-        <v>1941</v>
+        <v>1969</v>
       </c>
       <c r="L71" t="s">
-        <v>1942</v>
+        <v>1970</v>
       </c>
       <c r="M71" t="s">
-        <v>1943</v>
+        <v>1971</v>
       </c>
       <c r="N71" t="s">
-        <v>1944</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B72" t="s">
-        <v>1945</v>
+        <v>1973</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1946</v>
+        <v>1974</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1947</v>
+        <v>1975</v>
       </c>
       <c r="H72" t="s">
-        <v>1948</v>
+        <v>1976</v>
       </c>
       <c r="I72" t="s">
-        <v>1949</v>
+        <v>1977</v>
       </c>
       <c r="J72" t="s">
-        <v>1198</v>
+        <v>1225</v>
       </c>
       <c r="K72" t="s">
-        <v>1950</v>
+        <v>1978</v>
       </c>
       <c r="L72" t="s">
-        <v>1951</v>
+        <v>1979</v>
       </c>
       <c r="M72" t="s">
-        <v>1952</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B73" t="s">
-        <v>1953</v>
+        <v>1981</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1954</v>
+        <v>1982</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1955</v>
+        <v>1983</v>
       </c>
       <c r="H73" t="s">
-        <v>1956</v>
+        <v>1984</v>
       </c>
       <c r="I73" t="s">
-        <v>1957</v>
+        <v>1985</v>
       </c>
       <c r="J73" t="s">
-        <v>1958</v>
+        <v>1986</v>
       </c>
       <c r="K73" t="s">
-        <v>1959</v>
+        <v>1987</v>
       </c>
       <c r="L73" t="s">
-        <v>1960</v>
+        <v>1988</v>
       </c>
       <c r="M73" t="s">
-        <v>1961</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B74" t="s">
-        <v>1962</v>
+        <v>1990</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>1954</v>
+        <v>1982</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1963</v>
+        <v>1991</v>
       </c>
       <c r="H74" t="s">
-        <v>1964</v>
+        <v>1992</v>
       </c>
       <c r="I74" t="s">
-        <v>1949</v>
+        <v>1977</v>
       </c>
       <c r="J74" t="s">
         <v>347</v>
       </c>
       <c r="K74" t="s">
-        <v>1965</v>
+        <v>1993</v>
       </c>
       <c r="L74" t="s">
-        <v>1966</v>
+        <v>1994</v>
       </c>
       <c r="M74" t="s">
-        <v>1967</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B75" t="s">
-        <v>1968</v>
+        <v>1996</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1969</v>
+        <v>1997</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1970</v>
+        <v>1998</v>
       </c>
       <c r="H75" t="s">
-        <v>1971</v>
+        <v>1999</v>
       </c>
       <c r="I75" t="s">
-        <v>1618</v>
+        <v>1646</v>
       </c>
       <c r="J75" t="s">
-        <v>1972</v>
+        <v>2000</v>
       </c>
       <c r="K75" t="s">
-        <v>1973</v>
+        <v>2001</v>
       </c>
       <c r="L75" t="s">
-        <v>1974</v>
+        <v>2002</v>
       </c>
       <c r="M75" t="s">
-        <v>1975</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B76" t="s">
-        <v>1976</v>
+        <v>2004</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1977</v>
+        <v>2005</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="H76" t="s">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="I76" t="s">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="J76" t="s">
-        <v>1981</v>
+        <v>2009</v>
       </c>
       <c r="K76" t="s">
-        <v>1982</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B77" t="s">
-        <v>1983</v>
+        <v>2011</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1984</v>
+        <v>2012</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1985</v>
+        <v>2013</v>
       </c>
       <c r="H77" t="s">
-        <v>1986</v>
+        <v>2014</v>
       </c>
       <c r="I77" t="s">
-        <v>1987</v>
+        <v>2015</v>
       </c>
       <c r="J77" t="s">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="K77" t="s">
-        <v>1989</v>
+        <v>2017</v>
       </c>
       <c r="L77" t="s">
-        <v>1990</v>
+        <v>2018</v>
       </c>
       <c r="M77" t="s">
-        <v>1991</v>
+        <v>2019</v>
       </c>
       <c r="N77" t="s">
-        <v>1992</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B78" t="s">
-        <v>1993</v>
+        <v>2021</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1994</v>
+        <v>2022</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="H78" t="s">
-        <v>1996</v>
+        <v>2024</v>
       </c>
       <c r="I78" t="s">
-        <v>1997</v>
+        <v>2025</v>
       </c>
       <c r="J78" t="s">
-        <v>1819</v>
+        <v>1847</v>
       </c>
       <c r="K78" t="s">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="L78" t="s">
-        <v>1999</v>
+        <v>2027</v>
       </c>
       <c r="M78" t="s">
-        <v>2000</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B79" t="s">
-        <v>2001</v>
+        <v>2029</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1994</v>
+        <v>2022</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2002</v>
+        <v>2030</v>
       </c>
       <c r="H79" t="s">
-        <v>2003</v>
+        <v>2031</v>
       </c>
       <c r="I79" t="s">
-        <v>2004</v>
+        <v>2032</v>
       </c>
       <c r="J79" t="s">
-        <v>2005</v>
+        <v>2033</v>
       </c>
       <c r="K79" t="s">
-        <v>2006</v>
+        <v>2034</v>
       </c>
       <c r="L79" t="s">
-        <v>2007</v>
+        <v>2035</v>
       </c>
       <c r="M79" t="s">
-        <v>2008</v>
+        <v>2036</v>
       </c>
       <c r="N79" t="s">
-        <v>2009</v>
+        <v>2037</v>
       </c>
       <c r="O79" t="s">
-        <v>2010</v>
+        <v>2038</v>
       </c>
       <c r="P79" t="s">
-        <v>2011</v>
+        <v>2039</v>
       </c>
       <c r="Q79" t="s">
-        <v>2012</v>
+        <v>2040</v>
       </c>
       <c r="R79" t="s">
-        <v>2013</v>
+        <v>2041</v>
       </c>
       <c r="S79" t="s">
-        <v>2014</v>
+        <v>2042</v>
       </c>
       <c r="T79" t="s">
-        <v>2015</v>
+        <v>2043</v>
       </c>
       <c r="U79" t="s">
-        <v>2016</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B80" t="s">
-        <v>2017</v>
+        <v>2045</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>2018</v>
+        <v>2046</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2019</v>
+        <v>2047</v>
       </c>
       <c r="H80" t="s">
-        <v>2020</v>
+        <v>2048</v>
       </c>
       <c r="I80" t="s">
-        <v>2021</v>
+        <v>2049</v>
       </c>
       <c r="J80" t="s">
-        <v>1921</v>
+        <v>1949</v>
       </c>
       <c r="K80" t="s">
-        <v>2022</v>
+        <v>2050</v>
       </c>
       <c r="L80" t="s">
-        <v>2023</v>
+        <v>2051</v>
       </c>
       <c r="M80" t="s">
-        <v>2024</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B81" t="s">
-        <v>2025</v>
+        <v>2053</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2026</v>
+        <v>2054</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2027</v>
+        <v>2055</v>
       </c>
       <c r="H81" t="s">
-        <v>2028</v>
+        <v>2056</v>
       </c>
       <c r="I81" t="s">
-        <v>1609</v>
+        <v>1637</v>
       </c>
       <c r="J81" t="s">
-        <v>2029</v>
+        <v>2057</v>
       </c>
       <c r="K81" t="s">
-        <v>2030</v>
+        <v>2058</v>
       </c>
       <c r="L81" t="s">
-        <v>2031</v>
+        <v>2059</v>
       </c>
       <c r="M81" t="s">
-        <v>2032</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B82" t="s">
-        <v>2033</v>
+        <v>2061</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2034</v>
+        <v>2062</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2035</v>
+        <v>2063</v>
       </c>
       <c r="H82" t="s">
-        <v>2036</v>
+        <v>2064</v>
       </c>
       <c r="I82" t="s">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="J82" t="s">
-        <v>1819</v>
+        <v>1847</v>
       </c>
       <c r="K82" t="s">
-        <v>2037</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B83" t="s">
-        <v>2038</v>
+        <v>2066</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2039</v>
+        <v>2067</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2040</v>
+        <v>2068</v>
       </c>
       <c r="H83" t="s">
-        <v>2041</v>
+        <v>2069</v>
       </c>
       <c r="I83" t="s">
-        <v>2042</v>
+        <v>2070</v>
       </c>
       <c r="J83" t="s">
         <v>347</v>
       </c>
       <c r="K83" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="L83" t="s">
-        <v>2044</v>
+        <v>2072</v>
       </c>
       <c r="M83" t="s">
-        <v>2045</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B84" t="s">
-        <v>2046</v>
+        <v>2074</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2047</v>
+        <v>2075</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2048</v>
+        <v>2076</v>
       </c>
       <c r="H84" t="s">
-        <v>2049</v>
+        <v>2077</v>
       </c>
       <c r="I84" t="s">
-        <v>2050</v>
+        <v>2078</v>
       </c>
       <c r="J84" t="s">
-        <v>1242</v>
+        <v>1270</v>
       </c>
       <c r="K84" t="s">
-        <v>2051</v>
+        <v>2079</v>
       </c>
       <c r="L84" t="s">
-        <v>2052</v>
+        <v>2080</v>
       </c>
       <c r="M84" t="s">
-        <v>2053</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B85" t="s">
-        <v>2054</v>
+        <v>2082</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2055</v>
+        <v>2083</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2056</v>
+        <v>2084</v>
       </c>
       <c r="H85" t="s">
-        <v>2057</v>
+        <v>2085</v>
       </c>
       <c r="I85" t="s">
-        <v>2058</v>
+        <v>2086</v>
       </c>
       <c r="J85" t="s">
-        <v>2059</v>
+        <v>2087</v>
       </c>
       <c r="K85" t="s">
-        <v>2060</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B86" t="s">
-        <v>2061</v>
+        <v>2089</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2062</v>
+        <v>2090</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2063</v>
+        <v>2091</v>
       </c>
       <c r="H86" t="s">
-        <v>2064</v>
+        <v>2092</v>
       </c>
       <c r="I86" t="s">
-        <v>2065</v>
+        <v>2093</v>
       </c>
       <c r="J86" t="s">
-        <v>1747</v>
+        <v>1775</v>
       </c>
       <c r="K86" t="s">
-        <v>2066</v>
+        <v>2094</v>
       </c>
       <c r="L86" t="s">
-        <v>2067</v>
+        <v>2095</v>
       </c>
       <c r="M86" t="s">
-        <v>2068</v>
+        <v>2096</v>
       </c>
       <c r="N86" t="s">
-        <v>2069</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B87" t="s">
-        <v>2070</v>
+        <v>2098</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2071</v>
+        <v>2099</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2072</v>
+        <v>2100</v>
       </c>
       <c r="H87" t="s">
-        <v>2073</v>
+        <v>2101</v>
       </c>
       <c r="I87" t="s">
-        <v>2074</v>
+        <v>2102</v>
       </c>
       <c r="J87" t="s">
-        <v>1512</v>
+        <v>1540</v>
       </c>
       <c r="K87" t="s">
-        <v>2075</v>
+        <v>2103</v>
       </c>
       <c r="L87" t="s">
-        <v>2076</v>
+        <v>2104</v>
       </c>
       <c r="M87" t="s">
-        <v>2077</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B88" t="s">
-        <v>2078</v>
+        <v>2106</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2079</v>
+        <v>2107</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="H88" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="I88" t="s">
-        <v>2082</v>
+        <v>2110</v>
       </c>
       <c r="J88" t="s">
-        <v>1832</v>
+        <v>1860</v>
       </c>
       <c r="K88" t="s">
-        <v>2083</v>
+        <v>2111</v>
       </c>
       <c r="L88" t="s">
-        <v>2084</v>
+        <v>2112</v>
       </c>
       <c r="M88" t="s">
-        <v>2085</v>
+        <v>2113</v>
       </c>
       <c r="N88" t="s">
-        <v>2086</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B89" t="s">
-        <v>2087</v>
+        <v>2115</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2088</v>
+        <v>2116</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2089</v>
+        <v>2117</v>
       </c>
       <c r="H89" t="s">
-        <v>2090</v>
+        <v>2118</v>
       </c>
       <c r="I89" t="s">
-        <v>2091</v>
+        <v>2119</v>
       </c>
       <c r="J89" t="s">
-        <v>1242</v>
+        <v>1270</v>
       </c>
       <c r="K89" t="s">
-        <v>2092</v>
+        <v>2120</v>
       </c>
       <c r="L89" t="s">
-        <v>2093</v>
+        <v>2121</v>
       </c>
       <c r="M89" t="s">
-        <v>2094</v>
+        <v>2122</v>
       </c>
       <c r="N89" t="s">
-        <v>2095</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B90" t="s">
-        <v>2096</v>
+        <v>2124</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>2088</v>
+        <v>2116</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2097</v>
+        <v>2125</v>
       </c>
       <c r="H90" t="s">
-        <v>2098</v>
+        <v>2126</v>
       </c>
       <c r="I90" t="s">
-        <v>1609</v>
+        <v>1637</v>
       </c>
       <c r="J90" t="s">
-        <v>2099</v>
+        <v>2127</v>
       </c>
       <c r="K90" t="s">
-        <v>2100</v>
+        <v>2128</v>
       </c>
       <c r="L90" t="s">
-        <v>2101</v>
+        <v>2129</v>
       </c>
       <c r="M90" t="s">
-        <v>2102</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B91" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>2104</v>
+        <v>2132</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2105</v>
+        <v>2133</v>
       </c>
       <c r="H91" t="s">
-        <v>2106</v>
+        <v>2134</v>
       </c>
       <c r="I91" t="s">
-        <v>2107</v>
+        <v>2135</v>
       </c>
       <c r="J91" t="s">
-        <v>1293</v>
+        <v>1321</v>
       </c>
       <c r="K91" t="s">
-        <v>2108</v>
+        <v>2136</v>
       </c>
       <c r="L91" t="s">
-        <v>2109</v>
+        <v>2137</v>
       </c>
       <c r="M91" t="s">
-        <v>2110</v>
+        <v>2138</v>
       </c>
       <c r="N91" t="s">
-        <v>2111</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B92" t="s">
-        <v>2112</v>
+        <v>2140</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>2104</v>
+        <v>2132</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2113</v>
+        <v>2141</v>
       </c>
       <c r="H92" t="s">
-        <v>2114</v>
+        <v>2142</v>
       </c>
       <c r="I92" t="s">
-        <v>2115</v>
+        <v>2143</v>
       </c>
       <c r="J92" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="K92" t="s">
-        <v>2116</v>
+        <v>2144</v>
       </c>
       <c r="L92" t="s">
-        <v>2117</v>
+        <v>2145</v>
       </c>
       <c r="M92" t="s">
-        <v>2118</v>
+        <v>2146</v>
       </c>
       <c r="N92" t="s">
-        <v>2119</v>
+        <v>2147</v>
       </c>
       <c r="O92" t="s">
-        <v>2120</v>
+        <v>2148</v>
       </c>
       <c r="P92" t="s">
-        <v>2121</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B93" t="s">
-        <v>2122</v>
+        <v>2150</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>2123</v>
+        <v>2151</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2124</v>
+        <v>2152</v>
       </c>
       <c r="H93" t="s">
-        <v>2125</v>
+        <v>2153</v>
       </c>
       <c r="I93" t="s">
-        <v>2126</v>
+        <v>2154</v>
       </c>
       <c r="J93" t="s">
-        <v>2127</v>
+        <v>2155</v>
       </c>
       <c r="K93" t="s">
-        <v>2128</v>
+        <v>2156</v>
       </c>
       <c r="L93" t="s">
-        <v>2129</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B94" t="s">
-        <v>2130</v>
+        <v>2158</v>
       </c>
       <c r="C94" t="s">
         <v>13</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>2131</v>
+        <v>2159</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2132</v>
+        <v>2160</v>
       </c>
       <c r="H94" t="s">
-        <v>2133</v>
+        <v>2161</v>
       </c>
       <c r="I94" t="s">
-        <v>2134</v>
+        <v>2162</v>
       </c>
       <c r="J94" t="s">
-        <v>2135</v>
+        <v>2163</v>
       </c>
       <c r="K94" t="s">
-        <v>2136</v>
+        <v>2164</v>
       </c>
       <c r="L94" t="s">
-        <v>2137</v>
+        <v>2165</v>
       </c>
       <c r="M94" t="s">
-        <v>2138</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B95" t="s">
-        <v>2139</v>
+        <v>2167</v>
       </c>
       <c r="C95" t="s">
         <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>2131</v>
+        <v>2159</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2140</v>
+        <v>2168</v>
       </c>
       <c r="H95" t="s">
-        <v>2141</v>
+        <v>2169</v>
       </c>
       <c r="I95" t="s">
-        <v>2134</v>
+        <v>2162</v>
       </c>
       <c r="J95" t="s">
-        <v>2142</v>
+        <v>2170</v>
       </c>
       <c r="K95" t="s">
-        <v>2143</v>
+        <v>2171</v>
       </c>
       <c r="L95" t="s">
-        <v>2144</v>
+        <v>2172</v>
       </c>
       <c r="M95" t="s">
-        <v>2145</v>
+        <v>2173</v>
       </c>
       <c r="N95" t="s">
-        <v>2146</v>
+        <v>2174</v>
       </c>
       <c r="O95" t="s">
-        <v>2147</v>
+        <v>2175</v>
       </c>
       <c r="P95" t="s">
-        <v>2148</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B96" t="s">
-        <v>2149</v>
+        <v>2177</v>
       </c>
       <c r="C96" t="s">
         <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>2150</v>
+        <v>2178</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2151</v>
+        <v>2179</v>
       </c>
       <c r="H96" t="s">
-        <v>2152</v>
+        <v>2180</v>
       </c>
       <c r="I96" t="s">
-        <v>2153</v>
+        <v>2181</v>
       </c>
       <c r="J96" t="s">
-        <v>2154</v>
+        <v>2182</v>
       </c>
       <c r="K96" t="s">
-        <v>2155</v>
+        <v>2183</v>
       </c>
       <c r="L96" t="s">
-        <v>2156</v>
+        <v>2184</v>
       </c>
       <c r="M96" t="s">
-        <v>2157</v>
+        <v>2185</v>
       </c>
       <c r="N96" t="s">
-        <v>2158</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B97" t="s">
-        <v>2159</v>
+        <v>2187</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>2160</v>
+        <v>2188</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2161</v>
+        <v>2189</v>
       </c>
       <c r="H97" t="s">
-        <v>2162</v>
+        <v>2190</v>
       </c>
       <c r="I97" t="s">
-        <v>2163</v>
+        <v>2191</v>
       </c>
       <c r="J97" t="s">
-        <v>2164</v>
+        <v>2192</v>
       </c>
       <c r="K97" t="s">
-        <v>2165</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B98" t="s">
-        <v>2166</v>
+        <v>2194</v>
       </c>
       <c r="C98" t="s">
         <v>13</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>2167</v>
+        <v>2195</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2168</v>
+        <v>2196</v>
       </c>
       <c r="H98" t="s">
-        <v>2169</v>
+        <v>2197</v>
       </c>
       <c r="I98" t="s">
-        <v>2170</v>
+        <v>2198</v>
       </c>
       <c r="J98" t="s">
-        <v>2171</v>
+        <v>2199</v>
       </c>
       <c r="K98" t="s">
-        <v>2172</v>
+        <v>2200</v>
       </c>
       <c r="L98" t="s">
-        <v>2173</v>
+        <v>2201</v>
       </c>
       <c r="M98" t="s">
-        <v>2174</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B99" t="s">
-        <v>2175</v>
+        <v>2203</v>
       </c>
       <c r="C99" t="s">
         <v>13</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>2176</v>
+        <v>2204</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2177</v>
+        <v>2205</v>
       </c>
       <c r="H99" t="s">
-        <v>2178</v>
+        <v>2206</v>
       </c>
       <c r="I99" t="s">
-        <v>2179</v>
+        <v>2207</v>
       </c>
       <c r="J99" t="s">
-        <v>2180</v>
+        <v>2208</v>
       </c>
       <c r="K99" t="s">
-        <v>2181</v>
+        <v>2209</v>
       </c>
       <c r="L99" t="s">
-        <v>2182</v>
+        <v>2210</v>
       </c>
       <c r="M99" t="s">
-        <v>2183</v>
+        <v>2211</v>
       </c>
       <c r="N99" t="s">
-        <v>2184</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B100" t="s">
-        <v>2185</v>
+        <v>2213</v>
       </c>
       <c r="C100" t="s">
         <v>13</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>2186</v>
+        <v>2214</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2187</v>
+        <v>2215</v>
       </c>
       <c r="H100" t="s">
-        <v>2188</v>
+        <v>2216</v>
       </c>
       <c r="I100" t="s">
-        <v>2179</v>
+        <v>2207</v>
       </c>
       <c r="J100" t="s">
-        <v>2189</v>
+        <v>2217</v>
       </c>
       <c r="K100" t="s">
-        <v>2190</v>
+        <v>2218</v>
       </c>
       <c r="L100" t="s">
-        <v>2191</v>
+        <v>2219</v>
       </c>
       <c r="M100" t="s">
-        <v>2192</v>
+        <v>2220</v>
       </c>
       <c r="N100" t="s">
-        <v>2193</v>
+        <v>2221</v>
       </c>
       <c r="O100" t="s">
-        <v>2194</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B101" t="s">
-        <v>2195</v>
+        <v>2223</v>
       </c>
       <c r="C101" t="s">
         <v>13</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>2196</v>
+        <v>2224</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2197</v>
+        <v>2225</v>
       </c>
       <c r="H101" t="s">
-        <v>2198</v>
+        <v>2226</v>
       </c>
       <c r="I101" t="s">
-        <v>2199</v>
+        <v>2227</v>
       </c>
       <c r="J101" t="s">
-        <v>2200</v>
+        <v>2228</v>
       </c>
       <c r="K101" t="s">
-        <v>2201</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B102" t="s">
-        <v>2202</v>
+        <v>2230</v>
       </c>
       <c r="C102" t="s">
         <v>13</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2203</v>
+        <v>2231</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2204</v>
+        <v>2232</v>
       </c>
       <c r="H102" t="s">
-        <v>2205</v>
+        <v>2233</v>
       </c>
       <c r="I102" t="s">
-        <v>2206</v>
+        <v>2234</v>
       </c>
       <c r="J102" t="s">
-        <v>1242</v>
+        <v>1270</v>
       </c>
       <c r="K102" t="s">
-        <v>2207</v>
+        <v>2235</v>
       </c>
       <c r="L102" t="s">
-        <v>2208</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B103" t="s">
-        <v>2209</v>
+        <v>2237</v>
       </c>
       <c r="C103" t="s">
         <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>2210</v>
+        <v>2238</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2211</v>
+        <v>2239</v>
       </c>
       <c r="H103" t="s">
-        <v>2212</v>
+        <v>2240</v>
       </c>
       <c r="I103" t="s">
-        <v>2213</v>
+        <v>2241</v>
       </c>
       <c r="J103" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="K103" t="s">
-        <v>2215</v>
+        <v>2243</v>
       </c>
       <c r="L103" t="s">
-        <v>2216</v>
+        <v>2244</v>
       </c>
       <c r="M103" t="s">
-        <v>2217</v>
+        <v>2245</v>
       </c>
       <c r="N103" t="s">
-        <v>2218</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B104" t="s">
-        <v>2219</v>
+        <v>2247</v>
       </c>
       <c r="C104" t="s">
         <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>2220</v>
+        <v>2248</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2221</v>
+        <v>2249</v>
       </c>
       <c r="H104" t="s">
-        <v>2222</v>
+        <v>2250</v>
       </c>
       <c r="I104" t="s">
-        <v>2223</v>
+        <v>2251</v>
       </c>
       <c r="J104" t="s">
-        <v>1588</v>
+        <v>1616</v>
       </c>
       <c r="K104" t="s">
-        <v>2224</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B105" t="s">
-        <v>2225</v>
+        <v>2253</v>
       </c>
       <c r="C105" t="s">
         <v>13</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>2226</v>
+        <v>2254</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2227</v>
+        <v>2255</v>
       </c>
       <c r="H105" t="s">
-        <v>2228</v>
+        <v>2256</v>
       </c>
       <c r="I105" t="s">
-        <v>2229</v>
+        <v>2257</v>
       </c>
       <c r="J105" t="s">
-        <v>2230</v>
+        <v>2258</v>
       </c>
       <c r="K105" t="s">
-        <v>2231</v>
+        <v>2259</v>
       </c>
       <c r="L105" t="s">
-        <v>2232</v>
+        <v>2260</v>
       </c>
       <c r="M105" t="s">
-        <v>2233</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B106" t="s">
-        <v>2234</v>
+        <v>2262</v>
       </c>
       <c r="C106" t="s">
         <v>13</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>2226</v>
+        <v>2254</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2235</v>
+        <v>2263</v>
       </c>
       <c r="H106" t="s">
-        <v>2236</v>
+        <v>2264</v>
       </c>
       <c r="I106" t="s">
-        <v>1930</v>
+        <v>1958</v>
       </c>
       <c r="J106" t="s">
-        <v>2237</v>
+        <v>2265</v>
       </c>
       <c r="K106" t="s">
-        <v>2238</v>
+        <v>2266</v>
       </c>
       <c r="L106" t="s">
-        <v>2239</v>
+        <v>2267</v>
       </c>
       <c r="M106" t="s">
-        <v>2240</v>
+        <v>2268</v>
       </c>
       <c r="N106" t="s">
-        <v>2241</v>
+        <v>2269</v>
       </c>
       <c r="O106" t="s">
-        <v>2242</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B107" t="s">
-        <v>2243</v>
+        <v>2271</v>
       </c>
       <c r="C107" t="s">
         <v>13</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>2244</v>
+        <v>2272</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2245</v>
+        <v>2273</v>
       </c>
       <c r="H107" t="s">
-        <v>2246</v>
+        <v>2274</v>
       </c>
       <c r="I107" t="s">
-        <v>2247</v>
+        <v>2275</v>
       </c>
       <c r="J107" t="s">
-        <v>2248</v>
+        <v>2276</v>
       </c>
       <c r="K107" t="s">
-        <v>2249</v>
+        <v>2277</v>
       </c>
       <c r="L107" t="s">
-        <v>2250</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B108" t="s">
-        <v>2251</v>
+        <v>2279</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2252</v>
+        <v>2280</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2253</v>
+        <v>2281</v>
       </c>
       <c r="H108" t="s">
-        <v>2254</v>
+        <v>2282</v>
       </c>
       <c r="I108" t="s">
-        <v>2255</v>
+        <v>2283</v>
       </c>
       <c r="J108" t="s">
-        <v>2256</v>
+        <v>2284</v>
       </c>
       <c r="K108" t="s">
-        <v>2257</v>
+        <v>2285</v>
       </c>
       <c r="L108" t="s">
-        <v>2258</v>
+        <v>2286</v>
       </c>
       <c r="M108" t="s">
-        <v>2259</v>
+        <v>2287</v>
       </c>
       <c r="N108" t="s">
-        <v>2260</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B109" t="s">
-        <v>2261</v>
+        <v>2289</v>
       </c>
       <c r="C109" t="s">
         <v>13</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>2262</v>
+        <v>2290</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2263</v>
+        <v>2291</v>
       </c>
       <c r="H109" t="s">
-        <v>2264</v>
+        <v>2292</v>
       </c>
       <c r="I109" t="s">
-        <v>2265</v>
+        <v>2293</v>
       </c>
       <c r="J109" t="s">
-        <v>2266</v>
+        <v>2294</v>
       </c>
       <c r="K109" t="s">
-        <v>2267</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B110" t="s">
-        <v>2268</v>
+        <v>2296</v>
       </c>
       <c r="C110" t="s">
         <v>13</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2269</v>
+        <v>2297</v>
       </c>
       <c r="H110" t="s">
-        <v>2270</v>
+        <v>2298</v>
       </c>
       <c r="I110" t="s">
-        <v>2271</v>
+        <v>2299</v>
       </c>
       <c r="J110" t="s">
-        <v>2272</v>
+        <v>2300</v>
       </c>
       <c r="K110" t="s">
-        <v>2273</v>
+        <v>2301</v>
       </c>
       <c r="L110" t="s">
-        <v>2274</v>
+        <v>2302</v>
       </c>
       <c r="M110" t="s">
-        <v>2275</v>
+        <v>2303</v>
       </c>
       <c r="N110" t="s">
-        <v>2276</v>
+        <v>2304</v>
       </c>
       <c r="O110" t="s">
-        <v>2277</v>
+        <v>2305</v>
       </c>
       <c r="P110" t="s">
-        <v>2278</v>
+        <v>2306</v>
       </c>
       <c r="Q110" t="s">
-        <v>2279</v>
+        <v>2307</v>
       </c>
       <c r="R110" t="s">
-        <v>2280</v>
+        <v>2308</v>
       </c>
       <c r="S110" t="s">
-        <v>2281</v>
+        <v>2309</v>
       </c>
       <c r="T110" t="s">
-        <v>2282</v>
+        <v>2310</v>
       </c>
       <c r="U110" t="s">
-        <v>2283</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B111" t="s">
-        <v>2284</v>
+        <v>2312</v>
       </c>
       <c r="C111" t="s">
         <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2285</v>
+        <v>2313</v>
       </c>
       <c r="H111" t="s">
-        <v>2286</v>
+        <v>2314</v>
       </c>
       <c r="I111" t="s">
-        <v>2271</v>
+        <v>2299</v>
       </c>
       <c r="J111" t="s">
         <v>347</v>
       </c>
       <c r="K111" t="s">
-        <v>2287</v>
+        <v>2315</v>
       </c>
       <c r="L111" t="s">
-        <v>2288</v>
+        <v>2316</v>
       </c>
       <c r="M111" t="s">
-        <v>2289</v>
+        <v>2317</v>
       </c>
       <c r="N111" t="s">
-        <v>2290</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B112" t="s">
-        <v>2291</v>
+        <v>2319</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2292</v>
+        <v>2320</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2293</v>
+        <v>2321</v>
       </c>
       <c r="H112" t="s">
-        <v>2294</v>
+        <v>2322</v>
       </c>
       <c r="I112" t="s">
-        <v>2295</v>
+        <v>2323</v>
       </c>
       <c r="J112" t="s">
-        <v>2296</v>
+        <v>2324</v>
       </c>
       <c r="K112" t="s">
-        <v>2297</v>
+        <v>2325</v>
       </c>
       <c r="L112" t="s">
-        <v>2298</v>
+        <v>2326</v>
       </c>
       <c r="M112" t="s">
-        <v>2299</v>
+        <v>2327</v>
       </c>
       <c r="N112" t="s">
-        <v>2300</v>
+        <v>2328</v>
       </c>
       <c r="O112" t="s">
-        <v>2301</v>
+        <v>2329</v>
       </c>
       <c r="P112" t="s">
-        <v>2302</v>
+        <v>2330</v>
       </c>
       <c r="Q112" t="s">
-        <v>2303</v>
+        <v>2331</v>
       </c>
       <c r="R112" t="s">
-        <v>2304</v>
+        <v>2332</v>
       </c>
       <c r="S112" t="s">
-        <v>2305</v>
+        <v>2333</v>
       </c>
       <c r="T112" t="s">
-        <v>2305</v>
+        <v>2333</v>
       </c>
       <c r="U112" t="s">
-        <v>2306</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B113" t="s">
-        <v>2307</v>
+        <v>2335</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>2308</v>
+        <v>2336</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2309</v>
+        <v>2337</v>
       </c>
       <c r="H113" t="s">
-        <v>2310</v>
+        <v>2338</v>
       </c>
       <c r="I113" t="s">
-        <v>1831</v>
+        <v>1859</v>
       </c>
       <c r="J113" t="s">
-        <v>2311</v>
+        <v>2339</v>
       </c>
       <c r="K113" t="s">
-        <v>2312</v>
+        <v>2340</v>
       </c>
       <c r="L113" t="s">
-        <v>2313</v>
+        <v>2341</v>
       </c>
       <c r="M113" t="s">
-        <v>2314</v>
+        <v>2342</v>
       </c>
       <c r="N113" t="s">
-        <v>2315</v>
+        <v>2343</v>
       </c>
       <c r="O113" t="s">
-        <v>2316</v>
+        <v>2344</v>
       </c>
       <c r="P113" t="s">
-        <v>2317</v>
+        <v>2345</v>
       </c>
       <c r="Q113" t="s">
-        <v>2318</v>
+        <v>2346</v>
       </c>
       <c r="R113" t="s">
-        <v>2319</v>
+        <v>2347</v>
       </c>
       <c r="S113" t="s">
-        <v>2320</v>
+        <v>2348</v>
       </c>
       <c r="T113" t="s">
-        <v>2321</v>
+        <v>2349</v>
       </c>
       <c r="U113" t="s">
-        <v>2322</v>
+        <v>2350</v>
       </c>
       <c r="V113" t="s">
-        <v>2323</v>
+        <v>2351</v>
       </c>
       <c r="W113" t="s">
-        <v>2324</v>
+        <v>2352</v>
       </c>
       <c r="X113" t="s">
-        <v>2325</v>
+        <v>2353</v>
       </c>
       <c r="Y113" t="s">
-        <v>2326</v>
+        <v>2354</v>
       </c>
       <c r="Z113" t="s">
-        <v>2327</v>
+        <v>2355</v>
       </c>
       <c r="AA113" t="s">
-        <v>2328</v>
+        <v>2356</v>
       </c>
       <c r="AB113" t="s">
-        <v>2329</v>
+        <v>2357</v>
       </c>
       <c r="AC113" t="s">
-        <v>2330</v>
+        <v>2358</v>
       </c>
       <c r="AD113" t="s">
-        <v>2331</v>
+        <v>2359</v>
       </c>
       <c r="AE113" t="s">
-        <v>2332</v>
+        <v>2360</v>
       </c>
       <c r="AF113" t="s">
-        <v>2333</v>
+        <v>2361</v>
       </c>
       <c r="AG113" t="s">
-        <v>2334</v>
+        <v>2362</v>
       </c>
       <c r="AH113" t="s">
-        <v>2335</v>
+        <v>2363</v>
       </c>
       <c r="AI113" t="s">
-        <v>2336</v>
+        <v>2364</v>
       </c>
       <c r="AJ113" t="s">
-        <v>2337</v>
+        <v>2365</v>
       </c>
       <c r="AK113" t="s">
-        <v>2338</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B114" t="s">
-        <v>2339</v>
+        <v>2367</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2341</v>
+        <v>2369</v>
       </c>
       <c r="H114" t="s">
-        <v>2342</v>
+        <v>2370</v>
       </c>
       <c r="I114" t="s">
-        <v>2343</v>
+        <v>2371</v>
       </c>
       <c r="J114" t="s">
-        <v>2344</v>
+        <v>2372</v>
       </c>
       <c r="K114" t="s">
-        <v>2345</v>
+        <v>2373</v>
       </c>
       <c r="L114" t="s">
-        <v>2346</v>
+        <v>2374</v>
       </c>
       <c r="M114" t="s">
-        <v>2347</v>
+        <v>2375</v>
       </c>
       <c r="N114" t="s">
-        <v>2348</v>
+        <v>2376</v>
       </c>
       <c r="O114" t="s">
-        <v>2349</v>
+        <v>2377</v>
       </c>
       <c r="P114" t="s">
-        <v>2350</v>
+        <v>2378</v>
       </c>
       <c r="Q114" t="s">
-        <v>2351</v>
+        <v>2379</v>
       </c>
       <c r="R114" t="s">
-        <v>2352</v>
+        <v>2380</v>
       </c>
       <c r="S114" t="s">
-        <v>2353</v>
+        <v>2381</v>
       </c>
       <c r="T114" t="s">
-        <v>2354</v>
+        <v>2382</v>
       </c>
       <c r="U114" t="s">
-        <v>2355</v>
+        <v>2383</v>
       </c>
       <c r="V114" t="s">
-        <v>2356</v>
+        <v>2384</v>
       </c>
       <c r="W114" t="s">
-        <v>2357</v>
+        <v>2385</v>
       </c>
       <c r="X114" t="s">
-        <v>2358</v>
+        <v>2386</v>
       </c>
       <c r="Y114" t="s">
-        <v>2359</v>
+        <v>2387</v>
       </c>
       <c r="Z114" t="s">
-        <v>2360</v>
+        <v>2388</v>
       </c>
       <c r="AA114" t="s">
-        <v>2361</v>
+        <v>2389</v>
       </c>
       <c r="AB114" t="s">
-        <v>2362</v>
+        <v>2390</v>
       </c>
       <c r="AC114" t="s">
-        <v>2363</v>
+        <v>2391</v>
       </c>
       <c r="AD114" t="s">
-        <v>2364</v>
+        <v>2392</v>
       </c>
       <c r="AE114" t="s">
-        <v>2365</v>
+        <v>2393</v>
       </c>
       <c r="AF114" t="s">
-        <v>2366</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B115" t="s">
-        <v>2367</v>
+        <v>2395</v>
       </c>
       <c r="C115" t="s">
         <v>13</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2368</v>
+        <v>2396</v>
       </c>
       <c r="H115" t="s">
-        <v>2369</v>
+        <v>2397</v>
       </c>
       <c r="I115" t="s">
-        <v>2343</v>
+        <v>2371</v>
       </c>
       <c r="J115" t="s">
-        <v>2370</v>
+        <v>2398</v>
       </c>
       <c r="K115" t="s">
-        <v>2371</v>
+        <v>2399</v>
       </c>
       <c r="L115" t="s">
-        <v>2372</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B116" t="s">
-        <v>2373</v>
+        <v>2401</v>
       </c>
       <c r="C116" t="s">
         <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2374</v>
+        <v>2402</v>
       </c>
       <c r="H116" t="s">
-        <v>2375</v>
+        <v>2403</v>
       </c>
       <c r="I116" t="s">
-        <v>2376</v>
+        <v>2404</v>
       </c>
       <c r="J116" t="s">
-        <v>2377</v>
+        <v>2405</v>
       </c>
       <c r="K116" t="s">
-        <v>2378</v>
+        <v>2406</v>
       </c>
       <c r="L116" t="s">
-        <v>2379</v>
+        <v>2407</v>
       </c>
       <c r="M116" t="s">
-        <v>2380</v>
+        <v>2408</v>
       </c>
       <c r="N116" t="s">
-        <v>2381</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B117" t="s">
-        <v>2382</v>
+        <v>2410</v>
       </c>
       <c r="C117" t="s">
         <v>13</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2383</v>
+        <v>2411</v>
       </c>
       <c r="H117" t="s">
-        <v>2384</v>
+        <v>2412</v>
       </c>
       <c r="I117" t="s">
-        <v>2343</v>
+        <v>2371</v>
       </c>
       <c r="J117" t="s">
         <v>347</v>
       </c>
       <c r="K117" t="s">
-        <v>2385</v>
+        <v>2413</v>
       </c>
       <c r="L117" t="s">
-        <v>2386</v>
+        <v>2414</v>
       </c>
       <c r="M117" t="s">
-        <v>2387</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B118" t="s">
-        <v>2388</v>
+        <v>2416</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2389</v>
+        <v>2417</v>
       </c>
       <c r="H118" t="s">
-        <v>2390</v>
+        <v>2418</v>
       </c>
       <c r="I118" t="s">
-        <v>2391</v>
+        <v>2419</v>
       </c>
       <c r="J118" t="s">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="K118" t="s">
-        <v>2392</v>
+        <v>2420</v>
       </c>
       <c r="L118" t="s">
-        <v>2393</v>
+        <v>2421</v>
       </c>
       <c r="M118" t="s">
-        <v>2394</v>
+        <v>2422</v>
       </c>
       <c r="N118" t="s">
-        <v>2395</v>
+        <v>2423</v>
       </c>
       <c r="O118" t="s">
-        <v>2396</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B119" t="s">
-        <v>2397</v>
+        <v>2425</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2398</v>
+        <v>2426</v>
       </c>
       <c r="H119" t="s">
-        <v>2399</v>
+        <v>2427</v>
       </c>
       <c r="I119" t="s">
-        <v>2400</v>
+        <v>2428</v>
       </c>
       <c r="J119" t="s">
-        <v>2401</v>
+        <v>2429</v>
       </c>
       <c r="K119" t="s">
-        <v>2402</v>
+        <v>2430</v>
       </c>
       <c r="L119" t="s">
-        <v>2403</v>
+        <v>2431</v>
       </c>
       <c r="M119" t="s">
-        <v>2404</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B120" t="s">
-        <v>2405</v>
+        <v>2433</v>
       </c>
       <c r="C120" t="s">
         <v>13</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2406</v>
+        <v>2434</v>
       </c>
       <c r="H120" t="s">
-        <v>2407</v>
+        <v>2435</v>
       </c>
       <c r="I120" t="s">
-        <v>2408</v>
+        <v>2436</v>
       </c>
       <c r="J120" t="s">
-        <v>2409</v>
+        <v>2437</v>
       </c>
       <c r="K120" t="s">
-        <v>2410</v>
+        <v>2438</v>
       </c>
       <c r="L120" t="s">
-        <v>2411</v>
+        <v>2439</v>
       </c>
       <c r="M120" t="s">
-        <v>2412</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B121" t="s">
-        <v>2413</v>
+        <v>2441</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2414</v>
+        <v>2442</v>
       </c>
       <c r="H121" t="s">
-        <v>2415</v>
+        <v>2443</v>
       </c>
       <c r="I121" t="s">
-        <v>2416</v>
+        <v>2444</v>
       </c>
       <c r="J121" t="s">
-        <v>2417</v>
+        <v>2445</v>
       </c>
       <c r="K121" t="s">
-        <v>2418</v>
+        <v>2446</v>
       </c>
       <c r="L121" t="s">
-        <v>2419</v>
+        <v>2447</v>
       </c>
       <c r="M121" t="s">
-        <v>2420</v>
+        <v>2448</v>
       </c>
       <c r="N121" t="s">
-        <v>2421</v>
+        <v>2449</v>
       </c>
       <c r="O121" t="s">
-        <v>2422</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B122" t="s">
-        <v>2423</v>
+        <v>2451</v>
       </c>
       <c r="C122" t="s">
         <v>13</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2424</v>
+        <v>2452</v>
       </c>
       <c r="H122" t="s">
-        <v>2425</v>
+        <v>2453</v>
       </c>
       <c r="I122" t="s">
-        <v>2426</v>
+        <v>2454</v>
       </c>
       <c r="J122" t="s">
-        <v>2427</v>
+        <v>2455</v>
       </c>
       <c r="K122" t="s">
-        <v>2428</v>
+        <v>2456</v>
       </c>
       <c r="L122" t="s">
-        <v>2429</v>
+        <v>2457</v>
       </c>
       <c r="M122" t="s">
-        <v>2430</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B123" t="s">
-        <v>2431</v>
+        <v>2459</v>
       </c>
       <c r="C123" t="s">
         <v>13</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2432</v>
+        <v>2460</v>
       </c>
       <c r="H123" t="s">
-        <v>2433</v>
+        <v>2461</v>
       </c>
       <c r="I123" t="s">
-        <v>2434</v>
+        <v>2462</v>
       </c>
       <c r="J123" t="s">
-        <v>2435</v>
+        <v>2463</v>
       </c>
       <c r="K123" t="s">
-        <v>2436</v>
+        <v>2464</v>
       </c>
       <c r="L123" t="s">
-        <v>2437</v>
+        <v>2465</v>
       </c>
       <c r="M123" t="s">
-        <v>2438</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B124" t="s">
-        <v>2439</v>
+        <v>2467</v>
       </c>
       <c r="C124" t="s">
         <v>13</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2440</v>
+        <v>2468</v>
       </c>
       <c r="H124" t="s">
-        <v>2441</v>
+        <v>2469</v>
       </c>
       <c r="I124" t="s">
-        <v>2442</v>
+        <v>2470</v>
       </c>
       <c r="J124" t="s">
-        <v>2189</v>
+        <v>2217</v>
       </c>
       <c r="K124" t="s">
-        <v>2443</v>
+        <v>2471</v>
       </c>
       <c r="L124" t="s">
-        <v>2444</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B125" t="s">
-        <v>2445</v>
+        <v>2473</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>2340</v>
+        <v>2368</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2446</v>
+        <v>2474</v>
       </c>
       <c r="H125" t="s">
-        <v>2447</v>
+        <v>2475</v>
       </c>
       <c r="I125" t="s">
-        <v>2434</v>
+        <v>2462</v>
       </c>
       <c r="J125" t="s">
-        <v>2448</v>
+        <v>2476</v>
       </c>
       <c r="K125" t="s">
-        <v>2449</v>
+        <v>2477</v>
       </c>
       <c r="L125" t="s">
-        <v>2450</v>
+        <v>2478</v>
       </c>
       <c r="M125" t="s">
-        <v>2451</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B126" t="s">
-        <v>2452</v>
+        <v>2480</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>2453</v>
+        <v>2481</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2454</v>
+        <v>2482</v>
       </c>
       <c r="H126" t="s">
-        <v>2455</v>
+        <v>2483</v>
       </c>
       <c r="I126" t="s">
-        <v>2456</v>
+        <v>2484</v>
       </c>
       <c r="J126" t="s">
-        <v>2457</v>
+        <v>2485</v>
       </c>
       <c r="K126" t="s">
-        <v>2458</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B127" t="s">
-        <v>2459</v>
+        <v>2487</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>2460</v>
+        <v>2488</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2461</v>
+        <v>2489</v>
       </c>
       <c r="H127" t="s">
-        <v>2462</v>
+        <v>2490</v>
       </c>
       <c r="I127" t="s">
-        <v>2463</v>
+        <v>2491</v>
       </c>
       <c r="J127" t="s">
-        <v>2464</v>
+        <v>2492</v>
       </c>
       <c r="K127" t="s">
-        <v>2465</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B128" t="s">
-        <v>2466</v>
+        <v>2494</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>2467</v>
+        <v>2495</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>2468</v>
+        <v>2496</v>
       </c>
       <c r="H128" t="s">
-        <v>2469</v>
+        <v>2497</v>
       </c>
       <c r="I128" t="s">
-        <v>2470</v>
+        <v>2498</v>
       </c>
       <c r="J128" t="s">
-        <v>2471</v>
+        <v>2499</v>
       </c>
       <c r="K128" t="s">
-        <v>2472</v>
+        <v>2500</v>
       </c>
       <c r="L128" t="s">
-        <v>2473</v>
+        <v>2501</v>
       </c>
       <c r="M128" t="s">
-        <v>2474</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B129" t="s">
-        <v>2475</v>
+        <v>2503</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>2476</v>
+        <v>2504</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>2477</v>
+        <v>2505</v>
       </c>
       <c r="H129" t="s">
-        <v>2478</v>
+        <v>2506</v>
       </c>
       <c r="I129" t="s">
-        <v>2479</v>
+        <v>2507</v>
       </c>
       <c r="J129" t="s">
-        <v>2480</v>
+        <v>2508</v>
       </c>
       <c r="K129" t="s">
-        <v>2481</v>
+        <v>2509</v>
       </c>
       <c r="L129" t="s">
-        <v>2482</v>
+        <v>2510</v>
       </c>
       <c r="M129" t="s">
-        <v>2483</v>
+        <v>2511</v>
       </c>
       <c r="N129" t="s">
-        <v>2484</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B130" t="s">
-        <v>2485</v>
+        <v>2513</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>2486</v>
+        <v>2514</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>2487</v>
+        <v>2515</v>
       </c>
       <c r="H130" t="s">
-        <v>2488</v>
+        <v>2516</v>
       </c>
       <c r="I130" t="s">
-        <v>2489</v>
+        <v>2517</v>
       </c>
       <c r="J130" t="s">
-        <v>1819</v>
+        <v>1847</v>
       </c>
       <c r="K130" t="s">
-        <v>2490</v>
+        <v>2518</v>
       </c>
       <c r="L130" t="s">
-        <v>2491</v>
+        <v>2519</v>
       </c>
       <c r="M130" t="s">
-        <v>2492</v>
+        <v>2520</v>
       </c>
       <c r="N130" t="s">
-        <v>2493</v>
+        <v>2521</v>
       </c>
       <c r="O130" t="s">
-        <v>2494</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B131" t="s">
-        <v>2495</v>
+        <v>2523</v>
       </c>
       <c r="C131" t="s">
         <v>13</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>2496</v>
+        <v>2524</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>2497</v>
+        <v>2525</v>
       </c>
       <c r="H131" t="s">
-        <v>2498</v>
+        <v>2526</v>
       </c>
       <c r="I131" t="s">
-        <v>2499</v>
+        <v>2527</v>
       </c>
       <c r="J131" t="s">
-        <v>2500</v>
+        <v>2528</v>
       </c>
       <c r="K131" t="s">
-        <v>2501</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B132" t="s">
-        <v>2502</v>
+        <v>2530</v>
       </c>
       <c r="C132" t="s">
         <v>13</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>2503</v>
+        <v>2531</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2504</v>
+        <v>2532</v>
       </c>
       <c r="H132" t="s">
-        <v>2505</v>
+        <v>2533</v>
       </c>
       <c r="I132" t="s">
-        <v>2506</v>
+        <v>2534</v>
       </c>
       <c r="J132" t="s">
-        <v>2507</v>
+        <v>2535</v>
       </c>
       <c r="K132" t="s">
-        <v>2508</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1192</v>
+        <v>1219</v>
       </c>
       <c r="B133" t="s">
-        <v>2509</v>
+        <v>2537</v>
       </c>
       <c r="C133" t="s">
         <v>13</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>2510</v>
+        <v>2538</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>2511</v>
+        <v>2539</v>
       </c>
       <c r="H133" t="s">
-        <v>2512</v>
+        <v>2540</v>
       </c>
       <c r="I133" t="s">
-        <v>2513</v>
+        <v>2541</v>
       </c>
       <c r="J133" t="s">
-        <v>2514</v>
+        <v>2542</v>
       </c>
       <c r="K133" t="s">
-        <v>2515</v>
+        <v>2543</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B2" t="s">
-        <v>2517</v>
+        <v>2545</v>
       </c>
       <c r="C2" t="s">
-        <v>2518</v>
+        <v>2546</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>720</v>
+        <v>2547</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>2548</v>
       </c>
       <c r="G2" t="s">
-        <v>2519</v>
+        <v>2549</v>
       </c>
       <c r="H2" t="s">
-        <v>2520</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B3" t="s">
-        <v>2521</v>
+        <v>2551</v>
       </c>
       <c r="C3" t="s">
-        <v>2522</v>
+        <v>2552</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2523</v>
+        <v>737</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2524</v>
+        <v>2553</v>
       </c>
       <c r="H3" t="s">
-        <v>2525</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B4" t="s">
-        <v>2526</v>
+        <v>2555</v>
       </c>
       <c r="C4" t="s">
-        <v>2527</v>
+        <v>2556</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2528</v>
+        <v>2557</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2529</v>
+        <v>2558</v>
       </c>
       <c r="H4" t="s">
-        <v>2530</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B5" t="s">
-        <v>2531</v>
+        <v>2560</v>
       </c>
       <c r="C5" t="s">
-        <v>2532</v>
+        <v>2561</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>726</v>
+        <v>2562</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2533</v>
+        <v>2563</v>
       </c>
       <c r="H5" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B6" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="C6" t="s">
-        <v>2536</v>
+        <v>2566</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1114</v>
+        <v>743</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2537</v>
+        <v>2567</v>
       </c>
       <c r="H6" t="s">
-        <v>2538</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B7" t="s">
-        <v>2539</v>
+        <v>2569</v>
       </c>
       <c r="C7" t="s">
-        <v>2540</v>
+        <v>2570</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2541</v>
+        <v>1141</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2542</v>
+        <v>2571</v>
       </c>
       <c r="H7" t="s">
-        <v>2543</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B8" t="s">
-        <v>2544</v>
+        <v>2573</v>
       </c>
       <c r="C8" t="s">
-        <v>2545</v>
+        <v>2574</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2546</v>
+        <v>2575</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2547</v>
+        <v>2576</v>
       </c>
       <c r="H8" t="s">
-        <v>2548</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B9" t="s">
-        <v>2549</v>
+        <v>2578</v>
       </c>
       <c r="C9" t="s">
-        <v>2550</v>
+        <v>2579</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2551</v>
+        <v>2580</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2552</v>
+        <v>2581</v>
       </c>
       <c r="H9" t="s">
-        <v>2553</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B10" t="s">
-        <v>2554</v>
+        <v>2583</v>
       </c>
       <c r="C10" t="s">
-        <v>2555</v>
+        <v>2584</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2556</v>
+        <v>2585</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2557</v>
+        <v>2586</v>
       </c>
       <c r="H10" t="s">
-        <v>2558</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B11" t="s">
-        <v>2559</v>
+        <v>2588</v>
       </c>
       <c r="C11" t="s">
-        <v>2560</v>
+        <v>2589</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2561</v>
+        <v>2590</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2562</v>
+        <v>2591</v>
       </c>
       <c r="H11" t="s">
-        <v>2563</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B12" t="s">
-        <v>2564</v>
+        <v>2593</v>
       </c>
       <c r="C12" t="s">
-        <v>2565</v>
+        <v>2594</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2566</v>
+        <v>2595</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2567</v>
+        <v>2596</v>
       </c>
       <c r="H12" t="s">
-        <v>2568</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B13" t="s">
-        <v>2569</v>
+        <v>2598</v>
       </c>
       <c r="C13" t="s">
-        <v>2570</v>
+        <v>2599</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2571</v>
+        <v>2600</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2572</v>
+        <v>2601</v>
       </c>
       <c r="H13" t="s">
-        <v>2573</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B14" t="s">
-        <v>2574</v>
+        <v>2603</v>
       </c>
       <c r="C14" t="s">
-        <v>2575</v>
+        <v>2604</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2576</v>
+        <v>2605</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2577</v>
+        <v>2606</v>
       </c>
       <c r="H14" t="s">
-        <v>2578</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B15" t="s">
-        <v>2579</v>
+        <v>2608</v>
       </c>
       <c r="C15" t="s">
-        <v>2580</v>
+        <v>2609</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2581</v>
+        <v>2610</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2582</v>
+        <v>2611</v>
       </c>
       <c r="H15" t="s">
-        <v>2583</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B16" t="s">
-        <v>2584</v>
+        <v>2613</v>
       </c>
       <c r="C16" t="s">
-        <v>2585</v>
+        <v>2614</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2586</v>
+        <v>2615</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2587</v>
+        <v>2616</v>
       </c>
       <c r="H16" t="s">
-        <v>2588</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B17" t="s">
-        <v>2589</v>
+        <v>2618</v>
       </c>
       <c r="C17" t="s">
-        <v>2590</v>
+        <v>2619</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2591</v>
+        <v>2620</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2592</v>
+        <v>2621</v>
       </c>
       <c r="H17" t="s">
-        <v>2593</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B18" t="s">
-        <v>2594</v>
+        <v>2623</v>
       </c>
       <c r="C18" t="s">
-        <v>2595</v>
+        <v>2624</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2596</v>
+        <v>2625</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2597</v>
+        <v>2626</v>
       </c>
       <c r="H18" t="s">
-        <v>2598</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B19" t="s">
-        <v>2599</v>
+        <v>2628</v>
       </c>
       <c r="C19" t="s">
-        <v>2600</v>
+        <v>2629</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2601</v>
+        <v>2630</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2602</v>
+        <v>2631</v>
       </c>
       <c r="H19" t="s">
-        <v>2603</v>
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2637</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -18919,2353 +19050,2483 @@
       </c>
       <c r="D5" t="s">
         <v>481</v>
       </c>
       <c r="E5" t="s">
         <v>482</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>483</v>
       </c>
       <c r="H5" t="s">
         <v>484</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>485</v>
       </c>
       <c r="B2" t="s">
         <v>486</v>
       </c>
       <c r="C2" t="s">
         <v>487</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>488</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>489</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>485</v>
       </c>
       <c r="B3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>492</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>493</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>494</v>
-      </c>
-[...10 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>485</v>
       </c>
       <c r="B4" t="s">
+        <v>495</v>
+      </c>
+      <c r="C4" t="s">
+        <v>496</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>497</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>498</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>499</v>
-      </c>
-[...13 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>485</v>
       </c>
       <c r="B5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C5" t="s">
+        <v>501</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>503</v>
+      </c>
+      <c r="H5" t="s">
         <v>504</v>
-      </c>
-[...16 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>485</v>
       </c>
       <c r="B6" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="C6" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="D6" t="s">
-        <v>512</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="H6" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>485</v>
       </c>
       <c r="B7" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C7" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D7" t="s">
-        <v>518</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="H7" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>485</v>
       </c>
       <c r="B8" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="D8" t="s">
-        <v>524</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="H8" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>485</v>
       </c>
       <c r="B9" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="C9" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="D9" t="s">
-        <v>530</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="H9" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>485</v>
       </c>
       <c r="B10" t="s">
+        <v>525</v>
+      </c>
+      <c r="C10" t="s">
+        <v>526</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>527</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>528</v>
+      </c>
+      <c r="H10" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>485</v>
+      </c>
+      <c r="B11" t="s">
+        <v>530</v>
+      </c>
+      <c r="C11" t="s">
+        <v>531</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>532</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>533</v>
+      </c>
+      <c r="H11" t="s">
         <v>534</v>
       </c>
-      <c r="C10" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>485</v>
+      </c>
+      <c r="B12" t="s">
         <v>535</v>
       </c>
-      <c r="D10" t="s">
+      <c r="C12" t="s">
         <v>536</v>
       </c>
-      <c r="E10" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>537</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>538</v>
       </c>
-      <c r="H10" t="s">
+      <c r="H12" t="s">
         <v>539</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>485</v>
+      </c>
+      <c r="B13" t="s">
+        <v>540</v>
+      </c>
+      <c r="C13" t="s">
+        <v>541</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>542</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>543</v>
+      </c>
+      <c r="H13" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>485</v>
+      </c>
+      <c r="B14" t="s">
+        <v>545</v>
+      </c>
+      <c r="C14" t="s">
+        <v>546</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>542</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H14" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>485</v>
+      </c>
+      <c r="B15" t="s">
+        <v>549</v>
+      </c>
+      <c r="C15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>542</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>551</v>
+      </c>
+      <c r="H15" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>485</v>
+      </c>
+      <c r="B16" t="s">
+        <v>553</v>
+      </c>
+      <c r="C16" t="s">
+        <v>554</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>542</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H16" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>485</v>
+      </c>
+      <c r="B17" t="s">
+        <v>557</v>
+      </c>
+      <c r="C17" t="s">
+        <v>558</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>559</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>560</v>
+      </c>
+      <c r="H17" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>485</v>
+      </c>
+      <c r="B18" t="s">
+        <v>562</v>
+      </c>
+      <c r="C18" t="s">
+        <v>563</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>559</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>564</v>
+      </c>
+      <c r="H18" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>485</v>
+      </c>
+      <c r="B19" t="s">
+        <v>566</v>
+      </c>
+      <c r="C19" t="s">
+        <v>567</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>568</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>569</v>
+      </c>
+      <c r="H19" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>485</v>
+      </c>
+      <c r="B20" t="s">
+        <v>571</v>
+      </c>
+      <c r="C20" t="s">
+        <v>572</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>573</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>574</v>
+      </c>
+      <c r="H20" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>485</v>
+      </c>
+      <c r="B21" t="s">
+        <v>576</v>
+      </c>
+      <c r="C21" t="s">
+        <v>577</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>578</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>579</v>
+      </c>
+      <c r="H21" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>485</v>
+      </c>
+      <c r="B22" t="s">
+        <v>581</v>
+      </c>
+      <c r="C22" t="s">
+        <v>582</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>583</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>584</v>
+      </c>
+      <c r="H22" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>485</v>
+      </c>
+      <c r="B23" t="s">
+        <v>586</v>
+      </c>
+      <c r="C23" t="s">
+        <v>587</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>588</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>589</v>
+      </c>
+      <c r="H23" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>485</v>
+      </c>
+      <c r="B24" t="s">
+        <v>591</v>
+      </c>
+      <c r="C24" t="s">
+        <v>592</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>593</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>594</v>
+      </c>
+      <c r="H24" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>485</v>
+      </c>
+      <c r="B25" t="s">
+        <v>596</v>
+      </c>
+      <c r="C25" t="s">
+        <v>597</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>598</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>599</v>
+      </c>
+      <c r="H25" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>485</v>
+      </c>
+      <c r="B26" t="s">
+        <v>601</v>
+      </c>
+      <c r="C26" t="s">
+        <v>602</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>603</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>604</v>
+      </c>
+      <c r="H26" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>485</v>
+      </c>
+      <c r="B27" t="s">
+        <v>606</v>
+      </c>
+      <c r="C27" t="s">
+        <v>607</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>608</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>609</v>
+      </c>
+      <c r="H27" t="s">
+        <v>610</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B2" t="s">
-        <v>541</v>
+        <v>612</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>613</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>614</v>
       </c>
       <c r="E2" t="s">
-        <v>542</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>543</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>544</v>
+        <v>617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B3" t="s">
-        <v>545</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>546</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>620</v>
       </c>
       <c r="E3" t="s">
-        <v>547</v>
+        <v>621</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>548</v>
+        <v>622</v>
       </c>
       <c r="H3" t="s">
-        <v>549</v>
+        <v>623</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B4" t="s">
-        <v>550</v>
+        <v>624</v>
       </c>
       <c r="C4" t="s">
-        <v>551</v>
+        <v>625</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>626</v>
       </c>
       <c r="E4" t="s">
-        <v>552</v>
+        <v>627</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>553</v>
+        <v>628</v>
       </c>
       <c r="H4" t="s">
-        <v>554</v>
+        <v>629</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B5" t="s">
-        <v>555</v>
+        <v>630</v>
       </c>
       <c r="C5" t="s">
-        <v>556</v>
+        <v>631</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>632</v>
       </c>
       <c r="E5" t="s">
-        <v>557</v>
+        <v>633</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>558</v>
+        <v>634</v>
       </c>
       <c r="H5" t="s">
-        <v>559</v>
+        <v>635</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B6" t="s">
-        <v>560</v>
+        <v>636</v>
       </c>
       <c r="C6" t="s">
-        <v>561</v>
+        <v>637</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>638</v>
       </c>
       <c r="E6" t="s">
-        <v>562</v>
+        <v>639</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>563</v>
+        <v>640</v>
       </c>
       <c r="H6" t="s">
-        <v>564</v>
+        <v>641</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B7" t="s">
-        <v>565</v>
+        <v>642</v>
       </c>
       <c r="C7" t="s">
-        <v>566</v>
+        <v>643</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>644</v>
       </c>
       <c r="E7" t="s">
-        <v>567</v>
+        <v>645</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>568</v>
+        <v>646</v>
       </c>
       <c r="H7" t="s">
-        <v>569</v>
+        <v>647</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B8" t="s">
-        <v>570</v>
+        <v>648</v>
       </c>
       <c r="C8" t="s">
-        <v>571</v>
+        <v>649</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>650</v>
       </c>
       <c r="E8" t="s">
-        <v>572</v>
+        <v>651</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>573</v>
+        <v>652</v>
       </c>
       <c r="H8" t="s">
-        <v>574</v>
+        <v>653</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B9" t="s">
-        <v>575</v>
+        <v>654</v>
       </c>
       <c r="C9" t="s">
-        <v>576</v>
+        <v>655</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>656</v>
       </c>
       <c r="E9" t="s">
-        <v>577</v>
+        <v>657</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>578</v>
+        <v>658</v>
       </c>
       <c r="H9" t="s">
-        <v>579</v>
+        <v>659</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B10" t="s">
-        <v>580</v>
+        <v>660</v>
       </c>
       <c r="C10" t="s">
-        <v>581</v>
+        <v>661</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>662</v>
       </c>
       <c r="E10" t="s">
-        <v>582</v>
+        <v>663</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>583</v>
+        <v>664</v>
       </c>
       <c r="H10" t="s">
-        <v>584</v>
+        <v>665</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>540</v>
+        <v>611</v>
       </c>
       <c r="B11" t="s">
-        <v>585</v>
+        <v>666</v>
       </c>
       <c r="C11" t="s">
-        <v>586</v>
+        <v>667</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>668</v>
       </c>
       <c r="E11" t="s">
-        <v>587</v>
+        <v>669</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>588</v>
+        <v>670</v>
       </c>
       <c r="H11" t="s">
-        <v>589</v>
-[...389 lines deleted...]
-        <v>660</v>
+        <v>671</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H45"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B2" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="D2" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="E2" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="H2" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B3" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>60</v>
+        <v>680</v>
       </c>
       <c r="E3" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
       <c r="H3" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B4" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="C4" t="s">
-        <v>672</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>673</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="H4" t="s">
-        <v>676</v>
+        <v>687</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B5" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="C5" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
       <c r="D5" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="E5" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="H5" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B6" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>695</v>
       </c>
       <c r="D6" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
       <c r="E6" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
       <c r="H6" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B7" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="C7" t="s">
-        <v>689</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="E7" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="H7" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B8" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="C8" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="D8" t="s">
-        <v>469</v>
+        <v>707</v>
       </c>
       <c r="E8" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="H8" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B9" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="C9" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="D9" t="s">
-        <v>701</v>
+        <v>469</v>
       </c>
       <c r="E9" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="H9" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B10" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
       <c r="C10" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
       <c r="D10" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="E10" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="H10" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B11" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
       <c r="C11" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
       <c r="D11" t="s">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="E11" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
       <c r="H11" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B12" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="C12" t="s">
-        <v>718</v>
+        <v>729</v>
       </c>
       <c r="D12" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="E12" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
       <c r="H12" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B13" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="C13" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
       <c r="D13" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="E13" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="H13" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B14" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="C14" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>742</v>
       </c>
       <c r="E14" t="s">
-        <v>731</v>
+        <v>743</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="H14" t="s">
-        <v>733</v>
+        <v>745</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B15" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
       <c r="C15" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="D15" t="s">
-        <v>736</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>737</v>
+        <v>748</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="H15" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B16" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="C16" t="s">
-        <v>741</v>
+        <v>752</v>
       </c>
       <c r="D16" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
       <c r="E16" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="H16" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B17" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="C17" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="D17" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="E17" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="H17" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B18" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C18" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
       <c r="D18" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="E18" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="H18" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B19" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="C19" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="D19" t="s">
-        <v>754</v>
+        <v>771</v>
       </c>
       <c r="E19" t="s">
-        <v>759</v>
+        <v>772</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>760</v>
+        <v>773</v>
       </c>
       <c r="H19" t="s">
-        <v>761</v>
+        <v>774</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B20" t="s">
-        <v>762</v>
+        <v>775</v>
       </c>
       <c r="C20" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>771</v>
       </c>
       <c r="E20" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="H20" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B21" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
       <c r="C21" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="D21" t="s">
-        <v>769</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>770</v>
+        <v>781</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="H21" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B22" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="C22" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
       <c r="D22" t="s">
-        <v>775</v>
+        <v>786</v>
       </c>
       <c r="E22" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="H22" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B23" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
       <c r="C23" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>792</v>
       </c>
       <c r="E23" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="H23" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B24" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="C24" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="D24" t="s">
-        <v>786</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="H24" t="s">
-        <v>789</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B25" t="s">
-        <v>790</v>
+        <v>801</v>
       </c>
       <c r="C25" t="s">
-        <v>791</v>
+        <v>802</v>
       </c>
       <c r="D25" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
       <c r="E25" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="H25" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B26" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="C26" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="D26" t="s">
-        <v>742</v>
+        <v>803</v>
       </c>
       <c r="E26" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="H26" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B27" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="C27" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D27" t="s">
-        <v>742</v>
+        <v>759</v>
       </c>
       <c r="E27" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="H27" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B28" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="C28" t="s">
-        <v>741</v>
+        <v>818</v>
       </c>
       <c r="D28" t="s">
-        <v>742</v>
+        <v>759</v>
       </c>
       <c r="E28" t="s">
-        <v>806</v>
+        <v>819</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>807</v>
+        <v>820</v>
       </c>
       <c r="H28" t="s">
-        <v>808</v>
+        <v>821</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B29" t="s">
-        <v>809</v>
+        <v>822</v>
       </c>
       <c r="C29" t="s">
-        <v>810</v>
+        <v>758</v>
       </c>
       <c r="D29" t="s">
-        <v>811</v>
+        <v>759</v>
       </c>
       <c r="E29" t="s">
-        <v>812</v>
+        <v>823</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>813</v>
+        <v>824</v>
       </c>
       <c r="H29" t="s">
-        <v>814</v>
+        <v>825</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B30" t="s">
-        <v>815</v>
+        <v>826</v>
       </c>
       <c r="C30" t="s">
-        <v>816</v>
+        <v>827</v>
       </c>
       <c r="D30" t="s">
-        <v>817</v>
+        <v>828</v>
       </c>
       <c r="E30" t="s">
-        <v>818</v>
+        <v>829</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>819</v>
+        <v>830</v>
       </c>
       <c r="H30" t="s">
-        <v>820</v>
+        <v>831</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B31" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="C31" t="s">
-        <v>822</v>
+        <v>833</v>
       </c>
       <c r="D31" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="E31" t="s">
-        <v>824</v>
+        <v>835</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>825</v>
+        <v>836</v>
       </c>
       <c r="H31" t="s">
-        <v>826</v>
+        <v>837</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B32" t="s">
-        <v>827</v>
+        <v>838</v>
       </c>
       <c r="C32" t="s">
-        <v>828</v>
+        <v>839</v>
       </c>
       <c r="D32" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="E32" t="s">
-        <v>830</v>
+        <v>841</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>831</v>
+        <v>842</v>
       </c>
       <c r="H32" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B33" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="C33" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="D33" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="E33" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="H33" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B34" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="C34" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="D34" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="E34" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="H34" t="s">
-        <v>844</v>
+        <v>855</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B35" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="C35" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="D35" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="E35" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H35" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B36" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="C36" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>864</v>
       </c>
       <c r="E36" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="H36" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B37" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="C37" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="D37" t="s">
-        <v>835</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="H37" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B38" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="C38" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="D38" t="s">
-        <v>863</v>
+        <v>852</v>
       </c>
       <c r="E38" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="H38" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B39" t="s">
-        <v>646</v>
+        <v>878</v>
       </c>
       <c r="C39" t="s">
-        <v>867</v>
+        <v>879</v>
       </c>
       <c r="D39" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="E39" t="s">
-        <v>869</v>
+        <v>881</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
       <c r="H39" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B40" t="s">
-        <v>872</v>
+        <v>596</v>
       </c>
       <c r="C40" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
       <c r="D40" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="E40" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="H40" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B41" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="C41" t="s">
-        <v>879</v>
+        <v>890</v>
       </c>
       <c r="D41" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="E41" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="H41" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B42" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="C42" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="D42" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="E42" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
       <c r="H42" t="s">
-        <v>889</v>
+        <v>900</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B43" t="s">
-        <v>890</v>
+        <v>901</v>
       </c>
       <c r="C43" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="D43" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="E43" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
       <c r="H43" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B44" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="C44" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="D44" t="s">
-        <v>898</v>
+        <v>909</v>
       </c>
       <c r="E44" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
       <c r="H44" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B45" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="C45" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
       <c r="D45" t="s">
-        <v>904</v>
+        <v>915</v>
       </c>
       <c r="E45" t="s">
-        <v>905</v>
+        <v>916</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>906</v>
+        <v>917</v>
       </c>
       <c r="H45" t="s">
-        <v>907</v>
+        <v>918</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>672</v>
+      </c>
+      <c r="B46" t="s">
+        <v>919</v>
+      </c>
+      <c r="C46" t="s">
+        <v>920</v>
+      </c>
+      <c r="D46" t="s">
+        <v>921</v>
+      </c>
+      <c r="E46" t="s">
+        <v>922</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>923</v>
+      </c>
+      <c r="H46" t="s">
+        <v>924</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B2" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="C2" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="D2" t="s">
-        <v>911</v>
+        <v>680</v>
       </c>
       <c r="E2" t="s">
-        <v>912</v>
+        <v>928</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>913</v>
+        <v>929</v>
       </c>
       <c r="H2" t="s">
-        <v>914</v>
+        <v>930</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B3" t="s">
-        <v>915</v>
+        <v>931</v>
       </c>
       <c r="C3" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="D3" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="E3" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="H3" t="s">
-        <v>920</v>
+        <v>935</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B4" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
       <c r="C4" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
       <c r="D4" t="s">
-        <v>917</v>
+        <v>938</v>
       </c>
       <c r="E4" t="s">
-        <v>918</v>
+        <v>939</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>923</v>
+        <v>940</v>
       </c>
       <c r="H4" t="s">
-        <v>924</v>
+        <v>941</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B5" t="s">
-        <v>925</v>
+        <v>942</v>
       </c>
       <c r="C5" t="s">
-        <v>926</v>
+        <v>943</v>
       </c>
       <c r="D5" t="s">
-        <v>927</v>
+        <v>944</v>
       </c>
       <c r="E5" t="s">
-        <v>928</v>
+        <v>945</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>929</v>
+        <v>946</v>
       </c>
       <c r="H5" t="s">
-        <v>930</v>
+        <v>947</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B6" t="s">
-        <v>931</v>
+        <v>948</v>
       </c>
       <c r="C6" t="s">
-        <v>932</v>
+        <v>949</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>944</v>
       </c>
       <c r="E6" t="s">
-        <v>933</v>
+        <v>945</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>934</v>
+        <v>950</v>
       </c>
       <c r="H6" t="s">
-        <v>935</v>
+        <v>951</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>925</v>
+      </c>
+      <c r="B7" t="s">
+        <v>952</v>
+      </c>
+      <c r="C7" t="s">
+        <v>953</v>
+      </c>
+      <c r="D7" t="s">
+        <v>954</v>
+      </c>
+      <c r="E7" t="s">
+        <v>955</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>956</v>
+      </c>
+      <c r="H7" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>925</v>
+      </c>
+      <c r="B8" t="s">
+        <v>958</v>
+      </c>
+      <c r="C8" t="s">
+        <v>959</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>960</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>961</v>
+      </c>
+      <c r="H8" t="s">
+        <v>962</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>