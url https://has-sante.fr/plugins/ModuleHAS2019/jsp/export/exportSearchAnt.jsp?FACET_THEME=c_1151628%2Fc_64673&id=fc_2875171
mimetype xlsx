--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,8062 +1,1963 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4168" uniqueCount="2638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="614">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>08/07/2020 10:03:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/15/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
-[...995 lines deleted...]
-    <t>c_2030383</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+  </si>
+  <si>
+    <t>c_546220</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Physiotherapy - Preserving motor function in frail elderly people living at home</t>
+  </si>
+  <si>
+    <t>To establish : 1. which functional capacity assessements should be performed in frail elderly people 2. appropriate physiotherapy treatment</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272431/en/physiotherapy-preserving-motor-function-in-frail-elderly-people-living-at-home</t>
+  </si>
+  <si>
+    <t>c_272431</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+  </si>
+  <si>
+    <t>p_3536003</t>
+  </si>
+  <si>
+    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The French Association of Health Insurance Funds (L’Union nationale des caisses d’assurance maladie - UNCAM) has asked the HAS to deliver an opinion on the state-of-the-art of anaesthesia practices for all types of cataract surgery. In view of the general context of this assessment, two main questions were selected: question no. 1: define the indications and the non-indications of each of the anaesthesia techniques for cataract surgery; question no. 2: determine the practice requirements and the environment necessary for anaesthetic management of cataract</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3067004</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>How to reduce unplanned hospitalisations of the nursing home residents</t>
+  </si>
+  <si>
+    <t>Avoidable and/or inappropriate hospitalizations for nursing home residents oare frequently associated with negative impact, causing functional and cognitive decline. The prevention of these hospitalizations requires several complementary approaches: firstly, chronic diseases and geriatric syndromes can be managed optimally by the general practitioner, and secondly, risk prevention policies and alternatives to hospitalization must be implemented into the nursing home.</t>
+  </si>
+  <si>
+    <t>07/27/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049096/en/how-to-reduce-unplanned-hospitalisations-of-the-nursing-home-residents</t>
+  </si>
+  <si>
+    <t>c_2049096</t>
+  </si>
+  <si>
+    <t>Managing elderly persons with multiple illnesses in primary care</t>
+  </si>
+  <si>
+    <t>This guide proposes a comprehensive approach centred around caring for the elderly and their multiple diseases. It concerns both patients with loss of autonomy and those without. With increasing life expectancy, the prevalence of chronic illnesses is also increasing on a regular basis. From the age of 75 years, it is very common for people to be suffering from at least two chronic illnesses. Added to the risks of multimorbidity are those associated with polypharmacy and the multiplicity of prescribers.</t>
+  </si>
+  <si>
+    <t>06/04/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028194/en/managing-elderly-persons-with-multiple-illnesses-in-primary-care</t>
+  </si>
+  <si>
+    <t>c_2028194</t>
+  </si>
+  <si>
+    <t>Improving the quality and security of drug prescriptions in the elderly</t>
+  </si>
+  <si>
+    <t>The objective of this quick reference guide is to define key action plans as well as coordination of care to reduce hospitalizations related to drug prescriptions in elderly • Identify patients at risk of drug-related problems • Review patient disease, co-morbidities and treatments to optimize the drug prescription plan • Provide discharge document including changes in drug prescription plan • Secure patient drug management through use of therapeutic educational programs and / or nursing support Key words: Problems related drugs; Prevent readmissions in elderly ; optimize drug-prescription</t>
+  </si>
+  <si>
+    <t>10/28/2014 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771468/en/improving-the-quality-and-security-of-drug-prescriptions-in-the-elderly</t>
+  </si>
+  <si>
+    <t>c_1771468</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>pprd_2986107</t>
+  </si>
+  <si>
+    <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>EFLUELDA</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
+  </si>
+  <si>
+    <t>p_3191986</t>
+  </si>
+  <si>
+    <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
+  </si>
+  <si>
+    <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605531/en/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
+  </si>
+  <si>
+    <t>p_3605531</t>
+  </si>
+  <si>
+    <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605182/en/prevenar-20-pneumococcal-polysaccharide-conjugate-vaccine-20-valent-adsorbed-pneumococcal-infections</t>
+  </si>
+  <si>
+    <t>BEOVU (brolucizumab)</t>
+  </si>
+  <si>
+    <t>04/10/2025 16:45:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225094/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>p_3225094</t>
+  </si>
+  <si>
+    <t>brolucizumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224952/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375404/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456142/en/beovu-brolucizumab-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601437/en/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla-oedeme-maculaire-diabetique-omd</t>
+  </si>
+  <si>
+    <t>MUTAGRIP - VAXIGRIP (virus grippal, inactivé, fragmenté)</t>
+  </si>
+  <si>
+    <t>03/11/2025 16:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985174/en/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2985174</t>
+  </si>
+  <si>
+    <t>virus grippal, inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR MSD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399695/en/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555637/en/mutagrip-/-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056137/en/mutagrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594958/en/vaxigrip-trivalent-influenza-vaccine-split-virion-inactivated-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>VABYSMO (faricimab)</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415991/en/vabysmo-faricimab</t>
+  </si>
+  <si>
+    <t>p_3415991</t>
+  </si>
+  <si>
+    <t>faricimab</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413296/en/vabysmo-faricimab-neovascular-wet-retrofoveal-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413299/en/vabysmo-faricimab-diabetic-macular-oedema-dme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577021/en/vabysmo-faricimab-macular-oedema-secondary-to-branch-retinal-vein-occlusion-brvo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594384/en/vabysmo-faricimab-retrofoveal-age-related-macular-degeneration-diabetic-macular-oedema-macular-oedema-secondary-to-branch-retinal</t>
+  </si>
+  <si>
+    <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
+  </si>
+  <si>
+    <t>11/21/2024 15:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559480/en/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
+  </si>
+  <si>
+    <t>p_3559480</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
+  </si>
+  <si>
+    <t>MODERNA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558030/en/mresvia-respiratory-syncytial-virus-rsv-mrna-vaccine-nucleoside-modified-respiratory-syncytial-virus</t>
+  </si>
+  <si>
+    <t>ABRYSVO (vaccin du virus respiratoire syncytial (bivalent, recombinant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535788/en/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
+  </si>
+  <si>
+    <t>p_3535788</t>
+  </si>
+  <si>
+    <t>vaccin du virus respiratoire syncytial (bivalent, recombinant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535401/en/abrysvo-respiratory-syncytial-virus-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538272/en/abrysvo-respiratory-syncytial-virus-rsv-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>AREXVY (Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538675/en/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3538675</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538266/en/arexvy-respiratory-syncytial-virus-rsv-vaccine-recombinant-adjuvanted-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>04/29/2024 11:39:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>Vaccin zona (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>LOVENOX (énoxaparine sodique)</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984320</t>
+  </si>
+  <si>
+    <t>énoxaparine sodique</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>OSTENIL 3 seringues</t>
-[...2627 lines deleted...]
-    <t>lécanémab</t>
+    <t>https://www.has-sante.fr/jcms/c_398992/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/en/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/en/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/en/lovenox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/en/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
+  </si>
+  <si>
+    <t>SCYOVA (foslévodopa/foscarbidopa)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:05:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492781/en/scyova-foslevodopa/foscarbidopa</t>
+  </si>
+  <si>
+    <t>p_3492781</t>
+  </si>
+  <si>
+    <t>foslévodopa,foscarbidopa</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492656/en/scyova-foslevodopa/foscarbidopa-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>KYNMOBI (chlorhydrate d'apomorphine)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492797/en/kynmobi-chlorhydrate-d-apomorphine</t>
+  </si>
+  <si>
+    <t>p_3492797</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'apomorphine</t>
+  </si>
+  <si>
+    <t>PHARMABLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492683/en/kynmobi-apomorphine-hydrochloride-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+  </si>
+  <si>
+    <t>pprd_2983140</t>
+  </si>
+  <si>
+    <t>dabigatran</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>MANTADIX (amantadine (chlorhydrate d’))</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984919</t>
+  </si>
+  <si>
+    <t>amantadine (chlorhydrate d’)</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/en/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/en/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>INFLUVAC TETRA (vaccin grippal quadrivalent, inactivé, à antigènes de surface)</t>
+  </si>
+  <si>
+    <t>05/30/2023 17:57:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983440/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>pprd_2983440</t>
+  </si>
+  <si>
+    <t>vaccin grippal quadrivalent, inactivé, à antigènes de surface</t>
+  </si>
+  <si>
+    <t>VIATRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532201/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056125/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344389/en/influvac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615540/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638599/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727463/en/influvac-enfant-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789493/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818508/en/influvac-tetra-tetravalent-vaccine-against-seasonal-influenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084029/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313606/en/influvac-tetra-grippe-pediatrique-6-mois-antigenes-de-surface-de-virus-de-la-grippe-inactive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443743/en/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>LECIGIMON (lévodopa/ carbidopa/ entacapone)</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330861/en/lecigimon-levodopa/-carbidopa/-entacapone</t>
+  </si>
+  <si>
+    <t>p_3330861</t>
+  </si>
+  <si>
+    <t>lévodopa,carbidopa,entacapone</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330854/en/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402036/en/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>XARELTO</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+  </si>
+  <si>
+    <t>pprd_2982992</t>
+  </si>
+  <si>
+    <t>rivaroxaban</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/en/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/en/xarelto-rivaroxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/en/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/en/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/en/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>FLUAD TETRA, vaccin antigrippal</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314222/en/fluad-tetra-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>p_3314222</t>
+  </si>
+  <si>
+    <t>antigènes de surface du virus de la grippe, inactivé, souche A/Cambodia/e0826360/2020 (H3N2) - souche analogue (A/Cambodia/e0826360/2020 IVR-224),antigènes de surface du virus de la grippe, inactivé, souche A/Victoria/2570/2019 (H1N1)pdm09 - souche analogue (A/Victoria/2570/2019 IVR-215),antigènes de surface du virus de la grippe, inactivé, souche B/Phuket/3073/2013 - souche analogue (B/Phuket/3073/2013 BVR-1B),antigènes de surface du virus de la grippe, inactivé, souche B/Washington/02/2019 - souche analogue (B/Victoria/705/2018 BVR-11)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313597/en/fluad-tetra-antigenes-de-surface-du-virus-de-la-grippe-inactive-prevention-de-la-grippe-65-ans-et</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>LUCENTIS</t>
+  </si>
+  <si>
+    <t>10/19/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+  </si>
+  <si>
+    <t>pprd_2983091</t>
+  </si>
+  <si>
+    <t>ranibizumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
+  </si>
+  <si>
+    <t>08/26/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2983447</t>
+  </si>
+  <si>
+    <t>insuline dégludec,liraglutide,insuline degludec</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+  </si>
+  <si>
+    <t>PREVENAR 13</t>
+  </si>
+  <si>
+    <t>07/22/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>pprd_2982717</t>
+  </si>
+  <si>
+    <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/en/prevenar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/en/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE CELGENE (thalidomide)</t>
+  </si>
+  <si>
+    <t>04/23/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>pprd_2985295</t>
+  </si>
+  <si>
+    <t>thalidomide</t>
+  </si>
+  <si>
+    <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+  </si>
+  <si>
+    <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982894</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (hydrogénooxalate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>MIMPARA (cinacalcet (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/28/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983169/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983169</t>
+  </si>
+  <si>
+    <t>cinacalcet (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400628/en/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750917/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743362/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655926/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863580/en/mimpara-cinacalcet-anti-parathyroid-agent</t>
+  </si>
+  <si>
+    <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
+  </si>
+  <si>
+    <t>05/25/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>pprd_2983276</t>
+  </si>
+  <si>
+    <t>Rivastigmine (hydrogénotartrate)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/en/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/en/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/en/exelon-rivastigmine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>EBIXA (mémantine chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983277</t>
+  </si>
+  <si>
+    <t>mémantine chlorhydrate</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/en/ebixa-memantine-non-competitive-nmda-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>ARICEPT (donépézil (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983281</t>
+  </si>
+  <si>
+    <t>donépézil (chlorhydrate)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
-[...1166 lines deleted...]
-    <t>apomorphine</t>
+    <t>https://www.has-sante.fr/jcms/c_593193/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/en/aricept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/en/aricept-donepezil-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>MOBIC (méloxicam)</t>
+  </si>
+  <si>
+    <t>03/12/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983358</t>
+  </si>
+  <si>
+    <t>méloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/en/mobic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>ZINPLAVA (bezlotoxumab), anticorps monoclonal anti-toxine B de Clostridium difficile</t>
+  </si>
+  <si>
+    <t>09/07/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983535/en/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>pprd_2983535</t>
+  </si>
+  <si>
+    <t>bezlotoxumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792203/en/zinplava-bezlotoxumab-anti-toxin-b-monoclonal-antibody-of-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>IMMUGRIP (virus grippal inactivé fragmenté)</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983541/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2983541</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé fragmenté</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399635/en/immugrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622526/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056140/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367961/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344398/en/immugrip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615537/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790350/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>LEPONEX (clozapine)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>pprd_2983695</t>
+  </si>
+  <si>
+    <t>clozapine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>ONBREZ BREEZHALER - HIROBRIZ BREEZHALER - OSLIF BREEZHALER (indacatérol (maléate d'))</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983730/en/onbrez-breezhaler-hirobriz-breezhaler-oslif-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983730</t>
+  </si>
+  <si>
+    <t>indacatérol (maléate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019687/en/onbrez-breezhaler-oslif-breezhaler-hirobriz-breezhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746195/en/onbrez-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>ZAVEDOS (idarubicine), anthracycline</t>
+  </si>
+  <si>
+    <t>05/11/2017 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983748/en/zavedos-idarubicine-anthracycline</t>
+  </si>
+  <si>
+    <t>pprd_2983748</t>
+  </si>
+  <si>
+    <t>-,idarubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401011/en/zavedos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047009/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656343/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743227/en/zavedos-idarubicin-anthracycline</t>
+  </si>
+  <si>
+    <t>REMINYL (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>01/25/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983883</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>JANSSEN CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/en/reminyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>CETORNAN (ornithine (oxoglurate d'))</t>
+  </si>
+  <si>
+    <t>07/20/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984048/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984048</t>
+  </si>
+  <si>
+    <t>ornithine (oxoglurate d')</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400298/en/cetornan-5-g-poudre-pour-solution-buvable-et-solution-enterale-en-sachet-10-sachet-s-papier-aluminium-polyethylene-de-5-g-code-cip-330-278-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939180/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572469/en/cetornan-5-g-ornithine-treatment-of-liver-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656340/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984157</t>
+  </si>
+  <si>
+    <t>raloxifène (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/en/optruma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/en/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/en/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/en/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/en/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/en/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/en/risperdalconsta-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/en/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/en/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>CYTOTEC (N/R/ misoprostol)</t>
+  </si>
+  <si>
+    <t>03/14/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2984328</t>
+  </si>
+  <si>
+    <t>misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+  </si>
+  <si>
+    <t>XADAGO (safinamide)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984345/en/xadago-safinamide</t>
+  </si>
+  <si>
+    <t>pprd_2984345</t>
+  </si>
+  <si>
+    <t>safinamide (mésilate de)</t>
+  </si>
+  <si>
+    <t>ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569071/en/xadago-safinamide-antiparkinsonian</t>
+  </si>
+  <si>
+    <t>NEUPRO (rotigotine)</t>
+  </si>
+  <si>
+    <t>07/17/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984470/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>pprd_2984470</t>
+  </si>
+  <si>
+    <t>rotigotine</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666769/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490343/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648987/en/neupro-rotigotine-agoniste-dopaminergique-non-ergote-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046981/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>REQUIP (ropinirole (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/15/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984517/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984517</t>
+  </si>
+  <si>
+    <t>ropinirole (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400672/en/requip-0-25-mg-requip-0-50-mg-requip-1-mg-requip-2-mg-requip-5-mg-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944543/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773263/en/requip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038289/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984524</t>
+  </si>
+  <si>
+    <t>pramipexole (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>MACUGEN (pégaptanib sodique)</t>
+  </si>
+  <si>
+    <t>04/03/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984857/en/macugen-pegaptanib-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984857</t>
+  </si>
+  <si>
+    <t>pégaptanib sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468470/en/macugen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714255/en/macugen-pegaptanib-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
+  </si>
+  <si>
+    <t>11/22/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984909</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398822/fr/apokinon-10-mg/ml-solution-injectable-s-c-boites-de-10-et-50-ampoule-bouteille-de-5-ml</t>
-[...1958 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1600979/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>NEVANAC (népafénac)</t>
   </si>
   <si>
-    <t>21/05/2013 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984945/fr/nevanac-nepafenac</t>
+    <t>05/21/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984945/en/nevanac-nepafenac</t>
   </si>
   <si>
     <t>pprd_2984945</t>
   </si>
   <si>
     <t>népafénac</t>
   </si>
   <si>
     <t>ALCON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1018493/fr/nevanac-nepafenac</t>
-[...605 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1121553/fr/hydergine-dihydroergotoxine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1018493/en/nevanac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361960/en/nevanac</t>
   </si>
   <si>
     <t>INTANZA (virus grippal, fragmenté, inactivé)</t>
   </si>
   <si>
-    <t>21/09/2011 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985122/fr/intanza-virus-grippal-fragmente-inactive</t>
+    <t>09/21/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985122/en/intanza-virus-grippal-fragmente-inactive</t>
   </si>
   <si>
     <t>pprd_2985122</t>
   </si>
   <si>
     <t>virus grippal, fragmenté, inactivé</t>
   </si>
   <si>
     <t>Laboratoire SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106814/fr/intanza-virus-grippal-fragmente-inactive</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056134/fr/previgrip-virus-grippal-inactive-fragmente</t>
+    <t>https://www.has-sante.fr/jcms/c_1106814/en/intanza</t>
   </si>
   <si>
     <t>CELANCE (pergolide (mesilate de))</t>
   </si>
   <si>
-    <t>17/07/2012 14:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985177/fr/celance-pergolide-mesilate-de</t>
+    <t>07/17/2012 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985177/en/celance-pergolide-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2985177</t>
   </si>
   <si>
     <t>pergolide (mesilate de)</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401012/fr/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399430/fr/iskedyl-solution-buvable-flacon-flacon-de-70-ml-iskedyl-solution-buvable-flacon-flacon-de-140-ml</t>
+    <t>https://www.has-sante.fr/jcms/c_401012/en/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400297/en/celance-0-05-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-081-3-celance-0-25-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-084-2-celance-1-mg-comprime-secable-film-s-thermosoude-s-aluminium-de-30-comprime-s-code-cip-338-086-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055252/en/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019639/en/celance</t>
   </si>
   <si>
     <t>MEZAVANT (mésalazine)</t>
   </si>
   <si>
-    <t>04/06/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985241/fr/mezavant-mesalazine</t>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985241/en/mezavant-mesalazine</t>
   </si>
   <si>
     <t>pprd_2985241</t>
   </si>
   <si>
     <t>mésalazine</t>
   </si>
   <si>
     <t>Laboratoire SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996902/fr/mezavant-mesalazine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
+    <t>https://www.has-sante.fr/jcms/c_996902/en/mezavant</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
-[...281 lines deleted...]
-    <t>c_702884</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8070,13463 +1971,2867 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...8156 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2668 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>460</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>461</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>462</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>463</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>464</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>465</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>466</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>460</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>467</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>468</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>469</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>470</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>471</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>472</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>460</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>473</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>474</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>475</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>476</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>477</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>478</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>460</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>479</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>480</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>481</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>482</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>483</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>484</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>485</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>486</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
-        <v>487</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>488</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>489</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>490</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>485</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>491</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>492</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>493</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>494</v>
-[...623 lines deleted...]
-        <v>610</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>611</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>613</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>614</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>615</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>616</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>617</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>611</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>618</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>619</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>620</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>621</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>611</v>
+        <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>624</v>
+        <v>65</v>
       </c>
       <c r="C4" t="s">
-        <v>625</v>
+        <v>66</v>
       </c>
       <c r="D4" t="s">
-        <v>626</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>627</v>
+        <v>67</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>628</v>
+        <v>68</v>
       </c>
       <c r="H4" t="s">
-        <v>629</v>
-[...181 lines deleted...]
-        <v>671</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:Y55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K1" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>673</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>674</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>675</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>676</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>677</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>678</v>
+        <v>77</v>
+      </c>
+      <c r="I2" t="s">
+        <v>78</v>
+      </c>
+      <c r="J2" t="s">
+        <v>79</v>
+      </c>
+      <c r="K2" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>679</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>680</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>681</v>
+        <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>682</v>
+        <v>83</v>
       </c>
       <c r="H3" t="s">
-        <v>683</v>
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J3" t="s">
+        <v>86</v>
+      </c>
+      <c r="K3" t="s">
+        <v>87</v>
+      </c>
+      <c r="L3" t="s">
+        <v>88</v>
+      </c>
+      <c r="M3" t="s">
+        <v>89</v>
+      </c>
+      <c r="N3" t="s">
+        <v>90</v>
+      </c>
+      <c r="O3" t="s">
+        <v>91</v>
+      </c>
+      <c r="P3" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>93</v>
+      </c>
+      <c r="R3" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>684</v>
+        <v>95</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>685</v>
+        <v>96</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>686</v>
+        <v>97</v>
       </c>
       <c r="H4" t="s">
-        <v>687</v>
+        <v>98</v>
+      </c>
+      <c r="I4" t="s">
+        <v>99</v>
+      </c>
+      <c r="J4" t="s">
+        <v>100</v>
+      </c>
+      <c r="K4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L4" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>688</v>
+        <v>103</v>
       </c>
       <c r="C5" t="s">
-        <v>689</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>690</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>691</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>692</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>693</v>
+        <v>106</v>
+      </c>
+      <c r="I5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K5" t="s">
+        <v>109</v>
+      </c>
+      <c r="L5" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
-        <v>694</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
-        <v>695</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>696</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>697</v>
+        <v>112</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>698</v>
+        <v>113</v>
       </c>
       <c r="H6" t="s">
-        <v>699</v>
+        <v>114</v>
+      </c>
+      <c r="I6" t="s">
+        <v>115</v>
+      </c>
+      <c r="J6" t="s">
+        <v>116</v>
+      </c>
+      <c r="K6" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>700</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>701</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>702</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>703</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>704</v>
+        <v>121</v>
+      </c>
+      <c r="I7" t="s">
+        <v>122</v>
+      </c>
+      <c r="J7" t="s">
+        <v>123</v>
+      </c>
+      <c r="K7" t="s">
+        <v>124</v>
+      </c>
+      <c r="L7" t="s">
+        <v>125</v>
+      </c>
+      <c r="M7" t="s">
+        <v>126</v>
+      </c>
+      <c r="N7" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>705</v>
+        <v>128</v>
       </c>
       <c r="C8" t="s">
-        <v>706</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>707</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>708</v>
+        <v>129</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>709</v>
+        <v>130</v>
       </c>
       <c r="H8" t="s">
-        <v>710</v>
+        <v>131</v>
+      </c>
+      <c r="I8" t="s">
+        <v>132</v>
+      </c>
+      <c r="J8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K8" t="s">
+        <v>134</v>
+      </c>
+      <c r="L8" t="s">
+        <v>135</v>
+      </c>
+      <c r="M8" t="s">
+        <v>136</v>
+      </c>
+      <c r="N8" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>711</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
-        <v>712</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>469</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>713</v>
+        <v>139</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>714</v>
+        <v>140</v>
       </c>
       <c r="H9" t="s">
-        <v>715</v>
+        <v>141</v>
+      </c>
+      <c r="I9" t="s">
+        <v>142</v>
+      </c>
+      <c r="J9" t="s">
+        <v>143</v>
+      </c>
+      <c r="K9" t="s">
+        <v>144</v>
+      </c>
+      <c r="L9" t="s">
+        <v>145</v>
+      </c>
+      <c r="M9" t="s">
+        <v>146</v>
+      </c>
+      <c r="N9" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>716</v>
+        <v>148</v>
       </c>
       <c r="C10" t="s">
-        <v>717</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>718</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>719</v>
+        <v>149</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>720</v>
+        <v>150</v>
       </c>
       <c r="H10" t="s">
-        <v>721</v>
+        <v>151</v>
+      </c>
+      <c r="I10" t="s">
+        <v>152</v>
+      </c>
+      <c r="J10" t="s">
+        <v>153</v>
+      </c>
+      <c r="K10" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>722</v>
+        <v>155</v>
       </c>
       <c r="C11" t="s">
-        <v>723</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>724</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>725</v>
+        <v>156</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>726</v>
+        <v>157</v>
       </c>
       <c r="H11" t="s">
-        <v>727</v>
+        <v>158</v>
+      </c>
+      <c r="I11" t="s">
+        <v>159</v>
+      </c>
+      <c r="J11" t="s">
+        <v>116</v>
+      </c>
+      <c r="K11" t="s">
+        <v>160</v>
+      </c>
+      <c r="L11" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>728</v>
+        <v>162</v>
       </c>
       <c r="C12" t="s">
-        <v>729</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>730</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>731</v>
+        <v>163</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>732</v>
+        <v>164</v>
       </c>
       <c r="H12" t="s">
-        <v>733</v>
+        <v>165</v>
+      </c>
+      <c r="I12" t="s">
+        <v>166</v>
+      </c>
+      <c r="J12" t="s">
+        <v>167</v>
+      </c>
+      <c r="K12" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>734</v>
+        <v>169</v>
       </c>
       <c r="C13" t="s">
-        <v>735</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>736</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>737</v>
+        <v>170</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>738</v>
+        <v>171</v>
       </c>
       <c r="H13" t="s">
-        <v>739</v>
+        <v>172</v>
+      </c>
+      <c r="I13" t="s">
+        <v>173</v>
+      </c>
+      <c r="J13" t="s">
+        <v>167</v>
+      </c>
+      <c r="K13" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>740</v>
+        <v>175</v>
       </c>
       <c r="C14" t="s">
-        <v>741</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>742</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>743</v>
+        <v>176</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>744</v>
+        <v>177</v>
       </c>
       <c r="H14" t="s">
-        <v>745</v>
+        <v>178</v>
+      </c>
+      <c r="I14" t="s">
+        <v>179</v>
+      </c>
+      <c r="J14" t="s">
+        <v>180</v>
+      </c>
+      <c r="K14" t="s">
+        <v>181</v>
+      </c>
+      <c r="L14" t="s">
+        <v>182</v>
+      </c>
+      <c r="M14" t="s">
+        <v>183</v>
+      </c>
+      <c r="N14" t="s">
+        <v>184</v>
+      </c>
+      <c r="O14" t="s">
+        <v>185</v>
+      </c>
+      <c r="P14" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>187</v>
+      </c>
+      <c r="R14" t="s">
+        <v>188</v>
+      </c>
+      <c r="S14" t="s">
+        <v>189</v>
+      </c>
+      <c r="T14" t="s">
+        <v>190</v>
+      </c>
+      <c r="U14" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
-        <v>746</v>
+        <v>192</v>
       </c>
       <c r="C15" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>748</v>
+        <v>193</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>749</v>
+        <v>194</v>
       </c>
       <c r="H15" t="s">
-        <v>750</v>
+        <v>195</v>
+      </c>
+      <c r="I15" t="s">
+        <v>196</v>
+      </c>
+      <c r="J15" t="s">
+        <v>197</v>
+      </c>
+      <c r="K15" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
-        <v>751</v>
+        <v>199</v>
       </c>
       <c r="C16" t="s">
-        <v>752</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>753</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>754</v>
+        <v>200</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>755</v>
+        <v>201</v>
       </c>
       <c r="H16" t="s">
-        <v>756</v>
+        <v>202</v>
+      </c>
+      <c r="I16" t="s">
+        <v>203</v>
+      </c>
+      <c r="J16" t="s">
+        <v>204</v>
+      </c>
+      <c r="K16" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>757</v>
+        <v>206</v>
       </c>
       <c r="C17" t="s">
-        <v>758</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>760</v>
+        <v>207</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>761</v>
+        <v>208</v>
       </c>
       <c r="H17" t="s">
-        <v>762</v>
+        <v>209</v>
+      </c>
+      <c r="I17" t="s">
+        <v>210</v>
+      </c>
+      <c r="J17" t="s">
+        <v>211</v>
+      </c>
+      <c r="K17" t="s">
+        <v>212</v>
+      </c>
+      <c r="L17" t="s">
+        <v>213</v>
+      </c>
+      <c r="M17" t="s">
+        <v>214</v>
+      </c>
+      <c r="N17" t="s">
+        <v>215</v>
+      </c>
+      <c r="O17" t="s">
+        <v>216</v>
+      </c>
+      <c r="P17" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>218</v>
+      </c>
+      <c r="R17" t="s">
+        <v>219</v>
+      </c>
+      <c r="S17" t="s">
+        <v>220</v>
+      </c>
+      <c r="T17" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>763</v>
+        <v>222</v>
       </c>
       <c r="C18" t="s">
-        <v>764</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>765</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>766</v>
+        <v>223</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>767</v>
+        <v>224</v>
       </c>
       <c r="H18" t="s">
-        <v>768</v>
+        <v>225</v>
+      </c>
+      <c r="I18" t="s">
+        <v>226</v>
+      </c>
+      <c r="J18" t="s">
+        <v>227</v>
+      </c>
+      <c r="K18" t="s">
+        <v>228</v>
+      </c>
+      <c r="L18" t="s">
+        <v>229</v>
+      </c>
+      <c r="M18" t="s">
+        <v>230</v>
+      </c>
+      <c r="N18" t="s">
+        <v>231</v>
+      </c>
+      <c r="O18" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B19" t="s">
-        <v>769</v>
+        <v>233</v>
       </c>
       <c r="C19" t="s">
-        <v>770</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>771</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>772</v>
+        <v>234</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>773</v>
+        <v>235</v>
       </c>
       <c r="H19" t="s">
-        <v>774</v>
+        <v>236</v>
+      </c>
+      <c r="I19" t="s">
+        <v>237</v>
+      </c>
+      <c r="J19" t="s">
+        <v>238</v>
+      </c>
+      <c r="K19" t="s">
+        <v>239</v>
+      </c>
+      <c r="L19" t="s">
+        <v>240</v>
+      </c>
+      <c r="M19" t="s">
+        <v>241</v>
+      </c>
+      <c r="N19" t="s">
+        <v>242</v>
+      </c>
+      <c r="O19" t="s">
+        <v>243</v>
+      </c>
+      <c r="P19" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>245</v>
+      </c>
+      <c r="R19" t="s">
+        <v>246</v>
+      </c>
+      <c r="S19" t="s">
+        <v>247</v>
+      </c>
+      <c r="T19" t="s">
+        <v>248</v>
+      </c>
+      <c r="U19" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
-        <v>775</v>
+        <v>250</v>
       </c>
       <c r="C20" t="s">
-        <v>770</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>771</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>776</v>
+        <v>251</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>777</v>
+        <v>252</v>
       </c>
       <c r="H20" t="s">
-        <v>778</v>
+        <v>253</v>
+      </c>
+      <c r="I20" t="s">
+        <v>254</v>
+      </c>
+      <c r="J20" t="s">
+        <v>255</v>
+      </c>
+      <c r="K20" t="s">
+        <v>256</v>
+      </c>
+      <c r="L20" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B21" t="s">
-        <v>779</v>
+        <v>258</v>
       </c>
       <c r="C21" t="s">
-        <v>780</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>781</v>
+        <v>259</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>782</v>
+        <v>260</v>
       </c>
       <c r="H21" t="s">
-        <v>783</v>
+        <v>261</v>
+      </c>
+      <c r="I21" t="s">
+        <v>262</v>
+      </c>
+      <c r="J21" t="s">
+        <v>263</v>
+      </c>
+      <c r="K21" t="s">
+        <v>264</v>
+      </c>
+      <c r="L21" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B22" t="s">
-        <v>784</v>
+        <v>266</v>
       </c>
       <c r="C22" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>786</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>787</v>
+        <v>267</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>788</v>
+        <v>268</v>
       </c>
       <c r="H22" t="s">
-        <v>789</v>
+        <v>269</v>
+      </c>
+      <c r="I22" t="s">
+        <v>270</v>
+      </c>
+      <c r="J22" t="s">
+        <v>271</v>
+      </c>
+      <c r="K22" t="s">
+        <v>272</v>
+      </c>
+      <c r="L22" t="s">
+        <v>273</v>
+      </c>
+      <c r="M22" t="s">
+        <v>274</v>
+      </c>
+      <c r="N22" t="s">
+        <v>275</v>
+      </c>
+      <c r="O22" t="s">
+        <v>276</v>
+      </c>
+      <c r="P22" t="s">
+        <v>277</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>278</v>
+      </c>
+      <c r="R22" t="s">
+        <v>279</v>
+      </c>
+      <c r="S22" t="s">
+        <v>280</v>
+      </c>
+      <c r="T22" t="s">
+        <v>281</v>
+      </c>
+      <c r="U22" t="s">
+        <v>282</v>
+      </c>
+      <c r="V22" t="s">
+        <v>283</v>
+      </c>
+      <c r="W22" t="s">
+        <v>284</v>
+      </c>
+      <c r="X22" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>790</v>
+        <v>287</v>
       </c>
       <c r="C23" t="s">
-        <v>791</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>792</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>793</v>
+        <v>288</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>794</v>
+        <v>289</v>
       </c>
       <c r="H23" t="s">
-        <v>795</v>
+        <v>290</v>
+      </c>
+      <c r="I23" t="s">
+        <v>291</v>
+      </c>
+      <c r="J23" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
-        <v>796</v>
+        <v>293</v>
       </c>
       <c r="C24" t="s">
-        <v>797</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>798</v>
+        <v>294</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>799</v>
+        <v>295</v>
       </c>
       <c r="H24" t="s">
-        <v>800</v>
+        <v>296</v>
+      </c>
+      <c r="I24" t="s">
+        <v>297</v>
+      </c>
+      <c r="J24" t="s">
+        <v>298</v>
+      </c>
+      <c r="K24" t="s">
+        <v>299</v>
+      </c>
+      <c r="L24" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B25" t="s">
-        <v>801</v>
+        <v>301</v>
       </c>
       <c r="C25" t="s">
-        <v>802</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>803</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>804</v>
+        <v>302</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>805</v>
+        <v>303</v>
       </c>
       <c r="H25" t="s">
-        <v>806</v>
+        <v>304</v>
+      </c>
+      <c r="I25" t="s">
+        <v>305</v>
+      </c>
+      <c r="J25" t="s">
+        <v>306</v>
+      </c>
+      <c r="K25" t="s">
+        <v>307</v>
+      </c>
+      <c r="L25" t="s">
+        <v>308</v>
+      </c>
+      <c r="M25" t="s">
+        <v>309</v>
+      </c>
+      <c r="N25" t="s">
+        <v>310</v>
+      </c>
+      <c r="O25" t="s">
+        <v>311</v>
+      </c>
+      <c r="P25" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>313</v>
+      </c>
+      <c r="R25" t="s">
+        <v>314</v>
+      </c>
+      <c r="S25" t="s">
+        <v>315</v>
+      </c>
+      <c r="T25" t="s">
+        <v>316</v>
+      </c>
+      <c r="U25" t="s">
+        <v>317</v>
+      </c>
+      <c r="V25" t="s">
+        <v>318</v>
+      </c>
+      <c r="W25" t="s">
+        <v>319</v>
+      </c>
+      <c r="X25" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>807</v>
+        <v>322</v>
       </c>
       <c r="C26" t="s">
-        <v>808</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>803</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>809</v>
+        <v>323</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>810</v>
+        <v>324</v>
       </c>
       <c r="H26" t="s">
-        <v>811</v>
+        <v>325</v>
+      </c>
+      <c r="I26" t="s">
+        <v>326</v>
+      </c>
+      <c r="J26" t="s">
+        <v>327</v>
+      </c>
+      <c r="K26" t="s">
+        <v>328</v>
+      </c>
+      <c r="L26" t="s">
+        <v>329</v>
+      </c>
+      <c r="M26" t="s">
+        <v>330</v>
+      </c>
+      <c r="N26" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>812</v>
+        <v>332</v>
       </c>
       <c r="C27" t="s">
-        <v>813</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>814</v>
+        <v>333</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>815</v>
+        <v>334</v>
       </c>
       <c r="H27" t="s">
-        <v>816</v>
+        <v>335</v>
+      </c>
+      <c r="I27" t="s">
+        <v>336</v>
+      </c>
+      <c r="J27" t="s">
+        <v>337</v>
+      </c>
+      <c r="K27" t="s">
+        <v>338</v>
+      </c>
+      <c r="L27" t="s">
+        <v>339</v>
+      </c>
+      <c r="M27" t="s">
+        <v>340</v>
+      </c>
+      <c r="N27" t="s">
+        <v>341</v>
+      </c>
+      <c r="O27" t="s">
+        <v>342</v>
+      </c>
+      <c r="P27" t="s">
+        <v>343</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>344</v>
+      </c>
+      <c r="R27" t="s">
+        <v>345</v>
+      </c>
+      <c r="S27" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
-        <v>817</v>
+        <v>347</v>
       </c>
       <c r="C28" t="s">
-        <v>818</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>819</v>
+        <v>348</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>820</v>
+        <v>349</v>
       </c>
       <c r="H28" t="s">
-        <v>821</v>
+        <v>350</v>
+      </c>
+      <c r="I28" t="s">
+        <v>351</v>
+      </c>
+      <c r="J28" t="s">
+        <v>352</v>
+      </c>
+      <c r="K28" t="s">
+        <v>353</v>
+      </c>
+      <c r="L28" t="s">
+        <v>354</v>
+      </c>
+      <c r="M28" t="s">
+        <v>355</v>
+      </c>
+      <c r="N28" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B29" t="s">
-        <v>822</v>
+        <v>357</v>
       </c>
       <c r="C29" t="s">
-        <v>758</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>823</v>
+        <v>358</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>824</v>
+        <v>359</v>
       </c>
       <c r="H29" t="s">
-        <v>825</v>
+        <v>360</v>
+      </c>
+      <c r="I29" t="s">
+        <v>361</v>
+      </c>
+      <c r="J29" t="s">
+        <v>362</v>
+      </c>
+      <c r="K29" t="s">
+        <v>363</v>
+      </c>
+      <c r="L29" t="s">
+        <v>364</v>
+      </c>
+      <c r="M29" t="s">
+        <v>365</v>
+      </c>
+      <c r="N29" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
-        <v>826</v>
+        <v>367</v>
       </c>
       <c r="C30" t="s">
-        <v>827</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>828</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>829</v>
+        <v>368</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H30" t="s">
-        <v>831</v>
+        <v>370</v>
+      </c>
+      <c r="I30" t="s">
+        <v>371</v>
+      </c>
+      <c r="J30" t="s">
+        <v>372</v>
+      </c>
+      <c r="K30" t="s">
+        <v>373</v>
+      </c>
+      <c r="L30" t="s">
+        <v>374</v>
+      </c>
+      <c r="M30" t="s">
+        <v>375</v>
+      </c>
+      <c r="N30" t="s">
+        <v>376</v>
+      </c>
+      <c r="O30" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B31" t="s">
-        <v>832</v>
+        <v>378</v>
       </c>
       <c r="C31" t="s">
-        <v>833</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>834</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>835</v>
+        <v>379</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>836</v>
+        <v>380</v>
       </c>
       <c r="H31" t="s">
-        <v>837</v>
+        <v>381</v>
+      </c>
+      <c r="I31" t="s">
+        <v>382</v>
+      </c>
+      <c r="J31" t="s">
+        <v>383</v>
+      </c>
+      <c r="K31" t="s">
+        <v>384</v>
+      </c>
+      <c r="L31" t="s">
+        <v>385</v>
+      </c>
+      <c r="M31" t="s">
+        <v>386</v>
+      </c>
+      <c r="N31" t="s">
+        <v>387</v>
+      </c>
+      <c r="O31" t="s">
+        <v>388</v>
+      </c>
+      <c r="P31" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>390</v>
+      </c>
+      <c r="R31" t="s">
+        <v>391</v>
+      </c>
+      <c r="S31" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
-        <v>838</v>
+        <v>393</v>
       </c>
       <c r="C32" t="s">
-        <v>839</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>840</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>841</v>
+        <v>379</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>842</v>
+        <v>394</v>
       </c>
       <c r="H32" t="s">
-        <v>843</v>
+        <v>395</v>
+      </c>
+      <c r="I32" t="s">
+        <v>396</v>
+      </c>
+      <c r="J32" t="s">
+        <v>397</v>
+      </c>
+      <c r="K32" t="s">
+        <v>398</v>
+      </c>
+      <c r="L32" t="s">
+        <v>399</v>
+      </c>
+      <c r="M32" t="s">
+        <v>400</v>
+      </c>
+      <c r="N32" t="s">
+        <v>401</v>
+      </c>
+      <c r="O32" t="s">
+        <v>402</v>
+      </c>
+      <c r="P32" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>404</v>
+      </c>
+      <c r="R32" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B33" t="s">
-        <v>844</v>
+        <v>406</v>
       </c>
       <c r="C33" t="s">
-        <v>845</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>846</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>847</v>
+        <v>379</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>848</v>
+        <v>407</v>
       </c>
       <c r="H33" t="s">
-        <v>849</v>
+        <v>408</v>
+      </c>
+      <c r="I33" t="s">
+        <v>409</v>
+      </c>
+      <c r="J33" t="s">
+        <v>410</v>
+      </c>
+      <c r="K33" t="s">
+        <v>411</v>
+      </c>
+      <c r="L33" t="s">
+        <v>412</v>
+      </c>
+      <c r="M33" t="s">
+        <v>413</v>
+      </c>
+      <c r="N33" t="s">
+        <v>414</v>
+      </c>
+      <c r="O33" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>850</v>
+        <v>416</v>
       </c>
       <c r="C34" t="s">
-        <v>851</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>852</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>853</v>
+        <v>417</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>854</v>
+        <v>418</v>
       </c>
       <c r="H34" t="s">
-        <v>855</v>
+        <v>419</v>
+      </c>
+      <c r="I34" t="s">
+        <v>420</v>
+      </c>
+      <c r="J34" t="s">
+        <v>211</v>
+      </c>
+      <c r="K34" t="s">
+        <v>421</v>
+      </c>
+      <c r="L34" t="s">
+        <v>422</v>
+      </c>
+      <c r="M34" t="s">
+        <v>423</v>
+      </c>
+      <c r="N34" t="s">
+        <v>424</v>
+      </c>
+      <c r="O34" t="s">
+        <v>425</v>
+      </c>
+      <c r="P34" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>856</v>
+        <v>427</v>
       </c>
       <c r="C35" t="s">
-        <v>857</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>858</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>859</v>
+        <v>428</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>860</v>
+        <v>429</v>
       </c>
       <c r="H35" t="s">
-        <v>861</v>
+        <v>430</v>
+      </c>
+      <c r="I35" t="s">
+        <v>431</v>
+      </c>
+      <c r="J35" t="s">
+        <v>432</v>
+      </c>
+      <c r="K35" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
-        <v>862</v>
+        <v>434</v>
       </c>
       <c r="C36" t="s">
-        <v>863</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>864</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>865</v>
+        <v>435</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>866</v>
+        <v>436</v>
       </c>
       <c r="H36" t="s">
-        <v>867</v>
+        <v>437</v>
+      </c>
+      <c r="I36" t="s">
+        <v>438</v>
+      </c>
+      <c r="J36" t="s">
+        <v>439</v>
+      </c>
+      <c r="K36" t="s">
+        <v>440</v>
+      </c>
+      <c r="L36" t="s">
+        <v>441</v>
+      </c>
+      <c r="M36" t="s">
+        <v>442</v>
+      </c>
+      <c r="N36" t="s">
+        <v>443</v>
+      </c>
+      <c r="O36" t="s">
+        <v>444</v>
+      </c>
+      <c r="P36" t="s">
+        <v>445</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>446</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B37" t="s">
-        <v>868</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
-        <v>869</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>870</v>
+        <v>448</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>871</v>
+        <v>449</v>
       </c>
       <c r="H37" t="s">
-        <v>872</v>
+        <v>450</v>
+      </c>
+      <c r="I37" t="s">
+        <v>451</v>
+      </c>
+      <c r="J37" t="s">
+        <v>452</v>
+      </c>
+      <c r="K37" t="s">
+        <v>453</v>
+      </c>
+      <c r="L37" t="s">
+        <v>454</v>
+      </c>
+      <c r="M37" t="s">
+        <v>455</v>
+      </c>
+      <c r="N37" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
-        <v>873</v>
+        <v>457</v>
       </c>
       <c r="C38" t="s">
-        <v>874</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>852</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>875</v>
+        <v>458</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>876</v>
+        <v>459</v>
       </c>
       <c r="H38" t="s">
-        <v>877</v>
+        <v>460</v>
+      </c>
+      <c r="I38" t="s">
+        <v>461</v>
+      </c>
+      <c r="J38" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" t="s">
+        <v>462</v>
+      </c>
+      <c r="L38" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B39" t="s">
-        <v>878</v>
+        <v>464</v>
       </c>
       <c r="C39" t="s">
-        <v>879</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>880</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>881</v>
+        <v>465</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>882</v>
+        <v>466</v>
       </c>
       <c r="H39" t="s">
-        <v>883</v>
+        <v>467</v>
+      </c>
+      <c r="I39" t="s">
+        <v>468</v>
+      </c>
+      <c r="J39" t="s">
+        <v>337</v>
+      </c>
+      <c r="K39" t="s">
+        <v>469</v>
+      </c>
+      <c r="L39" t="s">
+        <v>470</v>
+      </c>
+      <c r="M39" t="s">
+        <v>471</v>
+      </c>
+      <c r="N39" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
-        <v>596</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
-        <v>884</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>885</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>886</v>
+        <v>474</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>887</v>
+        <v>475</v>
       </c>
       <c r="H40" t="s">
-        <v>888</v>
+        <v>476</v>
+      </c>
+      <c r="I40" t="s">
+        <v>477</v>
+      </c>
+      <c r="J40" t="s">
+        <v>478</v>
+      </c>
+      <c r="K40" t="s">
+        <v>479</v>
+      </c>
+      <c r="L40" t="s">
+        <v>480</v>
+      </c>
+      <c r="M40" t="s">
+        <v>481</v>
+      </c>
+      <c r="N40" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
-        <v>889</v>
+        <v>483</v>
       </c>
       <c r="C41" t="s">
-        <v>890</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>891</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>892</v>
+        <v>484</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>893</v>
+        <v>485</v>
       </c>
       <c r="H41" t="s">
-        <v>894</v>
+        <v>486</v>
+      </c>
+      <c r="I41" t="s">
+        <v>487</v>
+      </c>
+      <c r="J41" t="s">
+        <v>488</v>
+      </c>
+      <c r="K41" t="s">
+        <v>489</v>
+      </c>
+      <c r="L41" t="s">
+        <v>490</v>
+      </c>
+      <c r="M41" t="s">
+        <v>491</v>
+      </c>
+      <c r="N41" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
-        <v>895</v>
+        <v>493</v>
       </c>
       <c r="C42" t="s">
-        <v>896</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>897</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>898</v>
+        <v>494</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>899</v>
+        <v>495</v>
       </c>
       <c r="H42" t="s">
-        <v>900</v>
+        <v>496</v>
+      </c>
+      <c r="I42" t="s">
+        <v>497</v>
+      </c>
+      <c r="J42" t="s">
+        <v>439</v>
+      </c>
+      <c r="K42" t="s">
+        <v>498</v>
+      </c>
+      <c r="L42" t="s">
+        <v>499</v>
+      </c>
+      <c r="M42" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
-        <v>901</v>
+        <v>501</v>
       </c>
       <c r="C43" t="s">
-        <v>902</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>903</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>904</v>
+        <v>494</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>905</v>
+        <v>502</v>
       </c>
       <c r="H43" t="s">
-        <v>906</v>
+        <v>503</v>
+      </c>
+      <c r="I43" t="s">
+        <v>504</v>
+      </c>
+      <c r="J43" t="s">
+        <v>505</v>
+      </c>
+      <c r="K43" t="s">
+        <v>506</v>
+      </c>
+      <c r="L43" t="s">
+        <v>507</v>
+      </c>
+      <c r="M43" t="s">
+        <v>508</v>
+      </c>
+      <c r="N43" t="s">
+        <v>509</v>
+      </c>
+      <c r="O43" t="s">
+        <v>510</v>
+      </c>
+      <c r="P43" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>512</v>
+      </c>
+      <c r="R43" t="s">
+        <v>513</v>
+      </c>
+      <c r="S43" t="s">
+        <v>514</v>
+      </c>
+      <c r="T43" t="s">
+        <v>515</v>
+      </c>
+      <c r="U43" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
-        <v>907</v>
+        <v>517</v>
       </c>
       <c r="C44" t="s">
-        <v>908</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>909</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>910</v>
+        <v>518</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>911</v>
+        <v>519</v>
       </c>
       <c r="H44" t="s">
-        <v>912</v>
+        <v>520</v>
+      </c>
+      <c r="I44" t="s">
+        <v>521</v>
+      </c>
+      <c r="J44" t="s">
+        <v>116</v>
+      </c>
+      <c r="K44" t="s">
+        <v>522</v>
+      </c>
+      <c r="L44" t="s">
+        <v>523</v>
+      </c>
+      <c r="M44" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B45" t="s">
-        <v>913</v>
+        <v>525</v>
       </c>
       <c r="C45" t="s">
-        <v>914</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>915</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>916</v>
+        <v>526</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>917</v>
+        <v>527</v>
       </c>
       <c r="H45" t="s">
-        <v>918</v>
+        <v>528</v>
+      </c>
+      <c r="I45" t="s">
+        <v>529</v>
+      </c>
+      <c r="J45" t="s">
+        <v>530</v>
+      </c>
+      <c r="K45" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
-        <v>919</v>
+        <v>532</v>
       </c>
       <c r="C46" t="s">
-        <v>920</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>921</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>922</v>
+        <v>533</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>923</v>
+        <v>534</v>
       </c>
       <c r="H46" t="s">
-        <v>924</v>
+        <v>535</v>
+      </c>
+      <c r="I46" t="s">
+        <v>536</v>
+      </c>
+      <c r="J46" t="s">
+        <v>537</v>
+      </c>
+      <c r="K46" t="s">
+        <v>538</v>
+      </c>
+      <c r="L46" t="s">
+        <v>539</v>
+      </c>
+      <c r="M46" t="s">
+        <v>540</v>
+      </c>
+      <c r="N46" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B47" t="s">
+        <v>542</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>543</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>544</v>
+      </c>
+      <c r="H47" t="s">
+        <v>545</v>
+      </c>
+      <c r="I47" t="s">
+        <v>546</v>
+      </c>
+      <c r="J47" t="s">
+        <v>167</v>
+      </c>
+      <c r="K47" t="s">
+        <v>547</v>
+      </c>
+      <c r="L47" t="s">
+        <v>548</v>
+      </c>
+      <c r="M47" t="s">
+        <v>549</v>
+      </c>
+      <c r="N47" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>73</v>
+      </c>
+      <c r="B48" t="s">
+        <v>551</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>543</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>552</v>
+      </c>
+      <c r="H48" t="s">
+        <v>553</v>
+      </c>
+      <c r="I48" t="s">
+        <v>554</v>
+      </c>
+      <c r="J48" t="s">
+        <v>211</v>
+      </c>
+      <c r="K48" t="s">
+        <v>555</v>
+      </c>
+      <c r="L48" t="s">
+        <v>556</v>
+      </c>
+      <c r="M48" t="s">
+        <v>557</v>
+      </c>
+      <c r="N48" t="s">
+        <v>558</v>
+      </c>
+      <c r="O48" t="s">
+        <v>559</v>
+      </c>
+      <c r="P48" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" t="s">
+        <v>561</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>562</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>563</v>
+      </c>
+      <c r="H49" t="s">
+        <v>564</v>
+      </c>
+      <c r="I49" t="s">
+        <v>565</v>
+      </c>
+      <c r="J49" t="s">
+        <v>116</v>
+      </c>
+      <c r="K49" t="s">
+        <v>566</v>
+      </c>
+      <c r="L49" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>73</v>
+      </c>
+      <c r="B50" t="s">
+        <v>568</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>569</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>570</v>
+      </c>
+      <c r="H50" t="s">
+        <v>571</v>
+      </c>
+      <c r="I50" t="s">
+        <v>572</v>
+      </c>
+      <c r="J50" t="s">
+        <v>573</v>
+      </c>
+      <c r="K50" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>575</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>576</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>577</v>
+      </c>
+      <c r="H51" t="s">
+        <v>578</v>
+      </c>
+      <c r="I51" t="s">
+        <v>579</v>
+      </c>
+      <c r="J51" t="s">
+        <v>580</v>
+      </c>
+      <c r="K51" t="s">
+        <v>581</v>
+      </c>
+      <c r="L51" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B52" t="s">
+        <v>583</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>584</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>585</v>
+      </c>
+      <c r="H52" t="s">
+        <v>586</v>
+      </c>
+      <c r="I52" t="s">
+        <v>587</v>
+      </c>
+      <c r="J52" t="s">
+        <v>588</v>
+      </c>
+      <c r="K52" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>73</v>
+      </c>
+      <c r="B53" t="s">
+        <v>590</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>591</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>592</v>
+      </c>
+      <c r="H53" t="s">
+        <v>593</v>
+      </c>
+      <c r="I53" t="s">
+        <v>594</v>
+      </c>
+      <c r="J53" t="s">
+        <v>595</v>
+      </c>
+      <c r="K53" t="s">
+        <v>596</v>
+      </c>
+      <c r="L53" t="s">
+        <v>597</v>
+      </c>
+      <c r="M53" t="s">
+        <v>598</v>
+      </c>
+      <c r="N53" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>73</v>
+      </c>
+      <c r="B54" t="s">
+        <v>600</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>601</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>602</v>
+      </c>
+      <c r="H54" t="s">
+        <v>603</v>
+      </c>
+      <c r="I54" t="s">
+        <v>604</v>
+      </c>
+      <c r="J54" t="s">
+        <v>605</v>
+      </c>
+      <c r="K54" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" t="s">
+        <v>607</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>608</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>609</v>
+      </c>
+      <c r="H55" t="s">
+        <v>610</v>
+      </c>
+      <c r="I55" t="s">
+        <v>611</v>
+      </c>
+      <c r="J55" t="s">
+        <v>612</v>
+      </c>
+      <c r="K55" t="s">
+        <v>613</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...221 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>