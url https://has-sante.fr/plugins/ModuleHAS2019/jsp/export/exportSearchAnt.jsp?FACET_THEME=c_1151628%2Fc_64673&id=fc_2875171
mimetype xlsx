--- v2 (2026-01-21)
+++ v3 (2026-03-07)
@@ -1,1963 +1,8164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4233" uniqueCount="2672">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...2 lines deleted...]
-    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Recueillir le point de vue des personnes âgées atteintes de troubles neurocognitifs modérés à sévères en ESSMS</t>
+  </si>
+  <si>
+    <t>Apporter aux professionnels des ESSMS des méthodes pour la mise en œuvre de la démarche de recueil du point de vue des personnes qu’ils accompagnent.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2026 17:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809204/fr/recueillir-le-point-de-vue-des-personnes-agees-atteintes-de-troubles-neurocognitifs-moderes-a-severes-en-essms</t>
+  </si>
+  <si>
+    <t>p_3809204</t>
+  </si>
+  <si>
+    <t>Services d’aide et de soins à domicile : accompagnement des personnes atteintes de maladie neurodégénérative</t>
+  </si>
+  <si>
+    <t>La HAS publie quatre guides à destination des professionnels intervenant à domicile pour accompagner les personnes atteintes de maladie neurodégénérative. Il s'agit en particulier de patients touchés par les maladies d’Alzheimer, de Parkinson, à Corps de Lewy ou concernés par des démences fronto-temporales ou par la sclérose en plaques.</t>
+  </si>
+  <si>
+    <t>06/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2020 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
+  </si>
+  <si>
+    <t>p_3193048</t>
+  </si>
+  <si>
+    <t>Recueillir le point de vue des personnes hébergées ou accueillies en EHPAD</t>
+  </si>
+  <si>
+    <t>Ce guide propose différentes approches et techniques afin de diversifier les modes de recueil et de valorisation du point de vue des résidents en EHPAD quant aux accompagnements et soins qui leur sont destinés.</t>
+  </si>
+  <si>
+    <t>08/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463827/fr/recueillir-le-point-de-vue-des-personnes-hebergees-ou-accueillies-en-ehpad</t>
+  </si>
+  <si>
+    <t>p_3463827</t>
+  </si>
+  <si>
+    <t>Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent - Programme pluriannuel de travail - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Recueillir le point de vue des personnes concernées est une condition essentielle et un enjeu majeur en termes d’amélioration de l’accompagnement par les établissements et services sociaux et médico-sociaux (ESSMS).</t>
+  </si>
+  <si>
+    <t>23/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2022 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394677/fr/soutenir-les-etablissements-et-services-sociaux-et-medico-sociaux-dans-le-recueil-du-point-de-vue-des-personnes-qu-ils-accompagnent-programme-pluriannuel-de-travail-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3394677</t>
+  </si>
+  <si>
+    <t>La participation des personnes concernées à l’élaboration des recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>La Commission de l'évaluation et de l'amélioration de la qualité des établissements et services sociaux et médico-sociaux (CSMS) adapte ses méthodes pour produire des contributions permettant d’éclairer les pratiques en temps de crise. Une méthode a été définie en sept étapes. Elle privilégie la collaboration des acteurs (HAS, professionnels, associations).</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381211/fr/la-participation-des-personnes-concernees-a-l-elaboration-des-recommandations-de-bonnes-pratiques-professionnelles-pour-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3381211</t>
+  </si>
+  <si>
+    <t>Bioprothèses valvulaires cardiaques - Référentiel</t>
+  </si>
+  <si>
+    <t>L’arrêté du 28 novembre 2013 a fixé les bioprothèses valvulaires cardiaques comme devant faire l’objet d’une évaluation par la CNEDiMTS en vue leur inscription sur la liste prévue à l’article L.165-11 du code de la sécurité sociale. Une inscription sous forme de nom de marque a été envisagée. Dans ce contexte la CNEDiMTS a décidé de produire un référentiel faisant état des données attendues pour l’inscription des dispositifs sur cette liste prévue à l’article L.165-11 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>26/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598463/fr/bioprotheses-valvulaires-cardiaques-referentiel</t>
+  </si>
+  <si>
+    <t>c_2598463</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>TELECOMMANDE PATIENT INFINITY</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730068/fr/telecommande-patient-infinity</t>
+  </si>
+  <si>
+    <t>p_3730068</t>
+  </si>
+  <si>
+    <t>Télécommande patient pour système de  stimulation cérébrale profonde INFINITY</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>TRIDENT X3</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 14:55:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701515/fr/trident-x3</t>
+  </si>
+  <si>
+    <t>p_3701515</t>
+  </si>
+  <si>
+    <t>Insert en polyéthylène hautement réticulé</t>
+  </si>
+  <si>
+    <t>STRYKER (France)</t>
+  </si>
+  <si>
+    <t>VERCISE GENUS P32</t>
+  </si>
+  <si>
+    <t>21/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704149/fr/vercise-genus-p32</t>
+  </si>
+  <si>
+    <t>p_3704149</t>
+  </si>
+  <si>
+    <t>Système non rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>VERCISE GENUS R32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704155/fr/vercise-genus-r32</t>
+  </si>
+  <si>
+    <t>p_3704155</t>
+  </si>
+  <si>
+    <t>Système rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>VERCISE GENUS R16</t>
+  </si>
+  <si>
+    <t>11/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601872/fr/vercise-genus-r16</t>
+  </si>
+  <si>
+    <t>p_3601872</t>
+  </si>
+  <si>
+    <t>Système de stimulation cérébrale profonde  rechargeable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>VERCISE</t>
+  </si>
+  <si>
+    <t>25/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601875/fr/vercise</t>
+  </si>
+  <si>
+    <t>p_3601875</t>
+  </si>
+  <si>
+    <t>Electrode conventionnelle (standard ou non  directionnelle pour stimulation cérébrale  profonde)</t>
+  </si>
+  <si>
+    <t>VERCISE GENUS P16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601878/fr/vercise-genus-p16</t>
+  </si>
+  <si>
+    <t>p_3601878</t>
+  </si>
+  <si>
+    <t>Système de stimulation cérébrale profonde  non rechargeable</t>
+  </si>
+  <si>
+    <t>RM PRESSFIT VITAMYS</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601884/fr/rm-pressfit-vitamys</t>
+  </si>
+  <si>
+    <t>p_3601884</t>
+  </si>
+  <si>
+    <t>Cotyle monobloc sans ciment en polyéthylène  hautement réticulé</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE</t>
+  </si>
+  <si>
+    <t>ACTIVA RC</t>
+  </si>
+  <si>
+    <t>08/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 14:57:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552132/fr/activa-rc</t>
+  </si>
+  <si>
+    <t>p_3552132</t>
+  </si>
+  <si>
+    <t>Système rechargeable double canal pour stimulation cérébrale profonde (SCP)</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>LEGACY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552135/fr/legacy</t>
+  </si>
+  <si>
+    <t>p_3552135</t>
+  </si>
+  <si>
+    <t>Kit d’extensions pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>ACTIVA SC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552138/fr/activa-sc</t>
+  </si>
+  <si>
+    <t>p_3552138</t>
+  </si>
+  <si>
+    <t>Système de stimulation cérébrale profonde simple canal non rechargeable</t>
+  </si>
+  <si>
+    <t>PERCEPT RC</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3533057/fr/percept-rc</t>
+  </si>
+  <si>
+    <t>p_3533057</t>
+  </si>
+  <si>
+    <t>Système rechargeable double canal de stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>MEDTRONIC (France)</t>
+  </si>
+  <si>
+    <t>EDWARDS SAPIEN 3</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502975/fr/edwards-sapien-3</t>
+  </si>
+  <si>
+    <t>p_3502975</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>EVOLUT FX</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492674/fr/evolut-fx</t>
+  </si>
+  <si>
+    <t>p_3492674</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS (France)</t>
+  </si>
+  <si>
+    <t>PRESAGE CARE</t>
+  </si>
+  <si>
+    <t>07/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2023 10:29:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471729/fr/presage-care</t>
+  </si>
+  <si>
+    <t>p_3471729</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>PRESAGE</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>27/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/07/2023 16:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451391/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3451391</t>
+  </si>
+  <si>
+    <t>Système non rechargeable double canal pour stimulation cérébrale profonde (SCP)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451400/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3451400</t>
+  </si>
+  <si>
+    <t>Télécommande patient pour système non rechargeable double canal pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>CARPENTIER-EDWARDS PERIMOUNT MAGNA MITRAL EASE 7300TFX</t>
+  </si>
+  <si>
+    <t>18/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2022 08:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381573/fr/carpentier-edwards-perimount-magna-mitral-ease-7300tfx</t>
+  </si>
+  <si>
+    <t>p_3381573</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire mitrale avec armature</t>
+  </si>
+  <si>
+    <t>MOSAIC MITRAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382486/fr/mosaic-mitral</t>
+  </si>
+  <si>
+    <t>p_3382486</t>
+  </si>
+  <si>
+    <t>VERCISE GEVIA</t>
+  </si>
+  <si>
+    <t>21/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2022 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349494/fr/vercise-gevia</t>
+  </si>
+  <si>
+    <t>p_3349494</t>
+  </si>
+  <si>
+    <t>Stimulateur rechargeable pour stimulation  cérébrale profonde</t>
+  </si>
+  <si>
+    <t>MEDIPAC</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:07:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346401/fr/medipac</t>
+  </si>
+  <si>
+    <t>p_3346401</t>
+  </si>
+  <si>
+    <t>Pilulier sécurisé en pharmacie par une  application web</t>
+  </si>
+  <si>
+    <t>MEDISSIMO (France)</t>
+  </si>
+  <si>
+    <t>LONGEVITY</t>
+  </si>
+  <si>
+    <t>24/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:04:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341333/fr/longevity</t>
+  </si>
+  <si>
+    <t>p_3341333</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2022 10:18:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333928/fr/vercise-genus-p16</t>
+  </si>
+  <si>
+    <t>p_3333928</t>
+  </si>
+  <si>
+    <t>Système non rechargeable pour stimulation  cérébrale profonde</t>
+  </si>
+  <si>
+    <t>VERCISE PC (ÉLECTRODE CONVENTIONNELLE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333931/fr/vercise-pc-electrode-conventionnelle</t>
+  </si>
+  <si>
+    <t>p_3333931</t>
+  </si>
+  <si>
+    <t>Électrode conventionnelle (standard ou non  directionnelle) pour stimulation cérébrale  profonde</t>
+  </si>
+  <si>
+    <t>VERCISE PC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333934/fr/vercise-pc</t>
+  </si>
+  <si>
+    <t>p_3333934</t>
+  </si>
+  <si>
+    <t>VERCISE CARTESIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333940/fr/vercise-cartesia</t>
+  </si>
+  <si>
+    <t>p_3333940</t>
+  </si>
+  <si>
+    <t>Électrode directionnelle pour stimulation  cérébrale profonde</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333943/fr/vercise-genus-r16</t>
+  </si>
+  <si>
+    <t>p_3333943</t>
+  </si>
+  <si>
+    <t>Système rechargeable pour stimulation  cérébrale profonde</t>
+  </si>
+  <si>
+    <t>29/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:12:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331605/fr/activa-sc</t>
+  </si>
+  <si>
+    <t>p_3331605</t>
+  </si>
+  <si>
+    <t>Stimulateur non rechargeable simple canal pour stimulation  cérébrale profonde (SCP)</t>
+  </si>
+  <si>
+    <t>INSERTS XLPE</t>
+  </si>
+  <si>
+    <t>15/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 09:12:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323286/fr/inserts-xlpe</t>
+  </si>
+  <si>
+    <t>p_3323286</t>
+  </si>
+  <si>
+    <t>Inserts en polyéthylène hautement réticulé</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>INSERT VIVACIT-E</t>
+  </si>
+  <si>
+    <t>01/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:00:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322769/fr/insert-vivacit-e</t>
+  </si>
+  <si>
+    <t>p_3322769</t>
+  </si>
+  <si>
+    <t>Insert en polyéthylène hautement réticulé enrichi en vitamine E</t>
+  </si>
+  <si>
+    <t>SENSIGHT</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 10:54:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289350/fr/sensight</t>
+  </si>
+  <si>
+    <t>p_3289350</t>
+  </si>
+  <si>
+    <t>Electrodes directionnelles et extensions de stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>EVOLUT PRO+</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280969/fr/evolut-pro</t>
+  </si>
+  <si>
+    <t>p_3280969</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par  voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242540/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3242540</t>
+  </si>
+  <si>
+    <t>Système non rechargeable double canal pour stimulation cérébrale  profonde (SCP)</t>
+  </si>
+  <si>
+    <t>LIBRA</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242553/fr/libra</t>
+  </si>
+  <si>
+    <t>p_3242553</t>
+  </si>
+  <si>
+    <t>Electrodes et extensions pour stimulation cérébrale profonde (SCP)</t>
+  </si>
+  <si>
+    <t>22/01/2021 16:02:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232607/fr/rm-pressfit-vitamys</t>
+  </si>
+  <si>
+    <t>p_3232607</t>
+  </si>
+  <si>
+    <t>Cotyle monobloc sans ciment en polyéthylène hautement réticulé</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S</t>
+  </si>
+  <si>
+    <t>06/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225428/fr/trident-x3</t>
+  </si>
+  <si>
+    <t>p_3225428</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS</t>
+  </si>
+  <si>
+    <t>BRIO</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 08:21:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223300/fr/brio</t>
+  </si>
+  <si>
+    <t>p_3223300</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT R</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2020 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196685/fr/corevalve-evolut-r</t>
+  </si>
+  <si>
+    <t>p_3196685</t>
+  </si>
+  <si>
+    <t>Bioprothèses valvulaires aortiques implantées par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT PRO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196688/fr/corevalve-evolut-pro</t>
+  </si>
+  <si>
+    <t>p_3196688</t>
+  </si>
+  <si>
+    <t>ACRYSOF IQ TORIC</t>
+  </si>
+  <si>
+    <t>30/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2020 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195264/fr/acrysof-iq-toric</t>
+  </si>
+  <si>
+    <t>p_3195264</t>
+  </si>
+  <si>
+    <t>Lentille intraoculaire monofocale torique</t>
+  </si>
+  <si>
+    <t>LABORATOIRES ALCON</t>
+  </si>
+  <si>
+    <t>SYSTÈME EDWARDS SAPIEN 3 MODÈLE 9600 TFX IMPLANTABLE PAR VOIE TRANSFÉMORALE (SYSTÈME DE MISE EN PLACE COMMANDER)</t>
+  </si>
+  <si>
+    <t>07/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183512/fr/systeme-edwards-sapien-3-modele-9600-tfx-implantable-par-voie-transfemorale-systeme-de-mise-en-place-commander</t>
+  </si>
+  <si>
+    <t>p_3183512</t>
+  </si>
+  <si>
+    <t>TÉLÉCOMMANDE PATIENT ACTIVA RC</t>
+  </si>
+  <si>
+    <t>11/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2020 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160945/fr/telecommande-patient-activa-rc</t>
+  </si>
+  <si>
+    <t>p_3160945</t>
+  </si>
+  <si>
+    <t>Télécommande patient pour système de stimulation cérébrale profonde ACTIVA RC</t>
+  </si>
+  <si>
+    <t>TÉLÉCOMMANDE PATIENT ACTIVA SC</t>
+  </si>
+  <si>
+    <t>11/03/2020 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152287/fr/telecommande-patient-activa-sc</t>
+  </si>
+  <si>
+    <t>p_3152287</t>
+  </si>
+  <si>
+    <t>ACTIVA PC</t>
+  </si>
+  <si>
+    <t>28/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160920/fr/activa-pc</t>
+  </si>
+  <si>
+    <t>p_3160920</t>
+  </si>
+  <si>
+    <t>Stimulateur cérébral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160923/fr/activa-sc</t>
+  </si>
+  <si>
+    <t>p_3160923</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160939/fr/activa-rc</t>
+  </si>
+  <si>
+    <t>p_3160939</t>
+  </si>
+  <si>
+    <t>TÉLÉCOMMANDE PATIENT ACTIVA PC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160942/fr/telecommande-patient-activa-pc</t>
+  </si>
+  <si>
+    <t>p_3160942</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148132/fr/vercise</t>
+  </si>
+  <si>
+    <t>p_3148132</t>
+  </si>
+  <si>
+    <t>CAPTIV DM - EVIDENCE Ti/HAC</t>
+  </si>
+  <si>
+    <t>21/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067081/fr/captiv-dm-evidence-ti/hac</t>
+  </si>
+  <si>
+    <t>p_3067081</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène conventionnel</t>
+  </si>
+  <si>
+    <t>sté EVOLUTIS</t>
+  </si>
+  <si>
+    <t>CAPITOLE - EVIDENCE (à cimenter)</t>
+  </si>
+  <si>
+    <t>09/07/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067083/fr/capitole-evidence-a-cimenter</t>
+  </si>
+  <si>
+    <t>p_3067083</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule cimentée et d’un insert en polyéthylène conventionnel</t>
+  </si>
+  <si>
+    <t>04/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2018 09:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873538/fr/corevalve-evolut-pro</t>
+  </si>
+  <si>
+    <t>c_2873538</t>
+  </si>
+  <si>
+    <t>bioprothèse valvulaire aortique implantée par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873541/fr/corevalve-evolut-r</t>
+  </si>
+  <si>
+    <t>c_2873541</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT AOA</t>
+  </si>
+  <si>
+    <t>10/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2018 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863322/fr/corevalve-evolut-aoa</t>
+  </si>
+  <si>
+    <t>c_2863322</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863334/fr/corevalve-evolut-pro</t>
+  </si>
+  <si>
+    <t>c_2863334</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864735/fr/corevalve-evolut-r</t>
+  </si>
+  <si>
+    <t>c_2864735</t>
+  </si>
+  <si>
+    <t>système rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2017 13:45:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786065/fr/vercise-gevia</t>
+  </si>
+  <si>
+    <t>c_2786065</t>
+  </si>
+  <si>
+    <t>HEARTMATE 3</t>
+  </si>
+  <si>
+    <t>DACM à débit continu électrique intracorporel</t>
+  </si>
+  <si>
+    <t>30/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2017 10:20:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774802/fr/heartmate-3</t>
+  </si>
+  <si>
+    <t>c_2774802</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Siège coquille de série : phase contradictoire avis de projet JO du 2 août 2016</t>
+  </si>
+  <si>
+    <t>Siège coquille de série</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2016 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725612/fr/siege-coquille-de-serie-phase-contradictoire-avis-de-projet-jo-du-2-aout-2016</t>
+  </si>
+  <si>
+    <t>c_2725612</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>Stimulateur cérébral Stimulateur cérébral</t>
+  </si>
+  <si>
+    <t>20/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2016 09:04:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671205/fr/vercise-cartesia</t>
+  </si>
+  <si>
+    <t>c_2671205</t>
+  </si>
+  <si>
+    <t>19/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2016 11:41:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630022/fr/infinity</t>
+  </si>
+  <si>
+    <t>c_2630022</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/02/2016 17:59:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610787/fr/vercise-pc</t>
+  </si>
+  <si>
+    <t>c_2610787</t>
+  </si>
+  <si>
+    <t>PROTIBIS</t>
+  </si>
+  <si>
+    <t>23/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611680/fr/protibis</t>
+  </si>
+  <si>
+    <t>c_2611680</t>
+  </si>
+  <si>
+    <t>SOLIDAGES</t>
+  </si>
+  <si>
+    <t>Systèmes de stimulation cérébrale profonde figurant à la liste des produits et prestations mentionnée à l’article L. 165-1 du code de la sécurité sociale (chapitre 4 du titre III de la LPP)</t>
+  </si>
+  <si>
+    <t>20/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2015 12:08:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2584599/fr/systemes-de-stimulation-cerebrale-profonde-figurant-a-la-liste-des-produits-et-prestations-mentionnee-a-l-article-l-165-1-du-code-de-la-securite-sociale-chapitre-4-du-titre-iii-de-la-lpp</t>
+  </si>
+  <si>
+    <t>c_2584599</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>10/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2015 10:13:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013180/fr/activa-pc</t>
+  </si>
+  <si>
+    <t>c_2013180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013183/fr/activa-sc</t>
+  </si>
+  <si>
+    <t>c_2013183</t>
+  </si>
+  <si>
+    <t>15/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>29/08/2014 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757148/fr/vercise</t>
+  </si>
+  <si>
+    <t>c_1757148</t>
+  </si>
+  <si>
+    <t>XILOIAL MONO</t>
+  </si>
+  <si>
+    <t>Solution stérile pour irrigation oculaire</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672024/fr/xiloial-mono</t>
+  </si>
+  <si>
+    <t>c_1672024</t>
+  </si>
+  <si>
+    <t>Laboratoires LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>XILOIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672027/fr/xiloial</t>
+  </si>
+  <si>
+    <t>c_1672027</t>
+  </si>
+  <si>
+    <t>LIBRA  - 28 juin 2011 (3726) avis</t>
+  </si>
+  <si>
+    <t>Système pour stimulation cérébrale profonde NEUROLOGIE – Nouveau Dispositif Pas d’avantage clinique par rapport au système de stimulation ACTIVA</t>
+  </si>
+  <si>
+    <t>28/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2011 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1063862/fr/libra-28-juin-2011-3726-avis</t>
+  </si>
+  <si>
+    <t>c_1063862</t>
+  </si>
+  <si>
+    <t>ST. JUDE MEDICAL France</t>
+  </si>
+  <si>
+    <t>ACTIVA SC  - 03 mai 2011 (3507) avis</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2011 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034847/fr/activa-sc-03-mai-2011-3507-avis</t>
+  </si>
+  <si>
+    <t>c_1034847</t>
+  </si>
+  <si>
+    <t>MEDTRONIC Inc.</t>
+  </si>
+  <si>
+    <t>Système ACTIVA PC pour stimulation cérébrale profonde  - 07 décembre 2010 (3220) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010197/fr/systeme-activa-pc-pour-stimulation-cerebrale-profonde-07-decembre-2010-3220-avis</t>
+  </si>
+  <si>
+    <t>c_1010197</t>
+  </si>
+  <si>
+    <t>POWERLINK  - 07 décembre 2010 (3096) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010204/fr/powerlink-07-decembre-2010-3096-avis</t>
+  </si>
+  <si>
+    <t>c_1010204</t>
+  </si>
+  <si>
+    <t>LeMaitre Vascular SAS</t>
+  </si>
+  <si>
+    <t>ACTIVA  - 15 juin 2010 (2503) avis</t>
+  </si>
+  <si>
+    <t>Système pour stimulation cérébrale profonde NEUROLOGIE - Mise au point Progrès majeur dans les formes invalidantes de la maladie de Parkinson et de la dystonie primaire généralisée pharmaco-résistante Progrès important dans les tremblements invalidants sévères</t>
+  </si>
+  <si>
+    <t>15/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2010 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958863/fr/activa-15-juin-2010-2503-avis</t>
+  </si>
+  <si>
+    <t>c_958863</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ZENITH FLEX AUI AAA - 01 juin 2010 (2616) avis</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961925/fr/zenith-flex-aui-aaa-01-juin-2010-2616-avis</t>
+  </si>
+  <si>
+    <t>c_961925</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 15 - Maladie d'Alzheimer et autres démences</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2012 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820000/fr/ald-n-15-maladie-d-alzheimer-et-autres-demences</t>
+  </si>
+  <si>
+    <t>c_820000</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Syndrome TEA « Transient Epileptic Amnesia »</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un TEA . Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373665/fr/syndrome-tea-transient-epileptic-amnesia</t>
+  </si>
+  <si>
+    <t>p_3373665</t>
+  </si>
+  <si>
+    <t>ALD n° 16 - Maladie de Parkinson</t>
+  </si>
+  <si>
     <t>09/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/15/2021 09:09:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+    <t>15/09/2021 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546220/fr/ald-n-16-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_546220</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Plan personnalisé de santé (PPS) PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un modèle de plan personnalisé de santé (PPS), à la demande du Ministère des Affaires Sociales et de la Santé, dans le cadre de la mise en œuvre des expérimentations « personnes âgées en risque de perte d’autonomie » (PAERPA).</t>
+  </si>
+  <si>
+    <t>25/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 12:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638463/fr/plan-personnalise-de-sante-pps-paerpa</t>
+  </si>
+  <si>
+    <t>c_1638463</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regarder le replay – Répit des aidants : comment repérer et évaluer pour mieux accompagner?</t>
+  </si>
+  <si>
+    <t>HAS - Les rendez-vous des bonnes pratiques Regarder le replay du wabinaire "Répit des aidants : comment repérer et évaluer pour mieux accompagner ?"</t>
+  </si>
+  <si>
+    <t>03/09/2024 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537045/fr/regarder-le-replay-repit-des-aidants-comment-reperer-et-evaluer-pour-mieux-accompagner</t>
+  </si>
+  <si>
+    <t>p_3537045</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Enquête « Démarches de recueil de la satisfaction des personnes hébergées ou accueillies en EHPAD » : résultats</t>
+  </si>
+  <si>
+    <t>Cette enquête s’est inscrite dans le cadre de l’élaboration d’un guide méthodologique publié par la HAS en septembre 2023 afin de soutenir les établissements dans leur démarche de recueil du point de vue des personnes accueillies et/ou hébergées en EHPAD.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483665/fr/enquete-demarches-de-recueil-de-la-satisfaction-des-personnes-hebergees-ou-accueillies-en-ehpad-resultats</t>
+  </si>
+  <si>
+    <t>p_3483665</t>
+  </si>
+  <si>
+    <t>Recueil de l’expérience et de la satisfaction des personnes en EHPAD et en structures du handicap : résultats de l’enquête pilote</t>
+  </si>
+  <si>
+    <t>Le ministère des Solidarités et de la Santé et le secrétariat d’État chargé des personnes handicapées ont missionné la HAS pour évaluer l’expérience et la satisfaction des personnes âgées résidant en EHPAD, et les personnes en personnes en situation de handicap. Dans cette perspective, la HAS a défini une enquête pilote pour tester la compréhension du questionnaire et les différents modes de recueil. L’objectif vise à envisager les meilleures conditions de son déploiement au niveau national.</t>
+  </si>
+  <si>
+    <t>21/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2021 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276811/fr/recueil-de-l-experience-et-de-la-satisfaction-des-personnes-en-ehpad-et-en-structures-du-handicap-resultats-de-l-enquete-pilote</t>
+  </si>
+  <si>
+    <t>p_3276811</t>
+  </si>
+  <si>
+    <t>Expérimentation article 70</t>
+  </si>
+  <si>
+    <t>L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2).</t>
+  </si>
+  <si>
+    <t>17/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2015 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747548/fr/experimentation-article-70</t>
+  </si>
+  <si>
+    <t>c_1747548</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin »</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin » Outil d'amélioration des pratiques professionnelles - Mis en ligne le 12 février 2026</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858108/fr/flash-securite-patient-fausses-routes-lorsqu-une-petite-boulette-devient-un-tres-gros-pepin</t>
+  </si>
+  <si>
+    <t>p_3858108</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Outil d’identification du besoin d’actualisation d’une recommandation de bonnes pratiques professionnelles (RBPP) pour les secteurs social et médico-social</t>
+  </si>
+  <si>
+    <t>Les évolutions des secteurs social et médico-social peuvent impacter le contenu d’une recommandation et nécessiter d’actualiser tout ou partie de cette dernière. Les professionnels doivent disposer de recommandations fiables sur lesquelles s’appuyer, d’où la nécessité de veiller à ce qu’elles soient à jour. Dans cette perspective, la HAS a élaboré un outil d’identification du besoin d’actualisation d’une recommandation ciblée à destination des acteurs du champ social et médico-social d’une part et des équipes HAS d’autre part.</t>
+  </si>
+  <si>
+    <t>08/11/2024 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555216/fr/outil-d-identification-du-besoin-d-actualisation-d-une-recommandation-de-bonnes-pratiques-professionnelles-rbpp-pour-les-secteurs-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3555216</t>
+  </si>
+  <si>
+    <t>Dégénérescence maculaire liée à l’âge</t>
+  </si>
+  <si>
+    <t>La dégénérescence maculaire liée à l’âge (DMLA) est une pathologie touchant la zone centrale de l’œil, la macula. Elle survient chez les personnes de plus de 50 ans, chez qui elle constitue la première cause de handicap visuel et sa fréquence augmente avec l’âge pour toucher 25 à 30 % des plus de 75 ans. Pourtant, si elle est repérée précocement, une surveillance et des traitements peuvent être mis en place afin de limiter le handicap visuel et ses conséquences sur la qualité de vie. La HAS a élaboré une fiche mémo sur le dépistage et les traitements de la DMLA à destination des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>08/11/2022 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383781/fr/degenerescence-maculaire-liee-a-l-age</t>
+  </si>
+  <si>
+    <t>p_3383781</t>
+  </si>
+  <si>
+    <t>Covid-19 - Fin de vie des personnes accompagnées par un établissement ou service social ou médico-social</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de Covid-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès. La HAS diffuse donc une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, dans la fin de vie et dans le deuil, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183098/fr/covid-19-fin-de-vie-des-personnes-accompagnees-par-un-etablissement-ou-service-social-ou-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183098</t>
+  </si>
+  <si>
+    <t>Suivi des personnes atteintes de maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides visent à assurer la continuité de la prise en charge des personnes atteintes de la maladie de Parkinson dans le cadre du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178290/fr/suivi-des-personnes-atteintes-de-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>p_3178290</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients souffrant de troubles psychiques</t>
+  </si>
+  <si>
+    <t>La HAS recommande une augmentation progressive des prises en charge en présentiel, en articulation avec une poursuite de certaines prises en charge à distance. Ces dernières doivent notamment être maintenues pour les patients qui présentent des signes de COVID-19 et qui nécessitent un isolement, ou pour ceux qui ont été en contact avec une personne infectée dans les 14 jours précédents… La HAS préconise aussi que les professionnels prennent contact avec les patients, dans une démarche proactive, surtout pour ceux qui ne se sont pas présentés à un rendez-vous ou pour lesquels les rendez-vous ont été annulés.</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188174/fr/prise-en-charge-ambulatoire-des-patients-souffrant-de-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3188174</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse des situations d’anxiolyse et de sédation pour les pratiques palliatives en situation d’accès restreint au midazolam</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des situations de sédations et d’anxiolyse, l’utilisation de l’ensemble des benzodiazépines (dont le clonazépam) comme alternative au midazolam permettra d’éviter le recours au midazolam, en forte tension d’approvisionnement.</t>
+  </si>
+  <si>
+    <t>05/05/2020 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182227/fr/prise-en-charge-medicamenteuse-des-situations-d-anxiolyse-et-de-sedation-pour-les-pratiques-palliatives-en-situation-d-acces-restreint-au-midazolam</t>
+  </si>
+  <si>
+    <t>p_3182227</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients souffrant de pathologies psychiatriques en situation de confinement à leur domicile</t>
+  </si>
+  <si>
+    <t>Préconisations dans le cadre du COVID-19 pour la prise en charge des patients souffrant de pathologies psychiatriques à leur domicile. Ces réponses rapides sont construites en collaboration avec les professionnels de santé et les associations de usagers.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168631/fr/prise-en-charge-des-patients-souffrant-de-pathologies-psychiatriques-en-situation-de-confinement-a-leur-domicile</t>
+  </si>
+  <si>
+    <t>p_3168631</t>
+  </si>
+  <si>
+    <t>Fiche pertinence des soins indications et contre-indications de la chirurgie de la cataracte liée à l’âge</t>
+  </si>
+  <si>
+    <t>Cette fiche pertinence décline les indications et contre-indications de la chirurgie de la cataracte liée à l’âge.</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906983/fr/fiche-pertinence-des-soins-indications-et-contre-indications-de-la-chirurgie-de-la-cataracte-liee-a-l-age</t>
+  </si>
+  <si>
+    <t>c_2906983</t>
+  </si>
+  <si>
+    <t>Le projet personnalisé : une dynamique de parcours d’accompagnement (volet Résidences autonomie)</t>
+  </si>
+  <si>
+    <t>Rappel aux professionnels les principes, les repères et les modalités pratiques pour associer étroitement les personnes à la construction de leur projet, à sa mise en œuvre et enfin à son évaluation.</t>
+  </si>
+  <si>
+    <t>07/03/2019 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908881/fr/le-projet-personnalise-une-dynamique-de-parcours-d-accompagnement-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2908881</t>
+  </si>
+  <si>
+    <t>La Commission de coordination gériatrique en Ehpad - Fiche repère</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère vise à préciser les objectifs, les modalités de mise en œuvre et le fonctionnement de la Commission de coordination gériatrique (CCG), instance chargée d’organiser l’intervention des professionnels, salariés et libéraux au sein des établissements.</t>
+  </si>
+  <si>
+    <t>01/10/2018 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873852/fr/la-commission-de-coordination-geriatrique-en-ehpad-fiche-repere</t>
+  </si>
+  <si>
+    <t>c_2873852</t>
+  </si>
+  <si>
+    <t>Sécurité alimentaire, convivialité et qualité de vie, les champs du possible dans le cadre de la méthode HACCP</t>
+  </si>
+  <si>
+    <t>La qualité de la restauration est essentielle pour la qualité de vie du résident en Ehpad. Si d’un point de vue réglementaire elle doit être conforme aux normes vétérinaires et sanitaires incluant la démarche HACCP, elle offre malgré tout, une grande liberté aux établissements.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873855/fr/securite-alimentaire-convivialite-et-qualite-de-vie-les-champs-du-possible-dans-le-cadre-de-la-methode-haccp</t>
+  </si>
+  <si>
+    <t>c_2873855</t>
+  </si>
+  <si>
+    <t>Normes de sécurité incendie dans les Ehpad (structures J et U) : entre normes et personnalisation des espaces</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère a pour objectif de montrer qu’il est possible de créer un environnement « confortable, rassurant et stimulant » conforme aux dispositions du règlement de sécurité incendie tout en répondant à l’exigence d’un accompagnement de qualité permettant le maintien du lien social du résident, quel que soit son état.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873859/fr/normes-de-securite-incendie-dans-les-ehpad-structures-j-et-u-entre-normes-et-personnalisation-des-espaces</t>
+  </si>
+  <si>
+    <t>c_2873859</t>
+  </si>
+  <si>
+    <t>Le projet personnalisé : une dynamique de parcours d’accompagnement (volet Ehpad)</t>
+  </si>
+  <si>
+    <t>Cette fiche-repère rappelle aux professionnels les principes, les repères et les modalités pratiques pour associer étroitement les personnes, étape par étape, à la construction de leur projet, à sa mise en œuvre et enfin à son évaluation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873864/fr/le-projet-personnalise-une-dynamique-de-parcours-d-accompagnement-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2873864</t>
+  </si>
+  <si>
+    <t>Orthogériatrie et fracture de la hanche</t>
+  </si>
+  <si>
+    <t>L’enjeu est de réduire la morbi-mortalité des fractures de hanche et de permettre au patient âgé opéré de maintenir son statut fonctionnel et sa mobilité, et de retourner vivre dans son lieu de vie antérieur. Ce travail décrit les soins pré et post opératoires dans le cadre d’une organisation orthogériatrique et ses modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801173/fr/orthogeriatrie-et-fracture-de-la-hanche</t>
+  </si>
+  <si>
+    <t>c_2801173</t>
+  </si>
+  <si>
+    <t>Prévenir la dépendance iatrogène liée à l'hospitalisation chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>L’enjeu est de répondre aux besoins spécifiques des patients âgés hospitalisés dans l’ensemble des services hospitaliers, en adaptant les modalités de soins, l’environnement et les organisations hospitalières, afin de réduire les risques de dépendance acquise lors de ces hospitalisations.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801190/fr/prevenir-la-dependance-iatrogene-liee-a-l-hospitalisation-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_2801190</t>
+  </si>
+  <si>
+    <t>Comment réduire les hospitalisations non programmées des résidents des Ehpad</t>
+  </si>
+  <si>
+    <t>L’enjeu est de préciser les interventions et organisations susceptibles de réduire les hospitalisations potentiellement évitables et/ou inappropriées des résidents des Ehpad sans perte de chance pour ces patients.</t>
+  </si>
+  <si>
+    <t>27/07/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049096/fr/comment-reduire-les-hospitalisations-non-programmees-des-residents-des-ehpad</t>
+  </si>
+  <si>
+    <t>c_2049096</t>
+  </si>
+  <si>
+    <t>Prendre en charge une personne âgée polypathologique en soins primaires</t>
+  </si>
+  <si>
+    <t>Retrouvez la fiche Points clés, pour une approche globale centrée sur la personne âgée et sa polypathologie.</t>
+  </si>
+  <si>
+    <t>04/06/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028194/fr/prendre-en-charge-une-personne-agee-polypathologique-en-soins-primaires</t>
+  </si>
+  <si>
+    <t>c_2028194</t>
+  </si>
+  <si>
+    <t>Comment améliorer la qualité et la sécurité des prescriptions de médicaments chez la personne âgée ?</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif de fournir une information afin de sensibiliser tous les acteurs à la nécessité de prévenir la fréquence et la gravité des problèmes de médicaments chez la personne âgée fragile.</t>
+  </si>
+  <si>
+    <t>28/10/2014 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771468/fr/comment-ameliorer-la-qualite-et-la-securite-des-prescriptions-de-medicaments-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_1771468</t>
+  </si>
+  <si>
+    <t>Comment prendre en charge les personnes âgées fragiles en ambulatoire?</t>
+  </si>
+  <si>
+    <t>L'objectif de cette fiche est de présenter des repères et des outils pour modéliser la démarche d’évaluation et la prise en charge des personnes âgées fragiles vivant à domicile. Cette fiche fait suite à la fiche « Comment repérer la fragilité en soins ambulatoires ? »</t>
+  </si>
+  <si>
+    <t>16/01/2014 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718248/fr/comment-prendre-en-charge-les-personnes-agees-fragiles-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1718248</t>
+  </si>
+  <si>
+    <t>Comment réduire les réhospitalisations évitables des personnes âgées ?</t>
+  </si>
+  <si>
+    <t>Cette fiche cherche à préciser les points suivants : * les modalités du repérage des patients à haut risque de réhospitalisation, * la sélection d’interventions ayant un effet durable et un impact potentiellement favorable sur les coûts, * les rôles respectifs de l’équipe de soins primaires et de la coordination d’appui dans le suivi post-sortie, * la définition de la durée de la période de suivi spécifique après la sortie.</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602735/fr/comment-reduire-les-rehospitalisations-evitables-des-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1602735</t>
+  </si>
+  <si>
+    <t>Comment repérer la fragilité en soins ambulatoires ?</t>
+  </si>
+  <si>
+    <t>Cette fiche vise à répondre aux questions qui se posent, en soins ambulatoires, sur l’organisation et les modalités du repérage précoce de la fragilité chez les personnes âgées afin de retarder la dépendance dite « évitable » et de prévenir la survenue d’événements défavorables.</t>
+  </si>
+  <si>
+    <t>28/06/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602970/fr/comment-reperer-la-fragilite-en-soins-ambulatoires</t>
+  </si>
+  <si>
+    <t>c_1602970</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>14 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "[[c_546549][Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée]]" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>02/01/2008 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495743/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>r_1495743</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en gériatrie</t>
+  </si>
+  <si>
+    <t>Un critère d’évaluation de la pratique professionnelle est l’énoncé d’un moyen ou d’un élément permettant de satisfaire une référence, c’est-à-dire une source d’information validée. Cette validation peut être scientifique, réglementaire, éthique (déontologie) ou organisationnelle (procédures). Les critères d’évaluation permettent d’améliorer la pratique professionnelle avec la méthode de l’audit.</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779082/fr/criteres-d-epp-en-geriatrie</t>
+  </si>
+  <si>
+    <t>c_779082</t>
+  </si>
+  <si>
+    <t>Contention physique de la personne âgée</t>
+  </si>
+  <si>
+    <t>Ce guide d’évaluation et d’amélioration des pratiques permet de mieux évaluer le rapport bénéfice/risque des contentions physiques chez les sujets âgés, d’envisager les possibilités de maîtriser les risques et de diminuer sa fréquence d’utilisation.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447526/fr/contention-physique-de-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_447526</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale - note de cadrage</t>
+  </si>
+  <si>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux et personnes employées dans les structures d’exercice libéral, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701698/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701698</t>
+  </si>
+  <si>
+    <t>Vaccin antigrippal FLUARIX : transition du vaccin antigrippal FLUARIX, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant la transition du vaccin antigrippal FLUARIX, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière, suite aux recommandations émises par l’OMS et l’EMA en février et mars 2024, sur le retrait de la souche B/Yamagata des vaccins contre la grippe.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637198/fr/vaccin-antigrippal-fluarix-transition-du-vaccin-antigrippal-fluarix-de-sa-forme-quadrivalente-a-une-forme-trivalente-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>p_3637198</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550892/fr/strategie-de-vaccination-contre-les-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus-place-du-vaccin-mresvia-moderna</t>
+  </si>
+  <si>
+    <t>p_3550892</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination saisonnière des sujets âgés de 75 ans et plus et chez les sujets âgés de 65 ans et plus présentant des pathologies respiratoires chroniques (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d'une infection à VRS. Les vaccins Arexvy et Abrysvo peuvent être utilisés dans le cadre de cette recommandation.</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3460918</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : anticipation des campagnes de vaccination en 2023</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’administration d’une dose de rappel à l’automne 2023 pour les personnes atteintes de comorbidités, les personnes âgées de 65 ans et plus et les femmes enceintes, ainsi que les personnes de leur entourage ou en contact régulier avec eux, dont les professionnels des secteurs sanitaire et médicosocial. Pour les personnes âgées de 80 ans et plus et les personnes immunodéprimées dont la protection immunitaire diminue plus rapidement dans le temps ainsi que pour toute personne à très haut risque selon chaque situation médicale individuelle et dans le cadre d’une décision médicale partagée avec l’équipe soignante, la HAS recommande qu’ils puissent bénéficier d’une campagne de vaccination supplémentaire dès le printemps Concernant l’administration de cette dose de rappel additionnelle, la HAS recommande de respecter un délai d’au moins six mois depuis la dernière dose ou infection et ce, quel que soit l’âge et le rang de rappel.</t>
+  </si>
+  <si>
+    <t>23/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2023 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417245/fr/strategie-de-vaccination-contre-la-covid-19-anticipation-des-campagnes-de-vaccination-en-2023</t>
+  </si>
+  <si>
+    <t>p_3417245</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin Fluad Tetra dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>Le vaccin Fluad Tetra a obtenu une autorisation de mise sur le marché (AMM) en Europe le 20 mai 2020. Il est indiqué dans la prévention de la grippe saisonnière, chez les personnes âgées de 65 ans et plus. La HAS a évalué l’intérêt de son intégration dans la stratégie de vaccination contre la grippe saisonnière et a considéré que le vaccin Fluad Tetra peut être utilisé, au même titre que les autres vaccins antigrippaux commercialisés en France, dans le cadre de la stratégie vaccinale française contre la grippe saisonnière chez les personnes de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2021 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300821/fr/utilisation-du-vaccin-fluad-tetra-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere-chez-les-personnes-de-65-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3300821</t>
+  </si>
+  <si>
+    <t>Place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la demande d’inscription au calendrier vaccinal français du vaccin EFLUELDA par le laboratoire Sanofi Pasteur et à la demande du Ministère chargé de la santé, la HAS en s’appuyant sur la Commission technique des vaccinations, a élaboré des recommandations à destination des professionnels de santé sur la place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2020 15:31:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186428/fr/place-du-vaccin-quadrivalent-haute-dose-efluelda-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere-chez-les-personnes-de-65-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3186428</t>
+  </si>
+  <si>
+    <t>Vaccination contre les infections à pneumocoque en contexte de pénurie de vaccin pneumococcique non conjugué 23-valent</t>
+  </si>
+  <si>
+    <t>Dans un contexte des fortes tensions d’approvisionnement en vaccin pneumococcique polyosidique non conjugué 23-valent (VPP 23) PNEUMOVAX, la HAS a été saisie par le directeur général de la santé afin de prioriser les populations devant bénéficier de cette vaccination et de déterminer le schéma vaccinal transitoire permettant de garantir l’accès à la vaccination pour ces populations.</t>
+  </si>
+  <si>
+    <t>20/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2018 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817968/fr/vaccination-contre-les-infections-a-pneumocoque-en-contexte-de-penurie-de-vaccin-pneumococcique-non-conjugue-23-valent</t>
+  </si>
+  <si>
+    <t>c_2817968</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin hexavalent VAXELIS pour la vaccination des nourrissons</t>
+  </si>
+  <si>
+    <t>La HAS considère que le vaccin VAXELIS peut être utilisé pour la primo-vaccination et la vaccination de rappel du nourrisson selon les schémas actuels figurant au calendrier vaccinal français en vigueur.</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2017 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806697/fr/utilisation-du-vaccin-hexavalent-vaxelis-pour-la-vaccination-des-nourrissons</t>
+  </si>
+  <si>
+    <t>c_2806697</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin contre la grippe saisonnière VAXIGRIP TETRA</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la procédure de mise sur le marché du vaccin contre la grippe VAXIGRIP TETRA, la Haute Autorité de Santé a émis des recommandations afin de déterminer la place de ce vaccin dans le cadre de la stratégie vaccinale existante vis-à-vis de la prévention de la grippe saisonnière.</t>
+  </si>
+  <si>
+    <t>11/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2017 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800989/fr/utilisation-du-vaccin-contre-la-grippe-saisonniere-vaxigrip-tetra</t>
+  </si>
+  <si>
+    <t>c_2800989</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
+    <t>Structuration du Projet Personnalisé d’Accompagnement en vue de sa numérisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2025 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604128/fr/structuration-du-projet-personnalise-d-accompagnement-en-vue-de-sa-numerisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3604128</t>
+  </si>
+  <si>
+    <t>L’accompagnement au développement de l’autodétermination et du pouvoir d’agir des personnes en ESSMS – Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/03/2025 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598052/fr/l-accompagnement-au-developpement-de-l-autodetermination-et-du-pouvoir-d-agir-des-personnes-en-essms-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3598052</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2025 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343657/fr/accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3343657</t>
+  </si>
+  <si>
+    <t>Répit des aidants</t>
+  </si>
+  <si>
+    <t>Ces travaux ont pour objectifs : de clarifier la notion de répit et de ses composantes pour mieux répondre aux besoins de répit du binôme aidant/aidé. de fournir des repères et outils aux professionnels mobilisés auprès des aidants, pour leur permettre d’adopter une approche préventive : de mieux repérer/identifier les aidants, évaluer leurs besoins et attentes en lien avec leur situation et celle de leur proche ; de prévenir les difficultés des aidants notamment en termes de santé ; d’apporter les meilleures réponses au bon moment/de proposer des modalités d’accompagnement adaptées à la situation du binôme aidant/aidé en matière de répit.</t>
+  </si>
+  <si>
+    <t>28/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351732/fr/repit-des-aidants</t>
+  </si>
+  <si>
+    <t>p_3351732</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Vie affective et sexuelle dans le cadre de l’accompagnement des ESSMS – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La vie affective et sexuelle reste un sujet tabou dans certains ESSMS, avec des pratiques professionnelles très variées. Souvent abordée sous l’angle des risques, cette thématique devrait pourtant s’inscrire dans une approche positive, conformément à la définition de la santé sexuelle de l’OMS (2002), qui la considère comme une source d’épanouissement. Fondée sur le consentement et les droits humains, la sexualité est un aspect central de la vie qu’il est légitime d’intégrer à l’accompagnement social et médico-social.</t>
+  </si>
+  <si>
+    <t>31/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400386/fr/vie-affective-et-sexuelle-dans-le-cadre-de-l-accompagnement-des-essms-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3400386</t>
+  </si>
+  <si>
+    <t>Accompagner vers et dans l’habitat – Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’habitat est une notion à la croisée de plusieurs disciplines : architecture, urbanisme, sociologie, géographie, économie, psychologie… Dans son acception la plus large, l’habitat définit le milieu de vie des individus, comprenant des espaces physiques (le logement et l’environnement dans lequel il s’intègre) en tant que support des activités humaines et des relations sociales.</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316224/fr/accompagner-vers-et-dans-l-habitat-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3316224</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2021 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165944/fr/diagnostic-de-la-denutrition-chez-la-personne-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3165944</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Adapter la mise en œuvre du projet d'établissement à l'accompagnement des personnes âgées atteintes d'une maladie neuro-dégénérative en Ehpad</t>
+  </si>
+  <si>
+    <t>L’augmentation de l’espérance de vie s’accompagne d’une prévalence des maladies neuro-dégénératives (généralement corrélée à l’âge) et nécessite de s’adapter pour proposer un accompagnement de qualité.</t>
+  </si>
+  <si>
+    <t>01/06/2018 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850408/fr/adapter-la-mise-en-oeuvre-du-projet-d-etablissement-a-l-accompagnement-des-personnes-agees-atteintes-d-une-maladie-neuro-degenerative-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2850408</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet résidences autonomie</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834910/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834910</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>L’accompagnement des personnes atteintes d’une maladie d’Alzheimer ou apparentée en établissement médico-social</t>
+  </si>
+  <si>
+    <t>Cette recommandation porte sur l’accompagnement des personnes atteintes d’une maladie d’Alzheimer ou apparentée, quels que soient l’âge et le degré de sévérité de la maladie.</t>
+  </si>
+  <si>
+    <t>02/02/2009 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835247/fr/l-accompagnement-des-personnes-atteintes-d-une-maladie-d-alzheimer-ou-apparentee-en-etablissement-medico-social</t>
+  </si>
+  <si>
+    <t>c_2835247</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Le soutien des aidants non professionnels.Une recommandation à destination des professionnels du secteur social et médico-social pour soutenir les aidants de personnes âgées, adultes handicapées ou souffrant de maladie chronique vivant à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations proposent des orientations et des pistes d’action aux professionnels de structures sociales et médico-sociales pour accompagner ou soutenir les aidants non professionnels des personnes âgées dépendantes, des personnes adultes handicapées et/ou des personnes adultes atteintes de maladies chroniques vivant à domicile.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835782/fr/le-soutien-des-aidants-non-professionnels-une-recommandation-a-destination-des-professionnels-du-secteur-social-et-medico-social-pour-soutenir-les-aidants-de-personnes-agees-adultes-handicapees-ou-souffrant-de-maladie-chronique-vivant-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835782</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées en Ehpad</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont destinées à l’ensemble des professionnels exerçant dans les Ehpad, et utiles aux établissements hébergeant des personnes handicapées vieillissantes. Elles leurs fournissent des repères pour mieux garantir le respect des droits des personnes en fin de vie et leur apporter des réponses adaptées, tout en soutenant les proches (y compris les autres résidents) et l’ensemble des professionnels et bénévoles de l’Ehpad. Avant d’être mises en œuvre, nombre d’entre elles nécessitent de la part de l’équipe d’organiser une réflexion éthique préalable.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2017 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833689/fr/accompagner-la-fin-de-vie-des-personnes-agees-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833689</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>L’accueil et l’accompagnement des personnes atteintes d’une maladie neuro-dégénérative en Unité d’hébergement renforcé (UHR)</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’apporter aux professionnels des réponses aux besoins des résidents souffrant de symptômes psychocomportementaux sévères consécutifs d’une maladie neuro-dégénérative qui altèrent la sécurité et la qualité de vie de la personne et des autres résidents. Ces recommandations proposent des pistes de réflexions sur la qualité de vie et d’accompagnement des résidents et sur la qualité de vie de professionnels intervenants régulièrement auprès de ces personnes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833728/fr/l-accueil-et-l-accompagnement-des-personnes-atteintes-d-une-maladie-neuro-degenerative-en-unite-d-hebergement-renforce-uhr</t>
+  </si>
+  <si>
+    <t>c_2833728</t>
+  </si>
+  <si>
+    <t>L’accueil et l’accompagnement des personnes atteintes d’une maladie neuro-dégénérative en Pôle d’activités et de soins adaptés (PASA)</t>
+  </si>
+  <si>
+    <t>En vue d’améliorer la qualité de l’accompagnement des personnes ayant des troubles du comportement modérés, consécutifs particulièrement d’une maladie neuro-dégénérative associée à un syndrome démentiel, hébergées en Ehpad et admises en PASA, ces recommandations viennent compléter le décret du 26 août 2016 qui fixe les conditions minimales de fonctionnement et d’organisation des PASA. En conséquence, pour les Ehpad, le décret susvisé et les recommandations de l’Anesm se substituent au cahier des charges PASA.</t>
+  </si>
+  <si>
+    <t>13/12/2016 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833747/fr/l-accueil-et-l-accompagnement-des-personnes-atteintes-d-une-maladie-neuro-degenerative-en-pole-d-activites-et-de-soins-adaptes-pasa</t>
+  </si>
+  <si>
+    <t>c_2833747</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Chirurgie des fractures de l’extrémité proximale du fémur chez les patients âgés</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de déterminer s’il existe, chez les patients âgés, une place pour l’arthroplastie de hanche dans le traitement des fractures extra-capsulaires de l’extrémité proximale du fémur et dans le traitement des fractures intracapsulaires de type Garden 1 et 2.</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2017 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743741/fr/chirurgie-des-fractures-de-l-extremite-proximale-du-femur-chez-les-patients-ages</t>
+  </si>
+  <si>
+    <t>c_2743741</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson et syndromes apparentés : techniques et modalités de la prise en charge non médicamenteuse des troubles moteurs</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, porte sur les troubles moteurs induits sur l’appareil locomoteur par la maladie de Parkinson et les syndromes apparentés, et non sur leurs conséquences – en termes d’activité et de participation sociale – dans la vie du patient et de son entourage.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2016 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038173/fr/maladie-de-parkinson-et-syndromes-apparentes-techniques-et-modalites-de-la-prise-en-charge-non-medicamenteuse-des-troubles-moteurs</t>
+  </si>
+  <si>
+    <t>c_2038173</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : diagnostic et prise en charge de l'apathie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique entre dans le cadre du Plan Alzheimer 2008-2012. L’objectif est de définir chez des patients atteints de maladie d’Alzheimer ou maladies apparentées : la démarche diagnostique de l’apathie, qui comprend le diagnostic différentiel avec la dépression et la prise en charge de l’apathie, en précisant notamment les moyens thérapeutiques non médicamenteux.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2014 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1660673/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge-de-l-apathie</t>
+  </si>
+  <si>
+    <t>c_1660673</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : suivi médical des aidants naturels</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur l’organisation et le contenu d’une consultation annuelle qui est à proposer aux aidants naturels de personnes ayant une maladie d’Alzheimer ou une maladie apparentée. Sont concernés les aidants naturels ou informels de patients ayant une maladie d’Alzheimer ou une maladie apparentée diagnostiquée.</t>
+  </si>
+  <si>
+    <t>01/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2012 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938713/fr/maladie-d-alzheimer-et-maladies-apparentees-suivi-medical-des-aidants-naturels</t>
+  </si>
+  <si>
+    <t>c_938713</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : annonce et accompagnement du diagnostic</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur l’annonce et l’accompagnement du diagnostic de la maladie d’Alzheimer et des maladies apparentées. Sont concernés les patients souffrant d’une maladie d’Alzheimer ou d’une maladie apparentée pour lesquels le diagnostic a été posé et doit être annoncé. La stratégie diagnostique n’est pas abordée dans ces recommandations.</t>
+  </si>
+  <si>
+    <t>16/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_873641/fr/maladie-d-alzheimer-et-maladies-apparentees-annonce-et-accompagnement-du-diagnostic</t>
+  </si>
+  <si>
+    <t>c_873641</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2011 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148883</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de la maladie d'Alzheimer et des maladies apparentées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique est remplacée par la recommandation n°79.</t>
+  </si>
+  <si>
+    <t>16/12/2011 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_668822/fr/diagnostic-et-prise-en-charge-de-la-maladie-d-alzheimer-et-des-maladies-apparentees</t>
+  </si>
+  <si>
+    <t>c_668822</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des personnes âgées faisant des chutes répétées</t>
+  </si>
+  <si>
+    <t>Fournir aux professionnels de santé une démarche clinique d'évaluation et de prise en charge des personnes âgées faisant des chutes répétées applicable à la pratique quotidienne.</t>
+  </si>
+  <si>
+    <t>01/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793371/fr/evaluation-et-prise-en-charge-des-personnes-agees-faisant-des-chutes-repetees</t>
+  </si>
+  <si>
+    <t>c_793371</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Physiotherapy - Preserving motor function in frail elderly people living at home</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272431/en/physiotherapy-preserving-motor-function-in-frail-elderly-people-living-at-home</t>
+    <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
+  </si>
+  <si>
+    <t>27/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_272069</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Masso-kinésithérapie dans la conservation des capacités motrices de la personne âgée fragile à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent l’évaluation et les traitements masso-kinésithérapiques des personnes âgées fragiles dans l’objectif de conserver leurs capacités motrices et de leur permettre de rester à leur domicile. Toutes les personnes âgées fragiles sont concernées, sans considération d’âge civil et indépendamment d’une pathologie spécifique.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272431/fr/masso-kinesitherapie-dans-la-conservation-des-capacites-motrices-de-la-personne-agee-fragile-a-domicile</t>
   </si>
   <si>
     <t>c_272431</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Prévention des chutes accidentelles chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_272503</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
+    <t>Personne âgée - Je peux donner mon avis sur mon accompagnement</t>
+  </si>
+  <si>
+    <t>Vous êtes une personne âgée et vous vivez dans un EHPAD ou vous êtes accompagnée par des professionnels à votre domicile ou dans un centre ? Votre avis est important. Il permet aux professionnels d'améliorer la qualité des accompagnements qu'ils vous proposent. Ce document est pour vous. Il vous explique quels sont vos droits et ce qui sera fait de votre avis.</t>
+  </si>
+  <si>
+    <t>31/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770362/fr/personne-agee-je-peux-donner-mon-avis-sur-mon-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3770362</t>
+  </si>
+  <si>
+    <t>L'activité physique : votre meilleure alliée santé</t>
+  </si>
+  <si>
+    <t>Si vous êtes atteint d’une maladie chronique, si vous avez une perte d’autonomie ou si vous avez des facteurs de maladies chronique, votre médecin peut vous prescrire de l’activité physique adaptée (APA). La HAS publie une série de fiches avec des conseils pratiques généraux et des conseils spécifiques pour plusieurs maladies chroniques ou états de santé comme l’avancée en âge ou la grossesse.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2022 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385126/fr/l-activite-physique-votre-meilleure-alliee-sante</t>
+  </si>
+  <si>
+    <t>p_3385126</t>
+  </si>
+  <si>
+    <t>Cancer (sein, colorectal, prostate) - L'activité physique pour votre santé</t>
+  </si>
+  <si>
+    <t>Vous êtes en cours de traitement d’un cancer ou vous êtes en rémission, et votre médecin vous a prescrit de l’activité physique. Cette fiche vous donne des informations qui vous aideront à suivre les conseils et la prescription du médecin. Une fiche complémentaire vous apportera des informations générales sur l’activité physique.</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2025 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577228/fr/cancer-sein-colorectal-prostate-l-activite-physique-pour-votre-sante</t>
+  </si>
+  <si>
+    <t>p_3577228</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 - L'activité physique pour votre santé</t>
+  </si>
+  <si>
+    <t>Vous avez un diabète de type 2 et votre médecin vous a prescrit de l’activité physique. Cette fiche vous donne des informations qui vous aideront à suivre ses conseils et sa prescription. Une fiche complémentaire vous apportera des informations générales sur l’activité physique.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577231/fr/diabete-de-type-2-l-activite-physique-pour-votre-sante</t>
+  </si>
+  <si>
+    <t>p_3577231</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Alzheimer ou d'une maladie apparentée : faites le point avec votre médecin traitant - Document pour les aidants</t>
+  </si>
+  <si>
+    <t>Ce document d'information, destiné aux accompagnants de personne atteinte de la maladie d'Alzheimer ou de maladies apparentées, apporte des éléments d'information sur la consultation des aidants.</t>
+  </si>
+  <si>
+    <t>10/09/2012 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501551/fr/alzheimer-ou-d-une-maladie-apparentee-faites-le-point-avec-votre-medecin-traitant-document-pour-les-aidants</t>
+  </si>
+  <si>
+    <t>r_1501551</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Traitement des caries dentaires : la HAS recommande le remboursement de 4 actes</t>
+  </si>
+  <si>
+    <t>Au-delà de la douleur et de l’inconfort, une mauvaise santé bucco-dentaire peut affecter la santé générale, augmentant notamment le risque de dénutrition ou de complications infectieuses. Le nombre de personnes présentant au moins une carie non soignée est encore élevé, et plus particulièrement chez les enfants et les personnes connaissant des difficultés pour accéder aux soins. A chaque stade d’évolution de la carie, un traitement est pourtant possible. Certains actes, dits conservateurs et peu invasifs, permettent de préserver la dent sur le long terme et d’éviter des traitements traumatiques et coûteux (implants, prothèses…). Saisie par l’Assurance maladie, la Haute Autorité de santé (HAS) s’est prononcée en faveur du remboursement de quatre de ces actes. En parallèle, une actualisation des recommandations sur les stratégies de prévention de la carie dentaire est attendue en 2026.</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785074/fr/traitement-des-caries-dentaires-la-has-recommande-le-remboursement-de-4-actes</t>
+  </si>
+  <si>
+    <t>p_3785074</t>
+  </si>
+  <si>
+    <t>Changer de regard sur la vie intime, affective et sexuelle des personnes en ESSMS pour mieux les accompagner</t>
+  </si>
+  <si>
+    <t>Composante de la dignité humaine, la vie intime, affective et sexuelle doit être respectée. Elle concerne l'intimité, les émotions, les sentiments, les relations ou encore la vie sexuelle ou l’absence de vie sexuelle. Certaines personnes souhaitent être accompagnées parce qu’elles ont besoin d’information ou de soutien. Il en va de leur épanouissement personnel et social et donc de leur santé. Chez les personnes vulnérables, comme les mineurs et majeurs en situation de précarité, de handicap ou encore les personnes âgées en perte d’autonomie, cet accompagnement se révèle particulièrement nécessaire. Plusieurs difficultés sont rencontrées au sein des établissements et services sociaux et médico-sociaux (ESSMS) : le sujet est nié voire tabou, les professionnels sont souvent isolés et manquent de formation pour l’aborder, la vie en collectivité introduit des contraintes... La Haute Autorité de santé (HAS) publie un premier volet de recommandations définissant la vie intime, affective et sexuelle et posant des repères juridiques, éthiques et organisationnels à destination des professionnels, des personnes accompagnées et de leur entourage.</t>
+  </si>
+  <si>
+    <t>12/02/2025 14:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590141/fr/changer-de-regard-sur-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-pour-mieux-les-accompagner</t>
+  </si>
+  <si>
+    <t>p_3590141</t>
+  </si>
+  <si>
+    <t>Maltraitances institutionnelles et intrafamiliales : mieux repérer les situations à risque et accompagner les victimes adultes</t>
+  </si>
+  <si>
+    <t>La lutte contre la maltraitance, qu'elle soit familiale ou institutionnelle, constitue un enjeu majeur pour la Haute Autorité de santé (HAS). Elle publie deux guides sur ce sujet, afin de permettre à un large panel de professionnels de mieux repérer les situations à risque et d'accompagner les adultes qui en sont victimes.</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552867/fr/maltraitances-institutionnelles-et-intrafamiliales-mieux-reperer-les-situations-a-risque-et-accompagner-les-victimes-adultes</t>
+  </si>
+  <si>
+    <t>p_3552867</t>
+  </si>
+  <si>
+    <t>Vaccination contre le VRS : protéger les personnes âgées de graves complications</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé a évalué l’opportunité d’intégrer les vaccins Arexvy et Abrysvo, nouvellement autorisés, dans la stratégie de prévention des infections par le virus respiratoire syncytial (VRS) chez les personnes âgées. Une infection par le VRS dans cette population est en effet susceptible d’entraîner de graves complications pouvant aller jusqu’au décès. La HAS recommande la vaccination des plus vulnérables : les personnes âgées de 75 ans et plus ainsi que les personnes âgées de 65 ans et plus présentant des pathologies respiratoires ou cardiaques chroniques.</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528825/fr/vaccination-contre-le-vrs-proteger-les-personnes-agees-de-graves-complications</t>
+  </si>
+  <si>
+    <t>p_3528825</t>
+  </si>
+  <si>
+    <t>Les aidants ont besoin de répit : la HAS publie des recommandations</t>
+  </si>
+  <si>
+    <t>La France compte plus de 9 millions d’aidants aux multiples visages : parents, enfants, conjoints, amis... Tous apportent une aide régulière à un proche en situation de handicap ou de perte d’autonomie. Ces personnes, qui ne sont pas des professionnels de santé ou de l’accompagnement, ont parfois de lourdes responsabilités et peuvent se retrouver dans des situations d’épuisement. Il est donc essentiel de leur proposer des solutions de répit adaptées, en prenant en considération tous les aspects de la vie impactés par leur rôle d’aidant. Les recommandations de la HAS, publiées aujourd’hui, s’adressent à un large panel de professionnels afin de mieux repérer les aidants, de comprendre leurs besoins et de les accompagner.</t>
+  </si>
+  <si>
+    <t>25/06/2024 14:47:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525859/fr/les-aidants-ont-besoin-de-repit-la-has-publie-des-recommandations</t>
+  </si>
+  <si>
+    <t>p_3525859</t>
+  </si>
+  <si>
+    <t>Addictions : des recommandations pour outiller les professionnels des structures sociales et médico-sociales</t>
+  </si>
+  <si>
+    <t>Tout professionnel du secteur social et médico-social doit être prêt à accompagner les personnes rencontrant des difficultés liées à une consommation de substances psychoactives licites ou illicites et/ou à un usage de jeux (argent et de hasard, vidéo). A cet effet, la Haute Autorité de santé publie aujourd’hui des recommandations pour aider les professionnels de ces structures à entreprendre une démarche de prévention des addictions et de réduction des risques et des dommages. Elles sont déclinées pour le secteur du handicap, des personnes âgées, de l’inclusion sociale et de la protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>25/01/2023 11:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405749/fr/addictions-des-recommandations-pour-outiller-les-professionnels-des-structures-sociales-et-medico-sociales</t>
+  </si>
+  <si>
+    <t>p_3405749</t>
+  </si>
+  <si>
+    <t>Diagnostiquer plus précocement la dénutrition chez la personne âgée de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, en partenariat avec la Fédération Française de Nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus, population la plus à risque d’être exposée à ce problème de santé publique et chez qui les conséquences peuvent être dramatiques. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 17:59:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297932/fr/diagnostiquer-plus-precocement-la-denutrition-chez-la-personne-agee-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3297932</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : pas de dose de rappel pour le moment en dehors des plus vulnérables et des plus âgés</t>
+  </si>
+  <si>
+    <t>Pour anticiper les prochaines étapes de la campagne vaccinale, la direction générale de la santé a saisi la HAS sur la question de savoir si une dose de rappel de vaccin est nécessaire pour toute personne ayant un schéma vaccinal complet. La HAS prend acte de l’annonce par le président de la République de la mise en place d’une campagne de rappel vaccinal chez les personnes ayant été primovaccinées prioritairement dès les mois de janvier et février 2021, qui représentent la population la plus vulnérable et la plus âgée. La HAS indique qu’il n‘y a pas lieu pour le moment de proposer une dose de rappel en population générale, et qu’il faut suivre l’efficacité des vaccins dans le temps y compris sur les éventuels nouveaux variants qui pourraient apparaître.</t>
+  </si>
+  <si>
+    <t>16/07/2021 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278140/fr/vaccination-contre-la-covid-19-pas-de-dose-de-rappel-pour-le-moment-en-dehors-des-plus-vulnerables-et-des-plus-ages</t>
+  </si>
+  <si>
+    <t>p_3278140</t>
+  </si>
+  <si>
+    <t>Grippe saisonnière à La Réunion : la HAS favorable à un report de la campagne de vaccination au 1er juin</t>
+  </si>
+  <si>
+    <t>Alors que le SARS-CoV-2 circule fortement sur l’île de La Réunion avec une part importante de variants et des indicateurs d’impact sanitaire en progression, la HAS recommande de reporter au 1er juin le lancement de la campagne de vaccination contre la grippe saisonnière.</t>
+  </si>
+  <si>
+    <t>01/04/2021 09:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258863/fr/grippe-saisonniere-a-la-reunion-la-has-favorable-a-un-report-de-la-campagne-de-vaccination-au-1er-juin</t>
+  </si>
+  <si>
+    <t>p_3258863</t>
+  </si>
+  <si>
+    <t>Les soins de pédicurie-podologie, élément-clé de la santé dès 60 ans</t>
+  </si>
+  <si>
+    <t>Lésions cutanées, déformations, perte de sensibilité... Ces affections des pieds doivent impérativement être prises en charge pour éviter des complications graves, susceptibles d’altérer l’état de santé global des personnes de plus de 60 ans. Pour les prévenir et en homogénéiser la prise en charge, la Haute Autorité de Santé a actualisé avec le Collège national de pédicurie-podologie ses recommandations de bonnes pratiques en matière de soins du pied chez ces personnes.</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222756/fr/les-soins-de-pedicurie-podologie-element-cle-de-la-sante-des-60-ans</t>
+  </si>
+  <si>
+    <t>p_3222756</t>
+  </si>
+  <si>
+    <t>Quatre scénarios pour anticiper la stratégie vaccinale contre le COVID-19</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé formule des recommandations préliminaires pour anticiper l’élaboration de la stratégie vaccinale contre le COVID-19 dans la perspective de l’arrivée future d’un ou plusieurs vaccins. Qui vacciner ? Selon quel schéma ? Par quels professionnels ? Pour éclairer la décision publique, la HAS dessine les différentes stratégies de vaccination envisageables à travers quatre scénarios fondés sur le niveau de circulation du virus sur le territoire. Ce travail sera actualisé en fonction de l’évolution des connaissances sur le virus et sur l’épidémie, de la disponibilité de traitements, de vaccins et du nombre de doses requises.</t>
+  </si>
+  <si>
+    <t>28/07/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197214/fr/quatre-scenarios-pour-anticiper-la-strategie-vaccinale-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3197214</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS appelle à reprendre d’urgence les vaccinations, en priorité chez les nourrissons et les personnes fragiles</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a eu un impact considérable sur la vaccination avec une diminution importante du nombre de personnes vaccinées. Aussi, la Haute Autorité de santé rappelle-t-elle l’importance de la vaccination dans la prévention du risque infectieux, en priorité chez les nourrissons et certaines populations fragiles. Elle encourage les professionnels de santé à saisir toute occasion de contact avec leurs patients pour vérifier et mettre à jour leur vaccination.</t>
+  </si>
+  <si>
+    <t>16/06/2020 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189882/fr/covid-19-la-has-appelle-a-reprendre-d-urgence-les-vaccinations-en-priorite-chez-les-nourrissons-et-les-personnes-fragiles</t>
+  </si>
+  <si>
+    <t>p_3189882</t>
+  </si>
+  <si>
+    <t>Chirurgie de la cataracte :  l’anesthésie locale avec ou sans sédation indiquée en 1ère intention</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par l’Union nationale des caisses d’assurance maladie (UNCAM) pour rendre un avis sur la pratique anesthésique pour l’ensemble des actes chirurgicaux portant sur le cristallin, lentille optique de l’œil, dont la majorité concerne la cataracte. Elle a ainsi défini les indications et non-indications de chacune des techniques d’anesthésie existantes, et déterminé les conditions de réalisation ainsi que l’environnement requis pour les réaliser.</t>
+  </si>
+  <si>
+    <t>04/06/2020 12:28:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188081/fr/chirurgie-de-la-cataracte-l-anesthesie-locale-avec-ou-sans-sedation-indiquee-en-1ere-intention</t>
+  </si>
+  <si>
+    <t>p_3188081</t>
+  </si>
+  <si>
+    <t>Parkinson : les patients doivent maintenir leur traitement et une activité physique adaptée</t>
+  </si>
+  <si>
+    <t>Bien que ces patients n’aient pas de risque particulier de développer des formes graves du COVID-19, la continuité de leur suivi par un professionnel de santé est indispensable. Les traitements et l’activité physique adaptée doivent être maintenus. Leur interruption et l’angoisse liée au contexte actuel sont autant de facteurs pouvant entrainer une décompensation de la maladie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179359/fr/parkinson-les-patients-doivent-maintenir-leur-traitement-et-une-activite-physique-adaptee</t>
+  </si>
+  <si>
+    <t>p_3179359</t>
+  </si>
+  <si>
+    <t>Reporter la campagne de vaccination contre la grippe saisonnière à la Réunion</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au report jusqu’à fin mai du lancement de la campagne de vaccination contre la grippe saisonnière à la Réunion.</t>
+  </si>
+  <si>
+    <t>03/04/2020 20:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169418/fr/reporter-la-campagne-de-vaccination-contre-la-grippe-saisonniere-a-la-reunion</t>
+  </si>
+  <si>
+    <t>p_3169418</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes vivant avec le VIH : la HAS publie un guide à destination des médecins généralistes</t>
+  </si>
+  <si>
+    <t>Grâce à l’amélioration des traitements antirétroviraux, l’infection par le virus de l’immunodéficience humaine (VIH) est désormais une maladie chronique et l’espérance de vie des personnes infectées devient similaire à celle de la population générale. Elles développent alors des pathologies dues au vieillissement, en plus des complications liées au VIH lui-même et à son traitement. Pour les prendre en charge de façon optimale, en intégrant mieux la prévention primaire et secondaire des co-infections et des comorbidités, il est nécessaire de privilégier un suivi partagé et coordonné entre l’hôpital et le médecin généraliste. La HAS publie un guide à destination de ces derniers afin de les aider à mieux identifier les points d’attention nécessaires au suivi de ces patients, en alternance avec la prise en charge hospitalière.</t>
+  </si>
+  <si>
+    <t>11/10/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877202/fr/prise-en-charge-des-personnes-vivant-avec-le-vih-la-has-publie-un-guide-a-destination-des-medecins-generalistes</t>
+  </si>
+  <si>
+    <t>c_2877202</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostiquer tôt pour mettre en place un parcours de soins et d’accompagnement adapté</t>
+  </si>
+  <si>
+    <t>Plus de 850 000 personnes sont aujourd’hui atteintes d’une maladie d’Alzheimer ou d’une maladie apparentée. Si aucun médicament ne permet à ce jour de guérir ces malades, un diagnostic dès les premiers signes est indispensable. Il permet en effet de mettre en place un parcours de soins et d’accompagnement adapté, avec des interventions visant le maintien d’une autonomie fonctionnelle des personnes, leur bien-être ainsi que le soutien de l’entourage dans son rôle d’aidant. La Haute Autorité de Santé (HAS) publie aujourd’hui un guide synthétique et des outils destinés à offrir une prise en charge adaptée et réactive à ces personnes qui vivent pendant plusieurs années à domicile.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851128/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostiquer-tot-pour-mettre-en-place-un-parcours-de-soins-et-d-accompagnement-adapte</t>
+  </si>
+  <si>
+    <t>c_2851128</t>
+  </si>
+  <si>
+    <t>Limiter la perte d’autonomie des personnes âgées hospitalisées</t>
+  </si>
+  <si>
+    <t>En France, près de 3 millions de personnes âgées de 70 ans et plus sont hospitalisées une ou plusieurs fois chaque année. Or l’hospitalisation constitue pour elles une étape critique qui les expose à un risque de perte d’autonomie. La Haute Autorité de Santé (HAS) publie deux documents pour aider les équipes hospitalières à mieux s’organiser en vue de répondre aux besoins spécifiques des patients âgés hospitalisés : l’une en coproduction avec le Conseil national des professionnels de gériatrie (CNPG) et l’autre avec la Société française de chirurgie orthopédique et traumatique (SOFCOT) et la Société française de gériatrie et de gérontologie (SFGG).</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801383/fr/limiter-la-perte-d-autonomie-des-personnes-agees-hospitalisees</t>
+  </si>
+  <si>
+    <t>c_2801383</t>
+  </si>
+  <si>
+    <t>Médicaments de la maladie d’Alzheimer : un intérêt médical insuffisant pour justifier leur prise en charge par la solidarité nationale</t>
+  </si>
+  <si>
+    <t>Une efficacité au mieux modeste des médicaments de la maladie d’Alzheimer associée à leur mauvaise tolérance, la nécessité d’une prise en charge globale des patients et des aidants intégrant des approches non médicamenteuses : la Commission de la Transparence de la Haute Autorité de Santé estime que l’intérêt médical de ces médicaments est insuffisant pour justifier leur prise en charge par la solidarité nationale. La HAS publiera dans les prochains mois un guide relatif au parcours de soins des patients concernés.</t>
+  </si>
+  <si>
+    <t>21/10/2016 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679466/fr/medicaments-de-la-maladie-d-alzheimer-un-interet-medical-insuffisant-pour-justifier-leur-prise-en-charge-par-la-solidarite-nationale</t>
+  </si>
+  <si>
+    <t>c_2679466</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge des personnes âgées polypathologiques</t>
+  </si>
+  <si>
+    <t>La HAS publie une « fiche points clés » sur la prise en charge d’une personne âgée polypathologique en soins primaires. Objectif : proposer une prise en charge sous la forme d’une approche globale adaptée aux spécificités des personnes âgées afin de personnaliser leurs parcours et d’accompagner l’organisation des professionnels dans les territoires. Ces documents s’adressent d’une part aux professionnels de santé et d’autre part aux agences régionales de santé (ARS).</t>
+  </si>
+  <si>
+    <t>04/06/2015 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037157/fr/ameliorer-la-prise-en-charge-des-personnes-agees-polypathologiques</t>
+  </si>
+  <si>
+    <t>c_2037157</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer : mieux repérer et prendre en charge l’apathie</t>
+  </si>
+  <si>
+    <t>60 % des patients atteints de la maladie d’Alzheimer sont affectés par l’apathie. Or, ce syndrome est souvent confondu avec la dépression. Afin de limiter un recours inadéquat aux antidépresseurs, ce nouveau travail de la HAS permet de définir précisément le diagnostic de l’apathie et de recommander une prise en charge privilégiant des moyens thérapeutiques non médicamenteux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767363/fr/maladie-d-alzheimer-mieux-reperer-et-prendre-en-charge-l-apathie</t>
+  </si>
+  <si>
+    <t>c_1767363</t>
+  </si>
+  <si>
+    <t>Plan Personnalisé de Santé et Education Thérapeutique du Patient pour les personnes âgées à risque de perte d’autonomie (PAERPA) - La HAS publie des documents et outils pratiques</t>
+  </si>
+  <si>
+    <t>Neuf régions* participent actuellement à l’expérimentation de parcours de santé des personnes âgés en risque de perte d’autonomie (PAERPA). Dans ce cadre, et suite à une saisine de la Direction de la sécurité sociale, la HAS publie plusieurs documents et outils, dont un Plan Personnalisé de Santé (PPS) et un cahier des charges sur l’éducation thérapeutique de ces personnes âgées et de leurs proches.</t>
+  </si>
+  <si>
+    <t>26/05/2014 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743068/fr/plan-personnalise-de-sante-et-education-therapeutique-du-patient-pour-les-personnes-agees-a-risque-de-perte-d-autonomie-paerpa-la-has-publie-des-documents-et-outils-pratiques</t>
+  </si>
+  <si>
+    <t>c_1743068</t>
+  </si>
+  <si>
+    <t>Troubles du sommeil : stop à la prescription systématique de somnifères chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>Après 65 ans, le sommeil évolue : nuits plus courtes, réveils plus fréquents, sommeil fractionné sur la journée, ... Ces modifications d'ordre physiologique chez les personnes âgées sont source de plaintes du sommeil en consultation et débouchent trop souvent sur une prescription de somnifères. Près d’un tiers des personnes de plus de 65 ans consomme des somnifères de manière chronique, et dans plus d’un cas sur deux, ces traitements ne seraient pas indiqués. Ces somnifères peuvent provoquer des effets délétères : dépendance, chutes et troubles de la mémoire. Quel sommeil après 65 ans ? Comment aborder la question des troubles du sommeil en consultation ? Quel usage des somnifères ? Comment les arrêter ? Avec quel accompagnement ? Est-il possible de retrouver un sommeil de qualité sans médicament ?</t>
+  </si>
+  <si>
+    <t>25/09/2012 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299994/fr/troubles-du-sommeil-stop-a-la-prescription-systematique-de-somniferes-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1299994</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer : une nouvelle recommandation HAS pour le diagnostic et la prise en charge</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a actualisé sa recommandation « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » publiée en mars 2008 et retirée par la HAS en mai 2011 _(1)_ . La HAS publie aujourd’hui une version révisée par un nouveau groupe de travail qui tient compte des évolutions récentes autour de la prise en charge de la maladie, notamment les nouvelles conclusions de la Commission de la Transparence de la HAS sur les traitements médicamenteux ainsi qu’une définition du parcours de soins des patients. Cette recommandation s’intègre aux mesures du plan Alzheimer 2008-2012.</t>
+  </si>
+  <si>
+    <t>19/12/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148955/fr/maladie-d-alzheimer-une-nouvelle-recommandation-has-pour-le-diagnostic-et-la-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148955</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé recommande un suivi régulier et personnalisé des proches de patients atteints d’Alzheimer</t>
+  </si>
+  <si>
+    <t>A la suite de la publication des recommandations de bonne pratique autour de la maladie d’Alzheimer et des maladies apparentées¹, la HAS prend en compte les besoins médicaux des personnes entourant les patients atteints d’Alzheimer et publie des recommandations de bonne pratique « [[c_938713][Maladie d’Alzheimer et maladies apparentées : suivi médical des aidants naturels]] ». Ces recommandations ont été élaborées dans le cadre de la mesure 3 du plan Alzheimer 2008-2012 pour lequel la HAS a publié de nombreux travaux.</t>
+  </si>
+  <si>
+    <t>31/03/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938718/fr/la-haute-autorite-de-sante-recommande-un-suivi-regulier-et-personnalise-des-proches-de-patients-atteints-d-alzheimer</t>
+  </si>
+  <si>
+    <t>c_938718</t>
+  </si>
+  <si>
+    <t>Limiter la prescription de psychotropes chez la personne âgée confuse agitée et chez le patient Alzheimer présentant des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie deux recommandations de bonnes pratiques dont les principaux objectifs sont identiques : promouvoir les techniques de soins non médicamenteuses et éviter les prescriptions inappropriées, systématiques ou prolongées de psychotropes, en particulier de sédatifs et de neuroleptiques.# L’une de ces recommandations porte sur la prise en charge initiale de l’agitation en cas de confusion aiguë chez la personne âgée, l’autre sur la prise en charge des troubles du comportement perturbateurs au cours de la maladie d’Alzheimer et des maladies apparentées.</t>
+  </si>
+  <si>
+    <t>08/07/2009 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819869/fr/limiter-la-prescription-de-psychotropes-chez-la-personne-agee-confuse-agitee-et-chez-le-patient-alzheimer-presentant-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819869</t>
+  </si>
+  <si>
+    <t>Une stratégie pour mieux prendre en charge les personnes âgées faisant des chutes à répétition</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonnes pratiques sur l’évaluation et la prise en charge des personnes âgées faisant des chutes répétées. L’objectif de ces recommandations est de fournir aux professionnels de santé une approche clinique simple et pragmatique permettant de mieux prendre en charge la personne âgée faisant des chutes à répétition afin d’en limiter les conséquences et les récidives.</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813833/fr/une-strategie-pour-mieux-prendre-en-charge-les-personnes-agees-faisant-des-chutes-a-repetition</t>
+  </si>
+  <si>
+    <t>c_813833</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur le diagnostic et la prise en charge de la maladie d’Alzheimer et des maladies apparentées les plus fréquentes. Ces recommandations ont été rédigées à la demande de la Société française de neurologie. Elles s’inscrivent dans le cadre du Plan Alzheimer 2008-2012 et seront complétées par d’autres recommandations et actions de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2008 06:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_668873/fr/diagnostic-et-prise-en-charge-de-la-maladie-d-alzheimer-et-des-maladies-apparentees</t>
+  </si>
+  <si>
+    <t>c_668873</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a réévalué les médicaments de la maladie d’Alzheimer</t>
+  </si>
+  <si>
+    <t>03/10/2007 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594449/fr/la-haute-autorite-de-sante-a-reevalue-les-medicaments-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>c_594449</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles proposant un outil d’aide à la prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont destinées à tous les médecins amenés à prendre en charge des patients âgés, en particulier les médecins généralistes et les gériatres. Elles ont été élaborées à la demande de la Direction générale de la santé et s’inscrivent dans le cadre du Programme national nutrition santé (PNNS).</t>
+  </si>
+  <si>
+    <t>26/06/2007 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546836/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546836</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicure-podologie</t>
+  </si>
+  <si>
+    <t>14/10/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240428/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicure-podologie</t>
+  </si>
+  <si>
+    <t>c_240428</t>
+  </si>
+  <si>
+    <t>23/02/2006 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240556/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_240556</t>
+  </si>
+  <si>
+    <t>Masso-kinésithérapie dans la conservation des capacités motrices chez la personne âgée fragile à domicile</t>
+  </si>
+  <si>
+    <t>07/06/2005 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240721/fr/masso-kinesitherapie-dans-la-conservation-des-capacites-motrices-chez-la-personne-agee-fragile-a-domicile</t>
+  </si>
+  <si>
+    <t>c_240721</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+    <t>Techniques d’anesthésie des actes chirurgicaux portant sur le cristallin</t>
+  </si>
+  <si>
+    <t>La plupart des chirurgies du cristallin concernent la cataracte. La HAS considère que l’anesthésie topique, avec ou sans sédation, est la technique anesthésique de référence en 1re intention. Le choix de la technique doit se faire en concertation entre le patient, le chirurgien et l’anesthésiste-réanimateur. La HAS préconise un parcours de soins prévoyant une consultation d’anesthésie préopératoire et une surveillance médicale peropératoire. La surveillance devra être assurée par un anesthésiste-réanimateur présent sur site.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/fr/techniques-d-anesthesie-des-actes-chirurgicaux-portant-sur-le-cristallin</t>
   </si>
   <si>
     <t>p_3067004</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...56 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation de la pertinence de l’acte de fluoroscopie de l’œil réalisé par l’ophtalmologue</t>
+  </si>
+  <si>
+    <t>Evaluation de la pertinence du fond de l’œil réalisé sans enregistrement après une injection intraveineuse de fluorescéine chez les patients susceptibles d’être atteints d’une pathologie de la rétine.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907407/fr/evaluation-de-la-pertinence-de-l-acte-de-fluoroscopie-de-l-oeil-realise-par-l-ophtalmologue</t>
+  </si>
+  <si>
+    <t>c_2907407</t>
+  </si>
+  <si>
+    <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
+  </si>
+  <si>
+    <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
+  </si>
+  <si>
+    <t>05/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
+  </si>
+  <si>
+    <t>c_2891259</t>
+  </si>
+  <si>
+    <t>Quelle place pour les benzodiazépines dans l’anxiété ?</t>
+  </si>
+  <si>
+    <t>Les benzodiazépines ne doivent pas être banalisées: elles sont efficaces sur une courte période, elles ne traitent pas les causes de l’anxiétémais ses symptômes, elles sont responsables de nombreux effets indésirables aux conséquences parfois graves. Les traitements non médicamenteux proposés dans l’anxiété doivent précéder la prescription de benzodiazépines. Leur utilisation doit respecter : la dose minimum utile, une durée brève d’utilisation qui ne doit pas excéder 12 semaines, l’information au patient sur les conditions du traitement, les effets indésirables, les précautions à respecter, les modalités d’arrêt et la réévaluation programmée de son intérêt, l’anticipation de la réévaluation de la situation du patient et des modalités de fin de traitement dès la première prescription. L’arrêt d’un traitement prolongé par benzodiazépines doit toujours être envisagé. Sa mise en œuvre doit être progressive.</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863043/fr/quelle-place-pour-les-benzodiazepines-dans-l-anxiete</t>
+  </si>
+  <si>
+    <t>c_2863043</t>
+  </si>
+  <si>
+    <t>Quelle place pour les benzodiazépines dans l’insomnie ?</t>
+  </si>
+  <si>
+    <t>Leur indication est limitée à un traitement à court-terme des troubles sévères du sommeil chez l’adulte : insomnie occasionnelle et transitoire. Les traitements non médicamenteux proposés dans l’insomnie doivent précéder la prescription de benzodiazépines. La prescription d’hypnotiques, benzodiazépines ou apparentés, ne doit pas être banalisée, car, si elle facilite le sommeil, elle ne résout pas les causes de l’insomnie qui doivent être recherchées. Elle peut être à l’origine de nombreux effets indésirables aux conséquences parfois graves. Leur usage requiert le respect de règles précises : dose minimum utile, prescription limitée à 28 jours, information au patient. Une anticipation des modalités de fin de traitement doit être mise en œuvre dès la première prescription.</t>
+  </si>
+  <si>
+    <t>14/04/2017 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015058/fr/quelle-place-pour-les-benzodiazepines-dans-l-insomnie</t>
+  </si>
+  <si>
+    <t>c_2015058</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0310/DC/SEAP du 14 novembre 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>14/11/2024 14:04:00</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:11:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557052/fr/decision-n2024-0310/dc/seap-du-14-novembre-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-interet-des-techniques-d-amplifications-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557052</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0067/AC/SEAP du 14 novembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>14/11/2024 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557056/fr/avis-n2024-0067/ac/seap-du-14-novembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557056</t>
+  </si>
+  <si>
+    <t>Décision n 2024.0289/DC/SEAP du 17 octobre 2024 du collège de la HAS portant adoption de trois rapports d’évaluation technologique relatifs à la prise en charge implanto-prothétique de l’édentement</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>17/10/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550806/fr/decision-n-2024-0289/dc/seap-du-17-octobre-2024-du-college-de-la-has-portant-adoption-de-trois-rapports-d-evaluation-technologique-relatifs-a-la-prise-en-charge-implanto-prothetique-de-l-edentement</t>
+  </si>
+  <si>
+    <t>p_3550806</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0065/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0065/AC/SEAP du 17 octobre 2024 du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550813/fr/avis-n2024-0065/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-lies-a-la-prise-en-charge-implanto-prothetique-de-l-edentement-complet-ou-unitaire</t>
+  </si>
+  <si>
+    <t>p_3550813</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536008/fr/avis-n2024-0036/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536008</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0136/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique »</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536013/fr/decision-n2024-0136/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536013</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0111/AC/SEESP du 12 novembre 2014 du collège de la Haute Autorité de santé relatif au projet de référentiel de la la Caisse nationale d’assurance maladie des travailleurs salariés intitulé « Dénutrition chez la personne agée, compléments nutritionnels oraux, aide à la prescription »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'Avis du Collège de la Haute Autorité de Santé adoptant la publication accessible par le lien situé dans l'encadré "En savoir+"</t>
+  </si>
+  <si>
+    <t>12/11/2014 11:20:00</t>
+  </si>
+  <si>
+    <t>23/03/2015 13:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018596/fr/avis-n-2014-0111/ac/seesp-du-12-novembre-2014-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-de-referentiel-de-la-la-caisse-nationale-d-assurance-maladie-des-travailleurs-salaries-intitule-denutrition-chez-la-personne-agee-complements-nutritionnels-oraux-aide-a-la-prescription</t>
+  </si>
+  <si>
+    <t>c_2018596</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le Référentiel « Dénutrition chez la personne âgée, compléments nutritionnels oraux, aide à la prescription » saisine du 05 mai 2014</t>
+  </si>
+  <si>
+    <t>Réponse à la saisine du 05 mai 2014 en application de l’article L.161-39 du code de la sécurité sociale. Référentiel « Dénutrition chez la personne âgée, compléments nutritionnels oraux, aide à la prescription »</t>
+  </si>
+  <si>
+    <t>12/11/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:13:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021062/fr/avis-de-la-has-sur-le-referentiel-denutrition-chez-la-personne-agee-complements-nutritionnels-oraux-aide-a-la-prescription-saisine-du-05-mai-2014</t>
+  </si>
+  <si>
+    <t>c_2021062</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Réalisation d’une réfraction subjective par un opticien en EHPAD, en lieu et place d’un ophtalmologiste</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la réalisation d’une réfraction subjective par un opticien en EHPAD, en lieu et place d’un ophtalmologiste. Professionnels concernés :# * Opthalmologiste * Opticien</t>
+  </si>
+  <si>
+    <t>08/11/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2012 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345035/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-d-une-refraction-subjective-par-un-opticien-en-ehpad-en-lieu-et-place-d-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_1345035</t>
+  </si>
+  <si>
+    <t>Décision n°2011.05.064/MJ du 18 mai 2011 du Collège de la Haute Autorité de Santé portant abrogation de la recommandation « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées »</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé retire la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées »</t>
+  </si>
+  <si>
+    <t>18/05/2011 11:57:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056866/fr/decision-n2011-05-064/mj-du-18-mai-2011-du-college-de-la-haute-autorite-de-sante-portant-abrogation-de-la-recommandation-diagnostic-et-prise-en-charge-de-la-maladie-d-alzheimer-et-des-maladies-apparentees</t>
+  </si>
+  <si>
+    <t>c_1056866</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SHINGRIX (vaccin zona recombinant avec adjuvant)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:40:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/fr/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>vaccin zona recombinant avec adjuvant</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/fr/shingrix-vaccin-zona-recombinant-avec-adjuvant-vaccin-zona</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859377/fr/shingrix-vaccin-zona-recombinant-avec-adjuvant-vaccin-zona</t>
+  </si>
+  <si>
+    <t>LEQEMBI (lécanémab) </t>
+  </si>
+  <si>
+    <t>07/11/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644198/fr/leqembi-lecanemab</t>
+  </si>
+  <si>
+    <t>p_3644198</t>
+  </si>
+  <si>
+    <t>lécanémab</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702487/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
   </si>
   <si>
-    <t>07/11/2025 17:46:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+    <t>11/07/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
   </si>
   <si>
     <t>p_3635682</t>
   </si>
   <si>
     <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+    <t>https://www.has-sante.fr/jcms/p_3635500/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue-vaccin-anti-dengue</t>
+  </si>
+  <si>
+    <t>ELIQUIS (apixaban)</t>
+  </si>
+  <si>
+    <t>13/06/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/fr/eliquis-apixaban</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+    <t>https://www.has-sante.fr/jcms/c_1215842/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/fr/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/fr/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
   </si>
   <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
-    <t>05/21/2025 16:30:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
+    <t>21/05/2025 16:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986107/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
     <t>VIFOR FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
+    <t>https://www.has-sante.fr/jcms/c_398937/fr/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606844/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>EFLUELDA (vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191986/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
+    <t>https://www.has-sante.fr/jcms/p_3191303/fr/efluelda-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente-60-microgr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606853/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche-vaccin-antigrippal</t>
   </si>
   <si>
     <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
   </si>
   <si>
-    <t>05/21/2025 16:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605531/en/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
+    <t>21/05/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605531/fr/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
   </si>
   <si>
     <t>p_3605531</t>
   </si>
   <si>
     <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3605182/en/prevenar-20-pneumococcal-polysaccharide-conjugate-vaccine-20-valent-adsorbed-pneumococcal-infections</t>
+    <t>https://www.has-sante.fr/jcms/p_3605182/fr/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20-infections-a-pneumocoques</t>
   </si>
   <si>
     <t>BEOVU (brolucizumab)</t>
   </si>
   <si>
-    <t>04/10/2025 16:45:06</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225094/en/beovu-brolucizumab</t>
+    <t>10/04/2025 16:45:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225094/fr/beovu-brolucizumab</t>
   </si>
   <si>
     <t>p_3225094</t>
   </si>
   <si>
     <t>brolucizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3224952/en/beovu-brolucizumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3601437/en/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla-oedeme-maculaire-diabetique-omd</t>
+    <t>https://www.has-sante.fr/jcms/p_3224952/fr/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375404/fr/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456142/fr/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601437/fr/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla-oedeme-maculaire-diabetique-omd</t>
   </si>
   <si>
     <t>MUTAGRIP - VAXIGRIP (virus grippal, inactivé, fragmenté)</t>
   </si>
   <si>
-    <t>03/11/2025 16:56:22</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985174/en/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
+    <t>11/03/2025 16:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985174/fr/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2985174</t>
   </si>
   <si>
     <t>virus grippal, inactivé, fragmenté</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399695/en/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594958/en/vaxigrip-trivalent-influenza-vaccine-split-virion-inactivated-influenza-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/c_399695/fr/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555637/fr/mutagrip-/-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056137/fr/mutagrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594958/fr/vaxigrip-vaccin-grippal-trivalent-inactive-a-virion-fragmente-vaccin-antigrippal</t>
   </si>
   <si>
     <t>VABYSMO (faricimab)</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3415991/en/vabysmo-faricimab</t>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415991/fr/vabysmo-faricimab</t>
   </si>
   <si>
     <t>p_3415991</t>
   </si>
   <si>
     <t>faricimab</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3413296/en/vabysmo-faricimab-neovascular-wet-retrofoveal-age-related-macular-degeneration-amd</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594384/en/vabysmo-faricimab-retrofoveal-age-related-macular-degeneration-diabetic-macular-oedema-macular-oedema-secondary-to-branch-retinal</t>
+    <t>https://www.has-sante.fr/jcms/p_3413296/fr/vabysmo-faricimab-degenerescence-maculaire-liee-a-l-age-neovasculaire-dmlan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413299/fr/vabysmo-faricimab-oedeme-maculaire-diabetique-omd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577021/fr/vabysmo-faricimab-oedeme-maculaire-secondaire-a-une-occlusion-de-branche-veineuse-retinienne-obvr-ou-de-la-veine-centrale-de-la-retine-ovcr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594384/fr/vabysmo-faricimab-degenerescence-maculaire-liee-a-l-age-neovasculaire-oedeme-maculaire-diabetique-oedeme-maculaire-secondaire-aux-occlusions-veineuses-retiniennes</t>
   </si>
   <si>
     <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
   </si>
   <si>
-    <t>11/21/2024 15:27:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3559480/en/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
+    <t>21/11/2024 15:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559480/fr/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
   </si>
   <si>
     <t>p_3559480</t>
   </si>
   <si>
     <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
   </si>
   <si>
     <t>MODERNA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3558030/en/mresvia-respiratory-syncytial-virus-rsv-mrna-vaccine-nucleoside-modified-respiratory-syncytial-virus</t>
+    <t>https://www.has-sante.fr/jcms/p_3558030/fr/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie-virus-respiratoire-syncytial</t>
   </si>
   <si>
     <t>ABRYSVO (vaccin du virus respiratoire syncytial (bivalent, recombinant))</t>
   </si>
   <si>
-    <t>09/06/2024 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535788/en/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
+    <t>06/09/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535788/fr/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
   </si>
   <si>
     <t>p_3535788</t>
   </si>
   <si>
     <t>vaccin du virus respiratoire syncytial (bivalent, recombinant)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3535401/en/abrysvo-respiratory-syncytial-virus-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538272/en/abrysvo-respiratory-syncytial-virus-rsv-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+    <t>https://www.has-sante.fr/jcms/p_3535401/fr/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant-virus-respiratoire-syncytial-vrs-chez-les-nourrissons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538272/fr/abrysvo-vaccin-du-virus-respiratoire-syncytial-vrs-bivalent-recombinant-virus-respiratoire-syncytial-vrs</t>
   </si>
   <si>
     <t>AREXVY (Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant))</t>
   </si>
   <si>
-    <t>09/06/2024 09:31:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538675/en/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant</t>
+    <t>06/09/2024 09:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538675/fr/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant</t>
   </si>
   <si>
     <t>p_3538675</t>
   </si>
   <si>
     <t>Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant)</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3538266/fr/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant-virus-respiratoire-syncytial-vrs</t>
+  </si>
+  <si>
+    <t>XEVUDY (sotrovimab)</t>
+  </si>
+  <si>
+    <t>08/03/2024 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308226/fr/xevudy-sotrovimab</t>
+  </si>
+  <si>
+    <t>p_3308226</t>
+  </si>
+  <si>
+    <t>sotrovimab</t>
+  </si>
+  <si>
+    <t>GlaxoSmithKline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308138/fr/xevudy-sotrovimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344048/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344400/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411520/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>BENDAMUSTINE (bendamustine)</t>
+  </si>
+  <si>
+    <t>19/04/2024 08:43:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983423/fr/bendamustine-bendamustine</t>
+  </si>
+  <si>
+    <t>pprd_2983423</t>
+  </si>
+  <si>
+    <t>bendamustine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / BAXTER SAS / EG LABO - LABORATOIRES EUROGENERICS / FRESENIUS KABI / LABORATOIRES DELBERT / MEDAC SAS / MYLAN SAS / REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623468/fr/bendamustine-accord-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776472/fr/bendamustine-dr-reddy-s-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776478/fr/bendamustine-mylan-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776481/fr/bendamustine-medac-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788576/fr/bendamustine-fresenius-kabi-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821744/fr/bendamustine-reddy-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823577/fr/bendamustine-eg-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326707/fr/bendamustine-accord-bendamustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191472/fr/bendamustine-baxter-chlorhydrate-de-bendamustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191306/fr/bendamustine-hikma-bendamustine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136094/fr/bendamustine-hikma-bendamustine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508898/fr/bendamustine-accord-bendamustine-hematologie</t>
+  </si>
+  <si>
+    <t>LEPTICUR (tropatépine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>14/03/2024 11:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984521/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984521</t>
+  </si>
+  <si>
+    <t>tropatépine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT / SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400250/fr/lepticur-10-mg/2-ml-solution-injectable-boite-de-1-ampoule-en-verre-de-2-ml-renouvellement-conjoint-des-specialites-lepticur-park-5-mg-comprime-secable-boite-de-30-lepticur-10-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007490/fr/lepticur-park-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038128/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500390/fr/lepticur-chlorhydrate-de-tropatepine-syndrome-parkinsonien-induit-par-les-neuroleptiques</t>
   </si>
   <si>
     <t>LOVENOX (énoxaparine sodique)</t>
   </si>
   <si>
-    <t>03/04/2024 09:10:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
+    <t>04/03/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/fr/lovenox-enoxaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984320</t>
   </si>
   <si>
     <t>énoxaparine sodique</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
+    <t>https://www.has-sante.fr/jcms/c_398992/fr/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/fr/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/fr/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/fr/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/fr/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/fr/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/fr/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/fr/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/fr/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/fr/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/fr/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
   </si>
   <si>
     <t>SCYOVA (foslévodopa/foscarbidopa)</t>
   </si>
   <si>
     <t>02/02/2024 16:05:19</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3492781/en/scyova-foslevodopa/foscarbidopa</t>
+    <t>https://www.has-sante.fr/jcms/p_3492781/fr/scyova-foslevodopa/foscarbidopa</t>
   </si>
   <si>
     <t>p_3492781</t>
   </si>
   <si>
     <t>foslévodopa,foscarbidopa</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3492656/en/scyova-foslevodopa/foscarbidopa-parkinson-s-disease</t>
+    <t>https://www.has-sante.fr/jcms/p_3492656/fr/scyova-foslevodopa/foscarbidopa-maladie-de-parkinson</t>
   </si>
   <si>
     <t>KYNMOBI (chlorhydrate d'apomorphine)</t>
   </si>
   <si>
     <t>02/02/2024 16:04:48</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3492797/en/kynmobi-chlorhydrate-d-apomorphine</t>
+    <t>https://www.has-sante.fr/jcms/p_3492797/fr/kynmobi-chlorhydrate-d-apomorphine</t>
   </si>
   <si>
     <t>p_3492797</t>
   </si>
   <si>
     <t>chlorhydrate d'apomorphine</t>
   </si>
   <si>
     <t>PHARMABLUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3492683/en/kynmobi-apomorphine-hydrochloride-parkinson-s-disease</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+    <t>https://www.has-sante.fr/jcms/p_3492683/fr/kynmobi-chlorhydrate-d-apomorphine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>PRADAXA (dabigatran)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>pprd_2983140</t>
   </si>
   <si>
     <t>dabigatran</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+    <t>https://www.has-sante.fr/jcms/c_698139/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/fr/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
   </si>
   <si>
     <t>MANTADIX (amantadine (chlorhydrate d’))</t>
   </si>
   <si>
-    <t>09/08/2023 11:26:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+    <t>08/09/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/fr/mantadix-amantadine-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2984919</t>
   </si>
   <si>
     <t>amantadine (chlorhydrate d’)</t>
   </si>
   <si>
     <t>LABORATOIRE X.O</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983440/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+    <t>https://www.has-sante.fr/jcms/c_474411/fr/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/fr/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/fr/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/fr/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/fr/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>FIXICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983028/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983028</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de)</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399378/fr/fixical-500-mg-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399379/fr/fixical-vitamine-d3-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523449/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523457/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244162/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244159/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780767/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884094/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456509/fr/fixical-vitamine-d3-calcium-carbonate-cholecalciferol-ou-vitamine-d3-prevention-et-correction-des-carences-vitamino-calciques</t>
+  </si>
+  <si>
+    <t>FIXICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>11/07/2023 17:59:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451656/fr/fixical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>p_3451656</t>
+  </si>
+  <si>
+    <t>carbonate de calcium</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451561/fr/fixical-carbonate-de-calcium-carences-calcique-et-traitement-d-appoint-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>INFLUVAC TETRA, vaccin antigrippal</t>
+  </si>
+  <si>
+    <t>30/05/2023 17:57:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983440/fr/influvac-tetra-vaccin-antigrippal</t>
   </si>
   <si>
     <t>pprd_2983440</t>
   </si>
   <si>
     <t>vaccin grippal quadrivalent, inactivé, à antigènes de surface</t>
   </si>
   <si>
     <t>VIATRIS MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_532201/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3443743/en/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-vaccin-antigrippal</t>
+    <t>https://www.has-sante.fr/jcms/c_532201/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056125/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344389/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615540/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638599/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727463/fr/influvac-enfant-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789493/fr/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818508/fr/influvac-tetra-vaccin-tetravalent-contre-la-grippe-saisonniere-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084029/fr/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313606/fr/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-grippe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443743/fr/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-vaccin-antigrippal</t>
   </si>
   <si>
     <t>NEURACEQ (florbétabène (18F))</t>
   </si>
   <si>
-    <t>04/25/2023 17:41:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+    <t>25/04/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/fr/neuraceq-florbetabene-18f</t>
   </si>
   <si>
     <t>pprd_2982906</t>
   </si>
   <si>
     <t>florbétabène (18F)</t>
   </si>
   <si>
     <t>CURIUM PET FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330861/en/lecigimon-levodopa/-carbidopa/-entacapone</t>
+    <t>https://www.has-sante.fr/jcms/c_2899212/fr/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/fr/neuraceq-florbetabene-18f-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>UVECAPS (cholécalciférol)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314780/fr/uvecaps-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3314780</t>
+  </si>
+  <si>
+    <t>cholécalciférol</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313592/fr/uvecaps-1-000-ui-et-20-000-ui-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315984/fr/uvecaps-1000-ui-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402384/fr/uvecaps-cholecalciferol-deficit-en-vitamine-d</t>
+  </si>
+  <si>
+    <t>LECIGIMON (lévodopa/carbidopa/entacapone)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330861/fr/lecigimon-levodopa/carbidopa/entacapone</t>
   </si>
   <si>
     <t>p_3330861</t>
   </si>
   <si>
     <t>lévodopa,carbidopa,entacapone</t>
   </si>
   <si>
     <t>EG LABO - LABORATOIRES EUROGENERIC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3330854/en/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+    <t>https://www.has-sante.fr/jcms/p_3330854/fr/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402036/fr/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>XARELTO (rivaroxaban)</t>
+  </si>
+  <si>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/fr/xarelto-rivaroxaban</t>
   </si>
   <si>
     <t>pprd_2982992</t>
   </si>
   <si>
     <t>rivaroxaban</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3314222/en/fluad-tetra-vaccin-antigrippal</t>
+    <t>https://www.has-sante.fr/jcms/c_748418/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/fr/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/fr/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/fr/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/fr/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/fr/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>FLUAD TETRA (Vaccin antigrippal (antigènes de surface, inactivé, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>02/09/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314222/fr/fluad-tetra-vaccin-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>p_3314222</t>
   </si>
   <si>
     <t>antigènes de surface du virus de la grippe, inactivé, souche A/Cambodia/e0826360/2020 (H3N2) - souche analogue (A/Cambodia/e0826360/2020 IVR-224),antigènes de surface du virus de la grippe, inactivé, souche A/Victoria/2570/2019 (H1N1)pdm09 - souche analogue (A/Victoria/2570/2019 IVR-215),antigènes de surface du virus de la grippe, inactivé, souche B/Phuket/3073/2013 - souche analogue (B/Phuket/3073/2013 BVR-1B),antigènes de surface du virus de la grippe, inactivé, souche B/Washington/02/2019 - souche analogue (B/Victoria/705/2018 BVR-11)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3313597/en/fluad-tetra-antigenes-de-surface-du-virus-de-la-grippe-inactive-prevention-de-la-grippe-65-ans-et</t>
+    <t>https://www.has-sante.fr/jcms/p_3313597/fr/fluad-tetra-vaccin-antigrippal-antigenes-de-surface-inactive-avec-adjuvant-grippe-65-ans-et</t>
   </si>
   <si>
     <t>VIZAMYL (flutémétamol, 18F)</t>
   </si>
   <si>
-    <t>07/18/2022 10:31:59</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+    <t>18/07/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/fr/vizamyl-flutemetamol-18f</t>
   </si>
   <si>
     <t>pprd_2983672</t>
   </si>
   <si>
     <t>flutémétamol (18F)</t>
   </si>
   <si>
     <t>GE HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+    <t>https://www.has-sante.fr/jcms/c_2753721/fr/vizamyl-flutemetamol-18f-produit-diagnostique-pour-le-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/fr/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>TRIVASTAL (piribédil)</t>
+  </si>
+  <si>
+    <t>03/03/2022 12:03:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983488/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>pprd_2983488</t>
+  </si>
+  <si>
+    <t>piribédil</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619586/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400083/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361966/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803489/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451891/fr/trivastal-trivastal-lp-trivastal-injectable-piribedil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320593/fr/trivastal-piribedil</t>
+  </si>
+  <si>
+    <t>LUCENTIS (ranibizumab)</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/fr/lucentis-ranibizumab</t>
   </si>
   <si>
     <t>pprd_2983091</t>
   </si>
   <si>
     <t>ranibizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+    <t>https://www.has-sante.fr/jcms/c_1057441/fr/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/fr/lucentis-ranibizumab-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/fr/lucentis-10-mg/ml-ranibizumab-omd</t>
   </si>
   <si>
     <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
   </si>
   <si>
-    <t>08/26/2021 15:35:26</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+    <t>26/08/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
   </si>
   <si>
     <t>pprd_2983447</t>
   </si>
   <si>
     <t>insuline dégludec,liraglutide,insuline degludec</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+    <t>https://www.has-sante.fr/jcms/c_2607357/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/fr/xultophy-insuline-degludec/liraglutide-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>PREVENAR 13 (Vaccin pneumococcique polyosidique conjugué 13-valent)</t>
+  </si>
+  <si>
+    <t>22/07/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
   </si>
   <si>
     <t>pprd_2982717</t>
   </si>
   <si>
     <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+    <t>https://www.has-sante.fr/jcms/c_474554/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/fr/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>COMTAN (entacapone)</t>
+  </si>
+  <si>
+    <t>10/07/2020 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983617/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>pprd_2983617</t>
+  </si>
+  <si>
+    <t>entacapone</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399264/fr/comtan-200mg-comprime-pellicule-boites-de-60-et-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468598/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281291/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769257/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193437/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>CALCIDOSE VITAMINE D3 (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>14/05/2020 19:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185919/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3185919</t>
+  </si>
+  <si>
+    <t>carbonate de calcium,cholécalciférol</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399261/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455239/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242831/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729407/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182795/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>CALCIDOSE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983628/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983628</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399361/fr/calcidose-500-poudre-pour-suspension-buvable-en-sachet-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556216/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242834/fr/calcidose-500-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762888/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>APOKINON (apomorphine)</t>
+  </si>
+  <si>
+    <t>24/04/2020 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983760/fr/apokinon-apomorphine</t>
+  </si>
+  <si>
+    <t>pprd_2983760</t>
+  </si>
+  <si>
+    <t>apomorphine</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398822/fr/apokinon-10-mg/ml-solution-injectable-s-c-boites-de-10-et-50-ampoule-bouteille-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399179/fr/apokinon-30-mg/-3ml-solution-injectable-en-stylo-pre-rempli-boites-de-1-et-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538096/fr/apokinon-apomorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1286446/fr/apokinon-apomorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740751/fr/apokinon-apomorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180774/fr/apokinon-apomorphine</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE (thalidomide)</t>
+  </si>
+  <si>
+    <t>23/04/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/fr/thalidomide-thalidomide</t>
   </si>
   <si>
     <t>pprd_2985295</t>
   </si>
   <si>
     <t>thalidomide</t>
   </si>
   <si>
     <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+    <t>https://www.has-sante.fr/jcms/c_684162/fr/thalidomide-pharmion-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/fr/thalidomide-accord-thalidomide</t>
+  </si>
+  <si>
+    <t>DUODOPA (carbidopa/ lévodopa)</t>
+  </si>
+  <si>
+    <t>18/11/2019 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984901/fr/duodopa-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>pprd_2984901</t>
+  </si>
+  <si>
+    <t>carbidopa,lévodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401022/fr/duodopa-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604934/fr/duodopa-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1635266/fr/duodopa-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118137/fr/duodopa-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>CACIT (cholécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>12/11/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983278/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983278</t>
+  </si>
+  <si>
+    <t>cholécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>THERAMEX FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399127/fr/cacit-vitamine-d3-granule-effervescent-pour-solution-buvable-en-sachet-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455161/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594647/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242843/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623663/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740754/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851246/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117947/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>ONGENTYS (opicapone)</t>
+  </si>
+  <si>
+    <t>11/04/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982875/fr/ongentys-opicapone</t>
+  </si>
+  <si>
+    <t>pprd_2982875</t>
+  </si>
+  <si>
+    <t>opicapone</t>
+  </si>
+  <si>
+    <t>BIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904836/fr/ongentys-opicapone-anti-parkinsoniens-dopaminergiques</t>
+  </si>
+  <si>
+    <t>VERAPAMIL (vérapamil/ vérapamil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982888/fr/verapamil-verapamil/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982888</t>
+  </si>
+  <si>
+    <t>vérapamil,vérapamil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BIOGARAN/ IVAX PHARMACEUTICALS SAS/ MERCK GENERIQUES/ MSD FRANCE/ MYLAN SAS/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399044/fr/verapamil-ratiopharm-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399239/fr/verapamil-merck-l-p-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399240/fr/verapamil-msd-l-p-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400680/fr/verapamil-biogaran-l-p-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400681/fr/verapamil-teva-l-p-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477580/fr/verapamil-merck-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574658/fr/verapamil-ivax-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604828/fr/verapamil-ratiopharm-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954794/fr/verapamil-biogaran-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959025/fr/verapamil-sandoz-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969960/fr/verapamil-ratiopharm-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987195/fr/verapamil-teva-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079034/fr/verapamil-mylan-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1746574/fr/verapamil-teva-verapamil-ratiopharm-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040105/fr/verapamil-biogaran-lp-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883454/fr/verapamil-mylan-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901466/fr/verapamil-teva-verapamil</t>
   </si>
   <si>
     <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
   </si>
   <si>
-    <t>05/17/2019 12:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
   </si>
   <si>
     <t>pprd_2982894</t>
   </si>
   <si>
     <t>naftidrofuryl (hydrogénooxalate de)</t>
   </si>
   <si>
     <t>THERABEL LUCIEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_449333/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>OROCAL - OROCAL VITAMINE D3 (Carbonate de calcium/ cholécalciférol (ou vitamine D3))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982931/fr/orocal-orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>pprd_2982931</t>
+  </si>
+  <si>
+    <t>Carbonate de calcium,cholécalciférol (ou vitamine D3)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399194/fr/orocal-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574593/fr/orocal-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594655/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832518/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242823/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623639/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610179/fr/orocal-vitamine-d3-calcium-vitamine-d3-teva-et-ratiopharm-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740748/fr/orocal-calcium-teva-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857785/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894906/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
   </si>
   <si>
     <t>MIMPARA (cinacalcet (chlorhydrate de))</t>
   </si>
   <si>
-    <t>11/28/2018 07:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983169/en/mimpara-cinacalcet-chlorhydrate-de</t>
+    <t>28/11/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983169/fr/mimpara-cinacalcet-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983169</t>
   </si>
   <si>
     <t>cinacalcet (chlorhydrate de)</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400628/en/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863580/en/mimpara-cinacalcet-anti-parathyroid-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_400628/fr/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750917/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743362/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655926/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863580/fr/mimpara-cinacalcet-agent-anti-parathyroidien</t>
+  </si>
+  <si>
+    <t>DENSICAL - DENSICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983224/fr/densical-densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983224</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399320/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400302/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523308/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954781/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075799/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625064/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857781/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>MEMANTINE OHRE PHARMA (mémantine/ mémantine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983264/fr/memantine-ohre-pharma-memantine/-memantine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983264</t>
+  </si>
+  <si>
+    <t>mémantine,mémantine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>OHRE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851375/fr/memantine-biogaran-memantine/-memantine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853748/fr/memantine-ohre-pharma-memantine/-memantine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RIVASTIGMINE BIOGARAN (rivastigmine)</t>
+  </si>
+  <si>
+    <t>25/05/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983274/fr/rivastigmine-biogaran-rivastigmine</t>
+  </si>
+  <si>
+    <t>pprd_2983274</t>
+  </si>
+  <si>
+    <t>rivastigmine</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851380/fr/rivastigmine-biogaran-rivastigmine</t>
+  </si>
+  <si>
+    <t>GALANTAMINE BIOGARAN (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983275/fr/galantamine-biogaran-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983275</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398953/fr/galantamine-janssen-cilag-4-mg-comprime-pellicule-boite-de-14-galantamine-janssen-cilag-8-mg-comprime-pellicule-galantamine-janssen-cilag-12-mg-comprime-pellicule-boites-de-56-galantamine-janssen-cilag-4-mg/ml-solution-buvable-flacon-de-100-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017837/fr/galantamine-biogaran-lp-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851369/fr/galantamine-biogaran-galantamine-bromhydrate</t>
   </si>
   <si>
     <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
   </si>
   <si>
-    <t>05/25/2018 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/fr/exelon-rivastigmine-hydrogenotartrate</t>
   </si>
   <si>
     <t>pprd_2983276</t>
   </si>
   <si>
     <t>Rivastigmine (hydrogénotartrate)</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+    <t>https://www.has-sante.fr/jcms/c_398931/fr/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/fr/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/fr/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/fr/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/fr/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/fr/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/fr/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/fr/exelon-rivastigmine-inhibiteur-de-l-acetylcholinesterase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/fr/exelon-rivastigmine-hydrogenotartrate</t>
   </si>
   <si>
     <t>EBIXA (mémantine chlorhydrate)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/fr/ebixa-memantine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2983277</t>
   </si>
   <si>
     <t>mémantine chlorhydrate</t>
   </si>
   <si>
     <t>LUNDBECK SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399676/fr/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/fr/ebixa-memantine-antagoniste-non-competitif-des-recepteurs-nmda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/fr/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>DONEPEZIL BIOGARAN (donépézil)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983280/fr/donepezil-biogaran-donepezil</t>
+  </si>
+  <si>
+    <t>pprd_2983280</t>
+  </si>
+  <si>
+    <t>donépézil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851234/fr/donepezil-biogaran-donepezil</t>
   </si>
   <si>
     <t>ARICEPT (donépézil (chlorhydrate))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/fr/aricept-donepezil-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2983281</t>
   </si>
   <si>
     <t>donépézil (chlorhydrate)</t>
   </si>
   <si>
-    <t>EISAI SAS</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_593193/fr/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/fr/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/fr/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/fr/aricept-donepezil-inhibiteur-de-l-acetylcholinesterase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/fr/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>CALTRATE (calcium (carbonate de)/ colécalciférol)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983314/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983314</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),colécalciférol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399611/fr/caltrate-500-mg-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399612/fr/caltrate-vitamine-d3-500-mg/400-ui-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574250/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574257/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517925/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525549/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847908/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847911/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
   </si>
   <si>
     <t>MOBIC (méloxicam)</t>
   </si>
   <si>
-    <t>03/12/2018 08:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+    <t>12/03/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/fr/mobic-meloxicam</t>
   </si>
   <si>
     <t>pprd_2983358</t>
   </si>
   <si>
     <t>méloxicam</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399440/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>DOPACEPTIN (apomorphine (chlorhydrate d') hémihydraté)</t>
+  </si>
+  <si>
+    <t>20/11/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983480/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983480</t>
+  </si>
+  <si>
+    <t>apomorphine (chlorhydrate d') hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623471/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804100/fr/dopaceptin-apomorphine-chlorhydrate-d-hemihydrate</t>
+  </si>
+  <si>
+    <t>Place dans la stratégie thérapeutique de LUCENTIS (ranibizumab), EYLEA (aflibercept) et de leurs comparateurs cliniquement pertinents dans la forme néovasculaire (humide) de la DMLA</t>
+  </si>
+  <si>
+    <t>25/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983498/fr/place-dans-la-strategie-therapeutique-de-lucentis-ranibizumab-eylea-aflibercept-et-de-leurs-comparateurs-cliniquement-pertinents-dans-la-forme-neovasculaire-humide-de-la-dmla</t>
+  </si>
+  <si>
+    <t>pprd_2983498</t>
+  </si>
+  <si>
+    <t>ranibizumab,aflibercept,bévacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800955/fr/place-dans-la-strategie-therapeutique-de-lucentis-ranibizumab-eylea-aflibercept-et-de-leurs-comparateurs-cliniquement-pertinents-dans-la-forme-neovasculaire-humide-de-la-dmla</t>
   </si>
   <si>
     <t>ZINPLAVA (bezlotoxumab), anticorps monoclonal anti-toxine B de Clostridium difficile</t>
   </si>
   <si>
-    <t>09/07/2017 16:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983535/en/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
+    <t>07/09/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983535/fr/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
   </si>
   <si>
     <t>pprd_2983535</t>
   </si>
   <si>
     <t>bezlotoxumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2792203/en/zinplava-bezlotoxumab-anti-toxin-b-monoclonal-antibody-of-clostridium-difficile</t>
+    <t>https://www.has-sante.fr/jcms/c_2792203/fr/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
   </si>
   <si>
     <t>IMMUGRIP (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
-    <t>09/06/2017 09:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983541/en/immugrip-virus-grippal-inactive-fragmente</t>
+    <t>06/09/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983541/fr/immugrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2983541</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399635/en/immugrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2790350/en/immugrip-virus-grippal-inactive-fragmente</t>
+    <t>https://www.has-sante.fr/jcms/c_399635/fr/immugrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622526/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056140/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367961/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344398/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615537/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790350/fr/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>NOOTROPYL (piracétam)</t>
+  </si>
+  <si>
+    <t>11/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983640/fr/nootropyl-piracetam</t>
+  </si>
+  <si>
+    <t>pprd_2983640</t>
+  </si>
+  <si>
+    <t>piracétam</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451525/fr/nootropyl-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400061/fr/nootropyl-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146493/fr/nootropyl-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761834/fr/nootropyl-piracetam</t>
   </si>
   <si>
     <t>LEPONEX (clozapine)</t>
   </si>
   <si>
-    <t>03/09/2017 17:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+    <t>09/03/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/fr/leponex-clozapine</t>
   </si>
   <si>
     <t>pprd_2983695</t>
   </si>
   <si>
     <t>clozapine</t>
   </si>
   <si>
     <t>MYLAN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+    <t>https://www.has-sante.fr/jcms/c_517525/fr/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/fr/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/fr/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/fr/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>DEPRENYL (sélégiline (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983707/fr/deprenyl-selegiline-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983707</t>
+  </si>
+  <si>
+    <t>sélégiline (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399742/fr/deprenyl-selegiline-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556185/fr/deprenyl-selegiline-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713112/fr/deprenyl-selegiline-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100390/fr/deprenyl-selegiline-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748724/fr/deprenyl-selegiline-chlorhydrate-de</t>
   </si>
   <si>
     <t>ONBREZ BREEZHALER - HIROBRIZ BREEZHALER - OSLIF BREEZHALER (indacatérol (maléate d'))</t>
   </si>
   <si>
-    <t>02/21/2017 17:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983730/en/onbrez-breezhaler-hirobriz-breezhaler-oslif-breezhaler-indacaterol-maleate-d</t>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983730/fr/onbrez-breezhaler-hirobriz-breezhaler-oslif-breezhaler-indacaterol-maleate-d</t>
   </si>
   <si>
     <t>pprd_2983730</t>
   </si>
   <si>
     <t>indacatérol (maléate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1019687/en/onbrez-breezhaler-oslif-breezhaler-hirobriz-breezhaler</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746195/en/onbrez-breezhaler-indacaterol-maleate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_1019687/fr/onbrez-breezhaler-oslif-breezhaler-hirobriz-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746195/fr/onbrez-breezhaler-indacaterol-maleate-d</t>
   </si>
   <si>
     <t>ZAVEDOS (idarubicine), anthracycline</t>
   </si>
   <si>
-    <t>05/11/2017 16:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983748/en/zavedos-idarubicine-anthracycline</t>
+    <t>11/05/2017 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983748/fr/zavedos-idarubicine-anthracycline</t>
   </si>
   <si>
     <t>pprd_2983748</t>
   </si>
   <si>
     <t>-,idarubicine (chlorhydrate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401011/en/zavedos</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2743227/en/zavedos-idarubicin-anthracycline</t>
+    <t>https://www.has-sante.fr/jcms/c_401011/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047009/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656343/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743227/fr/zavedos-idarubicine-anthracycline</t>
+  </si>
+  <si>
+    <t>CALCIUM ET CALCIUM VITAMINE D3 (calcium (carbonate de)/ calcium (gluconolactate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983803/fr/calcium-et-calcium-vitamine-d3-calcium-carbonate-de-/-calcium-gluconolactate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983803</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),calcium (gluconolactate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>ARKOMEDIKA/ BIOGARAN / EG LABO-LABORATOIRES EUROGENERICS/ MYLAN S.A.S/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398847/fr/calcium-vitamine-d3-gnr-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399128/fr/calcium-vitamine-d3-arkomedika-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399129/fr/calcium-vitamine-d3-merck-500-mg/400-ui-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400221/fr/calcium-vitamine-d3-500-mg/400-ui-sandoz-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400294/fr/calcium-merck-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400855/fr/calcium-vitamine-d3-gnr-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446697/fr/calcium-vitamine-d3-teva-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455243/fr/calcium-sandoz-gluconolactate/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477420/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763762/fr/calcium-vitamine-d3-teva-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793442/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832539/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854103/fr/calcium-vitamine-d3-ratiopharm-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944546/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983244/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018490/fr/calcium-vitamine-d3-sandoz-cholecalciferol/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242852/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298565/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623633/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747529/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792842/fr/calcium-vitamine-d3-eg-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003838/fr/calcium-vitamine-d3-sandoz-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032511/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663233/fr/calcium-sandoz-calcium-carbonate-et-gluconolactate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730836/fr/calcium-vitamine-d3-mylan-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>MODOPAR (lévodopa/ bensérazide (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>15/12/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983817/fr/modopar-levodopa/-benserazide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983817</t>
+  </si>
+  <si>
+    <t>lévodopa,bensérazide (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399001/fr/modopar-100-mg-/-25-mg-comprime-quadrisecable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399192/fr/modopar-lp-125-100/25-mg-gelule-a-liberation-prolongee-tube-de-60-modopar-125-dispersible-100/25mg-comprime-secable-pour-suspension-buvable-tube-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461094/fr/modopar-levodopa/-benserazide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079007/fr/modopar-levodopa/-benserazide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678868/fr/modopar-levodopa/-benserazide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730779/fr/modopar-levodopa/-benserazide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>PARLODEL (bromocriptine (mésilate de))</t>
+  </si>
+  <si>
+    <t>05/12/2016 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983830/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983830</t>
+  </si>
+  <si>
+    <t>bromocriptine (mésilate de)</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399159/fr/parlodel-5mg-gelule-parlodel-10mg-gelule-boites-de-30-sous-plaquette-thermoformee-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538031/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615038/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728053/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>METOCALCIUM (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983881/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2983881</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446973/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000739/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682082/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399153/fr/metocalcium-comprime-a-croquer-ou-a-sucer-boites-de-30-et-60</t>
   </si>
   <si>
     <t>REMINYL (galantamine bromhydrate)</t>
   </si>
   <si>
-    <t>01/25/2017 17:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+    <t>25/01/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/fr/reminyl-galantamine-bromhydrate</t>
   </si>
   <si>
     <t>pprd_2983883</t>
   </si>
   <si>
-    <t>galantamine bromhydrate</t>
-[...1 lines deleted...]
-  <si>
     <t>JANSSEN CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+    <t>https://www.has-sante.fr/jcms/c_400337/fr/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/fr/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/fr/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/fr/reminyl-galantamine-inhibiteur-de-l-acetylcholinesterase</t>
+  </si>
+  <si>
+    <t>PARKINANE (trihexyphénidyle (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983899/fr/parkinane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983899</t>
+  </si>
+  <si>
+    <t>trihexyphénidyle (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456424/fr/parkinane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216856/fr/parkinane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679452/fr/parkinane-lp-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>AKINETON (bipéridène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983914/fr/akineton-biperidene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983914</t>
+  </si>
+  <si>
+    <t>bipéridène (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>DB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458203/fr/akineton-biperidene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218620/fr/akineton-biperidene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678883/fr/akineton-lp-biperidene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ARTANE (trihexyphénidyle (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983918/fr/artane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983918</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458598/fr/artane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219564/fr/artane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678871/fr/artane-trihexyphenidyle-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>CALCOS VITAMINE D3 (cholécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983965/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983965</t>
+  </si>
+  <si>
+    <t>ARKOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446663/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244180/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671752/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>CALCIUM/VITAMINE D3 ZYDUS (cholécalciférol (ou vitamine D3)/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>03/08/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984018/fr/calcium/vitamine-d3-zydus-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984018</t>
+  </si>
+  <si>
+    <t>cholécalciférol (ou vitamine D3),calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>ZYDUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658558/fr/calcium/vitamine-d3-zydus-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
   </si>
   <si>
     <t>CETORNAN (ornithine (oxoglurate d'))</t>
   </si>
   <si>
-    <t>07/20/2016 19:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984048/en/cetornan-ornithine-oxoglurate-d</t>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984048/fr/cetornan-ornithine-oxoglurate-d</t>
   </si>
   <si>
     <t>pprd_2984048</t>
   </si>
   <si>
     <t>ornithine (oxoglurate d')</t>
   </si>
   <si>
     <t>CHIESI SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400298/en/cetornan-5-g-poudre-pour-solution-buvable-et-solution-enterale-en-sachet-10-sachet-s-papier-aluminium-polyethylene-de-5-g-code-cip-330-278-2</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2656340/en/cetornan-ornithine-oxoglurate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_400298/fr/cetornan-5-g-poudre-pour-solution-buvable-et-solution-enterale-en-sachet-10-sachet-s-papier-aluminium-polyethylene-de-5-g-code-cip-330-278-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939180/fr/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572469/fr/cetornan-5-g-ornithine-therapeutique-hepatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656340/fr/cetornan-ornithine-oxoglurate-d</t>
   </si>
   <si>
     <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/30/2016 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/fr/optruma-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984157</t>
   </si>
   <si>
     <t>raloxifène (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_460193/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/fr/optruma-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/fr/risperdal-risperdalconsta-risperdaloro-risperidone</t>
   </si>
   <si>
     <t>pprd_2984165</t>
   </si>
   <si>
     <t>rispéridone</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_399101/fr/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/fr/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/fr/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/fr/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/fr/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/fr/risperdal-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/fr/risperdal-risperdaloro-risperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/fr/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/fr/risperdalconsta-l-p-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/fr/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/fr/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>TASMAR (tolcapone)</t>
+  </si>
+  <si>
+    <t>08/02/2016 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984236/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>pprd_2984236</t>
+  </si>
+  <si>
+    <t>tolcapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400726/fr/tasmar-100-mg-comprime-pellicule-flacon-s-en-verre-de-100-comprime-s-code-cip-345-466-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036549/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598650/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>CARBIDOPA LEVODOPA TEVA (carbidopa/ lévodopa)</t>
+  </si>
+  <si>
+    <t>05/02/2016 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984238/fr/carbidopa-levodopa-teva-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>pprd_2984238</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538026/fr/carbidopa-levodopa-teva-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098674/fr/carbidopa-levodopa-teva-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598644/fr/carbidopa-levodopa-teva-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>STRUCTOCAL VITAMINE D3 (cholécalciférol (ou vitamine D3)/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984269/fr/structocal-vitamine-d3-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984269</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586587/fr/structocal-vitamine-d3-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>PEFLACINE (péfloxacine (mésilate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>17/12/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984284/fr/peflacine-pefloxacine-mesilate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984284</t>
+  </si>
+  <si>
+    <t>péfloxacine (mésilate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461127/fr/peflacine-pefloxacine-mesilate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062703/fr/peflacine-peflacine-monodose-pefloxacine-mesilate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582557/fr/peflacine-pefloxacine-mesilate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>CYTOTEC (misoprostol)</t>
+  </si>
+  <si>
+    <t>14/03/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/fr/cytotec-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984328</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+    <t>https://www.has-sante.fr/jcms/c_400778/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/fr/cytotec-misoprostol-prostaglandine</t>
   </si>
   <si>
     <t>XADAGO (safinamide)</t>
   </si>
   <si>
-    <t>04/18/2016 10:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984345/en/xadago-safinamide</t>
+    <t>18/04/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984345/fr/xadago-safinamide</t>
   </si>
   <si>
     <t>pprd_2984345</t>
   </si>
   <si>
     <t>safinamide (mésilate de)</t>
   </si>
   <si>
     <t>ZAMBON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2569071/en/xadago-safinamide-antiparkinsonian</t>
+    <t>https://www.has-sante.fr/jcms/c_2569071/fr/xadago-safinamide-antiparkinsonien</t>
+  </si>
+  <si>
+    <t>AZILECT (rasagiline (mésilate de))</t>
+  </si>
+  <si>
+    <t>07/09/2015 09:49:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984427/fr/azilect-rasagiline-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984427</t>
+  </si>
+  <si>
+    <t>rasagiline (mésilate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653847/fr/azilect-rasagiline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713106/fr/azilect-rasagiline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994256/fr/azilect-rasagiline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058016/fr/azilect-rasagiline-mesilate-de</t>
+  </si>
+  <si>
+    <t>STALEVO (carbidopa/ lévodopa/ entacapone)</t>
+  </si>
+  <si>
+    <t>24/08/2015 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984439/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
+  </si>
+  <si>
+    <t>pprd_2984439</t>
+  </si>
+  <si>
+    <t>carbidopa,lévodopa,entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399946/fr/stalevo-50mg/12-5mg/200mg-comprime-pellicule-stalevo-100mg/25mg/200mg-comprime-pellicule-stalevo-150mg/37-5mg/200mg-comprime-pellicule-flacon-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281702/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053371/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
   </si>
   <si>
     <t>NEUPRO (rotigotine)</t>
   </si>
   <si>
-    <t>07/17/2015 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984470/en/neupro-rotigotine</t>
+    <t>17/07/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984470/fr/neupro-rotigotine</t>
   </si>
   <si>
     <t>pprd_2984470</t>
   </si>
   <si>
     <t>rotigotine</t>
   </si>
   <si>
-    <t>UCB PHARMA SA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2046981/en/neupro-rotigotine</t>
+    <t>https://www.has-sante.fr/jcms/c_666769/fr/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490343/fr/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648987/fr/neupro-rotigotine-agoniste-dopaminergique-non-ergote-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046981/fr/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>ARTOTEC (misoprostol/ diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984500/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984500</t>
+  </si>
+  <si>
+    <t>misoprostol,diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400763/fr/artotec-75-mg/0-2-mg-comprime-b/20-code-cip-352-654-7-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958811/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727808/fr/artotec-50-mg/0-2-mg-et-75-mg/0-2-mg-diclofenac-sodique-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040748/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>SINEMET (carbidopa/ lévodopa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984504/fr/sinemet-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>pprd_2984504</t>
+  </si>
+  <si>
+    <t>MSD - CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400276/fr/sinemet-lp-25-mg/100-mg-comprime-a-liberation-prolongee-plaquette-s-thermoformee-s-aluminium-de-30-comprime-s-code-cip-335-665-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958810/fr/sinemet-carbidopa/-levodopa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040120/fr/sinemet-carbidopa/-levodopa</t>
   </si>
   <si>
     <t>REQUIP (ropinirole (chlorhydrate de))</t>
   </si>
   <si>
-    <t>06/15/2015 16:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984517/en/requip-ropinirole-chlorhydrate-de</t>
+    <t>15/06/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984517/fr/requip-ropinirole-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984517</t>
   </si>
   <si>
     <t>ropinirole (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400672/en/requip-0-25-mg-requip-0-50-mg-requip-1-mg-requip-2-mg-requip-5-mg-ropinirole-chlorhydrate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2038289/en/requip-ropinirole-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400672/fr/requip-0-25-mg-requip-0-50-mg-requip-1-mg-requip-2-mg-requip-5-mg-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944543/fr/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773263/fr/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038289/fr/requip-ropinirole-chlorhydrate-de</t>
   </si>
   <si>
     <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984524</t>
   </si>
   <si>
     <t>pramipexole (dichlorhydrate de) monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400017/fr/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/fr/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>EPTAVIT (calcium (carbonate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984583/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984583</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603410/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024171/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>OSSEANS VITAMINE D3 (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984616/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984616</t>
+  </si>
+  <si>
+    <t>cholécalciférol,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400147/fr/osseans-d3-comprimes-a-sucer-ou-a-croquer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832530/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009370/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>CALPEROS (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984618/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984618</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400222/fr/calperos-500-mg-comprime-a-sucer-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400223/fr/calperos-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880231/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880233/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008298/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008805/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>OSTRAM - OSTRAM VITAMINE D3 (phosphate tricalcique/ cholécalciférol (concentrat de), forme pulvérul...)</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984637/fr/ostram-ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>pprd_2984637</t>
+  </si>
+  <si>
+    <t>phosphate tricalcique,cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400228/fr/ostram-vitamine-d3-poudre-pour-suspension-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794399/fr/ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>NATECAL VITAMINE D3 (colécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>27/11/2014 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984656/fr/natecal-vitamine-d3-colecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984656</t>
+  </si>
+  <si>
+    <t>colécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776985/fr/natecal-vitamine-d3-colecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>UVESTEROL D (ergocalciférol)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984687/fr/uvesterol-d-ergocalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984687</t>
+  </si>
+  <si>
+    <t>ergocalciférol</t>
+  </si>
+  <si>
+    <t>CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663726/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603402/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773251/fr/uvesterol-d-ergocalciferol</t>
+  </si>
+  <si>
+    <t>TEMERIT (chlorhydrate de nébivolol)</t>
+  </si>
+  <si>
+    <t>10/02/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984825/fr/temerit-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>pprd_2984825</t>
+  </si>
+  <si>
+    <t>chlorhydrate de nébivolol</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443473/fr/temerit-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456596/fr/temerit-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793439/fr/temerit-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722894/fr/temerit-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>NEBILOX (chlorhydrate de nébivolol)</t>
+  </si>
+  <si>
+    <t>06/02/2014 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984828/fr/nebilox-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>pprd_2984828</t>
+  </si>
+  <si>
+    <t>NEGMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400028/fr/nebilox-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443499/fr/nebilox-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456395/fr/nebilox-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793430/fr/nebilox-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722123/fr/nebilox-chlorhydrate-de-nebivolol</t>
+  </si>
+  <si>
+    <t>AMYVID (florbétapir (18F))</t>
+  </si>
+  <si>
+    <t>26/03/2014 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984840/fr/amyvid-florbetapir-18f</t>
+  </si>
+  <si>
+    <t>pprd_2984840</t>
+  </si>
+  <si>
+    <t>florbétapir (18F)</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720113/fr/amyvid-florbetapir-produit-diagnostique-pour-le-systeme-nerveux-central</t>
   </si>
   <si>
     <t>MACUGEN (pégaptanib sodique)</t>
   </si>
   <si>
-    <t>04/03/2014 17:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984857/en/macugen-pegaptanib-sodique</t>
+    <t>03/04/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984857/fr/macugen-pegaptanib-sodique</t>
   </si>
   <si>
     <t>pprd_2984857</t>
   </si>
   <si>
     <t>pégaptanib sodique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_468470/en/macugen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714255/en/macugen-pegaptanib-anticorps-monoclonal-anti-vegf</t>
+    <t>https://www.has-sante.fr/jcms/c_468470/fr/macugen-pegaptanib-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714255/fr/macugen-pegaptanib-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>CALCIFORTE (cholécalciférol (concentrat de), forme pulvérulente/ calcium (carbonat...)</t>
+  </si>
+  <si>
+    <t>30/07/2013 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984904/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>pprd_2984904</t>
+  </si>
+  <si>
+    <t>cholécalciférol (concentrat de), forme pulvérulente,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594467/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594471/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600985/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623642/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
   </si>
   <si>
     <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
   </si>
   <si>
-    <t>11/22/2013 13:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>22/11/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984909</t>
   </si>
   <si>
     <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
-    <t>AGUETTANT</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>DOPERGINE (lisuride (maléate de))</t>
+  </si>
+  <si>
+    <t>09/07/2013 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984915/fr/dopergine-lisuride-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984915</t>
+  </si>
+  <si>
+    <t>lisuride (maléate de)</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399244/fr/dopergine-0-2mg-comprime-secable-dopergine-0-5mg-comprime-secable-boites-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538088/fr/dopergine-lisuride-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603378/fr/dopergine-lisuride-maleate-de</t>
+  </si>
+  <si>
+    <t>OSTEOCAL - OSTEOCAL D3 (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984917/fr/osteocal-osteocal-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2984917</t>
+  </si>
+  <si>
+    <t>ALKOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398916/fr/osteocal-500-mg-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398917/fr/osteocal-d3-500-mg/400-u-i-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954782/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051911/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600979/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
   </si>
   <si>
     <t>NEVANAC (népafénac)</t>
   </si>
   <si>
-    <t>05/21/2013 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984945/en/nevanac-nepafenac</t>
+    <t>21/05/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984945/fr/nevanac-nepafenac</t>
   </si>
   <si>
     <t>pprd_2984945</t>
   </si>
   <si>
     <t>népafénac</t>
   </si>
   <si>
     <t>ALCON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1018493/en/nevanac</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1361960/en/nevanac</t>
+    <t>https://www.has-sante.fr/jcms/c_1018493/fr/nevanac-nepafenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361960/fr/nevanac-1-mg/ml-nepafenac-collyre</t>
+  </si>
+  <si>
+    <t>OTRASEL (sélégiline)</t>
+  </si>
+  <si>
+    <t>26/07/2012 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985010/fr/otrasel-selegiline</t>
+  </si>
+  <si>
+    <t>pprd_2985010</t>
+  </si>
+  <si>
+    <t>sélégiline</t>
+  </si>
+  <si>
+    <t>Laboratoire CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399016/fr/otrasel-1-25mg-lyophilisat-oral-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544969/fr/otrasel-selegiline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713148/fr/otrasel-selegiline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277897/fr/otrasel-selegiline</t>
+  </si>
+  <si>
+    <t>GINKGO BIOGARAN (ginkgo biloba)</t>
+  </si>
+  <si>
+    <t>17/02/2012 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985054/fr/ginkgo-biogaran-ginkgo-biloba</t>
+  </si>
+  <si>
+    <t>pprd_2985054</t>
+  </si>
+  <si>
+    <t>ginkgo biloba</t>
+  </si>
+  <si>
+    <t>Laboratoire BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198548/fr/ginkgo-biogaran-ginkgo-biloba</t>
+  </si>
+  <si>
+    <t>NICERGOLINE EG (nicergoline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985062/fr/nicergoline-eg-nicergoline</t>
+  </si>
+  <si>
+    <t>pprd_2985062</t>
+  </si>
+  <si>
+    <t>nicergoline</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449351/fr/nicergoline-biogaran-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449383/fr/nicergoline-eg-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449393/fr/nicergoline-merck-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449405/fr/nicergoline-qualimed-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449412/fr/nicergoline-rpg-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188934/fr/nicergoline-ranbaxy-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188949/fr/nicergoline-biogaran-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188977/fr/nicergoline-qualimed-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188983/fr/nicergoline-teva-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189007/fr/nicergoline-mylan-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190379/fr/nicergoline-eg-nicergoline</t>
+  </si>
+  <si>
+    <t>SERMION (nicergoline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985070/fr/sermion-nicergoline</t>
+  </si>
+  <si>
+    <t>pprd_2985070</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399461/fr/sermion-10-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523469/fr/sermion-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172473/fr/sermion-nicergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451738/fr/sermion-sermion-lyoc-nicergoline</t>
+  </si>
+  <si>
+    <t>TANAKAN - TRAMISAL - GINKOGINK (extrait de gingko biloba standardisé (EGb 761))</t>
+  </si>
+  <si>
+    <t>07/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985071/fr/tanakan-tramisal-ginkogink-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>pprd_2985071</t>
+  </si>
+  <si>
+    <t>extrait de gingko biloba standardisé (EGb 761)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399166/fr/tanakan-40-mg-comprime-enrobe-boite-de-30-et-90-tanakan-40-mg/ml-solution-buvable-flacon-de-90-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400065/fr/tanakan-40-mg-comprime-enrobe-boites-de-30-et-90-tanakan-40-mg/ml-solution-buvable-flacons-de-30-ml-et-90-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451750/fr/tanakan-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468378/fr/tanakan-ginkogink-tramisal-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172470/fr/tanakan-tramisal-ginkogink-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618868/fr/ginkogink-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448901/fr/ginkogink-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400059/fr/ginkogink-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618864/fr/tramisal-extrait-de-gingko-biloba-standardise-egb-761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400066/fr/tramisal-40-mg/ml-solution-buvable-flacon-de-30-ml</t>
+  </si>
+  <si>
+    <t>PIRACETAM (piracétam)</t>
+  </si>
+  <si>
+    <t>02/11/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985082/fr/piracetam-piracetam</t>
+  </si>
+  <si>
+    <t>pprd_2985082</t>
+  </si>
+  <si>
+    <t>TEVA SANTE/ ZYDUS/ MYLAN SAS/ QUALIMED/ ARROW GENERIQUES/ RANBAXY PHARMACIE GENERIQUES/ SANDOZ SAS/ RATIOPHARM/ EG LABO/ UCB PHARMA SAS/ BIOGARAN/ MERCK GENERIQUES SCS/ IVAX PHARMACEUTICALS SAS/ G GAM/ EG LABO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451589/fr/piracetam-arrow-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451609/fr/piracetam-biogaran-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451627/fr/piracetam-eg-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451656/fr/piracetam-g-gam-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451662/fr/piracetam-gnr-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451669/fr/piracetam-ivax-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451673/fr/piracetam-merck-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451677/fr/piracetam-qualimed-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451681/fr/piracetam-ratiopharm-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451685/fr/piracetam-rpg-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451689/fr/piracetam-sandoz-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451693/fr/piracetam-teva-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451701/fr/piracetam-zydus-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451697/fr/piracetam-ucb-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532279/fr/piracetam-biogaran-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146451/fr/piracetam-biogaran-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146457/fr/piracetam-ucb-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146475/fr/piracetam-eg-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146505/fr/piracetam-ratiopharm-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146508/fr/piracetam-gnr-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146522/fr/piracetam-sandoz-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146543/fr/piracetam-rpg-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147549/fr/piracetam-arrow-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147555/fr/piracetam-qualimed-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147573/fr/piracetam-mylan-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149425/fr/piracetam-zydus-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147588/fr/piracetam-teva-piracetam</t>
+  </si>
+  <si>
+    <t>PENTOXIFYLLINE (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>02/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985094/fr/pentoxifylline-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985094</t>
+  </si>
+  <si>
+    <t>pentoxifylline</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES/ SANDOZ/ QUALIMED/ MYLAN SAS/ EG LABO/ TEVA SANTE/ BIOGARAN/ RATIOPHARM/ MERCK GENERIQUES SCS/ BAYER CLASSICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399279/fr/pentoxifylline-ratiopharm-lp-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399700/fr/pentoxifylline-bayer-lp-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400102/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451541/fr/pentoxifylline-biogaran-pentoxifylline-set-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451546/fr/pentoxifylline-eg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451550/fr/pentoxifylline-gnr-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451554/fr/pentoxifylline-merck-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451558/fr/pentoxifylline-qualimed-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451562/fr/pentoxifylline-ratiopharm-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451566/fr/pentoxifylline-rpg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451570/fr/pentoxifylline-sandoz-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451577/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618032/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866801/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146444/fr/pentoxifylline-ratiopharm-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146466/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146472/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146481/fr/pentoxifylline-eg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146487/fr/pentoxifylline-mylan-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146502/fr/pentoxifylline-qualimed-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146540/fr/pentoxifylline-sandoz-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146550/fr/pentoxifylline-rpg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>PENTOFLUX (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985095/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985095</t>
+  </si>
+  <si>
+    <t>Laboratoire BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451537/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146512/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>OLMIFON (adrafinil)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985097/fr/olmifon-adrafinil</t>
+  </si>
+  <si>
+    <t>pprd_2985097</t>
+  </si>
+  <si>
+    <t>adrafinil</t>
+  </si>
+  <si>
+    <t>CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451529/fr/olmifon-adrafinil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474449/fr/olmifon-adrafinil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146478/fr/olmifon-adrafinil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400063/fr/olmifon-adrafinil</t>
+  </si>
+  <si>
+    <t>TORENTAL (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985098/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985098</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618842/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146460/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451762/fr/torental-torental-lp-pentoxifylline</t>
+  </si>
+  <si>
+    <t>VASOBRAL (dihydroergocryptine A (mésilate de) caféine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985102/fr/vasobral-dihydroergocryptine-a-mesilate-de-cafeine</t>
+  </si>
+  <si>
+    <t>pprd_2985102</t>
+  </si>
+  <si>
+    <t>dihydroergocryptine A (mésilate de) caféine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451899/fr/vasobral-dihydroergocryptine-a-mesilate-de-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532481/fr/vasobral-dihydroergocryptine-a-mesilate-de-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121579/fr/vasobral-dihydroergocryptine-a-mesilate-de-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399764/fr/vasobral-comprime-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399468/fr/vasobral-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>CARLYTENE (moxisylyte (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985103/fr/carlytene-moxisylyte-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985103</t>
+  </si>
+  <si>
+    <t>moxisylyte (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433061/fr/carlytene-moxisylyte-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618878/fr/carlytene-moxisylyte-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121578/fr/carlytene-moxisylyte-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>GABACET (piracetam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985108/fr/gabacet-piracetam</t>
+  </si>
+  <si>
+    <t>pprd_2985108</t>
+  </si>
+  <si>
+    <t>piracetam</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448888/fr/gabacet-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493595/fr/gabacet-piracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121569/fr/gabacet-piracetam</t>
+  </si>
+  <si>
+    <t>CERVOXAN (vinburnine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985109/fr/cervoxan-vinburnine</t>
+  </si>
+  <si>
+    <t>pprd_2985109</t>
+  </si>
+  <si>
+    <t>vinburnine</t>
+  </si>
+  <si>
+    <t>Laboratoire ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400051/fr/cervoxan-60-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400694/fr/cervoxan-60-mg-gelule-boite-de-30-code-cip-330-851-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433143/fr/cervoxan-vinburnine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968480/fr/cervoxan-vinburnine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121568/fr/cervoxan-vinburnine</t>
+  </si>
+  <si>
+    <t>VINCARUTINE (vincamine/ rutoside)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985110/fr/vincarutine-vincamine/-rutoside</t>
+  </si>
+  <si>
+    <t>pprd_2985110</t>
+  </si>
+  <si>
+    <t>vincamine,rutoside</t>
+  </si>
+  <si>
+    <t>SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451913/fr/vincarutine-vincamine/-rutoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618036/fr/vincarutine-vincamine/-rutoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121567/fr/vincarutine-vincamine/-rutoside</t>
+  </si>
+  <si>
+    <t>CAPERGYL (dihydroergotoxine (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985112/fr/capergyl-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985112</t>
+  </si>
+  <si>
+    <t>dihydroergotoxine (mésilate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire BAILLEUL-BIORGA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433048/fr/capergyl-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614738/fr/capergyl-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121565/fr/capergyl-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>RHEOBRAL (troxerutine/ vincamine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985114/fr/rheobral-troxerutine/-vincamine</t>
+  </si>
+  <si>
+    <t>pprd_2985114</t>
+  </si>
+  <si>
+    <t>troxerutine,vincamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451722/fr/rheobral-troxerutine/-vincamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121556/fr/rheobral-troxerutine/-vincamine</t>
+  </si>
+  <si>
+    <t>HYDERGINE (dihydroergotoxine (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985117/fr/hydergine-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985117</t>
+  </si>
+  <si>
+    <t>Laboratoire SIGMA TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448907/fr/hydergine-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619466/fr/hydergine-dihydroergotoxine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121553/fr/hydergine-dihydroergotoxine-mesilate-de</t>
   </si>
   <si>
     <t>INTANZA (virus grippal, fragmenté, inactivé)</t>
   </si>
   <si>
-    <t>09/21/2011 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985122/en/intanza-virus-grippal-fragmente-inactive</t>
+    <t>21/09/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985122/fr/intanza-virus-grippal-fragmente-inactive</t>
   </si>
   <si>
     <t>pprd_2985122</t>
   </si>
   <si>
     <t>virus grippal, fragmenté, inactivé</t>
   </si>
   <si>
     <t>Laboratoire SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106814/en/intanza</t>
+    <t>https://www.has-sante.fr/jcms/c_1106814/fr/intanza-virus-grippal-fragmente-inactive</t>
+  </si>
+  <si>
+    <t>NOCTRAN (clorazépate/acéprométazine/acépromazine)</t>
+  </si>
+  <si>
+    <t>25/05/2011 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985155/fr/noctran-clorazepate/aceprometazine/acepromazine</t>
+  </si>
+  <si>
+    <t>pprd_2985155</t>
+  </si>
+  <si>
+    <t>clorazépate/acéprométazine/acépromazine</t>
+  </si>
+  <si>
+    <t>Laboratoire MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065577/fr/noctran-clorazepate/aceprometazine/acepromazine</t>
+  </si>
+  <si>
+    <t>PREVIGRIP (virus grippal inactivé, fragmenté)</t>
+  </si>
+  <si>
+    <t>06/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985175/fr/previgrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2985175</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVARTIS VACCINES AND DIAGNOSTICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399702/fr/previgrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631262/fr/previgrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056134/fr/previgrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>CELANCE (pergolide (mesilate de))</t>
   </si>
   <si>
-    <t>07/17/2012 14:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985177/en/celance-pergolide-mesilate-de</t>
+    <t>17/07/2012 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985177/fr/celance-pergolide-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2985177</t>
   </si>
   <si>
     <t>pergolide (mesilate de)</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401012/en/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1019639/en/celance</t>
+    <t>https://www.has-sante.fr/jcms/c_401012/fr/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400297/fr/celance-0-05-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-081-3-celance-0-25-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-084-2-celance-1-mg-comprime-secable-film-s-thermosoude-s-aluminium-de-30-comprime-s-code-cip-338-086-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055252/fr/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019639/fr/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>ISKEDYL - ISKEDYL  FORT (dihydroergocristine (mésilate de)/ raubasine)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985200/fr/iskedyl-iskedyl-fort-dihydroergocristine-mesilate-de-/-raubasine</t>
+  </si>
+  <si>
+    <t>pprd_2985200</t>
+  </si>
+  <si>
+    <t>dihydroergocristine (mésilate de),raubasine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461062/fr/iskedyl-dihydroergocristine-mesilate-de-/-raubasine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398976/fr/iskedyl-fort-comprimes-boite-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036278/fr/iskedyl-iskedyl-fort-dihydroergocristine-mesilate-de-/-raubasine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448910/fr/iskedyl-iskedyl-fort-dihydroergocristine-mesilate-de-/-raubasine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399430/fr/iskedyl-solution-buvable-flacon-flacon-de-70-ml-iskedyl-solution-buvable-flacon-flacon-de-140-ml</t>
   </si>
   <si>
     <t>MEZAVANT (mésalazine)</t>
   </si>
   <si>
-    <t>06/04/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985241/en/mezavant-mesalazine</t>
+    <t>04/06/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985241/fr/mezavant-mesalazine</t>
   </si>
   <si>
     <t>pprd_2985241</t>
   </si>
   <si>
     <t>mésalazine</t>
   </si>
   <si>
     <t>Laboratoire SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996902/en/mezavant</t>
+    <t>https://www.has-sante.fr/jcms/c_996902/fr/mezavant-mesalazine</t>
+  </si>
+  <si>
+    <t>MEDRONATE DRAXIMAGE (acide médronique)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985245/fr/medronate-draximage-acide-medronique</t>
+  </si>
+  <si>
+    <t>pprd_2985245</t>
+  </si>
+  <si>
+    <t>acide médronique</t>
+  </si>
+  <si>
+    <t>Laboratoire GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Symptômes podologiques &amp; bilan diagnostique du pédicure-podologue</t>
+  </si>
+  <si>
+    <t>À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est recommandée. Et à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218026/fr/symptomes-podologiques-bilan-diagnostique-du-pedicure-podologue</t>
+  </si>
+  <si>
+    <t>p_3218026</t>
+  </si>
+  <si>
+    <t>Maladies neurodégénératives : adapter ses pratiques pour accompagner les personnes à domicile</t>
+  </si>
+  <si>
+    <t>Vous accompagnez à domicile des personnes atteintes de maladies neurodégénératives (maladie d’Alzheimer, maladie de Parkinson, maladie à Corps de Lewy, démences fronto-temporale ou sclérose en plaques) ? La Haute Autorité de santé (HAS) publie des guides et outils pour vous aider à adapter vos pratiques aux spécificités de ces pathologies.</t>
+  </si>
+  <si>
+    <t>18/11/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217902/fr/maladies-neurodegeneratives-adapter-ses-pratiques-pour-accompagner-les-personnes-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3217902</t>
+  </si>
+  <si>
+    <t>Chirurgie de la cataracte : la qualité de vie du patient avant tout</t>
+  </si>
+  <si>
+    <t>Les indications de la chirurgie de la cataracte liée à l’âge viennent d’être révisées. Objectifs ? Tenir compte des recommandations internationales, des nombreuses innovations technologiques et de l’évolution du mode de vie de la population.</t>
+  </si>
+  <si>
+    <t>12/04/2019 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974157/fr/chirurgie-de-la-cataracte-la-qualite-de-vie-du-patient-avant-tout</t>
+  </si>
+  <si>
+    <t>pprd_2974157</t>
+  </si>
+  <si>
+    <t>Résidences autonomie : améliorer la qualité de vie</t>
+  </si>
+  <si>
+    <t>Conçues pour accueillir des personnes âgées majoritairement autonomes, les résidences autonomie sont composées d’appartements privatifs et d’espaces communs. L’accès à une offre d’actions de prévention de la perte d’autonomie fait partie de la liste minimale des prestations qu’elles proposent...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974168/fr/residences-autonomie-ameliorer-la-qualite-de-vie</t>
+  </si>
+  <si>
+    <t>pprd_2974168</t>
+  </si>
+  <si>
+    <t>Solutions de glucose à 5 % : pas d’utilisation sans électrolytes</t>
+  </si>
+  <si>
+    <t>L’hyponatrémie est un trouble électrolytique fréquent chez les patients hospitalisés, en particulier chez l’enfant. La HAS a publié une fiche de bon usage des solutions injectables de glucose à 5 % afin de réduire le risque d’hyponatrémie sévère lié à leur mésusage.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974171/fr/solutions-de-glucose-a-5-pas-d-utilisation-sans-electrolytes</t>
+  </si>
+  <si>
+    <t>pprd_2974171</t>
+  </si>
+  <si>
+    <t>Alzheimer – Diagnostiquer tôt &amp; optimiser le parcours de soins</t>
+  </si>
+  <si>
+    <t>Repérer les premiers signes d’un déclin cognitif, identifier la maladie en cause – maladie d’Alzheimer ou maladies apparentées – sont des étapes essentielles pour mettre en place un accompagnement, des soins et des aides adaptés et personnalisés.</t>
+  </si>
+  <si>
+    <t>25/06/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974196/fr/alzheimer-diagnostiquer-tot-optimiser-le-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974196</t>
+  </si>
+  <si>
+    <t>Évaluation 2016 des médicaments Alzheimer – Intérêt médical insuffisant</t>
+  </si>
+  <si>
+    <t>En 2016, un avis sur les médicaments prescrits pour le traitement des symptômes de la maladie d’Alzheimer indiquait que leur intérêt médical était insuffisant pour justifier leur prise en charge par la solidarité nationale.</t>
+  </si>
+  <si>
+    <t>14/02/2017 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974197/fr/evaluation-2016-des-medicaments-alzheimer-interet-medical-insuffisant</t>
+  </si>
+  <si>
+    <t>pprd_2974197</t>
+  </si>
+  <si>
+    <t>Hospitalisation des patients âgés – Prévenir la dépendance iatrogène</t>
+  </si>
+  <si>
+    <t>Une fiche points clés sur la prévention de la dépendance iatrogène liée à l’hospitalisation chez les personnes âgées a été réalisée. Objectif ? Aider les services hospitaliers à intégrer des pratiques adaptées aux besoins spécifiques des personnes âgées.</t>
+  </si>
+  <si>
+    <t>14/11/2017 12:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974235/fr/hospitalisation-des-patients-ages-prevenir-la-dependance-iatrogene</t>
+  </si>
+  <si>
+    <t>pprd_2974235</t>
+  </si>
+  <si>
+    <t>Fracture de la hanche : optimiser la prise en charge des patients âgés</t>
+  </si>
+  <si>
+    <t>La HAS, en collaboration avec la Sofcot et la SFGG, a réalisé une fiche points clés « Orthogériatrie et fracture de la hanche ». L’objectif : aider les professionnels, les directeurs des établissements hospitaliers et leurs tutelles à améliorer l’organisation de la prise en charge hospitalière des patients âgés victimes d’une fracture de la hanche.</t>
+  </si>
+  <si>
+    <t>06/11/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974238/fr/fracture-de-la-hanche-optimiser-la-prise-en-charge-des-patients-ages</t>
+  </si>
+  <si>
+    <t>pprd_2974238</t>
+  </si>
+  <si>
+    <t>Parkinson – Prise en charge non médicamenteuse des troubles moteurs</t>
+  </si>
+  <si>
+    <t>La HAS a publié une fiche mémo et son rapport d’élaboration sur la prise en charge non médicamenteuse des troubles moteurs provoqués par la maladie de Parkinson et les syndromes apparentés.</t>
+  </si>
+  <si>
+    <t>07/01/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974326/fr/parkinson-prise-en-charge-non-medicamenteuse-des-troubles-moteurs</t>
+  </si>
+  <si>
+    <t>pprd_2974326</t>
+  </si>
+  <si>
+    <t>Personnes âgées en institution : réduire les hospitalisations non programmées</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une fiche points clés pour réduire les hospitalisations non programmées des résidents des Ehpad.</t>
+  </si>
+  <si>
+    <t>27/03/2018 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974408/fr/personnes-agees-en-institution-reduire-les-hospitalisations-non-programmees</t>
+  </si>
+  <si>
+    <t>pprd_2974408</t>
+  </si>
+  <si>
+    <t>Situations vécues – Sortie d’un patient hospitalisé pour une chute au domicile</t>
+  </si>
+  <si>
+    <t>C’est arrivé à René... Ce qu’en dit le médecin du pôle SSR ... Cas clinique recueilli par le Dr Jean Brami, Arielle Fontaine et Frédérique Haniquaut – HAS Commentaires... Sandrine Domecq et Sophie Vialle (CCECQA)</t>
+  </si>
+  <si>
+    <t>20/11/2013 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974762/fr/situations-vecues-sortie-d-un-patient-hospitalise-pour-une-chute-au-domicile</t>
+  </si>
+  <si>
+    <t>pprd_2974762</t>
+  </si>
+  <si>
+    <t>Dégénérescence maculaire liée à l’âge : optimiser la stratégie diagnostique</t>
+  </si>
+  <si>
+    <t>La dégénérescence maculaire liée à l’âge est la principale cause de malvoyance chez les sujets âgés dans les pays industrialisés. En 2013, la HAS a élaboré une recommandation professionnelle sur ce thème.</t>
+  </si>
+  <si>
+    <t>10/10/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974856/fr/degenerescence-maculaire-liee-a-l-age-optimiser-la-strategie-diagnostique</t>
+  </si>
+  <si>
+    <t>pprd_2974856</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Coordination des soins</t>
+  </si>
+  <si>
+    <t>Le système est en recherche d’efficience : les barrières ville/hôpital/social se fissurent, les parcours de soins se dessinent, les modes de rémunération évoluent. L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2). En tant qu’évaluateur de ces projets, la HAS accompagne les acteurs des projets, ARS et promoteurs. Dans ce cadre, elle a élaboré un second rapport d’analyse des projets article 70 qui présente l’analyse globale des onze projets menée fin 2013, en s’attachant à identifier la présence des différentes activités et stratégies mises en œuvre dans les projets, leur déclinaison et leur cohérence. Cette analyse est discutée avec les porteurs de projet, afin de les aider dans leur travail de maturation</t>
+  </si>
+  <si>
+    <t>21/03/2013 18:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367444/fr/coordination-des-soins</t>
+  </si>
+  <si>
+    <t>c_1367444</t>
+  </si>
+  <si>
+    <t>Troubles du sommeil : stop à la prescription systèmatique de somnifères chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>Dossier d'information pour le patient -- Que faut-il savoir sur les troubles de sommeil chez le sujet âgé ? Comment aborder la problématique du trouble du sommeil chronique avec son patient ? Quelle est la prise en charge des troubles du sommeil recommandée par la HAS ? Est-il possible d’améliorer son sommeil sans médicament ?Ya-t-il réellement un lien entre somnifères (benzodiazépines et apparentées et démence ? Quels sont les effets de l’arrêt des somnifères ? Comment faire pour arrêter de consommer des somnifères (benzodiazépines et apparentées) ?</t>
+  </si>
+  <si>
+    <t>25/09/2012 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500930/fr/troubles-du-sommeil-stop-a-la-prescription-systematique-de-somniferes-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>r_1500930</t>
+  </si>
+  <si>
+    <t>Actes d’ergothérapie et de psychomotricité susceptibles d’être réalisés pour la réadaptation à domicile des personnes souffrant de la maladie d’Alzheimer ou d’une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce document fait un état des lieux des actes de bilan et des modalités de réadaptation et d’accompagnement, susceptibles d’être réalisés par les ergothérapeutes ou les psychomotriciens au domicile d’un patient souffrant de la maladie Alzheimer ou d’une maladie apparentée. Il est destiné à informer les professionnels de santé sur les interventions possibles de ces professionnels paramédicaux dans ce contexte.</t>
+  </si>
+  <si>
+    <t>26/03/2010 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937359/fr/actes-d-ergotherapie-et-de-psychomotricite-susceptibles-d-etre-realises-pour-la-readaptation-a-domicile-des-personnes-souffrant-de-la-maladie-d-alzheimer-ou-d-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_937359</t>
+  </si>
+  <si>
+    <t>Prescription des psychotropes chez le sujet âgé</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) est un problème de santé majeur et complexe, particulièrement chez les sujets âgés : plus d'un tiers des personnes de plus de 75 ans fait usage de psychotropes en France, tandis que ces médicaments sont à l’origine d’une iatrogénie importante (chutes, confusions, sédation excessive…).</t>
+  </si>
+  <si>
+    <t>17/10/2008 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702884/fr/prescription-des-psychotropes-chez-le-sujet-age</t>
+  </si>
+  <si>
+    <t>c_702884</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1971,2867 +8172,13672 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>991</v>
+      </c>
+      <c r="B2" t="s">
+        <v>992</v>
+      </c>
+      <c r="C2" t="s">
+        <v>993</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>994</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>995</v>
+      </c>
+      <c r="H2" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>991</v>
+      </c>
+      <c r="B3" t="s">
+        <v>997</v>
+      </c>
+      <c r="C3" t="s">
+        <v>998</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>999</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>991</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>991</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>991</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>991</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>991</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>991</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>991</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>991</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>991</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>991</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>991</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>991</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>541</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>991</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>991</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>991</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>455</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>991</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>991</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>991</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>991</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>869</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>991</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>991</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>991</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>991</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>991</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>991</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>991</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>991</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>991</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>991</v>
+      </c>
+      <c r="B32" t="s">
+        <v>625</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>991</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>991</v>
+      </c>
+      <c r="B34" t="s">
+        <v>947</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>991</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E2" t="s">
+        <v>994</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AK133"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1264</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1307</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1308</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1309</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1310</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1316</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1323</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1324</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1326</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1327</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1334</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1335</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1337</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1344</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1345</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1346</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1347</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1353</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1354</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1361</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1264</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1374</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1377</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1383</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1384</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1385</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1386</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1387</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1388</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1390</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1391</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1392</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1393</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1394</v>
+      </c>
+      <c r="U16" t="s">
+        <v>1395</v>
+      </c>
+      <c r="V16" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1402</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1403</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1404</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1405</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J18" t="s">
+        <v>371</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1412</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1413</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1414</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1415</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1416</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1417</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1418</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1419</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1420</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1421</v>
+      </c>
+      <c r="U18" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1435</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1444</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1445</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1446</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1448</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1449</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1450</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1451</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1457</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1458</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1459</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1461</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1462</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1467</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1469</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1470</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1471</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1472</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1473</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1474</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1475</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1476</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1477</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1484</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1489</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1490</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1491</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1492</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1493</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1494</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1495</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1496</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1497</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1498</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1499</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1500</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1501</v>
+      </c>
+      <c r="U25" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1507</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1508</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1509</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1517</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1518</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1523</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1524</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1525</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1532</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1533</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1534</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1535</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1536</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1537</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1538</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1540</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1541</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1542</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1543</v>
+      </c>
+      <c r="U29" t="s">
+        <v>1544</v>
+      </c>
+      <c r="V29" t="s">
+        <v>1545</v>
+      </c>
+      <c r="W29" t="s">
+        <v>1546</v>
+      </c>
+      <c r="X29" t="s">
+        <v>1547</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1552</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J30" t="s">
+        <v>13</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1558</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1560</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1561</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1567</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1568</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1569</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1570</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1571</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1572</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1573</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1581</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1583</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1584</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1587</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1588</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1589</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1590</v>
+      </c>
+      <c r="U33" t="s">
+        <v>1591</v>
+      </c>
+      <c r="V33" t="s">
+        <v>1592</v>
+      </c>
+      <c r="W33" t="s">
+        <v>1593</v>
+      </c>
+      <c r="X33" t="s">
+        <v>1594</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1600</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1601</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1602</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1603</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1604</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1613</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1614</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1615</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1616</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1617</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1618</v>
+      </c>
+      <c r="R35" t="s">
+        <v>1619</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1624</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1625</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1627</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1628</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1630</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1637</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1638</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1639</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1640</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1641</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1646</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1637</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1649</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1655</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1657</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1658</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1659</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1660</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1661</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1666</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1667</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1668</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1670</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1671</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1678</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1679</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1680</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1687</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1688</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1689</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1690</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1691</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1692</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1693</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>1694</v>
+      </c>
+      <c r="R42" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1699</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1708</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1709</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1710</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1712</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1713</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1714</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1715</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1716</v>
+      </c>
+      <c r="S44" t="s">
+        <v>1717</v>
+      </c>
+      <c r="T44" t="s">
+        <v>1718</v>
+      </c>
+      <c r="U44" t="s">
+        <v>1719</v>
+      </c>
+      <c r="V44" t="s">
+        <v>1720</v>
+      </c>
+      <c r="W44" t="s">
+        <v>1721</v>
+      </c>
+      <c r="X44" t="s">
+        <v>1722</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>1723</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>1724</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1729</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1731</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1732</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1733</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1734</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1739</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1740</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1741</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1742</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1743</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1744</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1745</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1747</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1748</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1749</v>
+      </c>
+      <c r="S46" t="s">
+        <v>1750</v>
+      </c>
+      <c r="T46" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1757</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1758</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1759</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1760</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1761</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1768</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1769</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1770</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1771</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1772</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1773</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1787</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1792</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1793</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1794</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1795</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1801</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1804</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1805</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1806</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1807</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>1808</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1809</v>
+      </c>
+      <c r="S52" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1818</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1819</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1820</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1821</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>1822</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1827</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1834</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1835</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1836</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1841</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1842</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1843</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1844</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1845</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1846</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1847</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1848</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>1849</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1855</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1856</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1857</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1858</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1859</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1860</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1867</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1872</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1873</v>
+      </c>
+      <c r="J59" t="s">
+        <v>13</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1878</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1879</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1880</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1887</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1888</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1890</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1891</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1892</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1893</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1900</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1901</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1902</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1903</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1910</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1911</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1913</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1919</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1920</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1921</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1922</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1923</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1928</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1929</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1930</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1937</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1938</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1939</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1949</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1950</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1951</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1952</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1953</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1954</v>
+      </c>
+      <c r="S67" t="s">
+        <v>1955</v>
+      </c>
+      <c r="T67" t="s">
+        <v>1956</v>
+      </c>
+      <c r="U67" t="s">
+        <v>1957</v>
+      </c>
+      <c r="V67" t="s">
+        <v>1958</v>
+      </c>
+      <c r="W67" t="s">
+        <v>1959</v>
+      </c>
+      <c r="X67" t="s">
+        <v>1960</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>1961</v>
+      </c>
+      <c r="Z67" t="s">
+        <v>1962</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>1963</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>1964</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>1965</v>
+      </c>
+      <c r="AD67" t="s">
+        <v>1966</v>
+      </c>
+      <c r="AE67" t="s">
+        <v>1967</v>
+      </c>
+      <c r="AF67" t="s">
+        <v>1968</v>
+      </c>
+      <c r="AG67" t="s">
+        <v>1969</v>
+      </c>
+      <c r="AH67" t="s">
+        <v>1970</v>
+      </c>
+      <c r="AI67" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1980</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1981</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1982</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1988</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1990</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1991</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1992</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1998</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2000</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2001</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2002</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1793</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2008</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2011</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2019</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2025</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2026</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2027</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2028</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J74" t="s">
+        <v>371</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2033</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2034</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2040</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2041</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2042</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2047</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2049</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2057</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2058</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2059</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2062</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2065</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1887</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2066</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2067</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2062</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2073</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2074</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2075</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2076</v>
+      </c>
+      <c r="N79" t="s">
+        <v>2077</v>
+      </c>
+      <c r="O79" t="s">
+        <v>2078</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2079</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>2080</v>
+      </c>
+      <c r="R79" t="s">
+        <v>2081</v>
+      </c>
+      <c r="S79" t="s">
+        <v>2082</v>
+      </c>
+      <c r="T79" t="s">
+        <v>2083</v>
+      </c>
+      <c r="U79" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2089</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2090</v>
+      </c>
+      <c r="L80" t="s">
+        <v>2091</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2097</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2098</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2099</v>
+      </c>
+      <c r="M81" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2102</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1887</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2110</v>
+      </c>
+      <c r="J83" t="s">
+        <v>371</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2111</v>
+      </c>
+      <c r="L83" t="s">
+        <v>2112</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2118</v>
+      </c>
+      <c r="J84" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2119</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2123</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2126</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2127</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2134</v>
+      </c>
+      <c r="L86" t="s">
+        <v>2135</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2136</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L87" t="s">
+        <v>2144</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2149</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2150</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1900</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2151</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2152</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2153</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2161</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2162</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2167</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2168</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2169</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2174</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2175</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1264</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2176</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2177</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2178</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2183</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2184</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2185</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2186</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2187</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2188</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2194</v>
+      </c>
+      <c r="J93" t="s">
+        <v>2195</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2196</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2202</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2203</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2204</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2205</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2202</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2210</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2211</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2212</v>
+      </c>
+      <c r="M95" t="s">
+        <v>2213</v>
+      </c>
+      <c r="N95" t="s">
+        <v>2214</v>
+      </c>
+      <c r="O95" t="s">
+        <v>2215</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2221</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2222</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2223</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2224</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2225</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2232</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2239</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2240</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2244</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2246</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2247</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2249</v>
+      </c>
+      <c r="L99" t="s">
+        <v>2250</v>
+      </c>
+      <c r="M99" t="s">
+        <v>2251</v>
+      </c>
+      <c r="N99" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2247</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2257</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2258</v>
+      </c>
+      <c r="L100" t="s">
+        <v>2259</v>
+      </c>
+      <c r="M100" t="s">
+        <v>2260</v>
+      </c>
+      <c r="N100" t="s">
+        <v>2261</v>
+      </c>
+      <c r="O100" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2267</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2268</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2275</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2280</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2283</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2284</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2285</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2288</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2291</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2294</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2296</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2299</v>
+      </c>
+      <c r="L105" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M105" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2294</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1998</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2305</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2306</v>
+      </c>
+      <c r="L106" t="s">
+        <v>2307</v>
+      </c>
+      <c r="M106" t="s">
+        <v>2308</v>
+      </c>
+      <c r="N106" t="s">
+        <v>2309</v>
+      </c>
+      <c r="O106" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2317</v>
+      </c>
+      <c r="L107" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J108" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K108" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2326</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2327</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2332</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2333</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2334</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>892</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2338</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2339</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2340</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2341</v>
+      </c>
+      <c r="L110" t="s">
+        <v>2342</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2343</v>
+      </c>
+      <c r="N110" t="s">
+        <v>2344</v>
+      </c>
+      <c r="O110" t="s">
+        <v>2345</v>
+      </c>
+      <c r="P110" t="s">
+        <v>2346</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>2347</v>
+      </c>
+      <c r="R110" t="s">
+        <v>2348</v>
+      </c>
+      <c r="S110" t="s">
+        <v>2349</v>
+      </c>
+      <c r="T110" t="s">
+        <v>2350</v>
+      </c>
+      <c r="U110" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>892</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2354</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2339</v>
+      </c>
+      <c r="J111" t="s">
+        <v>371</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2355</v>
+      </c>
+      <c r="L111" t="s">
+        <v>2356</v>
+      </c>
+      <c r="M111" t="s">
+        <v>2357</v>
+      </c>
+      <c r="N111" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2363</v>
+      </c>
+      <c r="J112" t="s">
+        <v>2364</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2365</v>
+      </c>
+      <c r="L112" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M112" t="s">
+        <v>2367</v>
+      </c>
+      <c r="N112" t="s">
+        <v>2368</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2369</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2370</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>2371</v>
+      </c>
+      <c r="R112" t="s">
+        <v>2372</v>
+      </c>
+      <c r="S112" t="s">
+        <v>2373</v>
+      </c>
+      <c r="T112" t="s">
+        <v>2373</v>
+      </c>
+      <c r="U112" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2376</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2378</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2379</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2380</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2381</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2382</v>
+      </c>
+      <c r="N113" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2384</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2385</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>2386</v>
+      </c>
+      <c r="R113" t="s">
+        <v>2387</v>
+      </c>
+      <c r="S113" t="s">
+        <v>2388</v>
+      </c>
+      <c r="T113" t="s">
+        <v>2389</v>
+      </c>
+      <c r="U113" t="s">
+        <v>2390</v>
+      </c>
+      <c r="V113" t="s">
+        <v>2391</v>
+      </c>
+      <c r="W113" t="s">
+        <v>2392</v>
+      </c>
+      <c r="X113" t="s">
+        <v>2393</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>2394</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>2395</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>2396</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>2397</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>2398</v>
+      </c>
+      <c r="AD113" t="s">
+        <v>2399</v>
+      </c>
+      <c r="AE113" t="s">
+        <v>2400</v>
+      </c>
+      <c r="AF113" t="s">
+        <v>2401</v>
+      </c>
+      <c r="AG113" t="s">
+        <v>2402</v>
+      </c>
+      <c r="AH113" t="s">
+        <v>2403</v>
+      </c>
+      <c r="AI113" t="s">
+        <v>2404</v>
+      </c>
+      <c r="AJ113" t="s">
+        <v>2405</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2410</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2412</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2413</v>
+      </c>
+      <c r="L114" t="s">
+        <v>2414</v>
+      </c>
+      <c r="M114" t="s">
+        <v>2415</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2416</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2417</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2418</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>2419</v>
+      </c>
+      <c r="R114" t="s">
+        <v>2420</v>
+      </c>
+      <c r="S114" t="s">
+        <v>2421</v>
+      </c>
+      <c r="T114" t="s">
+        <v>2422</v>
+      </c>
+      <c r="U114" t="s">
+        <v>2423</v>
+      </c>
+      <c r="V114" t="s">
+        <v>2424</v>
+      </c>
+      <c r="W114" t="s">
+        <v>2425</v>
+      </c>
+      <c r="X114" t="s">
+        <v>2426</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>2427</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>2428</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>2429</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>2430</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>2431</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>2432</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>2433</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2437</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2438</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2439</v>
+      </c>
+      <c r="L115" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2443</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2444</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2445</v>
+      </c>
+      <c r="K116" t="s">
+        <v>2446</v>
+      </c>
+      <c r="L116" t="s">
+        <v>2447</v>
+      </c>
+      <c r="M116" t="s">
+        <v>2448</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2452</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J117" t="s">
+        <v>371</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2453</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2457</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2458</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2459</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2460</v>
+      </c>
+      <c r="L118" t="s">
+        <v>2461</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2462</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2463</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2467</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2468</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2469</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2470</v>
+      </c>
+      <c r="L119" t="s">
+        <v>2471</v>
+      </c>
+      <c r="M119" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2474</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2476</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2477</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2478</v>
+      </c>
+      <c r="L120" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2482</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2483</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2484</v>
+      </c>
+      <c r="J121" t="s">
+        <v>2485</v>
+      </c>
+      <c r="K121" t="s">
+        <v>2486</v>
+      </c>
+      <c r="L121" t="s">
+        <v>2487</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2488</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2489</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2494</v>
+      </c>
+      <c r="J122" t="s">
+        <v>2495</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2496</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2497</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2502</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2503</v>
+      </c>
+      <c r="K123" t="s">
+        <v>2504</v>
+      </c>
+      <c r="L123" t="s">
+        <v>2505</v>
+      </c>
+      <c r="M123" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2509</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2510</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2257</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2511</v>
+      </c>
+      <c r="L124" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2515</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2502</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2516</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2517</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2518</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2528</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2530</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2531</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2532</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2537</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2538</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2539</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2540</v>
+      </c>
+      <c r="L128" t="s">
+        <v>2541</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2544</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2546</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2547</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2548</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2549</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2550</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2551</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2556</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2557</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1887</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2558</v>
+      </c>
+      <c r="L130" t="s">
+        <v>2559</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2560</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2561</v>
+      </c>
+      <c r="O130" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2564</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2565</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2566</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2567</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2568</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2573</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2574</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2575</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2580</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2581</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2582</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>765</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>771</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2605</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2634</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2649</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2664</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2665</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2671</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J77"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+      <c r="J2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" t="s">
+        <v>66</v>
+      </c>
+      <c r="J4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" t="s">
+        <v>76</v>
+      </c>
+      <c r="I6" t="s">
+        <v>77</v>
+      </c>
+      <c r="J6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>80</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>81</v>
+      </c>
+      <c r="H7" t="s">
+        <v>82</v>
+      </c>
+      <c r="I7" t="s">
+        <v>83</v>
+      </c>
+      <c r="J7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I8" t="s">
+        <v>87</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>90</v>
+      </c>
+      <c r="H9" t="s">
+        <v>91</v>
+      </c>
+      <c r="I9" t="s">
+        <v>92</v>
+      </c>
+      <c r="J9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>96</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10" t="s">
+        <v>98</v>
+      </c>
+      <c r="I10" t="s">
+        <v>99</v>
+      </c>
+      <c r="J10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>96</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>102</v>
+      </c>
+      <c r="H11" t="s">
+        <v>103</v>
+      </c>
+      <c r="I11" t="s">
+        <v>104</v>
+      </c>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>106</v>
+      </c>
+      <c r="H12" t="s">
+        <v>107</v>
+      </c>
+      <c r="I12" t="s">
+        <v>108</v>
+      </c>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I13" t="s">
+        <v>114</v>
+      </c>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>48</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>118</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>119</v>
+      </c>
+      <c r="H14" t="s">
+        <v>120</v>
+      </c>
+      <c r="I14" t="s">
+        <v>121</v>
+      </c>
+      <c r="J14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>125</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>126</v>
+      </c>
+      <c r="H15" t="s">
+        <v>127</v>
+      </c>
+      <c r="I15" t="s">
+        <v>128</v>
+      </c>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>132</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>133</v>
+      </c>
+      <c r="H16" t="s">
+        <v>134</v>
+      </c>
+      <c r="I16" t="s">
+        <v>135</v>
+      </c>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>138</v>
+      </c>
+      <c r="E17" t="s">
+        <v>139</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>140</v>
+      </c>
+      <c r="H17" t="s">
+        <v>141</v>
+      </c>
+      <c r="I17" t="s">
+        <v>142</v>
+      </c>
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>139</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>143</v>
+      </c>
+      <c r="H18" t="s">
+        <v>144</v>
+      </c>
+      <c r="I18" t="s">
+        <v>145</v>
+      </c>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>147</v>
+      </c>
+      <c r="E19" t="s">
+        <v>148</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>149</v>
+      </c>
+      <c r="H19" t="s">
+        <v>150</v>
+      </c>
+      <c r="I19" t="s">
+        <v>151</v>
+      </c>
+      <c r="J19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>148</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>153</v>
+      </c>
+      <c r="H20" t="s">
+        <v>154</v>
+      </c>
+      <c r="I20" t="s">
+        <v>151</v>
+      </c>
+      <c r="J20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>156</v>
+      </c>
+      <c r="E21" t="s">
+        <v>157</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>158</v>
+      </c>
+      <c r="H21" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" t="s">
+        <v>160</v>
+      </c>
+      <c r="J21" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>163</v>
+      </c>
+      <c r="H22" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" t="s">
+        <v>165</v>
+      </c>
+      <c r="J22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
+        <v>169</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23" t="s">
+        <v>171</v>
+      </c>
+      <c r="I23" t="s">
+        <v>60</v>
+      </c>
+      <c r="J23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>173</v>
+      </c>
+      <c r="E24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>175</v>
+      </c>
+      <c r="H24" t="s">
+        <v>176</v>
+      </c>
+      <c r="I24" t="s">
+        <v>177</v>
+      </c>
+      <c r="J24" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" t="s">
+        <v>174</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25" t="s">
+        <v>180</v>
+      </c>
+      <c r="I25" t="s">
+        <v>181</v>
+      </c>
+      <c r="J25" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>48</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>173</v>
+      </c>
+      <c r="E26" t="s">
+        <v>174</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>183</v>
+      </c>
+      <c r="H26" t="s">
+        <v>184</v>
+      </c>
+      <c r="I26" t="s">
+        <v>177</v>
+      </c>
+      <c r="J26" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>174</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27" t="s">
+        <v>187</v>
+      </c>
+      <c r="I27" t="s">
+        <v>188</v>
+      </c>
+      <c r="J27" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>173</v>
+      </c>
+      <c r="E28" t="s">
+        <v>174</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>189</v>
+      </c>
+      <c r="H28" t="s">
+        <v>190</v>
+      </c>
+      <c r="I28" t="s">
+        <v>191</v>
+      </c>
+      <c r="J28" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>48</v>
+      </c>
+      <c r="B29" t="s">
+        <v>105</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>193</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>194</v>
+      </c>
+      <c r="H29" t="s">
+        <v>195</v>
+      </c>
+      <c r="I29" t="s">
+        <v>196</v>
+      </c>
+      <c r="J29" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>48</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>198</v>
+      </c>
+      <c r="E30" t="s">
+        <v>199</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>200</v>
+      </c>
+      <c r="H30" t="s">
+        <v>201</v>
+      </c>
+      <c r="I30" t="s">
+        <v>202</v>
+      </c>
+      <c r="J30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>48</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" t="s">
+        <v>206</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>207</v>
+      </c>
+      <c r="H31" t="s">
+        <v>208</v>
+      </c>
+      <c r="I31" t="s">
+        <v>209</v>
+      </c>
+      <c r="J31" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>212</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>213</v>
+      </c>
+      <c r="H32" t="s">
+        <v>214</v>
+      </c>
+      <c r="I32" t="s">
+        <v>215</v>
+      </c>
+      <c r="J32" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>48</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>217</v>
+      </c>
+      <c r="E33" t="s">
+        <v>218</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>219</v>
+      </c>
+      <c r="H33" t="s">
+        <v>220</v>
+      </c>
+      <c r="I33" t="s">
+        <v>221</v>
+      </c>
+      <c r="J33" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>48</v>
+      </c>
+      <c r="B34" t="s">
+        <v>137</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>222</v>
+      </c>
+      <c r="E34" t="s">
+        <v>223</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>224</v>
+      </c>
+      <c r="H34" t="s">
+        <v>225</v>
+      </c>
+      <c r="I34" t="s">
+        <v>226</v>
+      </c>
+      <c r="J34" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>48</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>222</v>
+      </c>
+      <c r="E35" t="s">
+        <v>228</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>229</v>
+      </c>
+      <c r="H35" t="s">
+        <v>230</v>
+      </c>
+      <c r="I35" t="s">
+        <v>231</v>
+      </c>
+      <c r="J35" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>48</v>
+      </c>
+      <c r="B36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>222</v>
+      </c>
+      <c r="E36" t="s">
+        <v>232</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>233</v>
+      </c>
+      <c r="H36" t="s">
+        <v>234</v>
+      </c>
+      <c r="I36" t="s">
+        <v>235</v>
+      </c>
+      <c r="J36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>48</v>
+      </c>
+      <c r="B37" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>237</v>
+      </c>
+      <c r="E37" t="s">
+        <v>238</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>239</v>
+      </c>
+      <c r="H37" t="s">
+        <v>240</v>
+      </c>
+      <c r="I37" t="s">
+        <v>60</v>
+      </c>
+      <c r="J37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>48</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>243</v>
+      </c>
+      <c r="E38" t="s">
+        <v>244</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>245</v>
+      </c>
+      <c r="H38" t="s">
+        <v>246</v>
+      </c>
+      <c r="I38" t="s">
+        <v>99</v>
+      </c>
+      <c r="J38" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>48</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>248</v>
+      </c>
+      <c r="E39" t="s">
+        <v>249</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>250</v>
+      </c>
+      <c r="H39" t="s">
+        <v>251</v>
+      </c>
+      <c r="I39" t="s">
+        <v>252</v>
+      </c>
+      <c r="J39" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>48</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>248</v>
+      </c>
+      <c r="E40" t="s">
+        <v>249</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>254</v>
+      </c>
+      <c r="H40" t="s">
+        <v>255</v>
+      </c>
+      <c r="I40" t="s">
+        <v>252</v>
+      </c>
+      <c r="J40" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>257</v>
+      </c>
+      <c r="E41" t="s">
+        <v>258</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>259</v>
+      </c>
+      <c r="H41" t="s">
+        <v>260</v>
+      </c>
+      <c r="I41" t="s">
+        <v>261</v>
+      </c>
+      <c r="J41" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>264</v>
+      </c>
+      <c r="E42" t="s">
+        <v>265</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>266</v>
+      </c>
+      <c r="H42" t="s">
+        <v>267</v>
+      </c>
+      <c r="I42" t="s">
+        <v>121</v>
+      </c>
+      <c r="J42" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>48</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>269</v>
+      </c>
+      <c r="E43" t="s">
+        <v>270</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>271</v>
+      </c>
+      <c r="H43" t="s">
+        <v>272</v>
+      </c>
+      <c r="I43" t="s">
+        <v>273</v>
+      </c>
+      <c r="J43" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>48</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>269</v>
+      </c>
+      <c r="E44" t="s">
+        <v>275</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>276</v>
+      </c>
+      <c r="H44" t="s">
+        <v>277</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>48</v>
+      </c>
+      <c r="B45" t="s">
+        <v>278</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>279</v>
+      </c>
+      <c r="E45" t="s">
+        <v>275</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>280</v>
+      </c>
+      <c r="H45" t="s">
+        <v>281</v>
+      </c>
+      <c r="I45" t="s">
+        <v>282</v>
+      </c>
+      <c r="J45" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>48</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>279</v>
+      </c>
+      <c r="E46" t="s">
+        <v>275</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>283</v>
+      </c>
+      <c r="H46" t="s">
+        <v>284</v>
+      </c>
+      <c r="I46" t="s">
+        <v>282</v>
+      </c>
+      <c r="J46" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" t="s">
+        <v>94</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>279</v>
+      </c>
+      <c r="E47" t="s">
+        <v>275</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>285</v>
+      </c>
+      <c r="H47" t="s">
+        <v>286</v>
+      </c>
+      <c r="I47" t="s">
+        <v>282</v>
+      </c>
+      <c r="J47" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" t="s">
+        <v>287</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>269</v>
+      </c>
+      <c r="E48" t="s">
+        <v>275</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>288</v>
+      </c>
+      <c r="H48" t="s">
+        <v>289</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>48</v>
+      </c>
+      <c r="B49" t="s">
+        <v>79</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>290</v>
+      </c>
+      <c r="E49" t="s">
+        <v>291</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>292</v>
+      </c>
+      <c r="H49" t="s">
+        <v>293</v>
+      </c>
+      <c r="I49" t="s">
+        <v>71</v>
+      </c>
+      <c r="J49" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>48</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>295</v>
+      </c>
+      <c r="E50" t="s">
+        <v>296</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>297</v>
+      </c>
+      <c r="H50" t="s">
+        <v>298</v>
+      </c>
+      <c r="I50" t="s">
+        <v>299</v>
+      </c>
+      <c r="J50" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>48</v>
+      </c>
+      <c r="B51" t="s">
+        <v>301</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>295</v>
+      </c>
+      <c r="E51" t="s">
+        <v>302</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>303</v>
+      </c>
+      <c r="H51" t="s">
+        <v>304</v>
+      </c>
+      <c r="I51" t="s">
+        <v>305</v>
+      </c>
+      <c r="J51" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>48</v>
+      </c>
+      <c r="B52" t="s">
+        <v>253</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>306</v>
+      </c>
+      <c r="E52" t="s">
+        <v>307</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>308</v>
+      </c>
+      <c r="H52" t="s">
+        <v>309</v>
+      </c>
+      <c r="I52" t="s">
+        <v>310</v>
+      </c>
+      <c r="J52" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>48</v>
+      </c>
+      <c r="B53" t="s">
+        <v>247</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>306</v>
+      </c>
+      <c r="E53" t="s">
+        <v>307</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>311</v>
+      </c>
+      <c r="H53" t="s">
+        <v>312</v>
+      </c>
+      <c r="I53" t="s">
+        <v>310</v>
+      </c>
+      <c r="J53" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>48</v>
+      </c>
+      <c r="B54" t="s">
+        <v>313</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>314</v>
+      </c>
+      <c r="E54" t="s">
+        <v>315</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>316</v>
+      </c>
+      <c r="H54" t="s">
+        <v>317</v>
+      </c>
+      <c r="I54" t="s">
+        <v>310</v>
+      </c>
+      <c r="J54" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>48</v>
+      </c>
+      <c r="B55" t="s">
+        <v>253</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>314</v>
+      </c>
+      <c r="E55" t="s">
+        <v>315</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>318</v>
+      </c>
+      <c r="H55" t="s">
+        <v>319</v>
+      </c>
+      <c r="I55" t="s">
+        <v>310</v>
+      </c>
+      <c r="J55" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>48</v>
+      </c>
+      <c r="B56" t="s">
+        <v>247</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>314</v>
+      </c>
+      <c r="E56" t="s">
+        <v>315</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>320</v>
+      </c>
+      <c r="H56" t="s">
+        <v>321</v>
+      </c>
+      <c r="I56" t="s">
+        <v>310</v>
+      </c>
+      <c r="J56" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B57" t="s">
+        <v>155</v>
+      </c>
+      <c r="C57" t="s">
+        <v>322</v>
+      </c>
+      <c r="D57" t="s">
+        <v>323</v>
+      </c>
+      <c r="E57" t="s">
+        <v>324</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>325</v>
+      </c>
+      <c r="H57" t="s">
+        <v>326</v>
+      </c>
+      <c r="I57" t="s">
+        <v>322</v>
+      </c>
+      <c r="J57" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>48</v>
+      </c>
+      <c r="B58" t="s">
+        <v>327</v>
+      </c>
+      <c r="C58" t="s">
+        <v>328</v>
+      </c>
+      <c r="D58" t="s">
+        <v>329</v>
+      </c>
+      <c r="E58" t="s">
+        <v>330</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>331</v>
+      </c>
+      <c r="H58" t="s">
+        <v>332</v>
+      </c>
+      <c r="I58" t="s">
+        <v>328</v>
+      </c>
+      <c r="J58" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>48</v>
+      </c>
+      <c r="B59" t="s">
+        <v>334</v>
+      </c>
+      <c r="C59" t="s">
+        <v>335</v>
+      </c>
+      <c r="D59" t="s">
+        <v>336</v>
+      </c>
+      <c r="E59" t="s">
+        <v>337</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>338</v>
+      </c>
+      <c r="H59" t="s">
+        <v>339</v>
+      </c>
+      <c r="I59" t="s">
+        <v>335</v>
+      </c>
+      <c r="J59" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>48</v>
+      </c>
+      <c r="B60" t="s">
+        <v>185</v>
+      </c>
+      <c r="C60" t="s">
+        <v>341</v>
+      </c>
+      <c r="D60" t="s">
+        <v>342</v>
+      </c>
+      <c r="E60" t="s">
+        <v>343</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>344</v>
+      </c>
+      <c r="H60" t="s">
+        <v>345</v>
+      </c>
+      <c r="I60" t="s">
+        <v>282</v>
+      </c>
+      <c r="J60" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>48</v>
+      </c>
+      <c r="B61" t="s">
+        <v>137</v>
+      </c>
+      <c r="C61" t="s">
+        <v>66</v>
+      </c>
+      <c r="D61" t="s">
+        <v>346</v>
+      </c>
+      <c r="E61" t="s">
+        <v>347</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>348</v>
+      </c>
+      <c r="H61" t="s">
+        <v>349</v>
+      </c>
+      <c r="I61" t="s">
+        <v>66</v>
+      </c>
+      <c r="J61" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>48</v>
+      </c>
+      <c r="B62" t="s">
+        <v>182</v>
+      </c>
+      <c r="C62" t="s">
+        <v>282</v>
+      </c>
+      <c r="D62" t="s">
+        <v>350</v>
+      </c>
+      <c r="E62" t="s">
+        <v>351</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>352</v>
+      </c>
+      <c r="H62" t="s">
+        <v>353</v>
+      </c>
+      <c r="I62" t="s">
+        <v>282</v>
+      </c>
+      <c r="J62" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>48</v>
+      </c>
+      <c r="B63" t="s">
+        <v>354</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>355</v>
+      </c>
+      <c r="E63" t="s">
+        <v>351</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>356</v>
+      </c>
+      <c r="H63" t="s">
+        <v>357</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>48</v>
+      </c>
+      <c r="B64" t="s">
+        <v>359</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>360</v>
+      </c>
+      <c r="E64" t="s">
+        <v>361</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>362</v>
+      </c>
+      <c r="H64" t="s">
+        <v>363</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>48</v>
+      </c>
+      <c r="B65" t="s">
+        <v>365</v>
+      </c>
+      <c r="C65" t="s">
+        <v>366</v>
+      </c>
+      <c r="D65" t="s">
+        <v>367</v>
+      </c>
+      <c r="E65" t="s">
+        <v>368</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>369</v>
+      </c>
+      <c r="H65" t="s">
+        <v>370</v>
+      </c>
+      <c r="I65" t="s">
+        <v>366</v>
+      </c>
+      <c r="J65" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>48</v>
+      </c>
+      <c r="B66" t="s">
+        <v>372</v>
+      </c>
+      <c r="C66" t="s">
+        <v>366</v>
+      </c>
+      <c r="D66" t="s">
+        <v>367</v>
+      </c>
+      <c r="E66" t="s">
+        <v>368</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>373</v>
+      </c>
+      <c r="H66" t="s">
+        <v>374</v>
+      </c>
+      <c r="I66" t="s">
+        <v>366</v>
+      </c>
+      <c r="J66" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>48</v>
+      </c>
+      <c r="B67" t="s">
+        <v>278</v>
+      </c>
+      <c r="C67" t="s">
+        <v>282</v>
+      </c>
+      <c r="D67" t="s">
+        <v>376</v>
+      </c>
+      <c r="E67" t="s">
+        <v>377</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>378</v>
+      </c>
+      <c r="H67" t="s">
+        <v>379</v>
+      </c>
+      <c r="I67" t="s">
+        <v>282</v>
+      </c>
+      <c r="J67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>48</v>
+      </c>
+      <c r="B68" t="s">
+        <v>105</v>
+      </c>
+      <c r="C68" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" t="s">
+        <v>376</v>
+      </c>
+      <c r="E68" t="s">
+        <v>377</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>380</v>
+      </c>
+      <c r="H68" t="s">
+        <v>381</v>
+      </c>
+      <c r="I68" t="s">
+        <v>282</v>
+      </c>
+      <c r="J68" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>48</v>
+      </c>
+      <c r="B69" t="s">
+        <v>79</v>
+      </c>
+      <c r="C69" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" t="s">
+        <v>382</v>
+      </c>
+      <c r="E69" t="s">
+        <v>383</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>384</v>
+      </c>
+      <c r="H69" t="s">
+        <v>385</v>
+      </c>
+      <c r="I69" t="s">
+        <v>282</v>
+      </c>
+      <c r="J69" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>48</v>
+      </c>
+      <c r="B70" t="s">
+        <v>386</v>
+      </c>
+      <c r="C70" t="s">
+        <v>387</v>
+      </c>
+      <c r="D70" t="s">
+        <v>388</v>
+      </c>
+      <c r="E70" t="s">
+        <v>389</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>390</v>
+      </c>
+      <c r="H70" t="s">
+        <v>391</v>
+      </c>
+      <c r="I70" t="s">
+        <v>387</v>
+      </c>
+      <c r="J70" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>48</v>
+      </c>
+      <c r="B71" t="s">
+        <v>393</v>
+      </c>
+      <c r="C71" t="s">
+        <v>387</v>
+      </c>
+      <c r="D71" t="s">
+        <v>388</v>
+      </c>
+      <c r="E71" t="s">
+        <v>389</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>394</v>
+      </c>
+      <c r="H71" t="s">
+        <v>395</v>
+      </c>
+      <c r="I71" t="s">
+        <v>387</v>
+      </c>
+      <c r="J71" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>48</v>
+      </c>
+      <c r="B72" t="s">
+        <v>396</v>
+      </c>
+      <c r="C72" t="s">
+        <v>397</v>
+      </c>
+      <c r="D72" t="s">
+        <v>398</v>
+      </c>
+      <c r="E72" t="s">
+        <v>399</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>400</v>
+      </c>
+      <c r="H72" t="s">
+        <v>401</v>
+      </c>
+      <c r="I72" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>48</v>
+      </c>
+      <c r="B73" t="s">
+        <v>403</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>404</v>
+      </c>
+      <c r="E73" t="s">
+        <v>405</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>406</v>
+      </c>
+      <c r="H73" t="s">
+        <v>407</v>
+      </c>
+      <c r="I73" t="s">
+        <v>13</v>
+      </c>
+      <c r="J73" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>48</v>
+      </c>
+      <c r="B74" t="s">
+        <v>409</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>410</v>
+      </c>
+      <c r="E74" t="s">
+        <v>411</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>412</v>
+      </c>
+      <c r="H74" t="s">
+        <v>413</v>
+      </c>
+      <c r="I74" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>48</v>
+      </c>
+      <c r="B75" t="s">
+        <v>414</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>410</v>
+      </c>
+      <c r="E75" t="s">
+        <v>411</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>415</v>
+      </c>
+      <c r="H75" t="s">
+        <v>416</v>
+      </c>
+      <c r="I75" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>48</v>
+      </c>
+      <c r="B76" t="s">
+        <v>418</v>
+      </c>
+      <c r="C76" t="s">
+        <v>419</v>
+      </c>
+      <c r="D76" t="s">
+        <v>420</v>
+      </c>
+      <c r="E76" t="s">
+        <v>421</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>422</v>
+      </c>
+      <c r="H76" t="s">
+        <v>423</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>48</v>
+      </c>
+      <c r="B77" t="s">
+        <v>425</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>426</v>
+      </c>
+      <c r="E77" t="s">
+        <v>421</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>427</v>
+      </c>
+      <c r="H77" t="s">
+        <v>428</v>
+      </c>
+      <c r="I77" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" t="s">
+        <v>429</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>430</v>
+      </c>
+      <c r="B2" t="s">
+        <v>431</v>
+      </c>
+      <c r="C2" t="s">
+        <v>432</v>
+      </c>
+      <c r="D2" t="s">
+        <v>433</v>
+      </c>
+      <c r="E2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>435</v>
+      </c>
+      <c r="H2" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C3" t="s">
+        <v>438</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>440</v>
+      </c>
+      <c r="H3" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B4" t="s">
+        <v>442</v>
+      </c>
+      <c r="C4" t="s">
+        <v>443</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>444</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>445</v>
+      </c>
+      <c r="H4" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>430</v>
+      </c>
+      <c r="B5" t="s">
+        <v>447</v>
+      </c>
+      <c r="C5" t="s">
+        <v>432</v>
+      </c>
+      <c r="D5" t="s">
+        <v>448</v>
+      </c>
+      <c r="E5" t="s">
+        <v>449</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>450</v>
+      </c>
+      <c r="H5" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>430</v>
+      </c>
+      <c r="B6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C6" t="s">
+        <v>453</v>
+      </c>
+      <c r="D6" t="s">
+        <v>454</v>
+      </c>
+      <c r="E6" t="s">
+        <v>455</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>456</v>
+      </c>
+      <c r="H6" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>430</v>
+      </c>
+      <c r="B7" t="s">
+        <v>458</v>
+      </c>
+      <c r="C7" t="s">
+        <v>459</v>
+      </c>
+      <c r="D7" t="s">
+        <v>460</v>
+      </c>
+      <c r="E7" t="s">
+        <v>461</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>462</v>
+      </c>
+      <c r="H7" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>430</v>
+      </c>
+      <c r="B8" t="s">
+        <v>464</v>
+      </c>
+      <c r="C8" t="s">
+        <v>465</v>
+      </c>
+      <c r="D8" t="s">
+        <v>466</v>
+      </c>
+      <c r="E8" t="s">
+        <v>467</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>468</v>
+      </c>
+      <c r="H8" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>430</v>
+      </c>
+      <c r="B9" t="s">
+        <v>470</v>
+      </c>
+      <c r="C9" t="s">
+        <v>471</v>
+      </c>
+      <c r="D9" t="s">
+        <v>472</v>
+      </c>
+      <c r="E9" t="s">
+        <v>473</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>474</v>
+      </c>
+      <c r="H9" t="s">
+        <v>475</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>477</v>
+      </c>
+      <c r="B2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>480</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>481</v>
+      </c>
+      <c r="H2" t="s">
+        <v>482</v>
+      </c>
+      <c r="I2" t="s">
+        <v>483</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>484</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>485</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>486</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>487</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>488</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>489</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>484</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>491</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>492</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>493</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>494</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>495</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>496</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>484</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>497</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>498</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>499</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>500</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>501</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>502</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>484</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>503</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>504</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>505</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>506</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>507</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>508</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>509</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>510</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>511</v>
       </c>
       <c r="D2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>512</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>513</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>514</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>509</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>515</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>516</v>
       </c>
       <c r="D3" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>517</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>518</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>519</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>509</v>
+      </c>
+      <c r="B4" t="s">
+        <v>520</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>521</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>522</v>
+      </c>
+      <c r="H4" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>509</v>
+      </c>
+      <c r="B5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C5" t="s">
+        <v>525</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>526</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>527</v>
+      </c>
+      <c r="H5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>509</v>
+      </c>
+      <c r="B6" t="s">
+        <v>529</v>
+      </c>
+      <c r="C6" t="s">
+        <v>530</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>531</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>532</v>
+      </c>
+      <c r="H6" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>509</v>
+      </c>
+      <c r="B7" t="s">
+        <v>534</v>
+      </c>
+      <c r="C7" t="s">
+        <v>535</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>536</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>537</v>
+      </c>
+      <c r="H7" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>509</v>
+      </c>
+      <c r="B8" t="s">
+        <v>539</v>
+      </c>
+      <c r="C8" t="s">
+        <v>540</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>541</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>542</v>
+      </c>
+      <c r="H8" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>509</v>
+      </c>
+      <c r="B9" t="s">
+        <v>544</v>
+      </c>
+      <c r="C9" t="s">
+        <v>545</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>546</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>547</v>
+      </c>
+      <c r="H9" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>509</v>
+      </c>
+      <c r="B10" t="s">
+        <v>549</v>
+      </c>
+      <c r="C10" t="s">
+        <v>550</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>551</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>552</v>
+      </c>
+      <c r="H10" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>509</v>
+      </c>
+      <c r="B11" t="s">
+        <v>554</v>
+      </c>
+      <c r="C11" t="s">
+        <v>555</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>556</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>557</v>
+      </c>
+      <c r="H11" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>509</v>
+      </c>
+      <c r="B12" t="s">
+        <v>559</v>
+      </c>
+      <c r="C12" t="s">
+        <v>560</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>561</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>562</v>
+      </c>
+      <c r="H12" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>509</v>
+      </c>
+      <c r="B13" t="s">
+        <v>564</v>
+      </c>
+      <c r="C13" t="s">
+        <v>565</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>566</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>567</v>
+      </c>
+      <c r="H13" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>509</v>
+      </c>
+      <c r="B14" t="s">
+        <v>569</v>
+      </c>
+      <c r="C14" t="s">
+        <v>570</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>571</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>572</v>
+      </c>
+      <c r="H14" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B15" t="s">
+        <v>574</v>
+      </c>
+      <c r="C15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>571</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>576</v>
+      </c>
+      <c r="H15" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>509</v>
+      </c>
+      <c r="B16" t="s">
+        <v>578</v>
+      </c>
+      <c r="C16" t="s">
+        <v>579</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>571</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>580</v>
+      </c>
+      <c r="H16" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>509</v>
+      </c>
+      <c r="B17" t="s">
+        <v>582</v>
+      </c>
+      <c r="C17" t="s">
+        <v>583</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>571</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>584</v>
+      </c>
+      <c r="H17" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>509</v>
+      </c>
+      <c r="B18" t="s">
+        <v>586</v>
+      </c>
+      <c r="C18" t="s">
+        <v>587</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>588</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>589</v>
+      </c>
+      <c r="H18" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>509</v>
+      </c>
+      <c r="B19" t="s">
+        <v>591</v>
+      </c>
+      <c r="C19" t="s">
+        <v>592</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>588</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>593</v>
+      </c>
+      <c r="H19" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>509</v>
+      </c>
+      <c r="B20" t="s">
+        <v>595</v>
+      </c>
+      <c r="C20" t="s">
+        <v>596</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>597</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>598</v>
+      </c>
+      <c r="H20" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>509</v>
+      </c>
+      <c r="B21" t="s">
+        <v>600</v>
+      </c>
+      <c r="C21" t="s">
+        <v>601</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>602</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>603</v>
+      </c>
+      <c r="H21" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>509</v>
+      </c>
+      <c r="B22" t="s">
+        <v>605</v>
+      </c>
+      <c r="C22" t="s">
+        <v>606</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>607</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>608</v>
+      </c>
+      <c r="H22" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>509</v>
+      </c>
+      <c r="B23" t="s">
+        <v>610</v>
+      </c>
+      <c r="C23" t="s">
+        <v>611</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>612</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>613</v>
+      </c>
+      <c r="H23" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>509</v>
+      </c>
+      <c r="B24" t="s">
+        <v>615</v>
+      </c>
+      <c r="C24" t="s">
+        <v>616</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>617</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>618</v>
+      </c>
+      <c r="H24" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>509</v>
+      </c>
+      <c r="B25" t="s">
+        <v>620</v>
+      </c>
+      <c r="C25" t="s">
+        <v>621</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>622</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>623</v>
+      </c>
+      <c r="H25" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>509</v>
+      </c>
+      <c r="B26" t="s">
+        <v>625</v>
+      </c>
+      <c r="C26" t="s">
+        <v>626</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>627</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>628</v>
+      </c>
+      <c r="H26" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>509</v>
+      </c>
+      <c r="B27" t="s">
+        <v>630</v>
+      </c>
+      <c r="C27" t="s">
+        <v>631</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>632</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>633</v>
+      </c>
+      <c r="H27" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>509</v>
+      </c>
+      <c r="B28" t="s">
+        <v>635</v>
+      </c>
+      <c r="C28" t="s">
+        <v>636</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>637</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>638</v>
+      </c>
+      <c r="H28" t="s">
+        <v>639</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>640</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>641</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>642</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>643</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>644</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>645</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
+        <v>646</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>640</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>647</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>648</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>649</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>650</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>651</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>652</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>640</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>653</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>654</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>655</v>
       </c>
       <c r="E4" t="s">
-        <v>67</v>
+        <v>656</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>657</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>658</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>640</v>
+      </c>
+      <c r="B5" t="s">
+        <v>659</v>
+      </c>
+      <c r="C5" t="s">
+        <v>660</v>
+      </c>
+      <c r="D5" t="s">
+        <v>661</v>
+      </c>
+      <c r="E5" t="s">
+        <v>662</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>663</v>
+      </c>
+      <c r="H5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>640</v>
+      </c>
+      <c r="B6" t="s">
+        <v>665</v>
+      </c>
+      <c r="C6" t="s">
+        <v>666</v>
+      </c>
+      <c r="D6" t="s">
+        <v>667</v>
+      </c>
+      <c r="E6" t="s">
+        <v>668</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>669</v>
+      </c>
+      <c r="H6" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>640</v>
+      </c>
+      <c r="B7" t="s">
+        <v>671</v>
+      </c>
+      <c r="C7" t="s">
+        <v>672</v>
+      </c>
+      <c r="D7" t="s">
+        <v>673</v>
+      </c>
+      <c r="E7" t="s">
+        <v>674</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>675</v>
+      </c>
+      <c r="H7" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>640</v>
+      </c>
+      <c r="B8" t="s">
+        <v>677</v>
+      </c>
+      <c r="C8" t="s">
+        <v>678</v>
+      </c>
+      <c r="D8" t="s">
+        <v>679</v>
+      </c>
+      <c r="E8" t="s">
+        <v>680</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>681</v>
+      </c>
+      <c r="H8" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>640</v>
+      </c>
+      <c r="B9" t="s">
+        <v>683</v>
+      </c>
+      <c r="C9" t="s">
+        <v>684</v>
+      </c>
+      <c r="D9" t="s">
+        <v>685</v>
+      </c>
+      <c r="E9" t="s">
+        <v>686</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>687</v>
+      </c>
+      <c r="H9" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>640</v>
+      </c>
+      <c r="B10" t="s">
+        <v>689</v>
+      </c>
+      <c r="C10" t="s">
+        <v>690</v>
+      </c>
+      <c r="D10" t="s">
+        <v>691</v>
+      </c>
+      <c r="E10" t="s">
+        <v>692</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>693</v>
+      </c>
+      <c r="H10" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>640</v>
+      </c>
+      <c r="B11" t="s">
+        <v>695</v>
+      </c>
+      <c r="C11" t="s">
+        <v>696</v>
+      </c>
+      <c r="D11" t="s">
+        <v>697</v>
+      </c>
+      <c r="E11" t="s">
+        <v>698</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>699</v>
+      </c>
+      <c r="H11" t="s">
+        <v>700</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y55"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>702</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>703</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>704</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>705</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>706</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>707</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>708</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>83</v>
+        <v>710</v>
       </c>
       <c r="H3" t="s">
-        <v>84</v>
-[...29 lines deleted...]
-        <v>94</v>
+        <v>711</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>712</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="E4" t="s">
-        <v>96</v>
+        <v>713</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>97</v>
+        <v>714</v>
       </c>
       <c r="H4" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-        <v>102</v>
+        <v>715</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B5" t="s">
-        <v>103</v>
+        <v>716</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>717</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>718</v>
       </c>
       <c r="E5" t="s">
-        <v>104</v>
+        <v>719</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>105</v>
+        <v>720</v>
       </c>
       <c r="H5" t="s">
-        <v>106</v>
-[...11 lines deleted...]
-        <v>110</v>
+        <v>721</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B6" t="s">
-        <v>111</v>
+        <v>722</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>723</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>724</v>
       </c>
       <c r="E6" t="s">
-        <v>112</v>
+        <v>725</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>113</v>
+        <v>726</v>
       </c>
       <c r="H6" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B7" t="s">
-        <v>118</v>
+        <v>728</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>729</v>
       </c>
       <c r="E7" t="s">
-        <v>119</v>
+        <v>730</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>120</v>
+        <v>731</v>
       </c>
       <c r="H7" t="s">
-        <v>121</v>
-[...17 lines deleted...]
-        <v>127</v>
+        <v>732</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B8" t="s">
-        <v>128</v>
+        <v>733</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>734</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>735</v>
       </c>
       <c r="E8" t="s">
-        <v>129</v>
+        <v>736</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>130</v>
+        <v>737</v>
       </c>
       <c r="H8" t="s">
-        <v>131</v>
-[...17 lines deleted...]
-        <v>137</v>
+        <v>738</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B9" t="s">
-        <v>138</v>
+        <v>739</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>740</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>493</v>
       </c>
       <c r="E9" t="s">
-        <v>139</v>
+        <v>741</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>140</v>
+        <v>742</v>
       </c>
       <c r="H9" t="s">
-        <v>141</v>
-[...17 lines deleted...]
-        <v>147</v>
+        <v>743</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B10" t="s">
-        <v>148</v>
+        <v>744</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>745</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>746</v>
       </c>
       <c r="E10" t="s">
-        <v>149</v>
+        <v>747</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>150</v>
+        <v>748</v>
       </c>
       <c r="H10" t="s">
-        <v>151</v>
-[...8 lines deleted...]
-        <v>154</v>
+        <v>749</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B11" t="s">
-        <v>155</v>
+        <v>750</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>751</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>752</v>
       </c>
       <c r="E11" t="s">
-        <v>156</v>
+        <v>753</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>157</v>
+        <v>754</v>
       </c>
       <c r="H11" t="s">
-        <v>158</v>
-[...11 lines deleted...]
-        <v>161</v>
+        <v>755</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B12" t="s">
-        <v>162</v>
+        <v>756</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>757</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>758</v>
       </c>
       <c r="E12" t="s">
-        <v>163</v>
+        <v>759</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>164</v>
+        <v>760</v>
       </c>
       <c r="H12" t="s">
-        <v>165</v>
-[...8 lines deleted...]
-        <v>168</v>
+        <v>761</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B13" t="s">
-        <v>169</v>
+        <v>762</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>763</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>764</v>
       </c>
       <c r="E13" t="s">
-        <v>170</v>
+        <v>765</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>171</v>
+        <v>766</v>
       </c>
       <c r="H13" t="s">
-        <v>172</v>
-[...8 lines deleted...]
-        <v>174</v>
+        <v>767</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>768</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>769</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>770</v>
       </c>
       <c r="E14" t="s">
-        <v>176</v>
+        <v>771</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>177</v>
+        <v>772</v>
       </c>
       <c r="H14" t="s">
-        <v>178</v>
-[...38 lines deleted...]
-        <v>191</v>
+        <v>773</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B15" t="s">
-        <v>192</v>
+        <v>774</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>775</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>193</v>
+        <v>776</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>194</v>
+        <v>777</v>
       </c>
       <c r="H15" t="s">
-        <v>195</v>
-[...8 lines deleted...]
-        <v>198</v>
+        <v>778</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B16" t="s">
-        <v>199</v>
+        <v>779</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>780</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>781</v>
       </c>
       <c r="E16" t="s">
-        <v>200</v>
+        <v>782</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>201</v>
+        <v>783</v>
       </c>
       <c r="H16" t="s">
-        <v>202</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>784</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B17" t="s">
-        <v>206</v>
+        <v>785</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>786</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>787</v>
       </c>
       <c r="E17" t="s">
-        <v>207</v>
+        <v>788</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>208</v>
+        <v>789</v>
       </c>
       <c r="H17" t="s">
-        <v>209</v>
-[...35 lines deleted...]
-        <v>221</v>
+        <v>790</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B18" t="s">
-        <v>222</v>
+        <v>791</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>792</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>793</v>
       </c>
       <c r="E18" t="s">
-        <v>223</v>
+        <v>794</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>224</v>
+        <v>795</v>
       </c>
       <c r="H18" t="s">
-        <v>225</v>
-[...20 lines deleted...]
-        <v>232</v>
+        <v>796</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B19" t="s">
-        <v>233</v>
+        <v>797</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>798</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>799</v>
       </c>
       <c r="E19" t="s">
-        <v>234</v>
+        <v>800</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>235</v>
+        <v>801</v>
       </c>
       <c r="H19" t="s">
-        <v>236</v>
-[...38 lines deleted...]
-        <v>249</v>
+        <v>802</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B20" t="s">
-        <v>250</v>
+        <v>803</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>798</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>799</v>
       </c>
       <c r="E20" t="s">
-        <v>251</v>
+        <v>804</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>252</v>
+        <v>805</v>
       </c>
       <c r="H20" t="s">
-        <v>253</v>
-[...11 lines deleted...]
-        <v>257</v>
+        <v>806</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B21" t="s">
-        <v>258</v>
+        <v>807</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>808</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>259</v>
+        <v>809</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>260</v>
+        <v>810</v>
       </c>
       <c r="H21" t="s">
-        <v>261</v>
-[...11 lines deleted...]
-        <v>265</v>
+        <v>811</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B22" t="s">
-        <v>266</v>
+        <v>812</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>814</v>
       </c>
       <c r="E22" t="s">
-        <v>267</v>
+        <v>815</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>268</v>
+        <v>816</v>
       </c>
       <c r="H22" t="s">
-        <v>269</v>
-[...50 lines deleted...]
-        <v>286</v>
+        <v>817</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B23" t="s">
-        <v>287</v>
+        <v>818</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>819</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="E23" t="s">
-        <v>288</v>
+        <v>821</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>289</v>
+        <v>822</v>
       </c>
       <c r="H23" t="s">
-        <v>290</v>
-[...8 lines deleted...]
-        <v>292</v>
+        <v>823</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B24" t="s">
-        <v>293</v>
+        <v>824</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>825</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>294</v>
+        <v>826</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>295</v>
+        <v>827</v>
       </c>
       <c r="H24" t="s">
-        <v>296</v>
-[...11 lines deleted...]
-        <v>300</v>
+        <v>828</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B25" t="s">
-        <v>301</v>
+        <v>829</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>830</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E25" t="s">
-        <v>302</v>
+        <v>832</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>303</v>
+        <v>833</v>
       </c>
       <c r="H25" t="s">
-        <v>304</v>
-[...50 lines deleted...]
-        <v>321</v>
+        <v>834</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B26" t="s">
-        <v>322</v>
+        <v>835</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>836</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E26" t="s">
-        <v>323</v>
+        <v>837</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>324</v>
+        <v>838</v>
       </c>
       <c r="H26" t="s">
-        <v>325</v>
-[...17 lines deleted...]
-        <v>331</v>
+        <v>839</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B27" t="s">
-        <v>332</v>
+        <v>840</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>841</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>787</v>
       </c>
       <c r="E27" t="s">
-        <v>333</v>
+        <v>842</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>334</v>
+        <v>843</v>
       </c>
       <c r="H27" t="s">
-        <v>335</v>
-[...32 lines deleted...]
-        <v>346</v>
+        <v>844</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B28" t="s">
-        <v>347</v>
+        <v>845</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>846</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>787</v>
       </c>
       <c r="E28" t="s">
-        <v>348</v>
+        <v>847</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>349</v>
+        <v>848</v>
       </c>
       <c r="H28" t="s">
-        <v>350</v>
-[...17 lines deleted...]
-        <v>356</v>
+        <v>849</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B29" t="s">
-        <v>357</v>
+        <v>850</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>786</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>787</v>
       </c>
       <c r="E29" t="s">
-        <v>358</v>
+        <v>851</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>359</v>
+        <v>852</v>
       </c>
       <c r="H29" t="s">
-        <v>360</v>
-[...17 lines deleted...]
-        <v>366</v>
+        <v>853</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B30" t="s">
-        <v>367</v>
+        <v>854</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>856</v>
       </c>
       <c r="E30" t="s">
-        <v>368</v>
+        <v>857</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>369</v>
+        <v>858</v>
       </c>
       <c r="H30" t="s">
-        <v>370</v>
-[...20 lines deleted...]
-        <v>377</v>
+        <v>859</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B31" t="s">
-        <v>378</v>
+        <v>860</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>861</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>862</v>
       </c>
       <c r="E31" t="s">
-        <v>379</v>
+        <v>863</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>380</v>
+        <v>864</v>
       </c>
       <c r="H31" t="s">
-        <v>381</v>
-[...32 lines deleted...]
-        <v>392</v>
+        <v>865</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B32" t="s">
-        <v>393</v>
+        <v>866</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>867</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>868</v>
       </c>
       <c r="E32" t="s">
-        <v>379</v>
+        <v>869</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>394</v>
+        <v>870</v>
       </c>
       <c r="H32" t="s">
-        <v>395</v>
-[...29 lines deleted...]
-        <v>405</v>
+        <v>871</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B33" t="s">
-        <v>406</v>
+        <v>872</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>873</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>874</v>
       </c>
       <c r="E33" t="s">
-        <v>379</v>
+        <v>875</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>407</v>
+        <v>876</v>
       </c>
       <c r="H33" t="s">
-        <v>408</v>
-[...20 lines deleted...]
-        <v>415</v>
+        <v>877</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B34" t="s">
-        <v>416</v>
+        <v>878</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>879</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>880</v>
       </c>
       <c r="E34" t="s">
-        <v>417</v>
+        <v>881</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>418</v>
+        <v>882</v>
       </c>
       <c r="H34" t="s">
-        <v>419</v>
-[...23 lines deleted...]
-        <v>426</v>
+        <v>883</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B35" t="s">
-        <v>427</v>
+        <v>884</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>885</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>886</v>
       </c>
       <c r="E35" t="s">
-        <v>428</v>
+        <v>887</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>429</v>
+        <v>888</v>
       </c>
       <c r="H35" t="s">
-        <v>430</v>
-[...8 lines deleted...]
-        <v>433</v>
+        <v>889</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B36" t="s">
-        <v>434</v>
+        <v>890</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>891</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>892</v>
       </c>
       <c r="E36" t="s">
-        <v>435</v>
+        <v>893</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>436</v>
+        <v>894</v>
       </c>
       <c r="H36" t="s">
-        <v>437</v>
-[...26 lines deleted...]
-        <v>446</v>
+        <v>895</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>896</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>897</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>448</v>
+        <v>898</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>449</v>
+        <v>899</v>
       </c>
       <c r="H37" t="s">
-        <v>450</v>
-[...17 lines deleted...]
-        <v>456</v>
+        <v>900</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B38" t="s">
-        <v>457</v>
+        <v>901</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>902</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>880</v>
       </c>
       <c r="E38" t="s">
-        <v>458</v>
+        <v>903</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>459</v>
+        <v>904</v>
       </c>
       <c r="H38" t="s">
-        <v>460</v>
-[...11 lines deleted...]
-        <v>463</v>
+        <v>905</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B39" t="s">
-        <v>464</v>
+        <v>906</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>907</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>908</v>
       </c>
       <c r="E39" t="s">
-        <v>465</v>
+        <v>909</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>466</v>
+        <v>910</v>
       </c>
       <c r="H39" t="s">
-        <v>467</v>
-[...17 lines deleted...]
-        <v>472</v>
+        <v>911</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B40" t="s">
-        <v>473</v>
+        <v>625</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>912</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>913</v>
       </c>
       <c r="E40" t="s">
-        <v>474</v>
+        <v>914</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>475</v>
+        <v>915</v>
       </c>
       <c r="H40" t="s">
-        <v>476</v>
-[...17 lines deleted...]
-        <v>482</v>
+        <v>916</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B41" t="s">
-        <v>483</v>
+        <v>917</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>918</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>919</v>
       </c>
       <c r="E41" t="s">
-        <v>484</v>
+        <v>920</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>485</v>
+        <v>921</v>
       </c>
       <c r="H41" t="s">
-        <v>486</v>
-[...17 lines deleted...]
-        <v>492</v>
+        <v>922</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B42" t="s">
-        <v>493</v>
+        <v>923</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>924</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>925</v>
       </c>
       <c r="E42" t="s">
-        <v>494</v>
+        <v>926</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>495</v>
+        <v>927</v>
       </c>
       <c r="H42" t="s">
-        <v>496</v>
-[...14 lines deleted...]
-        <v>500</v>
+        <v>928</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B43" t="s">
-        <v>501</v>
+        <v>929</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>930</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>931</v>
       </c>
       <c r="E43" t="s">
-        <v>494</v>
+        <v>932</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>502</v>
+        <v>933</v>
       </c>
       <c r="H43" t="s">
-        <v>503</v>
-[...38 lines deleted...]
-        <v>516</v>
+        <v>934</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B44" t="s">
-        <v>517</v>
+        <v>935</v>
       </c>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>936</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>937</v>
       </c>
       <c r="E44" t="s">
-        <v>518</v>
+        <v>938</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>519</v>
+        <v>939</v>
       </c>
       <c r="H44" t="s">
-        <v>520</v>
-[...14 lines deleted...]
-        <v>524</v>
+        <v>940</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B45" t="s">
-        <v>525</v>
+        <v>941</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>942</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>943</v>
       </c>
       <c r="E45" t="s">
-        <v>526</v>
+        <v>944</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>527</v>
+        <v>945</v>
       </c>
       <c r="H45" t="s">
-        <v>528</v>
-[...8 lines deleted...]
-        <v>531</v>
+        <v>946</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>73</v>
+        <v>701</v>
       </c>
       <c r="B46" t="s">
-        <v>532</v>
+        <v>947</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>948</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>949</v>
       </c>
       <c r="E46" t="s">
-        <v>533</v>
+        <v>950</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>534</v>
+        <v>951</v>
       </c>
       <c r="H46" t="s">
-        <v>535</v>
-[...371 lines deleted...]
-        <v>613</v>
+        <v>952</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>953</v>
+      </c>
+      <c r="B2" t="s">
+        <v>954</v>
+      </c>
+      <c r="C2" t="s">
+        <v>955</v>
+      </c>
+      <c r="D2" t="s">
+        <v>708</v>
+      </c>
+      <c r="E2" t="s">
+        <v>956</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>957</v>
+      </c>
+      <c r="H2" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>953</v>
+      </c>
+      <c r="B3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C3" t="s">
+        <v>960</v>
+      </c>
+      <c r="D3" t="s">
+        <v>961</v>
+      </c>
+      <c r="E3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>962</v>
+      </c>
+      <c r="H3" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>953</v>
+      </c>
+      <c r="B4" t="s">
+        <v>964</v>
+      </c>
+      <c r="C4" t="s">
+        <v>965</v>
+      </c>
+      <c r="D4" t="s">
+        <v>966</v>
+      </c>
+      <c r="E4" t="s">
+        <v>967</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>968</v>
+      </c>
+      <c r="H4" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>953</v>
+      </c>
+      <c r="B5" t="s">
+        <v>970</v>
+      </c>
+      <c r="C5" t="s">
+        <v>971</v>
+      </c>
+      <c r="D5" t="s">
+        <v>972</v>
+      </c>
+      <c r="E5" t="s">
+        <v>973</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>974</v>
+      </c>
+      <c r="H5" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>953</v>
+      </c>
+      <c r="B6" t="s">
+        <v>976</v>
+      </c>
+      <c r="C6" t="s">
+        <v>977</v>
+      </c>
+      <c r="D6" t="s">
+        <v>972</v>
+      </c>
+      <c r="E6" t="s">
+        <v>973</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>978</v>
+      </c>
+      <c r="H6" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>953</v>
+      </c>
+      <c r="B7" t="s">
+        <v>980</v>
+      </c>
+      <c r="C7" t="s">
+        <v>981</v>
+      </c>
+      <c r="D7" t="s">
+        <v>982</v>
+      </c>
+      <c r="E7" t="s">
+        <v>983</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>984</v>
+      </c>
+      <c r="H7" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>953</v>
+      </c>
+      <c r="B8" t="s">
+        <v>986</v>
+      </c>
+      <c r="C8" t="s">
+        <v>987</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>988</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>989</v>
+      </c>
+      <c r="H8" t="s">
+        <v>990</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>