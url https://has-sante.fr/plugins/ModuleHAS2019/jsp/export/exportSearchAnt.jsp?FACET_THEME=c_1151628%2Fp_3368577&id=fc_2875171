--- v0 (2025-10-27)
+++ v1 (2026-01-19)
@@ -9,287 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>18/07/2025 10:28:47</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
-  </si>
-[...136 lines deleted...]
-    <t>p_3496953</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -303,251 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...206 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>