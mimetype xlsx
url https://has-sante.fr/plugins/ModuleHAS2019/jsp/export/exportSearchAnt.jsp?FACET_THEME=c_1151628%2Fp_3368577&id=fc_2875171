--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -9,149 +9,284 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/18/2025 10:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’élaborer des recommandations dans le but d’améliorer l’accompagnement et la prise en charge des personnes transgenres.</t>
+  </si>
+  <si>
+    <t>07/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367504/fr/parcours-de-transition-des-personnes-transgenres-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3367504</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
+  </si>
+  <si>
+    <t>p_3639305</t>
+  </si>
+  <si>
+    <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636602</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : poursuivre le travail au-delà des polémiques déplacées</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) élabore actuellement les premières recommandations sur le parcours de transition des personnes transgenres. Après avoir pris connaissance d’un article de presse dévoilant un document de travail, elle rappelle les fondements de sa méthode. Elle réaffirme aussi avec fermeté la nécessité de préserver la sérénité des travaux, et dénonce la divulgation de ce document confidentiel qui ne constitue nullement une recommandation. Celle-ci sera publiée au premier semestre 2025, à l’issue de son processus d’élaboration et de validation rigoureux.</t>
+  </si>
+  <si>
+    <t>13/12/2024 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572698/fr/parcours-de-transition-des-personnes-transgenres-poursuivre-le-travail-au-dela-des-polemiques-deplacees</t>
+  </si>
+  <si>
+    <t>p_3572698</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS dépose un pourvoi en cassation</t>
+  </si>
+  <si>
+    <t>Le 20 février dernier, le tribunal administratif de Montreuil enjoignait la HAS à communiquer, à l’association Juristes pour l’enfance, la liste des noms des participants au groupe de travail « Parcours de transition des personnes transgenres ». Soucieuse de préserver le principe de confidentialité qu’elle applique à l’ensemble de ces travaux pour en garantir la sérénité et attachée à la protection des personnes qui participent à leur élaboration, la HAS dépose un pourvoi en cassation et demande le sursis à exécution de cette décision.</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499903/fr/parcours-de-transition-des-personnes-transgenres-la-has-depose-un-pourvoi-en-cassation</t>
+  </si>
+  <si>
+    <t>p_3499903</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS prend acte du jugement du tribunal administratif</t>
+  </si>
+  <si>
+    <t>Le tribunal administratif de Montreuil a rendu son jugement à la suite de la saisine de l’association Juristes pour l’enfance. Il enjoint ainsi la HAS à communiquer, au demandeur, la liste des noms des participants au groupe de travail « Parcours de transition des personnes transgenres ». Si la HAS prend acte de cette décision, elle souhaite rappeler les fondements de sa méthode de travail et les raisons qui l’ont conduite à ne pas publier cette liste.</t>
+  </si>
+  <si>
+    <t>20/02/2024 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496953/fr/parcours-de-transition-des-personnes-transgenres-la-has-prend-acte-du-jugement-du-tribunal-administratif</t>
+  </si>
+  <si>
+    <t>p_3496953</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +300,251 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>