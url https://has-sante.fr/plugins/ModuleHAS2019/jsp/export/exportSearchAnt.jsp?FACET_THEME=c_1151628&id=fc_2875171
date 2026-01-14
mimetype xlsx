--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Vaccine recommendation" r:id="rId8" sheetId="6"/>
     <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7039" uniqueCount="4829">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7089" uniqueCount="4863">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,50 +116,86 @@
   <si>
     <t>p_3451353</t>
   </si>
   <si>
     <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>01/22/2020 00:00:00</t>
   </si>
   <si>
     <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Purulent acute otitis media in children over 3 months</t>
   </si>
   <si>
     <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
   </si>
   <si>
     <t>07/15/2021 00:00:00</t>
   </si>
   <si>
     <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
     <t>Acute nasopharyngitis and acute strep throat in children</t>
   </si>
   <si>
     <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
   </si>
   <si>
     <t>08/27/2021 12:17:00</t>
@@ -1037,68 +1073,419 @@
   <si>
     <t>03/07/2018 00:00:00</t>
   </si>
   <si>
     <t>04/19/2018 09:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>PREVYMIS (létermovir)</t>
+  </si>
+  <si>
+    <t>12/29/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983127/en/prevymis-letermovir</t>
+  </si>
+  <si>
+    <t>pprd_2983127</t>
+  </si>
+  <si>
+    <t>letermovir</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869231/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498130/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806765/en/prevymis-letermovir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>KEYTRUDA</t>
+  </si>
+  <si>
+    <t>12/19/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/en/keytruda-pembrolizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/en/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/en/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/en/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/en/keytruda-kidney-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/en/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/en/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/en/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/en/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/en/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/en/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/en/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/en/keytruda-pembrolizumab-clear-cell-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/en/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/en/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/en/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/en/keytruda-pembrolizumab-renal-cell-carcinoma-rcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/en/keytruda-pembrolizumab-gastro-oesophageal-junction-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/en/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/en/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/en/keytruda-pembrolizumab-metastatic-biliary</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/en/keytruda-pembrolizumab-adjuvant-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>12/15/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadélumab)</t>
+  </si>
+  <si>
+    <t>12/12/2025 08:34:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadélumab</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/en/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/en/takhzyro-lanadelumab-hereditary-angioedema</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/en/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
+  </si>
+  <si>
+    <t>12/09/2025 15:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501692/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
+  </si>
+  <si>
+    <t>p_3501692</t>
+  </si>
+  <si>
+    <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784589/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>LORAZEPAM XILMAC (lorazépam)</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/en/lorazepam-xilmac-lorazepam</t>
+  </si>
+  <si>
+    <t>p_3457344</t>
+  </si>
+  <si>
+    <t>lorazépam</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457064/en/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/en/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/en/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
+    <t>ALHEMO (concizumab)</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/en/alhemo-concizumab</t>
+  </si>
+  <si>
+    <t>p_3466254</t>
+  </si>
+  <si>
+    <t>concizumab</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466237/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/en/alhemo-concizumab-haemophilia-a-or-b-with-fix-inhibitors-and-aged-12-years-and-over</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/en/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
     <t>ADEMPAS</t>
   </si>
   <si>
     <t>11/21/2025 09:08:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
   </si>
   <si>
     <t>pprd_2984706</t>
   </si>
   <si>
     <t>riociguat</t>
   </si>
   <si>
-    <t>MSD FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210936/en/adempas-riociguat</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3222368/en/adempas-riociguat</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500927/en/adempas-riociguat-pah-in-children-and-adolescents</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3526093/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741668/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
   </si>
   <si>
     <t>PARACETAMOL (paracétamol)</t>
   </si>
   <si>
     <t>11/06/2025 09:31:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982801/en/paracetamol-paracetamol</t>
@@ -1832,51 +2219,51 @@
   <si>
     <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
   </si>
   <si>
     <t>09/25/2025 09:57:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
   </si>
   <si>
     <t>pprd_2984736</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534142/en/bexsero-meningococcal-group-b-vaccine-vaccine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b</t>
   </si>
   <si>
     <t>MENVEO (oligoside de Neisseria meningitidis du groupe W135 conjugué à la proté...)</t>
   </si>
   <si>
     <t>09/25/2025 10:01:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
   </si>
   <si>
     <t>pprd_2984826</t>
   </si>
   <si>
     <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
@@ -2141,53 +2528,50 @@
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
   </si>
   <si>
     <t>NEXVIADYME (avalglucosidase alfa)</t>
   </si>
   <si>
     <t>09/10/2025 13:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374119/en/nexviadyme-avalglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3374119</t>
   </si>
   <si>
     <t>avalglucosidase alfa</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3374079/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390671/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467298/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554673/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644517/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>EVKEEZA (évinacumab)</t>
   </si>
   <si>
     <t>09/10/2025 11:33:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3386112/en/evkeeza-evinacumab</t>
   </si>
   <si>
     <t>p_3386112</t>
@@ -2225,263 +2609,83 @@
   <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
     <t>09/05/2025 13:50:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2818022/en/buccolam-midazolam</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3643533/en/buccolam-midazolam-epilepsie-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3643533/en/buccolam-midazolam-epileptic-seizures-in-adults</t>
   </si>
   <si>
     <t>FLEBOGAMMA DIF (immunoglobuline humaine normale)</t>
   </si>
   <si>
     <t>08/11/2025 08:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985246/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2985246</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>GRIFOLS FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_992837/en/flebogammadif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118416/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3136109/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3640558/en/flebogamma-normal-human-immunoglobulin-measles-pre/post-exposure</t>
   </si>
   <si>
-    <t>KEYTRUDA</t>
-[...178 lines deleted...]
-  <si>
     <t>PROHANCE (gadotéridol)</t>
   </si>
   <si>
     <t>08/07/2025 11:01:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983119/en/prohance-gadoteridol</t>
   </si>
   <si>
     <t>pprd_2983119</t>
   </si>
   <si>
     <t>gadotéridol</t>
   </si>
   <si>
     <t>BRACCO IMAGING FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400129/en/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893643/en/prohance-gadoteridol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2018882/en/prohance-gadoteridol</t>
@@ -2747,53 +2951,50 @@
   <si>
     <t>GALDERMA INTERNATIONAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635776/en/nemluvio-nemolizumab-atopic-dermatitis-in-adults-and-in-adolescents-12-years</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636353/en/nemluvio-nemolizumab-prurigo-nodularis</t>
   </si>
   <si>
     <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
   </si>
   <si>
     <t>07/11/2025 17:46:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
   </si>
   <si>
     <t>p_3635682</t>
   </si>
   <si>
     <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
   </si>
   <si>
     <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>07/10/2025 15:45:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983868</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>OCTAPHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
@@ -3011,51 +3212,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
   </si>
   <si>
     <t>EFLUELDA</t>
   </si>
   <si>
     <t>05/21/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche-vaccin-antigrippal</t>
+    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
   </si>
   <si>
     <t>SYNJARDY</t>
   </si>
   <si>
     <t>05/21/2025 16:39:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3219547/en/synjardy</t>
   </si>
   <si>
     <t>p_3219547</t>
   </si>
   <si>
     <t>empagliflozine,metformine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3218341/en/synjardy</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606850/en/synjardy-empagliflozin-metformin-aged-10-years-and-above-for-the-treatment-of-type-2-diabetes</t>
   </si>
@@ -6221,71 +6422,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982975/en/orkambi</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656337/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889886/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3109937/en/orkambi-ivacaftor/-lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470456/en/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471694/en/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
   </si>
   <si>
-    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
-[...19 lines deleted...]
-  <si>
     <t>SIANALAR</t>
   </si>
   <si>
     <t>03/08/2024 08:40:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982973/en/sianalar</t>
   </si>
   <si>
     <t>pprd_2982973</t>
   </si>
   <si>
     <t>bromure de glycopyrronium</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889901/en/sianalar-glycopyrronium-bromide-anticholinergic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3499775/en/sialanar-glycopyrronium-bromide-severe-sialorrhoea</t>
   </si>
   <si>
     <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
@@ -6293,77 +6473,50 @@
   <si>
     <t>03/06/2024 17:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
   </si>
   <si>
-    <t>TAKHZYRO (lanadélumab)</t>
-[...25 lines deleted...]
-  <si>
     <t>MYOZYME (alpha-alglucosidase)</t>
   </si>
   <si>
     <t>03/04/2024 09:10:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983670/en/myozyme-alpha-alglucosidase</t>
   </si>
   <si>
     <t>pprd_2983670</t>
   </si>
   <si>
     <t>alglucosidase alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_446700/en/myozyme</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967981/en/myozyme</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1359745/en/myozyme</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2754216/en/myozyme-alglucosidase-alpha-enzyme-replacement-therapy</t>
@@ -6446,53 +6599,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1332053/en/dificlir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214276/en/dificlir-fidaxomicine-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498127/en/dificlir-fidaxomicin-clostridium-difficile-infection</t>
   </si>
   <si>
     <t>SOGROYA (somapacitan)</t>
   </si>
   <si>
     <t>03/04/2024 09:12:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498641/en/sogroya-somapacitan</t>
   </si>
   <si>
     <t>p_3498641</t>
   </si>
   <si>
     <t>somapacitan</t>
   </si>
   <si>
-    <t>NOVO NORDISK</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3498565/en/sogroya-somapacitan-growth-hormone-deficiency</t>
   </si>
   <si>
     <t>DOTAREM (acide gadotérique)</t>
   </si>
   <si>
     <t>02/22/2024 18:33:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983120/en/dotarem-acide-gadoterique</t>
   </si>
   <si>
     <t>pprd_2983120</t>
   </si>
   <si>
     <t>acide gadotérique</t>
   </si>
   <si>
     <t>GUERBET FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400090/en/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_743951/en/dotarem-acide-gadoterique</t>
@@ -6836,77 +6986,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984824</t>
   </si>
   <si>
     <t>SANDOZ SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1190353/en/omnitrope</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1334829/en/omnitrope</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1724454/en/omnitrope-somatropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459847/en/omnitrope-somatropin-growth-hormone</t>
   </si>
   <si>
-    <t>LORAZEPAM XILMAC (lorazépam)</t>
-[...25 lines deleted...]
-  <si>
     <t>STRENSIQ</t>
   </si>
   <si>
     <t>08/03/2023 10:15:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
   </si>
   <si>
     <t>pprd_2984147</t>
   </si>
   <si>
     <t>asfotase alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3455973/en/strensiq-asfotase-alfa-hypophosphatasia</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
@@ -12921,71 +13044,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2983903/en/levemir-insuline-detemir</t>
   </si>
   <si>
     <t>pprd_2983903</t>
   </si>
   <si>
     <t>insuline détémir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400209/en/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_598147/en/levemir-penfill-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1277937/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1719432/en/levemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022087/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679437/en/levemir-insulin-detemir-long-acting-human-insulin-analogue</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
   </si>
   <si>
     <t>NUMETAH G13% E PRÉMATURÉS (mélange ternaire : glucose, acides aminés et électrolytes, lipides)</t>
   </si>
   <si>
     <t>11/04/2016 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983981/en/numetah-g13-e-prematures-melange-ternaire-glucose-acides-amines-et-electrolytes-lipides</t>
   </si>
   <si>
     <t>pprd_2983981</t>
   </si>
   <si>
     <t>mélange ternaire : glucose, acides aminés et électrolytes, lipides</t>
   </si>
   <si>
     <t>BAXTER SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1118593/en/numetah</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2661859/en/numetah-g13-e-prematures-ternary-mixture</t>
   </si>
@@ -14682,51 +14784,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -14751,155 +14853,155 @@
       </c>
       <c r="E2" t="s">
         <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>33</v>
       </c>
       <c r="H2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
         <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>58</v>
       </c>
       <c r="H7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>61</v>
       </c>
       <c r="D8" t="s">
@@ -15089,106 +15191,106 @@
       </c>
       <c r="E15" t="s">
         <v>105</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>106</v>
       </c>
       <c r="H15" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>108</v>
       </c>
       <c r="C16" t="s">
         <v>109</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D18" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E18" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>122</v>
       </c>
       <c r="H18" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>28</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>125</v>
       </c>
       <c r="D19" t="s">
         <v>126</v>
       </c>
       <c r="E19" t="s">
@@ -15300,259 +15402,259 @@
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>152</v>
       </c>
       <c r="H23" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>154</v>
       </c>
       <c r="C24" t="s">
         <v>155</v>
       </c>
       <c r="D24" t="s">
         <v>156</v>
       </c>
       <c r="E24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H27" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C28" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H28" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C29" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E29" t="s">
         <v>184</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>185</v>
       </c>
       <c r="H29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>188</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="E30" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H30" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E31" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H31" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D32" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="E32" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>201</v>
       </c>
       <c r="H32" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>204</v>
       </c>
       <c r="D33" t="s">
         <v>205</v>
       </c>
       <c r="E33" t="s">
@@ -15596,21204 +15698,21362 @@
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
         <v>215</v>
       </c>
       <c r="C35" t="s">
         <v>216</v>
       </c>
       <c r="D35" t="s">
         <v>217</v>
       </c>
       <c r="E35" t="s">
         <v>218</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>219</v>
       </c>
       <c r="H35" t="s">
         <v>220</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>222</v>
+      </c>
+      <c r="D36" t="s">
+        <v>223</v>
+      </c>
+      <c r="E36" t="s">
+        <v>224</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>225</v>
+      </c>
+      <c r="H36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>228</v>
+      </c>
+      <c r="D37" t="s">
+        <v>229</v>
+      </c>
+      <c r="E37" t="s">
+        <v>230</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>231</v>
+      </c>
+      <c r="H37" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="C2" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="B3" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="C3" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="H3" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="B4" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="C4" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="E4" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="H4" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="E2" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="H2" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B3" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="C3" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="D3" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="E3" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="H3" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B4" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="C4" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="D4" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="H4" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B5" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="C5" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="D5" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="E5" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="H5" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B6" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="C6" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="D6" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="E6" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="H6" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B7" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="C7" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="D7" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E7" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="H7" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B8" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="C8" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="D8" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="E8" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="H8" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B9" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="C9" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="D9" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="E9" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="H9" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B10" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="C10" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="D10" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="E10" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="H10" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B11" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="C11" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="D11" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="E11" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="H11" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B2" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="C2" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="H2" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B3" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="C3" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="H3" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B4" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="H4" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B5" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="C5" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="H5" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="B2" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="C2" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="D2" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="E2" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="H2" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="B3" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="C3" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D3" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="E3" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="H3" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CI431"/>
+  <dimension ref="A1:CI433"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="J1" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="K1" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B2" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="H2" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="I2" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="J2" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="K2" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="L2" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="M2" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-        <v>347</v>
+        <v>356</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B3" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="H3" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="I3" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="J3" t="s">
         <v>353</v>
       </c>
       <c r="K3" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="L3" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="M3" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="N3" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="O3" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="P3" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="Q3" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="R3" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="S3" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="T3" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="U3" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="V3" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="W3" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="X3" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="Y3" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="Z3" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="AA3" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="AB3" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="AC3" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="AD3" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="AE3" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="AF3" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="AG3" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="AH3" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="AI3" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="AJ3" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="AK3" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="AL3" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="AM3" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="AN3" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="AO3" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="AP3" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="AQ3" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="AR3" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="AS3" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="AT3" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="AU3" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="AV3" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="AW3" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="AX3" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="AY3" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="AZ3" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="BA3" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="BB3" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="BC3" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="BD3" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="BE3" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="BF3" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="BG3" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="BH3" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="BI3" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="BJ3" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="BK3" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="BL3" t="s">
-        <v>377</v>
+        <v>415</v>
       </c>
       <c r="BM3" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="BN3" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="BO3" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="BP3" t="s">
-        <v>410</v>
-[...25 lines deleted...]
-      <c r="BY3" t="s">
         <v>419</v>
-      </c>
-[...28 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B4" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
       <c r="H4" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="I4" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="J4" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="K4" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="L4" t="s">
-        <v>436</v>
-[...29 lines deleted...]
-        <v>446</v>
+        <v>427</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>428</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>448</v>
+        <v>429</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="H5" t="s">
-        <v>450</v>
+        <v>431</v>
       </c>
       <c r="I5" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
       <c r="J5" t="s">
-        <v>452</v>
+        <v>433</v>
       </c>
       <c r="K5" t="s">
-        <v>453</v>
+        <v>434</v>
       </c>
       <c r="L5" t="s">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="M5" t="s">
-        <v>455</v>
+        <v>436</v>
       </c>
       <c r="N5" t="s">
-        <v>456</v>
+        <v>437</v>
       </c>
       <c r="O5" t="s">
-        <v>457</v>
-[...8 lines deleted...]
-        <v>460</v>
+        <v>438</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B6" t="s">
-        <v>461</v>
+        <v>439</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>462</v>
+        <v>440</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>463</v>
+        <v>441</v>
       </c>
       <c r="H6" t="s">
-        <v>464</v>
+        <v>442</v>
       </c>
       <c r="I6" t="s">
-        <v>465</v>
+        <v>443</v>
       </c>
       <c r="J6" t="s">
-        <v>466</v>
+        <v>444</v>
       </c>
       <c r="K6" t="s">
-        <v>467</v>
+        <v>445</v>
       </c>
       <c r="L6" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>446</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B7" t="s">
-        <v>470</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>471</v>
+        <v>448</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>472</v>
+        <v>449</v>
       </c>
       <c r="H7" t="s">
-        <v>473</v>
+        <v>450</v>
       </c>
       <c r="I7" t="s">
-        <v>474</v>
+        <v>451</v>
       </c>
       <c r="J7" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="K7" t="s">
-        <v>475</v>
+        <v>453</v>
       </c>
       <c r="L7" t="s">
-        <v>476</v>
+        <v>454</v>
       </c>
       <c r="M7" t="s">
-        <v>477</v>
+        <v>455</v>
+      </c>
+      <c r="N7" t="s">
+        <v>454</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B8" t="s">
-        <v>478</v>
+        <v>456</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>479</v>
+        <v>457</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="H8" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="I8" t="s">
-        <v>482</v>
+        <v>460</v>
       </c>
       <c r="J8" t="s">
-        <v>483</v>
+        <v>461</v>
       </c>
       <c r="K8" t="s">
-        <v>484</v>
+        <v>462</v>
       </c>
       <c r="L8" t="s">
-        <v>485</v>
+        <v>463</v>
       </c>
       <c r="M8" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
       <c r="N8" t="s">
-        <v>487</v>
-[...122 lines deleted...]
-        <v>526</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B9" t="s">
-        <v>527</v>
+        <v>466</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>528</v>
+        <v>467</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>529</v>
+        <v>468</v>
       </c>
       <c r="H9" t="s">
-        <v>530</v>
+        <v>469</v>
       </c>
       <c r="I9" t="s">
-        <v>531</v>
+        <v>470</v>
       </c>
       <c r="J9" t="s">
-        <v>483</v>
+        <v>353</v>
       </c>
       <c r="K9" t="s">
-        <v>532</v>
+        <v>471</v>
       </c>
       <c r="L9" t="s">
-        <v>533</v>
+        <v>472</v>
       </c>
       <c r="M9" t="s">
-        <v>534</v>
+        <v>473</v>
       </c>
       <c r="N9" t="s">
-        <v>535</v>
+        <v>474</v>
       </c>
       <c r="O9" t="s">
-        <v>536</v>
+        <v>475</v>
       </c>
       <c r="P9" t="s">
-        <v>537</v>
-[...29 lines deleted...]
-        <v>526</v>
+        <v>476</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B10" t="s">
+        <v>477</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>478</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>479</v>
+      </c>
+      <c r="H10" t="s">
+        <v>480</v>
+      </c>
+      <c r="I10" t="s">
+        <v>481</v>
+      </c>
+      <c r="J10" t="s">
+        <v>482</v>
+      </c>
+      <c r="K10" t="s">
+        <v>483</v>
+      </c>
+      <c r="L10" t="s">
+        <v>484</v>
+      </c>
+      <c r="M10" t="s">
+        <v>485</v>
+      </c>
+      <c r="N10" t="s">
+        <v>486</v>
+      </c>
+      <c r="O10" t="s">
+        <v>487</v>
+      </c>
+      <c r="P10" t="s">
+        <v>488</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>489</v>
+      </c>
+      <c r="R10" t="s">
+        <v>490</v>
+      </c>
+      <c r="S10" t="s">
+        <v>491</v>
+      </c>
+      <c r="T10" t="s">
+        <v>492</v>
+      </c>
+      <c r="U10" t="s">
+        <v>493</v>
+      </c>
+      <c r="V10" t="s">
+        <v>494</v>
+      </c>
+      <c r="W10" t="s">
+        <v>495</v>
+      </c>
+      <c r="X10" t="s">
+        <v>496</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>497</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>498</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>499</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>500</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>501</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>502</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>503</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>504</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>505</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>506</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>507</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>508</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>509</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>510</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>511</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>512</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>513</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>514</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>515</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>516</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>517</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>518</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>519</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>520</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>521</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>522</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>523</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>524</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>525</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>526</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>527</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>528</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>529</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>530</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>531</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>532</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>533</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>534</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>535</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>506</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>536</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>537</v>
+      </c>
+      <c r="BO10" t="s">
         <v>538</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="BP10" t="s">
         <v>539</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="BQ10" t="s">
         <v>540</v>
       </c>
-      <c r="H10" t="s">
+      <c r="BR10" t="s">
         <v>541</v>
       </c>
-      <c r="I10" t="s">
+      <c r="BS10" t="s">
         <v>542</v>
       </c>
-      <c r="J10" t="s">
+      <c r="BT10" t="s">
         <v>543</v>
       </c>
-      <c r="K10" t="s">
+      <c r="BU10" t="s">
         <v>544</v>
       </c>
-      <c r="L10" t="s">
+      <c r="BV10" t="s">
         <v>545</v>
       </c>
-      <c r="M10" t="s">
+      <c r="BW10" t="s">
         <v>546</v>
       </c>
-      <c r="N10" t="s">
+      <c r="BX10" t="s">
         <v>547</v>
       </c>
-      <c r="O10" t="s">
+      <c r="BY10" t="s">
         <v>548</v>
       </c>
-      <c r="P10" t="s">
+      <c r="BZ10" t="s">
+        <v>548</v>
+      </c>
+      <c r="CA10" t="s">
         <v>549</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="CB10" t="s">
         <v>550</v>
+      </c>
+      <c r="CC10" t="s">
+        <v>551</v>
+      </c>
+      <c r="CD10" t="s">
+        <v>552</v>
+      </c>
+      <c r="CE10" t="s">
+        <v>553</v>
+      </c>
+      <c r="CF10" t="s">
+        <v>554</v>
+      </c>
+      <c r="CG10" t="s">
+        <v>555</v>
+      </c>
+      <c r="CH10" t="s">
+        <v>556</v>
+      </c>
+      <c r="CI10" t="s">
+        <v>557</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B11" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="H11" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="I11" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="J11" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="K11" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="L11" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="M11" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="N11" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="O11" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="P11" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="Q11" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="R11" t="s">
-        <v>564</v>
+        <v>571</v>
+      </c>
+      <c r="S11" t="s">
+        <v>572</v>
+      </c>
+      <c r="T11" t="s">
+        <v>573</v>
+      </c>
+      <c r="U11" t="s">
+        <v>574</v>
+      </c>
+      <c r="V11" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B12" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="H12" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="I12" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="J12" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="K12" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="L12" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="M12" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="N12" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="O12" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="P12" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="Q12" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="R12" t="s">
-        <v>578</v>
-[...8 lines deleted...]
-        <v>581</v>
+        <v>589</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B13" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="H13" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="I13" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="J13" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="K13" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="L13" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="M13" t="s">
-        <v>590</v>
-[...5 lines deleted...]
-        <v>592</v>
+        <v>598</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B14" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
+        <v>601</v>
+      </c>
+      <c r="H14" t="s">
+        <v>602</v>
+      </c>
+      <c r="I14" t="s">
+        <v>603</v>
+      </c>
+      <c r="J14" t="s">
         <v>595</v>
       </c>
-      <c r="H14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="L14" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="M14" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B15" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="H15" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="I15" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="J15" t="s">
-        <v>556</v>
+        <v>612</v>
       </c>
       <c r="K15" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="L15" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="M15" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="N15" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="O15" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="P15" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="Q15" t="s">
-        <v>613</v>
+        <v>619</v>
+      </c>
+      <c r="R15" t="s">
+        <v>620</v>
+      </c>
+      <c r="S15" t="s">
+        <v>621</v>
+      </c>
+      <c r="T15" t="s">
+        <v>622</v>
+      </c>
+      <c r="U15" t="s">
+        <v>623</v>
+      </c>
+      <c r="V15" t="s">
+        <v>624</v>
+      </c>
+      <c r="W15" t="s">
+        <v>625</v>
+      </c>
+      <c r="X15" t="s">
+        <v>626</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>627</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>628</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>628</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>629</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>630</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>631</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>632</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>633</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>634</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>635</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>636</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>637</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>638</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>639</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>640</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>641</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>642</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>643</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>644</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>645</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>646</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>647</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>648</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>649</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>650</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>651</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>652</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>653</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>647</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>654</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B16" t="s">
-        <v>614</v>
+        <v>656</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>615</v>
+        <v>657</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>616</v>
+        <v>658</v>
       </c>
       <c r="H16" t="s">
-        <v>617</v>
+        <v>659</v>
       </c>
       <c r="I16" t="s">
-        <v>618</v>
+        <v>660</v>
       </c>
       <c r="J16" t="s">
-        <v>587</v>
+        <v>612</v>
       </c>
       <c r="K16" t="s">
-        <v>619</v>
+        <v>661</v>
       </c>
       <c r="L16" t="s">
-        <v>620</v>
+        <v>662</v>
       </c>
       <c r="M16" t="s">
-        <v>621</v>
+        <v>663</v>
+      </c>
+      <c r="N16" t="s">
+        <v>664</v>
+      </c>
+      <c r="O16" t="s">
+        <v>665</v>
+      </c>
+      <c r="P16" t="s">
+        <v>666</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>625</v>
+      </c>
+      <c r="R16" t="s">
+        <v>627</v>
+      </c>
+      <c r="S16" t="s">
+        <v>631</v>
+      </c>
+      <c r="T16" t="s">
+        <v>632</v>
+      </c>
+      <c r="U16" t="s">
+        <v>642</v>
+      </c>
+      <c r="V16" t="s">
+        <v>649</v>
+      </c>
+      <c r="W16" t="s">
+        <v>650</v>
+      </c>
+      <c r="X16" t="s">
+        <v>651</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>654</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B17" t="s">
-        <v>622</v>
+        <v>667</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>623</v>
+        <v>668</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>624</v>
+        <v>669</v>
       </c>
       <c r="H17" t="s">
-        <v>625</v>
+        <v>670</v>
       </c>
       <c r="I17" t="s">
-        <v>626</v>
+        <v>671</v>
       </c>
       <c r="J17" t="s">
-        <v>627</v>
+        <v>672</v>
       </c>
       <c r="K17" t="s">
-        <v>628</v>
+        <v>673</v>
       </c>
       <c r="L17" t="s">
-        <v>629</v>
+        <v>674</v>
       </c>
       <c r="M17" t="s">
-        <v>630</v>
+        <v>675</v>
+      </c>
+      <c r="N17" t="s">
+        <v>676</v>
+      </c>
+      <c r="O17" t="s">
+        <v>677</v>
+      </c>
+      <c r="P17" t="s">
+        <v>678</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B18" t="s">
-        <v>631</v>
+        <v>680</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>632</v>
+        <v>681</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>633</v>
+        <v>682</v>
       </c>
       <c r="H18" t="s">
-        <v>634</v>
+        <v>683</v>
       </c>
       <c r="I18" t="s">
-        <v>635</v>
+        <v>684</v>
       </c>
       <c r="J18" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="K18" t="s">
-        <v>637</v>
+        <v>686</v>
       </c>
       <c r="L18" t="s">
-        <v>638</v>
+        <v>687</v>
       </c>
       <c r="M18" t="s">
-        <v>639</v>
+        <v>688</v>
       </c>
       <c r="N18" t="s">
-        <v>640</v>
+        <v>689</v>
       </c>
       <c r="O18" t="s">
-        <v>641</v>
+        <v>690</v>
+      </c>
+      <c r="P18" t="s">
+        <v>691</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>692</v>
+      </c>
+      <c r="R18" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B19" t="s">
-        <v>642</v>
+        <v>694</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>643</v>
+        <v>695</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>644</v>
+        <v>696</v>
       </c>
       <c r="H19" t="s">
-        <v>645</v>
+        <v>697</v>
       </c>
       <c r="I19" t="s">
-        <v>646</v>
+        <v>698</v>
       </c>
       <c r="J19" t="s">
-        <v>636</v>
+        <v>699</v>
       </c>
       <c r="K19" t="s">
-        <v>647</v>
+        <v>700</v>
       </c>
       <c r="L19" t="s">
-        <v>648</v>
+        <v>701</v>
       </c>
       <c r="M19" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="N19" t="s">
-        <v>650</v>
+        <v>703</v>
       </c>
       <c r="O19" t="s">
-        <v>651</v>
+        <v>704</v>
+      </c>
+      <c r="P19" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>706</v>
+      </c>
+      <c r="R19" t="s">
+        <v>707</v>
+      </c>
+      <c r="S19" t="s">
+        <v>708</v>
+      </c>
+      <c r="T19" t="s">
+        <v>709</v>
+      </c>
+      <c r="U19" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B20" t="s">
-        <v>652</v>
+        <v>711</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>653</v>
+        <v>712</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>654</v>
+        <v>713</v>
       </c>
       <c r="H20" t="s">
-        <v>655</v>
+        <v>714</v>
       </c>
       <c r="I20" t="s">
-        <v>656</v>
+        <v>715</v>
       </c>
       <c r="J20" t="s">
-        <v>636</v>
+        <v>716</v>
       </c>
       <c r="K20" t="s">
-        <v>657</v>
+        <v>717</v>
       </c>
       <c r="L20" t="s">
-        <v>658</v>
+        <v>718</v>
       </c>
       <c r="M20" t="s">
-        <v>659</v>
+        <v>719</v>
       </c>
       <c r="N20" t="s">
-        <v>660</v>
+        <v>720</v>
       </c>
       <c r="O20" t="s">
-        <v>661</v>
+        <v>721</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B21" t="s">
-        <v>662</v>
+        <v>722</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>663</v>
+        <v>723</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>664</v>
+        <v>724</v>
       </c>
       <c r="H21" t="s">
-        <v>665</v>
+        <v>725</v>
       </c>
       <c r="I21" t="s">
-        <v>666</v>
+        <v>726</v>
       </c>
       <c r="J21" t="s">
-        <v>667</v>
+        <v>685</v>
       </c>
       <c r="K21" t="s">
-        <v>668</v>
+        <v>727</v>
       </c>
       <c r="L21" t="s">
-        <v>669</v>
+        <v>728</v>
       </c>
       <c r="M21" t="s">
-        <v>670</v>
+        <v>729</v>
       </c>
       <c r="N21" t="s">
-        <v>671</v>
-[...8 lines deleted...]
-        <v>674</v>
+        <v>730</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B22" t="s">
-        <v>675</v>
+        <v>731</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>676</v>
+        <v>732</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>677</v>
+        <v>733</v>
       </c>
       <c r="H22" t="s">
-        <v>678</v>
+        <v>734</v>
       </c>
       <c r="I22" t="s">
-        <v>679</v>
+        <v>735</v>
       </c>
       <c r="J22" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="K22" t="s">
-        <v>681</v>
+        <v>736</v>
       </c>
       <c r="L22" t="s">
-        <v>682</v>
+        <v>737</v>
       </c>
       <c r="M22" t="s">
-        <v>683</v>
+        <v>738</v>
+      </c>
+      <c r="N22" t="s">
+        <v>739</v>
+      </c>
+      <c r="O22" t="s">
+        <v>740</v>
+      </c>
+      <c r="P22" t="s">
+        <v>741</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B23" t="s">
-        <v>684</v>
+        <v>743</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>685</v>
+        <v>744</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>686</v>
+        <v>745</v>
       </c>
       <c r="H23" t="s">
-        <v>687</v>
+        <v>746</v>
       </c>
       <c r="I23" t="s">
-        <v>688</v>
+        <v>747</v>
       </c>
       <c r="J23" t="s">
-        <v>689</v>
+        <v>716</v>
       </c>
       <c r="K23" t="s">
-        <v>690</v>
+        <v>748</v>
+      </c>
+      <c r="L23" t="s">
+        <v>749</v>
+      </c>
+      <c r="M23" t="s">
+        <v>750</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B24" t="s">
-        <v>691</v>
+        <v>751</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>692</v>
+        <v>752</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>693</v>
+        <v>753</v>
       </c>
       <c r="H24" t="s">
-        <v>694</v>
+        <v>754</v>
       </c>
       <c r="I24" t="s">
-        <v>695</v>
+        <v>755</v>
       </c>
       <c r="J24" t="s">
-        <v>696</v>
+        <v>756</v>
       </c>
       <c r="K24" t="s">
-        <v>697</v>
+        <v>757</v>
       </c>
       <c r="L24" t="s">
-        <v>698</v>
+        <v>758</v>
+      </c>
+      <c r="M24" t="s">
+        <v>759</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B25" t="s">
-        <v>699</v>
+        <v>760</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>700</v>
+        <v>761</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>701</v>
+        <v>762</v>
       </c>
       <c r="H25" t="s">
-        <v>702</v>
+        <v>763</v>
       </c>
       <c r="I25" t="s">
-        <v>703</v>
+        <v>764</v>
       </c>
       <c r="J25" t="s">
-        <v>704</v>
+        <v>765</v>
       </c>
       <c r="K25" t="s">
-        <v>705</v>
+        <v>766</v>
       </c>
       <c r="L25" t="s">
-        <v>706</v>
+        <v>767</v>
       </c>
       <c r="M25" t="s">
-        <v>707</v>
+        <v>768</v>
       </c>
       <c r="N25" t="s">
-        <v>708</v>
+        <v>769</v>
       </c>
       <c r="O25" t="s">
-        <v>709</v>
+        <v>770</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B26" t="s">
-        <v>710</v>
+        <v>771</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>711</v>
+        <v>772</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>712</v>
+        <v>773</v>
       </c>
       <c r="H26" t="s">
-        <v>713</v>
+        <v>774</v>
       </c>
       <c r="I26" t="s">
-        <v>714</v>
+        <v>775</v>
       </c>
       <c r="J26" t="s">
-        <v>715</v>
+        <v>765</v>
       </c>
       <c r="K26" t="s">
-        <v>716</v>
+        <v>776</v>
       </c>
       <c r="L26" t="s">
-        <v>717</v>
+        <v>777</v>
       </c>
       <c r="M26" t="s">
-        <v>718</v>
+        <v>778</v>
       </c>
       <c r="N26" t="s">
-        <v>719</v>
+        <v>779</v>
       </c>
       <c r="O26" t="s">
-        <v>720</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>780</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B27" t="s">
-        <v>724</v>
+        <v>781</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>725</v>
+        <v>782</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>726</v>
+        <v>783</v>
       </c>
       <c r="H27" t="s">
-        <v>727</v>
+        <v>784</v>
       </c>
       <c r="I27" t="s">
-        <v>728</v>
+        <v>785</v>
       </c>
       <c r="J27" t="s">
-        <v>729</v>
+        <v>765</v>
       </c>
       <c r="K27" t="s">
-        <v>730</v>
+        <v>786</v>
       </c>
       <c r="L27" t="s">
-        <v>731</v>
+        <v>787</v>
       </c>
       <c r="M27" t="s">
-        <v>732</v>
+        <v>788</v>
+      </c>
+      <c r="N27" t="s">
+        <v>789</v>
+      </c>
+      <c r="O27" t="s">
+        <v>790</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B28" t="s">
-        <v>733</v>
+        <v>791</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>734</v>
+        <v>792</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>735</v>
+        <v>793</v>
       </c>
       <c r="H28" t="s">
-        <v>736</v>
+        <v>794</v>
       </c>
       <c r="I28" t="s">
-        <v>737</v>
+        <v>795</v>
       </c>
       <c r="J28" t="s">
-        <v>738</v>
+        <v>796</v>
       </c>
       <c r="K28" t="s">
-        <v>739</v>
+        <v>797</v>
       </c>
       <c r="L28" t="s">
-        <v>740</v>
+        <v>798</v>
       </c>
       <c r="M28" t="s">
-        <v>741</v>
+        <v>799</v>
       </c>
       <c r="N28" t="s">
-        <v>742</v>
+        <v>800</v>
+      </c>
+      <c r="O28" t="s">
+        <v>801</v>
+      </c>
+      <c r="P28" t="s">
+        <v>802</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>803</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B29" t="s">
-        <v>743</v>
+        <v>804</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>744</v>
+        <v>805</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>745</v>
+        <v>806</v>
       </c>
       <c r="H29" t="s">
-        <v>746</v>
+        <v>807</v>
       </c>
       <c r="I29" t="s">
-        <v>747</v>
+        <v>808</v>
       </c>
       <c r="J29" t="s">
-        <v>341</v>
+        <v>809</v>
       </c>
       <c r="K29" t="s">
-        <v>748</v>
+        <v>810</v>
       </c>
       <c r="L29" t="s">
-        <v>749</v>
+        <v>811</v>
       </c>
       <c r="M29" t="s">
-        <v>750</v>
-[...155 lines deleted...]
-        <v>802</v>
+        <v>812</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B30" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="H30" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="I30" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="J30" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="K30" t="s">
-        <v>809</v>
-[...20 lines deleted...]
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B31" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="H31" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="I31" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="J31" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="K31" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="L31" t="s">
-        <v>824</v>
-[...7 lines deleted...]
-      <c r="O31" t="s">
         <v>827</v>
-      </c>
-[...16 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B32" t="s">
+        <v>828</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>829</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>830</v>
+      </c>
+      <c r="H32" t="s">
+        <v>831</v>
+      </c>
+      <c r="I32" t="s">
+        <v>832</v>
+      </c>
+      <c r="J32" t="s">
+        <v>444</v>
+      </c>
+      <c r="K32" t="s">
+        <v>833</v>
+      </c>
+      <c r="L32" t="s">
         <v>834</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="M32" t="s">
         <v>835</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="N32" t="s">
         <v>836</v>
       </c>
-      <c r="H32" t="s">
+      <c r="O32" t="s">
         <v>837</v>
-      </c>
-[...10 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B33" t="s">
+        <v>838</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>839</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>840</v>
+      </c>
+      <c r="H33" t="s">
+        <v>841</v>
+      </c>
+      <c r="I33" t="s">
         <v>842</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="J33" t="s">
         <v>843</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="K33" t="s">
         <v>844</v>
       </c>
-      <c r="H33" t="s">
+      <c r="L33" t="s">
         <v>845</v>
       </c>
-      <c r="I33" t="s">
+      <c r="M33" t="s">
         <v>846</v>
       </c>
-      <c r="J33" t="s">
+      <c r="N33" t="s">
         <v>847</v>
       </c>
-      <c r="K33" t="s">
+      <c r="O33" t="s">
         <v>848</v>
       </c>
-      <c r="L33" t="s">
+      <c r="P33" t="s">
         <v>849</v>
       </c>
-      <c r="M33" t="s">
+      <c r="Q33" t="s">
         <v>850</v>
       </c>
-      <c r="N33" t="s">
+      <c r="R33" t="s">
         <v>851</v>
-      </c>
-[...13 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B34" t="s">
+        <v>852</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>853</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>854</v>
+      </c>
+      <c r="H34" t="s">
+        <v>855</v>
+      </c>
+      <c r="I34" t="s">
+        <v>856</v>
+      </c>
+      <c r="J34" t="s">
         <v>857</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="K34" t="s">
         <v>858</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="L34" t="s">
         <v>859</v>
       </c>
-      <c r="H34" t="s">
+      <c r="M34" t="s">
         <v>860</v>
-      </c>
-[...37 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B35" t="s">
-        <v>874</v>
+        <v>861</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>875</v>
+        <v>862</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>876</v>
+        <v>863</v>
       </c>
       <c r="H35" t="s">
-        <v>877</v>
+        <v>864</v>
       </c>
       <c r="I35" t="s">
-        <v>878</v>
+        <v>865</v>
       </c>
       <c r="J35" t="s">
-        <v>879</v>
+        <v>866</v>
       </c>
       <c r="K35" t="s">
-        <v>880</v>
+        <v>867</v>
       </c>
       <c r="L35" t="s">
-        <v>881</v>
+        <v>868</v>
       </c>
       <c r="M35" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="N35" t="s">
-        <v>883</v>
-[...26 lines deleted...]
-        <v>892</v>
+        <v>870</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B36" t="s">
-        <v>893</v>
+        <v>871</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>894</v>
+        <v>872</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>895</v>
+        <v>873</v>
       </c>
       <c r="H36" t="s">
-        <v>896</v>
+        <v>874</v>
       </c>
       <c r="I36" t="s">
-        <v>897</v>
+        <v>875</v>
       </c>
       <c r="J36" t="s">
-        <v>898</v>
+        <v>876</v>
       </c>
       <c r="K36" t="s">
-        <v>899</v>
+        <v>877</v>
       </c>
       <c r="L36" t="s">
-        <v>900</v>
+        <v>878</v>
+      </c>
+      <c r="M36" t="s">
+        <v>879</v>
+      </c>
+      <c r="N36" t="s">
+        <v>880</v>
+      </c>
+      <c r="O36" t="s">
+        <v>881</v>
+      </c>
+      <c r="P36" t="s">
+        <v>882</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>883</v>
+      </c>
+      <c r="R36" t="s">
+        <v>884</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B37" t="s">
+        <v>885</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>886</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>887</v>
+      </c>
+      <c r="H37" t="s">
+        <v>888</v>
+      </c>
+      <c r="I37" t="s">
+        <v>889</v>
+      </c>
+      <c r="J37" t="s">
+        <v>890</v>
+      </c>
+      <c r="K37" t="s">
+        <v>891</v>
+      </c>
+      <c r="L37" t="s">
+        <v>892</v>
+      </c>
+      <c r="M37" t="s">
+        <v>893</v>
+      </c>
+      <c r="N37" t="s">
+        <v>894</v>
+      </c>
+      <c r="O37" t="s">
+        <v>895</v>
+      </c>
+      <c r="P37" t="s">
+        <v>896</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>897</v>
+      </c>
+      <c r="R37" t="s">
+        <v>898</v>
+      </c>
+      <c r="S37" t="s">
+        <v>899</v>
+      </c>
+      <c r="T37" t="s">
+        <v>900</v>
+      </c>
+      <c r="U37" t="s">
         <v>901</v>
-      </c>
-[...25 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B38" t="s">
+        <v>902</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>903</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>904</v>
+      </c>
+      <c r="H38" t="s">
+        <v>905</v>
+      </c>
+      <c r="I38" t="s">
+        <v>906</v>
+      </c>
+      <c r="J38" t="s">
+        <v>907</v>
+      </c>
+      <c r="K38" t="s">
         <v>908</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="L38" t="s">
         <v>909</v>
-      </c>
-[...19 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B39" t="s">
+        <v>910</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>911</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>912</v>
+      </c>
+      <c r="H39" t="s">
+        <v>913</v>
+      </c>
+      <c r="I39" t="s">
+        <v>914</v>
+      </c>
+      <c r="J39" t="s">
+        <v>915</v>
+      </c>
+      <c r="K39" t="s">
         <v>916</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="L39" t="s">
         <v>917</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="M39" t="s">
         <v>918</v>
       </c>
-      <c r="H39" t="s">
+      <c r="N39" t="s">
         <v>919</v>
       </c>
-      <c r="I39" t="s">
+      <c r="O39" t="s">
         <v>920</v>
       </c>
-      <c r="J39" t="s">
+      <c r="P39" t="s">
         <v>921</v>
       </c>
-      <c r="K39" t="s">
+      <c r="Q39" t="s">
         <v>922</v>
       </c>
-      <c r="L39" t="s">
+      <c r="R39" t="s">
         <v>923</v>
       </c>
-      <c r="M39" t="s">
+      <c r="S39" t="s">
         <v>924</v>
-      </c>
-[...7 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B40" t="s">
+        <v>925</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>926</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>927</v>
+      </c>
+      <c r="H40" t="s">
         <v>928</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>929</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="J40" t="s">
         <v>930</v>
       </c>
-      <c r="H40" t="s">
+      <c r="K40" t="s">
         <v>931</v>
       </c>
-      <c r="I40" t="s">
+      <c r="L40" t="s">
         <v>932</v>
       </c>
-      <c r="J40" t="s">
+      <c r="M40" t="s">
         <v>933</v>
       </c>
-      <c r="K40" t="s">
+      <c r="N40" t="s">
         <v>934</v>
       </c>
-      <c r="L40" t="s">
+      <c r="O40" t="s">
         <v>935</v>
       </c>
-      <c r="M40" t="s">
+      <c r="P40" t="s">
         <v>936</v>
       </c>
-      <c r="N40" t="s">
+      <c r="Q40" t="s">
         <v>937</v>
       </c>
-      <c r="O40" t="s">
+      <c r="R40" t="s">
         <v>938</v>
       </c>
-      <c r="P40" t="s">
+      <c r="S40" t="s">
         <v>939</v>
       </c>
-      <c r="Q40" t="s">
+      <c r="T40" t="s">
         <v>940</v>
       </c>
-      <c r="R40" t="s">
+      <c r="U40" t="s">
         <v>941</v>
-      </c>
-[...13 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B41" t="s">
+        <v>942</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>943</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>944</v>
+      </c>
+      <c r="H41" t="s">
+        <v>945</v>
+      </c>
+      <c r="I41" t="s">
+        <v>946</v>
+      </c>
+      <c r="J41" t="s">
         <v>947</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="K41" t="s">
         <v>948</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="L41" t="s">
         <v>949</v>
       </c>
-      <c r="H41" t="s">
+      <c r="M41" t="s">
         <v>950</v>
       </c>
-      <c r="I41" t="s">
+      <c r="N41" t="s">
         <v>951</v>
       </c>
-      <c r="J41" t="s">
-[...2 lines deleted...]
-      <c r="K41" t="s">
+      <c r="O41" t="s">
         <v>952</v>
       </c>
-      <c r="L41" t="s">
+      <c r="P41" t="s">
         <v>953</v>
       </c>
-      <c r="M41" t="s">
+      <c r="Q41" t="s">
         <v>954</v>
       </c>
-      <c r="N41" t="s">
+      <c r="R41" t="s">
         <v>955</v>
       </c>
-      <c r="O41" t="s">
+      <c r="S41" t="s">
         <v>956</v>
       </c>
-      <c r="P41" t="s">
+      <c r="T41" t="s">
         <v>957</v>
       </c>
-      <c r="Q41" t="s">
+      <c r="U41" t="s">
         <v>958</v>
       </c>
-      <c r="R41" t="s">
+      <c r="V41" t="s">
         <v>959</v>
+      </c>
+      <c r="W41" t="s">
+        <v>960</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B42" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H42" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="I42" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="J42" t="s">
-        <v>862</v>
+        <v>966</v>
       </c>
       <c r="K42" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="L42" t="s">
-        <v>966</v>
-[...4 lines deleted...]
-      <c r="N42" t="s">
         <v>968</v>
-      </c>
-[...7 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B43" t="s">
+        <v>969</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>970</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>971</v>
+      </c>
+      <c r="H43" t="s">
         <v>972</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>973</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="J43" t="s">
+        <v>433</v>
+      </c>
+      <c r="K43" t="s">
         <v>974</v>
-      </c>
-[...16 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B44" t="s">
+        <v>975</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>976</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>977</v>
+      </c>
+      <c r="H44" t="s">
+        <v>978</v>
+      </c>
+      <c r="I44" t="s">
+        <v>979</v>
+      </c>
+      <c r="J44" t="s">
         <v>980</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="K44" t="s">
         <v>981</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="L44" t="s">
         <v>982</v>
-      </c>
-[...13 lines deleted...]
-        <v>987</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B45" t="s">
+        <v>983</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>984</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>985</v>
+      </c>
+      <c r="H45" t="s">
+        <v>986</v>
+      </c>
+      <c r="I45" t="s">
+        <v>987</v>
+      </c>
+      <c r="J45" t="s">
         <v>988</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="K45" t="s">
         <v>989</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="L45" t="s">
         <v>990</v>
       </c>
-      <c r="H45" t="s">
+      <c r="M45" t="s">
         <v>991</v>
       </c>
-      <c r="I45" t="s">
+      <c r="N45" t="s">
         <v>992</v>
       </c>
-      <c r="J45" t="s">
-[...2 lines deleted...]
-      <c r="K45" t="s">
+      <c r="O45" t="s">
         <v>993</v>
       </c>
-      <c r="L45" t="s">
+      <c r="P45" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B46" t="s">
         <v>995</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>996</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>997</v>
       </c>
       <c r="H46" t="s">
         <v>998</v>
       </c>
       <c r="I46" t="s">
         <v>999</v>
       </c>
       <c r="J46" t="s">
         <v>1000</v>
       </c>
       <c r="K46" t="s">
         <v>1001</v>
       </c>
       <c r="L46" t="s">
         <v>1002</v>
       </c>
+      <c r="M46" t="s">
+        <v>1003</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1004</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1006</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1008</v>
+      </c>
+      <c r="S46" t="s">
+        <v>1009</v>
+      </c>
+      <c r="T46" t="s">
+        <v>1010</v>
+      </c>
+      <c r="U46" t="s">
+        <v>1011</v>
+      </c>
+      <c r="V46" t="s">
+        <v>1012</v>
+      </c>
+      <c r="W46" t="s">
+        <v>1013</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B47" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="H47" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="I47" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="J47" t="s">
-        <v>1008</v>
+        <v>612</v>
       </c>
       <c r="K47" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="L47" t="s">
-        <v>1010</v>
+        <v>1020</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1022</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1024</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>1025</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B48" t="s">
-        <v>1011</v>
+        <v>1027</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1012</v>
+        <v>1028</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1013</v>
+        <v>1029</v>
       </c>
       <c r="H48" t="s">
-        <v>1014</v>
+        <v>1030</v>
       </c>
       <c r="I48" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="J48" t="s">
-        <v>587</v>
+        <v>930</v>
       </c>
       <c r="K48" t="s">
-        <v>1016</v>
+        <v>1032</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1035</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1037</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1038</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B49" t="s">
-        <v>1017</v>
+        <v>1039</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1018</v>
+        <v>1040</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1019</v>
+        <v>1041</v>
       </c>
       <c r="H49" t="s">
-        <v>1020</v>
+        <v>1042</v>
       </c>
       <c r="I49" t="s">
-        <v>1021</v>
+        <v>1043</v>
       </c>
       <c r="J49" t="s">
-        <v>1022</v>
+        <v>353</v>
       </c>
       <c r="K49" t="s">
-        <v>1023</v>
+        <v>1044</v>
       </c>
       <c r="L49" t="s">
-        <v>1024</v>
+        <v>1045</v>
       </c>
       <c r="M49" t="s">
-        <v>1025</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B50" t="s">
-        <v>1026</v>
+        <v>1047</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1027</v>
+        <v>1048</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1028</v>
+        <v>1049</v>
       </c>
       <c r="H50" t="s">
-        <v>1029</v>
+        <v>1050</v>
       </c>
       <c r="I50" t="s">
-        <v>1030</v>
+        <v>1051</v>
       </c>
       <c r="J50" t="s">
-        <v>1031</v>
+        <v>1052</v>
       </c>
       <c r="K50" t="s">
-        <v>1032</v>
+        <v>1053</v>
       </c>
       <c r="L50" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B51" t="s">
-        <v>1035</v>
+        <v>1055</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1036</v>
+        <v>1056</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1037</v>
+        <v>1057</v>
       </c>
       <c r="H51" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="I51" t="s">
-        <v>1039</v>
+        <v>1059</v>
       </c>
       <c r="J51" t="s">
-        <v>667</v>
+        <v>444</v>
       </c>
       <c r="K51" t="s">
-        <v>1040</v>
+        <v>1060</v>
       </c>
       <c r="L51" t="s">
-        <v>1041</v>
-[...5 lines deleted...]
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B52" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1046</v>
+        <v>1064</v>
       </c>
       <c r="H52" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
       <c r="I52" t="s">
-        <v>1048</v>
+        <v>1066</v>
       </c>
       <c r="J52" t="s">
-        <v>1049</v>
+        <v>1067</v>
       </c>
       <c r="K52" t="s">
-        <v>1050</v>
+        <v>1068</v>
       </c>
       <c r="L52" t="s">
-        <v>1051</v>
-[...8 lines deleted...]
-        <v>1054</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B53" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1057</v>
+        <v>1072</v>
       </c>
       <c r="H53" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
       <c r="I53" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
       <c r="J53" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="K53" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="L53" t="s">
-        <v>1062</v>
-[...26 lines deleted...]
-        <v>1069</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B54" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="H54" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
       <c r="I54" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="J54" t="s">
-        <v>1075</v>
+        <v>716</v>
       </c>
       <c r="K54" t="s">
-        <v>1076</v>
-[...5 lines deleted...]
-        <v>1078</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B55" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="H55" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="I55" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="J55" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="K55" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="L55" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="M55" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B56" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="H56" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="I56" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="J56" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="K56" t="s">
-        <v>1094</v>
+        <v>1099</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1101</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B57" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="H57" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="I57" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="J57" t="s">
-        <v>1100</v>
+        <v>796</v>
       </c>
       <c r="K57" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="L57" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="M57" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="N57" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B58" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="H58" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="I58" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="J58" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="K58" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="L58" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="M58" t="s">
-        <v>1113</v>
+        <v>1119</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1121</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B59" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="H59" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="I59" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="J59" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="K59" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="L59" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="M59" t="s">
-        <v>1122</v>
+        <v>1130</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1131</v>
+      </c>
+      <c r="O59" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1133</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>1129</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1128</v>
+      </c>
+      <c r="S59" t="s">
+        <v>1134</v>
+      </c>
+      <c r="T59" t="s">
+        <v>1135</v>
+      </c>
+      <c r="U59" t="s">
+        <v>1136</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B60" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1115</v>
+        <v>1138</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1124</v>
+        <v>1139</v>
       </c>
       <c r="H60" t="s">
-        <v>1125</v>
+        <v>1140</v>
       </c>
       <c r="I60" t="s">
-        <v>1126</v>
+        <v>1141</v>
       </c>
       <c r="J60" t="s">
-        <v>434</v>
+        <v>1142</v>
       </c>
       <c r="K60" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="L60" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="M60" t="s">
-        <v>1129</v>
-[...2 lines deleted...]
-        <v>1130</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B61" t="s">
-        <v>1131</v>
+        <v>1146</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1132</v>
+        <v>1147</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1133</v>
+        <v>1148</v>
       </c>
       <c r="H61" t="s">
-        <v>1134</v>
+        <v>1149</v>
       </c>
       <c r="I61" t="s">
-        <v>912</v>
+        <v>1150</v>
       </c>
       <c r="J61" t="s">
-        <v>906</v>
+        <v>1151</v>
       </c>
       <c r="K61" t="s">
-        <v>1135</v>
+        <v>1152</v>
       </c>
       <c r="L61" t="s">
-        <v>1136</v>
+        <v>1153</v>
       </c>
       <c r="M61" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1138</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B62" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1132</v>
+        <v>1156</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1140</v>
+        <v>1157</v>
       </c>
       <c r="H62" t="s">
-        <v>1141</v>
+        <v>1158</v>
       </c>
       <c r="I62" t="s">
-        <v>1142</v>
+        <v>1159</v>
       </c>
       <c r="J62" t="s">
-        <v>1143</v>
+        <v>1160</v>
       </c>
       <c r="K62" t="s">
-        <v>1144</v>
-[...8 lines deleted...]
-        <v>1147</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B63" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="H63" t="s">
-        <v>1151</v>
+        <v>1165</v>
       </c>
       <c r="I63" t="s">
-        <v>1152</v>
+        <v>1166</v>
       </c>
       <c r="J63" t="s">
-        <v>1153</v>
+        <v>1167</v>
       </c>
       <c r="K63" t="s">
-        <v>1154</v>
+        <v>1168</v>
       </c>
       <c r="L63" t="s">
-        <v>1155</v>
+        <v>1169</v>
       </c>
       <c r="M63" t="s">
-        <v>1156</v>
+        <v>1170</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1171</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B64" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1132</v>
+        <v>1173</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1158</v>
+        <v>1174</v>
       </c>
       <c r="H64" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="I64" t="s">
-        <v>1160</v>
+        <v>1176</v>
       </c>
       <c r="J64" t="s">
-        <v>1008</v>
+        <v>1177</v>
       </c>
       <c r="K64" t="s">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="L64" t="s">
-        <v>1162</v>
+        <v>1179</v>
       </c>
       <c r="M64" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>1164</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B65" t="s">
-        <v>1165</v>
+        <v>1181</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1166</v>
+        <v>1182</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1167</v>
+        <v>1183</v>
       </c>
       <c r="H65" t="s">
-        <v>1168</v>
+        <v>1184</v>
       </c>
       <c r="I65" t="s">
-        <v>1169</v>
+        <v>1185</v>
       </c>
       <c r="J65" t="s">
-        <v>1170</v>
+        <v>1186</v>
       </c>
       <c r="K65" t="s">
-        <v>1171</v>
+        <v>1187</v>
       </c>
       <c r="L65" t="s">
-        <v>1172</v>
+        <v>1188</v>
       </c>
       <c r="M65" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>1174</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B66" t="s">
-        <v>1175</v>
+        <v>1190</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="H66" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="I66" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="J66" t="s">
-        <v>1180</v>
+        <v>563</v>
       </c>
       <c r="K66" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="L66" t="s">
-        <v>1182</v>
+        <v>1195</v>
       </c>
       <c r="M66" t="s">
-        <v>1183</v>
+        <v>1196</v>
       </c>
       <c r="N66" t="s">
-        <v>1184</v>
-[...37 lines deleted...]
-      <c r="AA66" t="s">
         <v>1197</v>
-      </c>
-[...40 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B67" t="s">
-        <v>1212</v>
+        <v>1198</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1213</v>
+        <v>1199</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1214</v>
+        <v>1200</v>
       </c>
       <c r="H67" t="s">
-        <v>1215</v>
+        <v>1201</v>
       </c>
       <c r="I67" t="s">
-        <v>1216</v>
+        <v>979</v>
       </c>
       <c r="J67" t="s">
-        <v>1217</v>
+        <v>433</v>
       </c>
       <c r="K67" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
       <c r="L67" t="s">
-        <v>1219</v>
+        <v>1203</v>
       </c>
       <c r="M67" t="s">
-        <v>1220</v>
+        <v>1204</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1205</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>1221</v>
+        <v>1206</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1222</v>
+        <v>1199</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1223</v>
+        <v>1207</v>
       </c>
       <c r="H68" t="s">
-        <v>1224</v>
+        <v>1208</v>
       </c>
       <c r="I68" t="s">
-        <v>1225</v>
+        <v>1209</v>
       </c>
       <c r="J68" t="s">
-        <v>1226</v>
+        <v>1210</v>
       </c>
       <c r="K68" t="s">
-        <v>1227</v>
+        <v>1211</v>
       </c>
       <c r="L68" t="s">
-        <v>1228</v>
+        <v>1212</v>
       </c>
       <c r="M68" t="s">
-        <v>1228</v>
+        <v>1213</v>
       </c>
       <c r="N68" t="s">
-        <v>1229</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>1230</v>
+        <v>1215</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1231</v>
+        <v>1216</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1232</v>
+        <v>1217</v>
       </c>
       <c r="H69" t="s">
-        <v>1233</v>
+        <v>1218</v>
       </c>
       <c r="I69" t="s">
-        <v>1234</v>
+        <v>1219</v>
       </c>
       <c r="J69" t="s">
-        <v>556</v>
+        <v>1220</v>
       </c>
       <c r="K69" t="s">
-        <v>1235</v>
+        <v>1221</v>
       </c>
       <c r="L69" t="s">
-        <v>1236</v>
+        <v>1222</v>
       </c>
       <c r="M69" t="s">
-        <v>1237</v>
-[...8 lines deleted...]
-        <v>1240</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>1241</v>
+        <v>1224</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1242</v>
+        <v>1199</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1243</v>
+        <v>1225</v>
       </c>
       <c r="H70" t="s">
-        <v>1244</v>
+        <v>1226</v>
       </c>
       <c r="I70" t="s">
-        <v>1245</v>
+        <v>1227</v>
       </c>
       <c r="J70" t="s">
-        <v>570</v>
+        <v>1075</v>
       </c>
       <c r="K70" t="s">
-        <v>1246</v>
+        <v>1228</v>
       </c>
       <c r="L70" t="s">
-        <v>1247</v>
+        <v>1229</v>
       </c>
       <c r="M70" t="s">
-        <v>1248</v>
+        <v>1230</v>
       </c>
       <c r="N70" t="s">
-        <v>1249</v>
-[...26 lines deleted...]
-        <v>1258</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B71" t="s">
-        <v>1259</v>
+        <v>1232</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1260</v>
+        <v>1233</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1261</v>
+        <v>1234</v>
       </c>
       <c r="H71" t="s">
-        <v>1262</v>
+        <v>1235</v>
       </c>
       <c r="I71" t="s">
-        <v>1263</v>
+        <v>1236</v>
       </c>
       <c r="J71" t="s">
-        <v>556</v>
+        <v>1237</v>
       </c>
       <c r="K71" t="s">
-        <v>1264</v>
+        <v>1238</v>
       </c>
       <c r="L71" t="s">
-        <v>1265</v>
+        <v>1239</v>
       </c>
       <c r="M71" t="s">
-        <v>1266</v>
+        <v>1240</v>
       </c>
       <c r="N71" t="s">
-        <v>1267</v>
-[...11 lines deleted...]
-        <v>1271</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B72" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1247</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1248</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1249</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1250</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1251</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1253</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>1254</v>
+      </c>
+      <c r="R72" t="s">
+        <v>1255</v>
+      </c>
+      <c r="S72" t="s">
+        <v>1256</v>
+      </c>
+      <c r="T72" t="s">
+        <v>1257</v>
+      </c>
+      <c r="U72" t="s">
+        <v>1258</v>
+      </c>
+      <c r="V72" t="s">
+        <v>1259</v>
+      </c>
+      <c r="W72" t="s">
+        <v>1260</v>
+      </c>
+      <c r="X72" t="s">
+        <v>1261</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>1262</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>1263</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>1264</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>1269</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>1270</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AI72" t="s">
         <v>1272</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="AJ72" t="s">
         <v>1273</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="AK72" t="s">
         <v>1274</v>
       </c>
-      <c r="H72" t="s">
+      <c r="AL72" t="s">
         <v>1275</v>
       </c>
-      <c r="I72" t="s">
+      <c r="AM72" t="s">
         <v>1276</v>
       </c>
-      <c r="J72" t="s">
+      <c r="AN72" t="s">
         <v>1277</v>
       </c>
-      <c r="K72" t="s">
+      <c r="AO72" t="s">
         <v>1278</v>
-      </c>
-[...1 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B73" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
         <v>1280</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
         <v>1281</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>1282</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>1283</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
         <v>1284</v>
       </c>
-      <c r="J73" t="s">
+      <c r="K73" t="s">
         <v>1285</v>
       </c>
-      <c r="K73" t="s">
+      <c r="L73" t="s">
         <v>1286</v>
       </c>
-      <c r="L73" t="s">
+      <c r="M73" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B74" t="s">
         <v>1288</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>1289</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>1290</v>
       </c>
       <c r="H74" t="s">
         <v>1291</v>
       </c>
       <c r="I74" t="s">
         <v>1292</v>
       </c>
       <c r="J74" t="s">
-        <v>704</v>
+        <v>1293</v>
       </c>
       <c r="K74" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="L74" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="M74" t="s">
         <v>1295</v>
       </c>
       <c r="N74" t="s">
         <v>1296</v>
       </c>
-      <c r="O74" t="s">
-[...46 lines deleted...]
-      </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B75" t="s">
-        <v>1313</v>
+        <v>1297</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1314</v>
+        <v>1298</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1315</v>
+        <v>1299</v>
       </c>
       <c r="H75" t="s">
-        <v>1316</v>
+        <v>1300</v>
       </c>
       <c r="I75" t="s">
-        <v>1317</v>
+        <v>1301</v>
       </c>
       <c r="J75" t="s">
-        <v>434</v>
+        <v>685</v>
       </c>
       <c r="K75" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="L75" t="s">
-        <v>1319</v>
+        <v>1303</v>
       </c>
       <c r="M75" t="s">
-        <v>1320</v>
+        <v>1304</v>
       </c>
       <c r="N75" t="s">
-        <v>1321</v>
+        <v>1305</v>
       </c>
       <c r="O75" t="s">
-        <v>1322</v>
+        <v>1306</v>
       </c>
       <c r="P75" t="s">
-        <v>1323</v>
-[...11 lines deleted...]
-        <v>1327</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B76" t="s">
-        <v>1328</v>
+        <v>1308</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1329</v>
+        <v>1309</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1330</v>
+        <v>1310</v>
       </c>
       <c r="H76" t="s">
-        <v>1331</v>
+        <v>1311</v>
       </c>
       <c r="I76" t="s">
-        <v>1332</v>
+        <v>1312</v>
       </c>
       <c r="J76" t="s">
-        <v>483</v>
+        <v>699</v>
       </c>
       <c r="K76" t="s">
-        <v>1333</v>
+        <v>1313</v>
       </c>
       <c r="L76" t="s">
-        <v>1334</v>
+        <v>1314</v>
       </c>
       <c r="M76" t="s">
-        <v>1335</v>
+        <v>1315</v>
       </c>
       <c r="N76" t="s">
-        <v>1336</v>
+        <v>1316</v>
       </c>
       <c r="O76" t="s">
-        <v>1337</v>
+        <v>1317</v>
       </c>
       <c r="P76" t="s">
-        <v>1338</v>
+        <v>1318</v>
       </c>
       <c r="Q76" t="s">
-        <v>1339</v>
+        <v>1319</v>
       </c>
       <c r="R76" t="s">
-        <v>1340</v>
+        <v>1320</v>
       </c>
       <c r="S76" t="s">
-        <v>1341</v>
+        <v>1321</v>
       </c>
       <c r="T76" t="s">
-        <v>1342</v>
+        <v>1322</v>
       </c>
       <c r="U76" t="s">
-        <v>1343</v>
+        <v>1323</v>
       </c>
       <c r="V76" t="s">
-        <v>1344</v>
+        <v>1324</v>
+      </c>
+      <c r="W76" t="s">
+        <v>1325</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B77" t="s">
-        <v>1345</v>
+        <v>1326</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1346</v>
+        <v>1327</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1347</v>
+        <v>1328</v>
       </c>
       <c r="H77" t="s">
-        <v>1348</v>
+        <v>1329</v>
       </c>
       <c r="I77" t="s">
-        <v>1349</v>
+        <v>1330</v>
       </c>
       <c r="J77" t="s">
-        <v>1350</v>
+        <v>685</v>
       </c>
       <c r="K77" t="s">
-        <v>1351</v>
+        <v>1331</v>
       </c>
       <c r="L77" t="s">
-        <v>1352</v>
+        <v>1332</v>
       </c>
       <c r="M77" t="s">
-        <v>1353</v>
+        <v>1333</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1334</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1335</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1336</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>1337</v>
+      </c>
+      <c r="R77" t="s">
+        <v>1338</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B78" t="s">
-        <v>1354</v>
+        <v>1339</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1356</v>
+        <v>1341</v>
       </c>
       <c r="H78" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="I78" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="J78" t="s">
-        <v>1359</v>
+        <v>1344</v>
       </c>
       <c r="K78" t="s">
-        <v>1360</v>
+        <v>1345</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1346</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B79" t="s">
-        <v>1361</v>
+        <v>1347</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1362</v>
+        <v>1348</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1363</v>
+        <v>1349</v>
       </c>
       <c r="H79" t="s">
-        <v>1364</v>
+        <v>1350</v>
       </c>
       <c r="I79" t="s">
-        <v>1365</v>
+        <v>1351</v>
       </c>
       <c r="J79" t="s">
-        <v>1366</v>
+        <v>1352</v>
       </c>
       <c r="K79" t="s">
-        <v>1367</v>
+        <v>1353</v>
       </c>
       <c r="L79" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B80" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J80" t="s">
+        <v>444</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1360</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1361</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1362</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1363</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1365</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>1366</v>
+      </c>
+      <c r="R80" t="s">
+        <v>1367</v>
+      </c>
+      <c r="S80" t="s">
+        <v>1368</v>
+      </c>
+      <c r="T80" t="s">
         <v>1369</v>
       </c>
-      <c r="C80" t="s">
-[...5 lines deleted...]
-      <c r="E80" t="s">
+      <c r="U80" t="s">
         <v>1370</v>
       </c>
-      <c r="F80" t="s">
-[...2 lines deleted...]
-      <c r="G80" t="s">
+      <c r="V80" t="s">
         <v>1371</v>
       </c>
-      <c r="H80" t="s">
+      <c r="W80" t="s">
         <v>1372</v>
       </c>
-      <c r="I80" t="s">
+      <c r="X80" t="s">
         <v>1373</v>
       </c>
-      <c r="J80" t="s">
+      <c r="Y80" t="s">
         <v>1374</v>
       </c>
-      <c r="K80" t="s">
+      <c r="Z80" t="s">
         <v>1375</v>
       </c>
-      <c r="L80" t="s">
+      <c r="AA80" t="s">
         <v>1376</v>
       </c>
-      <c r="M80" t="s">
+      <c r="AB80" t="s">
         <v>1377</v>
       </c>
-      <c r="N80" t="s">
+      <c r="AC80" t="s">
         <v>1378</v>
       </c>
-      <c r="O80" t="s">
+      <c r="AD80" t="s">
         <v>1379</v>
-      </c>
-[...22 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B81" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1384</v>
+      </c>
+      <c r="J81" t="s">
+        <v>563</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1385</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1386</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1387</v>
+      </c>
+      <c r="N81" t="s">
         <v>1388</v>
       </c>
-      <c r="C81" t="s">
-[...5 lines deleted...]
-      <c r="E81" t="s">
+      <c r="O81" t="s">
         <v>1389</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="P81" t="s">
         <v>1390</v>
       </c>
-      <c r="H81" t="s">
+      <c r="Q81" t="s">
         <v>1391</v>
       </c>
-      <c r="I81" t="s">
+      <c r="R81" t="s">
         <v>1392</v>
       </c>
-      <c r="J81" t="s">
+      <c r="S81" t="s">
         <v>1393</v>
       </c>
-      <c r="K81" t="s">
+      <c r="T81" t="s">
         <v>1394</v>
-      </c>
-[...7 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B82" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H82" t="s">
         <v>1398</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="I82" t="s">
         <v>1399</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="J82" t="s">
+        <v>612</v>
+      </c>
+      <c r="K82" t="s">
         <v>1400</v>
       </c>
-      <c r="H82" t="s">
+      <c r="L82" t="s">
         <v>1401</v>
       </c>
-      <c r="I82" t="s">
+      <c r="M82" t="s">
         <v>1402</v>
       </c>
-      <c r="J82" t="s">
+      <c r="N82" t="s">
         <v>1403</v>
       </c>
-      <c r="K82" t="s">
+      <c r="O82" t="s">
         <v>1404</v>
       </c>
-      <c r="L82" t="s">
+      <c r="P82" t="s">
         <v>1405</v>
       </c>
-      <c r="M82" t="s">
+      <c r="Q82" t="s">
         <v>1406</v>
       </c>
-      <c r="N82" t="s">
+      <c r="R82" t="s">
         <v>1407</v>
       </c>
-      <c r="O82" t="s">
+      <c r="S82" t="s">
         <v>1408</v>
       </c>
-      <c r="P82" t="s">
+      <c r="T82" t="s">
         <v>1409</v>
       </c>
-      <c r="Q82" t="s">
+      <c r="U82" t="s">
         <v>1410</v>
       </c>
-      <c r="R82" t="s">
+      <c r="V82" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B83" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
         <v>1413</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
         <v>1414</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>1415</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
         <v>1416</v>
       </c>
-      <c r="I83" t="s">
+      <c r="J83" t="s">
         <v>1417</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" t="s">
         <v>1418</v>
       </c>
-      <c r="K83" t="s">
+      <c r="L83" t="s">
         <v>1419</v>
       </c>
-      <c r="L83" t="s">
+      <c r="M83" t="s">
         <v>1420</v>
-      </c>
-[...28 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B84" t="s">
-        <v>1431</v>
+        <v>1421</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1432</v>
+        <v>1422</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1433</v>
+        <v>1423</v>
       </c>
       <c r="H84" t="s">
-        <v>1434</v>
+        <v>1424</v>
       </c>
       <c r="I84" t="s">
-        <v>1435</v>
+        <v>1425</v>
       </c>
       <c r="J84" t="s">
-        <v>1436</v>
+        <v>1426</v>
       </c>
       <c r="K84" t="s">
-        <v>1437</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
-        <v>1438</v>
+        <v>1428</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1439</v>
+        <v>1429</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1440</v>
+        <v>1430</v>
       </c>
       <c r="H85" t="s">
-        <v>1441</v>
+        <v>1431</v>
       </c>
       <c r="I85" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1434</v>
+      </c>
+      <c r="L85" t="s">
         <v>1435</v>
-      </c>
-[...4 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B86" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1441</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1442</v>
+      </c>
+      <c r="L86" t="s">
         <v>1443</v>
       </c>
-      <c r="C86" t="s">
-[...5 lines deleted...]
-      <c r="E86" t="s">
+      <c r="M86" t="s">
         <v>1444</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="N86" t="s">
         <v>1445</v>
       </c>
-      <c r="H86" t="s">
+      <c r="O86" t="s">
         <v>1446</v>
       </c>
-      <c r="I86" t="s">
-[...2 lines deleted...]
-      <c r="J86" t="s">
+      <c r="P86" t="s">
         <v>1447</v>
       </c>
-      <c r="K86" t="s">
+      <c r="Q86" t="s">
         <v>1448</v>
+      </c>
+      <c r="R86" t="s">
+        <v>1449</v>
+      </c>
+      <c r="S86" t="s">
+        <v>1450</v>
+      </c>
+      <c r="T86" t="s">
+        <v>1451</v>
+      </c>
+      <c r="U86" t="s">
+        <v>1452</v>
+      </c>
+      <c r="V86" t="s">
+        <v>1453</v>
+      </c>
+      <c r="W86" t="s">
+        <v>1454</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B87" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="H87" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="I87" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="J87" t="s">
-        <v>1153</v>
+        <v>1460</v>
       </c>
       <c r="K87" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="L87" t="s">
-        <v>1455</v>
+        <v>1462</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1463</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1464</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B88" t="s">
-        <v>1456</v>
+        <v>1465</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="H88" t="s">
-        <v>1459</v>
+        <v>1468</v>
       </c>
       <c r="I88" t="s">
-        <v>1460</v>
+        <v>1469</v>
       </c>
       <c r="J88" t="s">
-        <v>434</v>
+        <v>1470</v>
       </c>
       <c r="K88" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
       <c r="L88" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="M88" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="N88" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="O88" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="P88" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
       <c r="Q88" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="R88" t="s">
-        <v>1468</v>
+        <v>1478</v>
+      </c>
+      <c r="S88" t="s">
+        <v>1479</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B89" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
       <c r="H89" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="I89" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="J89" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
       <c r="K89" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="L89" t="s">
-        <v>1476</v>
+        <v>1487</v>
       </c>
       <c r="M89" t="s">
-        <v>1477</v>
+        <v>1488</v>
       </c>
       <c r="N89" t="s">
-        <v>1478</v>
+        <v>1489</v>
       </c>
       <c r="O89" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="P89" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="Q89" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="R89" t="s">
-        <v>1481</v>
+        <v>1493</v>
+      </c>
+      <c r="S89" t="s">
+        <v>1494</v>
+      </c>
+      <c r="T89" t="s">
+        <v>1495</v>
+      </c>
+      <c r="U89" t="s">
+        <v>1496</v>
+      </c>
+      <c r="V89" t="s">
+        <v>1497</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B90" t="s">
-        <v>1482</v>
+        <v>1498</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1483</v>
+        <v>1499</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="H90" t="s">
-        <v>1485</v>
+        <v>1501</v>
       </c>
       <c r="I90" t="s">
-        <v>542</v>
+        <v>1502</v>
       </c>
       <c r="J90" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="K90" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B91" t="s">
-        <v>1488</v>
+        <v>1505</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1489</v>
+        <v>1506</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
       <c r="H91" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="I91" t="s">
-        <v>1492</v>
+        <v>1502</v>
       </c>
       <c r="J91" t="s">
-        <v>1493</v>
+        <v>876</v>
       </c>
       <c r="K91" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-        <v>1495</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B92" t="s">
-        <v>1496</v>
+        <v>1510</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1497</v>
+        <v>1511</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1498</v>
+        <v>1512</v>
       </c>
       <c r="H92" t="s">
-        <v>1499</v>
+        <v>1513</v>
       </c>
       <c r="I92" t="s">
-        <v>1500</v>
+        <v>671</v>
       </c>
       <c r="J92" t="s">
-        <v>862</v>
+        <v>1514</v>
       </c>
       <c r="K92" t="s">
-        <v>1501</v>
-[...29 lines deleted...]
-        <v>1511</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B93" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="H93" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="I93" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="J93" t="s">
-        <v>1517</v>
+        <v>1220</v>
       </c>
       <c r="K93" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="L93" t="s">
-        <v>1519</v>
-[...7 lines deleted...]
-      <c r="O93" t="s">
         <v>1522</v>
-      </c>
-[...43 lines deleted...]
-        <v>1537</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B94" t="s">
-        <v>1538</v>
+        <v>1523</v>
       </c>
       <c r="C94" t="s">
         <v>13</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1539</v>
+        <v>1524</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1540</v>
+        <v>1525</v>
       </c>
       <c r="H94" t="s">
-        <v>1541</v>
+        <v>1526</v>
       </c>
       <c r="I94" t="s">
-        <v>1542</v>
+        <v>1527</v>
       </c>
       <c r="J94" t="s">
-        <v>1543</v>
+        <v>563</v>
       </c>
       <c r="K94" t="s">
-        <v>1544</v>
+        <v>1528</v>
       </c>
       <c r="L94" t="s">
-        <v>1545</v>
+        <v>1529</v>
       </c>
       <c r="M94" t="s">
-        <v>1546</v>
+        <v>1530</v>
       </c>
       <c r="N94" t="s">
-        <v>1547</v>
+        <v>1531</v>
       </c>
       <c r="O94" t="s">
-        <v>1548</v>
+        <v>1532</v>
       </c>
       <c r="P94" t="s">
-        <v>1549</v>
+        <v>1533</v>
       </c>
       <c r="Q94" t="s">
-        <v>1550</v>
+        <v>1534</v>
       </c>
       <c r="R94" t="s">
-        <v>1551</v>
-[...2 lines deleted...]
-        <v>1552</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B95" t="s">
-        <v>1553</v>
+        <v>1536</v>
       </c>
       <c r="C95" t="s">
         <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>1554</v>
+        <v>1537</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1555</v>
+        <v>1538</v>
       </c>
       <c r="H95" t="s">
-        <v>1556</v>
+        <v>1539</v>
       </c>
       <c r="I95" t="s">
-        <v>1557</v>
+        <v>1540</v>
       </c>
       <c r="J95" t="s">
-        <v>341</v>
+        <v>1541</v>
       </c>
       <c r="K95" t="s">
-        <v>1558</v>
+        <v>1542</v>
       </c>
       <c r="L95" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="M95" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="N95" t="s">
-        <v>1561</v>
+        <v>1545</v>
       </c>
       <c r="O95" t="s">
-        <v>1562</v>
+        <v>1546</v>
       </c>
       <c r="P95" t="s">
-        <v>1563</v>
+        <v>1546</v>
       </c>
       <c r="Q95" t="s">
-        <v>1564</v>
+        <v>1547</v>
       </c>
       <c r="R95" t="s">
-        <v>1565</v>
-[...5 lines deleted...]
-        <v>1567</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B96" t="s">
-        <v>1568</v>
+        <v>1549</v>
       </c>
       <c r="C96" t="s">
         <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>1569</v>
+        <v>1550</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1570</v>
+        <v>1551</v>
       </c>
       <c r="H96" t="s">
-        <v>1571</v>
+        <v>1552</v>
       </c>
       <c r="I96" t="s">
-        <v>1572</v>
+        <v>671</v>
       </c>
       <c r="J96" t="s">
-        <v>1573</v>
+        <v>1553</v>
       </c>
       <c r="K96" t="s">
-        <v>1574</v>
-[...95 lines deleted...]
-        <v>1606</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B97" t="s">
-        <v>1607</v>
+        <v>1555</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1608</v>
+        <v>1556</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1609</v>
+        <v>1557</v>
       </c>
       <c r="H97" t="s">
-        <v>1610</v>
+        <v>1558</v>
       </c>
       <c r="I97" t="s">
-        <v>1611</v>
+        <v>1559</v>
       </c>
       <c r="J97" t="s">
-        <v>1612</v>
+        <v>1560</v>
       </c>
       <c r="K97" t="s">
-        <v>1613</v>
+        <v>1561</v>
       </c>
       <c r="L97" t="s">
-        <v>1614</v>
-[...53 lines deleted...]
-        <v>1632</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B98" t="s">
-        <v>1633</v>
+        <v>1563</v>
       </c>
       <c r="C98" t="s">
         <v>13</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>1634</v>
+        <v>1564</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>1635</v>
+        <v>1565</v>
       </c>
       <c r="H98" t="s">
-        <v>1636</v>
+        <v>1566</v>
       </c>
       <c r="I98" t="s">
-        <v>1637</v>
+        <v>1567</v>
       </c>
       <c r="J98" t="s">
-        <v>862</v>
+        <v>930</v>
       </c>
       <c r="K98" t="s">
-        <v>1638</v>
+        <v>1568</v>
       </c>
       <c r="L98" t="s">
-        <v>1639</v>
+        <v>1569</v>
       </c>
       <c r="M98" t="s">
-        <v>1640</v>
+        <v>1570</v>
       </c>
       <c r="N98" t="s">
-        <v>1641</v>
+        <v>1571</v>
       </c>
       <c r="O98" t="s">
-        <v>1642</v>
+        <v>1572</v>
       </c>
       <c r="P98" t="s">
-        <v>1643</v>
+        <v>1573</v>
       </c>
       <c r="Q98" t="s">
-        <v>1644</v>
+        <v>1574</v>
       </c>
       <c r="R98" t="s">
-        <v>1645</v>
+        <v>1575</v>
       </c>
       <c r="S98" t="s">
-        <v>1646</v>
+        <v>1576</v>
       </c>
       <c r="T98" t="s">
-        <v>1647</v>
+        <v>1577</v>
+      </c>
+      <c r="U98" t="s">
+        <v>1578</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B99" t="s">
-        <v>1648</v>
+        <v>1579</v>
       </c>
       <c r="C99" t="s">
         <v>13</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>1649</v>
+        <v>1580</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1650</v>
+        <v>1581</v>
       </c>
       <c r="H99" t="s">
-        <v>1651</v>
+        <v>1582</v>
       </c>
       <c r="I99" t="s">
-        <v>1652</v>
+        <v>1583</v>
       </c>
       <c r="J99" t="s">
-        <v>1653</v>
+        <v>1584</v>
       </c>
       <c r="K99" t="s">
-        <v>1654</v>
+        <v>1585</v>
       </c>
       <c r="L99" t="s">
-        <v>1655</v>
+        <v>1586</v>
       </c>
       <c r="M99" t="s">
-        <v>1656</v>
+        <v>1587</v>
       </c>
       <c r="N99" t="s">
-        <v>1657</v>
+        <v>1588</v>
       </c>
       <c r="O99" t="s">
-        <v>1658</v>
+        <v>1589</v>
       </c>
       <c r="P99" t="s">
-        <v>1659</v>
+        <v>1590</v>
       </c>
       <c r="Q99" t="s">
-        <v>1660</v>
+        <v>1591</v>
       </c>
       <c r="R99" t="s">
-        <v>1661</v>
+        <v>1592</v>
       </c>
       <c r="S99" t="s">
-        <v>1662</v>
+        <v>1593</v>
       </c>
       <c r="T99" t="s">
-        <v>1663</v>
+        <v>1594</v>
       </c>
       <c r="U99" t="s">
-        <v>1664</v>
+        <v>1595</v>
       </c>
       <c r="V99" t="s">
-        <v>1665</v>
+        <v>1596</v>
+      </c>
+      <c r="W99" t="s">
+        <v>1597</v>
+      </c>
+      <c r="X99" t="s">
+        <v>1598</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>1599</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>1600</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>1601</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>1602</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AD99" t="s">
+        <v>1604</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B100" t="s">
-        <v>1666</v>
+        <v>1605</v>
       </c>
       <c r="C100" t="s">
         <v>13</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1667</v>
+        <v>1606</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1668</v>
+        <v>1607</v>
       </c>
       <c r="H100" t="s">
-        <v>1669</v>
+        <v>1608</v>
       </c>
       <c r="I100" t="s">
-        <v>1670</v>
+        <v>1609</v>
       </c>
       <c r="J100" t="s">
-        <v>1671</v>
+        <v>1610</v>
       </c>
       <c r="K100" t="s">
-        <v>1672</v>
+        <v>1611</v>
       </c>
       <c r="L100" t="s">
-        <v>1673</v>
+        <v>1612</v>
       </c>
       <c r="M100" t="s">
-        <v>1674</v>
+        <v>1613</v>
       </c>
       <c r="N100" t="s">
-        <v>1675</v>
+        <v>1614</v>
       </c>
       <c r="O100" t="s">
-        <v>1676</v>
+        <v>1615</v>
       </c>
       <c r="P100" t="s">
-        <v>1677</v>
+        <v>1616</v>
       </c>
       <c r="Q100" t="s">
-        <v>1678</v>
+        <v>1617</v>
       </c>
       <c r="R100" t="s">
-        <v>1679</v>
+        <v>1618</v>
       </c>
       <c r="S100" t="s">
-        <v>1680</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B101" t="s">
-        <v>1681</v>
+        <v>1620</v>
       </c>
       <c r="C101" t="s">
         <v>13</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1682</v>
+        <v>1621</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1683</v>
+        <v>1622</v>
       </c>
       <c r="H101" t="s">
-        <v>1684</v>
+        <v>1623</v>
       </c>
       <c r="I101" t="s">
-        <v>1685</v>
+        <v>1624</v>
       </c>
       <c r="J101" t="s">
-        <v>556</v>
+        <v>353</v>
       </c>
       <c r="K101" t="s">
-        <v>1686</v>
+        <v>1625</v>
       </c>
       <c r="L101" t="s">
-        <v>1687</v>
+        <v>1626</v>
       </c>
       <c r="M101" t="s">
-        <v>1688</v>
+        <v>1627</v>
       </c>
       <c r="N101" t="s">
-        <v>1689</v>
+        <v>1628</v>
       </c>
       <c r="O101" t="s">
-        <v>1690</v>
+        <v>1629</v>
       </c>
       <c r="P101" t="s">
-        <v>1691</v>
+        <v>1630</v>
       </c>
       <c r="Q101" t="s">
-        <v>1692</v>
+        <v>1631</v>
       </c>
       <c r="R101" t="s">
-        <v>1693</v>
+        <v>1632</v>
       </c>
       <c r="S101" t="s">
-        <v>1694</v>
+        <v>1633</v>
       </c>
       <c r="T101" t="s">
-        <v>1695</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B102" t="s">
-        <v>1696</v>
+        <v>1635</v>
       </c>
       <c r="C102" t="s">
         <v>13</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1697</v>
+        <v>1636</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>1698</v>
+        <v>1637</v>
       </c>
       <c r="H102" t="s">
-        <v>1699</v>
+        <v>1638</v>
       </c>
       <c r="I102" t="s">
-        <v>1700</v>
+        <v>1639</v>
       </c>
       <c r="J102" t="s">
-        <v>862</v>
+        <v>1640</v>
       </c>
       <c r="K102" t="s">
-        <v>1701</v>
+        <v>1641</v>
       </c>
       <c r="L102" t="s">
-        <v>1702</v>
+        <v>1642</v>
       </c>
       <c r="M102" t="s">
-        <v>1703</v>
+        <v>1643</v>
       </c>
       <c r="N102" t="s">
-        <v>1704</v>
+        <v>1644</v>
       </c>
       <c r="O102" t="s">
-        <v>1704</v>
+        <v>1645</v>
       </c>
       <c r="P102" t="s">
-        <v>1705</v>
+        <v>1646</v>
       </c>
       <c r="Q102" t="s">
-        <v>1706</v>
+        <v>1647</v>
       </c>
       <c r="R102" t="s">
-        <v>1707</v>
+        <v>1648</v>
       </c>
       <c r="S102" t="s">
-        <v>1708</v>
+        <v>1649</v>
       </c>
       <c r="T102" t="s">
-        <v>1709</v>
+        <v>1650</v>
       </c>
       <c r="U102" t="s">
-        <v>1710</v>
+        <v>1651</v>
       </c>
       <c r="V102" t="s">
-        <v>1711</v>
+        <v>1652</v>
       </c>
       <c r="W102" t="s">
-        <v>1712</v>
+        <v>1653</v>
       </c>
       <c r="X102" t="s">
-        <v>1713</v>
+        <v>1654</v>
       </c>
       <c r="Y102" t="s">
-        <v>1714</v>
+        <v>1655</v>
       </c>
       <c r="Z102" t="s">
-        <v>1715</v>
+        <v>1656</v>
       </c>
       <c r="AA102" t="s">
-        <v>1716</v>
+        <v>1657</v>
       </c>
       <c r="AB102" t="s">
-        <v>1717</v>
+        <v>1658</v>
       </c>
       <c r="AC102" t="s">
-        <v>1718</v>
+        <v>1659</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>1660</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AF102" t="s">
+        <v>1662</v>
+      </c>
+      <c r="AG102" t="s">
+        <v>1663</v>
+      </c>
+      <c r="AH102" t="s">
+        <v>1664</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>1665</v>
+      </c>
+      <c r="AJ102" t="s">
+        <v>1666</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>1667</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>1668</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>1669</v>
+      </c>
+      <c r="AN102" t="s">
+        <v>1670</v>
+      </c>
+      <c r="AO102" t="s">
+        <v>1671</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>1672</v>
+      </c>
+      <c r="AQ102" t="s">
+        <v>1673</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B103" t="s">
-        <v>1719</v>
+        <v>1674</v>
       </c>
       <c r="C103" t="s">
         <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>1720</v>
+        <v>1675</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1721</v>
+        <v>1676</v>
       </c>
       <c r="H103" t="s">
-        <v>1722</v>
+        <v>1677</v>
       </c>
       <c r="I103" t="s">
-        <v>1723</v>
+        <v>1678</v>
       </c>
       <c r="J103" t="s">
-        <v>587</v>
+        <v>1679</v>
       </c>
       <c r="K103" t="s">
-        <v>1724</v>
+        <v>1680</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1681</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1682</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1683</v>
+      </c>
+      <c r="O103" t="s">
+        <v>1684</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1685</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>1686</v>
+      </c>
+      <c r="R103" t="s">
+        <v>1687</v>
+      </c>
+      <c r="S103" t="s">
+        <v>1688</v>
+      </c>
+      <c r="T103" t="s">
+        <v>1689</v>
+      </c>
+      <c r="U103" t="s">
+        <v>1690</v>
+      </c>
+      <c r="V103" t="s">
+        <v>1691</v>
+      </c>
+      <c r="W103" t="s">
+        <v>1692</v>
+      </c>
+      <c r="X103" t="s">
+        <v>1693</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>1694</v>
+      </c>
+      <c r="Z103" t="s">
+        <v>1695</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>1696</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>1697</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>1698</v>
+      </c>
+      <c r="AD103" t="s">
+        <v>1699</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B104" t="s">
-        <v>1725</v>
+        <v>1700</v>
       </c>
       <c r="C104" t="s">
         <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>1726</v>
+        <v>1701</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>1727</v>
+        <v>1702</v>
       </c>
       <c r="H104" t="s">
-        <v>1728</v>
+        <v>1703</v>
       </c>
       <c r="I104" t="s">
-        <v>1729</v>
+        <v>1704</v>
       </c>
       <c r="J104" t="s">
-        <v>1730</v>
+        <v>930</v>
       </c>
       <c r="K104" t="s">
-        <v>1731</v>
+        <v>1705</v>
       </c>
       <c r="L104" t="s">
-        <v>1732</v>
+        <v>1706</v>
       </c>
       <c r="M104" t="s">
-        <v>1733</v>
+        <v>1707</v>
       </c>
       <c r="N104" t="s">
-        <v>1734</v>
+        <v>1708</v>
       </c>
       <c r="O104" t="s">
-        <v>1735</v>
+        <v>1709</v>
       </c>
       <c r="P104" t="s">
-        <v>1736</v>
+        <v>1710</v>
       </c>
       <c r="Q104" t="s">
-        <v>1737</v>
+        <v>1711</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1712</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1713</v>
+      </c>
+      <c r="T104" t="s">
+        <v>1714</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B105" t="s">
-        <v>1738</v>
+        <v>1715</v>
       </c>
       <c r="C105" t="s">
         <v>13</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1739</v>
+        <v>1716</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1740</v>
+        <v>1717</v>
       </c>
       <c r="H105" t="s">
-        <v>1741</v>
+        <v>1718</v>
       </c>
       <c r="I105" t="s">
-        <v>1742</v>
+        <v>1719</v>
       </c>
       <c r="J105" t="s">
-        <v>587</v>
+        <v>1720</v>
       </c>
       <c r="K105" t="s">
-        <v>1743</v>
+        <v>1721</v>
       </c>
       <c r="L105" t="s">
-        <v>1744</v>
+        <v>1722</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1724</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1725</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1726</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1727</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1728</v>
+      </c>
+      <c r="S105" t="s">
+        <v>1729</v>
+      </c>
+      <c r="T105" t="s">
+        <v>1730</v>
+      </c>
+      <c r="U105" t="s">
+        <v>1731</v>
+      </c>
+      <c r="V105" t="s">
+        <v>1732</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B106" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1737</v>
+      </c>
+      <c r="J106" t="s">
+        <v>1738</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1739</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1741</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1742</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1743</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1744</v>
+      </c>
+      <c r="Q106" t="s">
         <v>1745</v>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" t="s">
+      <c r="R106" t="s">
         <v>1746</v>
       </c>
-      <c r="F106" t="s">
-[...2 lines deleted...]
-      <c r="G106" t="s">
+      <c r="S106" t="s">
         <v>1747</v>
-      </c>
-[...10 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B107" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H107" t="s">
         <v>1751</v>
       </c>
-      <c r="C107" t="s">
-[...5 lines deleted...]
-      <c r="E107" t="s">
+      <c r="I107" t="s">
         <v>1752</v>
       </c>
-      <c r="F107" t="s">
-[...2 lines deleted...]
-      <c r="G107" t="s">
+      <c r="J107" t="s">
+        <v>685</v>
+      </c>
+      <c r="K107" t="s">
         <v>1753</v>
       </c>
-      <c r="H107" t="s">
+      <c r="L107" t="s">
         <v>1754</v>
       </c>
-      <c r="I107" t="s">
+      <c r="M107" t="s">
         <v>1755</v>
       </c>
-      <c r="J107" t="s">
-[...2 lines deleted...]
-      <c r="K107" t="s">
+      <c r="N107" t="s">
         <v>1756</v>
       </c>
-      <c r="L107" t="s">
+      <c r="O107" t="s">
         <v>1757</v>
       </c>
-      <c r="M107" t="s">
+      <c r="P107" t="s">
         <v>1758</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>1759</v>
+      </c>
+      <c r="R107" t="s">
+        <v>1760</v>
+      </c>
+      <c r="S107" t="s">
+        <v>1761</v>
+      </c>
+      <c r="T107" t="s">
+        <v>1762</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B108" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="H108" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="I108" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="J108" t="s">
-        <v>1764</v>
+        <v>930</v>
       </c>
       <c r="K108" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="L108" t="s">
-        <v>1766</v>
+        <v>1769</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1770</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1771</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1771</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1772</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1773</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1774</v>
+      </c>
+      <c r="S108" t="s">
+        <v>1775</v>
+      </c>
+      <c r="T108" t="s">
+        <v>1776</v>
+      </c>
+      <c r="U108" t="s">
+        <v>1777</v>
+      </c>
+      <c r="V108" t="s">
+        <v>1778</v>
+      </c>
+      <c r="W108" t="s">
+        <v>1779</v>
+      </c>
+      <c r="X108" t="s">
+        <v>1780</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>1781</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>1782</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>1783</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>1784</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>1785</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B109" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="C109" t="s">
         <v>13</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>1768</v>
+        <v>1787</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>1769</v>
+        <v>1788</v>
       </c>
       <c r="H109" t="s">
-        <v>1770</v>
+        <v>1789</v>
       </c>
       <c r="I109" t="s">
-        <v>1771</v>
+        <v>1790</v>
       </c>
       <c r="J109" t="s">
-        <v>1772</v>
+        <v>716</v>
       </c>
       <c r="K109" t="s">
-        <v>1773</v>
-[...5 lines deleted...]
-        <v>1775</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B110" t="s">
-        <v>1776</v>
+        <v>1792</v>
       </c>
       <c r="C110" t="s">
         <v>13</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>1777</v>
+        <v>1793</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1778</v>
+        <v>1794</v>
       </c>
       <c r="H110" t="s">
-        <v>1779</v>
+        <v>1795</v>
       </c>
       <c r="I110" t="s">
-        <v>352</v>
+        <v>1796</v>
       </c>
       <c r="J110" t="s">
-        <v>1780</v>
+        <v>1797</v>
       </c>
       <c r="K110" t="s">
-        <v>1781</v>
+        <v>1798</v>
       </c>
       <c r="L110" t="s">
-        <v>1782</v>
+        <v>1799</v>
       </c>
       <c r="M110" t="s">
-        <v>1783</v>
+        <v>1800</v>
       </c>
       <c r="N110" t="s">
-        <v>1784</v>
+        <v>1801</v>
       </c>
       <c r="O110" t="s">
-        <v>1785</v>
+        <v>1802</v>
       </c>
       <c r="P110" t="s">
-        <v>1786</v>
+        <v>1803</v>
       </c>
       <c r="Q110" t="s">
-        <v>1787</v>
-[...20 lines deleted...]
-        <v>1794</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B111" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
       <c r="C111" t="s">
         <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="H111" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="I111" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="J111" t="s">
-        <v>1800</v>
+        <v>716</v>
       </c>
       <c r="K111" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="L111" t="s">
-        <v>1802</v>
-[...14 lines deleted...]
-        <v>1807</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B112" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>1796</v>
+        <v>1813</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="H112" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="I112" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="J112" t="s">
-        <v>1812</v>
+        <v>685</v>
       </c>
       <c r="K112" t="s">
-        <v>1813</v>
-[...5 lines deleted...]
-        <v>1815</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B113" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="H113" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="I113" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="J113" t="s">
-        <v>1821</v>
+        <v>930</v>
       </c>
       <c r="K113" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="L113" t="s">
-        <v>1823</v>
+        <v>1824</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1825</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B114" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>1817</v>
+        <v>1827</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="H114" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="I114" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="J114" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="K114" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="L114" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B115" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="C115" t="s">
         <v>13</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>1817</v>
+        <v>1835</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="H115" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="I115" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="J115" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="K115" t="s">
-        <v>1836</v>
+        <v>1840</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1842</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B116" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
       <c r="C116" t="s">
         <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="H116" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="I116" t="s">
-        <v>1841</v>
+        <v>481</v>
       </c>
       <c r="J116" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="K116" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="L116" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="M116" t="s">
-        <v>1845</v>
+        <v>1850</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1851</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1852</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1853</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>1854</v>
+      </c>
+      <c r="R116" t="s">
+        <v>1855</v>
+      </c>
+      <c r="S116" t="s">
+        <v>1856</v>
+      </c>
+      <c r="T116" t="s">
+        <v>1857</v>
+      </c>
+      <c r="U116" t="s">
+        <v>1858</v>
+      </c>
+      <c r="V116" t="s">
+        <v>1859</v>
+      </c>
+      <c r="W116" t="s">
+        <v>1860</v>
+      </c>
+      <c r="X116" t="s">
+        <v>1861</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B117" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
       <c r="C117" t="s">
         <v>13</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>1847</v>
+        <v>1863</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>1848</v>
+        <v>1864</v>
       </c>
       <c r="H117" t="s">
-        <v>1849</v>
+        <v>1865</v>
       </c>
       <c r="I117" t="s">
-        <v>1850</v>
+        <v>1866</v>
       </c>
       <c r="J117" t="s">
-        <v>1217</v>
+        <v>1867</v>
       </c>
       <c r="K117" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="L117" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="M117" t="s">
-        <v>1853</v>
+        <v>1870</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1871</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1872</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1873</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>1874</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B118" t="s">
-        <v>1854</v>
+        <v>1875</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1856</v>
+        <v>1876</v>
       </c>
       <c r="H118" t="s">
-        <v>1857</v>
+        <v>1877</v>
       </c>
       <c r="I118" t="s">
-        <v>1858</v>
+        <v>1878</v>
       </c>
       <c r="J118" t="s">
-        <v>1859</v>
+        <v>1879</v>
       </c>
       <c r="K118" t="s">
-        <v>1860</v>
+        <v>1880</v>
       </c>
       <c r="L118" t="s">
-        <v>1861</v>
+        <v>1881</v>
       </c>
       <c r="M118" t="s">
-        <v>1862</v>
-[...23 lines deleted...]
-        <v>1870</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B119" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1873</v>
+        <v>1885</v>
       </c>
       <c r="H119" t="s">
-        <v>1874</v>
+        <v>1886</v>
       </c>
       <c r="I119" t="s">
-        <v>1875</v>
+        <v>1887</v>
       </c>
       <c r="J119" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="K119" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="L119" t="s">
-        <v>1878</v>
-[...14 lines deleted...]
-        <v>1883</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B120" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
         <v>1884</v>
       </c>
-      <c r="C120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="H120" t="s">
-        <v>1887</v>
+        <v>1893</v>
       </c>
       <c r="I120" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="J120" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="K120" t="s">
-        <v>1890</v>
+        <v>1896</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1897</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B121" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1892</v>
+        <v>1884</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1893</v>
+        <v>1899</v>
       </c>
       <c r="H121" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="I121" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="J121" t="s">
-        <v>704</v>
+        <v>1902</v>
       </c>
       <c r="K121" t="s">
-        <v>1896</v>
-[...17 lines deleted...]
-        <v>1901</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B122" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="C122" t="s">
         <v>13</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="H122" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="I122" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="J122" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="K122" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="L122" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="M122" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B123" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="C123" t="s">
         <v>13</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H123" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="I123" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="J123" t="s">
-        <v>1916</v>
+        <v>1284</v>
       </c>
       <c r="K123" t="s">
-        <v>1917</v>
+        <v>1918</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1920</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B124" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="C124" t="s">
         <v>13</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="H124" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="I124" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="J124" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="K124" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="L124" t="s">
-        <v>1925</v>
+        <v>1928</v>
+      </c>
+      <c r="M124" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N124" t="s">
+        <v>1930</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1931</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1932</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>1933</v>
+      </c>
+      <c r="R124" t="s">
+        <v>1934</v>
+      </c>
+      <c r="S124" t="s">
+        <v>1935</v>
+      </c>
+      <c r="T124" t="s">
+        <v>1936</v>
+      </c>
+      <c r="U124" t="s">
+        <v>1937</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B125" t="s">
-        <v>1926</v>
+        <v>1938</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="H125" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="I125" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
       <c r="J125" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="K125" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="L125" t="s">
-        <v>1933</v>
+        <v>1945</v>
       </c>
       <c r="M125" t="s">
-        <v>1934</v>
+        <v>1946</v>
       </c>
       <c r="N125" t="s">
-        <v>1935</v>
+        <v>1947</v>
       </c>
       <c r="O125" t="s">
-        <v>1936</v>
+        <v>1948</v>
       </c>
       <c r="P125" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="Q125" t="s">
-        <v>1938</v>
-[...5 lines deleted...]
-        <v>1940</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B126" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>1943</v>
+        <v>1953</v>
       </c>
       <c r="H126" t="s">
-        <v>1944</v>
+        <v>1954</v>
       </c>
       <c r="I126" t="s">
-        <v>1945</v>
+        <v>1955</v>
       </c>
       <c r="J126" t="s">
-        <v>879</v>
+        <v>1956</v>
       </c>
       <c r="K126" t="s">
-        <v>1946</v>
-[...5 lines deleted...]
-        <v>1948</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B127" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="H127" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="I127" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="J127" t="s">
-        <v>906</v>
+        <v>444</v>
       </c>
       <c r="K127" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="L127" t="s">
-        <v>1955</v>
+        <v>1964</v>
       </c>
       <c r="M127" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
       <c r="N127" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="O127" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="P127" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="Q127" t="s">
-        <v>1960</v>
-[...2 lines deleted...]
-        <v>1961</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B128" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="H128" t="s">
-        <v>1965</v>
+        <v>1972</v>
       </c>
       <c r="I128" t="s">
-        <v>1966</v>
+        <v>1973</v>
       </c>
       <c r="J128" t="s">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="K128" t="s">
-        <v>1968</v>
+        <v>1975</v>
       </c>
       <c r="L128" t="s">
-        <v>1969</v>
+        <v>1976</v>
       </c>
       <c r="M128" t="s">
-        <v>1970</v>
-[...19 lines deleted...]
-      <c r="T128" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B129" t="s">
         <v>1978</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
         <v>1979</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>1980</v>
       </c>
       <c r="H129" t="s">
         <v>1981</v>
       </c>
       <c r="I129" t="s">
         <v>1982</v>
       </c>
       <c r="J129" t="s">
-        <v>1859</v>
+        <v>1983</v>
       </c>
       <c r="K129" t="s">
-        <v>1983</v>
-[...1 lines deleted...]
-      <c r="L129" t="s">
         <v>1984</v>
-      </c>
-[...13 lines deleted...]
-        <v>1989</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B130" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1988</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J130" t="s">
         <v>1990</v>
       </c>
-      <c r="C130" t="s">
-[...5 lines deleted...]
-      <c r="E130" t="s">
+      <c r="K130" t="s">
         <v>1991</v>
       </c>
-      <c r="F130" t="s">
-[...2 lines deleted...]
-      <c r="G130" t="s">
+      <c r="L130" t="s">
         <v>1992</v>
-      </c>
-[...37 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B131" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L131" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2001</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2002</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2003</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2004</v>
+      </c>
+      <c r="Q131" t="s">
         <v>2005</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="R131" t="s">
         <v>2006</v>
       </c>
-      <c r="F131" t="s">
-[...2 lines deleted...]
-      <c r="G131" t="s">
+      <c r="S131" t="s">
         <v>2007</v>
-      </c>
-[...31 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B132" t="s">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="C132" t="s">
         <v>13</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="H132" t="s">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="I132" t="s">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="J132" t="s">
-        <v>1031</v>
+        <v>947</v>
       </c>
       <c r="K132" t="s">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="L132" t="s">
-        <v>2023</v>
+        <v>2014</v>
+      </c>
+      <c r="M132" t="s">
+        <v>2015</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B133" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J133" t="s">
+        <v>433</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2021</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2022</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2023</v>
+      </c>
+      <c r="N133" t="s">
         <v>2024</v>
       </c>
-      <c r="C133" t="s">
-[...5 lines deleted...]
-      <c r="E133" t="s">
+      <c r="O133" t="s">
         <v>2025</v>
       </c>
-      <c r="F133" t="s">
-[...2 lines deleted...]
-      <c r="G133" t="s">
+      <c r="P133" t="s">
         <v>2026</v>
       </c>
-      <c r="H133" t="s">
+      <c r="Q133" t="s">
         <v>2027</v>
       </c>
-      <c r="I133" t="s">
+      <c r="R133" t="s">
         <v>2028</v>
-      </c>
-[...4 lines deleted...]
-        <v>2029</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B134" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
         <v>2030</v>
       </c>
-      <c r="C134" t="s">
-[...5 lines deleted...]
-      <c r="E134" t="s">
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
         <v>2031</v>
       </c>
-      <c r="F134" t="s">
-[...2 lines deleted...]
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>2032</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>2033</v>
       </c>
-      <c r="I134" t="s">
+      <c r="J134" t="s">
         <v>2034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="K134" t="s">
         <v>2035</v>
       </c>
       <c r="L134" t="s">
         <v>2036</v>
       </c>
       <c r="M134" t="s">
         <v>2037</v>
       </c>
       <c r="N134" t="s">
         <v>2038</v>
       </c>
       <c r="O134" t="s">
         <v>2039</v>
       </c>
       <c r="P134" t="s">
         <v>2040</v>
       </c>
       <c r="Q134" t="s">
         <v>2041</v>
       </c>
       <c r="R134" t="s">
         <v>2042</v>
       </c>
+      <c r="S134" t="s">
+        <v>2043</v>
+      </c>
+      <c r="T134" t="s">
+        <v>2044</v>
+      </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B135" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="C135" t="s">
         <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="H135" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="I135" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="J135" t="s">
-        <v>879</v>
+        <v>1926</v>
       </c>
       <c r="K135" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="L135" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="M135" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="N135" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="O135" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="P135" t="s">
-        <v>2053</v>
+        <v>2055</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>2056</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B136" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C136" t="s">
         <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="H136" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="I136" t="s">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="J136" t="s">
-        <v>570</v>
+        <v>1679</v>
       </c>
       <c r="K136" t="s">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="L136" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="M136" t="s">
-        <v>2061</v>
+        <v>2064</v>
       </c>
       <c r="N136" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="O136" t="s">
-        <v>2063</v>
+        <v>2066</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2067</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>2068</v>
+      </c>
+      <c r="R136" t="s">
+        <v>2069</v>
+      </c>
+      <c r="S136" t="s">
+        <v>2070</v>
+      </c>
+      <c r="T136" t="s">
+        <v>2071</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B137" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="C137" t="s">
         <v>13</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="H137" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="I137" t="s">
-        <v>2068</v>
+        <v>2061</v>
       </c>
       <c r="J137" t="s">
-        <v>2069</v>
+        <v>1000</v>
       </c>
       <c r="K137" t="s">
-        <v>2070</v>
+        <v>2076</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2077</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2078</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O137" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2081</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>2082</v>
+      </c>
+      <c r="R137" t="s">
+        <v>2083</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B138" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
       <c r="C138" t="s">
         <v>13</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>2072</v>
+        <v>2085</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2073</v>
+        <v>2086</v>
       </c>
       <c r="H138" t="s">
-        <v>2074</v>
+        <v>2087</v>
       </c>
       <c r="I138" t="s">
-        <v>2075</v>
+        <v>2088</v>
       </c>
       <c r="J138" t="s">
-        <v>2076</v>
+        <v>1098</v>
       </c>
       <c r="K138" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="L138" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B139" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="C139" t="s">
         <v>13</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2081</v>
+        <v>2093</v>
       </c>
       <c r="H139" t="s">
-        <v>2082</v>
+        <v>2094</v>
       </c>
       <c r="I139" t="s">
-        <v>737</v>
+        <v>2095</v>
       </c>
       <c r="J139" t="s">
-        <v>2083</v>
+        <v>685</v>
       </c>
       <c r="K139" t="s">
-        <v>2084</v>
-[...8 lines deleted...]
-        <v>2087</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B140" t="s">
-        <v>2088</v>
+        <v>2097</v>
       </c>
       <c r="C140" t="s">
         <v>13</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>2089</v>
+        <v>2098</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2090</v>
+        <v>2099</v>
       </c>
       <c r="H140" t="s">
-        <v>2091</v>
+        <v>2100</v>
       </c>
       <c r="I140" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
       <c r="J140" t="s">
-        <v>906</v>
+        <v>1584</v>
       </c>
       <c r="K140" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="L140" t="s">
-        <v>2094</v>
+        <v>2103</v>
       </c>
       <c r="M140" t="s">
-        <v>2095</v>
+        <v>2104</v>
       </c>
       <c r="N140" t="s">
-        <v>2096</v>
+        <v>2105</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2106</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2107</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>2108</v>
+      </c>
+      <c r="R140" t="s">
+        <v>2109</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B141" t="s">
-        <v>2097</v>
+        <v>2110</v>
       </c>
       <c r="C141" t="s">
         <v>13</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>2098</v>
+        <v>2111</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2099</v>
+        <v>2112</v>
       </c>
       <c r="H141" t="s">
-        <v>2100</v>
+        <v>2113</v>
       </c>
       <c r="I141" t="s">
-        <v>2101</v>
+        <v>2114</v>
       </c>
       <c r="J141" t="s">
-        <v>704</v>
+        <v>947</v>
       </c>
       <c r="K141" t="s">
-        <v>2102</v>
+        <v>2115</v>
       </c>
       <c r="L141" t="s">
-        <v>2103</v>
+        <v>2116</v>
       </c>
       <c r="M141" t="s">
-        <v>2104</v>
+        <v>2117</v>
       </c>
       <c r="N141" t="s">
-        <v>2105</v>
+        <v>2118</v>
       </c>
       <c r="O141" t="s">
-        <v>2106</v>
+        <v>2119</v>
       </c>
       <c r="P141" t="s">
-        <v>2107</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B142" t="s">
-        <v>2108</v>
+        <v>2121</v>
       </c>
       <c r="C142" t="s">
         <v>13</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="H142" t="s">
-        <v>2111</v>
+        <v>2124</v>
       </c>
       <c r="I142" t="s">
-        <v>2112</v>
+        <v>2125</v>
       </c>
       <c r="J142" t="s">
-        <v>2113</v>
+        <v>699</v>
       </c>
       <c r="K142" t="s">
-        <v>2114</v>
+        <v>2126</v>
       </c>
       <c r="L142" t="s">
-        <v>2115</v>
+        <v>2127</v>
       </c>
       <c r="M142" t="s">
-        <v>2116</v>
+        <v>2128</v>
       </c>
       <c r="N142" t="s">
-        <v>2117</v>
+        <v>2129</v>
       </c>
       <c r="O142" t="s">
-        <v>2118</v>
-[...17 lines deleted...]
-        <v>2124</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B143" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="C143" t="s">
         <v>13</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="H143" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="I143" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="J143" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="K143" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="L143" t="s">
-        <v>2132</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B144" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="C144" t="s">
         <v>13</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="H144" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="I144" t="s">
-        <v>2138</v>
+        <v>865</v>
       </c>
       <c r="J144" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="K144" t="s">
-        <v>2140</v>
+        <v>2144</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2145</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2146</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2147</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B145" t="s">
-        <v>2141</v>
+        <v>2148</v>
       </c>
       <c r="C145" t="s">
         <v>13</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>2142</v>
+        <v>2149</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>2143</v>
+        <v>2150</v>
       </c>
       <c r="H145" t="s">
-        <v>2144</v>
+        <v>2151</v>
       </c>
       <c r="I145" t="s">
-        <v>2145</v>
+        <v>2152</v>
       </c>
       <c r="J145" t="s">
-        <v>2146</v>
+        <v>444</v>
       </c>
       <c r="K145" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="L145" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="M145" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="N145" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="O145" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="P145" t="s">
-        <v>2152</v>
-[...16 lines deleted...]
-      <c r="V145" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B146" t="s">
         <v>2159</v>
       </c>
       <c r="C146" t="s">
         <v>13</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
       <c r="E146" t="s">
         <v>2160</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
         <v>2161</v>
       </c>
       <c r="H146" t="s">
         <v>2162</v>
       </c>
       <c r="I146" t="s">
         <v>2163</v>
       </c>
       <c r="J146" t="s">
-        <v>1573</v>
+        <v>2164</v>
       </c>
       <c r="K146" t="s">
-        <v>2164</v>
+        <v>2165</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2166</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2167</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2168</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2169</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2170</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>2171</v>
+      </c>
+      <c r="R146" t="s">
+        <v>2172</v>
+      </c>
+      <c r="S146" t="s">
+        <v>2173</v>
+      </c>
+      <c r="T146" t="s">
+        <v>2174</v>
+      </c>
+      <c r="U146" t="s">
+        <v>2175</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B147" t="s">
-        <v>2165</v>
+        <v>2176</v>
       </c>
       <c r="C147" t="s">
         <v>13</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>2166</v>
+        <v>2177</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2167</v>
+        <v>2178</v>
       </c>
       <c r="H147" t="s">
-        <v>2168</v>
+        <v>2179</v>
       </c>
       <c r="I147" t="s">
-        <v>2169</v>
+        <v>2180</v>
       </c>
       <c r="J147" t="s">
-        <v>2170</v>
+        <v>2181</v>
       </c>
       <c r="K147" t="s">
-        <v>2171</v>
+        <v>2182</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2183</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2184</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B148" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="C148" t="s">
         <v>13</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2174</v>
+        <v>2187</v>
       </c>
       <c r="H148" t="s">
-        <v>2175</v>
+        <v>2188</v>
       </c>
       <c r="I148" t="s">
-        <v>2176</v>
+        <v>2189</v>
       </c>
       <c r="J148" t="s">
-        <v>1889</v>
+        <v>461</v>
       </c>
       <c r="K148" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B149" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="C149" t="s">
         <v>13</v>
       </c>
       <c r="D149" t="s">
         <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="H149" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="I149" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="J149" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="K149" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="L149" t="s">
-        <v>2185</v>
+        <v>2198</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N149" t="s">
+        <v>2200</v>
+      </c>
+      <c r="O149" t="s">
+        <v>2201</v>
+      </c>
+      <c r="P149" t="s">
+        <v>2202</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>2203</v>
+      </c>
+      <c r="R149" t="s">
+        <v>2204</v>
+      </c>
+      <c r="S149" t="s">
+        <v>2205</v>
+      </c>
+      <c r="T149" t="s">
+        <v>2206</v>
+      </c>
+      <c r="U149" t="s">
+        <v>2207</v>
+      </c>
+      <c r="V149" t="s">
+        <v>2208</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B150" t="s">
-        <v>2186</v>
+        <v>2209</v>
       </c>
       <c r="C150" t="s">
         <v>13</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>2187</v>
+        <v>2210</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2188</v>
+        <v>2211</v>
       </c>
       <c r="H150" t="s">
-        <v>2189</v>
+        <v>2212</v>
       </c>
       <c r="I150" t="s">
-        <v>2190</v>
+        <v>2213</v>
       </c>
       <c r="J150" t="s">
-        <v>1573</v>
+        <v>1640</v>
       </c>
       <c r="K150" t="s">
-        <v>2191</v>
-[...26 lines deleted...]
-        <v>2200</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B151" t="s">
-        <v>2201</v>
+        <v>2215</v>
       </c>
       <c r="C151" t="s">
         <v>13</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>2202</v>
+        <v>2216</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2203</v>
+        <v>2217</v>
       </c>
       <c r="H151" t="s">
-        <v>2204</v>
+        <v>2218</v>
       </c>
       <c r="I151" t="s">
-        <v>2205</v>
+        <v>2219</v>
       </c>
       <c r="J151" t="s">
-        <v>1931</v>
+        <v>2220</v>
       </c>
       <c r="K151" t="s">
-        <v>2206</v>
-[...26 lines deleted...]
-        <v>2215</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B152" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="C152" t="s">
         <v>13</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
       <c r="E152" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="H152" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
       <c r="I152" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
       <c r="J152" t="s">
-        <v>1612</v>
+        <v>1956</v>
       </c>
       <c r="K152" t="s">
-        <v>2221</v>
-[...16 lines deleted...]
-      <c r="Q152" t="s">
         <v>2227</v>
-      </c>
-[...19 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B153" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2229</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2232</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2233</v>
+      </c>
+      <c r="K153" t="s">
         <v>2234</v>
       </c>
-      <c r="C153" t="s">
-[...5 lines deleted...]
-      <c r="E153" t="s">
+      <c r="L153" t="s">
         <v>2235</v>
-      </c>
-[...43 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B154" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J154" t="s">
+        <v>1640</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2241</v>
+      </c>
+      <c r="L154" t="s">
+        <v>2242</v>
+      </c>
+      <c r="M154" t="s">
+        <v>2243</v>
+      </c>
+      <c r="N154" t="s">
+        <v>2244</v>
+      </c>
+      <c r="O154" t="s">
+        <v>2245</v>
+      </c>
+      <c r="P154" t="s">
+        <v>2246</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>2247</v>
+      </c>
+      <c r="R154" t="s">
         <v>2248</v>
       </c>
-      <c r="C154" t="s">
-[...5 lines deleted...]
-      <c r="E154" t="s">
+      <c r="S154" t="s">
         <v>2249</v>
       </c>
-      <c r="F154" t="s">
-[...2 lines deleted...]
-      <c r="G154" t="s">
+      <c r="T154" t="s">
         <v>2250</v>
-      </c>
-[...22 lines deleted...]
-        <v>2258</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B155" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2257</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2258</v>
+      </c>
+      <c r="N155" t="s">
         <v>2259</v>
       </c>
-      <c r="C155" t="s">
-[...5 lines deleted...]
-      <c r="E155" t="s">
+      <c r="O155" t="s">
         <v>2260</v>
       </c>
-      <c r="F155" t="s">
-[...2 lines deleted...]
-      <c r="G155" t="s">
+      <c r="P155" t="s">
         <v>2261</v>
       </c>
-      <c r="H155" t="s">
+      <c r="Q155" t="s">
         <v>2262</v>
       </c>
-      <c r="I155" t="s">
-[...2 lines deleted...]
-      <c r="J155" t="s">
+      <c r="R155" t="s">
         <v>2263</v>
       </c>
-      <c r="K155" t="s">
+      <c r="S155" t="s">
         <v>2264</v>
       </c>
-      <c r="L155" t="s">
+      <c r="T155" t="s">
         <v>2265</v>
-      </c>
-[...7 lines deleted...]
-        <v>2268</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B156" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2267</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2268</v>
+      </c>
+      <c r="H156" t="s">
         <v>2269</v>
       </c>
-      <c r="C156" t="s">
-[...5 lines deleted...]
-      <c r="E156" t="s">
+      <c r="I156" t="s">
         <v>2270</v>
       </c>
-      <c r="F156" t="s">
-[...2 lines deleted...]
-      <c r="G156" t="s">
+      <c r="J156" t="s">
+        <v>1679</v>
+      </c>
+      <c r="K156" t="s">
         <v>2271</v>
       </c>
-      <c r="H156" t="s">
+      <c r="L156" t="s">
         <v>2272</v>
       </c>
-      <c r="I156" t="s">
+      <c r="M156" t="s">
         <v>2273</v>
       </c>
-      <c r="J156" t="s">
+      <c r="N156" t="s">
         <v>2274</v>
       </c>
-      <c r="K156" t="s">
+      <c r="O156" t="s">
         <v>2275</v>
       </c>
-      <c r="L156" t="s">
+      <c r="P156" t="s">
         <v>2276</v>
       </c>
-      <c r="M156" t="s">
+      <c r="Q156" t="s">
         <v>2277</v>
+      </c>
+      <c r="R156" t="s">
+        <v>2276</v>
+      </c>
+      <c r="S156" t="s">
+        <v>2278</v>
+      </c>
+      <c r="T156" t="s">
+        <v>2279</v>
+      </c>
+      <c r="U156" t="s">
+        <v>2280</v>
+      </c>
+      <c r="V156" t="s">
+        <v>2281</v>
+      </c>
+      <c r="W156" t="s">
+        <v>2282</v>
+      </c>
+      <c r="X156" t="s">
+        <v>2283</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B157" t="s">
-        <v>2278</v>
+        <v>2284</v>
       </c>
       <c r="C157" t="s">
         <v>13</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
       <c r="H157" t="s">
-        <v>2281</v>
+        <v>2287</v>
       </c>
       <c r="I157" t="s">
-        <v>2282</v>
+        <v>2288</v>
       </c>
       <c r="J157" t="s">
-        <v>1859</v>
+        <v>930</v>
       </c>
       <c r="K157" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="L157" t="s">
-        <v>2284</v>
+        <v>2290</v>
+      </c>
+      <c r="M157" t="s">
+        <v>2291</v>
+      </c>
+      <c r="N157" t="s">
+        <v>2292</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2293</v>
+      </c>
+      <c r="P157" t="s">
+        <v>2292</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>2294</v>
+      </c>
+      <c r="R157" t="s">
+        <v>2295</v>
+      </c>
+      <c r="S157" t="s">
+        <v>2296</v>
+      </c>
+      <c r="T157" t="s">
+        <v>2297</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B158" t="s">
-        <v>2285</v>
+        <v>2298</v>
       </c>
       <c r="C158" t="s">
         <v>13</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>2279</v>
+        <v>2299</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2286</v>
+        <v>2300</v>
       </c>
       <c r="H158" t="s">
-        <v>2287</v>
+        <v>2301</v>
       </c>
       <c r="I158" t="s">
-        <v>2288</v>
+        <v>2302</v>
       </c>
       <c r="J158" t="s">
-        <v>906</v>
+        <v>2303</v>
       </c>
       <c r="K158" t="s">
-        <v>2289</v>
+        <v>2304</v>
       </c>
       <c r="L158" t="s">
-        <v>2290</v>
+        <v>2305</v>
+      </c>
+      <c r="M158" t="s">
+        <v>2306</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2307</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2308</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B159" t="s">
-        <v>2291</v>
+        <v>2309</v>
       </c>
       <c r="C159" t="s">
         <v>13</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>2279</v>
+        <v>2310</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2292</v>
+        <v>2311</v>
       </c>
       <c r="H159" t="s">
-        <v>2293</v>
+        <v>2312</v>
       </c>
       <c r="I159" t="s">
-        <v>737</v>
+        <v>2061</v>
       </c>
       <c r="J159" t="s">
-        <v>738</v>
+        <v>2313</v>
       </c>
       <c r="K159" t="s">
-        <v>2294</v>
+        <v>2314</v>
       </c>
       <c r="L159" t="s">
-        <v>2295</v>
+        <v>2315</v>
       </c>
       <c r="M159" t="s">
-        <v>2296</v>
+        <v>2316</v>
       </c>
       <c r="N159" t="s">
-        <v>2297</v>
+        <v>2317</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2318</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B160" t="s">
-        <v>2298</v>
+        <v>2319</v>
       </c>
       <c r="C160" t="s">
         <v>13</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>2299</v>
+        <v>2320</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2300</v>
+        <v>2321</v>
       </c>
       <c r="H160" t="s">
-        <v>2301</v>
+        <v>2322</v>
       </c>
       <c r="I160" t="s">
-        <v>2302</v>
+        <v>2323</v>
       </c>
       <c r="J160" t="s">
-        <v>2303</v>
+        <v>1926</v>
       </c>
       <c r="K160" t="s">
-        <v>2304</v>
+        <v>2324</v>
       </c>
       <c r="L160" t="s">
-        <v>2305</v>
-[...44 lines deleted...]
-        <v>2319</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B161" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
         <v>2320</v>
       </c>
-      <c r="C161" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="H161" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="I161" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
       <c r="J161" t="s">
-        <v>839</v>
+        <v>433</v>
       </c>
       <c r="K161" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="L161" t="s">
-        <v>2326</v>
-[...5 lines deleted...]
-        <v>2327</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B162" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="C162" t="s">
         <v>13</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>2329</v>
+        <v>2320</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="H162" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="I162" t="s">
-        <v>2332</v>
+        <v>865</v>
       </c>
       <c r="J162" t="s">
-        <v>1612</v>
+        <v>866</v>
       </c>
       <c r="K162" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="L162" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="M162" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="N162" t="s">
-        <v>2336</v>
-[...4 lines deleted...]
-      <c r="P162" t="s">
         <v>2338</v>
-      </c>
-[...7 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B163" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H163" t="s">
         <v>2342</v>
       </c>
-      <c r="C163" t="s">
-[...5 lines deleted...]
-      <c r="E163" t="s">
+      <c r="I163" t="s">
         <v>2343</v>
       </c>
-      <c r="F163" t="s">
-[...2 lines deleted...]
-      <c r="G163" t="s">
+      <c r="J163" t="s">
         <v>2344</v>
       </c>
-      <c r="H163" t="s">
+      <c r="K163" t="s">
         <v>2345</v>
       </c>
-      <c r="I163" t="s">
+      <c r="L163" t="s">
         <v>2346</v>
       </c>
-      <c r="J163" t="s">
-[...2 lines deleted...]
-      <c r="K163" t="s">
+      <c r="M163" t="s">
         <v>2347</v>
       </c>
-      <c r="L163" t="s">
+      <c r="N163" t="s">
         <v>2348</v>
       </c>
-      <c r="M163" t="s">
+      <c r="O163" t="s">
         <v>2349</v>
       </c>
-      <c r="N163" t="s">
+      <c r="P163" t="s">
         <v>2350</v>
       </c>
-      <c r="O163" t="s">
+      <c r="Q163" t="s">
         <v>2351</v>
       </c>
-      <c r="P163" t="s">
+      <c r="R163" t="s">
         <v>2352</v>
       </c>
-      <c r="Q163" t="s">
+      <c r="S163" t="s">
         <v>2353</v>
       </c>
-      <c r="R163" t="s">
+      <c r="T163" t="s">
         <v>2354</v>
       </c>
-      <c r="S163" t="s">
+      <c r="U163" t="s">
         <v>2355</v>
+      </c>
+      <c r="V163" t="s">
+        <v>2356</v>
+      </c>
+      <c r="W163" t="s">
+        <v>2357</v>
+      </c>
+      <c r="X163" t="s">
+        <v>2358</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>2347</v>
+      </c>
+      <c r="Z163" t="s">
+        <v>2359</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>2360</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B164" t="s">
-        <v>2356</v>
+        <v>2361</v>
       </c>
       <c r="C164" t="s">
         <v>13</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>2357</v>
+        <v>2362</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>2358</v>
+        <v>2363</v>
       </c>
       <c r="H164" t="s">
-        <v>2359</v>
+        <v>2364</v>
       </c>
       <c r="I164" t="s">
-        <v>2360</v>
+        <v>2365</v>
       </c>
       <c r="J164" t="s">
-        <v>556</v>
+        <v>907</v>
       </c>
       <c r="K164" t="s">
-        <v>2361</v>
+        <v>2366</v>
       </c>
       <c r="L164" t="s">
-        <v>2362</v>
+        <v>2367</v>
       </c>
       <c r="M164" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="N164" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B165" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="C165" t="s">
         <v>13</v>
       </c>
       <c r="D165" t="s">
         <v>13</v>
       </c>
       <c r="E165" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="H165" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="I165" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="J165" t="s">
-        <v>2370</v>
+        <v>1679</v>
       </c>
       <c r="K165" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="L165" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="M165" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="N165" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="O165" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="P165" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
       <c r="Q165" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="R165" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="S165" t="s">
-        <v>2379</v>
-[...5 lines deleted...]
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B166" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="C166" t="s">
         <v>13</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="H166" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="I166" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="J166" t="s">
-        <v>2387</v>
+        <v>1433</v>
       </c>
       <c r="K166" t="s">
         <v>2388</v>
       </c>
       <c r="L166" t="s">
         <v>2389</v>
       </c>
       <c r="M166" t="s">
         <v>2390</v>
       </c>
+      <c r="N166" t="s">
+        <v>2391</v>
+      </c>
+      <c r="O166" t="s">
+        <v>2392</v>
+      </c>
+      <c r="P166" t="s">
+        <v>2393</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>2394</v>
+      </c>
+      <c r="R166" t="s">
+        <v>2395</v>
+      </c>
+      <c r="S166" t="s">
+        <v>2396</v>
+      </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B167" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
       <c r="C167" t="s">
         <v>13</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
       <c r="H167" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="I167" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
       <c r="J167" t="s">
-        <v>2396</v>
+        <v>685</v>
       </c>
       <c r="K167" t="s">
-        <v>2397</v>
+        <v>2402</v>
       </c>
       <c r="L167" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
       <c r="M167" t="s">
-        <v>2399</v>
+        <v>2404</v>
+      </c>
+      <c r="N167" t="s">
+        <v>2405</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B168" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
       <c r="C168" t="s">
         <v>13</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2402</v>
+        <v>2408</v>
       </c>
       <c r="H168" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
       <c r="I168" t="s">
-        <v>2404</v>
+        <v>2410</v>
       </c>
       <c r="J168" t="s">
-        <v>1517</v>
+        <v>2411</v>
       </c>
       <c r="K168" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="L168" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
       <c r="M168" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
       <c r="N168" t="s">
-        <v>2408</v>
+        <v>2415</v>
       </c>
       <c r="O168" t="s">
-        <v>2409</v>
+        <v>2416</v>
       </c>
       <c r="P168" t="s">
-        <v>2410</v>
+        <v>2417</v>
       </c>
       <c r="Q168" t="s">
-        <v>2411</v>
+        <v>2418</v>
       </c>
       <c r="R168" t="s">
-        <v>2412</v>
+        <v>2419</v>
       </c>
       <c r="S168" t="s">
-        <v>2413</v>
+        <v>2420</v>
       </c>
       <c r="T168" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="U168" t="s">
-        <v>2415</v>
-[...19 lines deleted...]
-      <c r="AB168" t="s">
         <v>2422</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B169" t="s">
         <v>2423</v>
       </c>
       <c r="C169" t="s">
         <v>13</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
         <v>2424</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
         <v>2425</v>
       </c>
       <c r="H169" t="s">
         <v>2426</v>
       </c>
       <c r="I169" t="s">
         <v>2427</v>
       </c>
       <c r="J169" t="s">
         <v>2428</v>
       </c>
       <c r="K169" t="s">
         <v>2429</v>
       </c>
       <c r="L169" t="s">
         <v>2430</v>
       </c>
+      <c r="M169" t="s">
+        <v>2431</v>
+      </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B170" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="C170" t="s">
         <v>13</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="H170" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="I170" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="J170" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="K170" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="L170" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="M170" t="s">
-        <v>2439</v>
-[...1 lines deleted...]
-      <c r="N170" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B171" t="s">
         <v>2441</v>
       </c>
       <c r="C171" t="s">
         <v>13</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
         <v>2442</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
         <v>2443</v>
       </c>
       <c r="H171" t="s">
         <v>2444</v>
       </c>
       <c r="I171" t="s">
-        <v>2435</v>
+        <v>2445</v>
       </c>
       <c r="J171" t="s">
-        <v>1653</v>
+        <v>1584</v>
       </c>
       <c r="K171" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="L171" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="M171" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="N171" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="O171" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="P171" t="s">
-        <v>2450</v>
+        <v>2451</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>2452</v>
+      </c>
+      <c r="R171" t="s">
+        <v>2453</v>
+      </c>
+      <c r="S171" t="s">
+        <v>2454</v>
+      </c>
+      <c r="T171" t="s">
+        <v>2455</v>
+      </c>
+      <c r="U171" t="s">
+        <v>2456</v>
+      </c>
+      <c r="V171" t="s">
+        <v>2457</v>
+      </c>
+      <c r="W171" t="s">
+        <v>2458</v>
+      </c>
+      <c r="X171" t="s">
+        <v>2459</v>
+      </c>
+      <c r="Y171" t="s">
+        <v>2460</v>
+      </c>
+      <c r="Z171" t="s">
+        <v>2461</v>
+      </c>
+      <c r="AA171" t="s">
+        <v>2462</v>
+      </c>
+      <c r="AB171" t="s">
+        <v>2463</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B172" t="s">
-        <v>2451</v>
+        <v>2464</v>
       </c>
       <c r="C172" t="s">
         <v>13</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
-        <v>2452</v>
+        <v>2465</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>2453</v>
+        <v>2466</v>
       </c>
       <c r="H172" t="s">
-        <v>2454</v>
+        <v>2467</v>
       </c>
       <c r="I172" t="s">
-        <v>2455</v>
+        <v>2468</v>
       </c>
       <c r="J172" t="s">
-        <v>2456</v>
+        <v>2469</v>
       </c>
       <c r="K172" t="s">
-        <v>2457</v>
+        <v>2470</v>
       </c>
       <c r="L172" t="s">
-        <v>2458</v>
-[...2 lines deleted...]
-        <v>2459</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B173" t="s">
-        <v>2460</v>
+        <v>2472</v>
       </c>
       <c r="C173" t="s">
         <v>13</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
-        <v>2461</v>
+        <v>2473</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>2462</v>
+        <v>2474</v>
       </c>
       <c r="H173" t="s">
-        <v>2463</v>
+        <v>2475</v>
       </c>
       <c r="I173" t="s">
-        <v>1799</v>
+        <v>2476</v>
       </c>
       <c r="J173" t="s">
-        <v>2464</v>
+        <v>2477</v>
       </c>
       <c r="K173" t="s">
-        <v>2465</v>
+        <v>2478</v>
+      </c>
+      <c r="L173" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M173" t="s">
+        <v>2480</v>
+      </c>
+      <c r="N173" t="s">
+        <v>2481</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B174" t="s">
-        <v>2466</v>
+        <v>2482</v>
       </c>
       <c r="C174" t="s">
         <v>13</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>2467</v>
+        <v>2483</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>2468</v>
+        <v>2484</v>
       </c>
       <c r="H174" t="s">
-        <v>2469</v>
+        <v>2485</v>
       </c>
       <c r="I174" t="s">
-        <v>2470</v>
+        <v>2476</v>
       </c>
       <c r="J174" t="s">
-        <v>2113</v>
+        <v>1720</v>
       </c>
       <c r="K174" t="s">
-        <v>2471</v>
+        <v>2486</v>
       </c>
       <c r="L174" t="s">
-        <v>2472</v>
+        <v>2487</v>
       </c>
       <c r="M174" t="s">
-        <v>2473</v>
+        <v>2488</v>
       </c>
       <c r="N174" t="s">
-        <v>2474</v>
+        <v>2489</v>
       </c>
       <c r="O174" t="s">
-        <v>2475</v>
+        <v>2490</v>
       </c>
       <c r="P174" t="s">
-        <v>2476</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B175" t="s">
-        <v>2477</v>
+        <v>2492</v>
       </c>
       <c r="C175" t="s">
         <v>13</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>2478</v>
+        <v>2493</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
       <c r="H175" t="s">
-        <v>2480</v>
+        <v>2495</v>
       </c>
       <c r="I175" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="J175" t="s">
-        <v>1100</v>
+        <v>2497</v>
       </c>
       <c r="K175" t="s">
-        <v>2482</v>
+        <v>2498</v>
       </c>
       <c r="L175" t="s">
-        <v>2483</v>
+        <v>2499</v>
+      </c>
+      <c r="M175" t="s">
+        <v>2500</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B176" t="s">
-        <v>2484</v>
+        <v>2501</v>
       </c>
       <c r="C176" t="s">
         <v>13</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>2485</v>
+        <v>2502</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>2486</v>
+        <v>2503</v>
       </c>
       <c r="H176" t="s">
-        <v>2487</v>
+        <v>2504</v>
       </c>
       <c r="I176" t="s">
-        <v>2488</v>
+        <v>1866</v>
       </c>
       <c r="J176" t="s">
-        <v>2489</v>
+        <v>2505</v>
       </c>
       <c r="K176" t="s">
-        <v>2490</v>
-[...5 lines deleted...]
-        <v>2492</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B177" t="s">
-        <v>2493</v>
+        <v>2507</v>
       </c>
       <c r="C177" t="s">
         <v>13</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
-        <v>2494</v>
+        <v>2508</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>2495</v>
+        <v>2509</v>
       </c>
       <c r="H177" t="s">
-        <v>2496</v>
+        <v>2510</v>
       </c>
       <c r="I177" t="s">
-        <v>2497</v>
+        <v>2511</v>
       </c>
       <c r="J177" t="s">
-        <v>2498</v>
+        <v>2164</v>
       </c>
       <c r="K177" t="s">
-        <v>2499</v>
+        <v>2512</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2513</v>
+      </c>
+      <c r="M177" t="s">
+        <v>2514</v>
+      </c>
+      <c r="N177" t="s">
+        <v>2515</v>
+      </c>
+      <c r="O177" t="s">
+        <v>2516</v>
+      </c>
+      <c r="P177" t="s">
+        <v>2517</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B178" t="s">
-        <v>2500</v>
+        <v>2518</v>
       </c>
       <c r="C178" t="s">
         <v>13</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>2501</v>
+        <v>2519</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>2502</v>
+        <v>2520</v>
       </c>
       <c r="H178" t="s">
-        <v>2503</v>
+        <v>2521</v>
       </c>
       <c r="I178" t="s">
-        <v>2504</v>
+        <v>2522</v>
       </c>
       <c r="J178" t="s">
-        <v>839</v>
+        <v>1167</v>
       </c>
       <c r="K178" t="s">
-        <v>2505</v>
+        <v>2523</v>
       </c>
       <c r="L178" t="s">
-        <v>2506</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B179" t="s">
-        <v>2507</v>
+        <v>2525</v>
       </c>
       <c r="C179" t="s">
         <v>13</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>2508</v>
+        <v>2526</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
       <c r="H179" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
       <c r="I179" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
       <c r="J179" t="s">
-        <v>847</v>
+        <v>2530</v>
       </c>
       <c r="K179" t="s">
-        <v>2512</v>
+        <v>2531</v>
       </c>
       <c r="L179" t="s">
-        <v>2513</v>
+        <v>2532</v>
+      </c>
+      <c r="M179" t="s">
+        <v>2533</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B180" t="s">
-        <v>2514</v>
+        <v>2534</v>
       </c>
       <c r="C180" t="s">
         <v>13</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>2515</v>
+        <v>2535</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>2516</v>
+        <v>2536</v>
       </c>
       <c r="H180" t="s">
-        <v>2517</v>
+        <v>2537</v>
       </c>
       <c r="I180" t="s">
-        <v>2518</v>
+        <v>2538</v>
       </c>
       <c r="J180" t="s">
-        <v>341</v>
+        <v>2539</v>
       </c>
       <c r="K180" t="s">
-        <v>2519</v>
-[...5 lines deleted...]
-        <v>2521</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B181" t="s">
-        <v>2522</v>
+        <v>2541</v>
       </c>
       <c r="C181" t="s">
         <v>13</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>2523</v>
+        <v>2542</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>2524</v>
+        <v>2543</v>
       </c>
       <c r="H181" t="s">
-        <v>2525</v>
+        <v>2544</v>
       </c>
       <c r="I181" t="s">
-        <v>2526</v>
+        <v>2545</v>
       </c>
       <c r="J181" t="s">
-        <v>2527</v>
+        <v>907</v>
       </c>
       <c r="K181" t="s">
-        <v>2528</v>
+        <v>2546</v>
       </c>
       <c r="L181" t="s">
-        <v>2529</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B182" t="s">
-        <v>2530</v>
+        <v>2548</v>
       </c>
       <c r="C182" t="s">
         <v>13</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>2531</v>
+        <v>2549</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>2532</v>
+        <v>2550</v>
       </c>
       <c r="H182" t="s">
-        <v>2533</v>
+        <v>2551</v>
       </c>
       <c r="I182" t="s">
-        <v>1670</v>
+        <v>2552</v>
       </c>
       <c r="J182" t="s">
-        <v>341</v>
+        <v>915</v>
       </c>
       <c r="K182" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
       <c r="L182" t="s">
-        <v>2535</v>
-[...35 lines deleted...]
-        <v>2547</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B183" t="s">
-        <v>2548</v>
+        <v>2555</v>
       </c>
       <c r="C183" t="s">
         <v>13</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>2550</v>
+        <v>2557</v>
       </c>
       <c r="H183" t="s">
-        <v>2551</v>
+        <v>2558</v>
       </c>
       <c r="I183" t="s">
-        <v>2552</v>
+        <v>2559</v>
       </c>
       <c r="J183" t="s">
-        <v>2553</v>
+        <v>353</v>
       </c>
       <c r="K183" t="s">
-        <v>2554</v>
+        <v>2560</v>
       </c>
       <c r="L183" t="s">
-        <v>2555</v>
+        <v>2561</v>
       </c>
       <c r="M183" t="s">
-        <v>2556</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B184" t="s">
-        <v>2557</v>
+        <v>2563</v>
       </c>
       <c r="C184" t="s">
         <v>13</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>2558</v>
+        <v>2564</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>2559</v>
+        <v>2565</v>
       </c>
       <c r="H184" t="s">
-        <v>2560</v>
+        <v>2566</v>
       </c>
       <c r="I184" t="s">
-        <v>2561</v>
+        <v>2567</v>
       </c>
       <c r="J184" t="s">
-        <v>556</v>
+        <v>2568</v>
       </c>
       <c r="K184" t="s">
-        <v>2562</v>
+        <v>2569</v>
       </c>
       <c r="L184" t="s">
-        <v>2563</v>
-[...5 lines deleted...]
-        <v>2565</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B185" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
       <c r="C185" t="s">
         <v>13</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>2567</v>
+        <v>2572</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>2568</v>
+        <v>2573</v>
       </c>
       <c r="H185" t="s">
-        <v>2569</v>
+        <v>2574</v>
       </c>
       <c r="I185" t="s">
-        <v>2570</v>
+        <v>1737</v>
       </c>
       <c r="J185" t="s">
-        <v>434</v>
+        <v>353</v>
       </c>
       <c r="K185" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="L185" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="M185" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="N185" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="O185" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
       <c r="P185" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="Q185" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="R185" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
       <c r="S185" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
       <c r="T185" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="U185" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="V185" t="s">
-        <v>2582</v>
+        <v>2586</v>
       </c>
       <c r="W185" t="s">
-        <v>2583</v>
+        <v>2587</v>
       </c>
       <c r="X185" t="s">
-        <v>2584</v>
-[...2 lines deleted...]
-        <v>2585</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B186" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="C186" t="s">
         <v>13</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>2567</v>
+        <v>2590</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>2587</v>
+        <v>2591</v>
       </c>
       <c r="H186" t="s">
-        <v>2588</v>
+        <v>2592</v>
       </c>
       <c r="I186" t="s">
-        <v>2589</v>
+        <v>2593</v>
       </c>
       <c r="J186" t="s">
-        <v>587</v>
+        <v>2594</v>
       </c>
       <c r="K186" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="L186" t="s">
-        <v>2590</v>
+        <v>2596</v>
+      </c>
+      <c r="M186" t="s">
+        <v>2597</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B187" t="s">
-        <v>2591</v>
+        <v>2598</v>
       </c>
       <c r="C187" t="s">
         <v>13</v>
       </c>
       <c r="D187" t="s">
         <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>2592</v>
+        <v>2599</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>2593</v>
+        <v>2600</v>
       </c>
       <c r="H187" t="s">
-        <v>2594</v>
+        <v>2601</v>
       </c>
       <c r="I187" t="s">
-        <v>2595</v>
+        <v>2602</v>
       </c>
       <c r="J187" t="s">
-        <v>2436</v>
+        <v>685</v>
       </c>
       <c r="K187" t="s">
-        <v>2596</v>
+        <v>2603</v>
       </c>
       <c r="L187" t="s">
-        <v>2597</v>
+        <v>2604</v>
       </c>
       <c r="M187" t="s">
-        <v>2598</v>
+        <v>2605</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2606</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B188" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="C188" t="s">
         <v>13</v>
       </c>
       <c r="D188" t="s">
         <v>13</v>
       </c>
       <c r="E188" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="H188" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="I188" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
       <c r="J188" t="s">
-        <v>1119</v>
+        <v>563</v>
       </c>
       <c r="K188" t="s">
-        <v>2604</v>
+        <v>2612</v>
+      </c>
+      <c r="L188" t="s">
+        <v>2613</v>
+      </c>
+      <c r="M188" t="s">
+        <v>2614</v>
+      </c>
+      <c r="N188" t="s">
+        <v>2615</v>
+      </c>
+      <c r="O188" t="s">
+        <v>2616</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2617</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>2618</v>
+      </c>
+      <c r="R188" t="s">
+        <v>2619</v>
+      </c>
+      <c r="S188" t="s">
+        <v>2620</v>
+      </c>
+      <c r="T188" t="s">
+        <v>2621</v>
+      </c>
+      <c r="U188" t="s">
+        <v>2622</v>
+      </c>
+      <c r="V188" t="s">
+        <v>2623</v>
+      </c>
+      <c r="W188" t="s">
+        <v>2624</v>
+      </c>
+      <c r="X188" t="s">
+        <v>2625</v>
+      </c>
+      <c r="Y188" t="s">
+        <v>2626</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B189" t="s">
-        <v>2605</v>
+        <v>2627</v>
       </c>
       <c r="C189" t="s">
         <v>13</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>2606</v>
+        <v>2608</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>2607</v>
+        <v>2628</v>
       </c>
       <c r="H189" t="s">
-        <v>2608</v>
+        <v>2629</v>
       </c>
       <c r="I189" t="s">
-        <v>1994</v>
+        <v>2630</v>
       </c>
       <c r="J189" t="s">
-        <v>2609</v>
+        <v>716</v>
       </c>
       <c r="K189" t="s">
-        <v>2610</v>
+        <v>2631</v>
       </c>
       <c r="L189" t="s">
-        <v>2611</v>
-[...14 lines deleted...]
-        <v>2615</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B190" t="s">
-        <v>2616</v>
+        <v>2632</v>
       </c>
       <c r="C190" t="s">
         <v>13</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>2617</v>
+        <v>2633</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>2618</v>
+        <v>2634</v>
       </c>
       <c r="H190" t="s">
-        <v>2619</v>
+        <v>2635</v>
       </c>
       <c r="I190" t="s">
-        <v>1994</v>
+        <v>2636</v>
       </c>
       <c r="J190" t="s">
-        <v>2139</v>
+        <v>2477</v>
       </c>
       <c r="K190" t="s">
-        <v>2620</v>
+        <v>2637</v>
       </c>
       <c r="L190" t="s">
-        <v>2621</v>
+        <v>2638</v>
       </c>
       <c r="M190" t="s">
-        <v>2622</v>
-[...20 lines deleted...]
-        <v>2628</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B191" t="s">
-        <v>2629</v>
+        <v>2640</v>
       </c>
       <c r="C191" t="s">
         <v>13</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>2630</v>
+        <v>2641</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>2631</v>
+        <v>2642</v>
       </c>
       <c r="H191" t="s">
-        <v>2632</v>
+        <v>2643</v>
       </c>
       <c r="I191" t="s">
-        <v>2633</v>
+        <v>2644</v>
       </c>
       <c r="J191" t="s">
-        <v>2634</v>
+        <v>1186</v>
       </c>
       <c r="K191" t="s">
-        <v>2635</v>
-[...14 lines deleted...]
-        <v>2640</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B192" t="s">
-        <v>2641</v>
+        <v>2646</v>
       </c>
       <c r="C192" t="s">
         <v>13</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>2642</v>
+        <v>2647</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>2643</v>
+        <v>2648</v>
       </c>
       <c r="H192" t="s">
-        <v>2644</v>
+        <v>2649</v>
       </c>
       <c r="I192" t="s">
-        <v>2645</v>
+        <v>2061</v>
       </c>
       <c r="J192" t="s">
-        <v>341</v>
+        <v>2650</v>
       </c>
       <c r="K192" t="s">
-        <v>2646</v>
+        <v>2651</v>
       </c>
       <c r="L192" t="s">
-        <v>2647</v>
+        <v>2652</v>
+      </c>
+      <c r="M192" t="s">
+        <v>2653</v>
+      </c>
+      <c r="N192" t="s">
+        <v>2654</v>
+      </c>
+      <c r="O192" t="s">
+        <v>2655</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2656</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>2656</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B193" t="s">
-        <v>2648</v>
+        <v>2657</v>
       </c>
       <c r="C193" t="s">
         <v>13</v>
       </c>
       <c r="D193" t="s">
         <v>13</v>
       </c>
       <c r="E193" t="s">
-        <v>2630</v>
+        <v>2658</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="H193" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="I193" t="s">
-        <v>2651</v>
+        <v>2061</v>
       </c>
       <c r="J193" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="K193" t="s">
-        <v>2652</v>
+        <v>2661</v>
+      </c>
+      <c r="L193" t="s">
+        <v>2662</v>
+      </c>
+      <c r="M193" t="s">
+        <v>2663</v>
+      </c>
+      <c r="N193" t="s">
+        <v>2664</v>
+      </c>
+      <c r="O193" t="s">
+        <v>2665</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2666</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>2667</v>
+      </c>
+      <c r="R193" t="s">
+        <v>2668</v>
+      </c>
+      <c r="S193" t="s">
+        <v>2669</v>
+      </c>
+      <c r="T193" t="s">
+        <v>2669</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B194" t="s">
-        <v>2653</v>
+        <v>2670</v>
       </c>
       <c r="C194" t="s">
         <v>13</v>
       </c>
       <c r="D194" t="s">
         <v>13</v>
       </c>
       <c r="E194" t="s">
-        <v>2654</v>
+        <v>2671</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>2655</v>
+        <v>2672</v>
       </c>
       <c r="H194" t="s">
-        <v>2656</v>
+        <v>2673</v>
       </c>
       <c r="I194" t="s">
-        <v>2657</v>
+        <v>2674</v>
       </c>
       <c r="J194" t="s">
-        <v>2658</v>
+        <v>2675</v>
       </c>
       <c r="K194" t="s">
-        <v>2659</v>
+        <v>2676</v>
+      </c>
+      <c r="L194" t="s">
+        <v>2677</v>
+      </c>
+      <c r="M194" t="s">
+        <v>2678</v>
+      </c>
+      <c r="N194" t="s">
+        <v>2679</v>
+      </c>
+      <c r="O194" t="s">
+        <v>2680</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2681</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B195" t="s">
-        <v>2660</v>
+        <v>2682</v>
       </c>
       <c r="C195" t="s">
         <v>13</v>
       </c>
       <c r="D195" t="s">
         <v>13</v>
       </c>
       <c r="E195" t="s">
-        <v>2661</v>
+        <v>2683</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
-        <v>2662</v>
+        <v>2684</v>
       </c>
       <c r="H195" t="s">
-        <v>2663</v>
+        <v>2685</v>
       </c>
       <c r="I195" t="s">
-        <v>737</v>
+        <v>2686</v>
       </c>
       <c r="J195" t="s">
-        <v>2664</v>
+        <v>353</v>
       </c>
       <c r="K195" t="s">
-        <v>2665</v>
+        <v>2687</v>
       </c>
       <c r="L195" t="s">
-        <v>2666</v>
-[...11 lines deleted...]
-        <v>2670</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B196" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
         <v>2671</v>
       </c>
-      <c r="C196" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>2673</v>
+        <v>2690</v>
       </c>
       <c r="H196" t="s">
-        <v>2674</v>
+        <v>2691</v>
       </c>
       <c r="I196" t="s">
-        <v>2675</v>
+        <v>2692</v>
       </c>
       <c r="J196" t="s">
-        <v>2676</v>
+        <v>13</v>
       </c>
       <c r="K196" t="s">
-        <v>2677</v>
-[...11 lines deleted...]
-        <v>2681</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B197" t="s">
-        <v>2682</v>
+        <v>2694</v>
       </c>
       <c r="C197" t="s">
         <v>13</v>
       </c>
       <c r="D197" t="s">
         <v>13</v>
       </c>
       <c r="E197" t="s">
-        <v>2683</v>
+        <v>2695</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>2684</v>
+        <v>2696</v>
       </c>
       <c r="H197" t="s">
-        <v>2685</v>
+        <v>2697</v>
       </c>
       <c r="I197" t="s">
-        <v>2686</v>
+        <v>2698</v>
       </c>
       <c r="J197" t="s">
-        <v>1474</v>
+        <v>2699</v>
       </c>
       <c r="K197" t="s">
-        <v>2687</v>
-[...2 lines deleted...]
-        <v>2688</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B198" t="s">
-        <v>2689</v>
+        <v>2701</v>
       </c>
       <c r="C198" t="s">
         <v>13</v>
       </c>
       <c r="D198" t="s">
         <v>13</v>
       </c>
       <c r="E198" t="s">
-        <v>2690</v>
+        <v>2702</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
-        <v>2691</v>
+        <v>2703</v>
       </c>
       <c r="H198" t="s">
-        <v>2692</v>
+        <v>2704</v>
       </c>
       <c r="I198" t="s">
-        <v>2693</v>
+        <v>865</v>
       </c>
       <c r="J198" t="s">
-        <v>2694</v>
+        <v>2705</v>
       </c>
       <c r="K198" t="s">
-        <v>2695</v>
+        <v>2706</v>
       </c>
       <c r="L198" t="s">
-        <v>2696</v>
+        <v>2707</v>
+      </c>
+      <c r="M198" t="s">
+        <v>2708</v>
+      </c>
+      <c r="N198" t="s">
+        <v>2709</v>
+      </c>
+      <c r="O198" t="s">
+        <v>2710</v>
+      </c>
+      <c r="P198" t="s">
+        <v>2711</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B199" t="s">
-        <v>2697</v>
+        <v>2712</v>
       </c>
       <c r="C199" t="s">
         <v>13</v>
       </c>
       <c r="D199" t="s">
         <v>13</v>
       </c>
       <c r="E199" t="s">
-        <v>2690</v>
+        <v>2713</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
-        <v>2698</v>
+        <v>2714</v>
       </c>
       <c r="H199" t="s">
-        <v>2699</v>
+        <v>2715</v>
       </c>
       <c r="I199" t="s">
-        <v>2693</v>
+        <v>2716</v>
       </c>
       <c r="J199" t="s">
-        <v>556</v>
+        <v>2717</v>
       </c>
       <c r="K199" t="s">
-        <v>2700</v>
+        <v>2718</v>
       </c>
       <c r="L199" t="s">
-        <v>2701</v>
+        <v>2719</v>
+      </c>
+      <c r="M199" t="s">
+        <v>2720</v>
+      </c>
+      <c r="N199" t="s">
+        <v>2721</v>
+      </c>
+      <c r="O199" t="s">
+        <v>2722</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B200" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
       <c r="C200" t="s">
         <v>13</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="H200" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="I200" t="s">
-        <v>737</v>
+        <v>2727</v>
       </c>
       <c r="J200" t="s">
-        <v>2706</v>
+        <v>1541</v>
       </c>
       <c r="K200" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="L200" t="s">
-        <v>2708</v>
-[...5 lines deleted...]
-        <v>2710</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B201" t="s">
-        <v>2711</v>
+        <v>2730</v>
       </c>
       <c r="C201" t="s">
         <v>13</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201" t="s">
-        <v>2712</v>
+        <v>2731</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>2713</v>
+        <v>2732</v>
       </c>
       <c r="H201" t="s">
-        <v>2714</v>
+        <v>2733</v>
       </c>
       <c r="I201" t="s">
-        <v>2715</v>
+        <v>2734</v>
       </c>
       <c r="J201" t="s">
-        <v>839</v>
+        <v>2735</v>
       </c>
       <c r="K201" t="s">
-        <v>2716</v>
+        <v>2736</v>
       </c>
       <c r="L201" t="s">
-        <v>2717</v>
-[...5 lines deleted...]
-        <v>2719</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B202" t="s">
-        <v>2720</v>
+        <v>2738</v>
       </c>
       <c r="C202" t="s">
         <v>13</v>
       </c>
       <c r="D202" t="s">
         <v>13</v>
       </c>
       <c r="E202" t="s">
-        <v>2721</v>
+        <v>2731</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
-        <v>2722</v>
+        <v>2739</v>
       </c>
       <c r="H202" t="s">
-        <v>2723</v>
+        <v>2740</v>
       </c>
       <c r="I202" t="s">
-        <v>2724</v>
+        <v>2734</v>
       </c>
       <c r="J202" t="s">
-        <v>2725</v>
+        <v>685</v>
       </c>
       <c r="K202" t="s">
-        <v>2726</v>
+        <v>2741</v>
       </c>
       <c r="L202" t="s">
-        <v>2727</v>
-[...5 lines deleted...]
-        <v>2729</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B203" t="s">
-        <v>2730</v>
+        <v>2743</v>
       </c>
       <c r="C203" t="s">
         <v>13</v>
       </c>
       <c r="D203" t="s">
         <v>13</v>
       </c>
       <c r="E203" t="s">
-        <v>2731</v>
+        <v>2744</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>2732</v>
+        <v>2745</v>
       </c>
       <c r="H203" t="s">
-        <v>2733</v>
+        <v>2746</v>
       </c>
       <c r="I203" t="s">
-        <v>2734</v>
+        <v>865</v>
       </c>
       <c r="J203" t="s">
-        <v>839</v>
+        <v>2747</v>
       </c>
       <c r="K203" t="s">
-        <v>2735</v>
+        <v>2748</v>
       </c>
       <c r="L203" t="s">
-        <v>2736</v>
+        <v>2749</v>
       </c>
       <c r="M203" t="s">
-        <v>2737</v>
+        <v>2750</v>
       </c>
       <c r="N203" t="s">
-        <v>2738</v>
-[...5 lines deleted...]
-        <v>2740</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B204" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
       <c r="C204" t="s">
         <v>13</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="H204" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="I204" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="J204" t="s">
-        <v>2664</v>
+        <v>907</v>
       </c>
       <c r="K204" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="L204" t="s">
-        <v>2747</v>
+        <v>2758</v>
       </c>
       <c r="M204" t="s">
-        <v>2748</v>
+        <v>2759</v>
+      </c>
+      <c r="N204" t="s">
+        <v>2760</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B205" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="C205" t="s">
         <v>13</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
       <c r="H205" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="I205" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="J205" t="s">
-        <v>921</v>
+        <v>2766</v>
       </c>
       <c r="K205" t="s">
-        <v>2754</v>
+        <v>2767</v>
       </c>
       <c r="L205" t="s">
-        <v>2755</v>
+        <v>2768</v>
+      </c>
+      <c r="M205" t="s">
+        <v>2769</v>
+      </c>
+      <c r="N205" t="s">
+        <v>2770</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B206" t="s">
-        <v>2756</v>
+        <v>2771</v>
       </c>
       <c r="C206" t="s">
         <v>13</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
       <c r="E206" t="s">
-        <v>2757</v>
+        <v>2772</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>2758</v>
+        <v>2773</v>
       </c>
       <c r="H206" t="s">
-        <v>2759</v>
+        <v>2774</v>
       </c>
       <c r="I206" t="s">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="J206" t="s">
-        <v>2113</v>
+        <v>907</v>
       </c>
       <c r="K206" t="s">
-        <v>2761</v>
+        <v>2776</v>
       </c>
       <c r="L206" t="s">
-        <v>2762</v>
+        <v>2777</v>
       </c>
       <c r="M206" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="N206" t="s">
-        <v>2764</v>
+        <v>2779</v>
+      </c>
+      <c r="O206" t="s">
+        <v>2780</v>
+      </c>
+      <c r="P206" t="s">
+        <v>2781</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B207" t="s">
-        <v>2765</v>
+        <v>2782</v>
       </c>
       <c r="C207" t="s">
         <v>13</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207" t="s">
-        <v>2766</v>
+        <v>2783</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
-        <v>2767</v>
+        <v>2784</v>
       </c>
       <c r="H207" t="s">
-        <v>2768</v>
+        <v>2785</v>
       </c>
       <c r="I207" t="s">
-        <v>2769</v>
+        <v>2786</v>
       </c>
       <c r="J207" t="s">
-        <v>2113</v>
+        <v>2705</v>
       </c>
       <c r="K207" t="s">
-        <v>2770</v>
+        <v>2787</v>
       </c>
       <c r="L207" t="s">
-        <v>2771</v>
+        <v>2788</v>
       </c>
       <c r="M207" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B208" t="s">
-        <v>2773</v>
+        <v>2790</v>
       </c>
       <c r="C208" t="s">
         <v>13</v>
       </c>
       <c r="D208" t="s">
         <v>13</v>
       </c>
       <c r="E208" t="s">
-        <v>2774</v>
+        <v>2791</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
       <c r="H208" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="I208" t="s">
-        <v>2777</v>
+        <v>2794</v>
       </c>
       <c r="J208" t="s">
-        <v>556</v>
+        <v>988</v>
       </c>
       <c r="K208" t="s">
-        <v>2778</v>
+        <v>2795</v>
       </c>
       <c r="L208" t="s">
-        <v>2779</v>
-[...23 lines deleted...]
-        <v>2787</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B209" t="s">
-        <v>2788</v>
+        <v>2797</v>
       </c>
       <c r="C209" t="s">
         <v>13</v>
       </c>
       <c r="D209" t="s">
         <v>13</v>
       </c>
       <c r="E209" t="s">
-        <v>2789</v>
+        <v>2798</v>
       </c>
       <c r="F209" t="s">
         <v>13</v>
       </c>
       <c r="G209" t="s">
-        <v>2790</v>
+        <v>2799</v>
       </c>
       <c r="H209" t="s">
-        <v>2791</v>
+        <v>2800</v>
       </c>
       <c r="I209" t="s">
-        <v>2792</v>
+        <v>2801</v>
       </c>
       <c r="J209" t="s">
-        <v>2793</v>
+        <v>2164</v>
       </c>
       <c r="K209" t="s">
-        <v>2794</v>
+        <v>2802</v>
       </c>
       <c r="L209" t="s">
-        <v>2795</v>
+        <v>2803</v>
+      </c>
+      <c r="M209" t="s">
+        <v>2804</v>
+      </c>
+      <c r="N209" t="s">
+        <v>2805</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B210" t="s">
-        <v>2796</v>
+        <v>2806</v>
       </c>
       <c r="C210" t="s">
         <v>13</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210" t="s">
-        <v>2797</v>
+        <v>2807</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" t="s">
-        <v>2798</v>
+        <v>2808</v>
       </c>
       <c r="H210" t="s">
-        <v>2799</v>
+        <v>2809</v>
       </c>
       <c r="I210" t="s">
-        <v>2800</v>
+        <v>2810</v>
       </c>
       <c r="J210" t="s">
-        <v>2113</v>
+        <v>2164</v>
       </c>
       <c r="K210" t="s">
-        <v>2801</v>
+        <v>2811</v>
       </c>
       <c r="L210" t="s">
-        <v>2802</v>
+        <v>2812</v>
       </c>
       <c r="M210" t="s">
-        <v>2803</v>
-[...5 lines deleted...]
-        <v>2805</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B211" t="s">
-        <v>2806</v>
+        <v>2814</v>
       </c>
       <c r="C211" t="s">
         <v>13</v>
       </c>
       <c r="D211" t="s">
         <v>13</v>
       </c>
       <c r="E211" t="s">
-        <v>2807</v>
+        <v>2815</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
-        <v>2808</v>
+        <v>2816</v>
       </c>
       <c r="H211" t="s">
-        <v>2809</v>
+        <v>2817</v>
       </c>
       <c r="I211" t="s">
-        <v>2810</v>
+        <v>2818</v>
       </c>
       <c r="J211" t="s">
-        <v>2811</v>
+        <v>685</v>
       </c>
       <c r="K211" t="s">
-        <v>2812</v>
+        <v>2819</v>
+      </c>
+      <c r="L211" t="s">
+        <v>2820</v>
+      </c>
+      <c r="M211" t="s">
+        <v>2821</v>
+      </c>
+      <c r="N211" t="s">
+        <v>2822</v>
+      </c>
+      <c r="O211" t="s">
+        <v>2823</v>
+      </c>
+      <c r="P211" t="s">
+        <v>2824</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>2825</v>
+      </c>
+      <c r="R211" t="s">
+        <v>2826</v>
+      </c>
+      <c r="S211" t="s">
+        <v>2827</v>
+      </c>
+      <c r="T211" t="s">
+        <v>2828</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B212" t="s">
-        <v>2813</v>
+        <v>2829</v>
       </c>
       <c r="C212" t="s">
         <v>13</v>
       </c>
       <c r="D212" t="s">
         <v>13</v>
       </c>
       <c r="E212" t="s">
-        <v>2814</v>
+        <v>2830</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" t="s">
-        <v>2815</v>
+        <v>2831</v>
       </c>
       <c r="H212" t="s">
-        <v>2816</v>
+        <v>2832</v>
       </c>
       <c r="I212" t="s">
-        <v>2817</v>
+        <v>2833</v>
       </c>
       <c r="J212" t="s">
-        <v>2818</v>
+        <v>2834</v>
       </c>
       <c r="K212" t="s">
-        <v>2819</v>
+        <v>2835</v>
       </c>
       <c r="L212" t="s">
-        <v>2820</v>
-[...23 lines deleted...]
-        <v>2828</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B213" t="s">
-        <v>2829</v>
+        <v>2837</v>
       </c>
       <c r="C213" t="s">
         <v>13</v>
       </c>
       <c r="D213" t="s">
         <v>13</v>
       </c>
       <c r="E213" t="s">
-        <v>2830</v>
+        <v>2838</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" t="s">
-        <v>2831</v>
+        <v>2839</v>
       </c>
       <c r="H213" t="s">
-        <v>2832</v>
+        <v>2840</v>
       </c>
       <c r="I213" t="s">
-        <v>2833</v>
+        <v>2841</v>
       </c>
       <c r="J213" t="s">
-        <v>2834</v>
+        <v>2164</v>
       </c>
       <c r="K213" t="s">
-        <v>2835</v>
+        <v>2842</v>
+      </c>
+      <c r="L213" t="s">
+        <v>2843</v>
+      </c>
+      <c r="M213" t="s">
+        <v>2844</v>
+      </c>
+      <c r="N213" t="s">
+        <v>2845</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2846</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B214" t="s">
-        <v>2836</v>
+        <v>2847</v>
       </c>
       <c r="C214" t="s">
         <v>13</v>
       </c>
       <c r="D214" t="s">
         <v>13</v>
       </c>
       <c r="E214" t="s">
-        <v>2837</v>
+        <v>2848</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" t="s">
-        <v>2838</v>
+        <v>2849</v>
       </c>
       <c r="H214" t="s">
-        <v>2839</v>
+        <v>2850</v>
       </c>
       <c r="I214" t="s">
-        <v>2840</v>
+        <v>2851</v>
       </c>
       <c r="J214" t="s">
-        <v>2841</v>
+        <v>2852</v>
       </c>
       <c r="K214" t="s">
-        <v>2842</v>
-[...2 lines deleted...]
-        <v>2842</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B215" t="s">
-        <v>2843</v>
+        <v>2854</v>
       </c>
       <c r="C215" t="s">
         <v>13</v>
       </c>
       <c r="D215" t="s">
         <v>13</v>
       </c>
       <c r="E215" t="s">
-        <v>2844</v>
+        <v>2855</v>
       </c>
       <c r="F215" t="s">
         <v>13</v>
       </c>
       <c r="G215" t="s">
-        <v>2845</v>
+        <v>2856</v>
       </c>
       <c r="H215" t="s">
-        <v>2846</v>
+        <v>2857</v>
       </c>
       <c r="I215" t="s">
-        <v>2847</v>
+        <v>2858</v>
       </c>
       <c r="J215" t="s">
-        <v>2848</v>
+        <v>2859</v>
       </c>
       <c r="K215" t="s">
-        <v>2849</v>
+        <v>2860</v>
       </c>
       <c r="L215" t="s">
-        <v>2850</v>
+        <v>2861</v>
       </c>
       <c r="M215" t="s">
-        <v>2851</v>
+        <v>2862</v>
+      </c>
+      <c r="N215" t="s">
+        <v>2863</v>
+      </c>
+      <c r="O215" t="s">
+        <v>2864</v>
+      </c>
+      <c r="P215" t="s">
+        <v>2865</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>2866</v>
+      </c>
+      <c r="R215" t="s">
+        <v>2867</v>
+      </c>
+      <c r="S215" t="s">
+        <v>2868</v>
+      </c>
+      <c r="T215" t="s">
+        <v>2869</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B216" t="s">
-        <v>2852</v>
+        <v>2870</v>
       </c>
       <c r="C216" t="s">
         <v>13</v>
       </c>
       <c r="D216" t="s">
         <v>13</v>
       </c>
       <c r="E216" t="s">
-        <v>2853</v>
+        <v>2871</v>
       </c>
       <c r="F216" t="s">
         <v>13</v>
       </c>
       <c r="G216" t="s">
-        <v>2854</v>
+        <v>2872</v>
       </c>
       <c r="H216" t="s">
-        <v>2855</v>
+        <v>2873</v>
       </c>
       <c r="I216" t="s">
-        <v>2435</v>
+        <v>2874</v>
       </c>
       <c r="J216" t="s">
-        <v>862</v>
+        <v>2875</v>
       </c>
       <c r="K216" t="s">
-        <v>2856</v>
-[...14 lines deleted...]
-        <v>2861</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B217" t="s">
-        <v>2862</v>
+        <v>2877</v>
       </c>
       <c r="C217" t="s">
         <v>13</v>
       </c>
       <c r="D217" t="s">
         <v>13</v>
       </c>
       <c r="E217" t="s">
-        <v>2863</v>
+        <v>2878</v>
       </c>
       <c r="F217" t="s">
         <v>13</v>
       </c>
       <c r="G217" t="s">
-        <v>2864</v>
+        <v>2879</v>
       </c>
       <c r="H217" t="s">
-        <v>2865</v>
+        <v>2880</v>
       </c>
       <c r="I217" t="s">
-        <v>2866</v>
+        <v>2881</v>
       </c>
       <c r="J217" t="s">
-        <v>2867</v>
+        <v>2882</v>
       </c>
       <c r="K217" t="s">
-        <v>2868</v>
+        <v>2883</v>
       </c>
       <c r="L217" t="s">
-        <v>2869</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B218" t="s">
-        <v>2870</v>
+        <v>2884</v>
       </c>
       <c r="C218" t="s">
         <v>13</v>
       </c>
       <c r="D218" t="s">
         <v>13</v>
       </c>
       <c r="E218" t="s">
-        <v>2871</v>
+        <v>2885</v>
       </c>
       <c r="F218" t="s">
         <v>13</v>
       </c>
       <c r="G218" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="H218" t="s">
-        <v>2873</v>
+        <v>2887</v>
       </c>
       <c r="I218" t="s">
-        <v>2874</v>
+        <v>2888</v>
       </c>
       <c r="J218" t="s">
-        <v>2875</v>
+        <v>2889</v>
       </c>
       <c r="K218" t="s">
-        <v>2876</v>
+        <v>2890</v>
       </c>
       <c r="L218" t="s">
-        <v>2876</v>
+        <v>2891</v>
+      </c>
+      <c r="M218" t="s">
+        <v>2892</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B219" t="s">
-        <v>2877</v>
+        <v>2893</v>
       </c>
       <c r="C219" t="s">
         <v>13</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
       <c r="E219" t="s">
-        <v>2878</v>
+        <v>2894</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" t="s">
-        <v>2879</v>
+        <v>2895</v>
       </c>
       <c r="H219" t="s">
-        <v>2880</v>
+        <v>2896</v>
       </c>
       <c r="I219" t="s">
-        <v>2881</v>
+        <v>2476</v>
       </c>
       <c r="J219" t="s">
-        <v>1573</v>
+        <v>930</v>
       </c>
       <c r="K219" t="s">
-        <v>2882</v>
+        <v>2897</v>
       </c>
       <c r="L219" t="s">
-        <v>2883</v>
+        <v>2898</v>
       </c>
       <c r="M219" t="s">
-        <v>2884</v>
+        <v>2899</v>
       </c>
       <c r="N219" t="s">
-        <v>2885</v>
+        <v>2900</v>
       </c>
       <c r="O219" t="s">
-        <v>2886</v>
+        <v>2901</v>
       </c>
       <c r="P219" t="s">
-        <v>2887</v>
-[...2 lines deleted...]
-        <v>2888</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B220" t="s">
-        <v>2889</v>
+        <v>2903</v>
       </c>
       <c r="C220" t="s">
         <v>13</v>
       </c>
       <c r="D220" t="s">
         <v>13</v>
       </c>
       <c r="E220" t="s">
-        <v>2890</v>
+        <v>2904</v>
       </c>
       <c r="F220" t="s">
         <v>13</v>
       </c>
       <c r="G220" t="s">
-        <v>2891</v>
+        <v>2905</v>
       </c>
       <c r="H220" t="s">
-        <v>2892</v>
+        <v>2906</v>
       </c>
       <c r="I220" t="s">
-        <v>2893</v>
+        <v>2907</v>
       </c>
       <c r="J220" t="s">
-        <v>2894</v>
+        <v>2908</v>
       </c>
       <c r="K220" t="s">
-        <v>2895</v>
+        <v>2909</v>
+      </c>
+      <c r="L220" t="s">
+        <v>2910</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B221" t="s">
-        <v>2896</v>
+        <v>2911</v>
       </c>
       <c r="C221" t="s">
         <v>13</v>
       </c>
       <c r="D221" t="s">
         <v>13</v>
       </c>
       <c r="E221" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="F221" t="s">
         <v>13</v>
       </c>
       <c r="G221" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="H221" t="s">
-        <v>2899</v>
+        <v>2914</v>
       </c>
       <c r="I221" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="J221" t="s">
-        <v>839</v>
+        <v>2916</v>
       </c>
       <c r="K221" t="s">
-        <v>2901</v>
+        <v>2917</v>
       </c>
       <c r="L221" t="s">
-        <v>2902</v>
-[...8 lines deleted...]
-        <v>2905</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B222" t="s">
-        <v>2906</v>
+        <v>2918</v>
       </c>
       <c r="C222" t="s">
         <v>13</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222" t="s">
-        <v>2907</v>
+        <v>2919</v>
       </c>
       <c r="F222" t="s">
         <v>13</v>
       </c>
       <c r="G222" t="s">
-        <v>2908</v>
+        <v>2920</v>
       </c>
       <c r="H222" t="s">
-        <v>2909</v>
+        <v>2921</v>
       </c>
       <c r="I222" t="s">
-        <v>2910</v>
+        <v>2922</v>
       </c>
       <c r="J222" t="s">
-        <v>839</v>
+        <v>1640</v>
       </c>
       <c r="K222" t="s">
-        <v>2911</v>
+        <v>2923</v>
       </c>
       <c r="L222" t="s">
-        <v>2912</v>
+        <v>2924</v>
       </c>
       <c r="M222" t="s">
-        <v>2913</v>
+        <v>2925</v>
       </c>
       <c r="N222" t="s">
-        <v>2914</v>
+        <v>2926</v>
       </c>
       <c r="O222" t="s">
-        <v>2915</v>
+        <v>2927</v>
+      </c>
+      <c r="P222" t="s">
+        <v>2928</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>2929</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B223" t="s">
-        <v>2916</v>
+        <v>2930</v>
       </c>
       <c r="C223" t="s">
         <v>13</v>
       </c>
       <c r="D223" t="s">
         <v>13</v>
       </c>
       <c r="E223" t="s">
-        <v>2917</v>
+        <v>2931</v>
       </c>
       <c r="F223" t="s">
         <v>13</v>
       </c>
       <c r="G223" t="s">
-        <v>2918</v>
+        <v>2932</v>
       </c>
       <c r="H223" t="s">
-        <v>2919</v>
+        <v>2933</v>
       </c>
       <c r="I223" t="s">
-        <v>2920</v>
+        <v>2934</v>
       </c>
       <c r="J223" t="s">
-        <v>2113</v>
+        <v>2935</v>
       </c>
       <c r="K223" t="s">
-        <v>2921</v>
-[...2 lines deleted...]
-        <v>2922</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B224" t="s">
-        <v>2923</v>
+        <v>2937</v>
       </c>
       <c r="C224" t="s">
         <v>13</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224" t="s">
-        <v>2924</v>
+        <v>2938</v>
       </c>
       <c r="F224" t="s">
         <v>13</v>
       </c>
       <c r="G224" t="s">
-        <v>2925</v>
+        <v>2939</v>
       </c>
       <c r="H224" t="s">
-        <v>2926</v>
+        <v>2940</v>
       </c>
       <c r="I224" t="s">
-        <v>2927</v>
+        <v>2941</v>
       </c>
       <c r="J224" t="s">
-        <v>839</v>
+        <v>907</v>
       </c>
       <c r="K224" t="s">
-        <v>2928</v>
+        <v>2942</v>
       </c>
       <c r="L224" t="s">
-        <v>2929</v>
+        <v>2943</v>
       </c>
       <c r="M224" t="s">
-        <v>2930</v>
+        <v>2944</v>
       </c>
       <c r="N224" t="s">
-        <v>2931</v>
+        <v>2945</v>
       </c>
       <c r="O224" t="s">
-        <v>2932</v>
-[...8 lines deleted...]
-        <v>2935</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B225" t="s">
-        <v>2936</v>
+        <v>2947</v>
       </c>
       <c r="C225" t="s">
         <v>13</v>
       </c>
       <c r="D225" t="s">
         <v>13</v>
       </c>
       <c r="E225" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="F225" t="s">
         <v>13</v>
       </c>
       <c r="G225" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="H225" t="s">
-        <v>2939</v>
+        <v>2950</v>
       </c>
       <c r="I225" t="s">
-        <v>2940</v>
+        <v>2951</v>
       </c>
       <c r="J225" t="s">
-        <v>862</v>
+        <v>907</v>
       </c>
       <c r="K225" t="s">
-        <v>2941</v>
+        <v>2952</v>
       </c>
       <c r="L225" t="s">
-        <v>2942</v>
+        <v>2953</v>
       </c>
       <c r="M225" t="s">
-        <v>2943</v>
+        <v>2954</v>
       </c>
       <c r="N225" t="s">
-        <v>2944</v>
+        <v>2955</v>
       </c>
       <c r="O225" t="s">
-        <v>2945</v>
-[...29 lines deleted...]
-        <v>2955</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B226" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="C226" t="s">
         <v>13</v>
       </c>
       <c r="D226" t="s">
         <v>13</v>
       </c>
       <c r="E226" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="F226" t="s">
         <v>13</v>
       </c>
       <c r="G226" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="H226" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="I226" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="J226" t="s">
-        <v>570</v>
+        <v>2164</v>
       </c>
       <c r="K226" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="L226" t="s">
-        <v>2962</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B227" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="C227" t="s">
         <v>13</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="F227" t="s">
         <v>13</v>
       </c>
       <c r="G227" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="H227" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="I227" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="J227" t="s">
-        <v>2968</v>
+        <v>907</v>
       </c>
       <c r="K227" t="s">
         <v>2969</v>
       </c>
       <c r="L227" t="s">
         <v>2970</v>
       </c>
+      <c r="M227" t="s">
+        <v>2971</v>
+      </c>
+      <c r="N227" t="s">
+        <v>2972</v>
+      </c>
+      <c r="O227" t="s">
+        <v>2973</v>
+      </c>
+      <c r="P227" t="s">
+        <v>2974</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>2975</v>
+      </c>
+      <c r="R227" t="s">
+        <v>2976</v>
+      </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B228" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="C228" t="s">
         <v>13</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228" t="s">
-        <v>2972</v>
+        <v>2978</v>
       </c>
       <c r="F228" t="s">
         <v>13</v>
       </c>
       <c r="G228" t="s">
-        <v>2973</v>
+        <v>2979</v>
       </c>
       <c r="H228" t="s">
-        <v>2974</v>
+        <v>2980</v>
       </c>
       <c r="I228" t="s">
-        <v>2975</v>
+        <v>2981</v>
       </c>
       <c r="J228" t="s">
-        <v>2113</v>
+        <v>930</v>
       </c>
       <c r="K228" t="s">
-        <v>2976</v>
+        <v>2982</v>
       </c>
       <c r="L228" t="s">
-        <v>2977</v>
+        <v>2983</v>
       </c>
       <c r="M228" t="s">
-        <v>2978</v>
+        <v>2984</v>
+      </c>
+      <c r="N228" t="s">
+        <v>2985</v>
+      </c>
+      <c r="O228" t="s">
+        <v>2986</v>
+      </c>
+      <c r="P228" t="s">
+        <v>2987</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>2988</v>
+      </c>
+      <c r="R228" t="s">
+        <v>2989</v>
+      </c>
+      <c r="S228" t="s">
+        <v>2990</v>
+      </c>
+      <c r="T228" t="s">
+        <v>2991</v>
+      </c>
+      <c r="U228" t="s">
+        <v>2992</v>
+      </c>
+      <c r="V228" t="s">
+        <v>2993</v>
+      </c>
+      <c r="W228" t="s">
+        <v>2994</v>
+      </c>
+      <c r="X228" t="s">
+        <v>2995</v>
+      </c>
+      <c r="Y228" t="s">
+        <v>2996</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B229" t="s">
-        <v>2979</v>
+        <v>2997</v>
       </c>
       <c r="C229" t="s">
         <v>13</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
       <c r="E229" t="s">
-        <v>2980</v>
+        <v>2998</v>
       </c>
       <c r="F229" t="s">
         <v>13</v>
       </c>
       <c r="G229" t="s">
-        <v>2981</v>
+        <v>2999</v>
       </c>
       <c r="H229" t="s">
-        <v>2982</v>
+        <v>3000</v>
       </c>
       <c r="I229" t="s">
-        <v>2983</v>
+        <v>3001</v>
       </c>
       <c r="J229" t="s">
-        <v>2139</v>
+        <v>699</v>
       </c>
       <c r="K229" t="s">
-        <v>2984</v>
+        <v>3002</v>
       </c>
       <c r="L229" t="s">
-        <v>2985</v>
+        <v>3003</v>
       </c>
       <c r="M229" t="s">
-        <v>2986</v>
-[...2 lines deleted...]
-        <v>2987</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B230" t="s">
-        <v>2988</v>
+        <v>3004</v>
       </c>
       <c r="C230" t="s">
         <v>13</v>
       </c>
       <c r="D230" t="s">
         <v>13</v>
       </c>
       <c r="E230" t="s">
-        <v>2989</v>
+        <v>3005</v>
       </c>
       <c r="F230" t="s">
         <v>13</v>
       </c>
       <c r="G230" t="s">
-        <v>2990</v>
+        <v>3006</v>
       </c>
       <c r="H230" t="s">
-        <v>2991</v>
+        <v>3007</v>
       </c>
       <c r="I230" t="s">
-        <v>2992</v>
+        <v>3008</v>
       </c>
       <c r="J230" t="s">
-        <v>1543</v>
+        <v>3009</v>
       </c>
       <c r="K230" t="s">
-        <v>2993</v>
+        <v>3010</v>
       </c>
       <c r="L230" t="s">
-        <v>2994</v>
-[...2 lines deleted...]
-        <v>2995</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B231" t="s">
-        <v>2996</v>
+        <v>3012</v>
       </c>
       <c r="C231" t="s">
         <v>13</v>
       </c>
       <c r="D231" t="s">
         <v>13</v>
       </c>
       <c r="E231" t="s">
-        <v>2997</v>
+        <v>3013</v>
       </c>
       <c r="F231" t="s">
         <v>13</v>
       </c>
       <c r="G231" t="s">
-        <v>2998</v>
+        <v>3014</v>
       </c>
       <c r="H231" t="s">
-        <v>2999</v>
+        <v>3015</v>
       </c>
       <c r="I231" t="s">
-        <v>3000</v>
+        <v>3016</v>
       </c>
       <c r="J231" t="s">
-        <v>1008</v>
+        <v>2164</v>
       </c>
       <c r="K231" t="s">
-        <v>3001</v>
+        <v>3017</v>
       </c>
       <c r="L231" t="s">
-        <v>3002</v>
+        <v>3018</v>
+      </c>
+      <c r="M231" t="s">
+        <v>3019</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B232" t="s">
-        <v>3003</v>
+        <v>3020</v>
       </c>
       <c r="C232" t="s">
         <v>13</v>
       </c>
       <c r="D232" t="s">
         <v>13</v>
       </c>
       <c r="E232" t="s">
-        <v>3004</v>
+        <v>3021</v>
       </c>
       <c r="F232" t="s">
         <v>13</v>
       </c>
       <c r="G232" t="s">
-        <v>3005</v>
+        <v>3022</v>
       </c>
       <c r="H232" t="s">
-        <v>3006</v>
+        <v>3023</v>
       </c>
       <c r="I232" t="s">
-        <v>3007</v>
+        <v>3024</v>
       </c>
       <c r="J232" t="s">
-        <v>1772</v>
+        <v>461</v>
       </c>
       <c r="K232" t="s">
-        <v>3008</v>
+        <v>3025</v>
       </c>
       <c r="L232" t="s">
-        <v>3009</v>
+        <v>3026</v>
       </c>
       <c r="M232" t="s">
-        <v>3010</v>
+        <v>3027</v>
+      </c>
+      <c r="N232" t="s">
+        <v>3028</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B233" t="s">
-        <v>3011</v>
+        <v>3029</v>
       </c>
       <c r="C233" t="s">
         <v>13</v>
       </c>
       <c r="D233" t="s">
         <v>13</v>
       </c>
       <c r="E233" t="s">
-        <v>3012</v>
+        <v>3030</v>
       </c>
       <c r="F233" t="s">
         <v>13</v>
       </c>
       <c r="G233" t="s">
-        <v>3013</v>
+        <v>3031</v>
       </c>
       <c r="H233" t="s">
-        <v>3014</v>
+        <v>3032</v>
       </c>
       <c r="I233" t="s">
-        <v>3015</v>
+        <v>3033</v>
       </c>
       <c r="J233" t="s">
-        <v>3016</v>
+        <v>1610</v>
       </c>
       <c r="K233" t="s">
-        <v>3017</v>
+        <v>3034</v>
       </c>
       <c r="L233" t="s">
-        <v>3018</v>
+        <v>3035</v>
+      </c>
+      <c r="M233" t="s">
+        <v>3036</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B234" t="s">
-        <v>3019</v>
+        <v>3037</v>
       </c>
       <c r="C234" t="s">
         <v>13</v>
       </c>
       <c r="D234" t="s">
         <v>13</v>
       </c>
       <c r="E234" t="s">
-        <v>3020</v>
+        <v>3038</v>
       </c>
       <c r="F234" t="s">
         <v>13</v>
       </c>
       <c r="G234" t="s">
-        <v>3021</v>
+        <v>3039</v>
       </c>
       <c r="H234" t="s">
-        <v>3022</v>
+        <v>3040</v>
       </c>
       <c r="I234" t="s">
-        <v>3023</v>
+        <v>3041</v>
       </c>
       <c r="J234" t="s">
-        <v>3024</v>
+        <v>1075</v>
       </c>
       <c r="K234" t="s">
-        <v>3025</v>
+        <v>3042</v>
       </c>
       <c r="L234" t="s">
-        <v>3026</v>
-[...8 lines deleted...]
-        <v>3029</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B235" t="s">
-        <v>3030</v>
+        <v>3044</v>
       </c>
       <c r="C235" t="s">
         <v>13</v>
       </c>
       <c r="D235" t="s">
         <v>13</v>
       </c>
       <c r="E235" t="s">
-        <v>3031</v>
+        <v>3045</v>
       </c>
       <c r="F235" t="s">
         <v>13</v>
       </c>
       <c r="G235" t="s">
-        <v>3032</v>
+        <v>3046</v>
       </c>
       <c r="H235" t="s">
-        <v>3033</v>
+        <v>3047</v>
       </c>
       <c r="I235" t="s">
-        <v>3034</v>
+        <v>3048</v>
       </c>
       <c r="J235" t="s">
-        <v>1612</v>
+        <v>1839</v>
       </c>
       <c r="K235" t="s">
-        <v>3035</v>
+        <v>3049</v>
       </c>
       <c r="L235" t="s">
-        <v>3036</v>
+        <v>3050</v>
       </c>
       <c r="M235" t="s">
-        <v>3037</v>
-[...2 lines deleted...]
-        <v>3038</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B236" t="s">
-        <v>3039</v>
+        <v>3052</v>
       </c>
       <c r="C236" t="s">
         <v>13</v>
       </c>
       <c r="D236" t="s">
         <v>13</v>
       </c>
       <c r="E236" t="s">
-        <v>3040</v>
+        <v>3053</v>
       </c>
       <c r="F236" t="s">
         <v>13</v>
       </c>
       <c r="G236" t="s">
-        <v>3041</v>
+        <v>3054</v>
       </c>
       <c r="H236" t="s">
-        <v>3042</v>
+        <v>3055</v>
       </c>
       <c r="I236" t="s">
-        <v>3043</v>
+        <v>3056</v>
       </c>
       <c r="J236" t="s">
-        <v>847</v>
+        <v>3057</v>
       </c>
       <c r="K236" t="s">
-        <v>3044</v>
+        <v>3058</v>
       </c>
       <c r="L236" t="s">
-        <v>3045</v>
-[...8 lines deleted...]
-        <v>3048</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B237" t="s">
-        <v>3049</v>
+        <v>3060</v>
       </c>
       <c r="C237" t="s">
         <v>13</v>
       </c>
       <c r="D237" t="s">
         <v>13</v>
       </c>
       <c r="E237" t="s">
-        <v>3050</v>
+        <v>3061</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" t="s">
-        <v>3051</v>
+        <v>3062</v>
       </c>
       <c r="H237" t="s">
-        <v>3052</v>
+        <v>3063</v>
       </c>
       <c r="I237" t="s">
-        <v>3053</v>
+        <v>3064</v>
       </c>
       <c r="J237" t="s">
-        <v>3054</v>
+        <v>3065</v>
       </c>
       <c r="K237" t="s">
-        <v>3055</v>
+        <v>3066</v>
       </c>
       <c r="L237" t="s">
-        <v>3056</v>
+        <v>3067</v>
       </c>
       <c r="M237" t="s">
-        <v>3057</v>
+        <v>3068</v>
+      </c>
+      <c r="N237" t="s">
+        <v>3069</v>
+      </c>
+      <c r="O237" t="s">
+        <v>3070</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B238" t="s">
-        <v>3058</v>
+        <v>3071</v>
       </c>
       <c r="C238" t="s">
         <v>13</v>
       </c>
       <c r="D238" t="s">
         <v>13</v>
       </c>
       <c r="E238" t="s">
-        <v>3059</v>
+        <v>3072</v>
       </c>
       <c r="F238" t="s">
         <v>13</v>
       </c>
       <c r="G238" t="s">
-        <v>3060</v>
+        <v>3073</v>
       </c>
       <c r="H238" t="s">
-        <v>3061</v>
+        <v>3074</v>
       </c>
       <c r="I238" t="s">
-        <v>3062</v>
+        <v>3075</v>
       </c>
       <c r="J238" t="s">
-        <v>2387</v>
+        <v>1679</v>
       </c>
       <c r="K238" t="s">
-        <v>3063</v>
+        <v>3076</v>
+      </c>
+      <c r="L238" t="s">
+        <v>3077</v>
+      </c>
+      <c r="M238" t="s">
+        <v>3078</v>
+      </c>
+      <c r="N238" t="s">
+        <v>3079</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B239" t="s">
-        <v>3064</v>
+        <v>3080</v>
       </c>
       <c r="C239" t="s">
         <v>13</v>
       </c>
       <c r="D239" t="s">
         <v>13</v>
       </c>
       <c r="E239" t="s">
-        <v>3065</v>
+        <v>3081</v>
       </c>
       <c r="F239" t="s">
         <v>13</v>
       </c>
       <c r="G239" t="s">
-        <v>3066</v>
+        <v>3082</v>
       </c>
       <c r="H239" t="s">
-        <v>3067</v>
+        <v>3083</v>
       </c>
       <c r="I239" t="s">
-        <v>3068</v>
+        <v>3084</v>
       </c>
       <c r="J239" t="s">
-        <v>933</v>
+        <v>915</v>
       </c>
       <c r="K239" t="s">
-        <v>3069</v>
+        <v>3085</v>
+      </c>
+      <c r="L239" t="s">
+        <v>3086</v>
+      </c>
+      <c r="M239" t="s">
+        <v>3087</v>
+      </c>
+      <c r="N239" t="s">
+        <v>3088</v>
+      </c>
+      <c r="O239" t="s">
+        <v>3089</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B240" t="s">
-        <v>3070</v>
+        <v>3090</v>
       </c>
       <c r="C240" t="s">
         <v>13</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240" t="s">
-        <v>3071</v>
+        <v>3091</v>
       </c>
       <c r="F240" t="s">
         <v>13</v>
       </c>
       <c r="G240" t="s">
-        <v>3072</v>
+        <v>3092</v>
       </c>
       <c r="H240" t="s">
-        <v>3073</v>
+        <v>3093</v>
       </c>
       <c r="I240" t="s">
-        <v>3074</v>
+        <v>3094</v>
       </c>
       <c r="J240" t="s">
-        <v>1277</v>
+        <v>3095</v>
       </c>
       <c r="K240" t="s">
-        <v>3075</v>
+        <v>3096</v>
+      </c>
+      <c r="L240" t="s">
+        <v>3097</v>
+      </c>
+      <c r="M240" t="s">
+        <v>3098</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B241" t="s">
-        <v>3076</v>
+        <v>3099</v>
       </c>
       <c r="C241" t="s">
         <v>13</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241" t="s">
-        <v>3077</v>
+        <v>3100</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" t="s">
-        <v>3078</v>
+        <v>3101</v>
       </c>
       <c r="H241" t="s">
-        <v>3079</v>
+        <v>3102</v>
       </c>
       <c r="I241" t="s">
-        <v>3080</v>
+        <v>3103</v>
       </c>
       <c r="J241" t="s">
-        <v>3081</v>
+        <v>2428</v>
       </c>
       <c r="K241" t="s">
-        <v>3082</v>
-[...2 lines deleted...]
-        <v>3083</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B242" t="s">
-        <v>3084</v>
+        <v>3105</v>
       </c>
       <c r="C242" t="s">
         <v>13</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242" t="s">
-        <v>3085</v>
+        <v>3106</v>
       </c>
       <c r="F242" t="s">
         <v>13</v>
       </c>
       <c r="G242" t="s">
-        <v>3086</v>
+        <v>3107</v>
       </c>
       <c r="H242" t="s">
-        <v>3087</v>
+        <v>3108</v>
       </c>
       <c r="I242" t="s">
-        <v>3088</v>
+        <v>3109</v>
       </c>
       <c r="J242" t="s">
-        <v>3089</v>
+        <v>1000</v>
       </c>
       <c r="K242" t="s">
-        <v>3090</v>
-[...11 lines deleted...]
-        <v>3094</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B243" t="s">
-        <v>3095</v>
+        <v>3111</v>
       </c>
       <c r="C243" t="s">
         <v>13</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243" t="s">
-        <v>3096</v>
+        <v>3112</v>
       </c>
       <c r="F243" t="s">
         <v>13</v>
       </c>
       <c r="G243" t="s">
-        <v>3097</v>
+        <v>3113</v>
       </c>
       <c r="H243" t="s">
-        <v>3098</v>
+        <v>3114</v>
       </c>
       <c r="I243" t="s">
-        <v>3099</v>
+        <v>3115</v>
       </c>
       <c r="J243" t="s">
-        <v>2139</v>
+        <v>1344</v>
       </c>
       <c r="K243" t="s">
-        <v>3100</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B244" t="s">
-        <v>3101</v>
+        <v>3117</v>
       </c>
       <c r="C244" t="s">
         <v>13</v>
       </c>
       <c r="D244" t="s">
         <v>13</v>
       </c>
       <c r="E244" t="s">
-        <v>3102</v>
+        <v>3118</v>
       </c>
       <c r="F244" t="s">
         <v>13</v>
       </c>
       <c r="G244" t="s">
-        <v>3103</v>
+        <v>3119</v>
       </c>
       <c r="H244" t="s">
-        <v>3104</v>
+        <v>3120</v>
       </c>
       <c r="I244" t="s">
-        <v>3105</v>
+        <v>3121</v>
       </c>
       <c r="J244" t="s">
-        <v>2083</v>
+        <v>3122</v>
       </c>
       <c r="K244" t="s">
-        <v>3106</v>
+        <v>3123</v>
       </c>
       <c r="L244" t="s">
-        <v>3107</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B245" t="s">
-        <v>3108</v>
+        <v>3125</v>
       </c>
       <c r="C245" t="s">
         <v>13</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
       <c r="E245" t="s">
-        <v>3109</v>
+        <v>3126</v>
       </c>
       <c r="F245" t="s">
         <v>13</v>
       </c>
       <c r="G245" t="s">
-        <v>3110</v>
+        <v>3127</v>
       </c>
       <c r="H245" t="s">
-        <v>3111</v>
+        <v>3128</v>
       </c>
       <c r="I245" t="s">
-        <v>3112</v>
+        <v>3129</v>
       </c>
       <c r="J245" t="s">
-        <v>1285</v>
+        <v>3130</v>
       </c>
       <c r="K245" t="s">
-        <v>3113</v>
+        <v>3131</v>
+      </c>
+      <c r="L245" t="s">
+        <v>3132</v>
+      </c>
+      <c r="M245" t="s">
+        <v>3133</v>
+      </c>
+      <c r="N245" t="s">
+        <v>3134</v>
+      </c>
+      <c r="O245" t="s">
+        <v>3135</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B246" t="s">
-        <v>3114</v>
+        <v>3136</v>
       </c>
       <c r="C246" t="s">
         <v>13</v>
       </c>
       <c r="D246" t="s">
         <v>13</v>
       </c>
       <c r="E246" t="s">
-        <v>3115</v>
+        <v>3137</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" t="s">
-        <v>3116</v>
+        <v>3138</v>
       </c>
       <c r="H246" t="s">
-        <v>3117</v>
+        <v>3139</v>
       </c>
       <c r="I246" t="s">
-        <v>3118</v>
+        <v>3140</v>
       </c>
       <c r="J246" t="s">
-        <v>2706</v>
+        <v>461</v>
       </c>
       <c r="K246" t="s">
-        <v>3119</v>
-[...2 lines deleted...]
-        <v>3120</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B247" t="s">
-        <v>3121</v>
+        <v>3142</v>
       </c>
       <c r="C247" t="s">
         <v>13</v>
       </c>
       <c r="D247" t="s">
         <v>13</v>
       </c>
       <c r="E247" t="s">
-        <v>3122</v>
+        <v>3143</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" t="s">
-        <v>3123</v>
+        <v>3144</v>
       </c>
       <c r="H247" t="s">
-        <v>3124</v>
+        <v>3145</v>
       </c>
       <c r="I247" t="s">
-        <v>3125</v>
+        <v>3146</v>
       </c>
       <c r="J247" t="s">
-        <v>1653</v>
+        <v>2143</v>
       </c>
       <c r="K247" t="s">
-        <v>3126</v>
+        <v>3147</v>
       </c>
       <c r="L247" t="s">
-        <v>3127</v>
-[...14 lines deleted...]
-        <v>3132</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B248" t="s">
-        <v>3133</v>
+        <v>3149</v>
       </c>
       <c r="C248" t="s">
         <v>13</v>
       </c>
       <c r="D248" t="s">
         <v>13</v>
       </c>
       <c r="E248" t="s">
-        <v>3134</v>
+        <v>3150</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" t="s">
-        <v>3135</v>
+        <v>3151</v>
       </c>
       <c r="H248" t="s">
-        <v>3136</v>
+        <v>3152</v>
       </c>
       <c r="I248" t="s">
-        <v>3137</v>
+        <v>3153</v>
       </c>
       <c r="J248" t="s">
-        <v>1049</v>
+        <v>1352</v>
       </c>
       <c r="K248" t="s">
-        <v>3138</v>
-[...20 lines deleted...]
-        <v>3145</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B249" t="s">
-        <v>3146</v>
+        <v>3155</v>
       </c>
       <c r="C249" t="s">
         <v>13</v>
       </c>
       <c r="D249" t="s">
         <v>13</v>
       </c>
       <c r="E249" t="s">
-        <v>3147</v>
+        <v>3156</v>
       </c>
       <c r="F249" t="s">
         <v>13</v>
       </c>
       <c r="G249" t="s">
-        <v>3148</v>
+        <v>3157</v>
       </c>
       <c r="H249" t="s">
-        <v>3149</v>
+        <v>3158</v>
       </c>
       <c r="I249" t="s">
-        <v>3150</v>
+        <v>3159</v>
       </c>
       <c r="J249" t="s">
-        <v>906</v>
+        <v>2747</v>
       </c>
       <c r="K249" t="s">
-        <v>3151</v>
+        <v>3160</v>
       </c>
       <c r="L249" t="s">
-        <v>3152</v>
-[...25 lines deleted...]
-      <c r="U249" t="s">
         <v>3161</v>
-      </c>
-[...19 lines deleted...]
-        <v>3168</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B250" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C250" t="s">
+        <v>13</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>3163</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H250" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3166</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1720</v>
+      </c>
+      <c r="K250" t="s">
+        <v>3167</v>
+      </c>
+      <c r="L250" t="s">
+        <v>3168</v>
+      </c>
+      <c r="M250" t="s">
         <v>3169</v>
       </c>
-      <c r="C250" t="s">
-[...5 lines deleted...]
-      <c r="E250" t="s">
+      <c r="N250" t="s">
         <v>3170</v>
       </c>
-      <c r="F250" t="s">
-[...2 lines deleted...]
-      <c r="G250" t="s">
+      <c r="O250" t="s">
         <v>3171</v>
       </c>
-      <c r="H250" t="s">
+      <c r="P250" t="s">
         <v>3172</v>
       </c>
-      <c r="I250" t="s">
+      <c r="Q250" t="s">
         <v>3173</v>
-      </c>
-[...22 lines deleted...]
-        <v>3180</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B251" t="s">
+        <v>3174</v>
+      </c>
+      <c r="C251" t="s">
+        <v>13</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>3175</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H251" t="s">
+        <v>3177</v>
+      </c>
+      <c r="I251" t="s">
+        <v>3178</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1116</v>
+      </c>
+      <c r="K251" t="s">
+        <v>3179</v>
+      </c>
+      <c r="L251" t="s">
+        <v>3180</v>
+      </c>
+      <c r="M251" t="s">
         <v>3181</v>
       </c>
-      <c r="C251" t="s">
-[...5 lines deleted...]
-      <c r="E251" t="s">
+      <c r="N251" t="s">
         <v>3182</v>
       </c>
-      <c r="F251" t="s">
-[...2 lines deleted...]
-      <c r="G251" t="s">
+      <c r="O251" t="s">
         <v>3183</v>
       </c>
-      <c r="H251" t="s">
+      <c r="P251" t="s">
         <v>3184</v>
       </c>
-      <c r="I251" t="s">
+      <c r="Q251" t="s">
         <v>3185</v>
       </c>
-      <c r="J251" t="s">
-[...2 lines deleted...]
-      <c r="K251" t="s">
+      <c r="R251" t="s">
         <v>3186</v>
-      </c>
-[...4 lines deleted...]
-        <v>3188</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B252" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C252" t="s">
+        <v>13</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
         <v>3189</v>
       </c>
-      <c r="C252" t="s">
-[...5 lines deleted...]
-      <c r="E252" t="s">
+      <c r="H252" t="s">
         <v>3190</v>
       </c>
-      <c r="F252" t="s">
-[...2 lines deleted...]
-      <c r="G252" t="s">
+      <c r="I252" t="s">
         <v>3191</v>
       </c>
-      <c r="H252" t="s">
+      <c r="J252" t="s">
+        <v>433</v>
+      </c>
+      <c r="K252" t="s">
         <v>3192</v>
       </c>
-      <c r="I252" t="s">
-[...2 lines deleted...]
-      <c r="J252" t="s">
+      <c r="L252" t="s">
         <v>3193</v>
       </c>
-      <c r="K252" t="s">
+      <c r="M252" t="s">
         <v>3194</v>
       </c>
-      <c r="L252" t="s">
+      <c r="N252" t="s">
         <v>3195</v>
       </c>
-      <c r="M252" t="s">
+      <c r="O252" t="s">
         <v>3196</v>
       </c>
-      <c r="N252" t="s">
+      <c r="P252" t="s">
         <v>3197</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>3198</v>
+      </c>
+      <c r="R252" t="s">
+        <v>3199</v>
+      </c>
+      <c r="S252" t="s">
+        <v>3200</v>
+      </c>
+      <c r="T252" t="s">
+        <v>3201</v>
+      </c>
+      <c r="U252" t="s">
+        <v>3202</v>
+      </c>
+      <c r="V252" t="s">
+        <v>3203</v>
+      </c>
+      <c r="W252" t="s">
+        <v>3204</v>
+      </c>
+      <c r="X252" t="s">
+        <v>3205</v>
+      </c>
+      <c r="Y252" t="s">
+        <v>3206</v>
+      </c>
+      <c r="Z252" t="s">
+        <v>3207</v>
+      </c>
+      <c r="AA252" t="s">
+        <v>3208</v>
+      </c>
+      <c r="AB252" t="s">
+        <v>3209</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B253" t="s">
-        <v>3198</v>
+        <v>3210</v>
       </c>
       <c r="C253" t="s">
         <v>13</v>
       </c>
       <c r="D253" t="s">
         <v>13</v>
       </c>
       <c r="E253" t="s">
-        <v>3199</v>
+        <v>3211</v>
       </c>
       <c r="F253" t="s">
         <v>13</v>
       </c>
       <c r="G253" t="s">
-        <v>3200</v>
+        <v>3212</v>
       </c>
       <c r="H253" t="s">
-        <v>3201</v>
+        <v>3213</v>
       </c>
       <c r="I253" t="s">
-        <v>3202</v>
+        <v>3214</v>
       </c>
       <c r="J253" t="s">
-        <v>2139</v>
+        <v>1640</v>
       </c>
       <c r="K253" t="s">
-        <v>3203</v>
+        <v>3215</v>
       </c>
       <c r="L253" t="s">
-        <v>3204</v>
+        <v>3216</v>
       </c>
       <c r="M253" t="s">
-        <v>3205</v>
+        <v>3217</v>
+      </c>
+      <c r="N253" t="s">
+        <v>3218</v>
+      </c>
+      <c r="O253" t="s">
+        <v>3219</v>
+      </c>
+      <c r="P253" t="s">
+        <v>3220</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>3221</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B254" t="s">
-        <v>3206</v>
+        <v>3222</v>
       </c>
       <c r="C254" t="s">
         <v>13</v>
       </c>
       <c r="D254" t="s">
         <v>13</v>
       </c>
       <c r="E254" t="s">
-        <v>3207</v>
+        <v>3223</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" t="s">
-        <v>3208</v>
+        <v>3224</v>
       </c>
       <c r="H254" t="s">
-        <v>3209</v>
+        <v>3225</v>
       </c>
       <c r="I254" t="s">
-        <v>3210</v>
+        <v>3226</v>
       </c>
       <c r="J254" t="s">
-        <v>3211</v>
+        <v>1679</v>
       </c>
       <c r="K254" t="s">
-        <v>3212</v>
+        <v>3227</v>
       </c>
       <c r="L254" t="s">
-        <v>3213</v>
+        <v>3228</v>
+      </c>
+      <c r="M254" t="s">
+        <v>3229</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B255" t="s">
-        <v>3214</v>
+        <v>3230</v>
       </c>
       <c r="C255" t="s">
         <v>13</v>
       </c>
       <c r="D255" t="s">
         <v>13</v>
       </c>
       <c r="E255" t="s">
-        <v>3215</v>
+        <v>3231</v>
       </c>
       <c r="F255" t="s">
         <v>13</v>
       </c>
       <c r="G255" t="s">
-        <v>3216</v>
+        <v>3232</v>
       </c>
       <c r="H255" t="s">
-        <v>3217</v>
+        <v>3233</v>
       </c>
       <c r="I255" t="s">
-        <v>3218</v>
+        <v>2476</v>
       </c>
       <c r="J255" t="s">
-        <v>1612</v>
+        <v>3234</v>
       </c>
       <c r="K255" t="s">
-        <v>3219</v>
+        <v>3235</v>
       </c>
       <c r="L255" t="s">
-        <v>3220</v>
+        <v>3236</v>
       </c>
       <c r="M255" t="s">
-        <v>3221</v>
+        <v>3237</v>
       </c>
       <c r="N255" t="s">
-        <v>3222</v>
-[...14 lines deleted...]
-        <v>3227</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B256" t="s">
-        <v>3228</v>
+        <v>3239</v>
       </c>
       <c r="C256" t="s">
         <v>13</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256" t="s">
-        <v>3229</v>
+        <v>3240</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" t="s">
-        <v>3230</v>
+        <v>3241</v>
       </c>
       <c r="H256" t="s">
-        <v>3231</v>
+        <v>3242</v>
       </c>
       <c r="I256" t="s">
-        <v>3232</v>
+        <v>3243</v>
       </c>
       <c r="J256" t="s">
-        <v>1110</v>
+        <v>461</v>
       </c>
       <c r="K256" t="s">
-        <v>3233</v>
+        <v>3244</v>
       </c>
       <c r="L256" t="s">
-        <v>3234</v>
+        <v>3245</v>
       </c>
       <c r="M256" t="s">
-        <v>3235</v>
-[...2 lines deleted...]
-        <v>3236</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B257" t="s">
-        <v>3237</v>
+        <v>3247</v>
       </c>
       <c r="C257" t="s">
         <v>13</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257" t="s">
-        <v>3238</v>
+        <v>3248</v>
       </c>
       <c r="F257" t="s">
         <v>13</v>
       </c>
       <c r="G257" t="s">
-        <v>3239</v>
+        <v>3249</v>
       </c>
       <c r="H257" t="s">
-        <v>3240</v>
+        <v>3250</v>
       </c>
       <c r="I257" t="s">
-        <v>2800</v>
+        <v>3251</v>
       </c>
       <c r="J257" t="s">
-        <v>2113</v>
+        <v>3252</v>
       </c>
       <c r="K257" t="s">
-        <v>3241</v>
+        <v>3253</v>
       </c>
       <c r="L257" t="s">
-        <v>3242</v>
-[...14 lines deleted...]
-        <v>2801</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B258" t="s">
-        <v>3247</v>
+        <v>3255</v>
       </c>
       <c r="C258" t="s">
         <v>13</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258" t="s">
-        <v>3248</v>
+        <v>3256</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" t="s">
-        <v>3249</v>
+        <v>3257</v>
       </c>
       <c r="H258" t="s">
-        <v>3250</v>
+        <v>3258</v>
       </c>
       <c r="I258" t="s">
-        <v>3251</v>
+        <v>3259</v>
       </c>
       <c r="J258" t="s">
-        <v>3252</v>
+        <v>1679</v>
       </c>
       <c r="K258" t="s">
-        <v>3253</v>
+        <v>3260</v>
       </c>
       <c r="L258" t="s">
-        <v>3254</v>
+        <v>3261</v>
+      </c>
+      <c r="M258" t="s">
+        <v>3262</v>
+      </c>
+      <c r="N258" t="s">
+        <v>3263</v>
+      </c>
+      <c r="O258" t="s">
+        <v>3264</v>
+      </c>
+      <c r="P258" t="s">
+        <v>3265</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>3266</v>
+      </c>
+      <c r="R258" t="s">
+        <v>3267</v>
+      </c>
+      <c r="S258" t="s">
+        <v>3268</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B259" t="s">
-        <v>3255</v>
+        <v>3269</v>
       </c>
       <c r="C259" t="s">
         <v>13</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259" t="s">
-        <v>3256</v>
+        <v>3270</v>
       </c>
       <c r="F259" t="s">
         <v>13</v>
       </c>
       <c r="G259" t="s">
-        <v>3257</v>
+        <v>3271</v>
       </c>
       <c r="H259" t="s">
-        <v>3258</v>
+        <v>3272</v>
       </c>
       <c r="I259" t="s">
-        <v>3259</v>
+        <v>3273</v>
       </c>
       <c r="J259" t="s">
-        <v>1517</v>
+        <v>1177</v>
       </c>
       <c r="K259" t="s">
-        <v>3260</v>
+        <v>3274</v>
       </c>
       <c r="L259" t="s">
-        <v>3261</v>
+        <v>3275</v>
       </c>
       <c r="M259" t="s">
-        <v>3262</v>
+        <v>3276</v>
       </c>
       <c r="N259" t="s">
-        <v>3263</v>
-[...11 lines deleted...]
-        <v>3267</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B260" t="s">
-        <v>3268</v>
+        <v>3278</v>
       </c>
       <c r="C260" t="s">
         <v>13</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
       <c r="E260" t="s">
-        <v>3269</v>
+        <v>3279</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" t="s">
-        <v>3270</v>
+        <v>3280</v>
       </c>
       <c r="H260" t="s">
-        <v>3271</v>
+        <v>3281</v>
       </c>
       <c r="I260" t="s">
-        <v>3272</v>
+        <v>2841</v>
       </c>
       <c r="J260" t="s">
-        <v>556</v>
+        <v>2164</v>
       </c>
       <c r="K260" t="s">
-        <v>3273</v>
+        <v>3282</v>
       </c>
       <c r="L260" t="s">
-        <v>3274</v>
+        <v>3283</v>
       </c>
       <c r="M260" t="s">
-        <v>3275</v>
+        <v>3284</v>
+      </c>
+      <c r="N260" t="s">
+        <v>3285</v>
+      </c>
+      <c r="O260" t="s">
+        <v>3286</v>
+      </c>
+      <c r="P260" t="s">
+        <v>3287</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>2842</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B261" t="s">
-        <v>3276</v>
+        <v>3288</v>
       </c>
       <c r="C261" t="s">
         <v>13</v>
       </c>
       <c r="D261" t="s">
         <v>13</v>
       </c>
       <c r="E261" t="s">
-        <v>3277</v>
+        <v>3289</v>
       </c>
       <c r="F261" t="s">
         <v>13</v>
       </c>
       <c r="G261" t="s">
-        <v>3278</v>
+        <v>3290</v>
       </c>
       <c r="H261" t="s">
-        <v>3279</v>
+        <v>3291</v>
       </c>
       <c r="I261" t="s">
-        <v>3280</v>
+        <v>3292</v>
       </c>
       <c r="J261" t="s">
-        <v>862</v>
+        <v>3293</v>
       </c>
       <c r="K261" t="s">
-        <v>3281</v>
+        <v>3294</v>
       </c>
       <c r="L261" t="s">
-        <v>3282</v>
-[...17 lines deleted...]
-        <v>3288</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B262" t="s">
-        <v>3289</v>
+        <v>3296</v>
       </c>
       <c r="C262" t="s">
         <v>13</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
       <c r="E262" t="s">
-        <v>3290</v>
+        <v>3297</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" t="s">
-        <v>3291</v>
+        <v>3298</v>
       </c>
       <c r="H262" t="s">
-        <v>3292</v>
+        <v>3299</v>
       </c>
       <c r="I262" t="s">
-        <v>3293</v>
+        <v>3300</v>
       </c>
       <c r="J262" t="s">
-        <v>556</v>
+        <v>1584</v>
       </c>
       <c r="K262" t="s">
-        <v>3294</v>
+        <v>3301</v>
       </c>
       <c r="L262" t="s">
-        <v>3295</v>
+        <v>3302</v>
+      </c>
+      <c r="M262" t="s">
+        <v>3303</v>
+      </c>
+      <c r="N262" t="s">
+        <v>3304</v>
+      </c>
+      <c r="O262" t="s">
+        <v>3305</v>
+      </c>
+      <c r="P262" t="s">
+        <v>3306</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>3307</v>
+      </c>
+      <c r="R262" t="s">
+        <v>3308</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B263" t="s">
-        <v>3296</v>
+        <v>3309</v>
       </c>
       <c r="C263" t="s">
         <v>13</v>
       </c>
       <c r="D263" t="s">
         <v>13</v>
       </c>
       <c r="E263" t="s">
-        <v>3297</v>
+        <v>3310</v>
       </c>
       <c r="F263" t="s">
         <v>13</v>
       </c>
       <c r="G263" t="s">
-        <v>3298</v>
+        <v>3311</v>
       </c>
       <c r="H263" t="s">
-        <v>3299</v>
+        <v>3312</v>
       </c>
       <c r="I263" t="s">
-        <v>3272</v>
+        <v>3313</v>
       </c>
       <c r="J263" t="s">
-        <v>556</v>
+        <v>685</v>
       </c>
       <c r="K263" t="s">
-        <v>3300</v>
+        <v>3314</v>
+      </c>
+      <c r="L263" t="s">
+        <v>3315</v>
+      </c>
+      <c r="M263" t="s">
+        <v>3316</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B264" t="s">
-        <v>3301</v>
+        <v>3317</v>
       </c>
       <c r="C264" t="s">
         <v>13</v>
       </c>
       <c r="D264" t="s">
         <v>13</v>
       </c>
       <c r="E264" t="s">
-        <v>3302</v>
+        <v>3318</v>
       </c>
       <c r="F264" t="s">
         <v>13</v>
       </c>
       <c r="G264" t="s">
-        <v>3303</v>
+        <v>3319</v>
       </c>
       <c r="H264" t="s">
-        <v>3304</v>
+        <v>3320</v>
       </c>
       <c r="I264" t="s">
-        <v>3305</v>
+        <v>3321</v>
       </c>
       <c r="J264" t="s">
-        <v>3306</v>
+        <v>930</v>
       </c>
       <c r="K264" t="s">
-        <v>3307</v>
+        <v>3322</v>
       </c>
       <c r="L264" t="s">
-        <v>3308</v>
+        <v>3323</v>
       </c>
       <c r="M264" t="s">
-        <v>3309</v>
+        <v>3324</v>
       </c>
       <c r="N264" t="s">
-        <v>3310</v>
+        <v>3325</v>
+      </c>
+      <c r="O264" t="s">
+        <v>3326</v>
+      </c>
+      <c r="P264" t="s">
+        <v>3327</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>3328</v>
+      </c>
+      <c r="R264" t="s">
+        <v>3329</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B265" t="s">
-        <v>3311</v>
+        <v>3330</v>
       </c>
       <c r="C265" t="s">
         <v>13</v>
       </c>
       <c r="D265" t="s">
         <v>13</v>
       </c>
       <c r="E265" t="s">
-        <v>3312</v>
+        <v>3331</v>
       </c>
       <c r="F265" t="s">
         <v>13</v>
       </c>
       <c r="G265" t="s">
-        <v>3313</v>
+        <v>3332</v>
       </c>
       <c r="H265" t="s">
-        <v>3314</v>
+        <v>3333</v>
       </c>
       <c r="I265" t="s">
-        <v>3315</v>
+        <v>3334</v>
       </c>
       <c r="J265" t="s">
-        <v>3316</v>
+        <v>685</v>
       </c>
       <c r="K265" t="s">
-        <v>3317</v>
+        <v>3335</v>
+      </c>
+      <c r="L265" t="s">
+        <v>3336</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B266" t="s">
-        <v>3318</v>
+        <v>3337</v>
       </c>
       <c r="C266" t="s">
         <v>13</v>
       </c>
       <c r="D266" t="s">
         <v>13</v>
       </c>
       <c r="E266" t="s">
-        <v>3319</v>
+        <v>3338</v>
       </c>
       <c r="F266" t="s">
         <v>13</v>
       </c>
       <c r="G266" t="s">
-        <v>3320</v>
+        <v>3339</v>
       </c>
       <c r="H266" t="s">
-        <v>3321</v>
+        <v>3340</v>
       </c>
       <c r="I266" t="s">
-        <v>3322</v>
+        <v>3313</v>
       </c>
       <c r="J266" t="s">
-        <v>839</v>
+        <v>685</v>
       </c>
       <c r="K266" t="s">
-        <v>3323</v>
-[...23 lines deleted...]
-        <v>3331</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B267" t="s">
-        <v>3332</v>
+        <v>3342</v>
       </c>
       <c r="C267" t="s">
         <v>13</v>
       </c>
       <c r="D267" t="s">
         <v>13</v>
       </c>
       <c r="E267" t="s">
-        <v>3333</v>
+        <v>3343</v>
       </c>
       <c r="F267" t="s">
         <v>13</v>
       </c>
       <c r="G267" t="s">
-        <v>3334</v>
+        <v>3344</v>
       </c>
       <c r="H267" t="s">
-        <v>3335</v>
+        <v>3345</v>
       </c>
       <c r="I267" t="s">
-        <v>3336</v>
+        <v>3346</v>
       </c>
       <c r="J267" t="s">
-        <v>1049</v>
+        <v>3347</v>
       </c>
       <c r="K267" t="s">
-        <v>3337</v>
+        <v>3348</v>
       </c>
       <c r="L267" t="s">
-        <v>3338</v>
+        <v>3349</v>
       </c>
       <c r="M267" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="N267" t="s">
-        <v>3340</v>
-[...20 lines deleted...]
-        <v>3347</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B268" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
       <c r="C268" t="s">
         <v>13</v>
       </c>
       <c r="D268" t="s">
         <v>13</v>
       </c>
       <c r="E268" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="F268" t="s">
         <v>13</v>
       </c>
       <c r="G268" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
       <c r="H268" t="s">
-        <v>3351</v>
+        <v>3355</v>
       </c>
       <c r="I268" t="s">
-        <v>3352</v>
+        <v>3356</v>
       </c>
       <c r="J268" t="s">
-        <v>3353</v>
+        <v>3357</v>
       </c>
       <c r="K268" t="s">
-        <v>3354</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B269" t="s">
-        <v>3355</v>
+        <v>3359</v>
       </c>
       <c r="C269" t="s">
         <v>13</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
       <c r="E269" t="s">
-        <v>3356</v>
+        <v>3360</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
       <c r="H269" t="s">
-        <v>3358</v>
+        <v>3362</v>
       </c>
       <c r="I269" t="s">
-        <v>3359</v>
+        <v>3363</v>
       </c>
       <c r="J269" t="s">
-        <v>3360</v>
+        <v>907</v>
       </c>
       <c r="K269" t="s">
-        <v>3361</v>
+        <v>3364</v>
       </c>
       <c r="L269" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
       <c r="M269" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
       <c r="N269" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
       <c r="O269" t="s">
-        <v>3365</v>
+        <v>3368</v>
       </c>
       <c r="P269" t="s">
-        <v>3366</v>
+        <v>3369</v>
       </c>
       <c r="Q269" t="s">
-        <v>3367</v>
+        <v>3370</v>
       </c>
       <c r="R269" t="s">
-        <v>3368</v>
+        <v>3371</v>
+      </c>
+      <c r="S269" t="s">
+        <v>3372</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B270" t="s">
-        <v>3369</v>
+        <v>3373</v>
       </c>
       <c r="C270" t="s">
         <v>13</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270" t="s">
-        <v>3370</v>
+        <v>3374</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
       <c r="H270" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
       <c r="I270" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
       <c r="J270" t="s">
-        <v>2113</v>
+        <v>1116</v>
       </c>
       <c r="K270" t="s">
-        <v>3374</v>
+        <v>3378</v>
       </c>
       <c r="L270" t="s">
-        <v>3375</v>
+        <v>3379</v>
       </c>
       <c r="M270" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
       <c r="N270" t="s">
-        <v>3377</v>
+        <v>3381</v>
+      </c>
+      <c r="O270" t="s">
+        <v>3382</v>
+      </c>
+      <c r="P270" t="s">
+        <v>3383</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>3384</v>
+      </c>
+      <c r="R270" t="s">
+        <v>3385</v>
+      </c>
+      <c r="S270" t="s">
+        <v>3386</v>
+      </c>
+      <c r="T270" t="s">
+        <v>3387</v>
+      </c>
+      <c r="U270" t="s">
+        <v>3388</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B271" t="s">
-        <v>3378</v>
+        <v>3389</v>
       </c>
       <c r="C271" t="s">
         <v>13</v>
       </c>
       <c r="D271" t="s">
         <v>13</v>
       </c>
       <c r="E271" t="s">
-        <v>3379</v>
+        <v>3390</v>
       </c>
       <c r="F271" t="s">
         <v>13</v>
       </c>
       <c r="G271" t="s">
-        <v>3380</v>
+        <v>3391</v>
       </c>
       <c r="H271" t="s">
-        <v>3381</v>
+        <v>3392</v>
       </c>
       <c r="I271" t="s">
-        <v>3382</v>
+        <v>3393</v>
       </c>
       <c r="J271" t="s">
-        <v>2113</v>
+        <v>3394</v>
       </c>
       <c r="K271" t="s">
-        <v>3383</v>
-[...5 lines deleted...]
-        <v>3385</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B272" t="s">
-        <v>3386</v>
+        <v>3396</v>
       </c>
       <c r="C272" t="s">
         <v>13</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272" t="s">
-        <v>3387</v>
+        <v>3397</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" t="s">
-        <v>3388</v>
+        <v>3398</v>
       </c>
       <c r="H272" t="s">
-        <v>3389</v>
+        <v>3399</v>
       </c>
       <c r="I272" t="s">
-        <v>3390</v>
+        <v>3400</v>
       </c>
       <c r="J272" t="s">
-        <v>556</v>
+        <v>3401</v>
       </c>
       <c r="K272" t="s">
-        <v>3391</v>
+        <v>3402</v>
       </c>
       <c r="L272" t="s">
-        <v>3392</v>
+        <v>3403</v>
       </c>
       <c r="M272" t="s">
-        <v>3393</v>
+        <v>3404</v>
       </c>
       <c r="N272" t="s">
-        <v>3394</v>
+        <v>3405</v>
       </c>
       <c r="O272" t="s">
-        <v>3395</v>
+        <v>3406</v>
+      </c>
+      <c r="P272" t="s">
+        <v>3407</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>3408</v>
+      </c>
+      <c r="R272" t="s">
+        <v>3409</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B273" t="s">
-        <v>3396</v>
+        <v>3410</v>
       </c>
       <c r="C273" t="s">
         <v>13</v>
       </c>
       <c r="D273" t="s">
         <v>13</v>
       </c>
       <c r="E273" t="s">
-        <v>3397</v>
+        <v>3411</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" t="s">
-        <v>3398</v>
+        <v>3412</v>
       </c>
       <c r="H273" t="s">
-        <v>3399</v>
+        <v>3413</v>
       </c>
       <c r="I273" t="s">
-        <v>3400</v>
+        <v>3414</v>
       </c>
       <c r="J273" t="s">
-        <v>2113</v>
+        <v>2164</v>
       </c>
       <c r="K273" t="s">
-        <v>3401</v>
+        <v>3415</v>
       </c>
       <c r="L273" t="s">
-        <v>3402</v>
+        <v>3416</v>
       </c>
       <c r="M273" t="s">
-        <v>3403</v>
+        <v>3417</v>
       </c>
       <c r="N273" t="s">
-        <v>3404</v>
-[...2 lines deleted...]
-        <v>3405</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B274" t="s">
-        <v>3406</v>
+        <v>3419</v>
       </c>
       <c r="C274" t="s">
         <v>13</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274" t="s">
-        <v>3407</v>
+        <v>3420</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" t="s">
-        <v>3408</v>
+        <v>3421</v>
       </c>
       <c r="H274" t="s">
-        <v>3409</v>
+        <v>3422</v>
       </c>
       <c r="I274" t="s">
-        <v>1083</v>
+        <v>3423</v>
       </c>
       <c r="J274" t="s">
-        <v>3410</v>
+        <v>2164</v>
       </c>
       <c r="K274" t="s">
-        <v>3411</v>
+        <v>3424</v>
       </c>
       <c r="L274" t="s">
-        <v>3412</v>
+        <v>3425</v>
       </c>
       <c r="M274" t="s">
-        <v>3413</v>
-[...11 lines deleted...]
-        <v>3417</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B275" t="s">
-        <v>3418</v>
+        <v>3427</v>
       </c>
       <c r="C275" t="s">
         <v>13</v>
       </c>
       <c r="D275" t="s">
         <v>13</v>
       </c>
       <c r="E275" t="s">
-        <v>3419</v>
+        <v>3428</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" t="s">
-        <v>3420</v>
+        <v>3429</v>
       </c>
       <c r="H275" t="s">
-        <v>3421</v>
+        <v>3430</v>
       </c>
       <c r="I275" t="s">
-        <v>3422</v>
+        <v>3431</v>
       </c>
       <c r="J275" t="s">
-        <v>667</v>
+        <v>685</v>
       </c>
       <c r="K275" t="s">
-        <v>3423</v>
+        <v>3432</v>
       </c>
       <c r="L275" t="s">
-        <v>3424</v>
+        <v>3433</v>
       </c>
       <c r="M275" t="s">
-        <v>3425</v>
+        <v>3434</v>
       </c>
       <c r="N275" t="s">
-        <v>3426</v>
+        <v>3435</v>
       </c>
       <c r="O275" t="s">
-        <v>3427</v>
-[...5 lines deleted...]
-        <v>3429</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B276" t="s">
-        <v>3430</v>
+        <v>3437</v>
       </c>
       <c r="C276" t="s">
         <v>13</v>
       </c>
       <c r="D276" t="s">
         <v>13</v>
       </c>
       <c r="E276" t="s">
-        <v>3431</v>
+        <v>3438</v>
       </c>
       <c r="F276" t="s">
         <v>13</v>
       </c>
       <c r="G276" t="s">
-        <v>3432</v>
+        <v>3439</v>
       </c>
       <c r="H276" t="s">
-        <v>3433</v>
+        <v>3440</v>
       </c>
       <c r="I276" t="s">
-        <v>3434</v>
+        <v>3441</v>
       </c>
       <c r="J276" t="s">
-        <v>1366</v>
+        <v>2164</v>
       </c>
       <c r="K276" t="s">
-        <v>3435</v>
+        <v>3442</v>
       </c>
       <c r="L276" t="s">
-        <v>3436</v>
+        <v>3443</v>
       </c>
       <c r="M276" t="s">
-        <v>3437</v>
+        <v>3444</v>
+      </c>
+      <c r="N276" t="s">
+        <v>3445</v>
+      </c>
+      <c r="O276" t="s">
+        <v>3446</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B277" t="s">
-        <v>3438</v>
+        <v>3447</v>
       </c>
       <c r="C277" t="s">
         <v>13</v>
       </c>
       <c r="D277" t="s">
         <v>13</v>
       </c>
       <c r="E277" t="s">
-        <v>3439</v>
+        <v>3448</v>
       </c>
       <c r="F277" t="s">
         <v>13</v>
       </c>
       <c r="G277" t="s">
-        <v>3440</v>
+        <v>3449</v>
       </c>
       <c r="H277" t="s">
-        <v>3441</v>
+        <v>3450</v>
       </c>
       <c r="I277" t="s">
-        <v>3434</v>
+        <v>1150</v>
       </c>
       <c r="J277" t="s">
-        <v>556</v>
+        <v>3451</v>
       </c>
       <c r="K277" t="s">
-        <v>3442</v>
+        <v>3452</v>
       </c>
       <c r="L277" t="s">
-        <v>3443</v>
+        <v>3453</v>
       </c>
       <c r="M277" t="s">
-        <v>3444</v>
+        <v>3454</v>
+      </c>
+      <c r="N277" t="s">
+        <v>3455</v>
+      </c>
+      <c r="O277" t="s">
+        <v>3456</v>
+      </c>
+      <c r="P277" t="s">
+        <v>3457</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>3458</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B278" t="s">
-        <v>3445</v>
+        <v>3459</v>
       </c>
       <c r="C278" t="s">
         <v>13</v>
       </c>
       <c r="D278" t="s">
         <v>13</v>
       </c>
       <c r="E278" t="s">
-        <v>3446</v>
+        <v>3460</v>
       </c>
       <c r="F278" t="s">
         <v>13</v>
       </c>
       <c r="G278" t="s">
-        <v>3447</v>
+        <v>3461</v>
       </c>
       <c r="H278" t="s">
-        <v>3448</v>
+        <v>3462</v>
       </c>
       <c r="I278" t="s">
-        <v>3449</v>
+        <v>3463</v>
       </c>
       <c r="J278" t="s">
-        <v>483</v>
+        <v>796</v>
       </c>
       <c r="K278" t="s">
-        <v>3450</v>
+        <v>3464</v>
       </c>
       <c r="L278" t="s">
-        <v>3451</v>
+        <v>3465</v>
       </c>
       <c r="M278" t="s">
-        <v>3452</v>
+        <v>3466</v>
       </c>
       <c r="N278" t="s">
-        <v>3453</v>
+        <v>3467</v>
       </c>
       <c r="O278" t="s">
-        <v>3454</v>
+        <v>3468</v>
+      </c>
+      <c r="P278" t="s">
+        <v>3469</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>3470</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B279" t="s">
-        <v>3455</v>
+        <v>3471</v>
       </c>
       <c r="C279" t="s">
         <v>13</v>
       </c>
       <c r="D279" t="s">
         <v>13</v>
       </c>
       <c r="E279" t="s">
-        <v>3456</v>
+        <v>3472</v>
       </c>
       <c r="F279" t="s">
         <v>13</v>
       </c>
       <c r="G279" t="s">
-        <v>3457</v>
+        <v>3473</v>
       </c>
       <c r="H279" t="s">
-        <v>3458</v>
+        <v>3474</v>
       </c>
       <c r="I279" t="s">
-        <v>3459</v>
+        <v>3475</v>
       </c>
       <c r="J279" t="s">
-        <v>1418</v>
+        <v>1433</v>
       </c>
       <c r="K279" t="s">
-        <v>3460</v>
+        <v>3476</v>
       </c>
       <c r="L279" t="s">
-        <v>3461</v>
+        <v>3477</v>
       </c>
       <c r="M279" t="s">
-        <v>3462</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B280" t="s">
-        <v>3463</v>
+        <v>3479</v>
       </c>
       <c r="C280" t="s">
         <v>13</v>
       </c>
       <c r="D280" t="s">
         <v>13</v>
       </c>
       <c r="E280" t="s">
-        <v>3464</v>
+        <v>3480</v>
       </c>
       <c r="F280" t="s">
         <v>13</v>
       </c>
       <c r="G280" t="s">
-        <v>3465</v>
+        <v>3481</v>
       </c>
       <c r="H280" t="s">
-        <v>3466</v>
+        <v>3482</v>
       </c>
       <c r="I280" t="s">
-        <v>3467</v>
+        <v>3475</v>
       </c>
       <c r="J280" t="s">
-        <v>341</v>
+        <v>685</v>
       </c>
       <c r="K280" t="s">
-        <v>3468</v>
+        <v>3483</v>
       </c>
       <c r="L280" t="s">
-        <v>3469</v>
+        <v>3484</v>
       </c>
       <c r="M280" t="s">
-        <v>3470</v>
-[...11 lines deleted...]
-        <v>3474</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B281" t="s">
-        <v>3475</v>
+        <v>3486</v>
       </c>
       <c r="C281" t="s">
         <v>13</v>
       </c>
       <c r="D281" t="s">
         <v>13</v>
       </c>
       <c r="E281" t="s">
-        <v>3476</v>
+        <v>3487</v>
       </c>
       <c r="F281" t="s">
         <v>13</v>
       </c>
       <c r="G281" t="s">
-        <v>3477</v>
+        <v>3488</v>
       </c>
       <c r="H281" t="s">
-        <v>3478</v>
+        <v>3489</v>
       </c>
       <c r="I281" t="s">
-        <v>3479</v>
+        <v>3490</v>
       </c>
       <c r="J281" t="s">
-        <v>2396</v>
+        <v>612</v>
       </c>
       <c r="K281" t="s">
-        <v>3480</v>
+        <v>3491</v>
       </c>
       <c r="L281" t="s">
-        <v>3481</v>
+        <v>3492</v>
       </c>
       <c r="M281" t="s">
-        <v>3482</v>
+        <v>3493</v>
+      </c>
+      <c r="N281" t="s">
+        <v>3494</v>
+      </c>
+      <c r="O281" t="s">
+        <v>3495</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B282" t="s">
-        <v>3483</v>
+        <v>3496</v>
       </c>
       <c r="C282" t="s">
         <v>13</v>
       </c>
       <c r="D282" t="s">
         <v>13</v>
       </c>
       <c r="E282" t="s">
-        <v>3484</v>
+        <v>3497</v>
       </c>
       <c r="F282" t="s">
         <v>13</v>
       </c>
       <c r="G282" t="s">
-        <v>3485</v>
+        <v>3498</v>
       </c>
       <c r="H282" t="s">
-        <v>3486</v>
+        <v>3499</v>
       </c>
       <c r="I282" t="s">
-        <v>3487</v>
+        <v>3500</v>
       </c>
       <c r="J282" t="s">
-        <v>862</v>
+        <v>1485</v>
       </c>
       <c r="K282" t="s">
-        <v>3488</v>
+        <v>3501</v>
       </c>
       <c r="L282" t="s">
-        <v>3489</v>
+        <v>3502</v>
       </c>
       <c r="M282" t="s">
-        <v>3490</v>
-[...35 lines deleted...]
-        <v>3502</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B283" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
       <c r="C283" t="s">
         <v>13</v>
       </c>
       <c r="D283" t="s">
         <v>13</v>
       </c>
       <c r="E283" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="F283" t="s">
         <v>13</v>
       </c>
       <c r="G283" t="s">
-        <v>3505</v>
+        <v>3506</v>
       </c>
       <c r="H283" t="s">
-        <v>3506</v>
+        <v>3507</v>
       </c>
       <c r="I283" t="s">
-        <v>3507</v>
+        <v>3508</v>
       </c>
       <c r="J283" t="s">
-        <v>3024</v>
+        <v>353</v>
       </c>
       <c r="K283" t="s">
-        <v>3508</v>
+        <v>3509</v>
       </c>
       <c r="L283" t="s">
-        <v>3509</v>
+        <v>3510</v>
       </c>
       <c r="M283" t="s">
-        <v>3510</v>
+        <v>3511</v>
+      </c>
+      <c r="N283" t="s">
+        <v>3512</v>
+      </c>
+      <c r="O283" t="s">
+        <v>3513</v>
+      </c>
+      <c r="P283" t="s">
+        <v>3514</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>3515</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B284" t="s">
-        <v>3511</v>
+        <v>3516</v>
       </c>
       <c r="C284" t="s">
         <v>13</v>
       </c>
       <c r="D284" t="s">
         <v>13</v>
       </c>
       <c r="E284" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
       <c r="F284" t="s">
         <v>13</v>
       </c>
       <c r="G284" t="s">
-        <v>3513</v>
+        <v>3518</v>
       </c>
       <c r="H284" t="s">
-        <v>3514</v>
+        <v>3519</v>
       </c>
       <c r="I284" t="s">
-        <v>728</v>
+        <v>3520</v>
       </c>
       <c r="J284" t="s">
-        <v>1084</v>
+        <v>2437</v>
       </c>
       <c r="K284" t="s">
-        <v>3515</v>
+        <v>3521</v>
+      </c>
+      <c r="L284" t="s">
+        <v>3522</v>
+      </c>
+      <c r="M284" t="s">
+        <v>3523</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B285" t="s">
-        <v>3516</v>
+        <v>3524</v>
       </c>
       <c r="C285" t="s">
         <v>13</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285" t="s">
-        <v>3517</v>
+        <v>3525</v>
       </c>
       <c r="F285" t="s">
         <v>13</v>
       </c>
       <c r="G285" t="s">
-        <v>3518</v>
+        <v>3526</v>
       </c>
       <c r="H285" t="s">
-        <v>3519</v>
+        <v>3527</v>
       </c>
       <c r="I285" t="s">
-        <v>3520</v>
+        <v>3528</v>
       </c>
       <c r="J285" t="s">
-        <v>2113</v>
+        <v>930</v>
       </c>
       <c r="K285" t="s">
-        <v>3521</v>
+        <v>3529</v>
       </c>
       <c r="L285" t="s">
-        <v>3522</v>
+        <v>3530</v>
       </c>
       <c r="M285" t="s">
-        <v>3523</v>
+        <v>3531</v>
       </c>
       <c r="N285" t="s">
-        <v>3524</v>
+        <v>3532</v>
+      </c>
+      <c r="O285" t="s">
+        <v>3533</v>
+      </c>
+      <c r="P285" t="s">
+        <v>3534</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>3535</v>
+      </c>
+      <c r="R285" t="s">
+        <v>3536</v>
+      </c>
+      <c r="S285" t="s">
+        <v>3537</v>
+      </c>
+      <c r="T285" t="s">
+        <v>3538</v>
+      </c>
+      <c r="U285" t="s">
+        <v>3539</v>
+      </c>
+      <c r="V285" t="s">
+        <v>3540</v>
+      </c>
+      <c r="W285" t="s">
+        <v>3541</v>
+      </c>
+      <c r="X285" t="s">
+        <v>3542</v>
+      </c>
+      <c r="Y285" t="s">
+        <v>3543</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B286" t="s">
-        <v>3525</v>
+        <v>3544</v>
       </c>
       <c r="C286" t="s">
         <v>13</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
       <c r="E286" t="s">
-        <v>3526</v>
+        <v>3545</v>
       </c>
       <c r="F286" t="s">
         <v>13</v>
       </c>
       <c r="G286" t="s">
-        <v>3527</v>
+        <v>3546</v>
       </c>
       <c r="H286" t="s">
-        <v>3528</v>
+        <v>3547</v>
       </c>
       <c r="I286" t="s">
-        <v>1994</v>
+        <v>3548</v>
       </c>
       <c r="J286" t="s">
-        <v>1110</v>
+        <v>3065</v>
       </c>
       <c r="K286" t="s">
-        <v>3529</v>
+        <v>3549</v>
       </c>
       <c r="L286" t="s">
-        <v>3530</v>
+        <v>3550</v>
       </c>
       <c r="M286" t="s">
-        <v>3531</v>
-[...5 lines deleted...]
-        <v>3533</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B287" t="s">
-        <v>3534</v>
+        <v>3552</v>
       </c>
       <c r="C287" t="s">
         <v>13</v>
       </c>
       <c r="D287" t="s">
         <v>13</v>
       </c>
       <c r="E287" t="s">
-        <v>3535</v>
+        <v>3553</v>
       </c>
       <c r="F287" t="s">
         <v>13</v>
       </c>
       <c r="G287" t="s">
-        <v>3536</v>
+        <v>3554</v>
       </c>
       <c r="H287" t="s">
-        <v>3537</v>
+        <v>3555</v>
       </c>
       <c r="I287" t="s">
-        <v>3538</v>
+        <v>856</v>
       </c>
       <c r="J287" t="s">
-        <v>3539</v>
+        <v>1151</v>
       </c>
       <c r="K287" t="s">
-        <v>3540</v>
-[...8 lines deleted...]
-        <v>3543</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B288" t="s">
-        <v>3544</v>
+        <v>3557</v>
       </c>
       <c r="C288" t="s">
         <v>13</v>
       </c>
       <c r="D288" t="s">
         <v>13</v>
       </c>
       <c r="E288" t="s">
-        <v>3545</v>
+        <v>3558</v>
       </c>
       <c r="F288" t="s">
         <v>13</v>
       </c>
       <c r="G288" t="s">
-        <v>3546</v>
+        <v>3559</v>
       </c>
       <c r="H288" t="s">
-        <v>3547</v>
+        <v>3560</v>
       </c>
       <c r="I288" t="s">
-        <v>3548</v>
+        <v>3561</v>
       </c>
       <c r="J288" t="s">
-        <v>1653</v>
+        <v>2164</v>
       </c>
       <c r="K288" t="s">
-        <v>3549</v>
+        <v>3562</v>
       </c>
       <c r="L288" t="s">
-        <v>3550</v>
+        <v>3563</v>
+      </c>
+      <c r="M288" t="s">
+        <v>3564</v>
+      </c>
+      <c r="N288" t="s">
+        <v>3565</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B289" t="s">
-        <v>3551</v>
+        <v>3566</v>
       </c>
       <c r="C289" t="s">
         <v>13</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289" t="s">
-        <v>3552</v>
+        <v>3567</v>
       </c>
       <c r="F289" t="s">
         <v>13</v>
       </c>
       <c r="G289" t="s">
-        <v>3553</v>
+        <v>3568</v>
       </c>
       <c r="H289" t="s">
-        <v>3554</v>
+        <v>3569</v>
       </c>
       <c r="I289" t="s">
-        <v>3555</v>
+        <v>2061</v>
       </c>
       <c r="J289" t="s">
-        <v>839</v>
+        <v>1177</v>
       </c>
       <c r="K289" t="s">
-        <v>3556</v>
+        <v>3570</v>
       </c>
       <c r="L289" t="s">
-        <v>3557</v>
+        <v>3571</v>
       </c>
       <c r="M289" t="s">
-        <v>3558</v>
+        <v>3572</v>
       </c>
       <c r="N289" t="s">
-        <v>3559</v>
+        <v>3573</v>
+      </c>
+      <c r="O289" t="s">
+        <v>3574</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B290" t="s">
-        <v>3560</v>
+        <v>3575</v>
       </c>
       <c r="C290" t="s">
         <v>13</v>
       </c>
       <c r="D290" t="s">
         <v>13</v>
       </c>
       <c r="E290" t="s">
-        <v>3561</v>
+        <v>3576</v>
       </c>
       <c r="F290" t="s">
         <v>13</v>
       </c>
       <c r="G290" t="s">
-        <v>3562</v>
+        <v>3577</v>
       </c>
       <c r="H290" t="s">
-        <v>3563</v>
+        <v>3578</v>
       </c>
       <c r="I290" t="s">
-        <v>3564</v>
+        <v>3579</v>
       </c>
       <c r="J290" t="s">
-        <v>862</v>
+        <v>3580</v>
       </c>
       <c r="K290" t="s">
-        <v>3565</v>
+        <v>3581</v>
       </c>
       <c r="L290" t="s">
-        <v>3566</v>
+        <v>3582</v>
       </c>
       <c r="M290" t="s">
-        <v>3567</v>
+        <v>3583</v>
       </c>
       <c r="N290" t="s">
-        <v>3568</v>
-[...5 lines deleted...]
-        <v>3570</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B291" t="s">
-        <v>3571</v>
+        <v>3585</v>
       </c>
       <c r="C291" t="s">
         <v>13</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291" t="s">
-        <v>3572</v>
+        <v>3586</v>
       </c>
       <c r="F291" t="s">
         <v>13</v>
       </c>
       <c r="G291" t="s">
-        <v>3573</v>
+        <v>3587</v>
       </c>
       <c r="H291" t="s">
-        <v>3574</v>
+        <v>3588</v>
       </c>
       <c r="I291" t="s">
-        <v>3575</v>
+        <v>3589</v>
       </c>
       <c r="J291" t="s">
-        <v>3576</v>
+        <v>1720</v>
       </c>
       <c r="K291" t="s">
-        <v>3577</v>
+        <v>3590</v>
       </c>
       <c r="L291" t="s">
-        <v>3578</v>
-[...26 lines deleted...]
-        <v>3587</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B292" t="s">
-        <v>3588</v>
+        <v>3592</v>
       </c>
       <c r="C292" t="s">
         <v>13</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292" t="s">
-        <v>3589</v>
+        <v>3593</v>
       </c>
       <c r="F292" t="s">
         <v>13</v>
       </c>
       <c r="G292" t="s">
-        <v>3590</v>
+        <v>3594</v>
       </c>
       <c r="H292" t="s">
-        <v>3591</v>
+        <v>3595</v>
       </c>
       <c r="I292" t="s">
-        <v>3592</v>
+        <v>3596</v>
       </c>
       <c r="J292" t="s">
-        <v>3593</v>
+        <v>907</v>
       </c>
       <c r="K292" t="s">
-        <v>3594</v>
+        <v>3597</v>
+      </c>
+      <c r="L292" t="s">
+        <v>3598</v>
+      </c>
+      <c r="M292" t="s">
+        <v>3599</v>
+      </c>
+      <c r="N292" t="s">
+        <v>3600</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B293" t="s">
-        <v>3595</v>
+        <v>3601</v>
       </c>
       <c r="C293" t="s">
         <v>13</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293" t="s">
-        <v>3596</v>
+        <v>3602</v>
       </c>
       <c r="F293" t="s">
         <v>13</v>
       </c>
       <c r="G293" t="s">
-        <v>3597</v>
+        <v>3603</v>
       </c>
       <c r="H293" t="s">
-        <v>3598</v>
+        <v>3604</v>
       </c>
       <c r="I293" t="s">
-        <v>3599</v>
+        <v>3605</v>
       </c>
       <c r="J293" t="s">
-        <v>2139</v>
+        <v>930</v>
       </c>
       <c r="K293" t="s">
-        <v>3600</v>
+        <v>3606</v>
       </c>
       <c r="L293" t="s">
-        <v>3601</v>
+        <v>3607</v>
       </c>
       <c r="M293" t="s">
-        <v>3602</v>
+        <v>3608</v>
       </c>
       <c r="N293" t="s">
-        <v>3603</v>
+        <v>3609</v>
+      </c>
+      <c r="O293" t="s">
+        <v>3610</v>
+      </c>
+      <c r="P293" t="s">
+        <v>3611</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B294" t="s">
-        <v>3604</v>
+        <v>3612</v>
       </c>
       <c r="C294" t="s">
         <v>13</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294" t="s">
-        <v>3605</v>
+        <v>3613</v>
       </c>
       <c r="F294" t="s">
         <v>13</v>
       </c>
       <c r="G294" t="s">
-        <v>3606</v>
+        <v>3614</v>
       </c>
       <c r="H294" t="s">
-        <v>3607</v>
+        <v>3615</v>
       </c>
       <c r="I294" t="s">
-        <v>3608</v>
+        <v>3616</v>
       </c>
       <c r="J294" t="s">
-        <v>1543</v>
+        <v>3617</v>
       </c>
       <c r="K294" t="s">
-        <v>3609</v>
+        <v>3618</v>
       </c>
       <c r="L294" t="s">
-        <v>3610</v>
+        <v>3619</v>
+      </c>
+      <c r="M294" t="s">
+        <v>3620</v>
+      </c>
+      <c r="N294" t="s">
+        <v>3621</v>
+      </c>
+      <c r="O294" t="s">
+        <v>3622</v>
+      </c>
+      <c r="P294" t="s">
+        <v>3623</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>3624</v>
+      </c>
+      <c r="R294" t="s">
+        <v>3625</v>
+      </c>
+      <c r="S294" t="s">
+        <v>3626</v>
+      </c>
+      <c r="T294" t="s">
+        <v>3627</v>
+      </c>
+      <c r="U294" t="s">
+        <v>3628</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B295" t="s">
-        <v>3611</v>
+        <v>3629</v>
       </c>
       <c r="C295" t="s">
         <v>13</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295" t="s">
-        <v>3612</v>
+        <v>3630</v>
       </c>
       <c r="F295" t="s">
         <v>13</v>
       </c>
       <c r="G295" t="s">
-        <v>3613</v>
+        <v>3631</v>
       </c>
       <c r="H295" t="s">
-        <v>3614</v>
+        <v>3632</v>
       </c>
       <c r="I295" t="s">
-        <v>3615</v>
+        <v>3633</v>
       </c>
       <c r="J295" t="s">
-        <v>3616</v>
+        <v>3634</v>
       </c>
       <c r="K295" t="s">
-        <v>3617</v>
-[...20 lines deleted...]
-        <v>3624</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B296" t="s">
-        <v>3625</v>
+        <v>3636</v>
       </c>
       <c r="C296" t="s">
         <v>13</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
       <c r="E296" t="s">
-        <v>3626</v>
+        <v>3637</v>
       </c>
       <c r="F296" t="s">
         <v>13</v>
       </c>
       <c r="G296" t="s">
-        <v>3627</v>
+        <v>3638</v>
       </c>
       <c r="H296" t="s">
-        <v>3628</v>
+        <v>3639</v>
       </c>
       <c r="I296" t="s">
-        <v>3629</v>
+        <v>3640</v>
       </c>
       <c r="J296" t="s">
-        <v>341</v>
+        <v>461</v>
       </c>
       <c r="K296" t="s">
-        <v>3630</v>
+        <v>3641</v>
       </c>
       <c r="L296" t="s">
-        <v>3631</v>
+        <v>3642</v>
       </c>
       <c r="M296" t="s">
-        <v>3632</v>
+        <v>3643</v>
       </c>
       <c r="N296" t="s">
-        <v>3633</v>
-[...14 lines deleted...]
-        <v>3638</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B297" t="s">
-        <v>3639</v>
+        <v>3645</v>
       </c>
       <c r="C297" t="s">
         <v>13</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297" t="s">
-        <v>3640</v>
+        <v>3646</v>
       </c>
       <c r="F297" t="s">
         <v>13</v>
       </c>
       <c r="G297" t="s">
-        <v>3641</v>
+        <v>3647</v>
       </c>
       <c r="H297" t="s">
-        <v>3642</v>
+        <v>3648</v>
       </c>
       <c r="I297" t="s">
-        <v>3643</v>
+        <v>3649</v>
       </c>
       <c r="J297" t="s">
-        <v>2263</v>
+        <v>1610</v>
       </c>
       <c r="K297" t="s">
-        <v>3644</v>
+        <v>3650</v>
       </c>
       <c r="L297" t="s">
-        <v>3645</v>
-[...8 lines deleted...]
-        <v>3648</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B298" t="s">
-        <v>3649</v>
+        <v>3652</v>
       </c>
       <c r="C298" t="s">
         <v>13</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298" t="s">
-        <v>3650</v>
+        <v>3653</v>
       </c>
       <c r="F298" t="s">
         <v>13</v>
       </c>
       <c r="G298" t="s">
-        <v>3651</v>
+        <v>3654</v>
       </c>
       <c r="H298" t="s">
-        <v>3652</v>
+        <v>3655</v>
       </c>
       <c r="I298" t="s">
-        <v>3653</v>
+        <v>3656</v>
       </c>
       <c r="J298" t="s">
-        <v>3654</v>
+        <v>3657</v>
       </c>
       <c r="K298" t="s">
-        <v>3655</v>
+        <v>3658</v>
       </c>
       <c r="L298" t="s">
-        <v>3656</v>
+        <v>3659</v>
       </c>
       <c r="M298" t="s">
-        <v>3657</v>
+        <v>3660</v>
+      </c>
+      <c r="N298" t="s">
+        <v>3661</v>
+      </c>
+      <c r="O298" t="s">
+        <v>3662</v>
+      </c>
+      <c r="P298" t="s">
+        <v>3663</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>3664</v>
+      </c>
+      <c r="R298" t="s">
+        <v>3665</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B299" t="s">
-        <v>3658</v>
+        <v>3666</v>
       </c>
       <c r="C299" t="s">
         <v>13</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299" t="s">
-        <v>3659</v>
+        <v>3667</v>
       </c>
       <c r="F299" t="s">
         <v>13</v>
       </c>
       <c r="G299" t="s">
-        <v>3660</v>
+        <v>3668</v>
       </c>
       <c r="H299" t="s">
-        <v>3661</v>
+        <v>3669</v>
       </c>
       <c r="I299" t="s">
-        <v>3662</v>
+        <v>3670</v>
       </c>
       <c r="J299" t="s">
-        <v>3193</v>
+        <v>353</v>
       </c>
       <c r="K299" t="s">
-        <v>3663</v>
+        <v>3671</v>
+      </c>
+      <c r="L299" t="s">
+        <v>3672</v>
+      </c>
+      <c r="M299" t="s">
+        <v>3673</v>
+      </c>
+      <c r="N299" t="s">
+        <v>3674</v>
+      </c>
+      <c r="O299" t="s">
+        <v>3675</v>
+      </c>
+      <c r="P299" t="s">
+        <v>3676</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>3677</v>
+      </c>
+      <c r="R299" t="s">
+        <v>3678</v>
+      </c>
+      <c r="S299" t="s">
+        <v>3679</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B300" t="s">
-        <v>3664</v>
+        <v>3680</v>
       </c>
       <c r="C300" t="s">
         <v>13</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300" t="s">
-        <v>3665</v>
+        <v>3681</v>
       </c>
       <c r="F300" t="s">
         <v>13</v>
       </c>
       <c r="G300" t="s">
-        <v>3666</v>
+        <v>3682</v>
       </c>
       <c r="H300" t="s">
-        <v>3667</v>
+        <v>3683</v>
       </c>
       <c r="I300" t="s">
-        <v>3668</v>
+        <v>3684</v>
       </c>
       <c r="J300" t="s">
-        <v>3669</v>
+        <v>2313</v>
       </c>
       <c r="K300" t="s">
-        <v>3670</v>
+        <v>3685</v>
+      </c>
+      <c r="L300" t="s">
+        <v>3686</v>
+      </c>
+      <c r="M300" t="s">
+        <v>3687</v>
+      </c>
+      <c r="N300" t="s">
+        <v>3688</v>
+      </c>
+      <c r="O300" t="s">
+        <v>3689</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B301" t="s">
-        <v>3671</v>
+        <v>3690</v>
       </c>
       <c r="C301" t="s">
         <v>13</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301" t="s">
-        <v>3672</v>
+        <v>3691</v>
       </c>
       <c r="F301" t="s">
         <v>13</v>
       </c>
       <c r="G301" t="s">
-        <v>3673</v>
+        <v>3692</v>
       </c>
       <c r="H301" t="s">
-        <v>3674</v>
+        <v>3693</v>
       </c>
       <c r="I301" t="s">
-        <v>3675</v>
+        <v>3694</v>
       </c>
       <c r="J301" t="s">
-        <v>2848</v>
+        <v>3695</v>
       </c>
       <c r="K301" t="s">
-        <v>3676</v>
+        <v>3696</v>
       </c>
       <c r="L301" t="s">
-        <v>3677</v>
+        <v>3697</v>
       </c>
       <c r="M301" t="s">
-        <v>3678</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B302" t="s">
-        <v>3679</v>
+        <v>3699</v>
       </c>
       <c r="C302" t="s">
         <v>13</v>
       </c>
       <c r="D302" t="s">
         <v>13</v>
       </c>
       <c r="E302" t="s">
-        <v>3680</v>
+        <v>3700</v>
       </c>
       <c r="F302" t="s">
         <v>13</v>
       </c>
       <c r="G302" t="s">
-        <v>3681</v>
+        <v>3701</v>
       </c>
       <c r="H302" t="s">
-        <v>3682</v>
+        <v>3702</v>
       </c>
       <c r="I302" t="s">
-        <v>3683</v>
+        <v>3703</v>
       </c>
       <c r="J302" t="s">
-        <v>3684</v>
+        <v>3234</v>
       </c>
       <c r="K302" t="s">
-        <v>3685</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B303" t="s">
-        <v>3686</v>
+        <v>3705</v>
       </c>
       <c r="C303" t="s">
         <v>13</v>
       </c>
       <c r="D303" t="s">
         <v>13</v>
       </c>
       <c r="E303" t="s">
-        <v>3687</v>
+        <v>3706</v>
       </c>
       <c r="F303" t="s">
         <v>13</v>
       </c>
       <c r="G303" t="s">
-        <v>3688</v>
+        <v>3707</v>
       </c>
       <c r="H303" t="s">
-        <v>3689</v>
+        <v>3708</v>
       </c>
       <c r="I303" t="s">
-        <v>3690</v>
+        <v>3709</v>
       </c>
       <c r="J303" t="s">
-        <v>3691</v>
+        <v>3710</v>
       </c>
       <c r="K303" t="s">
-        <v>3692</v>
-[...8 lines deleted...]
-        <v>3695</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B304" t="s">
-        <v>3696</v>
+        <v>3712</v>
       </c>
       <c r="C304" t="s">
         <v>13</v>
       </c>
       <c r="D304" t="s">
         <v>13</v>
       </c>
       <c r="E304" t="s">
-        <v>3697</v>
+        <v>3713</v>
       </c>
       <c r="F304" t="s">
         <v>13</v>
       </c>
       <c r="G304" t="s">
-        <v>3698</v>
+        <v>3714</v>
       </c>
       <c r="H304" t="s">
-        <v>3699</v>
+        <v>3715</v>
       </c>
       <c r="I304" t="s">
-        <v>3700</v>
+        <v>3716</v>
       </c>
       <c r="J304" t="s">
-        <v>3701</v>
+        <v>2889</v>
       </c>
       <c r="K304" t="s">
-        <v>3702</v>
+        <v>3717</v>
       </c>
       <c r="L304" t="s">
-        <v>3703</v>
+        <v>3718</v>
       </c>
       <c r="M304" t="s">
-        <v>3704</v>
-[...2 lines deleted...]
-        <v>3705</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B305" t="s">
-        <v>3706</v>
+        <v>3720</v>
       </c>
       <c r="C305" t="s">
         <v>13</v>
       </c>
       <c r="D305" t="s">
         <v>13</v>
       </c>
       <c r="E305" t="s">
-        <v>3707</v>
+        <v>3721</v>
       </c>
       <c r="F305" t="s">
         <v>13</v>
       </c>
       <c r="G305" t="s">
-        <v>3708</v>
+        <v>3722</v>
       </c>
       <c r="H305" t="s">
-        <v>3709</v>
+        <v>3723</v>
       </c>
       <c r="I305" t="s">
-        <v>3710</v>
+        <v>3724</v>
       </c>
       <c r="J305" t="s">
-        <v>3711</v>
+        <v>3725</v>
       </c>
       <c r="K305" t="s">
-        <v>3712</v>
-[...2 lines deleted...]
-        <v>3713</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B306" t="s">
-        <v>3714</v>
+        <v>3727</v>
       </c>
       <c r="C306" t="s">
         <v>13</v>
       </c>
       <c r="D306" t="s">
         <v>13</v>
       </c>
       <c r="E306" t="s">
-        <v>3715</v>
+        <v>3728</v>
       </c>
       <c r="F306" t="s">
         <v>13</v>
       </c>
       <c r="G306" t="s">
-        <v>3716</v>
+        <v>3729</v>
       </c>
       <c r="H306" t="s">
-        <v>3717</v>
+        <v>3730</v>
       </c>
       <c r="I306" t="s">
-        <v>3718</v>
+        <v>3731</v>
       </c>
       <c r="J306" t="s">
-        <v>3719</v>
+        <v>3732</v>
       </c>
       <c r="K306" t="s">
-        <v>3720</v>
+        <v>3733</v>
       </c>
       <c r="L306" t="s">
-        <v>3721</v>
+        <v>3734</v>
+      </c>
+      <c r="M306" t="s">
+        <v>3735</v>
+      </c>
+      <c r="N306" t="s">
+        <v>3736</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B307" t="s">
-        <v>3722</v>
+        <v>3737</v>
       </c>
       <c r="C307" t="s">
         <v>13</v>
       </c>
       <c r="D307" t="s">
         <v>13</v>
       </c>
       <c r="E307" t="s">
-        <v>3723</v>
+        <v>3738</v>
       </c>
       <c r="F307" t="s">
         <v>13</v>
       </c>
       <c r="G307" t="s">
-        <v>3724</v>
+        <v>3739</v>
       </c>
       <c r="H307" t="s">
-        <v>3725</v>
+        <v>3740</v>
       </c>
       <c r="I307" t="s">
-        <v>3726</v>
+        <v>3741</v>
       </c>
       <c r="J307" t="s">
-        <v>1612</v>
+        <v>3742</v>
       </c>
       <c r="K307" t="s">
-        <v>3727</v>
+        <v>3743</v>
       </c>
       <c r="L307" t="s">
-        <v>3728</v>
+        <v>3744</v>
       </c>
       <c r="M307" t="s">
-        <v>3729</v>
+        <v>3745</v>
       </c>
       <c r="N307" t="s">
-        <v>3730</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B308" t="s">
-        <v>3731</v>
+        <v>3747</v>
       </c>
       <c r="C308" t="s">
         <v>13</v>
       </c>
       <c r="D308" t="s">
         <v>13</v>
       </c>
       <c r="E308" t="s">
-        <v>3732</v>
+        <v>3748</v>
       </c>
       <c r="F308" t="s">
         <v>13</v>
       </c>
       <c r="G308" t="s">
-        <v>3733</v>
+        <v>3749</v>
       </c>
       <c r="H308" t="s">
-        <v>3734</v>
+        <v>3750</v>
       </c>
       <c r="I308" t="s">
-        <v>3735</v>
+        <v>3751</v>
       </c>
       <c r="J308" t="s">
-        <v>3616</v>
+        <v>3752</v>
       </c>
       <c r="K308" t="s">
-        <v>3736</v>
+        <v>3753</v>
       </c>
       <c r="L308" t="s">
-        <v>3737</v>
-[...8 lines deleted...]
-        <v>3740</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B309" t="s">
-        <v>3741</v>
+        <v>3755</v>
       </c>
       <c r="C309" t="s">
         <v>13</v>
       </c>
       <c r="D309" t="s">
         <v>13</v>
       </c>
       <c r="E309" t="s">
-        <v>3742</v>
+        <v>3756</v>
       </c>
       <c r="F309" t="s">
         <v>13</v>
       </c>
       <c r="G309" t="s">
-        <v>3743</v>
+        <v>3757</v>
       </c>
       <c r="H309" t="s">
-        <v>3744</v>
+        <v>3758</v>
       </c>
       <c r="I309" t="s">
-        <v>3745</v>
+        <v>3759</v>
       </c>
       <c r="J309" t="s">
-        <v>862</v>
+        <v>3760</v>
       </c>
       <c r="K309" t="s">
-        <v>3746</v>
+        <v>3761</v>
       </c>
       <c r="L309" t="s">
-        <v>3747</v>
-[...5 lines deleted...]
-        <v>3749</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B310" t="s">
-        <v>3750</v>
+        <v>3763</v>
       </c>
       <c r="C310" t="s">
         <v>13</v>
       </c>
       <c r="D310" t="s">
         <v>13</v>
       </c>
       <c r="E310" t="s">
-        <v>3751</v>
+        <v>3764</v>
       </c>
       <c r="F310" t="s">
         <v>13</v>
       </c>
       <c r="G310" t="s">
-        <v>3752</v>
+        <v>3765</v>
       </c>
       <c r="H310" t="s">
-        <v>3753</v>
+        <v>3766</v>
       </c>
       <c r="I310" t="s">
-        <v>3754</v>
+        <v>3767</v>
       </c>
       <c r="J310" t="s">
-        <v>3755</v>
+        <v>1679</v>
       </c>
       <c r="K310" t="s">
-        <v>3756</v>
+        <v>3768</v>
       </c>
       <c r="L310" t="s">
-        <v>3757</v>
+        <v>3769</v>
+      </c>
+      <c r="M310" t="s">
+        <v>3770</v>
+      </c>
+      <c r="N310" t="s">
+        <v>3771</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B311" t="s">
-        <v>3758</v>
+        <v>3772</v>
       </c>
       <c r="C311" t="s">
         <v>13</v>
       </c>
       <c r="D311" t="s">
         <v>13</v>
       </c>
       <c r="E311" t="s">
-        <v>3759</v>
+        <v>3773</v>
       </c>
       <c r="F311" t="s">
         <v>13</v>
       </c>
       <c r="G311" t="s">
-        <v>3760</v>
+        <v>3774</v>
       </c>
       <c r="H311" t="s">
-        <v>3761</v>
+        <v>3775</v>
       </c>
       <c r="I311" t="s">
-        <v>3762</v>
+        <v>3776</v>
       </c>
       <c r="J311" t="s">
-        <v>556</v>
+        <v>3657</v>
       </c>
       <c r="K311" t="s">
-        <v>3763</v>
+        <v>3777</v>
       </c>
       <c r="L311" t="s">
-        <v>3764</v>
+        <v>3778</v>
       </c>
       <c r="M311" t="s">
-        <v>3765</v>
+        <v>3779</v>
       </c>
       <c r="N311" t="s">
-        <v>3766</v>
+        <v>3780</v>
       </c>
       <c r="O311" t="s">
-        <v>3767</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B312" t="s">
-        <v>3768</v>
+        <v>3782</v>
       </c>
       <c r="C312" t="s">
         <v>13</v>
       </c>
       <c r="D312" t="s">
         <v>13</v>
       </c>
       <c r="E312" t="s">
-        <v>3769</v>
+        <v>3783</v>
       </c>
       <c r="F312" t="s">
         <v>13</v>
       </c>
       <c r="G312" t="s">
-        <v>3770</v>
+        <v>3784</v>
       </c>
       <c r="H312" t="s">
-        <v>3771</v>
+        <v>3785</v>
       </c>
       <c r="I312" t="s">
-        <v>3772</v>
+        <v>3786</v>
       </c>
       <c r="J312" t="s">
-        <v>1653</v>
+        <v>930</v>
       </c>
       <c r="K312" t="s">
-        <v>3773</v>
+        <v>3787</v>
       </c>
       <c r="L312" t="s">
-        <v>3774</v>
+        <v>3788</v>
       </c>
       <c r="M312" t="s">
-        <v>3775</v>
+        <v>3789</v>
       </c>
       <c r="N312" t="s">
-        <v>3776</v>
-[...20 lines deleted...]
-        <v>3783</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B313" t="s">
-        <v>3784</v>
+        <v>3791</v>
       </c>
       <c r="C313" t="s">
         <v>13</v>
       </c>
       <c r="D313" t="s">
         <v>13</v>
       </c>
       <c r="E313" t="s">
-        <v>3785</v>
+        <v>3792</v>
       </c>
       <c r="F313" t="s">
         <v>13</v>
       </c>
       <c r="G313" t="s">
-        <v>3786</v>
+        <v>3793</v>
       </c>
       <c r="H313" t="s">
-        <v>3787</v>
+        <v>3794</v>
       </c>
       <c r="I313" t="s">
-        <v>3788</v>
+        <v>3795</v>
       </c>
       <c r="J313" t="s">
-        <v>2706</v>
+        <v>3796</v>
       </c>
       <c r="K313" t="s">
-        <v>3789</v>
+        <v>3797</v>
       </c>
       <c r="L313" t="s">
-        <v>3790</v>
-[...5 lines deleted...]
-        <v>3792</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B314" t="s">
-        <v>3793</v>
+        <v>3799</v>
       </c>
       <c r="C314" t="s">
         <v>13</v>
       </c>
       <c r="D314" t="s">
         <v>13</v>
       </c>
       <c r="E314" t="s">
-        <v>3785</v>
+        <v>3800</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" t="s">
-        <v>3794</v>
+        <v>3801</v>
       </c>
       <c r="H314" t="s">
-        <v>3795</v>
+        <v>3802</v>
       </c>
       <c r="I314" t="s">
-        <v>3796</v>
+        <v>3803</v>
       </c>
       <c r="J314" t="s">
-        <v>3193</v>
+        <v>685</v>
       </c>
       <c r="K314" t="s">
-        <v>3797</v>
+        <v>3804</v>
       </c>
       <c r="L314" t="s">
-        <v>3798</v>
+        <v>3805</v>
       </c>
       <c r="M314" t="s">
-        <v>3799</v>
+        <v>3806</v>
       </c>
       <c r="N314" t="s">
-        <v>3800</v>
+        <v>3807</v>
+      </c>
+      <c r="O314" t="s">
+        <v>3808</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B315" t="s">
-        <v>3801</v>
+        <v>3809</v>
       </c>
       <c r="C315" t="s">
         <v>13</v>
       </c>
       <c r="D315" t="s">
         <v>13</v>
       </c>
       <c r="E315" t="s">
-        <v>3785</v>
+        <v>3810</v>
       </c>
       <c r="F315" t="s">
         <v>13</v>
       </c>
       <c r="G315" t="s">
-        <v>3802</v>
+        <v>3811</v>
       </c>
       <c r="H315" t="s">
-        <v>3803</v>
+        <v>3812</v>
       </c>
       <c r="I315" t="s">
-        <v>3804</v>
+        <v>3813</v>
       </c>
       <c r="J315" t="s">
-        <v>3193</v>
+        <v>1720</v>
       </c>
       <c r="K315" t="s">
-        <v>3805</v>
+        <v>3814</v>
       </c>
       <c r="L315" t="s">
-        <v>3806</v>
+        <v>3815</v>
       </c>
       <c r="M315" t="s">
-        <v>3807</v>
+        <v>3816</v>
+      </c>
+      <c r="N315" t="s">
+        <v>3817</v>
+      </c>
+      <c r="O315" t="s">
+        <v>3818</v>
+      </c>
+      <c r="P315" t="s">
+        <v>3819</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>3820</v>
+      </c>
+      <c r="R315" t="s">
+        <v>3821</v>
+      </c>
+      <c r="S315" t="s">
+        <v>3822</v>
+      </c>
+      <c r="T315" t="s">
+        <v>3823</v>
+      </c>
+      <c r="U315" t="s">
+        <v>3824</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B316" t="s">
-        <v>3808</v>
+        <v>3825</v>
       </c>
       <c r="C316" t="s">
         <v>13</v>
       </c>
       <c r="D316" t="s">
         <v>13</v>
       </c>
       <c r="E316" t="s">
-        <v>3809</v>
+        <v>3826</v>
       </c>
       <c r="F316" t="s">
         <v>13</v>
       </c>
       <c r="G316" t="s">
-        <v>3810</v>
+        <v>3827</v>
       </c>
       <c r="H316" t="s">
-        <v>3811</v>
+        <v>3828</v>
       </c>
       <c r="I316" t="s">
-        <v>3812</v>
+        <v>3829</v>
       </c>
       <c r="J316" t="s">
-        <v>1110</v>
+        <v>2747</v>
       </c>
       <c r="K316" t="s">
-        <v>3813</v>
+        <v>3830</v>
       </c>
       <c r="L316" t="s">
-        <v>3814</v>
+        <v>3831</v>
       </c>
       <c r="M316" t="s">
-        <v>3815</v>
+        <v>3832</v>
       </c>
       <c r="N316" t="s">
-        <v>3816</v>
-[...26 lines deleted...]
-        <v>3825</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B317" t="s">
+        <v>3834</v>
+      </c>
+      <c r="C317" t="s">
+        <v>13</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
         <v>3826</v>
       </c>
-      <c r="C317" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F317" t="s">
         <v>13</v>
       </c>
       <c r="G317" t="s">
-        <v>3828</v>
+        <v>3835</v>
       </c>
       <c r="H317" t="s">
-        <v>3829</v>
+        <v>3836</v>
       </c>
       <c r="I317" t="s">
-        <v>3830</v>
+        <v>3837</v>
       </c>
       <c r="J317" t="s">
-        <v>808</v>
+        <v>3234</v>
       </c>
       <c r="K317" t="s">
-        <v>3831</v>
+        <v>3838</v>
       </c>
       <c r="L317" t="s">
-        <v>3832</v>
+        <v>3839</v>
       </c>
       <c r="M317" t="s">
-        <v>3833</v>
+        <v>3840</v>
       </c>
       <c r="N317" t="s">
-        <v>3834</v>
-[...14 lines deleted...]
-        <v>3839</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B318" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="C318" t="s">
         <v>13</v>
       </c>
       <c r="D318" t="s">
         <v>13</v>
       </c>
       <c r="E318" t="s">
-        <v>3841</v>
+        <v>3826</v>
       </c>
       <c r="F318" t="s">
         <v>13</v>
       </c>
       <c r="G318" t="s">
-        <v>3842</v>
+        <v>3843</v>
       </c>
       <c r="H318" t="s">
-        <v>3843</v>
+        <v>3844</v>
       </c>
       <c r="I318" t="s">
-        <v>3844</v>
+        <v>3845</v>
       </c>
       <c r="J318" t="s">
-        <v>3845</v>
+        <v>3234</v>
       </c>
       <c r="K318" t="s">
         <v>3846</v>
       </c>
       <c r="L318" t="s">
         <v>3847</v>
       </c>
       <c r="M318" t="s">
         <v>3848</v>
       </c>
-      <c r="N318" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B319" t="s">
+        <v>3849</v>
+      </c>
+      <c r="C319" t="s">
+        <v>13</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
         <v>3850</v>
       </c>
-      <c r="C319" t="s">
-[...5 lines deleted...]
-      <c r="E319" t="s">
+      <c r="F319" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" t="s">
         <v>3851</v>
       </c>
-      <c r="F319" t="s">
-[...2 lines deleted...]
-      <c r="G319" t="s">
+      <c r="H319" t="s">
         <v>3852</v>
       </c>
-      <c r="H319" t="s">
+      <c r="I319" t="s">
         <v>3853</v>
       </c>
-      <c r="I319" t="s">
+      <c r="J319" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K319" t="s">
         <v>3854</v>
       </c>
-      <c r="J319" t="s">
-[...2 lines deleted...]
-      <c r="K319" t="s">
+      <c r="L319" t="s">
         <v>3855</v>
       </c>
-      <c r="L319" t="s">
+      <c r="M319" t="s">
         <v>3856</v>
+      </c>
+      <c r="N319" t="s">
+        <v>3857</v>
+      </c>
+      <c r="O319" t="s">
+        <v>3858</v>
+      </c>
+      <c r="P319" t="s">
+        <v>3859</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>3860</v>
+      </c>
+      <c r="R319" t="s">
+        <v>3861</v>
+      </c>
+      <c r="S319" t="s">
+        <v>3862</v>
+      </c>
+      <c r="T319" t="s">
+        <v>3863</v>
+      </c>
+      <c r="U319" t="s">
+        <v>3864</v>
+      </c>
+      <c r="V319" t="s">
+        <v>3865</v>
+      </c>
+      <c r="W319" t="s">
+        <v>3866</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B320" t="s">
-        <v>3857</v>
+        <v>3867</v>
       </c>
       <c r="C320" t="s">
         <v>13</v>
       </c>
       <c r="D320" t="s">
         <v>13</v>
       </c>
       <c r="E320" t="s">
-        <v>3858</v>
+        <v>3868</v>
       </c>
       <c r="F320" t="s">
         <v>13</v>
       </c>
       <c r="G320" t="s">
-        <v>3859</v>
+        <v>3869</v>
       </c>
       <c r="H320" t="s">
-        <v>3860</v>
+        <v>3870</v>
       </c>
       <c r="I320" t="s">
-        <v>3861</v>
+        <v>3871</v>
       </c>
       <c r="J320" t="s">
-        <v>1226</v>
+        <v>876</v>
       </c>
       <c r="K320" t="s">
-        <v>3862</v>
+        <v>3872</v>
       </c>
       <c r="L320" t="s">
-        <v>3863</v>
+        <v>3873</v>
       </c>
       <c r="M320" t="s">
-        <v>3864</v>
+        <v>3874</v>
+      </c>
+      <c r="N320" t="s">
+        <v>3875</v>
+      </c>
+      <c r="O320" t="s">
+        <v>3876</v>
+      </c>
+      <c r="P320" t="s">
+        <v>3877</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>3878</v>
+      </c>
+      <c r="R320" t="s">
+        <v>3879</v>
+      </c>
+      <c r="S320" t="s">
+        <v>3880</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B321" t="s">
-        <v>3865</v>
+        <v>3881</v>
       </c>
       <c r="C321" t="s">
         <v>13</v>
       </c>
       <c r="D321" t="s">
         <v>13</v>
       </c>
       <c r="E321" t="s">
-        <v>3866</v>
+        <v>3882</v>
       </c>
       <c r="F321" t="s">
         <v>13</v>
       </c>
       <c r="G321" t="s">
-        <v>3867</v>
+        <v>3883</v>
       </c>
       <c r="H321" t="s">
-        <v>3868</v>
+        <v>3884</v>
       </c>
       <c r="I321" t="s">
-        <v>3869</v>
+        <v>3885</v>
       </c>
       <c r="J321" t="s">
-        <v>3870</v>
+        <v>3886</v>
       </c>
       <c r="K321" t="s">
-        <v>3871</v>
+        <v>3887</v>
+      </c>
+      <c r="L321" t="s">
+        <v>3888</v>
+      </c>
+      <c r="M321" t="s">
+        <v>3889</v>
+      </c>
+      <c r="N321" t="s">
+        <v>3890</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B322" t="s">
-        <v>3872</v>
+        <v>3891</v>
       </c>
       <c r="C322" t="s">
         <v>13</v>
       </c>
       <c r="D322" t="s">
         <v>13</v>
       </c>
       <c r="E322" t="s">
-        <v>3866</v>
+        <v>3892</v>
       </c>
       <c r="F322" t="s">
         <v>13</v>
       </c>
       <c r="G322" t="s">
-        <v>3873</v>
+        <v>3893</v>
       </c>
       <c r="H322" t="s">
-        <v>3874</v>
+        <v>3894</v>
       </c>
       <c r="I322" t="s">
-        <v>3875</v>
+        <v>3895</v>
       </c>
       <c r="J322" t="s">
-        <v>879</v>
+        <v>907</v>
       </c>
       <c r="K322" t="s">
-        <v>3876</v>
+        <v>3896</v>
       </c>
       <c r="L322" t="s">
-        <v>3877</v>
-[...8 lines deleted...]
-        <v>3880</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B323" t="s">
-        <v>3881</v>
+        <v>3898</v>
       </c>
       <c r="C323" t="s">
         <v>13</v>
       </c>
       <c r="D323" t="s">
         <v>13</v>
       </c>
       <c r="E323" t="s">
-        <v>3882</v>
+        <v>3899</v>
       </c>
       <c r="F323" t="s">
         <v>13</v>
       </c>
       <c r="G323" t="s">
-        <v>3883</v>
+        <v>3900</v>
       </c>
       <c r="H323" t="s">
-        <v>3884</v>
+        <v>3901</v>
       </c>
       <c r="I323" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
       <c r="J323" t="s">
-        <v>2664</v>
+        <v>1293</v>
       </c>
       <c r="K323" t="s">
-        <v>3886</v>
+        <v>3903</v>
+      </c>
+      <c r="L323" t="s">
+        <v>3904</v>
+      </c>
+      <c r="M323" t="s">
+        <v>3905</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B324" t="s">
-        <v>3887</v>
+        <v>3906</v>
       </c>
       <c r="C324" t="s">
         <v>13</v>
       </c>
       <c r="D324" t="s">
         <v>13</v>
       </c>
       <c r="E324" t="s">
-        <v>3888</v>
+        <v>3907</v>
       </c>
       <c r="F324" t="s">
         <v>13</v>
       </c>
       <c r="G324" t="s">
-        <v>3889</v>
+        <v>3908</v>
       </c>
       <c r="H324" t="s">
-        <v>3890</v>
+        <v>3909</v>
       </c>
       <c r="I324" t="s">
-        <v>3891</v>
+        <v>3910</v>
       </c>
       <c r="J324" t="s">
-        <v>3892</v>
+        <v>3911</v>
       </c>
       <c r="K324" t="s">
-        <v>3893</v>
-[...11 lines deleted...]
-        <v>3897</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B325" t="s">
-        <v>3898</v>
+        <v>3913</v>
       </c>
       <c r="C325" t="s">
         <v>13</v>
       </c>
       <c r="D325" t="s">
         <v>13</v>
       </c>
       <c r="E325" t="s">
-        <v>3899</v>
+        <v>3907</v>
       </c>
       <c r="F325" t="s">
         <v>13</v>
       </c>
       <c r="G325" t="s">
-        <v>3900</v>
+        <v>3914</v>
       </c>
       <c r="H325" t="s">
-        <v>3901</v>
+        <v>3915</v>
       </c>
       <c r="I325" t="s">
-        <v>3902</v>
+        <v>3916</v>
       </c>
       <c r="J325" t="s">
-        <v>808</v>
+        <v>947</v>
       </c>
       <c r="K325" t="s">
-        <v>3903</v>
+        <v>3917</v>
       </c>
       <c r="L325" t="s">
-        <v>3904</v>
+        <v>3918</v>
       </c>
       <c r="M325" t="s">
-        <v>3905</v>
+        <v>3919</v>
       </c>
       <c r="N325" t="s">
-        <v>3906</v>
+        <v>3920</v>
       </c>
       <c r="O325" t="s">
-        <v>3907</v>
-[...2 lines deleted...]
-        <v>3908</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B326" t="s">
-        <v>3909</v>
+        <v>3922</v>
       </c>
       <c r="C326" t="s">
         <v>13</v>
       </c>
       <c r="D326" t="s">
         <v>13</v>
       </c>
       <c r="E326" t="s">
-        <v>3899</v>
+        <v>3923</v>
       </c>
       <c r="F326" t="s">
         <v>13</v>
       </c>
       <c r="G326" t="s">
-        <v>3910</v>
+        <v>3924</v>
       </c>
       <c r="H326" t="s">
-        <v>3911</v>
+        <v>3925</v>
       </c>
       <c r="I326" t="s">
-        <v>3912</v>
+        <v>3926</v>
       </c>
       <c r="J326" t="s">
-        <v>2396</v>
+        <v>2705</v>
       </c>
       <c r="K326" t="s">
-        <v>3913</v>
-[...8 lines deleted...]
-        <v>3916</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B327" t="s">
-        <v>3917</v>
+        <v>3928</v>
       </c>
       <c r="C327" t="s">
         <v>13</v>
       </c>
       <c r="D327" t="s">
         <v>13</v>
       </c>
       <c r="E327" t="s">
-        <v>3918</v>
+        <v>3929</v>
       </c>
       <c r="F327" t="s">
         <v>13</v>
       </c>
       <c r="G327" t="s">
-        <v>3919</v>
+        <v>3930</v>
       </c>
       <c r="H327" t="s">
-        <v>3920</v>
+        <v>3931</v>
       </c>
       <c r="I327" t="s">
-        <v>3921</v>
+        <v>3932</v>
       </c>
       <c r="J327" t="s">
-        <v>556</v>
+        <v>3933</v>
       </c>
       <c r="K327" t="s">
-        <v>3922</v>
+        <v>3934</v>
       </c>
       <c r="L327" t="s">
-        <v>3923</v>
+        <v>3935</v>
       </c>
       <c r="M327" t="s">
-        <v>3924</v>
+        <v>3936</v>
       </c>
       <c r="N327" t="s">
-        <v>3925</v>
+        <v>3937</v>
       </c>
       <c r="O327" t="s">
-        <v>3926</v>
-[...5 lines deleted...]
-        <v>3928</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B328" t="s">
-        <v>3929</v>
+        <v>3939</v>
       </c>
       <c r="C328" t="s">
         <v>13</v>
       </c>
       <c r="D328" t="s">
         <v>13</v>
       </c>
       <c r="E328" t="s">
-        <v>3930</v>
+        <v>3940</v>
       </c>
       <c r="F328" t="s">
         <v>13</v>
       </c>
       <c r="G328" t="s">
-        <v>3931</v>
+        <v>3941</v>
       </c>
       <c r="H328" t="s">
-        <v>3932</v>
+        <v>3942</v>
       </c>
       <c r="I328" t="s">
-        <v>3933</v>
+        <v>3943</v>
       </c>
       <c r="J328" t="s">
-        <v>2387</v>
+        <v>876</v>
       </c>
       <c r="K328" t="s">
-        <v>3934</v>
+        <v>3944</v>
       </c>
       <c r="L328" t="s">
-        <v>3935</v>
+        <v>3945</v>
       </c>
       <c r="M328" t="s">
-        <v>3936</v>
+        <v>3946</v>
       </c>
       <c r="N328" t="s">
-        <v>3937</v>
+        <v>3947</v>
       </c>
       <c r="O328" t="s">
-        <v>3938</v>
+        <v>3948</v>
       </c>
       <c r="P328" t="s">
-        <v>3939</v>
-[...8 lines deleted...]
-        <v>3942</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B329" t="s">
-        <v>3943</v>
+        <v>3950</v>
       </c>
       <c r="C329" t="s">
         <v>13</v>
       </c>
       <c r="D329" t="s">
         <v>13</v>
       </c>
       <c r="E329" t="s">
-        <v>3930</v>
+        <v>3940</v>
       </c>
       <c r="F329" t="s">
         <v>13</v>
       </c>
       <c r="G329" t="s">
-        <v>3944</v>
+        <v>3951</v>
       </c>
       <c r="H329" t="s">
-        <v>3945</v>
+        <v>3952</v>
       </c>
       <c r="I329" t="s">
-        <v>3946</v>
+        <v>3953</v>
       </c>
       <c r="J329" t="s">
-        <v>3947</v>
+        <v>2437</v>
       </c>
       <c r="K329" t="s">
-        <v>3948</v>
+        <v>3954</v>
       </c>
       <c r="L329" t="s">
-        <v>3949</v>
+        <v>3955</v>
       </c>
       <c r="M329" t="s">
-        <v>3950</v>
+        <v>3956</v>
       </c>
       <c r="N329" t="s">
-        <v>3951</v>
-[...11 lines deleted...]
-        <v>3955</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B330" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
       <c r="C330" t="s">
         <v>13</v>
       </c>
       <c r="D330" t="s">
         <v>13</v>
       </c>
       <c r="E330" t="s">
-        <v>3930</v>
+        <v>3959</v>
       </c>
       <c r="F330" t="s">
         <v>13</v>
       </c>
       <c r="G330" t="s">
-        <v>3957</v>
+        <v>3960</v>
       </c>
       <c r="H330" t="s">
-        <v>3958</v>
+        <v>3961</v>
       </c>
       <c r="I330" t="s">
-        <v>3959</v>
+        <v>3962</v>
       </c>
       <c r="J330" t="s">
-        <v>3024</v>
+        <v>685</v>
       </c>
       <c r="K330" t="s">
-        <v>3960</v>
+        <v>3963</v>
       </c>
       <c r="L330" t="s">
-        <v>3961</v>
+        <v>3964</v>
       </c>
       <c r="M330" t="s">
-        <v>3962</v>
+        <v>3965</v>
       </c>
       <c r="N330" t="s">
-        <v>3963</v>
+        <v>3966</v>
       </c>
       <c r="O330" t="s">
-        <v>3964</v>
+        <v>3967</v>
+      </c>
+      <c r="P330" t="s">
+        <v>3968</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>3969</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B331" t="s">
-        <v>3965</v>
+        <v>3970</v>
       </c>
       <c r="C331" t="s">
         <v>13</v>
       </c>
       <c r="D331" t="s">
         <v>13</v>
       </c>
       <c r="E331" t="s">
-        <v>3966</v>
+        <v>3971</v>
       </c>
       <c r="F331" t="s">
         <v>13</v>
       </c>
       <c r="G331" t="s">
-        <v>3967</v>
+        <v>3972</v>
       </c>
       <c r="H331" t="s">
-        <v>3968</v>
+        <v>3973</v>
       </c>
       <c r="I331" t="s">
-        <v>3969</v>
+        <v>3974</v>
       </c>
       <c r="J331" t="s">
-        <v>3193</v>
+        <v>2428</v>
       </c>
       <c r="K331" t="s">
-        <v>3970</v>
+        <v>3975</v>
       </c>
       <c r="L331" t="s">
-        <v>3971</v>
+        <v>3976</v>
+      </c>
+      <c r="M331" t="s">
+        <v>3977</v>
+      </c>
+      <c r="N331" t="s">
+        <v>3978</v>
+      </c>
+      <c r="O331" t="s">
+        <v>3979</v>
+      </c>
+      <c r="P331" t="s">
+        <v>3980</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>3981</v>
+      </c>
+      <c r="R331" t="s">
+        <v>3982</v>
+      </c>
+      <c r="S331" t="s">
+        <v>3983</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B332" t="s">
-        <v>3972</v>
+        <v>3984</v>
       </c>
       <c r="C332" t="s">
         <v>13</v>
       </c>
       <c r="D332" t="s">
         <v>13</v>
       </c>
       <c r="E332" t="s">
-        <v>3973</v>
+        <v>3971</v>
       </c>
       <c r="F332" t="s">
         <v>13</v>
       </c>
       <c r="G332" t="s">
-        <v>3974</v>
+        <v>3985</v>
       </c>
       <c r="H332" t="s">
-        <v>3975</v>
+        <v>3986</v>
       </c>
       <c r="I332" t="s">
-        <v>3976</v>
+        <v>3987</v>
       </c>
       <c r="J332" t="s">
-        <v>3977</v>
+        <v>3988</v>
       </c>
       <c r="K332" t="s">
-        <v>3978</v>
+        <v>3989</v>
       </c>
       <c r="L332" t="s">
-        <v>3979</v>
+        <v>3990</v>
+      </c>
+      <c r="M332" t="s">
+        <v>3991</v>
+      </c>
+      <c r="N332" t="s">
+        <v>3992</v>
+      </c>
+      <c r="O332" t="s">
+        <v>3993</v>
+      </c>
+      <c r="P332" t="s">
+        <v>3994</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>3995</v>
+      </c>
+      <c r="R332" t="s">
+        <v>3996</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B333" t="s">
-        <v>3980</v>
+        <v>3997</v>
       </c>
       <c r="C333" t="s">
         <v>13</v>
       </c>
       <c r="D333" t="s">
         <v>13</v>
       </c>
       <c r="E333" t="s">
-        <v>3981</v>
+        <v>3971</v>
       </c>
       <c r="F333" t="s">
         <v>13</v>
       </c>
       <c r="G333" t="s">
-        <v>3982</v>
+        <v>3998</v>
       </c>
       <c r="H333" t="s">
-        <v>3983</v>
+        <v>3999</v>
       </c>
       <c r="I333" t="s">
-        <v>3984</v>
+        <v>4000</v>
       </c>
       <c r="J333" t="s">
-        <v>839</v>
+        <v>3065</v>
       </c>
       <c r="K333" t="s">
-        <v>3985</v>
+        <v>4001</v>
+      </c>
+      <c r="L333" t="s">
+        <v>4002</v>
+      </c>
+      <c r="M333" t="s">
+        <v>4003</v>
+      </c>
+      <c r="N333" t="s">
+        <v>4004</v>
+      </c>
+      <c r="O333" t="s">
+        <v>4005</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B334" t="s">
-        <v>3986</v>
+        <v>4006</v>
       </c>
       <c r="C334" t="s">
         <v>13</v>
       </c>
       <c r="D334" t="s">
         <v>13</v>
       </c>
       <c r="E334" t="s">
-        <v>3987</v>
+        <v>4007</v>
       </c>
       <c r="F334" t="s">
         <v>13</v>
       </c>
       <c r="G334" t="s">
-        <v>3988</v>
+        <v>4008</v>
       </c>
       <c r="H334" t="s">
-        <v>3989</v>
+        <v>4009</v>
       </c>
       <c r="I334" t="s">
-        <v>3990</v>
+        <v>4010</v>
       </c>
       <c r="J334" t="s">
-        <v>483</v>
+        <v>3234</v>
       </c>
       <c r="K334" t="s">
-        <v>3991</v>
+        <v>4011</v>
       </c>
       <c r="L334" t="s">
-        <v>3992</v>
-[...8 lines deleted...]
-        <v>3995</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B335" t="s">
-        <v>3996</v>
+        <v>4013</v>
       </c>
       <c r="C335" t="s">
         <v>13</v>
       </c>
       <c r="D335" t="s">
         <v>13</v>
       </c>
       <c r="E335" t="s">
-        <v>3987</v>
+        <v>4014</v>
       </c>
       <c r="F335" t="s">
         <v>13</v>
       </c>
       <c r="G335" t="s">
-        <v>3997</v>
+        <v>4015</v>
       </c>
       <c r="H335" t="s">
-        <v>3998</v>
+        <v>4016</v>
       </c>
       <c r="I335" t="s">
-        <v>3999</v>
+        <v>4017</v>
       </c>
       <c r="J335" t="s">
-        <v>839</v>
+        <v>4018</v>
       </c>
       <c r="K335" t="s">
-        <v>4000</v>
+        <v>4019</v>
       </c>
       <c r="L335" t="s">
-        <v>4001</v>
-[...2 lines deleted...]
-        <v>4002</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B336" t="s">
-        <v>4003</v>
+        <v>4021</v>
       </c>
       <c r="C336" t="s">
         <v>13</v>
       </c>
       <c r="D336" t="s">
         <v>13</v>
       </c>
       <c r="E336" t="s">
-        <v>4004</v>
+        <v>4022</v>
       </c>
       <c r="F336" t="s">
         <v>13</v>
       </c>
       <c r="G336" t="s">
-        <v>4005</v>
+        <v>4023</v>
       </c>
       <c r="H336" t="s">
-        <v>4006</v>
+        <v>4024</v>
       </c>
       <c r="I336" t="s">
-        <v>4007</v>
+        <v>4025</v>
       </c>
       <c r="J336" t="s">
-        <v>4008</v>
+        <v>907</v>
       </c>
       <c r="K336" t="s">
-        <v>4009</v>
-[...5 lines deleted...]
-        <v>4011</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B337" t="s">
-        <v>4012</v>
+        <v>4027</v>
       </c>
       <c r="C337" t="s">
         <v>13</v>
       </c>
       <c r="D337" t="s">
         <v>13</v>
       </c>
       <c r="E337" t="s">
-        <v>4013</v>
+        <v>4028</v>
       </c>
       <c r="F337" t="s">
         <v>13</v>
       </c>
       <c r="G337" t="s">
-        <v>4014</v>
+        <v>4029</v>
       </c>
       <c r="H337" t="s">
-        <v>4015</v>
+        <v>4030</v>
       </c>
       <c r="I337" t="s">
-        <v>4016</v>
+        <v>4031</v>
       </c>
       <c r="J337" t="s">
-        <v>862</v>
+        <v>612</v>
       </c>
       <c r="K337" t="s">
-        <v>4017</v>
+        <v>4032</v>
       </c>
       <c r="L337" t="s">
-        <v>4018</v>
+        <v>4033</v>
       </c>
       <c r="M337" t="s">
-        <v>4019</v>
+        <v>4034</v>
       </c>
       <c r="N337" t="s">
-        <v>4020</v>
+        <v>4035</v>
       </c>
       <c r="O337" t="s">
-        <v>4021</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B338" t="s">
-        <v>4022</v>
+        <v>4037</v>
       </c>
       <c r="C338" t="s">
         <v>13</v>
       </c>
       <c r="D338" t="s">
         <v>13</v>
       </c>
       <c r="E338" t="s">
-        <v>4023</v>
+        <v>4028</v>
       </c>
       <c r="F338" t="s">
         <v>13</v>
       </c>
       <c r="G338" t="s">
-        <v>4024</v>
+        <v>4038</v>
       </c>
       <c r="H338" t="s">
-        <v>4025</v>
+        <v>4039</v>
       </c>
       <c r="I338" t="s">
-        <v>4026</v>
+        <v>4040</v>
       </c>
       <c r="J338" t="s">
-        <v>1931</v>
+        <v>907</v>
       </c>
       <c r="K338" t="s">
-        <v>4027</v>
+        <v>4041</v>
       </c>
       <c r="L338" t="s">
-        <v>4028</v>
+        <v>4042</v>
       </c>
       <c r="M338" t="s">
-        <v>4029</v>
-[...8 lines deleted...]
-        <v>4032</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B339" t="s">
-        <v>4033</v>
+        <v>4044</v>
       </c>
       <c r="C339" t="s">
         <v>13</v>
       </c>
       <c r="D339" t="s">
         <v>13</v>
       </c>
       <c r="E339" t="s">
-        <v>4034</v>
+        <v>4045</v>
       </c>
       <c r="F339" t="s">
         <v>13</v>
       </c>
       <c r="G339" t="s">
-        <v>4035</v>
+        <v>4046</v>
       </c>
       <c r="H339" t="s">
-        <v>4036</v>
+        <v>4047</v>
       </c>
       <c r="I339" t="s">
-        <v>4037</v>
+        <v>4048</v>
       </c>
       <c r="J339" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
       <c r="K339" t="s">
-        <v>4039</v>
+        <v>4050</v>
       </c>
       <c r="L339" t="s">
-        <v>4040</v>
+        <v>4051</v>
       </c>
       <c r="M339" t="s">
-        <v>4041</v>
-[...2 lines deleted...]
-        <v>4042</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B340" t="s">
-        <v>4043</v>
+        <v>4053</v>
       </c>
       <c r="C340" t="s">
         <v>13</v>
       </c>
       <c r="D340" t="s">
         <v>13</v>
       </c>
       <c r="E340" t="s">
-        <v>4044</v>
+        <v>4054</v>
       </c>
       <c r="F340" t="s">
         <v>13</v>
       </c>
       <c r="G340" t="s">
-        <v>4045</v>
+        <v>4055</v>
       </c>
       <c r="H340" t="s">
-        <v>4046</v>
+        <v>4056</v>
       </c>
       <c r="I340" t="s">
-        <v>4047</v>
+        <v>4057</v>
       </c>
       <c r="J340" t="s">
-        <v>1653</v>
+        <v>930</v>
       </c>
       <c r="K340" t="s">
-        <v>4048</v>
+        <v>4058</v>
       </c>
       <c r="L340" t="s">
-        <v>4049</v>
+        <v>4059</v>
       </c>
       <c r="M340" t="s">
-        <v>4050</v>
+        <v>4060</v>
       </c>
       <c r="N340" t="s">
-        <v>4051</v>
+        <v>4061</v>
       </c>
       <c r="O340" t="s">
-        <v>4052</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B341" t="s">
-        <v>4053</v>
+        <v>4063</v>
       </c>
       <c r="C341" t="s">
         <v>13</v>
       </c>
       <c r="D341" t="s">
         <v>13</v>
       </c>
       <c r="E341" t="s">
-        <v>3866</v>
+        <v>4064</v>
       </c>
       <c r="F341" t="s">
         <v>13</v>
       </c>
       <c r="G341" t="s">
-        <v>4054</v>
+        <v>4065</v>
       </c>
       <c r="H341" t="s">
-        <v>4055</v>
+        <v>4066</v>
       </c>
       <c r="I341" t="s">
-        <v>4056</v>
+        <v>4067</v>
       </c>
       <c r="J341" t="s">
-        <v>2139</v>
+        <v>1998</v>
       </c>
       <c r="K341" t="s">
-        <v>4057</v>
+        <v>4068</v>
+      </c>
+      <c r="L341" t="s">
+        <v>4069</v>
+      </c>
+      <c r="M341" t="s">
+        <v>4070</v>
+      </c>
+      <c r="N341" t="s">
+        <v>4071</v>
+      </c>
+      <c r="O341" t="s">
+        <v>4072</v>
+      </c>
+      <c r="P341" t="s">
+        <v>4073</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B342" t="s">
-        <v>4058</v>
+        <v>4074</v>
       </c>
       <c r="C342" t="s">
         <v>13</v>
       </c>
       <c r="D342" t="s">
         <v>13</v>
       </c>
       <c r="E342" t="s">
-        <v>4059</v>
+        <v>4075</v>
       </c>
       <c r="F342" t="s">
         <v>13</v>
       </c>
       <c r="G342" t="s">
-        <v>4060</v>
+        <v>4076</v>
       </c>
       <c r="H342" t="s">
-        <v>4061</v>
+        <v>4077</v>
       </c>
       <c r="I342" t="s">
-        <v>4062</v>
+        <v>4078</v>
       </c>
       <c r="J342" t="s">
-        <v>434</v>
+        <v>4079</v>
       </c>
       <c r="K342" t="s">
-        <v>4063</v>
+        <v>4080</v>
       </c>
       <c r="L342" t="s">
-        <v>4064</v>
+        <v>4081</v>
+      </c>
+      <c r="M342" t="s">
+        <v>4082</v>
+      </c>
+      <c r="N342" t="s">
+        <v>4083</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B343" t="s">
-        <v>4065</v>
+        <v>4084</v>
       </c>
       <c r="C343" t="s">
         <v>13</v>
       </c>
       <c r="D343" t="s">
         <v>13</v>
       </c>
       <c r="E343" t="s">
-        <v>4059</v>
+        <v>4085</v>
       </c>
       <c r="F343" t="s">
         <v>13</v>
       </c>
       <c r="G343" t="s">
-        <v>4066</v>
+        <v>4086</v>
       </c>
       <c r="H343" t="s">
-        <v>4067</v>
+        <v>4087</v>
       </c>
       <c r="I343" t="s">
-        <v>4068</v>
+        <v>4088</v>
       </c>
       <c r="J343" t="s">
-        <v>4069</v>
+        <v>1720</v>
       </c>
       <c r="K343" t="s">
-        <v>4070</v>
+        <v>4089</v>
+      </c>
+      <c r="L343" t="s">
+        <v>4090</v>
+      </c>
+      <c r="M343" t="s">
+        <v>4091</v>
+      </c>
+      <c r="N343" t="s">
+        <v>4092</v>
+      </c>
+      <c r="O343" t="s">
+        <v>4093</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B344" t="s">
-        <v>4071</v>
+        <v>4094</v>
       </c>
       <c r="C344" t="s">
         <v>13</v>
       </c>
       <c r="D344" t="s">
         <v>13</v>
       </c>
       <c r="E344" t="s">
-        <v>4072</v>
+        <v>3907</v>
       </c>
       <c r="F344" t="s">
         <v>13</v>
       </c>
       <c r="G344" t="s">
-        <v>4073</v>
+        <v>4095</v>
       </c>
       <c r="H344" t="s">
-        <v>4074</v>
+        <v>4096</v>
       </c>
       <c r="I344" t="s">
-        <v>4075</v>
+        <v>4097</v>
       </c>
       <c r="J344" t="s">
-        <v>933</v>
+        <v>461</v>
       </c>
       <c r="K344" t="s">
-        <v>4076</v>
-[...8 lines deleted...]
-        <v>4079</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>4080</v>
+        <v>4099</v>
       </c>
       <c r="C345" t="s">
         <v>13</v>
       </c>
       <c r="D345" t="s">
         <v>13</v>
       </c>
       <c r="E345" t="s">
-        <v>4081</v>
+        <v>4100</v>
       </c>
       <c r="F345" t="s">
         <v>13</v>
       </c>
       <c r="G345" t="s">
-        <v>4082</v>
+        <v>4101</v>
       </c>
       <c r="H345" t="s">
-        <v>4083</v>
+        <v>4102</v>
       </c>
       <c r="I345" t="s">
-        <v>4084</v>
+        <v>4103</v>
       </c>
       <c r="J345" t="s">
-        <v>4085</v>
+        <v>563</v>
       </c>
       <c r="K345" t="s">
-        <v>4086</v>
+        <v>4104</v>
+      </c>
+      <c r="L345" t="s">
+        <v>4105</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B346" t="s">
-        <v>4087</v>
+        <v>4106</v>
       </c>
       <c r="C346" t="s">
         <v>13</v>
       </c>
       <c r="D346" t="s">
         <v>13</v>
       </c>
       <c r="E346" t="s">
-        <v>4088</v>
+        <v>4100</v>
       </c>
       <c r="F346" t="s">
         <v>13</v>
       </c>
       <c r="G346" t="s">
-        <v>4089</v>
+        <v>4107</v>
       </c>
       <c r="H346" t="s">
-        <v>4090</v>
+        <v>4108</v>
       </c>
       <c r="I346" t="s">
-        <v>4091</v>
+        <v>4109</v>
       </c>
       <c r="J346" t="s">
-        <v>3024</v>
+        <v>4110</v>
       </c>
       <c r="K346" t="s">
-        <v>4092</v>
-[...11 lines deleted...]
-        <v>4096</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B347" t="s">
-        <v>4097</v>
+        <v>4112</v>
       </c>
       <c r="C347" t="s">
         <v>13</v>
       </c>
       <c r="D347" t="s">
         <v>13</v>
       </c>
       <c r="E347" t="s">
-        <v>4098</v>
+        <v>4113</v>
       </c>
       <c r="F347" t="s">
         <v>13</v>
       </c>
       <c r="G347" t="s">
-        <v>4099</v>
+        <v>4114</v>
       </c>
       <c r="H347" t="s">
-        <v>4100</v>
+        <v>4115</v>
       </c>
       <c r="I347" t="s">
-        <v>4101</v>
+        <v>4116</v>
       </c>
       <c r="J347" t="s">
-        <v>341</v>
+        <v>1000</v>
       </c>
       <c r="K347" t="s">
-        <v>4102</v>
+        <v>4117</v>
+      </c>
+      <c r="L347" t="s">
+        <v>4118</v>
+      </c>
+      <c r="M347" t="s">
+        <v>4119</v>
+      </c>
+      <c r="N347" t="s">
+        <v>4120</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>4103</v>
+        <v>4121</v>
       </c>
       <c r="C348" t="s">
         <v>13</v>
       </c>
       <c r="D348" t="s">
         <v>13</v>
       </c>
       <c r="E348" t="s">
-        <v>4104</v>
+        <v>4122</v>
       </c>
       <c r="F348" t="s">
         <v>13</v>
       </c>
       <c r="G348" t="s">
-        <v>4105</v>
+        <v>4123</v>
       </c>
       <c r="H348" t="s">
-        <v>4106</v>
+        <v>4124</v>
       </c>
       <c r="I348" t="s">
-        <v>4107</v>
+        <v>4125</v>
       </c>
       <c r="J348" t="s">
-        <v>4108</v>
+        <v>4126</v>
       </c>
       <c r="K348" t="s">
-        <v>4109</v>
-[...11 lines deleted...]
-        <v>4113</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B349" t="s">
-        <v>4114</v>
+        <v>4128</v>
       </c>
       <c r="C349" t="s">
         <v>13</v>
       </c>
       <c r="D349" t="s">
         <v>13</v>
       </c>
       <c r="E349" t="s">
-        <v>4104</v>
+        <v>4129</v>
       </c>
       <c r="F349" t="s">
         <v>13</v>
       </c>
       <c r="G349" t="s">
-        <v>4115</v>
+        <v>4130</v>
       </c>
       <c r="H349" t="s">
-        <v>4116</v>
+        <v>4131</v>
       </c>
       <c r="I349" t="s">
-        <v>4117</v>
+        <v>4132</v>
       </c>
       <c r="J349" t="s">
-        <v>1217</v>
+        <v>3065</v>
       </c>
       <c r="K349" t="s">
-        <v>4118</v>
+        <v>4133</v>
       </c>
       <c r="L349" t="s">
-        <v>4119</v>
+        <v>4134</v>
       </c>
       <c r="M349" t="s">
-        <v>4120</v>
+        <v>4135</v>
       </c>
       <c r="N349" t="s">
-        <v>4121</v>
+        <v>4136</v>
+      </c>
+      <c r="O349" t="s">
+        <v>4137</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B350" t="s">
-        <v>4122</v>
+        <v>4138</v>
       </c>
       <c r="C350" t="s">
         <v>13</v>
       </c>
       <c r="D350" t="s">
         <v>13</v>
       </c>
       <c r="E350" t="s">
-        <v>4123</v>
+        <v>4139</v>
       </c>
       <c r="F350" t="s">
         <v>13</v>
       </c>
       <c r="G350" t="s">
-        <v>4124</v>
+        <v>4140</v>
       </c>
       <c r="H350" t="s">
-        <v>4125</v>
+        <v>4141</v>
       </c>
       <c r="I350" t="s">
-        <v>555</v>
+        <v>4142</v>
       </c>
       <c r="J350" t="s">
-        <v>4126</v>
+        <v>353</v>
       </c>
       <c r="K350" t="s">
-        <v>4127</v>
-[...17 lines deleted...]
-        <v>4133</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B351" t="s">
-        <v>4134</v>
+        <v>4144</v>
       </c>
       <c r="C351" t="s">
         <v>13</v>
       </c>
       <c r="D351" t="s">
         <v>13</v>
       </c>
       <c r="E351" t="s">
-        <v>4135</v>
+        <v>4145</v>
       </c>
       <c r="F351" t="s">
         <v>13</v>
       </c>
       <c r="G351" t="s">
-        <v>4136</v>
+        <v>4146</v>
       </c>
       <c r="H351" t="s">
-        <v>4137</v>
+        <v>4147</v>
       </c>
       <c r="I351" t="s">
-        <v>4138</v>
+        <v>4148</v>
       </c>
       <c r="J351" t="s">
-        <v>4139</v>
+        <v>4149</v>
       </c>
       <c r="K351" t="s">
-        <v>4140</v>
+        <v>4150</v>
+      </c>
+      <c r="L351" t="s">
+        <v>4151</v>
+      </c>
+      <c r="M351" t="s">
+        <v>4152</v>
+      </c>
+      <c r="N351" t="s">
+        <v>4153</v>
+      </c>
+      <c r="O351" t="s">
+        <v>4154</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B352" t="s">
-        <v>4141</v>
+        <v>4155</v>
       </c>
       <c r="C352" t="s">
         <v>13</v>
       </c>
       <c r="D352" t="s">
         <v>13</v>
       </c>
       <c r="E352" t="s">
-        <v>4142</v>
+        <v>4145</v>
       </c>
       <c r="F352" t="s">
         <v>13</v>
       </c>
       <c r="G352" t="s">
-        <v>4143</v>
+        <v>4156</v>
       </c>
       <c r="H352" t="s">
-        <v>4144</v>
+        <v>4157</v>
       </c>
       <c r="I352" t="s">
-        <v>4145</v>
+        <v>4158</v>
       </c>
       <c r="J352" t="s">
-        <v>4146</v>
+        <v>1284</v>
       </c>
       <c r="K352" t="s">
-        <v>4147</v>
+        <v>4159</v>
+      </c>
+      <c r="L352" t="s">
+        <v>4160</v>
+      </c>
+      <c r="M352" t="s">
+        <v>4161</v>
+      </c>
+      <c r="N352" t="s">
+        <v>4162</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B353" t="s">
-        <v>4148</v>
+        <v>4163</v>
       </c>
       <c r="C353" t="s">
         <v>13</v>
       </c>
       <c r="D353" t="s">
         <v>13</v>
       </c>
       <c r="E353" t="s">
-        <v>4149</v>
+        <v>4164</v>
       </c>
       <c r="F353" t="s">
         <v>13</v>
       </c>
       <c r="G353" t="s">
-        <v>4150</v>
+        <v>4165</v>
       </c>
       <c r="H353" t="s">
-        <v>4151</v>
+        <v>4166</v>
       </c>
       <c r="I353" t="s">
-        <v>4152</v>
+        <v>684</v>
       </c>
       <c r="J353" t="s">
-        <v>4153</v>
+        <v>4167</v>
       </c>
       <c r="K353" t="s">
-        <v>4154</v>
+        <v>4168</v>
       </c>
       <c r="L353" t="s">
-        <v>4155</v>
+        <v>4169</v>
       </c>
       <c r="M353" t="s">
-        <v>4156</v>
+        <v>4170</v>
       </c>
       <c r="N353" t="s">
-        <v>4157</v>
+        <v>4171</v>
       </c>
       <c r="O353" t="s">
-        <v>4158</v>
+        <v>4172</v>
+      </c>
+      <c r="P353" t="s">
+        <v>4173</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>4174</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B354" t="s">
-        <v>4159</v>
+        <v>4175</v>
       </c>
       <c r="C354" t="s">
         <v>13</v>
       </c>
       <c r="D354" t="s">
         <v>13</v>
       </c>
       <c r="E354" t="s">
-        <v>4160</v>
+        <v>4176</v>
       </c>
       <c r="F354" t="s">
         <v>13</v>
       </c>
       <c r="G354" t="s">
-        <v>4161</v>
+        <v>4177</v>
       </c>
       <c r="H354" t="s">
-        <v>4162</v>
+        <v>4178</v>
       </c>
       <c r="I354" t="s">
-        <v>4163</v>
+        <v>4179</v>
       </c>
       <c r="J354" t="s">
-        <v>839</v>
+        <v>4180</v>
       </c>
       <c r="K354" t="s">
-        <v>4164</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B355" t="s">
-        <v>4165</v>
+        <v>4182</v>
       </c>
       <c r="C355" t="s">
         <v>13</v>
       </c>
       <c r="D355" t="s">
         <v>13</v>
       </c>
       <c r="E355" t="s">
-        <v>4166</v>
+        <v>4183</v>
       </c>
       <c r="F355" t="s">
         <v>13</v>
       </c>
       <c r="G355" t="s">
-        <v>4167</v>
+        <v>4184</v>
       </c>
       <c r="H355" t="s">
-        <v>4168</v>
+        <v>4185</v>
       </c>
       <c r="I355" t="s">
-        <v>4169</v>
+        <v>4186</v>
       </c>
       <c r="J355" t="s">
-        <v>3193</v>
+        <v>4187</v>
       </c>
       <c r="K355" t="s">
-        <v>4170</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B356" t="s">
-        <v>4171</v>
+        <v>4189</v>
       </c>
       <c r="C356" t="s">
         <v>13</v>
       </c>
       <c r="D356" t="s">
         <v>13</v>
       </c>
       <c r="E356" t="s">
-        <v>4172</v>
+        <v>4190</v>
       </c>
       <c r="F356" t="s">
         <v>13</v>
       </c>
       <c r="G356" t="s">
-        <v>4173</v>
+        <v>4191</v>
       </c>
       <c r="H356" t="s">
-        <v>4174</v>
+        <v>4192</v>
       </c>
       <c r="I356" t="s">
-        <v>4175</v>
+        <v>4193</v>
       </c>
       <c r="J356" t="s">
-        <v>1612</v>
+        <v>4194</v>
       </c>
       <c r="K356" t="s">
-        <v>4176</v>
+        <v>4195</v>
       </c>
       <c r="L356" t="s">
-        <v>4177</v>
+        <v>4196</v>
       </c>
       <c r="M356" t="s">
-        <v>4178</v>
+        <v>4197</v>
       </c>
       <c r="N356" t="s">
-        <v>4179</v>
+        <v>4198</v>
+      </c>
+      <c r="O356" t="s">
+        <v>4199</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B357" t="s">
-        <v>4180</v>
+        <v>4200</v>
       </c>
       <c r="C357" t="s">
         <v>13</v>
       </c>
       <c r="D357" t="s">
         <v>13</v>
       </c>
       <c r="E357" t="s">
-        <v>4181</v>
+        <v>4201</v>
       </c>
       <c r="F357" t="s">
         <v>13</v>
       </c>
       <c r="G357" t="s">
-        <v>4182</v>
+        <v>4202</v>
       </c>
       <c r="H357" t="s">
-        <v>4183</v>
+        <v>4203</v>
       </c>
       <c r="I357" t="s">
-        <v>4184</v>
+        <v>4204</v>
       </c>
       <c r="J357" t="s">
-        <v>341</v>
+        <v>907</v>
       </c>
       <c r="K357" t="s">
-        <v>4185</v>
-[...17 lines deleted...]
-        <v>4191</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B358" t="s">
-        <v>4192</v>
+        <v>4206</v>
       </c>
       <c r="C358" t="s">
         <v>13</v>
       </c>
       <c r="D358" t="s">
         <v>13</v>
       </c>
       <c r="E358" t="s">
-        <v>4193</v>
+        <v>4207</v>
       </c>
       <c r="F358" t="s">
         <v>13</v>
       </c>
       <c r="G358" t="s">
-        <v>4194</v>
+        <v>4208</v>
       </c>
       <c r="H358" t="s">
-        <v>4195</v>
+        <v>4209</v>
       </c>
       <c r="I358" t="s">
-        <v>4196</v>
+        <v>4210</v>
       </c>
       <c r="J358" t="s">
-        <v>556</v>
+        <v>3234</v>
       </c>
       <c r="K358" t="s">
-        <v>4197</v>
-[...17 lines deleted...]
-        <v>4203</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B359" t="s">
-        <v>4204</v>
+        <v>4212</v>
       </c>
       <c r="C359" t="s">
         <v>13</v>
       </c>
       <c r="D359" t="s">
         <v>13</v>
       </c>
       <c r="E359" t="s">
-        <v>4205</v>
+        <v>4213</v>
       </c>
       <c r="F359" t="s">
         <v>13</v>
       </c>
       <c r="G359" t="s">
-        <v>4206</v>
+        <v>4214</v>
       </c>
       <c r="H359" t="s">
-        <v>4207</v>
+        <v>4215</v>
       </c>
       <c r="I359" t="s">
-        <v>4208</v>
+        <v>4216</v>
       </c>
       <c r="J359" t="s">
-        <v>4038</v>
+        <v>1679</v>
       </c>
       <c r="K359" t="s">
-        <v>4209</v>
+        <v>4217</v>
       </c>
       <c r="L359" t="s">
-        <v>4210</v>
+        <v>4218</v>
       </c>
       <c r="M359" t="s">
-        <v>4211</v>
+        <v>4219</v>
       </c>
       <c r="N359" t="s">
-        <v>4212</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B360" t="s">
-        <v>4213</v>
+        <v>4221</v>
       </c>
       <c r="C360" t="s">
         <v>13</v>
       </c>
       <c r="D360" t="s">
         <v>13</v>
       </c>
       <c r="E360" t="s">
-        <v>4214</v>
+        <v>4222</v>
       </c>
       <c r="F360" t="s">
         <v>13</v>
       </c>
       <c r="G360" t="s">
-        <v>4215</v>
+        <v>4223</v>
       </c>
       <c r="H360" t="s">
-        <v>4216</v>
+        <v>4224</v>
       </c>
       <c r="I360" t="s">
-        <v>4217</v>
+        <v>4225</v>
       </c>
       <c r="J360" t="s">
-        <v>1931</v>
+        <v>353</v>
       </c>
       <c r="K360" t="s">
-        <v>4218</v>
+        <v>4226</v>
       </c>
       <c r="L360" t="s">
-        <v>4219</v>
+        <v>4227</v>
       </c>
       <c r="M360" t="s">
-        <v>4220</v>
+        <v>4228</v>
       </c>
       <c r="N360" t="s">
-        <v>4221</v>
+        <v>4229</v>
       </c>
       <c r="O360" t="s">
-        <v>4222</v>
+        <v>4230</v>
       </c>
       <c r="P360" t="s">
-        <v>4223</v>
+        <v>4231</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>4232</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B361" t="s">
-        <v>4224</v>
+        <v>4233</v>
       </c>
       <c r="C361" t="s">
         <v>13</v>
       </c>
       <c r="D361" t="s">
         <v>13</v>
       </c>
       <c r="E361" t="s">
-        <v>4225</v>
+        <v>4234</v>
       </c>
       <c r="F361" t="s">
         <v>13</v>
       </c>
       <c r="G361" t="s">
-        <v>4226</v>
+        <v>4235</v>
       </c>
       <c r="H361" t="s">
-        <v>4227</v>
+        <v>4236</v>
       </c>
       <c r="I361" t="s">
-        <v>4228</v>
+        <v>4237</v>
       </c>
       <c r="J361" t="s">
-        <v>862</v>
+        <v>685</v>
       </c>
       <c r="K361" t="s">
-        <v>4229</v>
+        <v>4238</v>
       </c>
       <c r="L361" t="s">
-        <v>4230</v>
+        <v>4239</v>
+      </c>
+      <c r="M361" t="s">
+        <v>4240</v>
+      </c>
+      <c r="N361" t="s">
+        <v>4241</v>
+      </c>
+      <c r="O361" t="s">
+        <v>4242</v>
+      </c>
+      <c r="P361" t="s">
+        <v>4243</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>4244</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B362" t="s">
-        <v>4231</v>
+        <v>4245</v>
       </c>
       <c r="C362" t="s">
         <v>13</v>
       </c>
       <c r="D362" t="s">
         <v>13</v>
       </c>
       <c r="E362" t="s">
-        <v>4232</v>
+        <v>4246</v>
       </c>
       <c r="F362" t="s">
         <v>13</v>
       </c>
       <c r="G362" t="s">
-        <v>4233</v>
+        <v>4247</v>
       </c>
       <c r="H362" t="s">
-        <v>4234</v>
+        <v>4248</v>
       </c>
       <c r="I362" t="s">
-        <v>4235</v>
+        <v>4249</v>
       </c>
       <c r="J362" t="s">
-        <v>1612</v>
+        <v>4079</v>
       </c>
       <c r="K362" t="s">
-        <v>4236</v>
+        <v>4250</v>
       </c>
       <c r="L362" t="s">
-        <v>4237</v>
+        <v>4251</v>
       </c>
       <c r="M362" t="s">
-        <v>4238</v>
+        <v>4252</v>
       </c>
       <c r="N362" t="s">
-        <v>4239</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B363" t="s">
-        <v>4240</v>
+        <v>4254</v>
       </c>
       <c r="C363" t="s">
         <v>13</v>
       </c>
       <c r="D363" t="s">
         <v>13</v>
       </c>
       <c r="E363" t="s">
-        <v>4241</v>
+        <v>4255</v>
       </c>
       <c r="F363" t="s">
         <v>13</v>
       </c>
       <c r="G363" t="s">
-        <v>4242</v>
+        <v>4256</v>
       </c>
       <c r="H363" t="s">
-        <v>4243</v>
+        <v>4257</v>
       </c>
       <c r="I363" t="s">
-        <v>4244</v>
+        <v>4258</v>
       </c>
       <c r="J363" t="s">
-        <v>839</v>
+        <v>1998</v>
       </c>
       <c r="K363" t="s">
-        <v>4245</v>
+        <v>4259</v>
+      </c>
+      <c r="L363" t="s">
+        <v>4260</v>
+      </c>
+      <c r="M363" t="s">
+        <v>4261</v>
+      </c>
+      <c r="N363" t="s">
+        <v>4262</v>
+      </c>
+      <c r="O363" t="s">
+        <v>4263</v>
+      </c>
+      <c r="P363" t="s">
+        <v>4264</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B364" t="s">
-        <v>4246</v>
+        <v>4265</v>
       </c>
       <c r="C364" t="s">
         <v>13</v>
       </c>
       <c r="D364" t="s">
         <v>13</v>
       </c>
       <c r="E364" t="s">
-        <v>4247</v>
+        <v>4266</v>
       </c>
       <c r="F364" t="s">
         <v>13</v>
       </c>
       <c r="G364" t="s">
-        <v>4248</v>
+        <v>4267</v>
       </c>
       <c r="H364" t="s">
-        <v>4249</v>
+        <v>4268</v>
       </c>
       <c r="I364" t="s">
-        <v>4250</v>
+        <v>4269</v>
       </c>
       <c r="J364" t="s">
-        <v>1543</v>
+        <v>930</v>
       </c>
       <c r="K364" t="s">
-        <v>4251</v>
+        <v>4270</v>
+      </c>
+      <c r="L364" t="s">
+        <v>4271</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B365" t="s">
-        <v>4252</v>
+        <v>4272</v>
       </c>
       <c r="C365" t="s">
         <v>13</v>
       </c>
       <c r="D365" t="s">
         <v>13</v>
       </c>
       <c r="E365" t="s">
-        <v>4253</v>
+        <v>4273</v>
       </c>
       <c r="F365" t="s">
         <v>13</v>
       </c>
       <c r="G365" t="s">
-        <v>4254</v>
+        <v>4274</v>
       </c>
       <c r="H365" t="s">
-        <v>4255</v>
+        <v>4275</v>
       </c>
       <c r="I365" t="s">
-        <v>1670</v>
+        <v>4276</v>
       </c>
       <c r="J365" t="s">
-        <v>1217</v>
+        <v>1679</v>
       </c>
       <c r="K365" t="s">
-        <v>4256</v>
+        <v>4277</v>
       </c>
       <c r="L365" t="s">
-        <v>4257</v>
+        <v>4278</v>
+      </c>
+      <c r="M365" t="s">
+        <v>4279</v>
+      </c>
+      <c r="N365" t="s">
+        <v>4280</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B366" t="s">
-        <v>4258</v>
+        <v>4281</v>
       </c>
       <c r="C366" t="s">
         <v>13</v>
       </c>
       <c r="D366" t="s">
         <v>13</v>
       </c>
       <c r="E366" t="s">
-        <v>4259</v>
+        <v>4282</v>
       </c>
       <c r="F366" t="s">
         <v>13</v>
       </c>
       <c r="G366" t="s">
-        <v>4260</v>
+        <v>4283</v>
       </c>
       <c r="H366" t="s">
-        <v>4261</v>
+        <v>4284</v>
       </c>
       <c r="I366" t="s">
-        <v>4262</v>
+        <v>4285</v>
       </c>
       <c r="J366" t="s">
-        <v>1100</v>
+        <v>907</v>
       </c>
       <c r="K366" t="s">
-        <v>4263</v>
-[...8 lines deleted...]
-        <v>4266</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B367" t="s">
-        <v>4267</v>
+        <v>4287</v>
       </c>
       <c r="C367" t="s">
         <v>13</v>
       </c>
       <c r="D367" t="s">
         <v>13</v>
       </c>
       <c r="E367" t="s">
-        <v>4268</v>
+        <v>4288</v>
       </c>
       <c r="F367" t="s">
         <v>13</v>
       </c>
       <c r="G367" t="s">
-        <v>4269</v>
+        <v>4289</v>
       </c>
       <c r="H367" t="s">
-        <v>4270</v>
+        <v>4290</v>
       </c>
       <c r="I367" t="s">
-        <v>4271</v>
+        <v>4291</v>
       </c>
       <c r="J367" t="s">
-        <v>4272</v>
+        <v>1610</v>
       </c>
       <c r="K367" t="s">
-        <v>4273</v>
-[...8 lines deleted...]
-        <v>4276</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B368" t="s">
-        <v>4277</v>
+        <v>4293</v>
       </c>
       <c r="C368" t="s">
         <v>13</v>
       </c>
       <c r="D368" t="s">
         <v>13</v>
       </c>
       <c r="E368" t="s">
-        <v>4278</v>
+        <v>4294</v>
       </c>
       <c r="F368" t="s">
         <v>13</v>
       </c>
       <c r="G368" t="s">
-        <v>4279</v>
+        <v>4295</v>
       </c>
       <c r="H368" t="s">
-        <v>4280</v>
+        <v>4296</v>
       </c>
       <c r="I368" t="s">
-        <v>4281</v>
+        <v>1737</v>
       </c>
       <c r="J368" t="s">
-        <v>4282</v>
+        <v>1284</v>
       </c>
       <c r="K368" t="s">
-        <v>4283</v>
+        <v>4297</v>
       </c>
       <c r="L368" t="s">
-        <v>4284</v>
-[...5 lines deleted...]
-        <v>4286</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B369" t="s">
-        <v>4287</v>
+        <v>4299</v>
       </c>
       <c r="C369" t="s">
         <v>13</v>
       </c>
       <c r="D369" t="s">
         <v>13</v>
       </c>
       <c r="E369" t="s">
-        <v>4288</v>
+        <v>4300</v>
       </c>
       <c r="F369" t="s">
         <v>13</v>
       </c>
       <c r="G369" t="s">
-        <v>4289</v>
+        <v>4301</v>
       </c>
       <c r="H369" t="s">
-        <v>4290</v>
+        <v>4302</v>
       </c>
       <c r="I369" t="s">
-        <v>4291</v>
+        <v>4303</v>
       </c>
       <c r="J369" t="s">
-        <v>2139</v>
+        <v>1167</v>
       </c>
       <c r="K369" t="s">
-        <v>4292</v>
+        <v>4304</v>
       </c>
       <c r="L369" t="s">
-        <v>4293</v>
+        <v>4305</v>
       </c>
       <c r="M369" t="s">
-        <v>4294</v>
+        <v>4306</v>
       </c>
       <c r="N369" t="s">
-        <v>4295</v>
-[...5 lines deleted...]
-        <v>4297</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B370" t="s">
-        <v>4298</v>
+        <v>4308</v>
       </c>
       <c r="C370" t="s">
         <v>13</v>
       </c>
       <c r="D370" t="s">
         <v>13</v>
       </c>
       <c r="E370" t="s">
-        <v>4299</v>
+        <v>4309</v>
       </c>
       <c r="F370" t="s">
         <v>13</v>
       </c>
       <c r="G370" t="s">
-        <v>4300</v>
+        <v>4310</v>
       </c>
       <c r="H370" t="s">
-        <v>4301</v>
+        <v>4311</v>
       </c>
       <c r="I370" t="s">
-        <v>4302</v>
+        <v>4312</v>
       </c>
       <c r="J370" t="s">
-        <v>4303</v>
+        <v>4313</v>
       </c>
       <c r="K370" t="s">
-        <v>4304</v>
+        <v>4314</v>
+      </c>
+      <c r="L370" t="s">
+        <v>4315</v>
+      </c>
+      <c r="M370" t="s">
+        <v>4316</v>
+      </c>
+      <c r="N370" t="s">
+        <v>4317</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B371" t="s">
-        <v>4305</v>
+        <v>4318</v>
       </c>
       <c r="C371" t="s">
         <v>13</v>
       </c>
       <c r="D371" t="s">
         <v>13</v>
       </c>
       <c r="E371" t="s">
-        <v>4306</v>
+        <v>4319</v>
       </c>
       <c r="F371" t="s">
         <v>13</v>
       </c>
       <c r="G371" t="s">
-        <v>4307</v>
+        <v>4320</v>
       </c>
       <c r="H371" t="s">
-        <v>4308</v>
+        <v>4321</v>
       </c>
       <c r="I371" t="s">
-        <v>4309</v>
+        <v>4322</v>
       </c>
       <c r="J371" t="s">
-        <v>4310</v>
+        <v>4323</v>
       </c>
       <c r="K371" t="s">
-        <v>4311</v>
+        <v>4324</v>
       </c>
       <c r="L371" t="s">
-        <v>4312</v>
+        <v>4325</v>
+      </c>
+      <c r="M371" t="s">
+        <v>4326</v>
+      </c>
+      <c r="N371" t="s">
+        <v>4327</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B372" t="s">
-        <v>4313</v>
+        <v>4328</v>
       </c>
       <c r="C372" t="s">
         <v>13</v>
       </c>
       <c r="D372" t="s">
         <v>13</v>
       </c>
       <c r="E372" t="s">
-        <v>4314</v>
+        <v>4329</v>
       </c>
       <c r="F372" t="s">
         <v>13</v>
       </c>
       <c r="G372" t="s">
-        <v>4315</v>
+        <v>4330</v>
       </c>
       <c r="H372" t="s">
-        <v>4316</v>
+        <v>4331</v>
       </c>
       <c r="I372" t="s">
-        <v>912</v>
+        <v>4332</v>
       </c>
       <c r="J372" t="s">
-        <v>2083</v>
+        <v>461</v>
       </c>
       <c r="K372" t="s">
-        <v>4317</v>
+        <v>4333</v>
       </c>
       <c r="L372" t="s">
-        <v>4318</v>
+        <v>4334</v>
       </c>
       <c r="M372" t="s">
-        <v>4319</v>
+        <v>4335</v>
       </c>
       <c r="N372" t="s">
-        <v>4320</v>
+        <v>4336</v>
+      </c>
+      <c r="O372" t="s">
+        <v>4337</v>
+      </c>
+      <c r="P372" t="s">
+        <v>4338</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B373" t="s">
-        <v>4321</v>
+        <v>4339</v>
       </c>
       <c r="C373" t="s">
         <v>13</v>
       </c>
       <c r="D373" t="s">
         <v>13</v>
       </c>
       <c r="E373" t="s">
-        <v>4322</v>
+        <v>4340</v>
       </c>
       <c r="F373" t="s">
         <v>13</v>
       </c>
       <c r="G373" t="s">
-        <v>4323</v>
+        <v>4341</v>
       </c>
       <c r="H373" t="s">
-        <v>4324</v>
+        <v>4342</v>
       </c>
       <c r="I373" t="s">
-        <v>4325</v>
+        <v>4343</v>
       </c>
       <c r="J373" t="s">
-        <v>4126</v>
+        <v>4344</v>
       </c>
       <c r="K373" t="s">
-        <v>4326</v>
+        <v>4345</v>
       </c>
       <c r="L373" t="s">
-        <v>4327</v>
-[...2 lines deleted...]
-        <v>4328</v>
+        <v>4346</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B374" t="s">
-        <v>4329</v>
+        <v>4347</v>
       </c>
       <c r="C374" t="s">
         <v>13</v>
       </c>
       <c r="D374" t="s">
         <v>13</v>
       </c>
       <c r="E374" t="s">
-        <v>4330</v>
+        <v>4348</v>
       </c>
       <c r="F374" t="s">
         <v>13</v>
       </c>
       <c r="G374" t="s">
-        <v>4331</v>
+        <v>4349</v>
       </c>
       <c r="H374" t="s">
-        <v>4332</v>
+        <v>4350</v>
       </c>
       <c r="I374" t="s">
-        <v>4333</v>
+        <v>979</v>
       </c>
       <c r="J374" t="s">
-        <v>4334</v>
+        <v>2143</v>
       </c>
       <c r="K374" t="s">
-        <v>4335</v>
+        <v>4351</v>
       </c>
       <c r="L374" t="s">
-        <v>4336</v>
+        <v>4352</v>
       </c>
       <c r="M374" t="s">
-        <v>4337</v>
+        <v>4353</v>
       </c>
       <c r="N374" t="s">
-        <v>4338</v>
-[...2 lines deleted...]
-        <v>4339</v>
+        <v>4354</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B375" t="s">
-        <v>4340</v>
+        <v>4355</v>
       </c>
       <c r="C375" t="s">
         <v>13</v>
       </c>
       <c r="D375" t="s">
         <v>13</v>
       </c>
       <c r="E375" t="s">
-        <v>4341</v>
+        <v>4356</v>
       </c>
       <c r="F375" t="s">
         <v>13</v>
       </c>
       <c r="G375" t="s">
-        <v>4342</v>
+        <v>4357</v>
       </c>
       <c r="H375" t="s">
-        <v>4343</v>
+        <v>4358</v>
       </c>
       <c r="I375" t="s">
-        <v>4344</v>
+        <v>4359</v>
       </c>
       <c r="J375" t="s">
-        <v>4345</v>
+        <v>4167</v>
       </c>
       <c r="K375" t="s">
-        <v>4346</v>
+        <v>4360</v>
+      </c>
+      <c r="L375" t="s">
+        <v>4361</v>
+      </c>
+      <c r="M375" t="s">
+        <v>4362</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B376" t="s">
-        <v>4347</v>
+        <v>4363</v>
       </c>
       <c r="C376" t="s">
         <v>13</v>
       </c>
       <c r="D376" t="s">
         <v>13</v>
       </c>
       <c r="E376" t="s">
-        <v>4348</v>
+        <v>4364</v>
       </c>
       <c r="F376" t="s">
         <v>13</v>
       </c>
       <c r="G376" t="s">
-        <v>4349</v>
+        <v>4365</v>
       </c>
       <c r="H376" t="s">
-        <v>4350</v>
+        <v>4366</v>
       </c>
       <c r="I376" t="s">
-        <v>4351</v>
+        <v>4367</v>
       </c>
       <c r="J376" t="s">
-        <v>1226</v>
+        <v>4368</v>
       </c>
       <c r="K376" t="s">
-        <v>4352</v>
+        <v>4369</v>
       </c>
       <c r="L376" t="s">
-        <v>4353</v>
+        <v>4370</v>
       </c>
       <c r="M376" t="s">
-        <v>4354</v>
+        <v>4371</v>
       </c>
       <c r="N376" t="s">
-        <v>4355</v>
+        <v>4372</v>
+      </c>
+      <c r="O376" t="s">
+        <v>4373</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B377" t="s">
-        <v>4356</v>
+        <v>4374</v>
       </c>
       <c r="C377" t="s">
         <v>13</v>
       </c>
       <c r="D377" t="s">
         <v>13</v>
       </c>
       <c r="E377" t="s">
-        <v>4357</v>
+        <v>4375</v>
       </c>
       <c r="F377" t="s">
         <v>13</v>
       </c>
       <c r="G377" t="s">
-        <v>4358</v>
+        <v>4376</v>
       </c>
       <c r="H377" t="s">
-        <v>4359</v>
+        <v>4377</v>
       </c>
       <c r="I377" t="s">
-        <v>4360</v>
+        <v>4378</v>
       </c>
       <c r="J377" t="s">
-        <v>1612</v>
+        <v>4379</v>
       </c>
       <c r="K377" t="s">
-        <v>4361</v>
-[...14 lines deleted...]
-        <v>4366</v>
+        <v>4380</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B378" t="s">
-        <v>4367</v>
+        <v>4381</v>
       </c>
       <c r="C378" t="s">
         <v>13</v>
       </c>
       <c r="D378" t="s">
         <v>13</v>
       </c>
       <c r="E378" t="s">
-        <v>4368</v>
+        <v>4382</v>
       </c>
       <c r="F378" t="s">
         <v>13</v>
       </c>
       <c r="G378" t="s">
-        <v>4369</v>
+        <v>4383</v>
       </c>
       <c r="H378" t="s">
-        <v>4370</v>
+        <v>4384</v>
       </c>
       <c r="I378" t="s">
-        <v>4371</v>
+        <v>4385</v>
       </c>
       <c r="J378" t="s">
-        <v>4126</v>
+        <v>1293</v>
       </c>
       <c r="K378" t="s">
-        <v>4372</v>
+        <v>4386</v>
       </c>
       <c r="L378" t="s">
-        <v>4373</v>
+        <v>4387</v>
       </c>
       <c r="M378" t="s">
-        <v>4374</v>
+        <v>4388</v>
+      </c>
+      <c r="N378" t="s">
+        <v>4389</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B379" t="s">
-        <v>4375</v>
+        <v>4390</v>
       </c>
       <c r="C379" t="s">
         <v>13</v>
       </c>
       <c r="D379" t="s">
         <v>13</v>
       </c>
       <c r="E379" t="s">
-        <v>4368</v>
+        <v>4391</v>
       </c>
       <c r="F379" t="s">
         <v>13</v>
       </c>
       <c r="G379" t="s">
-        <v>4376</v>
+        <v>4392</v>
       </c>
       <c r="H379" t="s">
-        <v>4377</v>
+        <v>4393</v>
       </c>
       <c r="I379" t="s">
-        <v>4378</v>
+        <v>4394</v>
       </c>
       <c r="J379" t="s">
-        <v>1653</v>
+        <v>1679</v>
       </c>
       <c r="K379" t="s">
-        <v>4379</v>
+        <v>4395</v>
       </c>
       <c r="L379" t="s">
-        <v>4380</v>
+        <v>4396</v>
       </c>
       <c r="M379" t="s">
-        <v>4381</v>
+        <v>4397</v>
       </c>
       <c r="N379" t="s">
-        <v>4382</v>
+        <v>4398</v>
       </c>
       <c r="O379" t="s">
-        <v>4383</v>
+        <v>4399</v>
       </c>
       <c r="P379" t="s">
-        <v>4384</v>
-[...14 lines deleted...]
-        <v>4389</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B380" t="s">
-        <v>4390</v>
+        <v>4401</v>
       </c>
       <c r="C380" t="s">
         <v>13</v>
       </c>
       <c r="D380" t="s">
         <v>13</v>
       </c>
       <c r="E380" t="s">
-        <v>4391</v>
+        <v>4402</v>
       </c>
       <c r="F380" t="s">
         <v>13</v>
       </c>
       <c r="G380" t="s">
-        <v>4392</v>
+        <v>4403</v>
       </c>
       <c r="H380" t="s">
-        <v>4393</v>
+        <v>4404</v>
       </c>
       <c r="I380" t="s">
-        <v>4394</v>
+        <v>4405</v>
       </c>
       <c r="J380" t="s">
-        <v>4395</v>
+        <v>4167</v>
       </c>
       <c r="K380" t="s">
-        <v>4396</v>
+        <v>4406</v>
       </c>
       <c r="L380" t="s">
-        <v>4397</v>
+        <v>4407</v>
+      </c>
+      <c r="M380" t="s">
+        <v>4408</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B381" t="s">
-        <v>4398</v>
+        <v>4409</v>
       </c>
       <c r="C381" t="s">
         <v>13</v>
       </c>
       <c r="D381" t="s">
         <v>13</v>
       </c>
       <c r="E381" t="s">
-        <v>4399</v>
+        <v>4402</v>
       </c>
       <c r="F381" t="s">
         <v>13</v>
       </c>
       <c r="G381" t="s">
-        <v>4400</v>
+        <v>4410</v>
       </c>
       <c r="H381" t="s">
-        <v>4401</v>
+        <v>4411</v>
       </c>
       <c r="I381" t="s">
-        <v>4402</v>
+        <v>4412</v>
       </c>
       <c r="J381" t="s">
-        <v>1543</v>
+        <v>1720</v>
       </c>
       <c r="K381" t="s">
-        <v>4403</v>
+        <v>4413</v>
       </c>
       <c r="L381" t="s">
-        <v>4404</v>
+        <v>4414</v>
+      </c>
+      <c r="M381" t="s">
+        <v>4415</v>
+      </c>
+      <c r="N381" t="s">
+        <v>4416</v>
+      </c>
+      <c r="O381" t="s">
+        <v>4417</v>
+      </c>
+      <c r="P381" t="s">
+        <v>4418</v>
+      </c>
+      <c r="Q381" t="s">
+        <v>4419</v>
+      </c>
+      <c r="R381" t="s">
+        <v>4420</v>
+      </c>
+      <c r="S381" t="s">
+        <v>4421</v>
+      </c>
+      <c r="T381" t="s">
+        <v>4422</v>
+      </c>
+      <c r="U381" t="s">
+        <v>4423</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B382" t="s">
-        <v>4405</v>
+        <v>4424</v>
       </c>
       <c r="C382" t="s">
         <v>13</v>
       </c>
       <c r="D382" t="s">
         <v>13</v>
       </c>
       <c r="E382" t="s">
-        <v>4406</v>
+        <v>4425</v>
       </c>
       <c r="F382" t="s">
         <v>13</v>
       </c>
       <c r="G382" t="s">
-        <v>4407</v>
+        <v>4426</v>
       </c>
       <c r="H382" t="s">
-        <v>4408</v>
+        <v>4427</v>
       </c>
       <c r="I382" t="s">
-        <v>4062</v>
+        <v>4428</v>
       </c>
       <c r="J382" t="s">
-        <v>434</v>
+        <v>4429</v>
       </c>
       <c r="K382" t="s">
-        <v>4409</v>
+        <v>4430</v>
       </c>
       <c r="L382" t="s">
-        <v>4410</v>
-[...5 lines deleted...]
-        <v>4412</v>
+        <v>4431</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B383" t="s">
-        <v>4413</v>
+        <v>4432</v>
       </c>
       <c r="C383" t="s">
         <v>13</v>
       </c>
       <c r="D383" t="s">
         <v>13</v>
       </c>
       <c r="E383" t="s">
-        <v>4414</v>
+        <v>4433</v>
       </c>
       <c r="F383" t="s">
         <v>13</v>
       </c>
       <c r="G383" t="s">
-        <v>4415</v>
+        <v>4434</v>
       </c>
       <c r="H383" t="s">
-        <v>4416</v>
+        <v>4435</v>
       </c>
       <c r="I383" t="s">
-        <v>4417</v>
+        <v>4436</v>
       </c>
       <c r="J383" t="s">
-        <v>4418</v>
+        <v>1610</v>
       </c>
       <c r="K383" t="s">
-        <v>4419</v>
+        <v>4437</v>
       </c>
       <c r="L383" t="s">
-        <v>4420</v>
-[...2 lines deleted...]
-        <v>4421</v>
+        <v>4438</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B384" t="s">
-        <v>4422</v>
+        <v>4439</v>
       </c>
       <c r="C384" t="s">
         <v>13</v>
       </c>
       <c r="D384" t="s">
         <v>13</v>
       </c>
       <c r="E384" t="s">
-        <v>4423</v>
+        <v>4440</v>
       </c>
       <c r="F384" t="s">
         <v>13</v>
       </c>
       <c r="G384" t="s">
-        <v>4424</v>
+        <v>4441</v>
       </c>
       <c r="H384" t="s">
-        <v>4425</v>
+        <v>4442</v>
       </c>
       <c r="I384" t="s">
-        <v>4426</v>
+        <v>4103</v>
       </c>
       <c r="J384" t="s">
-        <v>4427</v>
+        <v>563</v>
       </c>
       <c r="K384" t="s">
-        <v>4428</v>
+        <v>4443</v>
       </c>
       <c r="L384" t="s">
-        <v>4429</v>
+        <v>4444</v>
       </c>
       <c r="M384" t="s">
-        <v>4430</v>
+        <v>4445</v>
       </c>
       <c r="N384" t="s">
-        <v>4431</v>
-[...2 lines deleted...]
-        <v>4432</v>
+        <v>4446</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B385" t="s">
-        <v>4433</v>
+        <v>4447</v>
       </c>
       <c r="C385" t="s">
         <v>13</v>
       </c>
       <c r="D385" t="s">
         <v>13</v>
       </c>
       <c r="E385" t="s">
-        <v>4434</v>
+        <v>4448</v>
       </c>
       <c r="F385" t="s">
         <v>13</v>
       </c>
       <c r="G385" t="s">
-        <v>4435</v>
+        <v>4449</v>
       </c>
       <c r="H385" t="s">
-        <v>4436</v>
+        <v>4450</v>
       </c>
       <c r="I385" t="s">
-        <v>4437</v>
+        <v>4451</v>
       </c>
       <c r="J385" t="s">
-        <v>341</v>
+        <v>4452</v>
       </c>
       <c r="K385" t="s">
-        <v>4438</v>
+        <v>4453</v>
       </c>
       <c r="L385" t="s">
-        <v>4439</v>
+        <v>4454</v>
       </c>
       <c r="M385" t="s">
-        <v>4440</v>
-[...14 lines deleted...]
-        <v>4445</v>
+        <v>4455</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B386" t="s">
-        <v>4446</v>
+        <v>4456</v>
       </c>
       <c r="C386" t="s">
         <v>13</v>
       </c>
       <c r="D386" t="s">
         <v>13</v>
       </c>
       <c r="E386" t="s">
-        <v>4447</v>
+        <v>4457</v>
       </c>
       <c r="F386" t="s">
         <v>13</v>
       </c>
       <c r="G386" t="s">
-        <v>4448</v>
+        <v>4458</v>
       </c>
       <c r="H386" t="s">
-        <v>4449</v>
+        <v>4459</v>
       </c>
       <c r="I386" t="s">
-        <v>4450</v>
+        <v>4460</v>
       </c>
       <c r="J386" t="s">
-        <v>862</v>
+        <v>4461</v>
       </c>
       <c r="K386" t="s">
-        <v>4451</v>
+        <v>4462</v>
       </c>
       <c r="L386" t="s">
-        <v>4452</v>
+        <v>4463</v>
       </c>
       <c r="M386" t="s">
-        <v>4453</v>
+        <v>4464</v>
       </c>
       <c r="N386" t="s">
-        <v>4454</v>
+        <v>4465</v>
       </c>
       <c r="O386" t="s">
-        <v>4455</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B387" t="s">
-        <v>4456</v>
+        <v>4467</v>
       </c>
       <c r="C387" t="s">
         <v>13</v>
       </c>
       <c r="D387" t="s">
         <v>13</v>
       </c>
       <c r="E387" t="s">
-        <v>4457</v>
+        <v>4468</v>
       </c>
       <c r="F387" t="s">
         <v>13</v>
       </c>
       <c r="G387" t="s">
-        <v>4458</v>
+        <v>4469</v>
       </c>
       <c r="H387" t="s">
-        <v>4459</v>
+        <v>4470</v>
       </c>
       <c r="I387" t="s">
-        <v>4460</v>
+        <v>4471</v>
       </c>
       <c r="J387" t="s">
-        <v>2609</v>
+        <v>353</v>
       </c>
       <c r="K387" t="s">
-        <v>4461</v>
+        <v>4472</v>
       </c>
       <c r="L387" t="s">
-        <v>4462</v>
+        <v>4473</v>
+      </c>
+      <c r="M387" t="s">
+        <v>4474</v>
+      </c>
+      <c r="N387" t="s">
+        <v>4475</v>
+      </c>
+      <c r="O387" t="s">
+        <v>4476</v>
+      </c>
+      <c r="P387" t="s">
+        <v>4477</v>
+      </c>
+      <c r="Q387" t="s">
+        <v>4478</v>
+      </c>
+      <c r="R387" t="s">
+        <v>4479</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B388" t="s">
-        <v>4463</v>
+        <v>4480</v>
       </c>
       <c r="C388" t="s">
         <v>13</v>
       </c>
       <c r="D388" t="s">
         <v>13</v>
       </c>
       <c r="E388" t="s">
-        <v>4464</v>
+        <v>4481</v>
       </c>
       <c r="F388" t="s">
         <v>13</v>
       </c>
       <c r="G388" t="s">
-        <v>4465</v>
+        <v>4482</v>
       </c>
       <c r="H388" t="s">
-        <v>4466</v>
+        <v>4483</v>
       </c>
       <c r="I388" t="s">
-        <v>4467</v>
+        <v>4484</v>
       </c>
       <c r="J388" t="s">
-        <v>4468</v>
+        <v>930</v>
       </c>
       <c r="K388" t="s">
-        <v>4469</v>
+        <v>4485</v>
       </c>
       <c r="L388" t="s">
-        <v>4470</v>
+        <v>4486</v>
       </c>
       <c r="M388" t="s">
-        <v>4471</v>
+        <v>4487</v>
       </c>
       <c r="N388" t="s">
-        <v>4472</v>
+        <v>4488</v>
       </c>
       <c r="O388" t="s">
-        <v>4473</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B389" t="s">
-        <v>4474</v>
+        <v>4490</v>
       </c>
       <c r="C389" t="s">
         <v>13</v>
       </c>
       <c r="D389" t="s">
         <v>13</v>
       </c>
       <c r="E389" t="s">
-        <v>4475</v>
+        <v>4491</v>
       </c>
       <c r="F389" t="s">
         <v>13</v>
       </c>
       <c r="G389" t="s">
-        <v>4476</v>
+        <v>4492</v>
       </c>
       <c r="H389" t="s">
-        <v>4477</v>
+        <v>4493</v>
       </c>
       <c r="I389" t="s">
-        <v>4478</v>
+        <v>4494</v>
       </c>
       <c r="J389" t="s">
-        <v>341</v>
+        <v>2650</v>
       </c>
       <c r="K389" t="s">
-        <v>4479</v>
+        <v>4495</v>
       </c>
       <c r="L389" t="s">
-        <v>4480</v>
-[...8 lines deleted...]
-        <v>4483</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B390" t="s">
-        <v>4484</v>
+        <v>4497</v>
       </c>
       <c r="C390" t="s">
         <v>13</v>
       </c>
       <c r="D390" t="s">
         <v>13</v>
       </c>
       <c r="E390" t="s">
-        <v>4485</v>
+        <v>4498</v>
       </c>
       <c r="F390" t="s">
         <v>13</v>
       </c>
       <c r="G390" t="s">
-        <v>4486</v>
+        <v>4499</v>
       </c>
       <c r="H390" t="s">
-        <v>4487</v>
+        <v>4500</v>
       </c>
       <c r="I390" t="s">
-        <v>4488</v>
+        <v>4501</v>
       </c>
       <c r="J390" t="s">
-        <v>587</v>
+        <v>4502</v>
       </c>
       <c r="K390" t="s">
-        <v>4489</v>
+        <v>4503</v>
       </c>
       <c r="L390" t="s">
-        <v>4490</v>
+        <v>4504</v>
       </c>
       <c r="M390" t="s">
-        <v>4491</v>
+        <v>4505</v>
+      </c>
+      <c r="N390" t="s">
+        <v>4506</v>
+      </c>
+      <c r="O390" t="s">
+        <v>4507</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B391" t="s">
-        <v>4492</v>
+        <v>4508</v>
       </c>
       <c r="C391" t="s">
         <v>13</v>
       </c>
       <c r="D391" t="s">
         <v>13</v>
       </c>
       <c r="E391" t="s">
-        <v>4493</v>
+        <v>4509</v>
       </c>
       <c r="F391" t="s">
         <v>13</v>
       </c>
       <c r="G391" t="s">
-        <v>4494</v>
+        <v>4510</v>
       </c>
       <c r="H391" t="s">
-        <v>4495</v>
+        <v>4511</v>
       </c>
       <c r="I391" t="s">
-        <v>4496</v>
+        <v>4512</v>
       </c>
       <c r="J391" t="s">
-        <v>4126</v>
+        <v>353</v>
       </c>
       <c r="K391" t="s">
-        <v>4497</v>
+        <v>4513</v>
       </c>
       <c r="L391" t="s">
-        <v>4498</v>
+        <v>4514</v>
       </c>
       <c r="M391" t="s">
-        <v>4499</v>
+        <v>4515</v>
       </c>
       <c r="N391" t="s">
-        <v>4500</v>
+        <v>4516</v>
       </c>
       <c r="O391" t="s">
-        <v>4501</v>
-[...5 lines deleted...]
-        <v>4503</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B392" t="s">
-        <v>4504</v>
+        <v>4518</v>
       </c>
       <c r="C392" t="s">
         <v>13</v>
       </c>
       <c r="D392" t="s">
         <v>13</v>
       </c>
       <c r="E392" t="s">
-        <v>4505</v>
+        <v>4519</v>
       </c>
       <c r="F392" t="s">
         <v>13</v>
       </c>
       <c r="G392" t="s">
-        <v>4506</v>
+        <v>4520</v>
       </c>
       <c r="H392" t="s">
-        <v>4507</v>
+        <v>4521</v>
       </c>
       <c r="I392" t="s">
-        <v>4508</v>
+        <v>4522</v>
       </c>
       <c r="J392" t="s">
-        <v>4509</v>
+        <v>716</v>
       </c>
       <c r="K392" t="s">
-        <v>4510</v>
+        <v>4523</v>
+      </c>
+      <c r="L392" t="s">
+        <v>4524</v>
+      </c>
+      <c r="M392" t="s">
+        <v>4525</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B393" t="s">
-        <v>4511</v>
+        <v>4526</v>
       </c>
       <c r="C393" t="s">
         <v>13</v>
       </c>
       <c r="D393" t="s">
         <v>13</v>
       </c>
       <c r="E393" t="s">
-        <v>4512</v>
+        <v>4527</v>
       </c>
       <c r="F393" t="s">
         <v>13</v>
       </c>
       <c r="G393" t="s">
-        <v>4513</v>
+        <v>4528</v>
       </c>
       <c r="H393" t="s">
-        <v>4514</v>
+        <v>4529</v>
       </c>
       <c r="I393" t="s">
-        <v>4515</v>
+        <v>4530</v>
       </c>
       <c r="J393" t="s">
-        <v>4069</v>
+        <v>4167</v>
       </c>
       <c r="K393" t="s">
-        <v>4516</v>
+        <v>4531</v>
+      </c>
+      <c r="L393" t="s">
+        <v>4532</v>
+      </c>
+      <c r="M393" t="s">
+        <v>4533</v>
+      </c>
+      <c r="N393" t="s">
+        <v>4534</v>
+      </c>
+      <c r="O393" t="s">
+        <v>4535</v>
+      </c>
+      <c r="P393" t="s">
+        <v>4536</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>4537</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B394" t="s">
-        <v>4517</v>
+        <v>4538</v>
       </c>
       <c r="C394" t="s">
         <v>13</v>
       </c>
       <c r="D394" t="s">
         <v>13</v>
       </c>
       <c r="E394" t="s">
-        <v>4518</v>
+        <v>4539</v>
       </c>
       <c r="F394" t="s">
         <v>13</v>
       </c>
       <c r="G394" t="s">
-        <v>4519</v>
+        <v>4540</v>
       </c>
       <c r="H394" t="s">
-        <v>4520</v>
+        <v>4541</v>
       </c>
       <c r="I394" t="s">
-        <v>4521</v>
+        <v>4542</v>
       </c>
       <c r="J394" t="s">
-        <v>3701</v>
+        <v>4543</v>
       </c>
       <c r="K394" t="s">
-        <v>4522</v>
-[...8 lines deleted...]
-        <v>4525</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B395" t="s">
-        <v>4526</v>
+        <v>4545</v>
       </c>
       <c r="C395" t="s">
         <v>13</v>
       </c>
       <c r="D395" t="s">
         <v>13</v>
       </c>
       <c r="E395" t="s">
-        <v>4527</v>
+        <v>4546</v>
       </c>
       <c r="F395" t="s">
         <v>13</v>
       </c>
       <c r="G395" t="s">
-        <v>4528</v>
+        <v>4547</v>
       </c>
       <c r="H395" t="s">
-        <v>4529</v>
+        <v>4548</v>
       </c>
       <c r="I395" t="s">
-        <v>4530</v>
+        <v>4549</v>
       </c>
       <c r="J395" t="s">
-        <v>483</v>
+        <v>4110</v>
       </c>
       <c r="K395" t="s">
-        <v>4531</v>
-[...14 lines deleted...]
-        <v>4536</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B396" t="s">
-        <v>4537</v>
+        <v>4551</v>
       </c>
       <c r="C396" t="s">
         <v>13</v>
       </c>
       <c r="D396" t="s">
         <v>13</v>
       </c>
       <c r="E396" t="s">
-        <v>4538</v>
+        <v>4552</v>
       </c>
       <c r="F396" t="s">
         <v>13</v>
       </c>
       <c r="G396" t="s">
-        <v>4539</v>
+        <v>4553</v>
       </c>
       <c r="H396" t="s">
-        <v>4540</v>
+        <v>4554</v>
       </c>
       <c r="I396" t="s">
-        <v>4541</v>
+        <v>4555</v>
       </c>
       <c r="J396" t="s">
-        <v>341</v>
+        <v>3742</v>
       </c>
       <c r="K396" t="s">
-        <v>4542</v>
+        <v>4556</v>
       </c>
       <c r="L396" t="s">
-        <v>4543</v>
+        <v>4557</v>
       </c>
       <c r="M396" t="s">
-        <v>4544</v>
+        <v>4558</v>
       </c>
       <c r="N396" t="s">
-        <v>4545</v>
-[...14 lines deleted...]
-        <v>4550</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B397" t="s">
-        <v>4551</v>
+        <v>4560</v>
       </c>
       <c r="C397" t="s">
         <v>13</v>
       </c>
       <c r="D397" t="s">
         <v>13</v>
       </c>
       <c r="E397" t="s">
-        <v>4552</v>
+        <v>4561</v>
       </c>
       <c r="F397" t="s">
         <v>13</v>
       </c>
       <c r="G397" t="s">
-        <v>4553</v>
+        <v>4562</v>
       </c>
       <c r="H397" t="s">
-        <v>4554</v>
+        <v>4563</v>
       </c>
       <c r="I397" t="s">
-        <v>1994</v>
+        <v>4564</v>
       </c>
       <c r="J397" t="s">
-        <v>4555</v>
+        <v>612</v>
       </c>
       <c r="K397" t="s">
-        <v>4556</v>
+        <v>4565</v>
       </c>
       <c r="L397" t="s">
-        <v>4557</v>
+        <v>4566</v>
       </c>
       <c r="M397" t="s">
-        <v>4558</v>
+        <v>4567</v>
       </c>
       <c r="N397" t="s">
-        <v>4559</v>
+        <v>4568</v>
       </c>
       <c r="O397" t="s">
-        <v>4560</v>
+        <v>4569</v>
+      </c>
+      <c r="P397" t="s">
+        <v>4570</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B398" t="s">
-        <v>4561</v>
+        <v>4571</v>
       </c>
       <c r="C398" t="s">
         <v>13</v>
       </c>
       <c r="D398" t="s">
         <v>13</v>
       </c>
       <c r="E398" t="s">
-        <v>4562</v>
+        <v>4572</v>
       </c>
       <c r="F398" t="s">
         <v>13</v>
       </c>
       <c r="G398" t="s">
-        <v>4563</v>
+        <v>4573</v>
       </c>
       <c r="H398" t="s">
-        <v>4564</v>
+        <v>4574</v>
       </c>
       <c r="I398" t="s">
-        <v>4062</v>
+        <v>4575</v>
       </c>
       <c r="J398" t="s">
-        <v>2706</v>
+        <v>353</v>
       </c>
       <c r="K398" t="s">
-        <v>4565</v>
+        <v>4576</v>
+      </c>
+      <c r="L398" t="s">
+        <v>4577</v>
+      </c>
+      <c r="M398" t="s">
+        <v>4578</v>
+      </c>
+      <c r="N398" t="s">
+        <v>4579</v>
+      </c>
+      <c r="O398" t="s">
+        <v>4580</v>
+      </c>
+      <c r="P398" t="s">
+        <v>4581</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>4582</v>
+      </c>
+      <c r="R398" t="s">
+        <v>4583</v>
+      </c>
+      <c r="S398" t="s">
+        <v>4584</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B399" t="s">
-        <v>4566</v>
+        <v>4585</v>
       </c>
       <c r="C399" t="s">
         <v>13</v>
       </c>
       <c r="D399" t="s">
         <v>13</v>
       </c>
       <c r="E399" t="s">
-        <v>4567</v>
+        <v>4586</v>
       </c>
       <c r="F399" t="s">
         <v>13</v>
       </c>
       <c r="G399" t="s">
-        <v>4568</v>
+        <v>4587</v>
       </c>
       <c r="H399" t="s">
-        <v>4569</v>
+        <v>4588</v>
       </c>
       <c r="I399" t="s">
-        <v>4570</v>
+        <v>2061</v>
       </c>
       <c r="J399" t="s">
-        <v>847</v>
+        <v>4589</v>
       </c>
       <c r="K399" t="s">
-        <v>4571</v>
+        <v>4590</v>
       </c>
       <c r="L399" t="s">
-        <v>4572</v>
+        <v>4591</v>
       </c>
       <c r="M399" t="s">
-        <v>4573</v>
+        <v>4592</v>
       </c>
       <c r="N399" t="s">
-        <v>4574</v>
+        <v>4593</v>
+      </c>
+      <c r="O399" t="s">
+        <v>4594</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B400" t="s">
-        <v>4575</v>
+        <v>4595</v>
       </c>
       <c r="C400" t="s">
         <v>13</v>
       </c>
       <c r="D400" t="s">
         <v>13</v>
       </c>
       <c r="E400" t="s">
-        <v>4576</v>
+        <v>4596</v>
       </c>
       <c r="F400" t="s">
         <v>13</v>
       </c>
       <c r="G400" t="s">
-        <v>4577</v>
+        <v>4597</v>
       </c>
       <c r="H400" t="s">
-        <v>4578</v>
+        <v>4598</v>
       </c>
       <c r="I400" t="s">
-        <v>4579</v>
+        <v>4103</v>
       </c>
       <c r="J400" t="s">
-        <v>4146</v>
+        <v>2747</v>
       </c>
       <c r="K400" t="s">
-        <v>4580</v>
-[...5 lines deleted...]
-        <v>4582</v>
+        <v>4599</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B401" t="s">
-        <v>4583</v>
+        <v>4600</v>
       </c>
       <c r="C401" t="s">
         <v>13</v>
       </c>
       <c r="D401" t="s">
         <v>13</v>
       </c>
       <c r="E401" t="s">
-        <v>4584</v>
+        <v>4601</v>
       </c>
       <c r="F401" t="s">
         <v>13</v>
       </c>
       <c r="G401" t="s">
-        <v>4585</v>
+        <v>4602</v>
       </c>
       <c r="H401" t="s">
-        <v>4586</v>
+        <v>4603</v>
       </c>
       <c r="I401" t="s">
-        <v>4587</v>
+        <v>4604</v>
       </c>
       <c r="J401" t="s">
-        <v>556</v>
+        <v>915</v>
       </c>
       <c r="K401" t="s">
-        <v>4588</v>
+        <v>4605</v>
       </c>
       <c r="L401" t="s">
-        <v>4589</v>
+        <v>4606</v>
       </c>
       <c r="M401" t="s">
-        <v>4590</v>
+        <v>4607</v>
       </c>
       <c r="N401" t="s">
-        <v>4591</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B402" t="s">
-        <v>4592</v>
+        <v>4609</v>
       </c>
       <c r="C402" t="s">
         <v>13</v>
       </c>
       <c r="D402" t="s">
         <v>13</v>
       </c>
       <c r="E402" t="s">
-        <v>4584</v>
+        <v>4610</v>
       </c>
       <c r="F402" t="s">
         <v>13</v>
       </c>
       <c r="G402" t="s">
-        <v>4593</v>
+        <v>4611</v>
       </c>
       <c r="H402" t="s">
-        <v>4594</v>
+        <v>4612</v>
       </c>
       <c r="I402" t="s">
-        <v>4595</v>
+        <v>4613</v>
       </c>
       <c r="J402" t="s">
-        <v>1931</v>
+        <v>4187</v>
       </c>
       <c r="K402" t="s">
-        <v>4596</v>
+        <v>4614</v>
       </c>
       <c r="L402" t="s">
-        <v>4597</v>
+        <v>4615</v>
       </c>
       <c r="M402" t="s">
-        <v>4598</v>
-[...8 lines deleted...]
-        <v>4601</v>
+        <v>4616</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B403" t="s">
-        <v>4602</v>
+        <v>4617</v>
       </c>
       <c r="C403" t="s">
         <v>13</v>
       </c>
       <c r="D403" t="s">
         <v>13</v>
       </c>
       <c r="E403" t="s">
-        <v>4603</v>
+        <v>4618</v>
       </c>
       <c r="F403" t="s">
         <v>13</v>
       </c>
       <c r="G403" t="s">
-        <v>4604</v>
+        <v>4619</v>
       </c>
       <c r="H403" t="s">
-        <v>4605</v>
+        <v>4620</v>
       </c>
       <c r="I403" t="s">
-        <v>4606</v>
+        <v>4621</v>
       </c>
       <c r="J403" t="s">
-        <v>4126</v>
+        <v>685</v>
       </c>
       <c r="K403" t="s">
-        <v>4607</v>
+        <v>4622</v>
       </c>
       <c r="L403" t="s">
-        <v>4608</v>
+        <v>4623</v>
       </c>
       <c r="M403" t="s">
-        <v>4609</v>
+        <v>4624</v>
       </c>
       <c r="N403" t="s">
-        <v>4610</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B404" t="s">
-        <v>4611</v>
+        <v>4626</v>
       </c>
       <c r="C404" t="s">
         <v>13</v>
       </c>
       <c r="D404" t="s">
         <v>13</v>
       </c>
       <c r="E404" t="s">
-        <v>4612</v>
+        <v>4618</v>
       </c>
       <c r="F404" t="s">
         <v>13</v>
       </c>
       <c r="G404" t="s">
-        <v>4613</v>
+        <v>4627</v>
       </c>
       <c r="H404" t="s">
-        <v>4614</v>
+        <v>4628</v>
       </c>
       <c r="I404" t="s">
-        <v>4615</v>
+        <v>4629</v>
       </c>
       <c r="J404" t="s">
-        <v>4616</v>
+        <v>1998</v>
       </c>
       <c r="K404" t="s">
-        <v>4617</v>
+        <v>4630</v>
+      </c>
+      <c r="L404" t="s">
+        <v>4631</v>
+      </c>
+      <c r="M404" t="s">
+        <v>4632</v>
+      </c>
+      <c r="N404" t="s">
+        <v>4633</v>
+      </c>
+      <c r="O404" t="s">
+        <v>4634</v>
+      </c>
+      <c r="P404" t="s">
+        <v>4635</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B405" t="s">
-        <v>4618</v>
+        <v>4636</v>
       </c>
       <c r="C405" t="s">
         <v>13</v>
       </c>
       <c r="D405" t="s">
         <v>13</v>
       </c>
       <c r="E405" t="s">
-        <v>4619</v>
+        <v>4637</v>
       </c>
       <c r="F405" t="s">
         <v>13</v>
       </c>
       <c r="G405" t="s">
-        <v>4620</v>
+        <v>4638</v>
       </c>
       <c r="H405" t="s">
-        <v>4621</v>
+        <v>4639</v>
       </c>
       <c r="I405" t="s">
-        <v>4622</v>
+        <v>4640</v>
       </c>
       <c r="J405" t="s">
-        <v>4623</v>
+        <v>4167</v>
       </c>
       <c r="K405" t="s">
-        <v>4624</v>
+        <v>4641</v>
       </c>
       <c r="L405" t="s">
-        <v>4625</v>
+        <v>4642</v>
       </c>
       <c r="M405" t="s">
-        <v>4626</v>
+        <v>4643</v>
+      </c>
+      <c r="N405" t="s">
+        <v>4644</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B406" t="s">
-        <v>4627</v>
+        <v>4645</v>
       </c>
       <c r="C406" t="s">
         <v>13</v>
       </c>
       <c r="D406" t="s">
         <v>13</v>
       </c>
       <c r="E406" t="s">
-        <v>4628</v>
+        <v>4646</v>
       </c>
       <c r="F406" t="s">
         <v>13</v>
       </c>
       <c r="G406" t="s">
-        <v>4629</v>
+        <v>4647</v>
       </c>
       <c r="H406" t="s">
-        <v>4630</v>
+        <v>4648</v>
       </c>
       <c r="I406" t="s">
-        <v>4631</v>
+        <v>4649</v>
       </c>
       <c r="J406" t="s">
-        <v>1277</v>
+        <v>4650</v>
       </c>
       <c r="K406" t="s">
-        <v>4632</v>
+        <v>4651</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B407" t="s">
-        <v>4633</v>
+        <v>4652</v>
       </c>
       <c r="C407" t="s">
         <v>13</v>
       </c>
       <c r="D407" t="s">
         <v>13</v>
       </c>
       <c r="E407" t="s">
-        <v>4634</v>
+        <v>4653</v>
       </c>
       <c r="F407" t="s">
         <v>13</v>
       </c>
       <c r="G407" t="s">
-        <v>4635</v>
+        <v>4654</v>
       </c>
       <c r="H407" t="s">
-        <v>4636</v>
+        <v>4655</v>
       </c>
       <c r="I407" t="s">
-        <v>4637</v>
+        <v>4656</v>
       </c>
       <c r="J407" t="s">
-        <v>1226</v>
+        <v>4657</v>
       </c>
       <c r="K407" t="s">
-        <v>4638</v>
+        <v>4658</v>
       </c>
       <c r="L407" t="s">
-        <v>4639</v>
+        <v>4659</v>
+      </c>
+      <c r="M407" t="s">
+        <v>4660</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B408" t="s">
-        <v>4640</v>
+        <v>4661</v>
       </c>
       <c r="C408" t="s">
         <v>13</v>
       </c>
       <c r="D408" t="s">
         <v>13</v>
       </c>
       <c r="E408" t="s">
-        <v>4641</v>
+        <v>4662</v>
       </c>
       <c r="F408" t="s">
         <v>13</v>
       </c>
       <c r="G408" t="s">
-        <v>4642</v>
+        <v>4663</v>
       </c>
       <c r="H408" t="s">
-        <v>4643</v>
+        <v>4664</v>
       </c>
       <c r="I408" t="s">
-        <v>4644</v>
+        <v>4665</v>
       </c>
       <c r="J408" t="s">
-        <v>587</v>
+        <v>1344</v>
       </c>
       <c r="K408" t="s">
-        <v>4645</v>
-[...11 lines deleted...]
-        <v>4649</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B409" t="s">
-        <v>4650</v>
+        <v>4667</v>
       </c>
       <c r="C409" t="s">
         <v>13</v>
       </c>
       <c r="D409" t="s">
         <v>13</v>
       </c>
       <c r="E409" t="s">
-        <v>4651</v>
+        <v>4668</v>
       </c>
       <c r="F409" t="s">
         <v>13</v>
       </c>
       <c r="G409" t="s">
-        <v>4652</v>
+        <v>4669</v>
       </c>
       <c r="H409" t="s">
-        <v>4653</v>
+        <v>4670</v>
       </c>
       <c r="I409" t="s">
-        <v>4654</v>
+        <v>4671</v>
       </c>
       <c r="J409" t="s">
-        <v>4655</v>
+        <v>1293</v>
       </c>
       <c r="K409" t="s">
-        <v>4656</v>
+        <v>4672</v>
+      </c>
+      <c r="L409" t="s">
+        <v>4673</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B410" t="s">
-        <v>4657</v>
+        <v>4674</v>
       </c>
       <c r="C410" t="s">
         <v>13</v>
       </c>
       <c r="D410" t="s">
         <v>13</v>
       </c>
       <c r="E410" t="s">
-        <v>4658</v>
+        <v>4675</v>
       </c>
       <c r="F410" t="s">
         <v>13</v>
       </c>
       <c r="G410" t="s">
-        <v>4659</v>
+        <v>4676</v>
       </c>
       <c r="H410" t="s">
-        <v>4660</v>
+        <v>4677</v>
       </c>
       <c r="I410" t="s">
-        <v>4661</v>
+        <v>4678</v>
       </c>
       <c r="J410" t="s">
-        <v>4662</v>
+        <v>716</v>
       </c>
       <c r="K410" t="s">
-        <v>4663</v>
+        <v>4679</v>
       </c>
       <c r="L410" t="s">
-        <v>4664</v>
+        <v>4680</v>
       </c>
       <c r="M410" t="s">
-        <v>4665</v>
+        <v>4681</v>
       </c>
       <c r="N410" t="s">
-        <v>4666</v>
+        <v>4682</v>
       </c>
       <c r="O410" t="s">
-        <v>4667</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B411" t="s">
-        <v>4668</v>
+        <v>4684</v>
       </c>
       <c r="C411" t="s">
         <v>13</v>
       </c>
       <c r="D411" t="s">
         <v>13</v>
       </c>
       <c r="E411" t="s">
-        <v>4669</v>
+        <v>4685</v>
       </c>
       <c r="F411" t="s">
         <v>13</v>
       </c>
       <c r="G411" t="s">
-        <v>4670</v>
+        <v>4686</v>
       </c>
       <c r="H411" t="s">
-        <v>4671</v>
+        <v>4687</v>
       </c>
       <c r="I411" t="s">
-        <v>4672</v>
+        <v>4688</v>
       </c>
       <c r="J411" t="s">
-        <v>3977</v>
+        <v>4689</v>
       </c>
       <c r="K411" t="s">
-        <v>4673</v>
-[...2 lines deleted...]
-        <v>4674</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B412" t="s">
-        <v>4675</v>
+        <v>4691</v>
       </c>
       <c r="C412" t="s">
         <v>13</v>
       </c>
       <c r="D412" t="s">
         <v>13</v>
       </c>
       <c r="E412" t="s">
-        <v>4676</v>
+        <v>4692</v>
       </c>
       <c r="F412" t="s">
         <v>13</v>
       </c>
       <c r="G412" t="s">
-        <v>4677</v>
+        <v>4693</v>
       </c>
       <c r="H412" t="s">
-        <v>4678</v>
+        <v>4694</v>
       </c>
       <c r="I412" t="s">
-        <v>4679</v>
+        <v>4695</v>
       </c>
       <c r="J412" t="s">
-        <v>587</v>
+        <v>4696</v>
       </c>
       <c r="K412" t="s">
-        <v>4680</v>
+        <v>4697</v>
       </c>
       <c r="L412" t="s">
-        <v>4681</v>
+        <v>4698</v>
+      </c>
+      <c r="M412" t="s">
+        <v>4699</v>
+      </c>
+      <c r="N412" t="s">
+        <v>4700</v>
+      </c>
+      <c r="O412" t="s">
+        <v>4701</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B413" t="s">
-        <v>4682</v>
+        <v>4702</v>
       </c>
       <c r="C413" t="s">
         <v>13</v>
       </c>
       <c r="D413" t="s">
         <v>13</v>
       </c>
       <c r="E413" t="s">
-        <v>4683</v>
+        <v>4703</v>
       </c>
       <c r="F413" t="s">
         <v>13</v>
       </c>
       <c r="G413" t="s">
-        <v>4684</v>
+        <v>4704</v>
       </c>
       <c r="H413" t="s">
-        <v>4685</v>
+        <v>4705</v>
       </c>
       <c r="I413" t="s">
-        <v>912</v>
+        <v>4706</v>
       </c>
       <c r="J413" t="s">
-        <v>2706</v>
+        <v>4018</v>
       </c>
       <c r="K413" t="s">
-        <v>4686</v>
+        <v>4707</v>
       </c>
       <c r="L413" t="s">
-        <v>4687</v>
-[...2 lines deleted...]
-        <v>4688</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B414" t="s">
-        <v>4689</v>
+        <v>4709</v>
       </c>
       <c r="C414" t="s">
         <v>13</v>
       </c>
       <c r="D414" t="s">
         <v>13</v>
       </c>
       <c r="E414" t="s">
-        <v>4690</v>
+        <v>4710</v>
       </c>
       <c r="F414" t="s">
         <v>13</v>
       </c>
       <c r="G414" t="s">
-        <v>4691</v>
+        <v>4711</v>
       </c>
       <c r="H414" t="s">
-        <v>4692</v>
+        <v>4712</v>
       </c>
       <c r="I414" t="s">
-        <v>4693</v>
+        <v>4713</v>
       </c>
       <c r="J414" t="s">
-        <v>4139</v>
+        <v>716</v>
       </c>
       <c r="K414" t="s">
-        <v>4694</v>
+        <v>4714</v>
+      </c>
+      <c r="L414" t="s">
+        <v>4715</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B415" t="s">
-        <v>4695</v>
+        <v>4716</v>
       </c>
       <c r="C415" t="s">
         <v>13</v>
       </c>
       <c r="D415" t="s">
         <v>13</v>
       </c>
       <c r="E415" t="s">
-        <v>4696</v>
+        <v>4717</v>
       </c>
       <c r="F415" t="s">
         <v>13</v>
       </c>
       <c r="G415" t="s">
-        <v>4697</v>
+        <v>4718</v>
       </c>
       <c r="H415" t="s">
-        <v>4698</v>
+        <v>4719</v>
       </c>
       <c r="I415" t="s">
-        <v>4699</v>
+        <v>979</v>
       </c>
       <c r="J415" t="s">
-        <v>4700</v>
+        <v>2747</v>
       </c>
       <c r="K415" t="s">
-        <v>4701</v>
+        <v>4720</v>
       </c>
       <c r="L415" t="s">
-        <v>4702</v>
+        <v>4721</v>
+      </c>
+      <c r="M415" t="s">
+        <v>4722</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B416" t="s">
-        <v>4703</v>
+        <v>4723</v>
       </c>
       <c r="C416" t="s">
         <v>13</v>
       </c>
       <c r="D416" t="s">
         <v>13</v>
       </c>
       <c r="E416" t="s">
-        <v>4704</v>
+        <v>4724</v>
       </c>
       <c r="F416" t="s">
         <v>13</v>
       </c>
       <c r="G416" t="s">
-        <v>4705</v>
+        <v>4725</v>
       </c>
       <c r="H416" t="s">
-        <v>4706</v>
+        <v>4726</v>
       </c>
       <c r="I416" t="s">
-        <v>4707</v>
+        <v>4727</v>
       </c>
       <c r="J416" t="s">
-        <v>4708</v>
+        <v>4180</v>
       </c>
       <c r="K416" t="s">
-        <v>4709</v>
+        <v>4728</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B417" t="s">
-        <v>4710</v>
+        <v>4729</v>
       </c>
       <c r="C417" t="s">
         <v>13</v>
       </c>
       <c r="D417" t="s">
         <v>13</v>
       </c>
       <c r="E417" t="s">
-        <v>4711</v>
+        <v>4730</v>
       </c>
       <c r="F417" t="s">
         <v>13</v>
       </c>
       <c r="G417" t="s">
-        <v>4712</v>
+        <v>4731</v>
       </c>
       <c r="H417" t="s">
-        <v>4713</v>
+        <v>4732</v>
       </c>
       <c r="I417" t="s">
-        <v>4714</v>
+        <v>4733</v>
       </c>
       <c r="J417" t="s">
-        <v>341</v>
+        <v>4734</v>
       </c>
       <c r="K417" t="s">
-        <v>4715</v>
+        <v>4735</v>
       </c>
       <c r="L417" t="s">
-        <v>4716</v>
-[...11 lines deleted...]
-        <v>4720</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B418" t="s">
-        <v>4721</v>
+        <v>4737</v>
       </c>
       <c r="C418" t="s">
         <v>13</v>
       </c>
       <c r="D418" t="s">
         <v>13</v>
       </c>
       <c r="E418" t="s">
-        <v>4722</v>
+        <v>4738</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" t="s">
-        <v>4723</v>
+        <v>4739</v>
       </c>
       <c r="H418" t="s">
-        <v>4724</v>
+        <v>4740</v>
       </c>
       <c r="I418" t="s">
-        <v>4725</v>
+        <v>4741</v>
       </c>
       <c r="J418" t="s">
-        <v>4726</v>
+        <v>4742</v>
       </c>
       <c r="K418" t="s">
-        <v>4727</v>
-[...8 lines deleted...]
-        <v>4730</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B419" t="s">
-        <v>4731</v>
+        <v>4744</v>
       </c>
       <c r="C419" t="s">
         <v>13</v>
       </c>
       <c r="D419" t="s">
         <v>13</v>
       </c>
       <c r="E419" t="s">
-        <v>4732</v>
+        <v>4745</v>
       </c>
       <c r="F419" t="s">
         <v>13</v>
       </c>
       <c r="G419" t="s">
-        <v>4733</v>
+        <v>4746</v>
       </c>
       <c r="H419" t="s">
-        <v>4734</v>
+        <v>4747</v>
       </c>
       <c r="I419" t="s">
-        <v>4735</v>
+        <v>4748</v>
       </c>
       <c r="J419" t="s">
-        <v>1612</v>
+        <v>353</v>
       </c>
       <c r="K419" t="s">
-        <v>4736</v>
+        <v>4749</v>
       </c>
       <c r="L419" t="s">
-        <v>4737</v>
+        <v>4750</v>
       </c>
       <c r="M419" t="s">
-        <v>4738</v>
+        <v>4751</v>
+      </c>
+      <c r="N419" t="s">
+        <v>4752</v>
+      </c>
+      <c r="O419" t="s">
+        <v>4753</v>
+      </c>
+      <c r="P419" t="s">
+        <v>4754</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B420" t="s">
-        <v>4739</v>
+        <v>4755</v>
       </c>
       <c r="C420" t="s">
         <v>13</v>
       </c>
       <c r="D420" t="s">
         <v>13</v>
       </c>
       <c r="E420" t="s">
-        <v>4740</v>
+        <v>4756</v>
       </c>
       <c r="F420" t="s">
         <v>13</v>
       </c>
       <c r="G420" t="s">
-        <v>4741</v>
+        <v>4757</v>
       </c>
       <c r="H420" t="s">
-        <v>4742</v>
+        <v>4758</v>
       </c>
       <c r="I420" t="s">
-        <v>4743</v>
+        <v>4759</v>
       </c>
       <c r="J420" t="s">
-        <v>4744</v>
+        <v>4760</v>
       </c>
       <c r="K420" t="s">
-        <v>4745</v>
+        <v>4761</v>
       </c>
       <c r="L420" t="s">
-        <v>4746</v>
+        <v>4762</v>
       </c>
       <c r="M420" t="s">
-        <v>4747</v>
+        <v>4763</v>
       </c>
       <c r="N420" t="s">
-        <v>4748</v>
+        <v>4764</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B421" t="s">
-        <v>4749</v>
+        <v>4765</v>
       </c>
       <c r="C421" t="s">
         <v>13</v>
       </c>
       <c r="D421" t="s">
         <v>13</v>
       </c>
       <c r="E421" t="s">
-        <v>4750</v>
+        <v>4766</v>
       </c>
       <c r="F421" t="s">
         <v>13</v>
       </c>
       <c r="G421" t="s">
-        <v>4751</v>
+        <v>4767</v>
       </c>
       <c r="H421" t="s">
-        <v>4752</v>
+        <v>4768</v>
       </c>
       <c r="I421" t="s">
-        <v>4753</v>
+        <v>4769</v>
       </c>
       <c r="J421" t="s">
-        <v>4754</v>
+        <v>1679</v>
       </c>
       <c r="K421" t="s">
-        <v>4755</v>
+        <v>4770</v>
+      </c>
+      <c r="L421" t="s">
+        <v>4771</v>
+      </c>
+      <c r="M421" t="s">
+        <v>4772</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B422" t="s">
-        <v>4756</v>
+        <v>4773</v>
       </c>
       <c r="C422" t="s">
         <v>13</v>
       </c>
       <c r="D422" t="s">
         <v>13</v>
       </c>
       <c r="E422" t="s">
-        <v>4757</v>
+        <v>4774</v>
       </c>
       <c r="F422" t="s">
         <v>13</v>
       </c>
       <c r="G422" t="s">
-        <v>4758</v>
+        <v>4775</v>
       </c>
       <c r="H422" t="s">
-        <v>4759</v>
+        <v>4776</v>
       </c>
       <c r="I422" t="s">
-        <v>4760</v>
+        <v>4777</v>
       </c>
       <c r="J422" t="s">
-        <v>4761</v>
+        <v>4778</v>
       </c>
       <c r="K422" t="s">
-        <v>4762</v>
+        <v>4779</v>
       </c>
       <c r="L422" t="s">
-        <v>4763</v>
+        <v>4780</v>
       </c>
       <c r="M422" t="s">
-        <v>4764</v>
+        <v>4781</v>
       </c>
       <c r="N422" t="s">
-        <v>4765</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B423" t="s">
-        <v>4766</v>
+        <v>4783</v>
       </c>
       <c r="C423" t="s">
         <v>13</v>
       </c>
       <c r="D423" t="s">
         <v>13</v>
       </c>
       <c r="E423" t="s">
-        <v>4767</v>
+        <v>4784</v>
       </c>
       <c r="F423" t="s">
         <v>13</v>
       </c>
       <c r="G423" t="s">
-        <v>4768</v>
+        <v>4785</v>
       </c>
       <c r="H423" t="s">
-        <v>4769</v>
+        <v>4786</v>
       </c>
       <c r="I423" t="s">
-        <v>4770</v>
+        <v>4787</v>
       </c>
       <c r="J423" t="s">
-        <v>4761</v>
+        <v>4788</v>
       </c>
       <c r="K423" t="s">
-        <v>4771</v>
+        <v>4789</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B424" t="s">
-        <v>4772</v>
+        <v>4790</v>
       </c>
       <c r="C424" t="s">
         <v>13</v>
       </c>
       <c r="D424" t="s">
         <v>13</v>
       </c>
       <c r="E424" t="s">
-        <v>4773</v>
+        <v>4791</v>
       </c>
       <c r="F424" t="s">
         <v>13</v>
       </c>
       <c r="G424" t="s">
-        <v>4774</v>
+        <v>4792</v>
       </c>
       <c r="H424" t="s">
-        <v>4775</v>
+        <v>4793</v>
       </c>
       <c r="I424" t="s">
-        <v>4776</v>
+        <v>4794</v>
       </c>
       <c r="J424" t="s">
-        <v>4777</v>
+        <v>4795</v>
       </c>
       <c r="K424" t="s">
-        <v>4778</v>
+        <v>4796</v>
+      </c>
+      <c r="L424" t="s">
+        <v>4797</v>
+      </c>
+      <c r="M424" t="s">
+        <v>4798</v>
+      </c>
+      <c r="N424" t="s">
+        <v>4799</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B425" t="s">
-        <v>4779</v>
+        <v>4800</v>
       </c>
       <c r="C425" t="s">
         <v>13</v>
       </c>
       <c r="D425" t="s">
         <v>13</v>
       </c>
       <c r="E425" t="s">
-        <v>4780</v>
+        <v>4801</v>
       </c>
       <c r="F425" t="s">
         <v>13</v>
       </c>
       <c r="G425" t="s">
-        <v>4781</v>
+        <v>4802</v>
       </c>
       <c r="H425" t="s">
-        <v>4782</v>
+        <v>4803</v>
       </c>
       <c r="I425" t="s">
-        <v>4783</v>
+        <v>4804</v>
       </c>
       <c r="J425" t="s">
-        <v>4784</v>
+        <v>4795</v>
       </c>
       <c r="K425" t="s">
-        <v>4785</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B426" t="s">
-        <v>4786</v>
+        <v>4806</v>
       </c>
       <c r="C426" t="s">
         <v>13</v>
       </c>
       <c r="D426" t="s">
         <v>13</v>
       </c>
       <c r="E426" t="s">
-        <v>4787</v>
+        <v>4807</v>
       </c>
       <c r="F426" t="s">
         <v>13</v>
       </c>
       <c r="G426" t="s">
-        <v>4788</v>
+        <v>4808</v>
       </c>
       <c r="H426" t="s">
-        <v>4789</v>
+        <v>4809</v>
       </c>
       <c r="I426" t="s">
-        <v>4790</v>
+        <v>4810</v>
       </c>
       <c r="J426" t="s">
-        <v>4777</v>
+        <v>4811</v>
       </c>
       <c r="K426" t="s">
-        <v>4791</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B427" t="s">
-        <v>4792</v>
+        <v>4813</v>
       </c>
       <c r="C427" t="s">
         <v>13</v>
       </c>
       <c r="D427" t="s">
         <v>13</v>
       </c>
       <c r="E427" t="s">
-        <v>4793</v>
+        <v>4814</v>
       </c>
       <c r="F427" t="s">
         <v>13</v>
       </c>
       <c r="G427" t="s">
-        <v>4794</v>
+        <v>4815</v>
       </c>
       <c r="H427" t="s">
-        <v>4795</v>
+        <v>4816</v>
       </c>
       <c r="I427" t="s">
-        <v>4796</v>
+        <v>4817</v>
       </c>
       <c r="J427" t="s">
-        <v>4797</v>
+        <v>4818</v>
       </c>
       <c r="K427" t="s">
-        <v>4798</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B428" t="s">
-        <v>4799</v>
+        <v>4820</v>
       </c>
       <c r="C428" t="s">
         <v>13</v>
       </c>
       <c r="D428" t="s">
         <v>13</v>
       </c>
       <c r="E428" t="s">
-        <v>4800</v>
+        <v>4821</v>
       </c>
       <c r="F428" t="s">
         <v>13</v>
       </c>
       <c r="G428" t="s">
-        <v>4801</v>
+        <v>4822</v>
       </c>
       <c r="H428" t="s">
-        <v>4802</v>
+        <v>4823</v>
       </c>
       <c r="I428" t="s">
-        <v>4803</v>
+        <v>4824</v>
       </c>
       <c r="J428" t="s">
-        <v>4804</v>
+        <v>4811</v>
       </c>
       <c r="K428" t="s">
-        <v>4805</v>
-[...5 lines deleted...]
-        <v>4807</v>
+        <v>4825</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B429" t="s">
-        <v>4808</v>
+        <v>4826</v>
       </c>
       <c r="C429" t="s">
         <v>13</v>
       </c>
       <c r="D429" t="s">
         <v>13</v>
       </c>
       <c r="E429" t="s">
-        <v>4809</v>
+        <v>4827</v>
       </c>
       <c r="F429" t="s">
         <v>13</v>
       </c>
       <c r="G429" t="s">
-        <v>4810</v>
+        <v>4828</v>
       </c>
       <c r="H429" t="s">
-        <v>4811</v>
+        <v>4829</v>
       </c>
       <c r="I429" t="s">
-        <v>4812</v>
+        <v>4830</v>
       </c>
       <c r="J429" t="s">
-        <v>4813</v>
+        <v>4831</v>
       </c>
       <c r="K429" t="s">
-        <v>4814</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B430" t="s">
-        <v>4815</v>
+        <v>4833</v>
       </c>
       <c r="C430" t="s">
         <v>13</v>
       </c>
       <c r="D430" t="s">
         <v>13</v>
       </c>
       <c r="E430" t="s">
-        <v>4816</v>
+        <v>4834</v>
       </c>
       <c r="F430" t="s">
         <v>13</v>
       </c>
       <c r="G430" t="s">
-        <v>4817</v>
+        <v>4835</v>
       </c>
       <c r="H430" t="s">
-        <v>4818</v>
+        <v>4836</v>
       </c>
       <c r="I430" t="s">
-        <v>912</v>
+        <v>4837</v>
       </c>
       <c r="J430" t="s">
-        <v>4819</v>
+        <v>4838</v>
       </c>
       <c r="K430" t="s">
-        <v>4820</v>
+        <v>4839</v>
       </c>
       <c r="L430" t="s">
-        <v>4821</v>
+        <v>4840</v>
+      </c>
+      <c r="M430" t="s">
+        <v>4841</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="B431" t="s">
-        <v>4822</v>
+        <v>4842</v>
       </c>
       <c r="C431" t="s">
         <v>13</v>
       </c>
       <c r="D431" t="s">
         <v>13</v>
       </c>
       <c r="E431" t="s">
-        <v>4823</v>
+        <v>4843</v>
       </c>
       <c r="F431" t="s">
         <v>13</v>
       </c>
       <c r="G431" t="s">
-        <v>4824</v>
+        <v>4844</v>
       </c>
       <c r="H431" t="s">
-        <v>4825</v>
+        <v>4845</v>
       </c>
       <c r="I431" t="s">
-        <v>4826</v>
+        <v>4846</v>
       </c>
       <c r="J431" t="s">
-        <v>4827</v>
+        <v>4847</v>
       </c>
       <c r="K431" t="s">
-        <v>4828</v>
+        <v>4848</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="s">
+        <v>347</v>
+      </c>
+      <c r="B432" t="s">
+        <v>4849</v>
+      </c>
+      <c r="C432" t="s">
+        <v>13</v>
+      </c>
+      <c r="D432" t="s">
+        <v>13</v>
+      </c>
+      <c r="E432" t="s">
+        <v>4850</v>
+      </c>
+      <c r="F432" t="s">
+        <v>13</v>
+      </c>
+      <c r="G432" t="s">
+        <v>4851</v>
+      </c>
+      <c r="H432" t="s">
+        <v>4852</v>
+      </c>
+      <c r="I432" t="s">
+        <v>979</v>
+      </c>
+      <c r="J432" t="s">
+        <v>4853</v>
+      </c>
+      <c r="K432" t="s">
+        <v>4854</v>
+      </c>
+      <c r="L432" t="s">
+        <v>4855</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="s">
+        <v>347</v>
+      </c>
+      <c r="B433" t="s">
+        <v>4856</v>
+      </c>
+      <c r="C433" t="s">
+        <v>13</v>
+      </c>
+      <c r="D433" t="s">
+        <v>13</v>
+      </c>
+      <c r="E433" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F433" t="s">
+        <v>13</v>
+      </c>
+      <c r="G433" t="s">
+        <v>4858</v>
+      </c>
+      <c r="H433" t="s">
+        <v>4859</v>
+      </c>
+      <c r="I433" t="s">
+        <v>4860</v>
+      </c>
+      <c r="J433" t="s">
+        <v>4861</v>
+      </c>
+      <c r="K433" t="s">
+        <v>4862</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>