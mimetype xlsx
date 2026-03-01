--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Vaccine recommendation" r:id="rId8" sheetId="6"/>
     <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7089" uniqueCount="4863">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7169" uniqueCount="4915">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -455,68 +455,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1680275/en/developmental-dysplasia-of-the-hip-screening</t>
   </si>
   <si>
     <t>c_1680275</t>
   </si>
   <si>
     <t>Fetal alcohol spectrum disorder : identification</t>
   </si>
   <si>
     <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
   </si>
   <si>
     <t>07/10/2013 00:00:00</t>
   </si>
   <si>
     <t>09/11/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...16 lines deleted...]
-  <si>
     <t>Anorexia nervosa</t>
   </si>
   <si>
     <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>09/30/2010 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
   </si>
   <si>
     <t>c_985715</t>
   </si>
   <si>
     <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
   </si>
   <si>
     <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
   </si>
   <si>
     <t>12/16/2009 00:00:00</t>
@@ -1073,50 +1055,614 @@
   <si>
     <t>03/07/2018 00:00:00</t>
   </si>
   <si>
     <t>04/19/2018 09:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>OPDIVO (nivolumab), anti-PD1 antibody</t>
+  </si>
+  <si>
+    <t>02/20/2026 16:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>pprd_2982912</t>
+  </si>
+  <si>
+    <t>nivolumab</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067177/en/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/en/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/en/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/en/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/en/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/en/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/en/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/en/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/en/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/en/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/en/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/en/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/en/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/en/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/en/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/en/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/en/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/en/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/en/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/en/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/en/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/en/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/en/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/en/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/en/opdivo/yervoy-nivolumab/ipilimumab-advanced-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/en/opdivo-nivolumab-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861353/en/opdivo-nivolumab-oncologie</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE HRA (kétoconazole)</t>
+  </si>
+  <si>
+    <t>02/20/2026 11:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/en/ketoconazole-hra-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984525</t>
+  </si>
+  <si>
+    <t>kétoconazole</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / CRISTERS / HRA PHARMA / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038116/en/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/en/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861370/en/ketoconazole-cristers-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861347/en/ketoconazole-viatris-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>02/17/2026 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+  </si>
+  <si>
+    <t>BYLVAY (odévixibat)</t>
+  </si>
+  <si>
+    <t>02/17/2026 16:44:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/en/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3427786</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427763/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/en/kayfanda-odevixibat-cholestatic-pruritus-in-alagille-syndrome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:40:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>vaccin zona recombinant avec adjuvant</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859377/en/shingrix-vaccin-zona-recombinant-avec-adjuvant-vaccin-zona</t>
+  </si>
+  <si>
+    <t>KOSELUGO (sélumétinib)</t>
+  </si>
+  <si>
+    <t>02/11/2026 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
+  </si>
+  <si>
+    <t>p_3322927</t>
+  </si>
+  <si>
+    <t>sélumétinib</t>
+  </si>
+  <si>
+    <t>Laboratoire AstraZeneca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>SKYCLARYS (omaveloxolone)</t>
+  </si>
+  <si>
+    <t>02/10/2026 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/en/skyclarys-omaveloxolone</t>
+  </si>
+  <si>
+    <t>p_3474040</t>
+  </si>
+  <si>
+    <t>omaveloxolone</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474022/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/en/skyclarys-omaveloxolone-friedreich-s-ataxia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859207/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadélumab)</t>
+  </si>
+  <si>
+    <t>02/05/2026 18:48:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadelumab</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/en/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/en/takhzyro-lanadelumab-hereditary-angioedema</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/en/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858395/en/takhzyro-lanadelumab-angiooedeme-hereditaire-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>SLENYTO</t>
+  </si>
+  <si>
+    <t>02/05/2026 18:46:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080614/en/slenyto</t>
+  </si>
+  <si>
+    <t>p_3080614</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080473/en/slenyto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267210/en/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858392/en/slenyto-melatonine-insomnie-chez-les-enfants-et-les-adolescents-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858398/en/slenyto-melatonine-insomnie-liee-a-des-troubles-neurogenetiques-chez-les-enfants-et-les-adolescents-de-2-a-18-ans</t>
+  </si>
+  <si>
+    <t>OFEV</t>
+  </si>
+  <si>
+    <t>01/30/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/en/ofev</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/en/ofev-nintedanib-inhibitor-of-tyrosine-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/en/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/en/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/en/ofev-nintedanib-pulmonary-fibrosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/en/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/en/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/en/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:50:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/en/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/en/flucelvax-influenza-vaccine-surface-antigen-inactivated-prepared-in-cell-cultures-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837721/en/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal-chez-les-adultes-et-enfants-a-partir-de-6-mois</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/16/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/en/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
     <t>PREVYMIS (létermovir)</t>
   </si>
   <si>
     <t>12/29/2025 14:20:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983127/en/prevymis-letermovir</t>
   </si>
   <si>
     <t>pprd_2983127</t>
   </si>
   <si>
     <t>letermovir</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2869231/en/prevymis-letermovir-antiviral</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498130/en/prevymis-letermovir-antiviral</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806765/en/prevymis-letermovir-antiviral-a-action-directe</t>
@@ -1313,101 +1859,65 @@
   <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
     <t>12/15/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
   </si>
   <si>
-    <t>TAKHZYRO (lanadélumab)</t>
-[...31 lines deleted...]
-  <si>
     <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
   </si>
   <si>
     <t>12/09/2025 15:28:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501692/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
   </si>
   <si>
     <t>p_3501692</t>
   </si>
   <si>
     <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784589/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
   </si>
   <si>
     <t>LORAZEPAM XILMAC (lorazépam)</t>
   </si>
   <si>
     <t>12/01/2025 14:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457344/en/lorazepam-xilmac-lorazepam</t>
   </si>
   <si>
     <t>p_3457344</t>
   </si>
   <si>
     <t>lorazépam</t>
   </si>
   <si>
     <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457064/en/lorazepam-xilmac-lorazepam-premedication</t>
@@ -1850,197 +2360,50 @@
   <si>
     <t>VOCABRIA (cabotégravir)</t>
   </si>
   <si>
     <t>10/21/2025 11:09:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
   </si>
   <si>
     <t>p_3263213</t>
   </si>
   <si>
     <t>cabotégravir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
   </si>
   <si>
-    <t>OPDIVO (nivolumab), anti-PD1 antibody</t>
-[...145 lines deleted...]
-  <si>
     <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
     <t>10/16/2025 12:35:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983154/en/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189034/en/yervoy</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701283/en/yervoy-melanome-2eme-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1779495/en/yervoy-ipilimumab-monoclonal-antibody</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2769366/en/yervoy-ipilimumab-monoclonal-antibody</t>
@@ -2084,53 +2447,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2632880/en/xalatan-latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2630028/en/xalatan-latanoprost-glaucoma-eye-drops</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689904/en/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
   </si>
   <si>
     <t>FLUARIX (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
     <t>10/10/2025 15:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984591/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2984591</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_399678/en/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_622530/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056122/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1323116/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1344404/en/fluarix</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615549/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022081/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689892/en/fluarix-vaccin-grippal-trivalent-a-virion-fragmente-inactive-vaccin-antigrippal</t>
   </si>
   <si>
     <t>KAFTRIO / KALYDECO</t>
@@ -2156,87 +2516,87 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303740/en/kaftrio-75-mg/50-mg/100-mg-elexacaftor/-ivacaftor/-tezacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3327002/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343179/en/kaftrio-elexacaftor/-ivacaftor/-tezacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460538/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-2-ans-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460573/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-enfant-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517566/en/kaftrio-ivacaftor/tezacaftor/elexacaftor-in-a-combination-regimen-with-kalydeco-ivacaftor-cystic-fibrosis-cf-aged-2-to-less-than-6-years</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552796/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfant-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644626/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-mucoviscidose-2-ans-et-plus</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3685915/en/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor-mucoviscidose-chez-les-patients-ages-de-2-ans-et-plus</t>
+    <t>https://www.has-sante.fr/jcms/p_3685915/en/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor-cystic-fibrosis-patients-aged-2-years-and-older</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689248/en/kaftrio-/-kalydeco-ivacaftor/tezacaftor/elexacaftor-mucoviscidose-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
   </si>
   <si>
     <t>NIMENRIX (polyoside de Neisseria meningitidis de groupe A conjugué à l'anatoxine...)</t>
   </si>
   <si>
     <t>09/26/2025 08:51:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984955/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
   </si>
   <si>
     <t>pprd_2984955</t>
   </si>
   <si>
     <t>vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1352587/en/nimenrix</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041961/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296242/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-w-135</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534139/en/nimenrix-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccin-meningococcique-conjugue-des-groupes-a-c-w135-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
   </si>
   <si>
     <t>09/25/2025 09:57:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
   </si>
   <si>
     <t>pprd_2984736</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534142/en/bexsero-meningococcal-group-b-vaccine-vaccine</t>
   </si>
@@ -2252,107 +2612,131 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
   </si>
   <si>
     <t>pprd_2984826</t>
   </si>
   <si>
     <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315464/en/menveo-oligoside-de-neisseria-meningitidis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534145/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-disease</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-vaccin-meningococcique-des-serogroupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-invasive-meningococcal-group-a-c-w-135</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>TRUMENBA suspension injectable en seringue préremplie</t>
   </si>
   <si>
     <t>09/25/2025 10:08:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281243/en/trumenba-suspension-injectable-en-seringue-preremplie</t>
   </si>
   <si>
     <t>p_3281243</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B (recombinant, adsorbé)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280981/en/trumenba-meningococcal-group-b-vaccine-recombinant-adsorbed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576429/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-vaccin-anti-meningococcique-serogroupe-b</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>MENQUADFI (vaccin méningococcique conjugué des groupes A, C, W et Y)</t>
   </si>
   <si>
     <t>09/25/2025 10:08:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296179/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>p_3296179</t>
   </si>
   <si>
     <t>vaccin méningococcique conjugué des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>SANOFI PASTEUR FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295762/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534136/en/menquadfi-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686928/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
+    <t>EMCITATE (tiratricol)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639866/en/emcitate-tiratricol</t>
+  </si>
+  <si>
+    <t>p_3639866</t>
+  </si>
+  <si>
+    <t>tiratricol</t>
+  </si>
+  <si>
+    <t>EGETIS THERAPEUTICS AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639856/en/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686952/en/emcitate-tiratricol-peripheral-thyrotoxicosis</t>
+  </si>
+  <si>
     <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
   </si>
   <si>
     <t>09/18/2025 08:44:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
@@ -2438,123 +2822,93 @@
   <si>
     <t>travoprost</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399287/en/travatan-travoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399914/en/travatan-travoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_468588/en/travatan-travoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1250136/en/travatan-travoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679449/en/travatan-travoprost-glaucoma-eye-drops</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2825238/en/travatan-travoprost</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3658370/en/travatan-travoprost-hypertonie-intraoculaire-et-glaucome</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3658370/en/travatan-travoprost-intraocular-hypertension-or-glaucoma</t>
   </si>
   <si>
     <t>AKANTIOR (polihexanide)</t>
   </si>
   <si>
     <t>09/12/2025 16:05:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639394/en/akantior-polihexanide</t>
   </si>
   <si>
     <t>p_3639394</t>
   </si>
   <si>
     <t>polihexanide</t>
   </si>
   <si>
     <t>SIFI FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639096/en/akantior-polihexanide-acanthamoeba-keratitis-in-adults-and-children-from-12-years-of-age</t>
   </si>
   <si>
-    <t>KOSELUGO (sélumétinib)</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+    <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>09/11/2025 08:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644681/en/casarenel-adapalene/peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>p_3644681</t>
+  </si>
+  <si>
+    <t>adapalène,peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644325/en/casarenel-adapalene-benzoyl-peroxide-acne</t>
   </si>
   <si>
     <t>NEXVIADYME (avalglucosidase alfa)</t>
   </si>
   <si>
     <t>09/10/2025 13:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374119/en/nexviadyme-avalglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3374119</t>
   </si>
   <si>
     <t>avalglucosidase alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374079/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390671/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467298/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
@@ -2582,51 +2936,51 @@
   <si>
     <t>ULTRAGENYX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385348/en/evkeeza-evinacumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3448101/en/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460124/en/evkeeza-evinacumab-homozygous-familial-hypercholesterolaemia</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503277/en/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3515705/en/evkeeza-evinacumab-homozygous-familial-hypercholesterolaemia-hofh</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3515708/en/evkeeza-evinacumab-homozygous-familial-hypercholesterolaemia-hofh</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602593/en/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale-pediatrie-6-mois-a-4-ans</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3643896/en/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-6-mois-a-4-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3643896/en/evkeeza-evinacumab-paediatric-patients-aged-6-months-to-4-years-with-homozygous-familial-hypercholesterolaemia-hofh</t>
   </si>
   <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
     <t>09/05/2025 13:50:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2818022/en/buccolam-midazolam</t>
   </si>
@@ -3029,53 +3383,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
   </si>
   <si>
     <t>RETSEVMO (selpercatinib)</t>
   </si>
   <si>
     <t>07/01/2025 13:56:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272191/en/retsevmo-selpercatinib</t>
   </si>
   <si>
     <t>p_3272191</t>
   </si>
   <si>
     <t>selpercatinib</t>
   </si>
   <si>
-    <t>LILLY FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3271751/en/retsevmo-selpercatinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294124/en/retsevmo-40-80-mg-selpercatinib-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3326335/en/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341392/en/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3412892/en/retsevmo-selpercatinib-non-small-cell-lung-cancer-nsclc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3442969/en/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505761/en/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3508489/en/retsevmo-selpercatinib-non-small-cell-lung-cancer-nsclc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3515171/en/retsevmo-selpercatinib-thyroid-cancer</t>
@@ -3185,53 +3536,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478083/en/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
   </si>
   <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
     <t>05/21/2025 16:30:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
-    <t>VIFOR FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
   </si>
   <si>
     <t>EFLUELDA</t>
   </si>
   <si>
     <t>05/21/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
@@ -3545,77 +3893,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985174/en/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2985174</t>
   </si>
   <si>
     <t>virus grippal, inactivé, fragmenté</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399695/en/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_555637/en/mutagrip-/-vaxigrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056137/en/mutagrip-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594958/en/vaxigrip-trivalent-influenza-vaccine-split-virion-inactivated-influenza-vaccine</t>
   </si>
   <si>
-    <t>BYLVAY (odévixibat)</t>
-[...25 lines deleted...]
-  <si>
     <t>TEPADINA (thiotépa)</t>
   </si>
   <si>
     <t>03/06/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985065/en/tepadina-thiotepa</t>
   </si>
   <si>
     <t>pprd_2985065</t>
   </si>
   <si>
     <t>thiotépa</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189058/en/tepadina</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288400/en/tepadina-400mg-thiotepa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594375/en/tepadina-thiotepa-transplantation</t>
@@ -3659,53 +3980,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2559091/en/hyqvia-human-normal-immunoglobulin</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480473/en/hyqvia-normal-human-immunoglobulin-co-administered-with-recombinant-human-hya-luronidase-immunoglobulin</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
   </si>
   <si>
     <t>ACUPAN (néfopam (chlorhydrate de))</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983835/en/acupan-nefopam-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983835</t>
   </si>
   <si>
     <t>néfopam (chlorhydrate de)</t>
   </si>
   <si>
-    <t>BIOCODEX</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_642372/en/acupan-nefopam-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1323128/en/acupan-nefopam-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2725534/en/acupan-nefopam-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594399/en/acupan-nefopam-treatment-of-acute-pain</t>
   </si>
   <si>
     <t>VORAXAZE (glucarpidase)</t>
   </si>
   <si>
     <t>08/22/2024 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
   </si>
   <si>
     <t>p_3334742</t>
   </si>
   <si>
     <t>glucarpidase</t>
@@ -3866,137 +4184,77 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2851239/en/glucose-5-viaflo-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2852588/en/glucose-5-b-braun-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2852591/en/glucose-5-macopharma-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2852594/en/glucose-fresenius-5-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908490/en/glucose-viaflo-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3409210/en/glucose-5-lavoisier-glucose-monohydrate-solute</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3409213/en/glucose-30-lavoisier-glucose-monohydrate-solute</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590911/en/glucose-aguettant-glucose-solute</t>
   </si>
   <si>
-    <t>SKYCLARYS (omaveloxolone)</t>
-[...25 lines deleted...]
-  <si>
     <t>LAMZEDE (velmanase alfa)</t>
   </si>
   <si>
     <t>01/10/2025 08:45:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982928/en/lamzede-velmanase-alfa</t>
   </si>
   <si>
     <t>pprd_2982928</t>
   </si>
   <si>
     <t>velmanase alfa</t>
   </si>
   <si>
     <t>CHIESI SA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2894917/en/lamzede-velmanase-alpha-enzyme</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313547/en/lamzede-velmanase-alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577018/en/lamzede-velmanase-alfa-alpha-mannosidosis</t>
   </si>
   <si>
-    <t>BENLYSTA</t>
-[...31 lines deleted...]
-  <si>
     <t>KALYDECO</t>
   </si>
   <si>
     <t>01/10/2025 08:43:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984153/en/kalydeco</t>
   </si>
   <si>
     <t>pprd_2984153</t>
   </si>
   <si>
     <t>ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1343136/en/kalydeco</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1778225/en/kalydeco</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2024569/en/kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2621285/en/kalydeco-ivacaftor-selective-potentiator-of-the-cftr-protein</t>
@@ -4094,125 +4352,50 @@
   <si>
     <t>BRINEURA (cerliponase alfa)</t>
   </si>
   <si>
     <t>12/12/2024 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983205/en/brineura-cerliponase-alfa</t>
   </si>
   <si>
     <t>pprd_2983205</t>
   </si>
   <si>
     <t>cerliponase alfa</t>
   </si>
   <si>
     <t>BIOMARIN INTERNATIONAL LIMITED</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2859880/en/brineura-cerliponase-alfa-simple-class</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3571320/en/brineura-150-mg-cerliponase-alfa-rare-disease</t>
   </si>
   <si>
-    <t>DUPIXENT</t>
-[...73 lines deleted...]
-  <si>
     <t>EYLEA (aflibercept)</t>
   </si>
   <si>
     <t>12/03/2024 17:02:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983956/en/eylea-aflibercept</t>
   </si>
   <si>
     <t>pprd_2983956</t>
   </si>
   <si>
     <t>aflibercept</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1554433/en/eylea</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1751177/en/eylea</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2025589/en/eylea-aflibercept-anti-vegf</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2589764/en/eylea-aflibercept-anti-vegf</t>
@@ -6023,53 +6206,50 @@
   <si>
     <t>IMMEDICA PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3516966/en/loargys-pegzilarginase-deficit-en-arginase-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3519797/en/loargys-pegzilarginase-arginase-1-deficiency-arg1-d</t>
   </si>
   <si>
     <t>JARDIANCE</t>
   </si>
   <si>
     <t>05/24/2024 16:25:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982867/en/jardiance</t>
   </si>
   <si>
     <t>pprd_2982867</t>
   </si>
   <si>
     <t>empagliflozine</t>
   </si>
   <si>
-    <t>BOEHRINGER INGELHEIM FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2003853/en/jardiance</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2722414/en/jardiance-empagliflozin-oral-antidiabetic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906422/en/jardiance-empagliflozine-antidiabetique-oral</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3218344/en/jardiance-empagliflozine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315443/en/jardiance-icc-empagliflozine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343465/en/jardiance-empagliflozine-insuffisance-cardiaque</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352200/en/jardiance-empagliflozine-insuffisance-cardiaque-chronique-symptomatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3497011/en/jardiance-empagliflozin-chronic-kidney-disease</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518844/en/jardiance-empagliflozin-aged-10-years-and-above-with-type-2-diabetes</t>
@@ -6302,68 +6482,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517408/en/umatrope-somatropine-growth-disturbance</t>
   </si>
   <si>
     <t>AMGLIDIA (glibenclamide)</t>
   </si>
   <si>
     <t>04/29/2024 11:33:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982874/en/amglidia-glibenclamide</t>
   </si>
   <si>
     <t>pprd_2982874</t>
   </si>
   <si>
     <t>glibenclamide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904837/en/amglidia-glibenclamide-antidiabetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3512099/en/amglidia-glibenclamide-diabetes-mellitus</t>
   </si>
   <si>
-    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
-[...16 lines deleted...]
-  <si>
     <t>HEMLIBRA</t>
   </si>
   <si>
     <t>04/22/2024 08:34:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983128/en/hemlibra</t>
   </si>
   <si>
     <t>pprd_2983128</t>
   </si>
   <si>
     <t>emicizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2868847/en/hemlibra-emicizumab-haemostatic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3114482/en/hemlibra-emicizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3120946/en/hemlibra-emicizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3124681/en/hemlibra-emicizumab</t>
@@ -6437,53 +6599,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3109937/en/orkambi-ivacaftor/-lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470456/en/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471694/en/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>SIANALAR</t>
   </si>
   <si>
     <t>03/08/2024 08:40:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982973/en/sianalar</t>
   </si>
   <si>
     <t>pprd_2982973</t>
   </si>
   <si>
     <t>bromure de glycopyrronium</t>
   </si>
   <si>
-    <t>EURODEP PHARMA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2889901/en/sianalar-glycopyrronium-bromide-anticholinergic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3499775/en/sialanar-glycopyrronium-bromide-severe-sialorrhoea</t>
   </si>
   <si>
     <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
   </si>
   <si>
     <t>03/06/2024 17:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
@@ -14538,53 +14697,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2985256/en/vedrop-tocofersolan</t>
   </si>
   <si>
     <t>pprd_2985256</t>
   </si>
   <si>
     <t>tocofersolan</t>
   </si>
   <si>
     <t>Laboratoire ORPHAN EUROPE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_987213/en/vedrop</t>
   </si>
   <si>
     <t>CIRCADIN (mélatonine)</t>
   </si>
   <si>
     <t>02/06/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985264/en/circadin-melatonine</t>
   </si>
   <si>
     <t>pprd_2985264</t>
-  </si>
-[...1 lines deleted...]
-    <t>mélatonine</t>
   </si>
   <si>
     <t>Laboratoires Lundbeck</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967008/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967446/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_727179/en/circadin</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
@@ -14784,51 +14940,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -15428,152 +15584,152 @@
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>158</v>
       </c>
       <c r="H24" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>160</v>
       </c>
       <c r="C25" t="s">
         <v>161</v>
       </c>
       <c r="D25" t="s">
         <v>162</v>
       </c>
       <c r="E25" t="s">
+        <v>162</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>163</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
         <v>166</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E26" t="s">
         <v>168</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>169</v>
       </c>
       <c r="H26" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>171</v>
       </c>
       <c r="C27" t="s">
         <v>172</v>
       </c>
       <c r="D27" t="s">
         <v>173</v>
       </c>
       <c r="E27" t="s">
+        <v>173</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>174</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
         <v>177</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>178</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
+        <v>178</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>179</v>
       </c>
-      <c r="E28" t="s">
-[...5 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
         <v>182</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E29" t="s">
         <v>184</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>185</v>
       </c>
       <c r="H29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>188</v>
       </c>
       <c r="D30" t="s">
@@ -15581,80 +15737,80 @@
       </c>
       <c r="E30" t="s">
         <v>190</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>191</v>
       </c>
       <c r="H30" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
         <v>193</v>
       </c>
       <c r="C31" t="s">
         <v>194</v>
       </c>
       <c r="D31" t="s">
+        <v>189</v>
+      </c>
+      <c r="E31" t="s">
+        <v>190</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>195</v>
       </c>
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>198</v>
+      </c>
+      <c r="D32" t="s">
         <v>199</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>201</v>
       </c>
       <c r="H32" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>204</v>
       </c>
       <c r="D33" t="s">
         <v>205</v>
       </c>
       <c r="E33" t="s">
@@ -15724,21336 +15880,21586 @@
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36" t="s">
         <v>221</v>
       </c>
       <c r="C36" t="s">
         <v>222</v>
       </c>
       <c r="D36" t="s">
         <v>223</v>
       </c>
       <c r="E36" t="s">
         <v>224</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>225</v>
       </c>
       <c r="H36" t="s">
         <v>226</v>
-      </c>
-[...24 lines deleted...]
-        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>232</v>
+      </c>
+      <c r="H2" t="s">
         <v>233</v>
-      </c>
-[...19 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B3" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C3" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="H3" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B4" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C4" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="D4" t="s">
         <v>68</v>
       </c>
       <c r="E4" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H4" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B3" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="C3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="D3" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="E3" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="H3" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B4" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C4" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="D4" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E4" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="H4" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B5" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C5" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="D5" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E5" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="H5" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B6" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C6" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="D6" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="E6" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="H6" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B7" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="C7" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="D7" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="E7" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="H7" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B8" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C8" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="D8" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E8" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="H8" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B9" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C9" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="D9" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="E9" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="H9" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B10" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C10" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="D10" t="s">
+        <v>289</v>
+      </c>
+      <c r="E10" t="s">
         <v>295</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="H10" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B11" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C11" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="D11" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="E11" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="H11" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B2" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="H2" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B3" t="s">
         <v>310</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="H3" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B4" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="C4" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H4" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B5" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C5" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="H5" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>325</v>
+      </c>
+      <c r="B2" t="s">
+        <v>326</v>
+      </c>
+      <c r="C2" t="s">
+        <v>327</v>
+      </c>
+      <c r="D2" t="s">
+        <v>328</v>
+      </c>
+      <c r="E2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>330</v>
+      </c>
+      <c r="H2" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="B3" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="C3" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="D3" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="E3" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="H3" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CI433"/>
+  <dimension ref="A1:CI439"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="J1" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="K1" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>344</v>
+      </c>
+      <c r="H2" t="s">
+        <v>345</v>
+      </c>
+      <c r="I2" t="s">
+        <v>346</v>
+      </c>
+      <c r="J2" t="s">
         <v>347</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>348</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="L2" t="s">
         <v>349</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="M2" t="s">
         <v>350</v>
       </c>
-      <c r="H2" t="s">
+      <c r="N2" t="s">
         <v>351</v>
       </c>
-      <c r="I2" t="s">
+      <c r="O2" t="s">
         <v>352</v>
       </c>
-      <c r="J2" t="s">
+      <c r="P2" t="s">
         <v>353</v>
       </c>
-      <c r="K2" t="s">
+      <c r="Q2" t="s">
         <v>354</v>
       </c>
-      <c r="L2" t="s">
+      <c r="R2" t="s">
         <v>355</v>
       </c>
-      <c r="M2" t="s">
+      <c r="S2" t="s">
         <v>356</v>
+      </c>
+      <c r="T2" t="s">
+        <v>357</v>
+      </c>
+      <c r="U2" t="s">
+        <v>358</v>
+      </c>
+      <c r="V2" t="s">
+        <v>359</v>
+      </c>
+      <c r="W2" t="s">
+        <v>360</v>
+      </c>
+      <c r="X2" t="s">
+        <v>361</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>362</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>363</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>363</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>364</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>365</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>366</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>367</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>368</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>369</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>370</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>371</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>372</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>373</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>374</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>375</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>376</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>377</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>378</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>379</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>380</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>381</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>382</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>383</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>384</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>385</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>386</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>387</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>388</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>382</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>389</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>390</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>392</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>359</v>
+        <v>394</v>
       </c>
       <c r="H3" t="s">
-        <v>360</v>
+        <v>395</v>
       </c>
       <c r="I3" t="s">
-        <v>361</v>
+        <v>396</v>
       </c>
       <c r="J3" t="s">
-        <v>353</v>
+        <v>397</v>
       </c>
       <c r="K3" t="s">
-        <v>362</v>
+        <v>398</v>
       </c>
       <c r="L3" t="s">
-        <v>363</v>
+        <v>399</v>
       </c>
       <c r="M3" t="s">
-        <v>364</v>
+        <v>400</v>
       </c>
       <c r="N3" t="s">
-        <v>365</v>
+        <v>401</v>
       </c>
       <c r="O3" t="s">
-        <v>366</v>
-[...106 lines deleted...]
-      <c r="AY3" t="s">
         <v>402</v>
-      </c>
-[...49 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B4" t="s">
+        <v>403</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>405</v>
+      </c>
+      <c r="H4" t="s">
+        <v>406</v>
+      </c>
+      <c r="I4" t="s">
+        <v>407</v>
+      </c>
+      <c r="J4" t="s">
+        <v>408</v>
+      </c>
+      <c r="K4" t="s">
+        <v>409</v>
+      </c>
+      <c r="L4" t="s">
+        <v>410</v>
+      </c>
+      <c r="M4" t="s">
+        <v>411</v>
+      </c>
+      <c r="N4" t="s">
+        <v>412</v>
+      </c>
+      <c r="O4" t="s">
+        <v>413</v>
+      </c>
+      <c r="P4" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>415</v>
+      </c>
+      <c r="R4" t="s">
+        <v>416</v>
+      </c>
+      <c r="S4" t="s">
+        <v>417</v>
+      </c>
+      <c r="T4" t="s">
+        <v>418</v>
+      </c>
+      <c r="U4" t="s">
+        <v>419</v>
+      </c>
+      <c r="V4" t="s">
         <v>420</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="W4" t="s">
         <v>421</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="X4" t="s">
         <v>422</v>
       </c>
-      <c r="H4" t="s">
+      <c r="Y4" t="s">
         <v>423</v>
       </c>
-      <c r="I4" t="s">
+      <c r="Z4" t="s">
         <v>424</v>
       </c>
-      <c r="J4" t="s">
+      <c r="AA4" t="s">
         <v>425</v>
       </c>
-      <c r="K4" t="s">
+      <c r="AB4" t="s">
         <v>426</v>
       </c>
-      <c r="L4" t="s">
+      <c r="AC4" t="s">
         <v>427</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B5" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H5" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="L5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M5" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="N5" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B6" t="s">
+        <v>438</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>439</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>440</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>441</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>442</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>443</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>444</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B7" t="s">
+        <v>446</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>447</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>448</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>449</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>450</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>451</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>452</v>
       </c>
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>453</v>
-      </c>
-[...7 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B8" t="s">
+        <v>454</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>455</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>456</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>457</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>458</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J8" t="s">
         <v>459</v>
       </c>
-      <c r="I8" t="s">
+      <c r="K8" t="s">
         <v>460</v>
       </c>
-      <c r="J8" t="s">
+      <c r="L8" t="s">
         <v>461</v>
       </c>
-      <c r="K8" t="s">
+      <c r="M8" t="s">
         <v>462</v>
       </c>
-      <c r="L8" t="s">
+      <c r="N8" t="s">
         <v>463</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B9" t="s">
+        <v>464</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>465</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>466</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>467</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>468</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
         <v>469</v>
       </c>
-      <c r="I9" t="s">
+      <c r="K9" t="s">
         <v>470</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>471</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
         <v>472</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>473</v>
       </c>
-      <c r="N9" t="s">
+      <c r="O9" t="s">
         <v>474</v>
       </c>
-      <c r="O9" t="s">
+      <c r="P9" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B10" t="s">
+        <v>476</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>477</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>478</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>479</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>480</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>481</v>
       </c>
-      <c r="J10" t="s">
+      <c r="K10" t="s">
         <v>482</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>483</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>484</v>
       </c>
-      <c r="M10" t="s">
+      <c r="N10" t="s">
         <v>485</v>
-      </c>
-[...220 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B11" t="s">
-        <v>558</v>
+        <v>486</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>559</v>
+        <v>487</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>560</v>
+        <v>488</v>
       </c>
       <c r="H11" t="s">
-        <v>561</v>
+        <v>489</v>
       </c>
       <c r="I11" t="s">
-        <v>562</v>
+        <v>490</v>
       </c>
       <c r="J11" t="s">
-        <v>563</v>
+        <v>491</v>
       </c>
       <c r="K11" t="s">
-        <v>564</v>
+        <v>492</v>
       </c>
       <c r="L11" t="s">
-        <v>565</v>
+        <v>493</v>
       </c>
       <c r="M11" t="s">
-        <v>566</v>
+        <v>494</v>
       </c>
       <c r="N11" t="s">
-        <v>567</v>
+        <v>495</v>
       </c>
       <c r="O11" t="s">
-        <v>568</v>
+        <v>496</v>
       </c>
       <c r="P11" t="s">
-        <v>569</v>
-[...17 lines deleted...]
-        <v>575</v>
+        <v>497</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B12" t="s">
-        <v>576</v>
+        <v>498</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>577</v>
+        <v>499</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>578</v>
+        <v>500</v>
       </c>
       <c r="H12" t="s">
-        <v>579</v>
+        <v>501</v>
       </c>
       <c r="I12" t="s">
-        <v>580</v>
+        <v>502</v>
       </c>
       <c r="J12" t="s">
-        <v>581</v>
+        <v>443</v>
       </c>
       <c r="K12" t="s">
-        <v>582</v>
+        <v>503</v>
       </c>
       <c r="L12" t="s">
-        <v>583</v>
+        <v>504</v>
       </c>
       <c r="M12" t="s">
-        <v>584</v>
+        <v>505</v>
       </c>
       <c r="N12" t="s">
-        <v>585</v>
+        <v>506</v>
       </c>
       <c r="O12" t="s">
-        <v>586</v>
+        <v>507</v>
       </c>
       <c r="P12" t="s">
-        <v>587</v>
+        <v>508</v>
       </c>
       <c r="Q12" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>509</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B13" t="s">
-        <v>590</v>
+        <v>510</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>591</v>
+        <v>511</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>592</v>
+        <v>512</v>
       </c>
       <c r="H13" t="s">
-        <v>593</v>
+        <v>513</v>
       </c>
       <c r="I13" t="s">
-        <v>594</v>
+        <v>514</v>
       </c>
       <c r="J13" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="K13" t="s">
-        <v>596</v>
+        <v>516</v>
       </c>
       <c r="L13" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>517</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B14" t="s">
-        <v>599</v>
+        <v>518</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>600</v>
+        <v>519</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>601</v>
+        <v>520</v>
       </c>
       <c r="H14" t="s">
-        <v>602</v>
+        <v>521</v>
       </c>
       <c r="I14" t="s">
-        <v>603</v>
+        <v>522</v>
       </c>
       <c r="J14" t="s">
-        <v>595</v>
+        <v>523</v>
       </c>
       <c r="K14" t="s">
-        <v>604</v>
+        <v>524</v>
       </c>
       <c r="L14" t="s">
-        <v>605</v>
+        <v>525</v>
       </c>
       <c r="M14" t="s">
-        <v>606</v>
+        <v>526</v>
+      </c>
+      <c r="N14" t="s">
+        <v>527</v>
+      </c>
+      <c r="O14" t="s">
+        <v>528</v>
+      </c>
+      <c r="P14" t="s">
+        <v>529</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B15" t="s">
-        <v>607</v>
+        <v>530</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>608</v>
+        <v>531</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>609</v>
+        <v>532</v>
       </c>
       <c r="H15" t="s">
-        <v>610</v>
+        <v>533</v>
       </c>
       <c r="I15" t="s">
-        <v>611</v>
+        <v>534</v>
       </c>
       <c r="J15" t="s">
-        <v>612</v>
+        <v>535</v>
       </c>
       <c r="K15" t="s">
-        <v>613</v>
+        <v>536</v>
       </c>
       <c r="L15" t="s">
-        <v>614</v>
+        <v>537</v>
       </c>
       <c r="M15" t="s">
-        <v>615</v>
-[...125 lines deleted...]
-        <v>655</v>
+        <v>538</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B16" t="s">
-        <v>656</v>
+        <v>539</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>657</v>
+        <v>540</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>658</v>
+        <v>541</v>
       </c>
       <c r="H16" t="s">
-        <v>659</v>
+        <v>542</v>
       </c>
       <c r="I16" t="s">
-        <v>660</v>
+        <v>543</v>
       </c>
       <c r="J16" t="s">
-        <v>612</v>
+        <v>535</v>
       </c>
       <c r="K16" t="s">
-        <v>661</v>
+        <v>544</v>
       </c>
       <c r="L16" t="s">
-        <v>662</v>
+        <v>545</v>
       </c>
       <c r="M16" t="s">
-        <v>663</v>
+        <v>546</v>
       </c>
       <c r="N16" t="s">
-        <v>664</v>
+        <v>547</v>
       </c>
       <c r="O16" t="s">
-        <v>665</v>
+        <v>548</v>
       </c>
       <c r="P16" t="s">
-        <v>666</v>
+        <v>549</v>
       </c>
       <c r="Q16" t="s">
-        <v>625</v>
+        <v>550</v>
       </c>
       <c r="R16" t="s">
-        <v>627</v>
+        <v>551</v>
       </c>
       <c r="S16" t="s">
-        <v>631</v>
+        <v>552</v>
       </c>
       <c r="T16" t="s">
-        <v>632</v>
+        <v>553</v>
       </c>
       <c r="U16" t="s">
-        <v>642</v>
+        <v>554</v>
       </c>
       <c r="V16" t="s">
-        <v>649</v>
+        <v>555</v>
       </c>
       <c r="W16" t="s">
-        <v>650</v>
+        <v>556</v>
       </c>
       <c r="X16" t="s">
-        <v>651</v>
+        <v>557</v>
       </c>
       <c r="Y16" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="Z16" t="s">
-        <v>655</v>
+        <v>559</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>560</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>562</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>563</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>564</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>565</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>566</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>567</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>568</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>569</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>570</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>571</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>572</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>573</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>574</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>575</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>576</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>577</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>578</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>579</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>580</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>581</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>582</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>583</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>584</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>585</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>586</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>587</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>588</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>589</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>590</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>591</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>592</v>
+      </c>
+      <c r="BH16" t="s">
+        <v>593</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>594</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>595</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>596</v>
+      </c>
+      <c r="BL16" t="s">
+        <v>597</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>598</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>599</v>
+      </c>
+      <c r="BO16" t="s">
+        <v>600</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>601</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B17" t="s">
-        <v>667</v>
+        <v>602</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>668</v>
+        <v>603</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>669</v>
+        <v>604</v>
       </c>
       <c r="H17" t="s">
-        <v>670</v>
+        <v>605</v>
       </c>
       <c r="I17" t="s">
-        <v>671</v>
+        <v>606</v>
       </c>
       <c r="J17" t="s">
-        <v>672</v>
+        <v>607</v>
       </c>
       <c r="K17" t="s">
-        <v>673</v>
+        <v>608</v>
       </c>
       <c r="L17" t="s">
-        <v>674</v>
-[...14 lines deleted...]
-        <v>679</v>
+        <v>609</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B18" t="s">
-        <v>680</v>
+        <v>610</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>681</v>
+        <v>611</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>682</v>
+        <v>612</v>
       </c>
       <c r="H18" t="s">
-        <v>683</v>
+        <v>613</v>
       </c>
       <c r="I18" t="s">
-        <v>684</v>
+        <v>614</v>
       </c>
       <c r="J18" t="s">
-        <v>685</v>
+        <v>408</v>
       </c>
       <c r="K18" t="s">
-        <v>686</v>
+        <v>615</v>
       </c>
       <c r="L18" t="s">
-        <v>687</v>
-[...17 lines deleted...]
-        <v>693</v>
+        <v>616</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B19" t="s">
-        <v>694</v>
+        <v>617</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>695</v>
+        <v>618</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>696</v>
+        <v>619</v>
       </c>
       <c r="H19" t="s">
-        <v>697</v>
+        <v>620</v>
       </c>
       <c r="I19" t="s">
-        <v>698</v>
+        <v>621</v>
       </c>
       <c r="J19" t="s">
-        <v>699</v>
+        <v>622</v>
       </c>
       <c r="K19" t="s">
-        <v>700</v>
+        <v>623</v>
       </c>
       <c r="L19" t="s">
-        <v>701</v>
+        <v>624</v>
       </c>
       <c r="M19" t="s">
-        <v>702</v>
+        <v>625</v>
       </c>
       <c r="N19" t="s">
-        <v>703</v>
-[...20 lines deleted...]
-        <v>710</v>
+        <v>624</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B20" t="s">
-        <v>711</v>
+        <v>626</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>712</v>
+        <v>627</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>713</v>
+        <v>628</v>
       </c>
       <c r="H20" t="s">
-        <v>714</v>
+        <v>629</v>
       </c>
       <c r="I20" t="s">
-        <v>715</v>
+        <v>630</v>
       </c>
       <c r="J20" t="s">
-        <v>716</v>
+        <v>631</v>
       </c>
       <c r="K20" t="s">
-        <v>717</v>
+        <v>632</v>
       </c>
       <c r="L20" t="s">
-        <v>718</v>
+        <v>633</v>
       </c>
       <c r="M20" t="s">
-        <v>719</v>
+        <v>634</v>
       </c>
       <c r="N20" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>635</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B21" t="s">
-        <v>722</v>
+        <v>636</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>723</v>
+        <v>637</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>724</v>
+        <v>638</v>
       </c>
       <c r="H21" t="s">
-        <v>725</v>
+        <v>639</v>
       </c>
       <c r="I21" t="s">
-        <v>726</v>
+        <v>640</v>
       </c>
       <c r="J21" t="s">
-        <v>685</v>
+        <v>535</v>
       </c>
       <c r="K21" t="s">
-        <v>727</v>
+        <v>641</v>
       </c>
       <c r="L21" t="s">
-        <v>728</v>
+        <v>642</v>
       </c>
       <c r="M21" t="s">
-        <v>729</v>
+        <v>643</v>
       </c>
       <c r="N21" t="s">
-        <v>730</v>
+        <v>644</v>
+      </c>
+      <c r="O21" t="s">
+        <v>645</v>
+      </c>
+      <c r="P21" t="s">
+        <v>646</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B22" t="s">
-        <v>731</v>
+        <v>647</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>732</v>
+        <v>648</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>733</v>
+        <v>649</v>
       </c>
       <c r="H22" t="s">
-        <v>734</v>
+        <v>650</v>
       </c>
       <c r="I22" t="s">
-        <v>735</v>
+        <v>651</v>
       </c>
       <c r="J22" t="s">
+        <v>652</v>
+      </c>
+      <c r="K22" t="s">
+        <v>653</v>
+      </c>
+      <c r="L22" t="s">
+        <v>654</v>
+      </c>
+      <c r="M22" t="s">
+        <v>655</v>
+      </c>
+      <c r="N22" t="s">
+        <v>656</v>
+      </c>
+      <c r="O22" t="s">
+        <v>657</v>
+      </c>
+      <c r="P22" t="s">
+        <v>658</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>659</v>
+      </c>
+      <c r="R22" t="s">
+        <v>660</v>
+      </c>
+      <c r="S22" t="s">
+        <v>661</v>
+      </c>
+      <c r="T22" t="s">
+        <v>662</v>
+      </c>
+      <c r="U22" t="s">
+        <v>663</v>
+      </c>
+      <c r="V22" t="s">
+        <v>664</v>
+      </c>
+      <c r="W22" t="s">
+        <v>665</v>
+      </c>
+      <c r="X22" t="s">
+        <v>666</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>667</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>668</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>669</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>670</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>671</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>672</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>673</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>674</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>675</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>676</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>677</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>678</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>679</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>680</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>681</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>682</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>683</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>684</v>
+      </c>
+      <c r="AQ22" t="s">
         <v>685</v>
       </c>
-      <c r="K22" t="s">
-[...18 lines deleted...]
-        <v>742</v>
+      <c r="AR22" t="s">
+        <v>686</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>687</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>688</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>689</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>690</v>
+      </c>
+      <c r="AW22" t="s">
+        <v>691</v>
+      </c>
+      <c r="AX22" t="s">
+        <v>692</v>
+      </c>
+      <c r="AY22" t="s">
+        <v>693</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>694</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>695</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>696</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>697</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>698</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>699</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>700</v>
+      </c>
+      <c r="BG22" t="s">
+        <v>701</v>
+      </c>
+      <c r="BH22" t="s">
+        <v>702</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>703</v>
+      </c>
+      <c r="BJ22" t="s">
+        <v>704</v>
+      </c>
+      <c r="BK22" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL22" t="s">
+        <v>676</v>
+      </c>
+      <c r="BM22" t="s">
+        <v>706</v>
+      </c>
+      <c r="BN22" t="s">
+        <v>707</v>
+      </c>
+      <c r="BO22" t="s">
+        <v>708</v>
+      </c>
+      <c r="BP22" t="s">
+        <v>709</v>
+      </c>
+      <c r="BQ22" t="s">
+        <v>710</v>
+      </c>
+      <c r="BR22" t="s">
+        <v>711</v>
+      </c>
+      <c r="BS22" t="s">
+        <v>712</v>
+      </c>
+      <c r="BT22" t="s">
+        <v>713</v>
+      </c>
+      <c r="BU22" t="s">
+        <v>714</v>
+      </c>
+      <c r="BV22" t="s">
+        <v>715</v>
+      </c>
+      <c r="BW22" t="s">
+        <v>716</v>
+      </c>
+      <c r="BX22" t="s">
+        <v>717</v>
+      </c>
+      <c r="BY22" t="s">
+        <v>718</v>
+      </c>
+      <c r="BZ22" t="s">
+        <v>718</v>
+      </c>
+      <c r="CA22" t="s">
+        <v>719</v>
+      </c>
+      <c r="CB22" t="s">
+        <v>720</v>
+      </c>
+      <c r="CC22" t="s">
+        <v>721</v>
+      </c>
+      <c r="CD22" t="s">
+        <v>722</v>
+      </c>
+      <c r="CE22" t="s">
+        <v>723</v>
+      </c>
+      <c r="CF22" t="s">
+        <v>724</v>
+      </c>
+      <c r="CG22" t="s">
+        <v>725</v>
+      </c>
+      <c r="CH22" t="s">
+        <v>726</v>
+      </c>
+      <c r="CI22" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B23" t="s">
+        <v>728</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>729</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>730</v>
+      </c>
+      <c r="H23" t="s">
+        <v>731</v>
+      </c>
+      <c r="I23" t="s">
+        <v>732</v>
+      </c>
+      <c r="J23" t="s">
+        <v>733</v>
+      </c>
+      <c r="K23" t="s">
+        <v>734</v>
+      </c>
+      <c r="L23" t="s">
+        <v>735</v>
+      </c>
+      <c r="M23" t="s">
+        <v>736</v>
+      </c>
+      <c r="N23" t="s">
+        <v>737</v>
+      </c>
+      <c r="O23" t="s">
+        <v>738</v>
+      </c>
+      <c r="P23" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>740</v>
+      </c>
+      <c r="R23" t="s">
+        <v>741</v>
+      </c>
+      <c r="S23" t="s">
+        <v>742</v>
+      </c>
+      <c r="T23" t="s">
         <v>743</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="U23" t="s">
         <v>744</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="V23" t="s">
         <v>745</v>
-      </c>
-[...16 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B24" t="s">
+        <v>746</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>747</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>748</v>
+      </c>
+      <c r="H24" t="s">
+        <v>749</v>
+      </c>
+      <c r="I24" t="s">
+        <v>750</v>
+      </c>
+      <c r="J24" t="s">
         <v>751</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="K24" t="s">
         <v>752</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="L24" t="s">
         <v>753</v>
       </c>
-      <c r="H24" t="s">
+      <c r="M24" t="s">
         <v>754</v>
       </c>
-      <c r="I24" t="s">
+      <c r="N24" t="s">
         <v>755</v>
       </c>
-      <c r="J24" t="s">
+      <c r="O24" t="s">
         <v>756</v>
       </c>
-      <c r="K24" t="s">
+      <c r="P24" t="s">
         <v>757</v>
       </c>
-      <c r="L24" t="s">
+      <c r="Q24" t="s">
         <v>758</v>
       </c>
-      <c r="M24" t="s">
+      <c r="R24" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B25" t="s">
         <v>760</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>761</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>762</v>
       </c>
       <c r="H25" t="s">
         <v>763</v>
       </c>
       <c r="I25" t="s">
         <v>764</v>
       </c>
       <c r="J25" t="s">
         <v>765</v>
       </c>
       <c r="K25" t="s">
         <v>766</v>
       </c>
       <c r="L25" t="s">
         <v>767</v>
       </c>
       <c r="M25" t="s">
         <v>768</v>
       </c>
-      <c r="N25" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B26" t="s">
+        <v>769</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>770</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>771</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>772</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>773</v>
-      </c>
-[...4 lines deleted...]
-        <v>775</v>
       </c>
       <c r="J26" t="s">
         <v>765</v>
       </c>
       <c r="K26" t="s">
+        <v>774</v>
+      </c>
+      <c r="L26" t="s">
+        <v>775</v>
+      </c>
+      <c r="M26" t="s">
         <v>776</v>
-      </c>
-[...10 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>341</v>
+      </c>
+      <c r="B27" t="s">
+        <v>777</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>778</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>779</v>
+      </c>
+      <c r="H27" t="s">
+        <v>780</v>
+      </c>
+      <c r="I27" t="s">
+        <v>781</v>
+      </c>
+      <c r="J27" t="s">
         <v>347</v>
       </c>
-      <c r="B27" t="s">
-[...8 lines deleted...]
-      <c r="E27" t="s">
+      <c r="K27" t="s">
         <v>782</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="L27" t="s">
         <v>783</v>
       </c>
-      <c r="H27" t="s">
+      <c r="M27" t="s">
         <v>784</v>
       </c>
-      <c r="I27" t="s">
+      <c r="N27" t="s">
         <v>785</v>
       </c>
-      <c r="J27" t="s">
-[...2 lines deleted...]
-      <c r="K27" t="s">
+      <c r="O27" t="s">
         <v>786</v>
       </c>
-      <c r="L27" t="s">
+      <c r="P27" t="s">
         <v>787</v>
       </c>
-      <c r="M27" t="s">
-[...6 lines deleted...]
-        <v>790</v>
+      <c r="Q27" t="s">
+        <v>360</v>
+      </c>
+      <c r="R27" t="s">
+        <v>362</v>
+      </c>
+      <c r="S27" t="s">
+        <v>366</v>
+      </c>
+      <c r="T27" t="s">
+        <v>367</v>
+      </c>
+      <c r="U27" t="s">
+        <v>377</v>
+      </c>
+      <c r="V27" t="s">
+        <v>384</v>
+      </c>
+      <c r="W27" t="s">
+        <v>385</v>
+      </c>
+      <c r="X27" t="s">
+        <v>386</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>389</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B28" t="s">
+        <v>788</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>789</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>790</v>
+      </c>
+      <c r="H28" t="s">
         <v>791</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="I28" t="s">
         <v>792</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="J28" t="s">
         <v>793</v>
       </c>
-      <c r="H28" t="s">
+      <c r="K28" t="s">
         <v>794</v>
       </c>
-      <c r="I28" t="s">
+      <c r="L28" t="s">
         <v>795</v>
       </c>
-      <c r="J28" t="s">
+      <c r="M28" t="s">
         <v>796</v>
       </c>
-      <c r="K28" t="s">
+      <c r="N28" t="s">
         <v>797</v>
       </c>
-      <c r="L28" t="s">
+      <c r="O28" t="s">
         <v>798</v>
       </c>
-      <c r="M28" t="s">
+      <c r="P28" t="s">
         <v>799</v>
       </c>
-      <c r="N28" t="s">
+      <c r="Q28" t="s">
         <v>800</v>
-      </c>
-[...7 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B29" t="s">
+        <v>801</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>802</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>803</v>
+      </c>
+      <c r="H29" t="s">
         <v>804</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="I29" t="s">
         <v>805</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="J29" t="s">
+        <v>443</v>
+      </c>
+      <c r="K29" t="s">
         <v>806</v>
       </c>
-      <c r="H29" t="s">
+      <c r="L29" t="s">
         <v>807</v>
       </c>
-      <c r="I29" t="s">
+      <c r="M29" t="s">
         <v>808</v>
       </c>
-      <c r="J29" t="s">
+      <c r="N29" t="s">
         <v>809</v>
       </c>
-      <c r="K29" t="s">
+      <c r="O29" t="s">
         <v>810</v>
       </c>
-      <c r="L29" t="s">
+      <c r="P29" t="s">
         <v>811</v>
       </c>
-      <c r="M29" t="s">
+      <c r="Q29" t="s">
         <v>812</v>
+      </c>
+      <c r="R29" t="s">
+        <v>813</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B30" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="H30" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="I30" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J30" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="K30" t="s">
-        <v>819</v>
+        <v>820</v>
+      </c>
+      <c r="L30" t="s">
+        <v>821</v>
+      </c>
+      <c r="M30" t="s">
+        <v>822</v>
+      </c>
+      <c r="N30" t="s">
+        <v>823</v>
+      </c>
+      <c r="O30" t="s">
+        <v>824</v>
+      </c>
+      <c r="P30" t="s">
+        <v>825</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>826</v>
+      </c>
+      <c r="R30" t="s">
+        <v>827</v>
+      </c>
+      <c r="S30" t="s">
+        <v>828</v>
+      </c>
+      <c r="T30" t="s">
+        <v>829</v>
+      </c>
+      <c r="U30" t="s">
+        <v>830</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B31" t="s">
-        <v>820</v>
+        <v>831</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>822</v>
+        <v>833</v>
       </c>
       <c r="H31" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="I31" t="s">
-        <v>824</v>
+        <v>835</v>
       </c>
       <c r="J31" t="s">
-        <v>825</v>
+        <v>836</v>
       </c>
       <c r="K31" t="s">
-        <v>826</v>
+        <v>837</v>
       </c>
       <c r="L31" t="s">
-        <v>827</v>
+        <v>838</v>
+      </c>
+      <c r="M31" t="s">
+        <v>839</v>
+      </c>
+      <c r="N31" t="s">
+        <v>840</v>
+      </c>
+      <c r="O31" t="s">
+        <v>841</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B32" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="H32" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="I32" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="J32" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="K32" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="L32" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="M32" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="N32" t="s">
-        <v>836</v>
-[...2 lines deleted...]
-        <v>837</v>
+        <v>850</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B33" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>839</v>
+        <v>852</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>840</v>
+        <v>853</v>
       </c>
       <c r="H33" t="s">
-        <v>841</v>
+        <v>854</v>
       </c>
       <c r="I33" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="J33" t="s">
-        <v>843</v>
+        <v>443</v>
       </c>
       <c r="K33" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="L33" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="M33" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="N33" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="O33" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
       <c r="P33" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="Q33" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>862</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B34" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="H34" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="I34" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="J34" t="s">
-        <v>857</v>
+        <v>836</v>
       </c>
       <c r="K34" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="L34" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="M34" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B35" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H35" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="I35" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="J35" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="K35" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="L35" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="M35" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>879</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B36" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="H36" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="I36" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="J36" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="K36" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="L36" t="s">
-        <v>878</v>
-[...17 lines deleted...]
-        <v>884</v>
+        <v>887</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B37" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="H37" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="I37" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="J37" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="K37" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="L37" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="M37" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="N37" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="O37" t="s">
-        <v>895</v>
-[...7 lines deleted...]
-      <c r="R37" t="s">
         <v>898</v>
-      </c>
-[...7 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B38" t="s">
+        <v>899</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>900</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>901</v>
+      </c>
+      <c r="H38" t="s">
         <v>902</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>903</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="J38" t="s">
+        <v>893</v>
+      </c>
+      <c r="K38" t="s">
         <v>904</v>
       </c>
-      <c r="H38" t="s">
+      <c r="L38" t="s">
         <v>905</v>
       </c>
-      <c r="I38" t="s">
+      <c r="M38" t="s">
         <v>906</v>
       </c>
-      <c r="J38" t="s">
+      <c r="N38" t="s">
         <v>907</v>
       </c>
-      <c r="K38" t="s">
+      <c r="O38" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B39" t="s">
+        <v>909</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
         <v>910</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
         <v>911</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>912</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>913</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
+        <v>893</v>
+      </c>
+      <c r="K39" t="s">
         <v>914</v>
       </c>
-      <c r="J39" t="s">
+      <c r="L39" t="s">
         <v>915</v>
       </c>
-      <c r="K39" t="s">
+      <c r="M39" t="s">
         <v>916</v>
       </c>
-      <c r="L39" t="s">
+      <c r="N39" t="s">
         <v>917</v>
       </c>
-      <c r="M39" t="s">
+      <c r="O39" t="s">
         <v>918</v>
-      </c>
-[...16 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B40" t="s">
+        <v>919</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>920</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>921</v>
+      </c>
+      <c r="H40" t="s">
+        <v>922</v>
+      </c>
+      <c r="I40" t="s">
+        <v>923</v>
+      </c>
+      <c r="J40" t="s">
+        <v>924</v>
+      </c>
+      <c r="K40" t="s">
         <v>925</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="L40" t="s">
         <v>926</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="M40" t="s">
         <v>927</v>
       </c>
-      <c r="H40" t="s">
+      <c r="N40" t="s">
         <v>928</v>
       </c>
-      <c r="I40" t="s">
+      <c r="O40" t="s">
         <v>929</v>
       </c>
-      <c r="J40" t="s">
+      <c r="P40" t="s">
         <v>930</v>
       </c>
-      <c r="K40" t="s">
+      <c r="Q40" t="s">
         <v>931</v>
-      </c>
-[...28 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B41" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="H41" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="I41" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="J41" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="K41" t="s">
-        <v>948</v>
-[...35 lines deleted...]
-        <v>960</v>
+        <v>938</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B42" t="s">
-        <v>961</v>
+        <v>939</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>962</v>
+        <v>940</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>963</v>
+        <v>941</v>
       </c>
       <c r="H42" t="s">
-        <v>964</v>
+        <v>942</v>
       </c>
       <c r="I42" t="s">
-        <v>965</v>
+        <v>943</v>
       </c>
       <c r="J42" t="s">
-        <v>966</v>
+        <v>944</v>
       </c>
       <c r="K42" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-        <v>968</v>
+        <v>945</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B43" t="s">
-        <v>969</v>
+        <v>946</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>970</v>
+        <v>947</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>971</v>
+        <v>948</v>
       </c>
       <c r="H43" t="s">
-        <v>972</v>
+        <v>949</v>
       </c>
       <c r="I43" t="s">
-        <v>973</v>
+        <v>950</v>
       </c>
       <c r="J43" t="s">
-        <v>433</v>
+        <v>408</v>
       </c>
       <c r="K43" t="s">
-        <v>974</v>
+        <v>951</v>
+      </c>
+      <c r="L43" t="s">
+        <v>952</v>
+      </c>
+      <c r="M43" t="s">
+        <v>953</v>
+      </c>
+      <c r="N43" t="s">
+        <v>954</v>
+      </c>
+      <c r="O43" t="s">
+        <v>955</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B44" t="s">
-        <v>975</v>
+        <v>956</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>976</v>
+        <v>957</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>977</v>
+        <v>958</v>
       </c>
       <c r="H44" t="s">
-        <v>978</v>
+        <v>959</v>
       </c>
       <c r="I44" t="s">
-        <v>979</v>
+        <v>960</v>
       </c>
       <c r="J44" t="s">
-        <v>980</v>
+        <v>961</v>
       </c>
       <c r="K44" t="s">
-        <v>981</v>
+        <v>962</v>
       </c>
       <c r="L44" t="s">
-        <v>982</v>
+        <v>963</v>
+      </c>
+      <c r="M44" t="s">
+        <v>964</v>
+      </c>
+      <c r="N44" t="s">
+        <v>965</v>
+      </c>
+      <c r="O44" t="s">
+        <v>966</v>
+      </c>
+      <c r="P44" t="s">
+        <v>967</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>968</v>
+      </c>
+      <c r="R44" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B45" t="s">
-        <v>983</v>
+        <v>970</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
       <c r="H45" t="s">
-        <v>986</v>
+        <v>973</v>
       </c>
       <c r="I45" t="s">
-        <v>987</v>
+        <v>974</v>
       </c>
       <c r="J45" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
       <c r="K45" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="L45" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="M45" t="s">
-        <v>991</v>
-[...8 lines deleted...]
-        <v>994</v>
+        <v>978</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B46" t="s">
-        <v>995</v>
+        <v>979</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>996</v>
+        <v>980</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="H46" t="s">
-        <v>998</v>
+        <v>982</v>
       </c>
       <c r="I46" t="s">
-        <v>999</v>
+        <v>983</v>
       </c>
       <c r="J46" t="s">
-        <v>1000</v>
+        <v>984</v>
       </c>
       <c r="K46" t="s">
-        <v>1001</v>
+        <v>985</v>
       </c>
       <c r="L46" t="s">
-        <v>1002</v>
+        <v>986</v>
       </c>
       <c r="M46" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="N46" t="s">
-        <v>1004</v>
-[...26 lines deleted...]
-        <v>1013</v>
+        <v>988</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B47" t="s">
-        <v>1014</v>
+        <v>989</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1015</v>
+        <v>990</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1016</v>
+        <v>991</v>
       </c>
       <c r="H47" t="s">
-        <v>1017</v>
+        <v>992</v>
       </c>
       <c r="I47" t="s">
-        <v>1018</v>
+        <v>993</v>
       </c>
       <c r="J47" t="s">
-        <v>612</v>
+        <v>994</v>
       </c>
       <c r="K47" t="s">
-        <v>1019</v>
+        <v>995</v>
       </c>
       <c r="L47" t="s">
-        <v>1020</v>
+        <v>996</v>
       </c>
       <c r="M47" t="s">
-        <v>1021</v>
+        <v>997</v>
       </c>
       <c r="N47" t="s">
-        <v>1022</v>
+        <v>998</v>
       </c>
       <c r="O47" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
       <c r="P47" t="s">
-        <v>1024</v>
+        <v>1000</v>
       </c>
       <c r="Q47" t="s">
-        <v>1025</v>
+        <v>1001</v>
       </c>
       <c r="R47" t="s">
-        <v>1026</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B48" t="s">
-        <v>1027</v>
+        <v>1003</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1028</v>
+        <v>1004</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1029</v>
+        <v>1005</v>
       </c>
       <c r="H48" t="s">
-        <v>1030</v>
+        <v>1006</v>
       </c>
       <c r="I48" t="s">
-        <v>1031</v>
+        <v>1007</v>
       </c>
       <c r="J48" t="s">
-        <v>930</v>
+        <v>1008</v>
       </c>
       <c r="K48" t="s">
-        <v>1032</v>
+        <v>1009</v>
       </c>
       <c r="L48" t="s">
-        <v>1033</v>
+        <v>1010</v>
       </c>
       <c r="M48" t="s">
-        <v>1034</v>
+        <v>1011</v>
       </c>
       <c r="N48" t="s">
-        <v>1035</v>
+        <v>1012</v>
       </c>
       <c r="O48" t="s">
-        <v>1036</v>
+        <v>1013</v>
       </c>
       <c r="P48" t="s">
-        <v>1037</v>
+        <v>1014</v>
       </c>
       <c r="Q48" t="s">
-        <v>1038</v>
+        <v>1015</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1016</v>
+      </c>
+      <c r="S48" t="s">
+        <v>1017</v>
+      </c>
+      <c r="T48" t="s">
+        <v>1018</v>
+      </c>
+      <c r="U48" t="s">
+        <v>1019</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B49" t="s">
-        <v>1039</v>
+        <v>1020</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1040</v>
+        <v>1021</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1041</v>
+        <v>1022</v>
       </c>
       <c r="H49" t="s">
-        <v>1042</v>
+        <v>1023</v>
       </c>
       <c r="I49" t="s">
-        <v>1043</v>
+        <v>1024</v>
       </c>
       <c r="J49" t="s">
-        <v>353</v>
+        <v>1025</v>
       </c>
       <c r="K49" t="s">
-        <v>1044</v>
+        <v>1026</v>
       </c>
       <c r="L49" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-        <v>1046</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B50" t="s">
-        <v>1047</v>
+        <v>1028</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1048</v>
+        <v>1029</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1049</v>
+        <v>1030</v>
       </c>
       <c r="H50" t="s">
-        <v>1050</v>
+        <v>1031</v>
       </c>
       <c r="I50" t="s">
-        <v>1051</v>
+        <v>1032</v>
       </c>
       <c r="J50" t="s">
-        <v>1052</v>
+        <v>1033</v>
       </c>
       <c r="K50" t="s">
-        <v>1053</v>
+        <v>1034</v>
       </c>
       <c r="L50" t="s">
-        <v>1054</v>
+        <v>1035</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1039</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>1040</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1041</v>
+      </c>
+      <c r="S50" t="s">
+        <v>1042</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B51" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1049</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1050</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1051</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1052</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1054</v>
+      </c>
+      <c r="Q51" t="s">
         <v>1055</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="R51" t="s">
         <v>1056</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="S51" t="s">
         <v>1057</v>
       </c>
-      <c r="H51" t="s">
+      <c r="T51" t="s">
         <v>1058</v>
       </c>
-      <c r="I51" t="s">
+      <c r="U51" t="s">
         <v>1059</v>
-      </c>
-[...7 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B52" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
         <v>1062</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>1063</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="I52" t="s">
         <v>1064</v>
       </c>
-      <c r="H52" t="s">
+      <c r="J52" t="s">
         <v>1065</v>
       </c>
-      <c r="I52" t="s">
+      <c r="K52" t="s">
         <v>1066</v>
       </c>
-      <c r="J52" t="s">
+      <c r="L52" t="s">
         <v>1067</v>
       </c>
-      <c r="K52" t="s">
+      <c r="M52" t="s">
         <v>1068</v>
       </c>
-      <c r="L52" t="s">
+      <c r="N52" t="s">
         <v>1069</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1071</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>1072</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1073</v>
+      </c>
+      <c r="S52" t="s">
+        <v>1074</v>
+      </c>
+      <c r="T52" t="s">
+        <v>1075</v>
+      </c>
+      <c r="U52" t="s">
+        <v>1076</v>
+      </c>
+      <c r="V52" t="s">
+        <v>1077</v>
+      </c>
+      <c r="W52" t="s">
+        <v>1078</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B53" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="H53" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="I53" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="J53" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="K53" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="L53" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B54" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="H54" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="I54" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="J54" t="s">
-        <v>716</v>
+        <v>469</v>
       </c>
       <c r="K54" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B55" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="H55" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
       <c r="I55" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="J55" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
       <c r="K55" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
       <c r="L55" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B56" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="H56" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="I56" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="J56" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="K56" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="L56" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="M56" t="s">
-        <v>1101</v>
+        <v>1109</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1110</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1112</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B57" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
       <c r="H57" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="I57" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="J57" t="s">
-        <v>796</v>
+        <v>523</v>
       </c>
       <c r="K57" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="L57" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="M57" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="N57" t="s">
-        <v>1110</v>
+        <v>1121</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1123</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1124</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1125</v>
+      </c>
+      <c r="S57" t="s">
+        <v>1126</v>
+      </c>
+      <c r="T57" t="s">
+        <v>1127</v>
+      </c>
+      <c r="U57" t="s">
+        <v>1128</v>
+      </c>
+      <c r="V57" t="s">
+        <v>1129</v>
+      </c>
+      <c r="W57" t="s">
+        <v>1130</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J58" t="s">
         <v>347</v>
       </c>
-      <c r="B58" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>1117</v>
+        <v>1136</v>
       </c>
       <c r="L58" t="s">
-        <v>1118</v>
+        <v>1137</v>
       </c>
       <c r="M58" t="s">
-        <v>1119</v>
+        <v>1138</v>
       </c>
       <c r="N58" t="s">
-        <v>1120</v>
+        <v>1139</v>
       </c>
       <c r="O58" t="s">
-        <v>1121</v>
+        <v>1140</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1141</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1143</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B59" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1123</v>
+        <v>1145</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="H59" t="s">
-        <v>1125</v>
+        <v>1147</v>
       </c>
       <c r="I59" t="s">
-        <v>1126</v>
+        <v>1148</v>
       </c>
       <c r="J59" t="s">
-        <v>1127</v>
+        <v>1048</v>
       </c>
       <c r="K59" t="s">
-        <v>1128</v>
+        <v>1149</v>
       </c>
       <c r="L59" t="s">
-        <v>1129</v>
+        <v>1150</v>
       </c>
       <c r="M59" t="s">
-        <v>1130</v>
+        <v>1151</v>
       </c>
       <c r="N59" t="s">
-        <v>1131</v>
+        <v>1152</v>
       </c>
       <c r="O59" t="s">
-        <v>1132</v>
+        <v>1153</v>
       </c>
       <c r="P59" t="s">
-        <v>1133</v>
+        <v>1154</v>
       </c>
       <c r="Q59" t="s">
-        <v>1129</v>
-[...11 lines deleted...]
-        <v>1136</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B60" t="s">
-        <v>1137</v>
+        <v>1156</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1139</v>
+        <v>1158</v>
       </c>
       <c r="H60" t="s">
-        <v>1140</v>
+        <v>1159</v>
       </c>
       <c r="I60" t="s">
-        <v>1141</v>
+        <v>1160</v>
       </c>
       <c r="J60" t="s">
-        <v>1142</v>
+        <v>535</v>
       </c>
       <c r="K60" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="L60" t="s">
-        <v>1144</v>
+        <v>1162</v>
       </c>
       <c r="M60" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B61" t="s">
-        <v>1146</v>
+        <v>1164</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1147</v>
+        <v>1165</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="H61" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="I61" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="J61" t="s">
-        <v>1151</v>
+        <v>515</v>
       </c>
       <c r="K61" t="s">
-        <v>1152</v>
+        <v>1169</v>
       </c>
       <c r="L61" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>1154</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B62" t="s">
-        <v>1155</v>
+        <v>1171</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1156</v>
+        <v>1172</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1157</v>
+        <v>1173</v>
       </c>
       <c r="H62" t="s">
-        <v>1158</v>
+        <v>1174</v>
       </c>
       <c r="I62" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="J62" t="s">
-        <v>1160</v>
+        <v>408</v>
       </c>
       <c r="K62" t="s">
-        <v>1161</v>
+        <v>1176</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1177</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B63" t="s">
-        <v>1162</v>
+        <v>1178</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1164</v>
+        <v>1180</v>
       </c>
       <c r="H63" t="s">
-        <v>1165</v>
+        <v>1181</v>
       </c>
       <c r="I63" t="s">
-        <v>1166</v>
+        <v>1182</v>
       </c>
       <c r="J63" t="s">
-        <v>1167</v>
+        <v>1183</v>
       </c>
       <c r="K63" t="s">
-        <v>1168</v>
+        <v>1184</v>
       </c>
       <c r="L63" t="s">
-        <v>1169</v>
-[...5 lines deleted...]
-        <v>1171</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B64" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="H64" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="I64" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="J64" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="K64" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="L64" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B65" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1182</v>
+        <v>1195</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1183</v>
+        <v>1196</v>
       </c>
       <c r="H65" t="s">
-        <v>1184</v>
+        <v>1197</v>
       </c>
       <c r="I65" t="s">
-        <v>1185</v>
+        <v>1198</v>
       </c>
       <c r="J65" t="s">
-        <v>1186</v>
+        <v>836</v>
       </c>
       <c r="K65" t="s">
-        <v>1187</v>
-[...5 lines deleted...]
-        <v>1189</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B66" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1182</v>
+        <v>1201</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="H66" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="I66" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
       <c r="J66" t="s">
-        <v>563</v>
+        <v>1205</v>
       </c>
       <c r="K66" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="L66" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="M66" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B67" t="s">
-        <v>1198</v>
+        <v>1209</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1199</v>
+        <v>1210</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1200</v>
+        <v>1211</v>
       </c>
       <c r="H67" t="s">
-        <v>1201</v>
+        <v>1212</v>
       </c>
       <c r="I67" t="s">
-        <v>979</v>
+        <v>1213</v>
       </c>
       <c r="J67" t="s">
-        <v>433</v>
+        <v>1214</v>
       </c>
       <c r="K67" t="s">
-        <v>1202</v>
+        <v>1215</v>
       </c>
       <c r="L67" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="M67" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1205</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B68" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1199</v>
+        <v>1219</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="H68" t="s">
-        <v>1208</v>
+        <v>1221</v>
       </c>
       <c r="I68" t="s">
-        <v>1209</v>
+        <v>1222</v>
       </c>
       <c r="J68" t="s">
-        <v>1210</v>
+        <v>924</v>
       </c>
       <c r="K68" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="L68" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="M68" t="s">
-        <v>1213</v>
+        <v>1225</v>
       </c>
       <c r="N68" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B69" t="s">
-        <v>1215</v>
+        <v>1227</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1216</v>
+        <v>1228</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1217</v>
+        <v>1229</v>
       </c>
       <c r="H69" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
       <c r="I69" t="s">
-        <v>1219</v>
+        <v>1231</v>
       </c>
       <c r="J69" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="K69" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="L69" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="M69" t="s">
-        <v>1223</v>
+        <v>1235</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1236</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1237</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B70" t="s">
-        <v>1224</v>
+        <v>1238</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1199</v>
+        <v>1239</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1225</v>
+        <v>1240</v>
       </c>
       <c r="H70" t="s">
-        <v>1226</v>
+        <v>1241</v>
       </c>
       <c r="I70" t="s">
-        <v>1227</v>
+        <v>1242</v>
       </c>
       <c r="J70" t="s">
-        <v>1075</v>
+        <v>1243</v>
       </c>
       <c r="K70" t="s">
-        <v>1228</v>
+        <v>1244</v>
       </c>
       <c r="L70" t="s">
-        <v>1229</v>
+        <v>1245</v>
       </c>
       <c r="M70" t="s">
-        <v>1230</v>
+        <v>1246</v>
       </c>
       <c r="N70" t="s">
-        <v>1231</v>
+        <v>1247</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1249</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>1245</v>
+      </c>
+      <c r="R70" t="s">
+        <v>1244</v>
+      </c>
+      <c r="S70" t="s">
+        <v>1250</v>
+      </c>
+      <c r="T70" t="s">
+        <v>1251</v>
+      </c>
+      <c r="U70" t="s">
+        <v>1252</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B71" t="s">
-        <v>1232</v>
+        <v>1253</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1233</v>
+        <v>1254</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1234</v>
+        <v>1255</v>
       </c>
       <c r="H71" t="s">
-        <v>1235</v>
+        <v>1256</v>
       </c>
       <c r="I71" t="s">
-        <v>1236</v>
+        <v>1257</v>
       </c>
       <c r="J71" t="s">
-        <v>1237</v>
+        <v>1258</v>
       </c>
       <c r="K71" t="s">
-        <v>1238</v>
+        <v>1259</v>
       </c>
       <c r="L71" t="s">
-        <v>1239</v>
+        <v>1260</v>
       </c>
       <c r="M71" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>1241</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B72" t="s">
-        <v>1242</v>
+        <v>1262</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="H72" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="I72" t="s">
-        <v>1246</v>
+        <v>1266</v>
       </c>
       <c r="J72" t="s">
-        <v>1247</v>
+        <v>1267</v>
       </c>
       <c r="K72" t="s">
-        <v>1248</v>
+        <v>1268</v>
       </c>
       <c r="L72" t="s">
-        <v>1249</v>
+        <v>1269</v>
       </c>
       <c r="M72" t="s">
-        <v>1250</v>
-[...58 lines deleted...]
-      <c r="AG72" t="s">
         <v>1270</v>
-      </c>
-[...22 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B73" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="H73" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
       <c r="I73" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
       <c r="J73" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="K73" t="s">
-        <v>1285</v>
-[...5 lines deleted...]
-        <v>1287</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B74" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="H74" t="s">
-        <v>1291</v>
+        <v>1281</v>
       </c>
       <c r="I74" t="s">
-        <v>1292</v>
+        <v>1282</v>
       </c>
       <c r="J74" t="s">
-        <v>1293</v>
+        <v>1283</v>
       </c>
       <c r="K74" t="s">
-        <v>1294</v>
+        <v>1284</v>
       </c>
       <c r="L74" t="s">
-        <v>1295</v>
+        <v>1285</v>
       </c>
       <c r="M74" t="s">
-        <v>1295</v>
+        <v>1286</v>
       </c>
       <c r="N74" t="s">
-        <v>1296</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B75" t="s">
-        <v>1297</v>
+        <v>1288</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1298</v>
+        <v>1289</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1299</v>
+        <v>1290</v>
       </c>
       <c r="H75" t="s">
-        <v>1300</v>
+        <v>1291</v>
       </c>
       <c r="I75" t="s">
-        <v>1301</v>
+        <v>1292</v>
       </c>
       <c r="J75" t="s">
-        <v>685</v>
+        <v>1293</v>
       </c>
       <c r="K75" t="s">
-        <v>1302</v>
+        <v>1294</v>
       </c>
       <c r="L75" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
       <c r="M75" t="s">
-        <v>1304</v>
-[...8 lines deleted...]
-        <v>1307</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B76" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1309</v>
+        <v>1289</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1310</v>
+        <v>1298</v>
       </c>
       <c r="H76" t="s">
-        <v>1311</v>
+        <v>1299</v>
       </c>
       <c r="I76" t="s">
-        <v>1312</v>
+        <v>1300</v>
       </c>
       <c r="J76" t="s">
-        <v>699</v>
+        <v>733</v>
       </c>
       <c r="K76" t="s">
-        <v>1313</v>
+        <v>1301</v>
       </c>
       <c r="L76" t="s">
-        <v>1314</v>
+        <v>1302</v>
       </c>
       <c r="M76" t="s">
-        <v>1315</v>
+        <v>1303</v>
       </c>
       <c r="N76" t="s">
-        <v>1316</v>
-[...26 lines deleted...]
-        <v>1325</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B77" t="s">
-        <v>1326</v>
+        <v>1305</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1327</v>
+        <v>1306</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1328</v>
+        <v>1307</v>
       </c>
       <c r="H77" t="s">
-        <v>1329</v>
+        <v>1308</v>
       </c>
       <c r="I77" t="s">
-        <v>1330</v>
+        <v>1097</v>
       </c>
       <c r="J77" t="s">
-        <v>685</v>
+        <v>469</v>
       </c>
       <c r="K77" t="s">
-        <v>1331</v>
+        <v>1309</v>
       </c>
       <c r="L77" t="s">
-        <v>1332</v>
+        <v>1310</v>
       </c>
       <c r="M77" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="N77" t="s">
-        <v>1334</v>
-[...11 lines deleted...]
-        <v>1338</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B78" t="s">
-        <v>1339</v>
+        <v>1313</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1340</v>
+        <v>1306</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1341</v>
+        <v>1314</v>
       </c>
       <c r="H78" t="s">
-        <v>1342</v>
+        <v>1315</v>
       </c>
       <c r="I78" t="s">
-        <v>1343</v>
+        <v>1316</v>
       </c>
       <c r="J78" t="s">
-        <v>1344</v>
+        <v>481</v>
       </c>
       <c r="K78" t="s">
-        <v>1345</v>
+        <v>1317</v>
       </c>
       <c r="L78" t="s">
-        <v>1346</v>
+        <v>1318</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1320</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B79" t="s">
-        <v>1347</v>
+        <v>1321</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1348</v>
+        <v>1322</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1349</v>
+        <v>1323</v>
       </c>
       <c r="H79" t="s">
-        <v>1350</v>
+        <v>1324</v>
       </c>
       <c r="I79" t="s">
-        <v>1351</v>
+        <v>1325</v>
       </c>
       <c r="J79" t="s">
-        <v>1352</v>
+        <v>1326</v>
       </c>
       <c r="K79" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="L79" t="s">
-        <v>1354</v>
+        <v>1328</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1329</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B80" t="s">
-        <v>1355</v>
+        <v>1330</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>1356</v>
+        <v>1306</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1357</v>
+        <v>1331</v>
       </c>
       <c r="H80" t="s">
-        <v>1358</v>
+        <v>1332</v>
       </c>
       <c r="I80" t="s">
-        <v>1359</v>
+        <v>1333</v>
       </c>
       <c r="J80" t="s">
-        <v>444</v>
+        <v>1191</v>
       </c>
       <c r="K80" t="s">
-        <v>1360</v>
+        <v>1334</v>
       </c>
       <c r="L80" t="s">
-        <v>1361</v>
+        <v>1335</v>
       </c>
       <c r="M80" t="s">
-        <v>1362</v>
+        <v>1336</v>
       </c>
       <c r="N80" t="s">
-        <v>1363</v>
-[...47 lines deleted...]
-        <v>1379</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B81" t="s">
-        <v>1380</v>
+        <v>1338</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>1381</v>
+        <v>1339</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1382</v>
+        <v>1340</v>
       </c>
       <c r="H81" t="s">
-        <v>1383</v>
+        <v>1341</v>
       </c>
       <c r="I81" t="s">
-        <v>1384</v>
+        <v>1342</v>
       </c>
       <c r="J81" t="s">
-        <v>563</v>
+        <v>1343</v>
       </c>
       <c r="K81" t="s">
-        <v>1385</v>
+        <v>1344</v>
       </c>
       <c r="L81" t="s">
-        <v>1386</v>
+        <v>1345</v>
       </c>
       <c r="M81" t="s">
-        <v>1387</v>
+        <v>1346</v>
       </c>
       <c r="N81" t="s">
-        <v>1388</v>
-[...17 lines deleted...]
-        <v>1394</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B82" t="s">
-        <v>1395</v>
+        <v>1348</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>1396</v>
+        <v>1349</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1397</v>
+        <v>1350</v>
       </c>
       <c r="H82" t="s">
-        <v>1398</v>
+        <v>1351</v>
       </c>
       <c r="I82" t="s">
-        <v>1399</v>
+        <v>1352</v>
       </c>
       <c r="J82" t="s">
-        <v>612</v>
+        <v>1353</v>
       </c>
       <c r="K82" t="s">
-        <v>1400</v>
+        <v>1354</v>
       </c>
       <c r="L82" t="s">
-        <v>1401</v>
+        <v>1355</v>
       </c>
       <c r="M82" t="s">
-        <v>1402</v>
+        <v>1356</v>
       </c>
       <c r="N82" t="s">
-        <v>1403</v>
+        <v>1357</v>
       </c>
       <c r="O82" t="s">
-        <v>1404</v>
+        <v>1358</v>
       </c>
       <c r="P82" t="s">
-        <v>1405</v>
+        <v>1359</v>
       </c>
       <c r="Q82" t="s">
-        <v>1406</v>
+        <v>1360</v>
       </c>
       <c r="R82" t="s">
-        <v>1407</v>
+        <v>1361</v>
       </c>
       <c r="S82" t="s">
-        <v>1408</v>
+        <v>1362</v>
       </c>
       <c r="T82" t="s">
-        <v>1409</v>
+        <v>1363</v>
       </c>
       <c r="U82" t="s">
-        <v>1410</v>
+        <v>1364</v>
       </c>
       <c r="V82" t="s">
-        <v>1411</v>
+        <v>1365</v>
+      </c>
+      <c r="W82" t="s">
+        <v>1366</v>
+      </c>
+      <c r="X82" t="s">
+        <v>1367</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>1368</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>1369</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>1370</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>1371</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>1372</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>1373</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>1374</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>1375</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>1376</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>1377</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>1378</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>1379</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>1380</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>1381</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>1382</v>
+      </c>
+      <c r="AN82" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AO82" t="s">
+        <v>1384</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
-        <v>1412</v>
+        <v>1385</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>1413</v>
+        <v>1386</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1414</v>
+        <v>1387</v>
       </c>
       <c r="H83" t="s">
-        <v>1415</v>
+        <v>1388</v>
       </c>
       <c r="I83" t="s">
-        <v>1416</v>
+        <v>1389</v>
       </c>
       <c r="J83" t="s">
-        <v>1417</v>
+        <v>1390</v>
       </c>
       <c r="K83" t="s">
-        <v>1418</v>
+        <v>1391</v>
       </c>
       <c r="L83" t="s">
-        <v>1419</v>
+        <v>1392</v>
       </c>
       <c r="M83" t="s">
-        <v>1420</v>
+        <v>1392</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1393</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B84" t="s">
-        <v>1421</v>
+        <v>1394</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1422</v>
+        <v>1395</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1423</v>
+        <v>1396</v>
       </c>
       <c r="H84" t="s">
-        <v>1424</v>
+        <v>1397</v>
       </c>
       <c r="I84" t="s">
-        <v>1425</v>
+        <v>1398</v>
       </c>
       <c r="J84" t="s">
-        <v>1426</v>
+        <v>819</v>
       </c>
       <c r="K84" t="s">
-        <v>1427</v>
+        <v>1399</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1400</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1402</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1403</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1404</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>1405</v>
+      </c>
+      <c r="R84" t="s">
+        <v>1406</v>
+      </c>
+      <c r="S84" t="s">
+        <v>1407</v>
+      </c>
+      <c r="T84" t="s">
+        <v>1408</v>
+      </c>
+      <c r="U84" t="s">
+        <v>1409</v>
+      </c>
+      <c r="V84" t="s">
+        <v>1410</v>
+      </c>
+      <c r="W84" t="s">
+        <v>1411</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B85" t="s">
-        <v>1428</v>
+        <v>1412</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1429</v>
+        <v>1413</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1430</v>
+        <v>1414</v>
       </c>
       <c r="H85" t="s">
-        <v>1431</v>
+        <v>1415</v>
       </c>
       <c r="I85" t="s">
-        <v>1432</v>
+        <v>1416</v>
       </c>
       <c r="J85" t="s">
-        <v>1433</v>
+        <v>443</v>
       </c>
       <c r="K85" t="s">
-        <v>1434</v>
+        <v>1417</v>
       </c>
       <c r="L85" t="s">
-        <v>1435</v>
+        <v>1418</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1419</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1420</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1422</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>1423</v>
+      </c>
+      <c r="R85" t="s">
+        <v>1424</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
-        <v>1436</v>
+        <v>1425</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1437</v>
+        <v>1426</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1438</v>
+        <v>1427</v>
       </c>
       <c r="H86" t="s">
-        <v>1439</v>
+        <v>1428</v>
       </c>
       <c r="I86" t="s">
-        <v>1440</v>
+        <v>1429</v>
       </c>
       <c r="J86" t="s">
-        <v>1441</v>
+        <v>1430</v>
       </c>
       <c r="K86" t="s">
-        <v>1442</v>
+        <v>1431</v>
       </c>
       <c r="L86" t="s">
-        <v>1443</v>
-[...32 lines deleted...]
-        <v>1454</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B87" t="s">
-        <v>1455</v>
+        <v>1433</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="H87" t="s">
-        <v>1458</v>
+        <v>1436</v>
       </c>
       <c r="I87" t="s">
-        <v>1459</v>
+        <v>1437</v>
       </c>
       <c r="J87" t="s">
-        <v>1460</v>
+        <v>1438</v>
       </c>
       <c r="K87" t="s">
-        <v>1461</v>
+        <v>1439</v>
       </c>
       <c r="L87" t="s">
-        <v>1462</v>
-[...5 lines deleted...]
-        <v>1464</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B88" t="s">
-        <v>1465</v>
+        <v>1441</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1466</v>
+        <v>1442</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1467</v>
+        <v>1443</v>
       </c>
       <c r="H88" t="s">
-        <v>1468</v>
+        <v>1444</v>
       </c>
       <c r="I88" t="s">
-        <v>1469</v>
+        <v>1445</v>
       </c>
       <c r="J88" t="s">
-        <v>1470</v>
+        <v>733</v>
       </c>
       <c r="K88" t="s">
-        <v>1471</v>
+        <v>1446</v>
       </c>
       <c r="L88" t="s">
-        <v>1472</v>
+        <v>1447</v>
       </c>
       <c r="M88" t="s">
-        <v>1473</v>
+        <v>1448</v>
       </c>
       <c r="N88" t="s">
-        <v>1474</v>
+        <v>1449</v>
       </c>
       <c r="O88" t="s">
-        <v>1475</v>
+        <v>1450</v>
       </c>
       <c r="P88" t="s">
-        <v>1476</v>
+        <v>1451</v>
       </c>
       <c r="Q88" t="s">
-        <v>1477</v>
+        <v>1452</v>
       </c>
       <c r="R88" t="s">
-        <v>1478</v>
+        <v>1453</v>
       </c>
       <c r="S88" t="s">
-        <v>1479</v>
+        <v>1454</v>
+      </c>
+      <c r="T88" t="s">
+        <v>1455</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
+        <v>341</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1459</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1460</v>
+      </c>
+      <c r="J89" t="s">
         <v>347</v>
       </c>
-      <c r="B89" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K89" t="s">
-        <v>1486</v>
+        <v>1461</v>
       </c>
       <c r="L89" t="s">
-        <v>1487</v>
+        <v>1462</v>
       </c>
       <c r="M89" t="s">
-        <v>1488</v>
+        <v>1463</v>
       </c>
       <c r="N89" t="s">
-        <v>1489</v>
+        <v>1464</v>
       </c>
       <c r="O89" t="s">
-        <v>1490</v>
+        <v>1465</v>
       </c>
       <c r="P89" t="s">
-        <v>1491</v>
+        <v>1466</v>
       </c>
       <c r="Q89" t="s">
-        <v>1492</v>
+        <v>1467</v>
       </c>
       <c r="R89" t="s">
-        <v>1493</v>
+        <v>1468</v>
       </c>
       <c r="S89" t="s">
-        <v>1494</v>
+        <v>1469</v>
       </c>
       <c r="T89" t="s">
-        <v>1495</v>
+        <v>1470</v>
       </c>
       <c r="U89" t="s">
-        <v>1496</v>
+        <v>1471</v>
       </c>
       <c r="V89" t="s">
-        <v>1497</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>1498</v>
+        <v>1473</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1499</v>
+        <v>1474</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1500</v>
+        <v>1475</v>
       </c>
       <c r="H90" t="s">
-        <v>1501</v>
+        <v>1476</v>
       </c>
       <c r="I90" t="s">
-        <v>1502</v>
+        <v>1477</v>
       </c>
       <c r="J90" t="s">
-        <v>1503</v>
+        <v>1478</v>
       </c>
       <c r="K90" t="s">
-        <v>1504</v>
+        <v>1479</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1480</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1481</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B91" t="s">
-        <v>1505</v>
+        <v>1482</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1506</v>
+        <v>1483</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1507</v>
+        <v>1484</v>
       </c>
       <c r="H91" t="s">
-        <v>1508</v>
+        <v>1485</v>
       </c>
       <c r="I91" t="s">
-        <v>1502</v>
+        <v>1486</v>
       </c>
       <c r="J91" t="s">
-        <v>876</v>
+        <v>1487</v>
       </c>
       <c r="K91" t="s">
-        <v>1509</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B92" t="s">
-        <v>1510</v>
+        <v>1489</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1511</v>
+        <v>1490</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1512</v>
+        <v>1491</v>
       </c>
       <c r="H92" t="s">
-        <v>1513</v>
+        <v>1492</v>
       </c>
       <c r="I92" t="s">
-        <v>671</v>
+        <v>1493</v>
       </c>
       <c r="J92" t="s">
-        <v>1514</v>
+        <v>1494</v>
       </c>
       <c r="K92" t="s">
-        <v>1515</v>
+        <v>1495</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1496</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B93" t="s">
-        <v>1516</v>
+        <v>1497</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1517</v>
+        <v>1498</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1518</v>
+        <v>1499</v>
       </c>
       <c r="H93" t="s">
-        <v>1519</v>
+        <v>1500</v>
       </c>
       <c r="I93" t="s">
-        <v>1520</v>
+        <v>1501</v>
       </c>
       <c r="J93" t="s">
-        <v>1220</v>
+        <v>1502</v>
       </c>
       <c r="K93" t="s">
-        <v>1521</v>
+        <v>1503</v>
       </c>
       <c r="L93" t="s">
-        <v>1522</v>
+        <v>1504</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1505</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1506</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1507</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1508</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>1509</v>
+      </c>
+      <c r="R93" t="s">
+        <v>1510</v>
+      </c>
+      <c r="S93" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T93" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U93" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V93" t="s">
+        <v>1514</v>
+      </c>
+      <c r="W93" t="s">
+        <v>1515</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B94" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1520</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1522</v>
+      </c>
+      <c r="L94" t="s">
         <v>1523</v>
       </c>
-      <c r="C94" t="s">
-[...5 lines deleted...]
-      <c r="E94" t="s">
+      <c r="M94" t="s">
         <v>1524</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94" t="s">
+      <c r="N94" t="s">
         <v>1525</v>
-      </c>
-[...31 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B95" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1532</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1533</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1534</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1535</v>
+      </c>
+      <c r="O95" t="s">
         <v>1536</v>
       </c>
-      <c r="C95" t="s">
-[...5 lines deleted...]
-      <c r="E95" t="s">
+      <c r="P95" t="s">
         <v>1537</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="Q95" t="s">
         <v>1538</v>
       </c>
-      <c r="H95" t="s">
+      <c r="R95" t="s">
         <v>1539</v>
       </c>
-      <c r="I95" t="s">
+      <c r="S95" t="s">
         <v>1540</v>
-      </c>
-[...25 lines deleted...]
-        <v>1548</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B96" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1546</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M96" t="s">
         <v>1549</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="N96" t="s">
         <v>1550</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="O96" t="s">
         <v>1551</v>
       </c>
-      <c r="H96" t="s">
+      <c r="P96" t="s">
         <v>1552</v>
       </c>
-      <c r="I96" t="s">
-[...2 lines deleted...]
-      <c r="J96" t="s">
+      <c r="Q96" t="s">
         <v>1553</v>
       </c>
-      <c r="K96" t="s">
+      <c r="R96" t="s">
         <v>1554</v>
+      </c>
+      <c r="S96" t="s">
+        <v>1555</v>
+      </c>
+      <c r="T96" t="s">
+        <v>1556</v>
+      </c>
+      <c r="U96" t="s">
+        <v>1557</v>
+      </c>
+      <c r="V96" t="s">
+        <v>1558</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B97" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="H97" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="I97" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="J97" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="K97" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-        <v>1562</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B98" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I98" t="s">
         <v>1563</v>
       </c>
-      <c r="C98" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>930</v>
+        <v>994</v>
       </c>
       <c r="K98" t="s">
-        <v>1568</v>
-[...4 lines deleted...]
-      <c r="M98" t="s">
         <v>1570</v>
-      </c>
-[...22 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B99" t="s">
-        <v>1579</v>
+        <v>1571</v>
       </c>
       <c r="C99" t="s">
         <v>13</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>1580</v>
+        <v>1572</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1581</v>
+        <v>1573</v>
       </c>
       <c r="H99" t="s">
-        <v>1582</v>
+        <v>1574</v>
       </c>
       <c r="I99" t="s">
-        <v>1583</v>
+        <v>792</v>
       </c>
       <c r="J99" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="K99" t="s">
-        <v>1585</v>
-[...56 lines deleted...]
-        <v>1604</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B100" t="s">
-        <v>1605</v>
+        <v>1577</v>
       </c>
       <c r="C100" t="s">
         <v>13</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1606</v>
+        <v>1578</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1607</v>
+        <v>1579</v>
       </c>
       <c r="H100" t="s">
-        <v>1608</v>
+        <v>1580</v>
       </c>
       <c r="I100" t="s">
-        <v>1609</v>
+        <v>1581</v>
       </c>
       <c r="J100" t="s">
-        <v>1610</v>
+        <v>1326</v>
       </c>
       <c r="K100" t="s">
-        <v>1611</v>
+        <v>1582</v>
       </c>
       <c r="L100" t="s">
-        <v>1612</v>
-[...20 lines deleted...]
-        <v>1619</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B101" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="C101" t="s">
         <v>13</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1621</v>
+        <v>1585</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1622</v>
+        <v>1586</v>
       </c>
       <c r="H101" t="s">
-        <v>1623</v>
+        <v>1587</v>
       </c>
       <c r="I101" t="s">
-        <v>1624</v>
+        <v>1588</v>
       </c>
       <c r="J101" t="s">
-        <v>353</v>
+        <v>733</v>
       </c>
       <c r="K101" t="s">
-        <v>1625</v>
+        <v>1589</v>
       </c>
       <c r="L101" t="s">
-        <v>1626</v>
+        <v>1590</v>
       </c>
       <c r="M101" t="s">
-        <v>1627</v>
+        <v>1591</v>
       </c>
       <c r="N101" t="s">
-        <v>1628</v>
+        <v>1592</v>
       </c>
       <c r="O101" t="s">
-        <v>1629</v>
+        <v>1593</v>
       </c>
       <c r="P101" t="s">
-        <v>1630</v>
+        <v>1594</v>
       </c>
       <c r="Q101" t="s">
-        <v>1631</v>
+        <v>1595</v>
       </c>
       <c r="R101" t="s">
-        <v>1632</v>
-[...5 lines deleted...]
-        <v>1634</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B102" t="s">
-        <v>1635</v>
+        <v>1597</v>
       </c>
       <c r="C102" t="s">
         <v>13</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1636</v>
+        <v>1598</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>1637</v>
+        <v>1599</v>
       </c>
       <c r="H102" t="s">
-        <v>1638</v>
+        <v>1600</v>
       </c>
       <c r="I102" t="s">
-        <v>1639</v>
+        <v>1601</v>
       </c>
       <c r="J102" t="s">
-        <v>1640</v>
+        <v>1602</v>
       </c>
       <c r="K102" t="s">
-        <v>1641</v>
+        <v>1603</v>
       </c>
       <c r="L102" t="s">
-        <v>1642</v>
+        <v>1604</v>
       </c>
       <c r="M102" t="s">
-        <v>1643</v>
+        <v>1605</v>
       </c>
       <c r="N102" t="s">
-        <v>1644</v>
+        <v>1606</v>
       </c>
       <c r="O102" t="s">
-        <v>1645</v>
+        <v>1607</v>
       </c>
       <c r="P102" t="s">
-        <v>1646</v>
+        <v>1607</v>
       </c>
       <c r="Q102" t="s">
-        <v>1647</v>
+        <v>1608</v>
       </c>
       <c r="R102" t="s">
-        <v>1648</v>
-[...74 lines deleted...]
-        <v>1673</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B103" t="s">
-        <v>1674</v>
+        <v>1610</v>
       </c>
       <c r="C103" t="s">
         <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>1675</v>
+        <v>1611</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1676</v>
+        <v>1612</v>
       </c>
       <c r="H103" t="s">
-        <v>1677</v>
+        <v>1613</v>
       </c>
       <c r="I103" t="s">
-        <v>1678</v>
+        <v>792</v>
       </c>
       <c r="J103" t="s">
-        <v>1679</v>
+        <v>1614</v>
       </c>
       <c r="K103" t="s">
-        <v>1680</v>
-[...56 lines deleted...]
-        <v>1699</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B104" t="s">
-        <v>1700</v>
+        <v>1616</v>
       </c>
       <c r="C104" t="s">
         <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>1701</v>
+        <v>1617</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>1702</v>
+        <v>1618</v>
       </c>
       <c r="H104" t="s">
-        <v>1703</v>
+        <v>1619</v>
       </c>
       <c r="I104" t="s">
-        <v>1704</v>
+        <v>1620</v>
       </c>
       <c r="J104" t="s">
-        <v>930</v>
+        <v>1621</v>
       </c>
       <c r="K104" t="s">
-        <v>1705</v>
+        <v>1622</v>
       </c>
       <c r="L104" t="s">
-        <v>1706</v>
-[...23 lines deleted...]
-        <v>1714</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B105" t="s">
-        <v>1715</v>
+        <v>1624</v>
       </c>
       <c r="C105" t="s">
         <v>13</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1716</v>
+        <v>1625</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1717</v>
+        <v>1626</v>
       </c>
       <c r="H105" t="s">
-        <v>1718</v>
+        <v>1627</v>
       </c>
       <c r="I105" t="s">
-        <v>1719</v>
+        <v>1628</v>
       </c>
       <c r="J105" t="s">
-        <v>1720</v>
+        <v>1048</v>
       </c>
       <c r="K105" t="s">
-        <v>1721</v>
+        <v>1629</v>
       </c>
       <c r="L105" t="s">
-        <v>1722</v>
+        <v>1630</v>
       </c>
       <c r="M105" t="s">
-        <v>1723</v>
+        <v>1631</v>
       </c>
       <c r="N105" t="s">
-        <v>1724</v>
+        <v>1632</v>
       </c>
       <c r="O105" t="s">
-        <v>1725</v>
+        <v>1633</v>
       </c>
       <c r="P105" t="s">
-        <v>1726</v>
+        <v>1634</v>
       </c>
       <c r="Q105" t="s">
-        <v>1727</v>
+        <v>1635</v>
       </c>
       <c r="R105" t="s">
-        <v>1728</v>
+        <v>1636</v>
       </c>
       <c r="S105" t="s">
-        <v>1729</v>
+        <v>1637</v>
       </c>
       <c r="T105" t="s">
-        <v>1730</v>
+        <v>1638</v>
       </c>
       <c r="U105" t="s">
-        <v>1731</v>
-[...2 lines deleted...]
-        <v>1732</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B106" t="s">
-        <v>1733</v>
+        <v>1640</v>
       </c>
       <c r="C106" t="s">
         <v>13</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>1734</v>
+        <v>1641</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>1735</v>
+        <v>1642</v>
       </c>
       <c r="H106" t="s">
-        <v>1736</v>
+        <v>1643</v>
       </c>
       <c r="I106" t="s">
-        <v>1737</v>
+        <v>1644</v>
       </c>
       <c r="J106" t="s">
-        <v>1738</v>
+        <v>1645</v>
       </c>
       <c r="K106" t="s">
-        <v>1739</v>
+        <v>1646</v>
       </c>
       <c r="L106" t="s">
-        <v>1740</v>
+        <v>1647</v>
       </c>
       <c r="M106" t="s">
-        <v>1741</v>
+        <v>1648</v>
       </c>
       <c r="N106" t="s">
-        <v>1742</v>
+        <v>1649</v>
       </c>
       <c r="O106" t="s">
-        <v>1743</v>
+        <v>1650</v>
       </c>
       <c r="P106" t="s">
-        <v>1744</v>
+        <v>1651</v>
       </c>
       <c r="Q106" t="s">
-        <v>1745</v>
+        <v>1652</v>
       </c>
       <c r="R106" t="s">
-        <v>1746</v>
+        <v>1653</v>
       </c>
       <c r="S106" t="s">
-        <v>1747</v>
+        <v>1654</v>
+      </c>
+      <c r="T106" t="s">
+        <v>1655</v>
+      </c>
+      <c r="U106" t="s">
+        <v>1656</v>
+      </c>
+      <c r="V106" t="s">
+        <v>1657</v>
+      </c>
+      <c r="W106" t="s">
+        <v>1658</v>
+      </c>
+      <c r="X106" t="s">
+        <v>1659</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>1660</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>1662</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>1663</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>1664</v>
+      </c>
+      <c r="AD106" t="s">
+        <v>1665</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B107" t="s">
-        <v>1748</v>
+        <v>1666</v>
       </c>
       <c r="C107" t="s">
         <v>13</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>1749</v>
+        <v>1667</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>1750</v>
+        <v>1668</v>
       </c>
       <c r="H107" t="s">
-        <v>1751</v>
+        <v>1669</v>
       </c>
       <c r="I107" t="s">
-        <v>1752</v>
+        <v>1670</v>
       </c>
       <c r="J107" t="s">
-        <v>685</v>
+        <v>1671</v>
       </c>
       <c r="K107" t="s">
-        <v>1753</v>
+        <v>1672</v>
       </c>
       <c r="L107" t="s">
-        <v>1754</v>
+        <v>1673</v>
       </c>
       <c r="M107" t="s">
-        <v>1755</v>
+        <v>1674</v>
       </c>
       <c r="N107" t="s">
-        <v>1756</v>
+        <v>1675</v>
       </c>
       <c r="O107" t="s">
-        <v>1757</v>
+        <v>1676</v>
       </c>
       <c r="P107" t="s">
-        <v>1758</v>
+        <v>1677</v>
       </c>
       <c r="Q107" t="s">
-        <v>1759</v>
+        <v>1678</v>
       </c>
       <c r="R107" t="s">
-        <v>1760</v>
+        <v>1679</v>
       </c>
       <c r="S107" t="s">
-        <v>1761</v>
-[...2 lines deleted...]
-        <v>1762</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B108" t="s">
-        <v>1763</v>
+        <v>1681</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>1764</v>
+        <v>1682</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1765</v>
+        <v>1683</v>
       </c>
       <c r="H108" t="s">
-        <v>1766</v>
+        <v>1684</v>
       </c>
       <c r="I108" t="s">
-        <v>1767</v>
+        <v>1685</v>
       </c>
       <c r="J108" t="s">
-        <v>930</v>
+        <v>535</v>
       </c>
       <c r="K108" t="s">
-        <v>1768</v>
+        <v>1686</v>
       </c>
       <c r="L108" t="s">
-        <v>1769</v>
+        <v>1687</v>
       </c>
       <c r="M108" t="s">
-        <v>1770</v>
+        <v>1688</v>
       </c>
       <c r="N108" t="s">
-        <v>1771</v>
+        <v>1689</v>
       </c>
       <c r="O108" t="s">
-        <v>1771</v>
+        <v>1690</v>
       </c>
       <c r="P108" t="s">
-        <v>1772</v>
+        <v>1691</v>
       </c>
       <c r="Q108" t="s">
-        <v>1773</v>
+        <v>1692</v>
       </c>
       <c r="R108" t="s">
-        <v>1774</v>
+        <v>1693</v>
       </c>
       <c r="S108" t="s">
-        <v>1775</v>
+        <v>1694</v>
       </c>
       <c r="T108" t="s">
-        <v>1776</v>
-[...26 lines deleted...]
-        <v>1785</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B109" t="s">
-        <v>1786</v>
+        <v>1696</v>
       </c>
       <c r="C109" t="s">
         <v>13</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>1787</v>
+        <v>1697</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>1788</v>
+        <v>1698</v>
       </c>
       <c r="H109" t="s">
-        <v>1789</v>
+        <v>1699</v>
       </c>
       <c r="I109" t="s">
-        <v>1790</v>
+        <v>1700</v>
       </c>
       <c r="J109" t="s">
-        <v>716</v>
+        <v>1701</v>
       </c>
       <c r="K109" t="s">
-        <v>1791</v>
+        <v>1702</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1703</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1704</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1705</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1707</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>1708</v>
+      </c>
+      <c r="R109" t="s">
+        <v>1709</v>
+      </c>
+      <c r="S109" t="s">
+        <v>1710</v>
+      </c>
+      <c r="T109" t="s">
+        <v>1711</v>
+      </c>
+      <c r="U109" t="s">
+        <v>1712</v>
+      </c>
+      <c r="V109" t="s">
+        <v>1713</v>
+      </c>
+      <c r="W109" t="s">
+        <v>1714</v>
+      </c>
+      <c r="X109" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>1716</v>
+      </c>
+      <c r="Z109" t="s">
+        <v>1717</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>1718</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>1719</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>1720</v>
+      </c>
+      <c r="AD109" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AE109" t="s">
+        <v>1722</v>
+      </c>
+      <c r="AF109" t="s">
+        <v>1723</v>
+      </c>
+      <c r="AG109" t="s">
+        <v>1724</v>
+      </c>
+      <c r="AH109" t="s">
+        <v>1725</v>
+      </c>
+      <c r="AI109" t="s">
+        <v>1726</v>
+      </c>
+      <c r="AJ109" t="s">
+        <v>1727</v>
+      </c>
+      <c r="AK109" t="s">
+        <v>1728</v>
+      </c>
+      <c r="AL109" t="s">
+        <v>1729</v>
+      </c>
+      <c r="AM109" t="s">
+        <v>1730</v>
+      </c>
+      <c r="AN109" t="s">
+        <v>1731</v>
+      </c>
+      <c r="AO109" t="s">
+        <v>1732</v>
+      </c>
+      <c r="AP109" t="s">
+        <v>1733</v>
+      </c>
+      <c r="AQ109" t="s">
+        <v>1734</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B110" t="s">
-        <v>1792</v>
+        <v>1735</v>
       </c>
       <c r="C110" t="s">
         <v>13</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>1793</v>
+        <v>1736</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1794</v>
+        <v>1737</v>
       </c>
       <c r="H110" t="s">
-        <v>1795</v>
+        <v>1738</v>
       </c>
       <c r="I110" t="s">
-        <v>1796</v>
+        <v>1739</v>
       </c>
       <c r="J110" t="s">
-        <v>1797</v>
+        <v>1740</v>
       </c>
       <c r="K110" t="s">
-        <v>1798</v>
+        <v>1741</v>
       </c>
       <c r="L110" t="s">
-        <v>1799</v>
+        <v>1742</v>
       </c>
       <c r="M110" t="s">
-        <v>1800</v>
+        <v>1743</v>
       </c>
       <c r="N110" t="s">
-        <v>1801</v>
+        <v>1744</v>
       </c>
       <c r="O110" t="s">
-        <v>1802</v>
+        <v>1745</v>
       </c>
       <c r="P110" t="s">
-        <v>1803</v>
+        <v>1746</v>
       </c>
       <c r="Q110" t="s">
-        <v>1804</v>
+        <v>1747</v>
+      </c>
+      <c r="R110" t="s">
+        <v>1748</v>
+      </c>
+      <c r="S110" t="s">
+        <v>1749</v>
+      </c>
+      <c r="T110" t="s">
+        <v>1750</v>
+      </c>
+      <c r="U110" t="s">
+        <v>1751</v>
+      </c>
+      <c r="V110" t="s">
+        <v>1752</v>
+      </c>
+      <c r="W110" t="s">
+        <v>1753</v>
+      </c>
+      <c r="X110" t="s">
+        <v>1754</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>1755</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>1756</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>1757</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>1758</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>1759</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>1760</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B111" t="s">
-        <v>1805</v>
+        <v>1761</v>
       </c>
       <c r="C111" t="s">
         <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>1806</v>
+        <v>1762</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1807</v>
+        <v>1763</v>
       </c>
       <c r="H111" t="s">
-        <v>1808</v>
+        <v>1764</v>
       </c>
       <c r="I111" t="s">
-        <v>1809</v>
+        <v>1765</v>
       </c>
       <c r="J111" t="s">
-        <v>716</v>
+        <v>1048</v>
       </c>
       <c r="K111" t="s">
-        <v>1810</v>
+        <v>1766</v>
       </c>
       <c r="L111" t="s">
-        <v>1811</v>
+        <v>1767</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1768</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1769</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1770</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1771</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>1772</v>
+      </c>
+      <c r="R111" t="s">
+        <v>1773</v>
+      </c>
+      <c r="S111" t="s">
+        <v>1774</v>
+      </c>
+      <c r="T111" t="s">
+        <v>1775</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B112" t="s">
-        <v>1812</v>
+        <v>1776</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>1813</v>
+        <v>1777</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>1814</v>
+        <v>1778</v>
       </c>
       <c r="H112" t="s">
-        <v>1815</v>
+        <v>1779</v>
       </c>
       <c r="I112" t="s">
-        <v>1816</v>
+        <v>1780</v>
       </c>
       <c r="J112" t="s">
-        <v>685</v>
+        <v>1781</v>
       </c>
       <c r="K112" t="s">
-        <v>1817</v>
+        <v>1782</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1783</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1784</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1785</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1786</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1787</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>1788</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1789</v>
+      </c>
+      <c r="S112" t="s">
+        <v>1790</v>
+      </c>
+      <c r="T112" t="s">
+        <v>1791</v>
+      </c>
+      <c r="U112" t="s">
+        <v>1792</v>
+      </c>
+      <c r="V112" t="s">
+        <v>1793</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B113" t="s">
-        <v>1818</v>
+        <v>1794</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1819</v>
+        <v>1795</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1820</v>
+        <v>1796</v>
       </c>
       <c r="H113" t="s">
-        <v>1821</v>
+        <v>1797</v>
       </c>
       <c r="I113" t="s">
-        <v>1822</v>
+        <v>1798</v>
       </c>
       <c r="J113" t="s">
-        <v>930</v>
+        <v>1799</v>
       </c>
       <c r="K113" t="s">
-        <v>1823</v>
+        <v>1800</v>
       </c>
       <c r="L113" t="s">
-        <v>1824</v>
+        <v>1801</v>
       </c>
       <c r="M113" t="s">
-        <v>1825</v>
+        <v>1802</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1803</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1804</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1805</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>1806</v>
+      </c>
+      <c r="R113" t="s">
+        <v>1807</v>
+      </c>
+      <c r="S113" t="s">
+        <v>1808</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B114" t="s">
-        <v>1826</v>
+        <v>1809</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>1827</v>
+        <v>1810</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1828</v>
+        <v>1811</v>
       </c>
       <c r="H114" t="s">
-        <v>1829</v>
+        <v>1812</v>
       </c>
       <c r="I114" t="s">
-        <v>1830</v>
+        <v>1813</v>
       </c>
       <c r="J114" t="s">
-        <v>1831</v>
+        <v>443</v>
       </c>
       <c r="K114" t="s">
-        <v>1832</v>
+        <v>1814</v>
       </c>
       <c r="L114" t="s">
-        <v>1833</v>
+        <v>1815</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1816</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1817</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1818</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1819</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1820</v>
+      </c>
+      <c r="R114" t="s">
+        <v>1821</v>
+      </c>
+      <c r="S114" t="s">
+        <v>1822</v>
+      </c>
+      <c r="T114" t="s">
+        <v>1823</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B115" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1828</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1829</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1830</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1831</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1832</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1832</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1833</v>
+      </c>
+      <c r="Q115" t="s">
         <v>1834</v>
       </c>
-      <c r="C115" t="s">
-[...5 lines deleted...]
-      <c r="E115" t="s">
+      <c r="R115" t="s">
         <v>1835</v>
       </c>
-      <c r="F115" t="s">
-[...2 lines deleted...]
-      <c r="G115" t="s">
+      <c r="S115" t="s">
         <v>1836</v>
       </c>
-      <c r="H115" t="s">
+      <c r="T115" t="s">
         <v>1837</v>
       </c>
-      <c r="I115" t="s">
+      <c r="U115" t="s">
         <v>1838</v>
       </c>
-      <c r="J115" t="s">
+      <c r="V115" t="s">
         <v>1839</v>
       </c>
-      <c r="K115" t="s">
+      <c r="W115" t="s">
         <v>1840</v>
       </c>
-      <c r="L115" t="s">
+      <c r="X115" t="s">
         <v>1841</v>
       </c>
-      <c r="M115" t="s">
+      <c r="Y115" t="s">
         <v>1842</v>
+      </c>
+      <c r="Z115" t="s">
+        <v>1843</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>1844</v>
+      </c>
+      <c r="AB115" t="s">
+        <v>1845</v>
+      </c>
+      <c r="AC115" t="s">
+        <v>1846</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B116" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="C116" t="s">
         <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="H116" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="I116" t="s">
-        <v>481</v>
+        <v>1851</v>
       </c>
       <c r="J116" t="s">
-        <v>1847</v>
+        <v>836</v>
       </c>
       <c r="K116" t="s">
-        <v>1848</v>
-[...10 lines deleted...]
-      <c r="O116" t="s">
         <v>1852</v>
-      </c>
-[...25 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B117" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1856</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1858</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1859</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1860</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1861</v>
+      </c>
+      <c r="N117" t="s">
         <v>1862</v>
       </c>
-      <c r="C117" t="s">
-[...5 lines deleted...]
-      <c r="E117" t="s">
+      <c r="O117" t="s">
         <v>1863</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" t="s">
+      <c r="P117" t="s">
         <v>1864</v>
       </c>
-      <c r="H117" t="s">
+      <c r="Q117" t="s">
         <v>1865</v>
-      </c>
-[...25 lines deleted...]
-        <v>1874</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B118" t="s">
-        <v>1875</v>
+        <v>1866</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1876</v>
+        <v>1868</v>
       </c>
       <c r="H118" t="s">
-        <v>1877</v>
+        <v>1869</v>
       </c>
       <c r="I118" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
       <c r="J118" t="s">
-        <v>1879</v>
+        <v>836</v>
       </c>
       <c r="K118" t="s">
-        <v>1880</v>
+        <v>1871</v>
       </c>
       <c r="L118" t="s">
-        <v>1881</v>
-[...2 lines deleted...]
-        <v>1882</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B119" t="s">
-        <v>1883</v>
+        <v>1873</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1884</v>
+        <v>1874</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1885</v>
+        <v>1875</v>
       </c>
       <c r="H119" t="s">
-        <v>1886</v>
+        <v>1876</v>
       </c>
       <c r="I119" t="s">
-        <v>1887</v>
+        <v>1877</v>
       </c>
       <c r="J119" t="s">
-        <v>1888</v>
+        <v>443</v>
       </c>
       <c r="K119" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>1890</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B120" t="s">
-        <v>1891</v>
+        <v>1879</v>
       </c>
       <c r="C120" t="s">
         <v>13</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K120" t="s">
         <v>1884</v>
       </c>
-      <c r="F120" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L120" t="s">
-        <v>1897</v>
+        <v>1885</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1886</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B121" t="s">
-        <v>1898</v>
+        <v>1887</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1884</v>
+        <v>1888</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1899</v>
+        <v>1889</v>
       </c>
       <c r="H121" t="s">
-        <v>1900</v>
+        <v>1890</v>
       </c>
       <c r="I121" t="s">
-        <v>1901</v>
+        <v>1891</v>
       </c>
       <c r="J121" t="s">
-        <v>1902</v>
+        <v>1892</v>
       </c>
       <c r="K121" t="s">
-        <v>1903</v>
+        <v>1893</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1894</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B122" t="s">
-        <v>1904</v>
+        <v>1895</v>
       </c>
       <c r="C122" t="s">
         <v>13</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>1905</v>
+        <v>1896</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1906</v>
+        <v>1897</v>
       </c>
       <c r="H122" t="s">
-        <v>1907</v>
+        <v>1898</v>
       </c>
       <c r="I122" t="s">
-        <v>1908</v>
+        <v>1899</v>
       </c>
       <c r="J122" t="s">
-        <v>1909</v>
+        <v>1900</v>
       </c>
       <c r="K122" t="s">
-        <v>1910</v>
+        <v>1901</v>
       </c>
       <c r="L122" t="s">
-        <v>1911</v>
+        <v>1902</v>
       </c>
       <c r="M122" t="s">
-        <v>1912</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B123" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1907</v>
+      </c>
+      <c r="I123" t="s">
+        <v>651</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1908</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O123" t="s">
         <v>1913</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="P123" t="s">
         <v>1914</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="Q123" t="s">
         <v>1915</v>
       </c>
-      <c r="H123" t="s">
+      <c r="R123" t="s">
         <v>1916</v>
       </c>
-      <c r="I123" t="s">
+      <c r="S123" t="s">
         <v>1917</v>
       </c>
-      <c r="J123" t="s">
-[...2 lines deleted...]
-      <c r="K123" t="s">
+      <c r="T123" t="s">
         <v>1918</v>
       </c>
-      <c r="L123" t="s">
+      <c r="U123" t="s">
         <v>1919</v>
       </c>
-      <c r="M123" t="s">
+      <c r="V123" t="s">
         <v>1920</v>
+      </c>
+      <c r="W123" t="s">
+        <v>1921</v>
+      </c>
+      <c r="X123" t="s">
+        <v>1922</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B124" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="C124" t="s">
         <v>13</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="H124" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="I124" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="J124" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="K124" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="L124" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="M124" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="N124" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="O124" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="P124" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="Q124" t="s">
-        <v>1933</v>
-[...4 lines deleted...]
-      <c r="S124" t="s">
         <v>1935</v>
-      </c>
-[...4 lines deleted...]
-        <v>1937</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B125" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H125" t="s">
         <v>1938</v>
       </c>
-      <c r="C125" t="s">
-[...5 lines deleted...]
-      <c r="E125" t="s">
+      <c r="I125" t="s">
         <v>1939</v>
       </c>
-      <c r="F125" t="s">
-[...2 lines deleted...]
-      <c r="G125" t="s">
+      <c r="J125" t="s">
         <v>1940</v>
       </c>
-      <c r="H125" t="s">
+      <c r="K125" t="s">
         <v>1941</v>
       </c>
-      <c r="I125" t="s">
+      <c r="L125" t="s">
         <v>1942</v>
       </c>
-      <c r="J125" t="s">
+      <c r="M125" t="s">
         <v>1943</v>
-      </c>
-[...19 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B126" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1949</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1950</v>
+      </c>
+      <c r="L126" t="s">
         <v>1951</v>
-      </c>
-[...25 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B127" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1956</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1957</v>
+      </c>
+      <c r="L127" t="s">
         <v>1958</v>
-      </c>
-[...43 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B128" t="s">
-        <v>1969</v>
+        <v>1959</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>1970</v>
+        <v>1945</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1971</v>
+        <v>1960</v>
       </c>
       <c r="H128" t="s">
-        <v>1972</v>
+        <v>1961</v>
       </c>
       <c r="I128" t="s">
-        <v>1973</v>
+        <v>1962</v>
       </c>
       <c r="J128" t="s">
-        <v>1974</v>
+        <v>1963</v>
       </c>
       <c r="K128" t="s">
-        <v>1975</v>
-[...5 lines deleted...]
-        <v>1977</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B129" t="s">
-        <v>1978</v>
+        <v>1965</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>1979</v>
+        <v>1966</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>1980</v>
+        <v>1967</v>
       </c>
       <c r="H129" t="s">
-        <v>1981</v>
+        <v>1968</v>
       </c>
       <c r="I129" t="s">
-        <v>1982</v>
+        <v>1969</v>
       </c>
       <c r="J129" t="s">
-        <v>1983</v>
+        <v>1970</v>
       </c>
       <c r="K129" t="s">
-        <v>1984</v>
+        <v>1971</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1972</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1973</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B130" t="s">
-        <v>1985</v>
+        <v>1974</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>1986</v>
+        <v>1975</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>1987</v>
+        <v>1976</v>
       </c>
       <c r="H130" t="s">
-        <v>1988</v>
+        <v>1977</v>
       </c>
       <c r="I130" t="s">
-        <v>1989</v>
+        <v>1978</v>
       </c>
       <c r="J130" t="s">
-        <v>1990</v>
+        <v>459</v>
       </c>
       <c r="K130" t="s">
-        <v>1991</v>
+        <v>1979</v>
       </c>
       <c r="L130" t="s">
-        <v>1992</v>
+        <v>1980</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1981</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B131" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1986</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1987</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1988</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1989</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1990</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1991</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1992</v>
+      </c>
+      <c r="P131" t="s">
         <v>1993</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="Q131" t="s">
         <v>1994</v>
       </c>
-      <c r="F131" t="s">
-[...2 lines deleted...]
-      <c r="G131" t="s">
+      <c r="R131" t="s">
         <v>1995</v>
       </c>
-      <c r="H131" t="s">
+      <c r="S131" t="s">
         <v>1996</v>
       </c>
-      <c r="I131" t="s">
+      <c r="T131" t="s">
         <v>1997</v>
       </c>
-      <c r="J131" t="s">
+      <c r="U131" t="s">
         <v>1998</v>
-      </c>
-[...25 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B132" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2004</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2005</v>
+      </c>
+      <c r="L132" t="s">
+        <v>2006</v>
+      </c>
+      <c r="M132" t="s">
+        <v>2007</v>
+      </c>
+      <c r="N132" t="s">
         <v>2008</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="O132" t="s">
         <v>2009</v>
       </c>
-      <c r="F132" t="s">
-[...2 lines deleted...]
-      <c r="G132" t="s">
+      <c r="P132" t="s">
         <v>2010</v>
       </c>
-      <c r="H132" t="s">
+      <c r="Q132" t="s">
         <v>2011</v>
-      </c>
-[...13 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B133" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I133" t="s">
         <v>2016</v>
       </c>
-      <c r="C133" t="s">
-[...5 lines deleted...]
-      <c r="E133" t="s">
+      <c r="J133" t="s">
         <v>2017</v>
       </c>
-      <c r="F133" t="s">
-[...2 lines deleted...]
-      <c r="G133" t="s">
+      <c r="K133" t="s">
         <v>2018</v>
-      </c>
-[...31 lines deleted...]
-        <v>2028</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B134" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2023</v>
+      </c>
+      <c r="J134" t="s">
+        <v>408</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2024</v>
+      </c>
+      <c r="L134" t="s">
+        <v>2025</v>
+      </c>
+      <c r="M134" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2027</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2028</v>
+      </c>
+      <c r="Q134" t="s">
         <v>2029</v>
-      </c>
-[...52 lines deleted...]
-        <v>2044</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B135" t="s">
-        <v>2045</v>
+        <v>2030</v>
       </c>
       <c r="C135" t="s">
         <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>2046</v>
+        <v>2031</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2047</v>
+        <v>2032</v>
       </c>
       <c r="H135" t="s">
-        <v>2048</v>
+        <v>2033</v>
       </c>
       <c r="I135" t="s">
-        <v>2049</v>
+        <v>2034</v>
       </c>
       <c r="J135" t="s">
-        <v>1926</v>
+        <v>2035</v>
       </c>
       <c r="K135" t="s">
-        <v>2050</v>
+        <v>2036</v>
       </c>
       <c r="L135" t="s">
-        <v>2051</v>
+        <v>2037</v>
       </c>
       <c r="M135" t="s">
-        <v>2052</v>
-[...11 lines deleted...]
-        <v>2056</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B136" t="s">
-        <v>2057</v>
+        <v>2039</v>
       </c>
       <c r="C136" t="s">
         <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>2058</v>
+        <v>2040</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>2059</v>
+        <v>2041</v>
       </c>
       <c r="H136" t="s">
-        <v>2060</v>
+        <v>2042</v>
       </c>
       <c r="I136" t="s">
-        <v>2061</v>
+        <v>2043</v>
       </c>
       <c r="J136" t="s">
-        <v>1679</v>
+        <v>2044</v>
       </c>
       <c r="K136" t="s">
-        <v>2062</v>
-[...26 lines deleted...]
-        <v>2071</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B137" t="s">
-        <v>2072</v>
+        <v>2046</v>
       </c>
       <c r="C137" t="s">
         <v>13</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>2073</v>
+        <v>2047</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2074</v>
+        <v>2048</v>
       </c>
       <c r="H137" t="s">
-        <v>2075</v>
+        <v>2049</v>
       </c>
       <c r="I137" t="s">
-        <v>2061</v>
+        <v>2050</v>
       </c>
       <c r="J137" t="s">
-        <v>1000</v>
+        <v>2051</v>
       </c>
       <c r="K137" t="s">
-        <v>2076</v>
+        <v>2052</v>
       </c>
       <c r="L137" t="s">
-        <v>2077</v>
-[...17 lines deleted...]
-        <v>2083</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B138" t="s">
-        <v>2084</v>
+        <v>2054</v>
       </c>
       <c r="C138" t="s">
         <v>13</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>2085</v>
+        <v>2055</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2086</v>
+        <v>2056</v>
       </c>
       <c r="H138" t="s">
-        <v>2087</v>
+        <v>2057</v>
       </c>
       <c r="I138" t="s">
-        <v>2088</v>
+        <v>2058</v>
       </c>
       <c r="J138" t="s">
-        <v>1098</v>
+        <v>491</v>
       </c>
       <c r="K138" t="s">
-        <v>2089</v>
+        <v>2059</v>
       </c>
       <c r="L138" t="s">
-        <v>2090</v>
+        <v>2060</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2061</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2062</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2063</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2064</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>2065</v>
+      </c>
+      <c r="R138" t="s">
+        <v>2066</v>
+      </c>
+      <c r="S138" t="s">
+        <v>2067</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B139" t="s">
-        <v>2091</v>
+        <v>2068</v>
       </c>
       <c r="C139" t="s">
         <v>13</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>2092</v>
+        <v>2069</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2093</v>
+        <v>2070</v>
       </c>
       <c r="H139" t="s">
-        <v>2094</v>
+        <v>2071</v>
       </c>
       <c r="I139" t="s">
-        <v>2095</v>
+        <v>2072</v>
       </c>
       <c r="J139" t="s">
-        <v>685</v>
+        <v>1065</v>
       </c>
       <c r="K139" t="s">
-        <v>2096</v>
+        <v>2073</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2074</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2075</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B140" t="s">
-        <v>2097</v>
+        <v>2076</v>
       </c>
       <c r="C140" t="s">
         <v>13</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>2098</v>
+        <v>2077</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2099</v>
+        <v>2078</v>
       </c>
       <c r="H140" t="s">
-        <v>2100</v>
+        <v>2079</v>
       </c>
       <c r="I140" t="s">
-        <v>2101</v>
+        <v>2080</v>
       </c>
       <c r="J140" t="s">
-        <v>1584</v>
+        <v>469</v>
       </c>
       <c r="K140" t="s">
-        <v>2102</v>
+        <v>2081</v>
       </c>
       <c r="L140" t="s">
-        <v>2103</v>
+        <v>2082</v>
       </c>
       <c r="M140" t="s">
-        <v>2104</v>
+        <v>2083</v>
       </c>
       <c r="N140" t="s">
-        <v>2105</v>
+        <v>2084</v>
       </c>
       <c r="O140" t="s">
-        <v>2106</v>
+        <v>2085</v>
       </c>
       <c r="P140" t="s">
-        <v>2107</v>
+        <v>2086</v>
       </c>
       <c r="Q140" t="s">
-        <v>2108</v>
+        <v>2087</v>
       </c>
       <c r="R140" t="s">
-        <v>2109</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B141" t="s">
-        <v>2110</v>
+        <v>2089</v>
       </c>
       <c r="C141" t="s">
         <v>13</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>2111</v>
+        <v>2090</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2112</v>
+        <v>2091</v>
       </c>
       <c r="H141" t="s">
-        <v>2113</v>
+        <v>2092</v>
       </c>
       <c r="I141" t="s">
-        <v>2114</v>
+        <v>2093</v>
       </c>
       <c r="J141" t="s">
-        <v>947</v>
+        <v>2094</v>
       </c>
       <c r="K141" t="s">
-        <v>2115</v>
+        <v>2095</v>
       </c>
       <c r="L141" t="s">
-        <v>2116</v>
+        <v>2096</v>
       </c>
       <c r="M141" t="s">
-        <v>2117</v>
+        <v>2097</v>
       </c>
       <c r="N141" t="s">
-        <v>2118</v>
+        <v>2098</v>
       </c>
       <c r="O141" t="s">
-        <v>2119</v>
+        <v>2099</v>
       </c>
       <c r="P141" t="s">
-        <v>2120</v>
+        <v>2100</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>2101</v>
+      </c>
+      <c r="R141" t="s">
+        <v>2102</v>
+      </c>
+      <c r="S141" t="s">
+        <v>2103</v>
+      </c>
+      <c r="T141" t="s">
+        <v>2104</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B142" t="s">
-        <v>2121</v>
+        <v>2105</v>
       </c>
       <c r="C142" t="s">
         <v>13</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>2122</v>
+        <v>2106</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2123</v>
+        <v>2107</v>
       </c>
       <c r="H142" t="s">
-        <v>2124</v>
+        <v>2108</v>
       </c>
       <c r="I142" t="s">
-        <v>2125</v>
+        <v>2109</v>
       </c>
       <c r="J142" t="s">
-        <v>699</v>
+        <v>1987</v>
       </c>
       <c r="K142" t="s">
-        <v>2126</v>
+        <v>2110</v>
       </c>
       <c r="L142" t="s">
-        <v>2127</v>
+        <v>2111</v>
       </c>
       <c r="M142" t="s">
-        <v>2128</v>
+        <v>2112</v>
       </c>
       <c r="N142" t="s">
-        <v>2129</v>
+        <v>2113</v>
       </c>
       <c r="O142" t="s">
-        <v>2130</v>
+        <v>2114</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2115</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>2116</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B143" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J143" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2122</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2123</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2124</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2125</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2126</v>
+      </c>
+      <c r="P143" t="s">
+        <v>2127</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>2128</v>
+      </c>
+      <c r="R143" t="s">
+        <v>2129</v>
+      </c>
+      <c r="S143" t="s">
+        <v>2130</v>
+      </c>
+      <c r="T143" t="s">
         <v>2131</v>
-      </c>
-[...28 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B144" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J144" t="s">
+        <v>523</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2136</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2137</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2138</v>
+      </c>
+      <c r="N144" t="s">
         <v>2139</v>
       </c>
-      <c r="C144" t="s">
-[...5 lines deleted...]
-      <c r="E144" t="s">
+      <c r="O144" t="s">
         <v>2140</v>
       </c>
-      <c r="F144" t="s">
-[...2 lines deleted...]
-      <c r="G144" t="s">
+      <c r="P144" t="s">
         <v>2141</v>
       </c>
-      <c r="H144" t="s">
+      <c r="Q144" t="s">
         <v>2142</v>
       </c>
-      <c r="I144" t="s">
-[...2 lines deleted...]
-      <c r="J144" t="s">
+      <c r="R144" t="s">
         <v>2143</v>
-      </c>
-[...10 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B145" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I145" t="s">
         <v>2148</v>
       </c>
-      <c r="C145" t="s">
-[...5 lines deleted...]
-      <c r="E145" t="s">
+      <c r="J145" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K145" t="s">
         <v>2149</v>
       </c>
-      <c r="F145" t="s">
-[...2 lines deleted...]
-      <c r="G145" t="s">
+      <c r="L145" t="s">
         <v>2150</v>
-      </c>
-[...25 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B146" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2158</v>
+      </c>
+      <c r="N146" t="s">
         <v>2159</v>
       </c>
-      <c r="C146" t="s">
-[...5 lines deleted...]
-      <c r="E146" t="s">
+      <c r="O146" t="s">
         <v>2160</v>
       </c>
-      <c r="F146" t="s">
-[...2 lines deleted...]
-      <c r="G146" t="s">
+      <c r="P146" t="s">
         <v>2161</v>
       </c>
-      <c r="H146" t="s">
+      <c r="Q146" t="s">
         <v>2162</v>
       </c>
-      <c r="I146" t="s">
+      <c r="R146" t="s">
         <v>2163</v>
-      </c>
-[...34 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B147" t="s">
-        <v>2176</v>
+        <v>2164</v>
       </c>
       <c r="C147" t="s">
         <v>13</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>2177</v>
+        <v>2165</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2178</v>
+        <v>2166</v>
       </c>
       <c r="H147" t="s">
-        <v>2179</v>
+        <v>2167</v>
       </c>
       <c r="I147" t="s">
-        <v>2180</v>
+        <v>2168</v>
       </c>
       <c r="J147" t="s">
-        <v>2181</v>
+        <v>1065</v>
       </c>
       <c r="K147" t="s">
-        <v>2182</v>
+        <v>2169</v>
       </c>
       <c r="L147" t="s">
-        <v>2183</v>
+        <v>2170</v>
       </c>
       <c r="M147" t="s">
-        <v>2184</v>
+        <v>2171</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2172</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2173</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2174</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B148" t="s">
-        <v>2185</v>
+        <v>2175</v>
       </c>
       <c r="C148" t="s">
         <v>13</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>2186</v>
+        <v>2176</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2187</v>
+        <v>2177</v>
       </c>
       <c r="H148" t="s">
-        <v>2188</v>
+        <v>2178</v>
       </c>
       <c r="I148" t="s">
-        <v>2189</v>
+        <v>2179</v>
       </c>
       <c r="J148" t="s">
-        <v>461</v>
+        <v>819</v>
       </c>
       <c r="K148" t="s">
-        <v>2190</v>
+        <v>2180</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2181</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2182</v>
+      </c>
+      <c r="N148" t="s">
+        <v>2183</v>
+      </c>
+      <c r="O148" t="s">
+        <v>2184</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B149" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2189</v>
+      </c>
+      <c r="J149" t="s">
+        <v>944</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2190</v>
+      </c>
+      <c r="L149" t="s">
         <v>2191</v>
-      </c>
-[...58 lines deleted...]
-        <v>2208</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B150" t="s">
-        <v>2209</v>
+        <v>2192</v>
       </c>
       <c r="C150" t="s">
         <v>13</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>2210</v>
+        <v>2193</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2211</v>
+        <v>2194</v>
       </c>
       <c r="H150" t="s">
-        <v>2212</v>
+        <v>2195</v>
       </c>
       <c r="I150" t="s">
-        <v>2213</v>
+        <v>983</v>
       </c>
       <c r="J150" t="s">
-        <v>1640</v>
+        <v>2196</v>
       </c>
       <c r="K150" t="s">
-        <v>2214</v>
+        <v>2197</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2198</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2199</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2200</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B151" t="s">
-        <v>2215</v>
+        <v>2201</v>
       </c>
       <c r="C151" t="s">
         <v>13</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>2216</v>
+        <v>2202</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2217</v>
+        <v>2203</v>
       </c>
       <c r="H151" t="s">
-        <v>2218</v>
+        <v>2204</v>
       </c>
       <c r="I151" t="s">
-        <v>2219</v>
+        <v>2205</v>
       </c>
       <c r="J151" t="s">
-        <v>2220</v>
+        <v>408</v>
       </c>
       <c r="K151" t="s">
-        <v>2221</v>
+        <v>2206</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2207</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2208</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2209</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2210</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2211</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B152" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2218</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2219</v>
+      </c>
+      <c r="M152" t="s">
+        <v>2220</v>
+      </c>
+      <c r="N152" t="s">
+        <v>2221</v>
+      </c>
+      <c r="O152" t="s">
         <v>2222</v>
       </c>
-      <c r="C152" t="s">
-[...5 lines deleted...]
-      <c r="E152" t="s">
+      <c r="P152" t="s">
         <v>2223</v>
       </c>
-      <c r="F152" t="s">
-[...2 lines deleted...]
-      <c r="G152" t="s">
+      <c r="Q152" t="s">
         <v>2224</v>
       </c>
-      <c r="H152" t="s">
+      <c r="R152" t="s">
         <v>2225</v>
       </c>
-      <c r="I152" t="s">
+      <c r="S152" t="s">
         <v>2226</v>
       </c>
-      <c r="J152" t="s">
-[...2 lines deleted...]
-      <c r="K152" t="s">
+      <c r="T152" t="s">
         <v>2227</v>
+      </c>
+      <c r="U152" t="s">
+        <v>2228</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B153" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="C153" t="s">
         <v>13</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="H153" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="I153" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="J153" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="K153" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="L153" t="s">
-        <v>2235</v>
+        <v>2236</v>
+      </c>
+      <c r="M153" t="s">
+        <v>2237</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B154" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="C154" t="s">
         <v>13</v>
       </c>
       <c r="D154" t="s">
         <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="H154" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="I154" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="J154" t="s">
-        <v>1640</v>
+        <v>631</v>
       </c>
       <c r="K154" t="s">
-        <v>2241</v>
-[...4 lines deleted...]
-      <c r="M154" t="s">
         <v>2243</v>
-      </c>
-[...19 lines deleted...]
-        <v>2250</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B155" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2248</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2249</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2250</v>
+      </c>
+      <c r="L155" t="s">
         <v>2251</v>
       </c>
-      <c r="C155" t="s">
-[...5 lines deleted...]
-      <c r="E155" t="s">
+      <c r="M155" t="s">
         <v>2252</v>
       </c>
-      <c r="F155" t="s">
-[...2 lines deleted...]
-      <c r="G155" t="s">
+      <c r="N155" t="s">
         <v>2253</v>
       </c>
-      <c r="H155" t="s">
+      <c r="O155" t="s">
         <v>2254</v>
       </c>
-      <c r="I155" t="s">
+      <c r="P155" t="s">
         <v>2255</v>
       </c>
-      <c r="J155" t="s">
-[...2 lines deleted...]
-      <c r="K155" t="s">
+      <c r="Q155" t="s">
         <v>2256</v>
       </c>
-      <c r="L155" t="s">
+      <c r="R155" t="s">
         <v>2257</v>
       </c>
-      <c r="M155" t="s">
+      <c r="S155" t="s">
         <v>2258</v>
       </c>
-      <c r="N155" t="s">
+      <c r="T155" t="s">
         <v>2259</v>
       </c>
-      <c r="O155" t="s">
+      <c r="U155" t="s">
         <v>2260</v>
       </c>
-      <c r="P155" t="s">
+      <c r="V155" t="s">
         <v>2261</v>
-      </c>
-[...10 lines deleted...]
-        <v>2265</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B156" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I156" t="s">
         <v>2266</v>
       </c>
-      <c r="C156" t="s">
-[...5 lines deleted...]
-      <c r="E156" t="s">
+      <c r="J156" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K156" t="s">
         <v>2267</v>
-      </c>
-[...55 lines deleted...]
-        <v>2283</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B157" t="s">
-        <v>2284</v>
+        <v>2268</v>
       </c>
       <c r="C157" t="s">
         <v>13</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>2285</v>
+        <v>2269</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2286</v>
+        <v>2270</v>
       </c>
       <c r="H157" t="s">
-        <v>2287</v>
+        <v>2271</v>
       </c>
       <c r="I157" t="s">
-        <v>2288</v>
+        <v>2272</v>
       </c>
       <c r="J157" t="s">
-        <v>930</v>
+        <v>2273</v>
       </c>
       <c r="K157" t="s">
-        <v>2289</v>
-[...26 lines deleted...]
-        <v>2297</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B158" t="s">
-        <v>2298</v>
+        <v>2275</v>
       </c>
       <c r="C158" t="s">
         <v>13</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>2299</v>
+        <v>2276</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2300</v>
+        <v>2277</v>
       </c>
       <c r="H158" t="s">
-        <v>2301</v>
+        <v>2278</v>
       </c>
       <c r="I158" t="s">
-        <v>2302</v>
+        <v>2279</v>
       </c>
       <c r="J158" t="s">
-        <v>2303</v>
+        <v>2017</v>
       </c>
       <c r="K158" t="s">
-        <v>2304</v>
-[...11 lines deleted...]
-        <v>2308</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B159" t="s">
-        <v>2309</v>
+        <v>2281</v>
       </c>
       <c r="C159" t="s">
         <v>13</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>2310</v>
+        <v>2282</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2311</v>
+        <v>2283</v>
       </c>
       <c r="H159" t="s">
-        <v>2312</v>
+        <v>2284</v>
       </c>
       <c r="I159" t="s">
-        <v>2061</v>
+        <v>2285</v>
       </c>
       <c r="J159" t="s">
-        <v>2313</v>
+        <v>2286</v>
       </c>
       <c r="K159" t="s">
-        <v>2314</v>
+        <v>2287</v>
       </c>
       <c r="L159" t="s">
-        <v>2315</v>
-[...8 lines deleted...]
-        <v>2318</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B160" t="s">
-        <v>2319</v>
+        <v>2289</v>
       </c>
       <c r="C160" t="s">
         <v>13</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>2320</v>
+        <v>2290</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2321</v>
+        <v>2291</v>
       </c>
       <c r="H160" t="s">
-        <v>2322</v>
+        <v>2292</v>
       </c>
       <c r="I160" t="s">
-        <v>2323</v>
+        <v>2293</v>
       </c>
       <c r="J160" t="s">
-        <v>1926</v>
+        <v>1701</v>
       </c>
       <c r="K160" t="s">
-        <v>2324</v>
+        <v>2294</v>
       </c>
       <c r="L160" t="s">
-        <v>2325</v>
+        <v>2295</v>
+      </c>
+      <c r="M160" t="s">
+        <v>2296</v>
+      </c>
+      <c r="N160" t="s">
+        <v>2297</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2298</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2299</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>2300</v>
+      </c>
+      <c r="R160" t="s">
+        <v>2301</v>
+      </c>
+      <c r="S160" t="s">
+        <v>2302</v>
+      </c>
+      <c r="T160" t="s">
+        <v>2303</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B161" t="s">
-        <v>2326</v>
+        <v>2304</v>
       </c>
       <c r="C161" t="s">
         <v>13</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>2320</v>
+        <v>2305</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2327</v>
+        <v>2306</v>
       </c>
       <c r="H161" t="s">
-        <v>2328</v>
+        <v>2307</v>
       </c>
       <c r="I161" t="s">
-        <v>2329</v>
+        <v>2308</v>
       </c>
       <c r="J161" t="s">
-        <v>433</v>
+        <v>491</v>
       </c>
       <c r="K161" t="s">
-        <v>2330</v>
+        <v>2309</v>
       </c>
       <c r="L161" t="s">
-        <v>2331</v>
+        <v>2310</v>
+      </c>
+      <c r="M161" t="s">
+        <v>2311</v>
+      </c>
+      <c r="N161" t="s">
+        <v>2312</v>
+      </c>
+      <c r="O161" t="s">
+        <v>2313</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2314</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>2315</v>
+      </c>
+      <c r="R161" t="s">
+        <v>2316</v>
+      </c>
+      <c r="S161" t="s">
+        <v>2317</v>
+      </c>
+      <c r="T161" t="s">
+        <v>2318</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B162" t="s">
-        <v>2332</v>
+        <v>2319</v>
       </c>
       <c r="C162" t="s">
         <v>13</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
         <v>2320</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K162" t="s">
+        <v>2324</v>
+      </c>
+      <c r="L162" t="s">
+        <v>2325</v>
+      </c>
+      <c r="M162" t="s">
+        <v>2326</v>
+      </c>
+      <c r="N162" t="s">
+        <v>2327</v>
+      </c>
+      <c r="O162" t="s">
+        <v>2328</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2329</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>2330</v>
+      </c>
+      <c r="R162" t="s">
+        <v>2329</v>
+      </c>
+      <c r="S162" t="s">
+        <v>2331</v>
+      </c>
+      <c r="T162" t="s">
+        <v>2332</v>
+      </c>
+      <c r="U162" t="s">
         <v>2333</v>
       </c>
-      <c r="H162" t="s">
+      <c r="V162" t="s">
         <v>2334</v>
       </c>
-      <c r="I162" t="s">
-[...5 lines deleted...]
-      <c r="K162" t="s">
+      <c r="W162" t="s">
         <v>2335</v>
       </c>
-      <c r="L162" t="s">
+      <c r="X162" t="s">
         <v>2336</v>
-      </c>
-[...4 lines deleted...]
-        <v>2338</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B163" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
         <v>2339</v>
       </c>
-      <c r="C163" t="s">
-[...5 lines deleted...]
-      <c r="E163" t="s">
+      <c r="H163" t="s">
         <v>2340</v>
       </c>
-      <c r="F163" t="s">
-[...2 lines deleted...]
-      <c r="G163" t="s">
+      <c r="I163" t="s">
         <v>2341</v>
       </c>
-      <c r="H163" t="s">
+      <c r="J163" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K163" t="s">
         <v>2342</v>
       </c>
-      <c r="I163" t="s">
+      <c r="L163" t="s">
         <v>2343</v>
       </c>
-      <c r="J163" t="s">
+      <c r="M163" t="s">
         <v>2344</v>
       </c>
-      <c r="K163" t="s">
+      <c r="N163" t="s">
         <v>2345</v>
       </c>
-      <c r="L163" t="s">
+      <c r="O163" t="s">
         <v>2346</v>
       </c>
-      <c r="M163" t="s">
+      <c r="P163" t="s">
+        <v>2345</v>
+      </c>
+      <c r="Q163" t="s">
         <v>2347</v>
       </c>
-      <c r="N163" t="s">
+      <c r="R163" t="s">
         <v>2348</v>
       </c>
-      <c r="O163" t="s">
+      <c r="S163" t="s">
         <v>2349</v>
       </c>
-      <c r="P163" t="s">
+      <c r="T163" t="s">
         <v>2350</v>
-      </c>
-[...31 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B164" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2352</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2354</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2355</v>
+      </c>
+      <c r="J164" t="s">
+        <v>2356</v>
+      </c>
+      <c r="K164" t="s">
+        <v>2357</v>
+      </c>
+      <c r="L164" t="s">
+        <v>2358</v>
+      </c>
+      <c r="M164" t="s">
+        <v>2359</v>
+      </c>
+      <c r="N164" t="s">
+        <v>2360</v>
+      </c>
+      <c r="O164" t="s">
         <v>2361</v>
-      </c>
-[...34 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B165" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2366</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2367</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2368</v>
+      </c>
+      <c r="M165" t="s">
         <v>2369</v>
       </c>
-      <c r="C165" t="s">
-[...5 lines deleted...]
-      <c r="E165" t="s">
+      <c r="N165" t="s">
         <v>2370</v>
       </c>
-      <c r="F165" t="s">
-[...2 lines deleted...]
-      <c r="G165" t="s">
+      <c r="O165" t="s">
         <v>2371</v>
-      </c>
-[...34 lines deleted...]
-        <v>2382</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B166" t="s">
-        <v>2383</v>
+        <v>2372</v>
       </c>
       <c r="C166" t="s">
         <v>13</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>2384</v>
+        <v>2373</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2385</v>
+        <v>2374</v>
       </c>
       <c r="H166" t="s">
-        <v>2386</v>
+        <v>2375</v>
       </c>
       <c r="I166" t="s">
-        <v>2387</v>
+        <v>2376</v>
       </c>
       <c r="J166" t="s">
-        <v>1433</v>
+        <v>1987</v>
       </c>
       <c r="K166" t="s">
-        <v>2388</v>
+        <v>2377</v>
       </c>
       <c r="L166" t="s">
-        <v>2389</v>
-[...20 lines deleted...]
-        <v>2396</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B167" t="s">
-        <v>2397</v>
+        <v>2379</v>
       </c>
       <c r="C167" t="s">
         <v>13</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>2398</v>
+        <v>2373</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2399</v>
+        <v>2380</v>
       </c>
       <c r="H167" t="s">
-        <v>2400</v>
+        <v>2381</v>
       </c>
       <c r="I167" t="s">
-        <v>2401</v>
+        <v>2382</v>
       </c>
       <c r="J167" t="s">
-        <v>685</v>
+        <v>469</v>
       </c>
       <c r="K167" t="s">
-        <v>2402</v>
+        <v>2383</v>
       </c>
       <c r="L167" t="s">
-        <v>2403</v>
-[...5 lines deleted...]
-        <v>2405</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B168" t="s">
-        <v>2406</v>
+        <v>2385</v>
       </c>
       <c r="C168" t="s">
         <v>13</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>2407</v>
+        <v>2373</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2408</v>
+        <v>2386</v>
       </c>
       <c r="H168" t="s">
-        <v>2409</v>
+        <v>2387</v>
       </c>
       <c r="I168" t="s">
-        <v>2410</v>
+        <v>983</v>
       </c>
       <c r="J168" t="s">
-        <v>2411</v>
+        <v>984</v>
       </c>
       <c r="K168" t="s">
-        <v>2412</v>
+        <v>2388</v>
       </c>
       <c r="L168" t="s">
-        <v>2413</v>
+        <v>2389</v>
       </c>
       <c r="M168" t="s">
-        <v>2414</v>
+        <v>2390</v>
       </c>
       <c r="N168" t="s">
-        <v>2415</v>
-[...20 lines deleted...]
-        <v>2422</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B169" t="s">
-        <v>2423</v>
+        <v>2392</v>
       </c>
       <c r="C169" t="s">
         <v>13</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>2424</v>
+        <v>2393</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>2425</v>
+        <v>2394</v>
       </c>
       <c r="H169" t="s">
-        <v>2426</v>
+        <v>2395</v>
       </c>
       <c r="I169" t="s">
-        <v>2427</v>
+        <v>2396</v>
       </c>
       <c r="J169" t="s">
-        <v>2428</v>
+        <v>2397</v>
       </c>
       <c r="K169" t="s">
-        <v>2429</v>
+        <v>2398</v>
       </c>
       <c r="L169" t="s">
-        <v>2430</v>
+        <v>2399</v>
       </c>
       <c r="M169" t="s">
-        <v>2431</v>
+        <v>2400</v>
+      </c>
+      <c r="N169" t="s">
+        <v>2401</v>
+      </c>
+      <c r="O169" t="s">
+        <v>2402</v>
+      </c>
+      <c r="P169" t="s">
+        <v>2403</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>2404</v>
+      </c>
+      <c r="R169" t="s">
+        <v>2405</v>
+      </c>
+      <c r="S169" t="s">
+        <v>2406</v>
+      </c>
+      <c r="T169" t="s">
+        <v>2407</v>
+      </c>
+      <c r="U169" t="s">
+        <v>2408</v>
+      </c>
+      <c r="V169" t="s">
+        <v>2409</v>
+      </c>
+      <c r="W169" t="s">
+        <v>2410</v>
+      </c>
+      <c r="X169" t="s">
+        <v>2411</v>
+      </c>
+      <c r="Y169" t="s">
+        <v>2400</v>
+      </c>
+      <c r="Z169" t="s">
+        <v>2412</v>
+      </c>
+      <c r="AA169" t="s">
+        <v>2413</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B170" t="s">
-        <v>2432</v>
+        <v>2414</v>
       </c>
       <c r="C170" t="s">
         <v>13</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>2433</v>
+        <v>2415</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2434</v>
+        <v>2416</v>
       </c>
       <c r="H170" t="s">
-        <v>2435</v>
+        <v>2417</v>
       </c>
       <c r="I170" t="s">
-        <v>2436</v>
+        <v>2418</v>
       </c>
       <c r="J170" t="s">
-        <v>2437</v>
+        <v>1025</v>
       </c>
       <c r="K170" t="s">
-        <v>2438</v>
+        <v>2419</v>
       </c>
       <c r="L170" t="s">
-        <v>2439</v>
+        <v>2420</v>
       </c>
       <c r="M170" t="s">
-        <v>2440</v>
+        <v>2420</v>
+      </c>
+      <c r="N170" t="s">
+        <v>2421</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B171" t="s">
-        <v>2441</v>
+        <v>2422</v>
       </c>
       <c r="C171" t="s">
         <v>13</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
-        <v>2442</v>
+        <v>2423</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>2443</v>
+        <v>2424</v>
       </c>
       <c r="H171" t="s">
-        <v>2444</v>
+        <v>2425</v>
       </c>
       <c r="I171" t="s">
-        <v>2445</v>
+        <v>2426</v>
       </c>
       <c r="J171" t="s">
-        <v>1584</v>
+        <v>1740</v>
       </c>
       <c r="K171" t="s">
-        <v>2446</v>
+        <v>2427</v>
       </c>
       <c r="L171" t="s">
-        <v>2447</v>
+        <v>2428</v>
       </c>
       <c r="M171" t="s">
-        <v>2448</v>
+        <v>2429</v>
       </c>
       <c r="N171" t="s">
-        <v>2449</v>
+        <v>2430</v>
       </c>
       <c r="O171" t="s">
-        <v>2450</v>
+        <v>2431</v>
       </c>
       <c r="P171" t="s">
-        <v>2451</v>
+        <v>2432</v>
       </c>
       <c r="Q171" t="s">
-        <v>2452</v>
+        <v>2433</v>
       </c>
       <c r="R171" t="s">
-        <v>2453</v>
+        <v>2434</v>
       </c>
       <c r="S171" t="s">
-        <v>2454</v>
-[...26 lines deleted...]
-        <v>2463</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B172" t="s">
-        <v>2464</v>
+        <v>2436</v>
       </c>
       <c r="C172" t="s">
         <v>13</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
-        <v>2465</v>
+        <v>2437</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>2466</v>
+        <v>2438</v>
       </c>
       <c r="H172" t="s">
-        <v>2467</v>
+        <v>2439</v>
       </c>
       <c r="I172" t="s">
-        <v>2468</v>
+        <v>2440</v>
       </c>
       <c r="J172" t="s">
-        <v>2469</v>
+        <v>1494</v>
       </c>
       <c r="K172" t="s">
-        <v>2470</v>
+        <v>2441</v>
       </c>
       <c r="L172" t="s">
-        <v>2471</v>
+        <v>2442</v>
+      </c>
+      <c r="M172" t="s">
+        <v>2443</v>
+      </c>
+      <c r="N172" t="s">
+        <v>2444</v>
+      </c>
+      <c r="O172" t="s">
+        <v>2445</v>
+      </c>
+      <c r="P172" t="s">
+        <v>2446</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>2447</v>
+      </c>
+      <c r="R172" t="s">
+        <v>2448</v>
+      </c>
+      <c r="S172" t="s">
+        <v>2449</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B173" t="s">
-        <v>2472</v>
+        <v>2450</v>
       </c>
       <c r="C173" t="s">
         <v>13</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
-        <v>2473</v>
+        <v>2451</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>2474</v>
+        <v>2452</v>
       </c>
       <c r="H173" t="s">
-        <v>2475</v>
+        <v>2453</v>
       </c>
       <c r="I173" t="s">
-        <v>2476</v>
+        <v>2454</v>
       </c>
       <c r="J173" t="s">
-        <v>2477</v>
+        <v>443</v>
       </c>
       <c r="K173" t="s">
-        <v>2478</v>
+        <v>2455</v>
       </c>
       <c r="L173" t="s">
-        <v>2479</v>
+        <v>2456</v>
       </c>
       <c r="M173" t="s">
-        <v>2480</v>
+        <v>2457</v>
       </c>
       <c r="N173" t="s">
-        <v>2481</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B174" t="s">
-        <v>2482</v>
+        <v>2459</v>
       </c>
       <c r="C174" t="s">
         <v>13</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>2483</v>
+        <v>2460</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>2484</v>
+        <v>2461</v>
       </c>
       <c r="H174" t="s">
-        <v>2485</v>
+        <v>2462</v>
       </c>
       <c r="I174" t="s">
-        <v>2476</v>
+        <v>2463</v>
       </c>
       <c r="J174" t="s">
-        <v>1720</v>
+        <v>2464</v>
       </c>
       <c r="K174" t="s">
-        <v>2486</v>
+        <v>2465</v>
       </c>
       <c r="L174" t="s">
-        <v>2487</v>
+        <v>2466</v>
       </c>
       <c r="M174" t="s">
-        <v>2488</v>
+        <v>2467</v>
       </c>
       <c r="N174" t="s">
-        <v>2489</v>
+        <v>2468</v>
       </c>
       <c r="O174" t="s">
-        <v>2490</v>
+        <v>2469</v>
       </c>
       <c r="P174" t="s">
-        <v>2491</v>
+        <v>2470</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R174" t="s">
+        <v>2472</v>
+      </c>
+      <c r="S174" t="s">
+        <v>2473</v>
+      </c>
+      <c r="T174" t="s">
+        <v>2474</v>
+      </c>
+      <c r="U174" t="s">
+        <v>2475</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B175" t="s">
-        <v>2492</v>
+        <v>2476</v>
       </c>
       <c r="C175" t="s">
         <v>13</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>2493</v>
+        <v>2477</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>2494</v>
+        <v>2478</v>
       </c>
       <c r="H175" t="s">
-        <v>2495</v>
+        <v>2479</v>
       </c>
       <c r="I175" t="s">
-        <v>2496</v>
+        <v>2480</v>
       </c>
       <c r="J175" t="s">
-        <v>2497</v>
+        <v>2481</v>
       </c>
       <c r="K175" t="s">
-        <v>2498</v>
+        <v>2482</v>
       </c>
       <c r="L175" t="s">
-        <v>2499</v>
+        <v>2483</v>
       </c>
       <c r="M175" t="s">
-        <v>2500</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B176" t="s">
-        <v>2501</v>
+        <v>2485</v>
       </c>
       <c r="C176" t="s">
         <v>13</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>2502</v>
+        <v>2486</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>2503</v>
+        <v>2487</v>
       </c>
       <c r="H176" t="s">
-        <v>2504</v>
+        <v>2488</v>
       </c>
       <c r="I176" t="s">
-        <v>1866</v>
+        <v>2489</v>
       </c>
       <c r="J176" t="s">
-        <v>2505</v>
+        <v>2490</v>
       </c>
       <c r="K176" t="s">
-        <v>2506</v>
+        <v>2491</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2492</v>
+      </c>
+      <c r="M176" t="s">
+        <v>2493</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B177" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C177" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2495</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J177" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2499</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M177" t="s">
+        <v>2501</v>
+      </c>
+      <c r="N177" t="s">
+        <v>2502</v>
+      </c>
+      <c r="O177" t="s">
+        <v>2503</v>
+      </c>
+      <c r="P177" t="s">
+        <v>2504</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>2505</v>
+      </c>
+      <c r="R177" t="s">
+        <v>2506</v>
+      </c>
+      <c r="S177" t="s">
         <v>2507</v>
       </c>
-      <c r="C177" t="s">
-[...5 lines deleted...]
-      <c r="E177" t="s">
+      <c r="T177" t="s">
         <v>2508</v>
       </c>
-      <c r="F177" t="s">
-[...2 lines deleted...]
-      <c r="G177" t="s">
+      <c r="U177" t="s">
         <v>2509</v>
       </c>
-      <c r="H177" t="s">
+      <c r="V177" t="s">
         <v>2510</v>
       </c>
-      <c r="I177" t="s">
+      <c r="W177" t="s">
         <v>2511</v>
       </c>
-      <c r="J177" t="s">
-[...2 lines deleted...]
-      <c r="K177" t="s">
+      <c r="X177" t="s">
         <v>2512</v>
       </c>
-      <c r="L177" t="s">
+      <c r="Y177" t="s">
         <v>2513</v>
       </c>
-      <c r="M177" t="s">
+      <c r="Z177" t="s">
         <v>2514</v>
       </c>
-      <c r="N177" t="s">
+      <c r="AA177" t="s">
         <v>2515</v>
       </c>
-      <c r="O177" t="s">
+      <c r="AB177" t="s">
         <v>2516</v>
-      </c>
-[...1 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B178" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
         <v>2518</v>
       </c>
-      <c r="C178" t="s">
-[...5 lines deleted...]
-      <c r="E178" t="s">
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
         <v>2519</v>
       </c>
-      <c r="F178" t="s">
-[...2 lines deleted...]
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>2520</v>
       </c>
-      <c r="H178" t="s">
+      <c r="I178" t="s">
         <v>2521</v>
       </c>
-      <c r="I178" t="s">
+      <c r="J178" t="s">
         <v>2522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="K178" t="s">
         <v>2523</v>
       </c>
       <c r="L178" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B179" t="s">
         <v>2525</v>
       </c>
       <c r="C179" t="s">
         <v>13</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
         <v>2526</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
         <v>2527</v>
       </c>
       <c r="H179" t="s">
         <v>2528</v>
       </c>
       <c r="I179" t="s">
         <v>2529</v>
       </c>
       <c r="J179" t="s">
         <v>2530</v>
       </c>
       <c r="K179" t="s">
         <v>2531</v>
       </c>
       <c r="L179" t="s">
         <v>2532</v>
       </c>
       <c r="M179" t="s">
         <v>2533</v>
       </c>
+      <c r="N179" t="s">
+        <v>2534</v>
+      </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B180" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="C180" t="s">
         <v>13</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="H180" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="I180" t="s">
-        <v>2538</v>
+        <v>2529</v>
       </c>
       <c r="J180" t="s">
+        <v>1781</v>
+      </c>
+      <c r="K180" t="s">
         <v>2539</v>
       </c>
-      <c r="K180" t="s">
+      <c r="L180" t="s">
         <v>2540</v>
+      </c>
+      <c r="M180" t="s">
+        <v>2541</v>
+      </c>
+      <c r="N180" t="s">
+        <v>2542</v>
+      </c>
+      <c r="O180" t="s">
+        <v>2543</v>
+      </c>
+      <c r="P180" t="s">
+        <v>2544</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B181" t="s">
-        <v>2541</v>
+        <v>2545</v>
       </c>
       <c r="C181" t="s">
         <v>13</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>2542</v>
+        <v>2546</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>2543</v>
+        <v>2547</v>
       </c>
       <c r="H181" t="s">
-        <v>2544</v>
+        <v>2548</v>
       </c>
       <c r="I181" t="s">
-        <v>2545</v>
+        <v>2549</v>
       </c>
       <c r="J181" t="s">
-        <v>907</v>
+        <v>2550</v>
       </c>
       <c r="K181" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="L181" t="s">
-        <v>2547</v>
+        <v>2552</v>
+      </c>
+      <c r="M181" t="s">
+        <v>2553</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B182" t="s">
-        <v>2548</v>
+        <v>2554</v>
       </c>
       <c r="C182" t="s">
         <v>13</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>2549</v>
+        <v>2555</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>2550</v>
+        <v>2556</v>
       </c>
       <c r="H182" t="s">
-        <v>2551</v>
+        <v>2557</v>
       </c>
       <c r="I182" t="s">
-        <v>2552</v>
+        <v>1927</v>
       </c>
       <c r="J182" t="s">
-        <v>915</v>
+        <v>2558</v>
       </c>
       <c r="K182" t="s">
-        <v>2553</v>
-[...2 lines deleted...]
-        <v>2554</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B183" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="C183" t="s">
         <v>13</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>2557</v>
+        <v>2562</v>
       </c>
       <c r="H183" t="s">
-        <v>2558</v>
+        <v>2563</v>
       </c>
       <c r="I183" t="s">
-        <v>2559</v>
+        <v>2564</v>
       </c>
       <c r="J183" t="s">
-        <v>353</v>
+        <v>2217</v>
       </c>
       <c r="K183" t="s">
-        <v>2560</v>
+        <v>2565</v>
       </c>
       <c r="L183" t="s">
-        <v>2561</v>
+        <v>2566</v>
       </c>
       <c r="M183" t="s">
-        <v>2562</v>
+        <v>2567</v>
+      </c>
+      <c r="N183" t="s">
+        <v>2568</v>
+      </c>
+      <c r="O183" t="s">
+        <v>2569</v>
+      </c>
+      <c r="P183" t="s">
+        <v>2570</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B184" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
       <c r="C184" t="s">
         <v>13</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>2565</v>
+        <v>2573</v>
       </c>
       <c r="H184" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="I184" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="J184" t="s">
-        <v>2568</v>
+        <v>1283</v>
       </c>
       <c r="K184" t="s">
-        <v>2569</v>
+        <v>2576</v>
       </c>
       <c r="L184" t="s">
-        <v>2570</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B185" t="s">
-        <v>2571</v>
+        <v>2578</v>
       </c>
       <c r="C185" t="s">
         <v>13</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>2572</v>
+        <v>2579</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>2573</v>
+        <v>2580</v>
       </c>
       <c r="H185" t="s">
-        <v>2574</v>
+        <v>2581</v>
       </c>
       <c r="I185" t="s">
-        <v>1737</v>
+        <v>2582</v>
       </c>
       <c r="J185" t="s">
-        <v>353</v>
+        <v>2583</v>
       </c>
       <c r="K185" t="s">
-        <v>2575</v>
+        <v>2584</v>
       </c>
       <c r="L185" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="M185" t="s">
-        <v>2577</v>
-[...25 lines deleted...]
-      <c r="V185" t="s">
         <v>2586</v>
-      </c>
-[...4 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B186" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
         <v>2589</v>
       </c>
-      <c r="C186" t="s">
-[...5 lines deleted...]
-      <c r="E186" t="s">
+      <c r="H186" t="s">
         <v>2590</v>
       </c>
-      <c r="F186" t="s">
-[...2 lines deleted...]
-      <c r="G186" t="s">
+      <c r="I186" t="s">
         <v>2591</v>
       </c>
-      <c r="H186" t="s">
+      <c r="J186" t="s">
         <v>2592</v>
       </c>
-      <c r="I186" t="s">
+      <c r="K186" t="s">
         <v>2593</v>
-      </c>
-[...10 lines deleted...]
-        <v>2597</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B187" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I187" t="s">
         <v>2598</v>
       </c>
-      <c r="C187" t="s">
-[...5 lines deleted...]
-      <c r="E187" t="s">
+      <c r="J187" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K187" t="s">
         <v>2599</v>
       </c>
-      <c r="F187" t="s">
-[...2 lines deleted...]
-      <c r="G187" t="s">
+      <c r="L187" t="s">
         <v>2600</v>
-      </c>
-[...19 lines deleted...]
-        <v>2606</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B188" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2604</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2605</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K188" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L188" t="s">
         <v>2607</v>
-      </c>
-[...67 lines deleted...]
-        <v>2626</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B189" t="s">
-        <v>2627</v>
+        <v>2608</v>
       </c>
       <c r="C189" t="s">
         <v>13</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>2628</v>
+        <v>2610</v>
       </c>
       <c r="H189" t="s">
-        <v>2629</v>
+        <v>2611</v>
       </c>
       <c r="I189" t="s">
-        <v>2630</v>
+        <v>2612</v>
       </c>
       <c r="J189" t="s">
-        <v>716</v>
+        <v>535</v>
       </c>
       <c r="K189" t="s">
-        <v>2631</v>
+        <v>2613</v>
       </c>
       <c r="L189" t="s">
-        <v>2631</v>
+        <v>2614</v>
+      </c>
+      <c r="M189" t="s">
+        <v>2615</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B190" t="s">
-        <v>2632</v>
+        <v>2616</v>
       </c>
       <c r="C190" t="s">
         <v>13</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>2633</v>
+        <v>2617</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>2634</v>
+        <v>2618</v>
       </c>
       <c r="H190" t="s">
-        <v>2635</v>
+        <v>2619</v>
       </c>
       <c r="I190" t="s">
-        <v>2636</v>
+        <v>2620</v>
       </c>
       <c r="J190" t="s">
-        <v>2477</v>
+        <v>2621</v>
       </c>
       <c r="K190" t="s">
-        <v>2637</v>
+        <v>2622</v>
       </c>
       <c r="L190" t="s">
-        <v>2638</v>
-[...2 lines deleted...]
-        <v>2639</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B191" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2627</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J191" t="s">
+        <v>535</v>
+      </c>
+      <c r="K191" t="s">
+        <v>2628</v>
+      </c>
+      <c r="L191" t="s">
+        <v>2629</v>
+      </c>
+      <c r="M191" t="s">
+        <v>2630</v>
+      </c>
+      <c r="N191" t="s">
+        <v>2631</v>
+      </c>
+      <c r="O191" t="s">
+        <v>2632</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2633</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>2634</v>
+      </c>
+      <c r="R191" t="s">
+        <v>2635</v>
+      </c>
+      <c r="S191" t="s">
+        <v>2636</v>
+      </c>
+      <c r="T191" t="s">
+        <v>2637</v>
+      </c>
+      <c r="U191" t="s">
+        <v>2638</v>
+      </c>
+      <c r="V191" t="s">
+        <v>2639</v>
+      </c>
+      <c r="W191" t="s">
         <v>2640</v>
       </c>
-      <c r="C191" t="s">
-[...5 lines deleted...]
-      <c r="E191" t="s">
+      <c r="X191" t="s">
         <v>2641</v>
-      </c>
-[...16 lines deleted...]
-        <v>2645</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B192" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2644</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2645</v>
+      </c>
+      <c r="I192" t="s">
         <v>2646</v>
       </c>
-      <c r="C192" t="s">
-[...5 lines deleted...]
-      <c r="E192" t="s">
+      <c r="J192" t="s">
         <v>2647</v>
       </c>
-      <c r="F192" t="s">
-[...2 lines deleted...]
-      <c r="G192" t="s">
+      <c r="K192" t="s">
         <v>2648</v>
       </c>
-      <c r="H192" t="s">
+      <c r="L192" t="s">
         <v>2649</v>
       </c>
-      <c r="I192" t="s">
-[...2 lines deleted...]
-      <c r="J192" t="s">
+      <c r="M192" t="s">
         <v>2650</v>
-      </c>
-[...19 lines deleted...]
-        <v>2656</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B193" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C193" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2652</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J193" t="s">
+        <v>443</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2656</v>
+      </c>
+      <c r="L193" t="s">
         <v>2657</v>
       </c>
-      <c r="C193" t="s">
-[...5 lines deleted...]
-      <c r="E193" t="s">
+      <c r="M193" t="s">
         <v>2658</v>
       </c>
-      <c r="F193" t="s">
-[...2 lines deleted...]
-      <c r="G193" t="s">
+      <c r="N193" t="s">
         <v>2659</v>
-      </c>
-[...37 lines deleted...]
-        <v>2669</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B194" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C194" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2662</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2663</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2664</v>
+      </c>
+      <c r="J194" t="s">
+        <v>733</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2665</v>
+      </c>
+      <c r="L194" t="s">
+        <v>2666</v>
+      </c>
+      <c r="M194" t="s">
+        <v>2667</v>
+      </c>
+      <c r="N194" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O194" t="s">
+        <v>2669</v>
+      </c>
+      <c r="P194" t="s">
         <v>2670</v>
       </c>
-      <c r="C194" t="s">
-[...5 lines deleted...]
-      <c r="E194" t="s">
+      <c r="Q194" t="s">
         <v>2671</v>
       </c>
-      <c r="F194" t="s">
-[...2 lines deleted...]
-      <c r="G194" t="s">
+      <c r="R194" t="s">
         <v>2672</v>
       </c>
-      <c r="H194" t="s">
+      <c r="S194" t="s">
         <v>2673</v>
       </c>
-      <c r="I194" t="s">
+      <c r="T194" t="s">
         <v>2674</v>
       </c>
-      <c r="J194" t="s">
+      <c r="U194" t="s">
         <v>2675</v>
       </c>
-      <c r="K194" t="s">
+      <c r="V194" t="s">
         <v>2676</v>
       </c>
-      <c r="L194" t="s">
+      <c r="W194" t="s">
         <v>2677</v>
       </c>
-      <c r="M194" t="s">
+      <c r="X194" t="s">
         <v>2678</v>
       </c>
-      <c r="N194" t="s">
+      <c r="Y194" t="s">
         <v>2679</v>
-      </c>
-[...4 lines deleted...]
-        <v>2681</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B195" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C195" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H195" t="s">
         <v>2682</v>
       </c>
-      <c r="C195" t="s">
-[...5 lines deleted...]
-      <c r="E195" t="s">
+      <c r="I195" t="s">
         <v>2683</v>
       </c>
-      <c r="F195" t="s">
-[...2 lines deleted...]
-      <c r="G195" t="s">
+      <c r="J195" t="s">
+        <v>836</v>
+      </c>
+      <c r="K195" t="s">
         <v>2684</v>
       </c>
-      <c r="H195" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L195" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B196" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2686</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2688</v>
+      </c>
+      <c r="I196" t="s">
         <v>2689</v>
       </c>
-      <c r="C196" t="s">
-[...11 lines deleted...]
-      <c r="G196" t="s">
+      <c r="J196" t="s">
+        <v>2530</v>
+      </c>
+      <c r="K196" t="s">
         <v>2690</v>
       </c>
-      <c r="H196" t="s">
+      <c r="L196" t="s">
         <v>2691</v>
       </c>
-      <c r="I196" t="s">
+      <c r="M196" t="s">
         <v>2692</v>
-      </c>
-[...4 lines deleted...]
-        <v>2693</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B197" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C197" t="s">
+        <v>13</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
         <v>2694</v>
       </c>
-      <c r="C197" t="s">
-[...5 lines deleted...]
-      <c r="E197" t="s">
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
         <v>2695</v>
       </c>
-      <c r="F197" t="s">
-[...2 lines deleted...]
-      <c r="G197" t="s">
+      <c r="H197" t="s">
         <v>2696</v>
       </c>
-      <c r="H197" t="s">
+      <c r="I197" t="s">
         <v>2697</v>
       </c>
-      <c r="I197" t="s">
+      <c r="J197" t="s">
+        <v>1293</v>
+      </c>
+      <c r="K197" t="s">
         <v>2698</v>
-      </c>
-[...4 lines deleted...]
-        <v>2700</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B198" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C198" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
         <v>2701</v>
       </c>
-      <c r="C198" t="s">
-[...5 lines deleted...]
-      <c r="E198" t="s">
+      <c r="H198" t="s">
         <v>2702</v>
       </c>
-      <c r="F198" t="s">
-[...2 lines deleted...]
-      <c r="G198" t="s">
+      <c r="I198" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J198" t="s">
         <v>2703</v>
       </c>
-      <c r="H198" t="s">
+      <c r="K198" t="s">
         <v>2704</v>
       </c>
-      <c r="I198" t="s">
-[...2 lines deleted...]
-      <c r="J198" t="s">
+      <c r="L198" t="s">
         <v>2705</v>
       </c>
-      <c r="K198" t="s">
+      <c r="M198" t="s">
         <v>2706</v>
       </c>
-      <c r="L198" t="s">
+      <c r="N198" t="s">
         <v>2707</v>
       </c>
-      <c r="M198" t="s">
+      <c r="O198" t="s">
         <v>2708</v>
       </c>
-      <c r="N198" t="s">
+      <c r="P198" t="s">
         <v>2709</v>
       </c>
-      <c r="O198" t="s">
-[...3 lines deleted...]
-        <v>2711</v>
+      <c r="Q198" t="s">
+        <v>2709</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B199" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C199" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2711</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
         <v>2712</v>
       </c>
-      <c r="C199" t="s">
-[...5 lines deleted...]
-      <c r="E199" t="s">
+      <c r="H199" t="s">
         <v>2713</v>
       </c>
-      <c r="F199" t="s">
-[...2 lines deleted...]
-      <c r="G199" t="s">
+      <c r="I199" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J199" t="s">
+        <v>631</v>
+      </c>
+      <c r="K199" t="s">
         <v>2714</v>
       </c>
-      <c r="H199" t="s">
+      <c r="L199" t="s">
         <v>2715</v>
       </c>
-      <c r="I199" t="s">
+      <c r="M199" t="s">
         <v>2716</v>
       </c>
-      <c r="J199" t="s">
+      <c r="N199" t="s">
         <v>2717</v>
       </c>
-      <c r="K199" t="s">
+      <c r="O199" t="s">
         <v>2718</v>
       </c>
-      <c r="L199" t="s">
+      <c r="P199" t="s">
         <v>2719</v>
       </c>
-      <c r="M199" t="s">
+      <c r="Q199" t="s">
         <v>2720</v>
       </c>
-      <c r="N199" t="s">
+      <c r="R199" t="s">
         <v>2721</v>
       </c>
-      <c r="O199" t="s">
+      <c r="S199" t="s">
+        <v>2722</v>
+      </c>
+      <c r="T199" t="s">
         <v>2722</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B200" t="s">
         <v>2723</v>
       </c>
       <c r="C200" t="s">
         <v>13</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200" t="s">
         <v>2724</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
         <v>2725</v>
       </c>
       <c r="H200" t="s">
         <v>2726</v>
       </c>
       <c r="I200" t="s">
         <v>2727</v>
       </c>
       <c r="J200" t="s">
-        <v>1541</v>
+        <v>2728</v>
       </c>
       <c r="K200" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="L200" t="s">
-        <v>2729</v>
+        <v>2730</v>
+      </c>
+      <c r="M200" t="s">
+        <v>2731</v>
+      </c>
+      <c r="N200" t="s">
+        <v>2732</v>
+      </c>
+      <c r="O200" t="s">
+        <v>2733</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2734</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B201" t="s">
-        <v>2730</v>
+        <v>2735</v>
       </c>
       <c r="C201" t="s">
         <v>13</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201" t="s">
-        <v>2731</v>
+        <v>2736</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>2732</v>
+        <v>2737</v>
       </c>
       <c r="H201" t="s">
-        <v>2733</v>
+        <v>2738</v>
       </c>
       <c r="I201" t="s">
-        <v>2734</v>
+        <v>2739</v>
       </c>
       <c r="J201" t="s">
-        <v>2735</v>
+        <v>535</v>
       </c>
       <c r="K201" t="s">
-        <v>2736</v>
+        <v>2740</v>
       </c>
       <c r="L201" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B202" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="C202" t="s">
         <v>13</v>
       </c>
       <c r="D202" t="s">
         <v>13</v>
       </c>
       <c r="E202" t="s">
-        <v>2731</v>
+        <v>2724</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="H202" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
       <c r="I202" t="s">
-        <v>2734</v>
+        <v>2745</v>
       </c>
       <c r="J202" t="s">
-        <v>685</v>
+        <v>13</v>
       </c>
       <c r="K202" t="s">
-        <v>2741</v>
-[...2 lines deleted...]
-        <v>2742</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B203" t="s">
-        <v>2743</v>
+        <v>2747</v>
       </c>
       <c r="C203" t="s">
         <v>13</v>
       </c>
       <c r="D203" t="s">
         <v>13</v>
       </c>
       <c r="E203" t="s">
-        <v>2744</v>
+        <v>2748</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>2745</v>
+        <v>2749</v>
       </c>
       <c r="H203" t="s">
-        <v>2746</v>
+        <v>2750</v>
       </c>
       <c r="I203" t="s">
-        <v>865</v>
+        <v>2751</v>
       </c>
       <c r="J203" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
       <c r="K203" t="s">
-        <v>2748</v>
-[...8 lines deleted...]
-        <v>2751</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B204" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="C204" t="s">
         <v>13</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204" t="s">
-        <v>2753</v>
+        <v>2755</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="H204" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="I204" t="s">
-        <v>2756</v>
+        <v>983</v>
       </c>
       <c r="J204" t="s">
-        <v>907</v>
+        <v>2758</v>
       </c>
       <c r="K204" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="L204" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="M204" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="N204" t="s">
-        <v>2760</v>
+        <v>2762</v>
+      </c>
+      <c r="O204" t="s">
+        <v>2763</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2764</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B205" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="C205" t="s">
         <v>13</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="H205" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
       <c r="I205" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="J205" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="K205" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="L205" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="M205" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="N205" t="s">
-        <v>2770</v>
+        <v>2774</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2775</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B206" t="s">
-        <v>2771</v>
+        <v>2776</v>
       </c>
       <c r="C206" t="s">
         <v>13</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
       <c r="E206" t="s">
-        <v>2772</v>
+        <v>2777</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>2773</v>
+        <v>2778</v>
       </c>
       <c r="H206" t="s">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="I206" t="s">
-        <v>2775</v>
+        <v>2780</v>
       </c>
       <c r="J206" t="s">
-        <v>907</v>
+        <v>1602</v>
       </c>
       <c r="K206" t="s">
-        <v>2776</v>
+        <v>2781</v>
       </c>
       <c r="L206" t="s">
-        <v>2777</v>
-[...11 lines deleted...]
-        <v>2781</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B207" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="C207" t="s">
         <v>13</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="H207" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="I207" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="J207" t="s">
-        <v>2705</v>
+        <v>2788</v>
       </c>
       <c r="K207" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="L207" t="s">
-        <v>2788</v>
-[...2 lines deleted...]
-        <v>2789</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B208" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
       <c r="C208" t="s">
         <v>13</v>
       </c>
       <c r="D208" t="s">
         <v>13</v>
       </c>
       <c r="E208" t="s">
-        <v>2791</v>
+        <v>2784</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" t="s">
         <v>2792</v>
       </c>
       <c r="H208" t="s">
         <v>2793</v>
       </c>
       <c r="I208" t="s">
+        <v>2787</v>
+      </c>
+      <c r="J208" t="s">
+        <v>443</v>
+      </c>
+      <c r="K208" t="s">
         <v>2794</v>
       </c>
-      <c r="J208" t="s">
-[...2 lines deleted...]
-      <c r="K208" t="s">
+      <c r="L208" t="s">
         <v>2795</v>
-      </c>
-[...1 lines deleted...]
-        <v>2796</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B209" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C209" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
         <v>2797</v>
       </c>
-      <c r="C209" t="s">
-[...5 lines deleted...]
-      <c r="E209" t="s">
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
         <v>2798</v>
       </c>
-      <c r="F209" t="s">
-[...2 lines deleted...]
-      <c r="G209" t="s">
+      <c r="H209" t="s">
         <v>2799</v>
       </c>
-      <c r="H209" t="s">
+      <c r="I209" t="s">
+        <v>983</v>
+      </c>
+      <c r="J209" t="s">
         <v>2800</v>
       </c>
-      <c r="I209" t="s">
+      <c r="K209" t="s">
         <v>2801</v>
       </c>
-      <c r="J209" t="s">
-[...2 lines deleted...]
-      <c r="K209" t="s">
+      <c r="L209" t="s">
         <v>2802</v>
       </c>
-      <c r="L209" t="s">
+      <c r="M209" t="s">
         <v>2803</v>
       </c>
-      <c r="M209" t="s">
+      <c r="N209" t="s">
         <v>2804</v>
-      </c>
-[...1 lines deleted...]
-        <v>2805</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B210" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C210" t="s">
+        <v>13</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
         <v>2806</v>
       </c>
-      <c r="C210" t="s">
-[...5 lines deleted...]
-      <c r="E210" t="s">
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
         <v>2807</v>
       </c>
-      <c r="F210" t="s">
-[...2 lines deleted...]
-      <c r="G210" t="s">
+      <c r="H210" t="s">
         <v>2808</v>
       </c>
-      <c r="H210" t="s">
+      <c r="I210" t="s">
         <v>2809</v>
       </c>
-      <c r="I210" t="s">
+      <c r="J210" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K210" t="s">
         <v>2810</v>
       </c>
-      <c r="J210" t="s">
-[...2 lines deleted...]
-      <c r="K210" t="s">
+      <c r="L210" t="s">
         <v>2811</v>
       </c>
-      <c r="L210" t="s">
+      <c r="M210" t="s">
         <v>2812</v>
       </c>
-      <c r="M210" t="s">
+      <c r="N210" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B211" t="s">
         <v>2814</v>
       </c>
       <c r="C211" t="s">
         <v>13</v>
       </c>
       <c r="D211" t="s">
         <v>13</v>
       </c>
       <c r="E211" t="s">
         <v>2815</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
         <v>2816</v>
       </c>
       <c r="H211" t="s">
         <v>2817</v>
       </c>
       <c r="I211" t="s">
         <v>2818</v>
       </c>
       <c r="J211" t="s">
-        <v>685</v>
+        <v>2819</v>
       </c>
       <c r="K211" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="L211" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="M211" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="N211" t="s">
-        <v>2822</v>
-[...1 lines deleted...]
-      <c r="O211" t="s">
         <v>2823</v>
-      </c>
-[...13 lines deleted...]
-        <v>2828</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B212" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C212" t="s">
+        <v>13</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2828</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K212" t="s">
         <v>2829</v>
       </c>
-      <c r="C212" t="s">
-[...5 lines deleted...]
-      <c r="E212" t="s">
+      <c r="L212" t="s">
         <v>2830</v>
       </c>
-      <c r="F212" t="s">
-[...2 lines deleted...]
-      <c r="G212" t="s">
+      <c r="M212" t="s">
         <v>2831</v>
       </c>
-      <c r="H212" t="s">
+      <c r="N212" t="s">
         <v>2832</v>
       </c>
-      <c r="I212" t="s">
+      <c r="O212" t="s">
         <v>2833</v>
       </c>
-      <c r="J212" t="s">
+      <c r="P212" t="s">
         <v>2834</v>
-      </c>
-[...4 lines deleted...]
-        <v>2836</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B213" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
         <v>2837</v>
       </c>
-      <c r="C213" t="s">
-[...5 lines deleted...]
-      <c r="E213" t="s">
+      <c r="H213" t="s">
         <v>2838</v>
       </c>
-      <c r="F213" t="s">
-[...2 lines deleted...]
-      <c r="G213" t="s">
+      <c r="I213" t="s">
         <v>2839</v>
       </c>
-      <c r="H213" t="s">
+      <c r="J213" t="s">
+        <v>2758</v>
+      </c>
+      <c r="K213" t="s">
         <v>2840</v>
       </c>
-      <c r="I213" t="s">
+      <c r="L213" t="s">
         <v>2841</v>
       </c>
-      <c r="J213" t="s">
-[...2 lines deleted...]
-      <c r="K213" t="s">
+      <c r="M213" t="s">
         <v>2842</v>
-      </c>
-[...10 lines deleted...]
-        <v>2846</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B214" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C214" t="s">
+        <v>13</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2844</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2845</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2846</v>
+      </c>
+      <c r="I214" t="s">
         <v>2847</v>
       </c>
-      <c r="C214" t="s">
-[...5 lines deleted...]
-      <c r="E214" t="s">
+      <c r="J214" t="s">
+        <v>1106</v>
+      </c>
+      <c r="K214" t="s">
         <v>2848</v>
       </c>
-      <c r="F214" t="s">
-[...2 lines deleted...]
-      <c r="G214" t="s">
+      <c r="L214" t="s">
         <v>2849</v>
-      </c>
-[...10 lines deleted...]
-        <v>2853</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B215" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2851</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I215" t="s">
         <v>2854</v>
       </c>
-      <c r="C215" t="s">
-[...5 lines deleted...]
-      <c r="E215" t="s">
+      <c r="J215" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K215" t="s">
         <v>2855</v>
       </c>
-      <c r="F215" t="s">
-[...2 lines deleted...]
-      <c r="G215" t="s">
+      <c r="L215" t="s">
         <v>2856</v>
       </c>
-      <c r="H215" t="s">
+      <c r="M215" t="s">
         <v>2857</v>
       </c>
-      <c r="I215" t="s">
+      <c r="N215" t="s">
         <v>2858</v>
-      </c>
-[...31 lines deleted...]
-        <v>2869</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B216" t="s">
-        <v>2870</v>
+        <v>2859</v>
       </c>
       <c r="C216" t="s">
         <v>13</v>
       </c>
       <c r="D216" t="s">
         <v>13</v>
       </c>
       <c r="E216" t="s">
-        <v>2871</v>
+        <v>2860</v>
       </c>
       <c r="F216" t="s">
         <v>13</v>
       </c>
       <c r="G216" t="s">
-        <v>2872</v>
+        <v>2861</v>
       </c>
       <c r="H216" t="s">
-        <v>2873</v>
+        <v>2862</v>
       </c>
       <c r="I216" t="s">
-        <v>2874</v>
+        <v>2863</v>
       </c>
       <c r="J216" t="s">
-        <v>2875</v>
+        <v>2217</v>
       </c>
       <c r="K216" t="s">
-        <v>2876</v>
+        <v>2864</v>
+      </c>
+      <c r="L216" t="s">
+        <v>2865</v>
+      </c>
+      <c r="M216" t="s">
+        <v>2866</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B217" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C217" t="s">
+        <v>13</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2869</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2870</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2871</v>
+      </c>
+      <c r="J217" t="s">
+        <v>443</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2872</v>
+      </c>
+      <c r="L217" t="s">
+        <v>2873</v>
+      </c>
+      <c r="M217" t="s">
+        <v>2874</v>
+      </c>
+      <c r="N217" t="s">
+        <v>2875</v>
+      </c>
+      <c r="O217" t="s">
+        <v>2876</v>
+      </c>
+      <c r="P217" t="s">
         <v>2877</v>
       </c>
-      <c r="C217" t="s">
-[...5 lines deleted...]
-      <c r="E217" t="s">
+      <c r="Q217" t="s">
         <v>2878</v>
       </c>
-      <c r="F217" t="s">
-[...2 lines deleted...]
-      <c r="G217" t="s">
+      <c r="R217" t="s">
         <v>2879</v>
       </c>
-      <c r="H217" t="s">
+      <c r="S217" t="s">
         <v>2880</v>
       </c>
-      <c r="I217" t="s">
+      <c r="T217" t="s">
         <v>2881</v>
-      </c>
-[...7 lines deleted...]
-        <v>2883</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B218" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C218" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
         <v>2884</v>
       </c>
-      <c r="C218" t="s">
-[...5 lines deleted...]
-      <c r="E218" t="s">
+      <c r="H218" t="s">
         <v>2885</v>
       </c>
-      <c r="F218" t="s">
-[...2 lines deleted...]
-      <c r="G218" t="s">
+      <c r="I218" t="s">
         <v>2886</v>
       </c>
-      <c r="H218" t="s">
+      <c r="J218" t="s">
         <v>2887</v>
       </c>
-      <c r="I218" t="s">
+      <c r="K218" t="s">
         <v>2888</v>
       </c>
-      <c r="J218" t="s">
+      <c r="L218" t="s">
         <v>2889</v>
-      </c>
-[...7 lines deleted...]
-        <v>2892</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B219" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C219" t="s">
+        <v>13</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H219" t="s">
         <v>2893</v>
       </c>
-      <c r="C219" t="s">
-[...5 lines deleted...]
-      <c r="E219" t="s">
+      <c r="I219" t="s">
         <v>2894</v>
       </c>
-      <c r="F219" t="s">
-[...2 lines deleted...]
-      <c r="G219" t="s">
+      <c r="J219" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K219" t="s">
         <v>2895</v>
       </c>
-      <c r="H219" t="s">
+      <c r="L219" t="s">
         <v>2896</v>
       </c>
-      <c r="I219" t="s">
-[...5 lines deleted...]
-      <c r="K219" t="s">
+      <c r="M219" t="s">
         <v>2897</v>
       </c>
-      <c r="L219" t="s">
+      <c r="N219" t="s">
         <v>2898</v>
       </c>
-      <c r="M219" t="s">
+      <c r="O219" t="s">
         <v>2899</v>
-      </c>
-[...7 lines deleted...]
-        <v>2902</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B220" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C220" t="s">
+        <v>13</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H220" t="s">
         <v>2903</v>
       </c>
-      <c r="C220" t="s">
-[...5 lines deleted...]
-      <c r="E220" t="s">
+      <c r="I220" t="s">
         <v>2904</v>
       </c>
-      <c r="F220" t="s">
-[...2 lines deleted...]
-      <c r="G220" t="s">
+      <c r="J220" t="s">
         <v>2905</v>
       </c>
-      <c r="H220" t="s">
+      <c r="K220" t="s">
         <v>2906</v>
-      </c>
-[...10 lines deleted...]
-        <v>2910</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B221" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C221" t="s">
+        <v>13</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2908</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2909</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2910</v>
+      </c>
+      <c r="I221" t="s">
         <v>2911</v>
       </c>
-      <c r="C221" t="s">
-[...5 lines deleted...]
-      <c r="E221" t="s">
+      <c r="J221" t="s">
         <v>2912</v>
       </c>
-      <c r="F221" t="s">
-[...2 lines deleted...]
-      <c r="G221" t="s">
+      <c r="K221" t="s">
         <v>2913</v>
       </c>
-      <c r="H221" t="s">
+      <c r="L221" t="s">
         <v>2914</v>
       </c>
-      <c r="I221" t="s">
+      <c r="M221" t="s">
         <v>2915</v>
       </c>
-      <c r="J221" t="s">
+      <c r="N221" t="s">
         <v>2916</v>
       </c>
-      <c r="K221" t="s">
+      <c r="O221" t="s">
         <v>2917</v>
       </c>
-      <c r="L221" t="s">
-        <v>2917</v>
+      <c r="P221" t="s">
+        <v>2918</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>2919</v>
+      </c>
+      <c r="R221" t="s">
+        <v>2920</v>
+      </c>
+      <c r="S221" t="s">
+        <v>2921</v>
+      </c>
+      <c r="T221" t="s">
+        <v>2922</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B222" t="s">
-        <v>2918</v>
+        <v>2923</v>
       </c>
       <c r="C222" t="s">
         <v>13</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222" t="s">
-        <v>2919</v>
+        <v>2924</v>
       </c>
       <c r="F222" t="s">
         <v>13</v>
       </c>
       <c r="G222" t="s">
-        <v>2920</v>
+        <v>2925</v>
       </c>
       <c r="H222" t="s">
-        <v>2921</v>
+        <v>2926</v>
       </c>
       <c r="I222" t="s">
-        <v>2922</v>
+        <v>2927</v>
       </c>
       <c r="J222" t="s">
-        <v>1640</v>
+        <v>2928</v>
       </c>
       <c r="K222" t="s">
-        <v>2923</v>
-[...16 lines deleted...]
-      <c r="Q222" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B223" t="s">
         <v>2930</v>
       </c>
       <c r="C223" t="s">
         <v>13</v>
       </c>
       <c r="D223" t="s">
         <v>13</v>
       </c>
       <c r="E223" t="s">
         <v>2931</v>
       </c>
       <c r="F223" t="s">
         <v>13</v>
       </c>
       <c r="G223" t="s">
         <v>2932</v>
       </c>
       <c r="H223" t="s">
         <v>2933</v>
       </c>
       <c r="I223" t="s">
         <v>2934</v>
       </c>
       <c r="J223" t="s">
         <v>2935</v>
       </c>
       <c r="K223" t="s">
         <v>2936</v>
       </c>
+      <c r="L223" t="s">
+        <v>2936</v>
+      </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B224" t="s">
         <v>2937</v>
       </c>
       <c r="C224" t="s">
         <v>13</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224" t="s">
         <v>2938</v>
       </c>
       <c r="F224" t="s">
         <v>13</v>
       </c>
       <c r="G224" t="s">
         <v>2939</v>
       </c>
       <c r="H224" t="s">
         <v>2940</v>
       </c>
       <c r="I224" t="s">
         <v>2941</v>
       </c>
       <c r="J224" t="s">
-        <v>907</v>
+        <v>2942</v>
       </c>
       <c r="K224" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="L224" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="M224" t="s">
-        <v>2944</v>
-[...1 lines deleted...]
-      <c r="N224" t="s">
         <v>2945</v>
-      </c>
-[...1 lines deleted...]
-        <v>2946</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B225" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C225" t="s">
+        <v>13</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
         <v>2947</v>
       </c>
-      <c r="C225" t="s">
-[...5 lines deleted...]
-      <c r="E225" t="s">
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
         <v>2948</v>
       </c>
-      <c r="F225" t="s">
-[...2 lines deleted...]
-      <c r="G225" t="s">
+      <c r="H225" t="s">
         <v>2949</v>
       </c>
-      <c r="H225" t="s">
+      <c r="I225" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K225" t="s">
         <v>2950</v>
       </c>
-      <c r="I225" t="s">
+      <c r="L225" t="s">
         <v>2951</v>
       </c>
-      <c r="J225" t="s">
-[...2 lines deleted...]
-      <c r="K225" t="s">
+      <c r="M225" t="s">
         <v>2952</v>
       </c>
-      <c r="L225" t="s">
+      <c r="N225" t="s">
         <v>2953</v>
       </c>
-      <c r="M225" t="s">
+      <c r="O225" t="s">
         <v>2954</v>
       </c>
-      <c r="N225" t="s">
+      <c r="P225" t="s">
         <v>2955</v>
-      </c>
-[...1 lines deleted...]
-        <v>2956</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B226" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C226" t="s">
+        <v>13</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
         <v>2957</v>
       </c>
-      <c r="C226" t="s">
-[...5 lines deleted...]
-      <c r="E226" t="s">
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
         <v>2958</v>
       </c>
-      <c r="F226" t="s">
-[...2 lines deleted...]
-      <c r="G226" t="s">
+      <c r="H226" t="s">
         <v>2959</v>
       </c>
-      <c r="H226" t="s">
+      <c r="I226" t="s">
         <v>2960</v>
       </c>
-      <c r="I226" t="s">
+      <c r="J226" t="s">
         <v>2961</v>
-      </c>
-[...1 lines deleted...]
-        <v>2164</v>
       </c>
       <c r="K226" t="s">
         <v>2962</v>
       </c>
       <c r="L226" t="s">
         <v>2963</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B227" t="s">
         <v>2964</v>
       </c>
       <c r="C227" t="s">
         <v>13</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227" t="s">
         <v>2965</v>
       </c>
       <c r="F227" t="s">
         <v>13</v>
       </c>
       <c r="G227" t="s">
         <v>2966</v>
       </c>
       <c r="H227" t="s">
         <v>2967</v>
       </c>
       <c r="I227" t="s">
         <v>2968</v>
       </c>
       <c r="J227" t="s">
-        <v>907</v>
+        <v>2969</v>
       </c>
       <c r="K227" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="L227" t="s">
         <v>2970</v>
       </c>
-      <c r="M227" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B228" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C228" t="s">
+        <v>13</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2974</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2975</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K228" t="s">
+        <v>2976</v>
+      </c>
+      <c r="L228" t="s">
         <v>2977</v>
       </c>
-      <c r="C228" t="s">
-[...5 lines deleted...]
-      <c r="E228" t="s">
+      <c r="M228" t="s">
         <v>2978</v>
       </c>
-      <c r="F228" t="s">
-[...2 lines deleted...]
-      <c r="G228" t="s">
+      <c r="N228" t="s">
         <v>2979</v>
       </c>
-      <c r="H228" t="s">
+      <c r="O228" t="s">
         <v>2980</v>
       </c>
-      <c r="I228" t="s">
+      <c r="P228" t="s">
         <v>2981</v>
       </c>
-      <c r="J228" t="s">
-[...2 lines deleted...]
-      <c r="K228" t="s">
+      <c r="Q228" t="s">
         <v>2982</v>
-      </c>
-[...40 lines deleted...]
-        <v>2996</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B229" t="s">
-        <v>2997</v>
+        <v>2983</v>
       </c>
       <c r="C229" t="s">
         <v>13</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
       <c r="E229" t="s">
-        <v>2998</v>
+        <v>2984</v>
       </c>
       <c r="F229" t="s">
         <v>13</v>
       </c>
       <c r="G229" t="s">
-        <v>2999</v>
+        <v>2985</v>
       </c>
       <c r="H229" t="s">
-        <v>3000</v>
+        <v>2986</v>
       </c>
       <c r="I229" t="s">
-        <v>3001</v>
+        <v>2987</v>
       </c>
       <c r="J229" t="s">
-        <v>699</v>
+        <v>2988</v>
       </c>
       <c r="K229" t="s">
-        <v>3002</v>
-[...5 lines deleted...]
-        <v>1320</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B230" t="s">
-        <v>3004</v>
+        <v>2990</v>
       </c>
       <c r="C230" t="s">
         <v>13</v>
       </c>
       <c r="D230" t="s">
         <v>13</v>
       </c>
       <c r="E230" t="s">
-        <v>3005</v>
+        <v>2991</v>
       </c>
       <c r="F230" t="s">
         <v>13</v>
       </c>
       <c r="G230" t="s">
-        <v>3006</v>
+        <v>2992</v>
       </c>
       <c r="H230" t="s">
-        <v>3007</v>
+        <v>2993</v>
       </c>
       <c r="I230" t="s">
-        <v>3008</v>
+        <v>2994</v>
       </c>
       <c r="J230" t="s">
-        <v>3009</v>
+        <v>1025</v>
       </c>
       <c r="K230" t="s">
-        <v>3010</v>
+        <v>2995</v>
       </c>
       <c r="L230" t="s">
-        <v>3011</v>
+        <v>2996</v>
+      </c>
+      <c r="M230" t="s">
+        <v>2997</v>
+      </c>
+      <c r="N230" t="s">
+        <v>2998</v>
+      </c>
+      <c r="O230" t="s">
+        <v>2999</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B231" t="s">
-        <v>3012</v>
+        <v>3000</v>
       </c>
       <c r="C231" t="s">
         <v>13</v>
       </c>
       <c r="D231" t="s">
         <v>13</v>
       </c>
       <c r="E231" t="s">
-        <v>3013</v>
+        <v>3001</v>
       </c>
       <c r="F231" t="s">
         <v>13</v>
       </c>
       <c r="G231" t="s">
-        <v>3014</v>
+        <v>3002</v>
       </c>
       <c r="H231" t="s">
-        <v>3015</v>
+        <v>3003</v>
       </c>
       <c r="I231" t="s">
-        <v>3016</v>
+        <v>3004</v>
       </c>
       <c r="J231" t="s">
-        <v>2164</v>
+        <v>1025</v>
       </c>
       <c r="K231" t="s">
-        <v>3017</v>
+        <v>3005</v>
       </c>
       <c r="L231" t="s">
-        <v>3018</v>
+        <v>3006</v>
       </c>
       <c r="M231" t="s">
-        <v>3019</v>
+        <v>3007</v>
+      </c>
+      <c r="N231" t="s">
+        <v>3008</v>
+      </c>
+      <c r="O231" t="s">
+        <v>3009</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B232" t="s">
-        <v>3020</v>
+        <v>3010</v>
       </c>
       <c r="C232" t="s">
         <v>13</v>
       </c>
       <c r="D232" t="s">
         <v>13</v>
       </c>
       <c r="E232" t="s">
-        <v>3021</v>
+        <v>3011</v>
       </c>
       <c r="F232" t="s">
         <v>13</v>
       </c>
       <c r="G232" t="s">
-        <v>3022</v>
+        <v>3012</v>
       </c>
       <c r="H232" t="s">
-        <v>3023</v>
+        <v>3013</v>
       </c>
       <c r="I232" t="s">
-        <v>3024</v>
+        <v>3014</v>
       </c>
       <c r="J232" t="s">
-        <v>461</v>
+        <v>2217</v>
       </c>
       <c r="K232" t="s">
-        <v>3025</v>
+        <v>3015</v>
       </c>
       <c r="L232" t="s">
-        <v>3026</v>
-[...5 lines deleted...]
-        <v>3028</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B233" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C233" t="s">
+        <v>13</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3018</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>3019</v>
+      </c>
+      <c r="H233" t="s">
+        <v>3020</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3021</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K233" t="s">
+        <v>3022</v>
+      </c>
+      <c r="L233" t="s">
+        <v>3023</v>
+      </c>
+      <c r="M233" t="s">
+        <v>3024</v>
+      </c>
+      <c r="N233" t="s">
+        <v>3025</v>
+      </c>
+      <c r="O233" t="s">
+        <v>3026</v>
+      </c>
+      <c r="P233" t="s">
+        <v>3027</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>3028</v>
+      </c>
+      <c r="R233" t="s">
         <v>3029</v>
-      </c>
-[...31 lines deleted...]
-        <v>3036</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B234" t="s">
+        <v>3030</v>
+      </c>
+      <c r="C234" t="s">
+        <v>13</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3031</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3032</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3033</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3034</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K234" t="s">
+        <v>3035</v>
+      </c>
+      <c r="L234" t="s">
+        <v>3036</v>
+      </c>
+      <c r="M234" t="s">
         <v>3037</v>
       </c>
-      <c r="C234" t="s">
-[...5 lines deleted...]
-      <c r="E234" t="s">
+      <c r="N234" t="s">
         <v>3038</v>
       </c>
-      <c r="F234" t="s">
-[...2 lines deleted...]
-      <c r="G234" t="s">
+      <c r="O234" t="s">
         <v>3039</v>
       </c>
-      <c r="H234" t="s">
+      <c r="P234" t="s">
         <v>3040</v>
       </c>
-      <c r="I234" t="s">
+      <c r="Q234" t="s">
         <v>3041</v>
       </c>
-      <c r="J234" t="s">
-[...2 lines deleted...]
-      <c r="K234" t="s">
+      <c r="R234" t="s">
         <v>3042</v>
       </c>
-      <c r="L234" t="s">
+      <c r="S234" t="s">
         <v>3043</v>
+      </c>
+      <c r="T234" t="s">
+        <v>3044</v>
+      </c>
+      <c r="U234" t="s">
+        <v>3045</v>
+      </c>
+      <c r="V234" t="s">
+        <v>3046</v>
+      </c>
+      <c r="W234" t="s">
+        <v>3047</v>
+      </c>
+      <c r="X234" t="s">
+        <v>3048</v>
+      </c>
+      <c r="Y234" t="s">
+        <v>3049</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B235" t="s">
-        <v>3044</v>
+        <v>3050</v>
       </c>
       <c r="C235" t="s">
         <v>13</v>
       </c>
       <c r="D235" t="s">
         <v>13</v>
       </c>
       <c r="E235" t="s">
-        <v>3045</v>
+        <v>3051</v>
       </c>
       <c r="F235" t="s">
         <v>13</v>
       </c>
       <c r="G235" t="s">
-        <v>3046</v>
+        <v>3052</v>
       </c>
       <c r="H235" t="s">
-        <v>3047</v>
+        <v>3053</v>
       </c>
       <c r="I235" t="s">
-        <v>3048</v>
+        <v>3054</v>
       </c>
       <c r="J235" t="s">
-        <v>1839</v>
+        <v>819</v>
       </c>
       <c r="K235" t="s">
-        <v>3049</v>
+        <v>3055</v>
       </c>
       <c r="L235" t="s">
-        <v>3050</v>
+        <v>3056</v>
       </c>
       <c r="M235" t="s">
-        <v>3051</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B236" t="s">
-        <v>3052</v>
+        <v>3057</v>
       </c>
       <c r="C236" t="s">
         <v>13</v>
       </c>
       <c r="D236" t="s">
         <v>13</v>
       </c>
       <c r="E236" t="s">
-        <v>3053</v>
+        <v>3058</v>
       </c>
       <c r="F236" t="s">
         <v>13</v>
       </c>
       <c r="G236" t="s">
-        <v>3054</v>
+        <v>3059</v>
       </c>
       <c r="H236" t="s">
-        <v>3055</v>
+        <v>3060</v>
       </c>
       <c r="I236" t="s">
-        <v>3056</v>
+        <v>3061</v>
       </c>
       <c r="J236" t="s">
-        <v>3057</v>
+        <v>3062</v>
       </c>
       <c r="K236" t="s">
-        <v>3058</v>
+        <v>3063</v>
       </c>
       <c r="L236" t="s">
-        <v>3059</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B237" t="s">
-        <v>3060</v>
+        <v>3065</v>
       </c>
       <c r="C237" t="s">
         <v>13</v>
       </c>
       <c r="D237" t="s">
         <v>13</v>
       </c>
       <c r="E237" t="s">
-        <v>3061</v>
+        <v>3066</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" t="s">
-        <v>3062</v>
+        <v>3067</v>
       </c>
       <c r="H237" t="s">
-        <v>3063</v>
+        <v>3068</v>
       </c>
       <c r="I237" t="s">
-        <v>3064</v>
+        <v>3069</v>
       </c>
       <c r="J237" t="s">
-        <v>3065</v>
+        <v>2217</v>
       </c>
       <c r="K237" t="s">
-        <v>3066</v>
+        <v>3070</v>
       </c>
       <c r="L237" t="s">
-        <v>3067</v>
+        <v>3071</v>
       </c>
       <c r="M237" t="s">
-        <v>3068</v>
-[...5 lines deleted...]
-        <v>3070</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B238" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="C238" t="s">
         <v>13</v>
       </c>
       <c r="D238" t="s">
         <v>13</v>
       </c>
       <c r="E238" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="F238" t="s">
         <v>13</v>
       </c>
       <c r="G238" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="H238" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="I238" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="J238" t="s">
-        <v>1679</v>
+        <v>631</v>
       </c>
       <c r="K238" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
       <c r="L238" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="M238" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="N238" t="s">
-        <v>3079</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B239" t="s">
-        <v>3080</v>
+        <v>3082</v>
       </c>
       <c r="C239" t="s">
         <v>13</v>
       </c>
       <c r="D239" t="s">
         <v>13</v>
       </c>
       <c r="E239" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
       <c r="F239" t="s">
         <v>13</v>
       </c>
       <c r="G239" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="H239" t="s">
-        <v>3083</v>
+        <v>3085</v>
       </c>
       <c r="I239" t="s">
-        <v>3084</v>
+        <v>3086</v>
       </c>
       <c r="J239" t="s">
-        <v>915</v>
+        <v>1671</v>
       </c>
       <c r="K239" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="L239" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="M239" t="s">
-        <v>3087</v>
-[...4 lines deleted...]
-      <c r="O239" t="s">
         <v>3089</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B240" t="s">
         <v>3090</v>
       </c>
       <c r="C240" t="s">
         <v>13</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240" t="s">
         <v>3091</v>
       </c>
       <c r="F240" t="s">
         <v>13</v>
       </c>
       <c r="G240" t="s">
         <v>3092</v>
       </c>
       <c r="H240" t="s">
         <v>3093</v>
       </c>
       <c r="I240" t="s">
         <v>3094</v>
       </c>
       <c r="J240" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K240" t="s">
         <v>3095</v>
       </c>
-      <c r="K240" t="s">
+      <c r="L240" t="s">
         <v>3096</v>
-      </c>
-[...4 lines deleted...]
-        <v>3098</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B241" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C241" t="s">
+        <v>13</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3098</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
         <v>3099</v>
       </c>
-      <c r="C241" t="s">
-[...5 lines deleted...]
-      <c r="E241" t="s">
+      <c r="H241" t="s">
         <v>3100</v>
       </c>
-      <c r="F241" t="s">
-[...2 lines deleted...]
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>3101</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>1900</v>
+      </c>
+      <c r="K241" t="s">
         <v>3102</v>
       </c>
-      <c r="I241" t="s">
+      <c r="L241" t="s">
         <v>3103</v>
       </c>
-      <c r="J241" t="s">
-[...2 lines deleted...]
-      <c r="K241" t="s">
+      <c r="M241" t="s">
         <v>3104</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B242" t="s">
         <v>3105</v>
       </c>
       <c r="C242" t="s">
         <v>13</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242" t="s">
         <v>3106</v>
       </c>
       <c r="F242" t="s">
         <v>13</v>
       </c>
       <c r="G242" t="s">
         <v>3107</v>
       </c>
       <c r="H242" t="s">
         <v>3108</v>
       </c>
       <c r="I242" t="s">
         <v>3109</v>
       </c>
       <c r="J242" t="s">
-        <v>1000</v>
+        <v>3110</v>
       </c>
       <c r="K242" t="s">
-        <v>3110</v>
+        <v>3111</v>
+      </c>
+      <c r="L242" t="s">
+        <v>3112</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B243" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="C243" t="s">
         <v>13</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
       <c r="F243" t="s">
         <v>13</v>
       </c>
       <c r="G243" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="H243" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="I243" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="J243" t="s">
-        <v>1344</v>
+        <v>3118</v>
       </c>
       <c r="K243" t="s">
-        <v>3116</v>
+        <v>3119</v>
+      </c>
+      <c r="L243" t="s">
+        <v>3120</v>
+      </c>
+      <c r="M243" t="s">
+        <v>3121</v>
+      </c>
+      <c r="N243" t="s">
+        <v>3122</v>
+      </c>
+      <c r="O243" t="s">
+        <v>3123</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B244" t="s">
-        <v>3117</v>
+        <v>3124</v>
       </c>
       <c r="C244" t="s">
         <v>13</v>
       </c>
       <c r="D244" t="s">
         <v>13</v>
       </c>
       <c r="E244" t="s">
-        <v>3118</v>
+        <v>3125</v>
       </c>
       <c r="F244" t="s">
         <v>13</v>
       </c>
       <c r="G244" t="s">
-        <v>3119</v>
+        <v>3126</v>
       </c>
       <c r="H244" t="s">
-        <v>3120</v>
+        <v>3127</v>
       </c>
       <c r="I244" t="s">
-        <v>3121</v>
+        <v>3128</v>
       </c>
       <c r="J244" t="s">
-        <v>3122</v>
+        <v>1740</v>
       </c>
       <c r="K244" t="s">
-        <v>3123</v>
+        <v>3129</v>
       </c>
       <c r="L244" t="s">
-        <v>3124</v>
+        <v>3130</v>
+      </c>
+      <c r="M244" t="s">
+        <v>3131</v>
+      </c>
+      <c r="N244" t="s">
+        <v>3132</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B245" t="s">
-        <v>3125</v>
+        <v>3133</v>
       </c>
       <c r="C245" t="s">
         <v>13</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
       <c r="E245" t="s">
-        <v>3126</v>
+        <v>3134</v>
       </c>
       <c r="F245" t="s">
         <v>13</v>
       </c>
       <c r="G245" t="s">
-        <v>3127</v>
+        <v>3135</v>
       </c>
       <c r="H245" t="s">
-        <v>3128</v>
+        <v>3136</v>
       </c>
       <c r="I245" t="s">
-        <v>3129</v>
+        <v>3137</v>
       </c>
       <c r="J245" t="s">
-        <v>3130</v>
+        <v>1033</v>
       </c>
       <c r="K245" t="s">
-        <v>3131</v>
+        <v>3138</v>
       </c>
       <c r="L245" t="s">
-        <v>3132</v>
+        <v>3139</v>
       </c>
       <c r="M245" t="s">
-        <v>3133</v>
+        <v>3140</v>
       </c>
       <c r="N245" t="s">
-        <v>3134</v>
+        <v>3141</v>
       </c>
       <c r="O245" t="s">
-        <v>3135</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B246" t="s">
-        <v>3136</v>
+        <v>3143</v>
       </c>
       <c r="C246" t="s">
         <v>13</v>
       </c>
       <c r="D246" t="s">
         <v>13</v>
       </c>
       <c r="E246" t="s">
-        <v>3137</v>
+        <v>3144</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" t="s">
-        <v>3138</v>
+        <v>3145</v>
       </c>
       <c r="H246" t="s">
-        <v>3139</v>
+        <v>3146</v>
       </c>
       <c r="I246" t="s">
-        <v>3140</v>
+        <v>3147</v>
       </c>
       <c r="J246" t="s">
-        <v>461</v>
+        <v>3148</v>
       </c>
       <c r="K246" t="s">
-        <v>3141</v>
+        <v>3149</v>
+      </c>
+      <c r="L246" t="s">
+        <v>3150</v>
+      </c>
+      <c r="M246" t="s">
+        <v>3151</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B247" t="s">
-        <v>3142</v>
+        <v>3152</v>
       </c>
       <c r="C247" t="s">
         <v>13</v>
       </c>
       <c r="D247" t="s">
         <v>13</v>
       </c>
       <c r="E247" t="s">
-        <v>3143</v>
+        <v>3153</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" t="s">
-        <v>3144</v>
+        <v>3154</v>
       </c>
       <c r="H247" t="s">
-        <v>3145</v>
+        <v>3155</v>
       </c>
       <c r="I247" t="s">
-        <v>3146</v>
+        <v>3156</v>
       </c>
       <c r="J247" t="s">
-        <v>2143</v>
+        <v>2481</v>
       </c>
       <c r="K247" t="s">
-        <v>3147</v>
-[...2 lines deleted...]
-        <v>3148</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B248" t="s">
-        <v>3149</v>
+        <v>3158</v>
       </c>
       <c r="C248" t="s">
         <v>13</v>
       </c>
       <c r="D248" t="s">
         <v>13</v>
       </c>
       <c r="E248" t="s">
-        <v>3150</v>
+        <v>3159</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" t="s">
-        <v>3151</v>
+        <v>3160</v>
       </c>
       <c r="H248" t="s">
-        <v>3152</v>
+        <v>3161</v>
       </c>
       <c r="I248" t="s">
-        <v>3153</v>
+        <v>3162</v>
       </c>
       <c r="J248" t="s">
-        <v>1352</v>
+        <v>523</v>
       </c>
       <c r="K248" t="s">
-        <v>3154</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B249" t="s">
-        <v>3155</v>
+        <v>3164</v>
       </c>
       <c r="C249" t="s">
         <v>13</v>
       </c>
       <c r="D249" t="s">
         <v>13</v>
       </c>
       <c r="E249" t="s">
-        <v>3156</v>
+        <v>3165</v>
       </c>
       <c r="F249" t="s">
         <v>13</v>
       </c>
       <c r="G249" t="s">
-        <v>3157</v>
+        <v>3166</v>
       </c>
       <c r="H249" t="s">
-        <v>3158</v>
+        <v>3167</v>
       </c>
       <c r="I249" t="s">
-        <v>3159</v>
+        <v>3168</v>
       </c>
       <c r="J249" t="s">
-        <v>2747</v>
+        <v>1430</v>
       </c>
       <c r="K249" t="s">
-        <v>3160</v>
-[...2 lines deleted...]
-        <v>3161</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B250" t="s">
-        <v>3162</v>
+        <v>3170</v>
       </c>
       <c r="C250" t="s">
         <v>13</v>
       </c>
       <c r="D250" t="s">
         <v>13</v>
       </c>
       <c r="E250" t="s">
-        <v>3163</v>
+        <v>3171</v>
       </c>
       <c r="F250" t="s">
         <v>13</v>
       </c>
       <c r="G250" t="s">
-        <v>3164</v>
+        <v>3172</v>
       </c>
       <c r="H250" t="s">
-        <v>3165</v>
+        <v>3173</v>
       </c>
       <c r="I250" t="s">
-        <v>3166</v>
+        <v>3174</v>
       </c>
       <c r="J250" t="s">
-        <v>1720</v>
+        <v>3175</v>
       </c>
       <c r="K250" t="s">
-        <v>3167</v>
+        <v>3176</v>
       </c>
       <c r="L250" t="s">
-        <v>3168</v>
-[...14 lines deleted...]
-        <v>3173</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B251" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
       <c r="C251" t="s">
         <v>13</v>
       </c>
       <c r="D251" t="s">
         <v>13</v>
       </c>
       <c r="E251" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
       <c r="F251" t="s">
         <v>13</v>
       </c>
       <c r="G251" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
       <c r="H251" t="s">
-        <v>3177</v>
+        <v>3181</v>
       </c>
       <c r="I251" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
       <c r="J251" t="s">
-        <v>1116</v>
+        <v>3183</v>
       </c>
       <c r="K251" t="s">
-        <v>3179</v>
+        <v>3184</v>
       </c>
       <c r="L251" t="s">
-        <v>3180</v>
+        <v>3185</v>
       </c>
       <c r="M251" t="s">
-        <v>3181</v>
+        <v>3186</v>
       </c>
       <c r="N251" t="s">
-        <v>3182</v>
+        <v>3187</v>
       </c>
       <c r="O251" t="s">
-        <v>3183</v>
-[...8 lines deleted...]
-        <v>3186</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B252" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="C252" t="s">
         <v>13</v>
       </c>
       <c r="D252" t="s">
         <v>13</v>
       </c>
       <c r="E252" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="F252" t="s">
         <v>13</v>
       </c>
       <c r="G252" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="H252" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="I252" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="J252" t="s">
-        <v>433</v>
+        <v>631</v>
       </c>
       <c r="K252" t="s">
-        <v>3192</v>
-[...4 lines deleted...]
-      <c r="M252" t="s">
         <v>3194</v>
-      </c>
-[...43 lines deleted...]
-        <v>3209</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B253" t="s">
-        <v>3210</v>
+        <v>3195</v>
       </c>
       <c r="C253" t="s">
         <v>13</v>
       </c>
       <c r="D253" t="s">
         <v>13</v>
       </c>
       <c r="E253" t="s">
-        <v>3211</v>
+        <v>3196</v>
       </c>
       <c r="F253" t="s">
         <v>13</v>
       </c>
       <c r="G253" t="s">
-        <v>3212</v>
+        <v>3197</v>
       </c>
       <c r="H253" t="s">
-        <v>3213</v>
+        <v>3198</v>
       </c>
       <c r="I253" t="s">
-        <v>3214</v>
+        <v>3199</v>
       </c>
       <c r="J253" t="s">
-        <v>1640</v>
+        <v>2196</v>
       </c>
       <c r="K253" t="s">
-        <v>3215</v>
+        <v>3200</v>
       </c>
       <c r="L253" t="s">
-        <v>3216</v>
-[...14 lines deleted...]
-        <v>3221</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B254" t="s">
-        <v>3222</v>
+        <v>3202</v>
       </c>
       <c r="C254" t="s">
         <v>13</v>
       </c>
       <c r="D254" t="s">
         <v>13</v>
       </c>
       <c r="E254" t="s">
-        <v>3223</v>
+        <v>3203</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" t="s">
-        <v>3224</v>
+        <v>3204</v>
       </c>
       <c r="H254" t="s">
-        <v>3225</v>
+        <v>3205</v>
       </c>
       <c r="I254" t="s">
-        <v>3226</v>
+        <v>3206</v>
       </c>
       <c r="J254" t="s">
-        <v>1679</v>
+        <v>1438</v>
       </c>
       <c r="K254" t="s">
-        <v>3227</v>
-[...5 lines deleted...]
-        <v>3229</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B255" t="s">
-        <v>3230</v>
+        <v>3208</v>
       </c>
       <c r="C255" t="s">
         <v>13</v>
       </c>
       <c r="D255" t="s">
         <v>13</v>
       </c>
       <c r="E255" t="s">
-        <v>3231</v>
+        <v>3209</v>
       </c>
       <c r="F255" t="s">
         <v>13</v>
       </c>
       <c r="G255" t="s">
-        <v>3232</v>
+        <v>3210</v>
       </c>
       <c r="H255" t="s">
-        <v>3233</v>
+        <v>3211</v>
       </c>
       <c r="I255" t="s">
-        <v>2476</v>
+        <v>3212</v>
       </c>
       <c r="J255" t="s">
-        <v>3234</v>
+        <v>2800</v>
       </c>
       <c r="K255" t="s">
-        <v>3235</v>
+        <v>3213</v>
       </c>
       <c r="L255" t="s">
-        <v>3236</v>
-[...5 lines deleted...]
-        <v>3238</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B256" t="s">
-        <v>3239</v>
+        <v>3215</v>
       </c>
       <c r="C256" t="s">
         <v>13</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256" t="s">
-        <v>3240</v>
+        <v>3216</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" t="s">
-        <v>3241</v>
+        <v>3217</v>
       </c>
       <c r="H256" t="s">
-        <v>3242</v>
+        <v>3218</v>
       </c>
       <c r="I256" t="s">
-        <v>3243</v>
+        <v>3219</v>
       </c>
       <c r="J256" t="s">
-        <v>461</v>
+        <v>1781</v>
       </c>
       <c r="K256" t="s">
-        <v>3244</v>
+        <v>3220</v>
       </c>
       <c r="L256" t="s">
-        <v>3245</v>
+        <v>3221</v>
       </c>
       <c r="M256" t="s">
-        <v>3246</v>
+        <v>3222</v>
+      </c>
+      <c r="N256" t="s">
+        <v>3223</v>
+      </c>
+      <c r="O256" t="s">
+        <v>3224</v>
+      </c>
+      <c r="P256" t="s">
+        <v>3225</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>3226</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B257" t="s">
-        <v>3247</v>
+        <v>3227</v>
       </c>
       <c r="C257" t="s">
         <v>13</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257" t="s">
-        <v>3248</v>
+        <v>3228</v>
       </c>
       <c r="F257" t="s">
         <v>13</v>
       </c>
       <c r="G257" t="s">
-        <v>3249</v>
+        <v>3229</v>
       </c>
       <c r="H257" t="s">
-        <v>3250</v>
+        <v>3230</v>
       </c>
       <c r="I257" t="s">
-        <v>3251</v>
+        <v>3231</v>
       </c>
       <c r="J257" t="s">
-        <v>3252</v>
+        <v>1232</v>
       </c>
       <c r="K257" t="s">
-        <v>3253</v>
+        <v>3232</v>
       </c>
       <c r="L257" t="s">
-        <v>3254</v>
+        <v>3233</v>
+      </c>
+      <c r="M257" t="s">
+        <v>3234</v>
+      </c>
+      <c r="N257" t="s">
+        <v>3235</v>
+      </c>
+      <c r="O257" t="s">
+        <v>3236</v>
+      </c>
+      <c r="P257" t="s">
+        <v>3237</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>3238</v>
+      </c>
+      <c r="R257" t="s">
+        <v>3239</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B258" t="s">
+        <v>3240</v>
+      </c>
+      <c r="C258" t="s">
+        <v>13</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>3241</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>3242</v>
+      </c>
+      <c r="H258" t="s">
+        <v>3243</v>
+      </c>
+      <c r="I258" t="s">
+        <v>3244</v>
+      </c>
+      <c r="J258" t="s">
+        <v>469</v>
+      </c>
+      <c r="K258" t="s">
+        <v>3245</v>
+      </c>
+      <c r="L258" t="s">
+        <v>3246</v>
+      </c>
+      <c r="M258" t="s">
+        <v>3247</v>
+      </c>
+      <c r="N258" t="s">
+        <v>3248</v>
+      </c>
+      <c r="O258" t="s">
+        <v>3249</v>
+      </c>
+      <c r="P258" t="s">
+        <v>3250</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>3251</v>
+      </c>
+      <c r="R258" t="s">
+        <v>3252</v>
+      </c>
+      <c r="S258" t="s">
+        <v>3253</v>
+      </c>
+      <c r="T258" t="s">
+        <v>3254</v>
+      </c>
+      <c r="U258" t="s">
         <v>3255</v>
       </c>
-      <c r="C258" t="s">
-[...5 lines deleted...]
-      <c r="E258" t="s">
+      <c r="V258" t="s">
         <v>3256</v>
       </c>
-      <c r="F258" t="s">
-[...2 lines deleted...]
-      <c r="G258" t="s">
+      <c r="W258" t="s">
         <v>3257</v>
       </c>
-      <c r="H258" t="s">
+      <c r="X258" t="s">
         <v>3258</v>
       </c>
-      <c r="I258" t="s">
+      <c r="Y258" t="s">
         <v>3259</v>
       </c>
-      <c r="J258" t="s">
-[...2 lines deleted...]
-      <c r="K258" t="s">
+      <c r="Z258" t="s">
         <v>3260</v>
       </c>
-      <c r="L258" t="s">
+      <c r="AA258" t="s">
         <v>3261</v>
       </c>
-      <c r="M258" t="s">
+      <c r="AB258" t="s">
         <v>3262</v>
-      </c>
-[...16 lines deleted...]
-        <v>3268</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B259" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C259" t="s">
+        <v>13</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>3264</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>3265</v>
+      </c>
+      <c r="H259" t="s">
+        <v>3266</v>
+      </c>
+      <c r="I259" t="s">
+        <v>3267</v>
+      </c>
+      <c r="J259" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K259" t="s">
+        <v>3268</v>
+      </c>
+      <c r="L259" t="s">
         <v>3269</v>
       </c>
-      <c r="C259" t="s">
-[...5 lines deleted...]
-      <c r="E259" t="s">
+      <c r="M259" t="s">
         <v>3270</v>
       </c>
-      <c r="F259" t="s">
-[...2 lines deleted...]
-      <c r="G259" t="s">
+      <c r="N259" t="s">
         <v>3271</v>
       </c>
-      <c r="H259" t="s">
+      <c r="O259" t="s">
         <v>3272</v>
       </c>
-      <c r="I259" t="s">
+      <c r="P259" t="s">
         <v>3273</v>
       </c>
-      <c r="J259" t="s">
-[...2 lines deleted...]
-      <c r="K259" t="s">
+      <c r="Q259" t="s">
         <v>3274</v>
-      </c>
-[...7 lines deleted...]
-        <v>3277</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B260" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C260" t="s">
+        <v>13</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>3276</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>3277</v>
+      </c>
+      <c r="H260" t="s">
         <v>3278</v>
       </c>
-      <c r="C260" t="s">
-[...5 lines deleted...]
-      <c r="E260" t="s">
+      <c r="I260" t="s">
         <v>3279</v>
       </c>
-      <c r="F260" t="s">
-[...2 lines deleted...]
-      <c r="G260" t="s">
+      <c r="J260" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K260" t="s">
         <v>3280</v>
       </c>
-      <c r="H260" t="s">
+      <c r="L260" t="s">
         <v>3281</v>
       </c>
-      <c r="I260" t="s">
-[...5 lines deleted...]
-      <c r="K260" t="s">
+      <c r="M260" t="s">
         <v>3282</v>
-      </c>
-[...16 lines deleted...]
-        <v>2842</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B261" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>3284</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H261" t="s">
+        <v>3286</v>
+      </c>
+      <c r="I261" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J261" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K261" t="s">
         <v>3288</v>
       </c>
-      <c r="C261" t="s">
-[...5 lines deleted...]
-      <c r="E261" t="s">
+      <c r="L261" t="s">
         <v>3289</v>
       </c>
-      <c r="F261" t="s">
-[...2 lines deleted...]
-      <c r="G261" t="s">
+      <c r="M261" t="s">
         <v>3290</v>
       </c>
-      <c r="H261" t="s">
+      <c r="N261" t="s">
         <v>3291</v>
-      </c>
-[...10 lines deleted...]
-        <v>3295</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B262" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C262" t="s">
+        <v>13</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F262" t="s">
+        <v>13</v>
+      </c>
+      <c r="G262" t="s">
+        <v>3294</v>
+      </c>
+      <c r="H262" t="s">
+        <v>3295</v>
+      </c>
+      <c r="I262" t="s">
         <v>3296</v>
       </c>
-      <c r="C262" t="s">
-[...5 lines deleted...]
-      <c r="E262" t="s">
+      <c r="J262" t="s">
+        <v>631</v>
+      </c>
+      <c r="K262" t="s">
         <v>3297</v>
       </c>
-      <c r="F262" t="s">
-[...2 lines deleted...]
-      <c r="G262" t="s">
+      <c r="L262" t="s">
         <v>3298</v>
       </c>
-      <c r="H262" t="s">
+      <c r="M262" t="s">
         <v>3299</v>
-      </c>
-[...28 lines deleted...]
-        <v>3308</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B263" t="s">
-        <v>3309</v>
+        <v>3300</v>
       </c>
       <c r="C263" t="s">
         <v>13</v>
       </c>
       <c r="D263" t="s">
         <v>13</v>
       </c>
       <c r="E263" t="s">
-        <v>3310</v>
+        <v>3301</v>
       </c>
       <c r="F263" t="s">
         <v>13</v>
       </c>
       <c r="G263" t="s">
-        <v>3311</v>
+        <v>3302</v>
       </c>
       <c r="H263" t="s">
-        <v>3312</v>
+        <v>3303</v>
       </c>
       <c r="I263" t="s">
-        <v>3313</v>
+        <v>3304</v>
       </c>
       <c r="J263" t="s">
-        <v>685</v>
+        <v>3305</v>
       </c>
       <c r="K263" t="s">
-        <v>3314</v>
+        <v>3306</v>
       </c>
       <c r="L263" t="s">
-        <v>3315</v>
-[...2 lines deleted...]
-        <v>3316</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B264" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C264" t="s">
+        <v>13</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>3309</v>
+      </c>
+      <c r="F264" t="s">
+        <v>13</v>
+      </c>
+      <c r="G264" t="s">
+        <v>3310</v>
+      </c>
+      <c r="H264" t="s">
+        <v>3311</v>
+      </c>
+      <c r="I264" t="s">
+        <v>3312</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K264" t="s">
+        <v>3313</v>
+      </c>
+      <c r="L264" t="s">
+        <v>3314</v>
+      </c>
+      <c r="M264" t="s">
+        <v>3315</v>
+      </c>
+      <c r="N264" t="s">
+        <v>3316</v>
+      </c>
+      <c r="O264" t="s">
         <v>3317</v>
       </c>
-      <c r="C264" t="s">
-[...5 lines deleted...]
-      <c r="E264" t="s">
+      <c r="P264" t="s">
         <v>3318</v>
       </c>
-      <c r="F264" t="s">
-[...2 lines deleted...]
-      <c r="G264" t="s">
+      <c r="Q264" t="s">
         <v>3319</v>
       </c>
-      <c r="H264" t="s">
+      <c r="R264" t="s">
         <v>3320</v>
       </c>
-      <c r="I264" t="s">
+      <c r="S264" t="s">
         <v>3321</v>
-      </c>
-[...25 lines deleted...]
-        <v>3329</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B265" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C265" t="s">
+        <v>13</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H265" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I265" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J265" t="s">
+        <v>434</v>
+      </c>
+      <c r="K265" t="s">
+        <v>3327</v>
+      </c>
+      <c r="L265" t="s">
+        <v>3328</v>
+      </c>
+      <c r="M265" t="s">
+        <v>3329</v>
+      </c>
+      <c r="N265" t="s">
         <v>3330</v>
-      </c>
-[...28 lines deleted...]
-        <v>3336</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B266" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C266" t="s">
+        <v>13</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>3332</v>
+      </c>
+      <c r="F266" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" t="s">
+        <v>3333</v>
+      </c>
+      <c r="H266" t="s">
+        <v>3334</v>
+      </c>
+      <c r="I266" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J266" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K266" t="s">
+        <v>3335</v>
+      </c>
+      <c r="L266" t="s">
+        <v>3336</v>
+      </c>
+      <c r="M266" t="s">
         <v>3337</v>
       </c>
-      <c r="C266" t="s">
-[...5 lines deleted...]
-      <c r="E266" t="s">
+      <c r="N266" t="s">
         <v>3338</v>
       </c>
-      <c r="F266" t="s">
-[...2 lines deleted...]
-      <c r="G266" t="s">
+      <c r="O266" t="s">
         <v>3339</v>
       </c>
-      <c r="H266" t="s">
+      <c r="P266" t="s">
         <v>3340</v>
       </c>
-      <c r="I266" t="s">
-[...6 lines deleted...]
-        <v>3341</v>
+      <c r="Q266" t="s">
+        <v>2895</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B267" t="s">
+        <v>3341</v>
+      </c>
+      <c r="C267" t="s">
+        <v>13</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
         <v>3342</v>
       </c>
-      <c r="C267" t="s">
-[...5 lines deleted...]
-      <c r="E267" t="s">
+      <c r="F267" t="s">
+        <v>13</v>
+      </c>
+      <c r="G267" t="s">
         <v>3343</v>
       </c>
-      <c r="F267" t="s">
-[...2 lines deleted...]
-      <c r="G267" t="s">
+      <c r="H267" t="s">
         <v>3344</v>
       </c>
-      <c r="H267" t="s">
+      <c r="I267" t="s">
         <v>3345</v>
       </c>
-      <c r="I267" t="s">
+      <c r="J267" t="s">
         <v>3346</v>
       </c>
-      <c r="J267" t="s">
+      <c r="K267" t="s">
         <v>3347</v>
       </c>
-      <c r="K267" t="s">
+      <c r="L267" t="s">
         <v>3348</v>
-      </c>
-[...7 lines deleted...]
-        <v>3351</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B268" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C268" t="s">
+        <v>13</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>3350</v>
+      </c>
+      <c r="F268" t="s">
+        <v>13</v>
+      </c>
+      <c r="G268" t="s">
+        <v>3351</v>
+      </c>
+      <c r="H268" t="s">
         <v>3352</v>
       </c>
-      <c r="C268" t="s">
-[...5 lines deleted...]
-      <c r="E268" t="s">
+      <c r="I268" t="s">
         <v>3353</v>
       </c>
-      <c r="F268" t="s">
-[...2 lines deleted...]
-      <c r="G268" t="s">
+      <c r="J268" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K268" t="s">
         <v>3354</v>
       </c>
-      <c r="H268" t="s">
+      <c r="L268" t="s">
         <v>3355</v>
       </c>
-      <c r="I268" t="s">
+      <c r="M268" t="s">
         <v>3356</v>
       </c>
-      <c r="J268" t="s">
+      <c r="N268" t="s">
         <v>3357</v>
       </c>
-      <c r="K268" t="s">
+      <c r="O268" t="s">
         <v>3358</v>
+      </c>
+      <c r="P268" t="s">
+        <v>3359</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>3360</v>
+      </c>
+      <c r="R268" t="s">
+        <v>3361</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B269" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
       <c r="C269" t="s">
         <v>13</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
       <c r="E269" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" t="s">
-        <v>3361</v>
+        <v>3364</v>
       </c>
       <c r="H269" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
       <c r="I269" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
       <c r="J269" t="s">
-        <v>907</v>
+        <v>443</v>
       </c>
       <c r="K269" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
       <c r="L269" t="s">
-        <v>3365</v>
+        <v>3368</v>
       </c>
       <c r="M269" t="s">
-        <v>3366</v>
-[...7 lines deleted...]
-      <c r="P269" t="s">
         <v>3369</v>
-      </c>
-[...7 lines deleted...]
-        <v>3372</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B270" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C270" t="s">
+        <v>13</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F270" t="s">
+        <v>13</v>
+      </c>
+      <c r="G270" t="s">
+        <v>3372</v>
+      </c>
+      <c r="H270" t="s">
         <v>3373</v>
       </c>
-      <c r="C270" t="s">
-[...5 lines deleted...]
-      <c r="E270" t="s">
+      <c r="I270" t="s">
         <v>3374</v>
       </c>
-      <c r="F270" t="s">
-[...2 lines deleted...]
-      <c r="G270" t="s">
+      <c r="J270" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K270" t="s">
         <v>3375</v>
       </c>
-      <c r="H270" t="s">
+      <c r="L270" t="s">
         <v>3376</v>
       </c>
-      <c r="I270" t="s">
+      <c r="M270" t="s">
         <v>3377</v>
       </c>
-      <c r="J270" t="s">
-[...2 lines deleted...]
-      <c r="K270" t="s">
+      <c r="N270" t="s">
         <v>3378</v>
       </c>
-      <c r="L270" t="s">
+      <c r="O270" t="s">
         <v>3379</v>
       </c>
-      <c r="M270" t="s">
+      <c r="P270" t="s">
         <v>3380</v>
       </c>
-      <c r="N270" t="s">
+      <c r="Q270" t="s">
         <v>3381</v>
       </c>
-      <c r="O270" t="s">
+      <c r="R270" t="s">
         <v>3382</v>
-      </c>
-[...16 lines deleted...]
-        <v>3388</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B271" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C271" t="s">
+        <v>13</v>
+      </c>
+      <c r="D271" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" t="s">
+        <v>3384</v>
+      </c>
+      <c r="F271" t="s">
+        <v>13</v>
+      </c>
+      <c r="G271" t="s">
+        <v>3385</v>
+      </c>
+      <c r="H271" t="s">
+        <v>3386</v>
+      </c>
+      <c r="I271" t="s">
+        <v>3387</v>
+      </c>
+      <c r="J271" t="s">
+        <v>443</v>
+      </c>
+      <c r="K271" t="s">
+        <v>3388</v>
+      </c>
+      <c r="L271" t="s">
         <v>3389</v>
-      </c>
-[...25 lines deleted...]
-        <v>3395</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B272" t="s">
-        <v>3396</v>
+        <v>3390</v>
       </c>
       <c r="C272" t="s">
         <v>13</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272" t="s">
-        <v>3397</v>
+        <v>3391</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" t="s">
-        <v>3398</v>
+        <v>3392</v>
       </c>
       <c r="H272" t="s">
-        <v>3399</v>
+        <v>3393</v>
       </c>
       <c r="I272" t="s">
-        <v>3400</v>
+        <v>3366</v>
       </c>
       <c r="J272" t="s">
-        <v>3401</v>
+        <v>443</v>
       </c>
       <c r="K272" t="s">
-        <v>3402</v>
-[...20 lines deleted...]
-        <v>3409</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B273" t="s">
-        <v>3410</v>
+        <v>3395</v>
       </c>
       <c r="C273" t="s">
         <v>13</v>
       </c>
       <c r="D273" t="s">
         <v>13</v>
       </c>
       <c r="E273" t="s">
-        <v>3411</v>
+        <v>3396</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" t="s">
-        <v>3412</v>
+        <v>3397</v>
       </c>
       <c r="H273" t="s">
-        <v>3413</v>
+        <v>3398</v>
       </c>
       <c r="I273" t="s">
-        <v>3414</v>
+        <v>3399</v>
       </c>
       <c r="J273" t="s">
-        <v>2164</v>
+        <v>3400</v>
       </c>
       <c r="K273" t="s">
-        <v>3415</v>
+        <v>3401</v>
       </c>
       <c r="L273" t="s">
-        <v>3416</v>
+        <v>3402</v>
       </c>
       <c r="M273" t="s">
-        <v>3417</v>
+        <v>3403</v>
       </c>
       <c r="N273" t="s">
-        <v>3418</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B274" t="s">
-        <v>3419</v>
+        <v>3405</v>
       </c>
       <c r="C274" t="s">
         <v>13</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274" t="s">
-        <v>3420</v>
+        <v>3406</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" t="s">
-        <v>3421</v>
+        <v>3407</v>
       </c>
       <c r="H274" t="s">
-        <v>3422</v>
+        <v>3408</v>
       </c>
       <c r="I274" t="s">
-        <v>3423</v>
+        <v>3409</v>
       </c>
       <c r="J274" t="s">
-        <v>2164</v>
+        <v>3410</v>
       </c>
       <c r="K274" t="s">
-        <v>3424</v>
-[...5 lines deleted...]
-        <v>3426</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B275" t="s">
-        <v>3427</v>
+        <v>3412</v>
       </c>
       <c r="C275" t="s">
         <v>13</v>
       </c>
       <c r="D275" t="s">
         <v>13</v>
       </c>
       <c r="E275" t="s">
-        <v>3428</v>
+        <v>3413</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" t="s">
-        <v>3429</v>
+        <v>3414</v>
       </c>
       <c r="H275" t="s">
-        <v>3430</v>
+        <v>3415</v>
       </c>
       <c r="I275" t="s">
-        <v>3431</v>
+        <v>3416</v>
       </c>
       <c r="J275" t="s">
-        <v>685</v>
+        <v>1025</v>
       </c>
       <c r="K275" t="s">
-        <v>3432</v>
+        <v>3417</v>
       </c>
       <c r="L275" t="s">
-        <v>3433</v>
+        <v>3418</v>
       </c>
       <c r="M275" t="s">
-        <v>3434</v>
+        <v>3419</v>
       </c>
       <c r="N275" t="s">
-        <v>3435</v>
+        <v>3420</v>
       </c>
       <c r="O275" t="s">
-        <v>3436</v>
+        <v>3421</v>
+      </c>
+      <c r="P275" t="s">
+        <v>3422</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>3423</v>
+      </c>
+      <c r="R275" t="s">
+        <v>3424</v>
+      </c>
+      <c r="S275" t="s">
+        <v>3425</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B276" t="s">
+        <v>3426</v>
+      </c>
+      <c r="C276" t="s">
+        <v>13</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>3427</v>
+      </c>
+      <c r="F276" t="s">
+        <v>13</v>
+      </c>
+      <c r="G276" t="s">
+        <v>3428</v>
+      </c>
+      <c r="H276" t="s">
+        <v>3429</v>
+      </c>
+      <c r="I276" t="s">
+        <v>3430</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K276" t="s">
+        <v>3431</v>
+      </c>
+      <c r="L276" t="s">
+        <v>3432</v>
+      </c>
+      <c r="M276" t="s">
+        <v>3433</v>
+      </c>
+      <c r="N276" t="s">
+        <v>3434</v>
+      </c>
+      <c r="O276" t="s">
+        <v>3435</v>
+      </c>
+      <c r="P276" t="s">
+        <v>3436</v>
+      </c>
+      <c r="Q276" t="s">
         <v>3437</v>
       </c>
-      <c r="C276" t="s">
-[...5 lines deleted...]
-      <c r="E276" t="s">
+      <c r="R276" t="s">
         <v>3438</v>
       </c>
-      <c r="F276" t="s">
-[...2 lines deleted...]
-      <c r="G276" t="s">
+      <c r="S276" t="s">
         <v>3439</v>
       </c>
-      <c r="H276" t="s">
+      <c r="T276" t="s">
         <v>3440</v>
       </c>
-      <c r="I276" t="s">
+      <c r="U276" t="s">
         <v>3441</v>
-      </c>
-[...16 lines deleted...]
-        <v>3446</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B277" t="s">
+        <v>3442</v>
+      </c>
+      <c r="C277" t="s">
+        <v>13</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F277" t="s">
+        <v>13</v>
+      </c>
+      <c r="G277" t="s">
+        <v>3444</v>
+      </c>
+      <c r="H277" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I277" t="s">
+        <v>3446</v>
+      </c>
+      <c r="J277" t="s">
         <v>3447</v>
       </c>
-      <c r="C277" t="s">
-[...5 lines deleted...]
-      <c r="E277" t="s">
+      <c r="K277" t="s">
         <v>3448</v>
-      </c>
-[...34 lines deleted...]
-        <v>3458</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B278" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C278" t="s">
+        <v>13</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>3450</v>
+      </c>
+      <c r="F278" t="s">
+        <v>13</v>
+      </c>
+      <c r="G278" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H278" t="s">
+        <v>3452</v>
+      </c>
+      <c r="I278" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J278" t="s">
+        <v>3454</v>
+      </c>
+      <c r="K278" t="s">
+        <v>3455</v>
+      </c>
+      <c r="L278" t="s">
+        <v>3456</v>
+      </c>
+      <c r="M278" t="s">
+        <v>3457</v>
+      </c>
+      <c r="N278" t="s">
+        <v>3458</v>
+      </c>
+      <c r="O278" t="s">
         <v>3459</v>
       </c>
-      <c r="C278" t="s">
-[...5 lines deleted...]
-      <c r="E278" t="s">
+      <c r="P278" t="s">
         <v>3460</v>
       </c>
-      <c r="F278" t="s">
-[...2 lines deleted...]
-      <c r="G278" t="s">
+      <c r="Q278" t="s">
         <v>3461</v>
       </c>
-      <c r="H278" t="s">
+      <c r="R278" t="s">
         <v>3462</v>
-      </c>
-[...25 lines deleted...]
-        <v>3470</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B279" t="s">
+        <v>3463</v>
+      </c>
+      <c r="C279" t="s">
+        <v>13</v>
+      </c>
+      <c r="D279" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" t="s">
+        <v>3464</v>
+      </c>
+      <c r="F279" t="s">
+        <v>13</v>
+      </c>
+      <c r="G279" t="s">
+        <v>3465</v>
+      </c>
+      <c r="H279" t="s">
+        <v>3466</v>
+      </c>
+      <c r="I279" t="s">
+        <v>3467</v>
+      </c>
+      <c r="J279" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K279" t="s">
+        <v>3468</v>
+      </c>
+      <c r="L279" t="s">
+        <v>3469</v>
+      </c>
+      <c r="M279" t="s">
+        <v>3470</v>
+      </c>
+      <c r="N279" t="s">
         <v>3471</v>
-      </c>
-[...31 lines deleted...]
-        <v>3478</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B280" t="s">
+        <v>3472</v>
+      </c>
+      <c r="C280" t="s">
+        <v>13</v>
+      </c>
+      <c r="D280" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" t="s">
+        <v>3473</v>
+      </c>
+      <c r="F280" t="s">
+        <v>13</v>
+      </c>
+      <c r="G280" t="s">
+        <v>3474</v>
+      </c>
+      <c r="H280" t="s">
+        <v>3475</v>
+      </c>
+      <c r="I280" t="s">
+        <v>3476</v>
+      </c>
+      <c r="J280" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K280" t="s">
+        <v>3477</v>
+      </c>
+      <c r="L280" t="s">
+        <v>3478</v>
+      </c>
+      <c r="M280" t="s">
         <v>3479</v>
-      </c>
-[...31 lines deleted...]
-        <v>3485</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B281" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C281" t="s">
+        <v>13</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" t="s">
+        <v>3481</v>
+      </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
+      <c r="G281" t="s">
+        <v>3482</v>
+      </c>
+      <c r="H281" t="s">
+        <v>3483</v>
+      </c>
+      <c r="I281" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J281" t="s">
+        <v>443</v>
+      </c>
+      <c r="K281" t="s">
+        <v>3485</v>
+      </c>
+      <c r="L281" t="s">
         <v>3486</v>
       </c>
-      <c r="C281" t="s">
-[...5 lines deleted...]
-      <c r="E281" t="s">
+      <c r="M281" t="s">
         <v>3487</v>
       </c>
-      <c r="F281" t="s">
-[...2 lines deleted...]
-      <c r="G281" t="s">
+      <c r="N281" t="s">
         <v>3488</v>
       </c>
-      <c r="H281" t="s">
+      <c r="O281" t="s">
         <v>3489</v>
-      </c>
-[...19 lines deleted...]
-        <v>3495</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B282" t="s">
+        <v>3490</v>
+      </c>
+      <c r="C282" t="s">
+        <v>13</v>
+      </c>
+      <c r="D282" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" t="s">
+        <v>3491</v>
+      </c>
+      <c r="F282" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" t="s">
+        <v>3492</v>
+      </c>
+      <c r="H282" t="s">
+        <v>3493</v>
+      </c>
+      <c r="I282" t="s">
+        <v>3494</v>
+      </c>
+      <c r="J282" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K282" t="s">
+        <v>3495</v>
+      </c>
+      <c r="L282" t="s">
         <v>3496</v>
       </c>
-      <c r="C282" t="s">
-[...5 lines deleted...]
-      <c r="E282" t="s">
+      <c r="M282" t="s">
         <v>3497</v>
       </c>
-      <c r="F282" t="s">
-[...2 lines deleted...]
-      <c r="G282" t="s">
+      <c r="N282" t="s">
         <v>3498</v>
       </c>
-      <c r="H282" t="s">
+      <c r="O282" t="s">
         <v>3499</v>
-      </c>
-[...13 lines deleted...]
-        <v>3503</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B283" t="s">
+        <v>3500</v>
+      </c>
+      <c r="C283" t="s">
+        <v>13</v>
+      </c>
+      <c r="D283" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" t="s">
+        <v>3501</v>
+      </c>
+      <c r="F283" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" t="s">
+        <v>3502</v>
+      </c>
+      <c r="H283" t="s">
+        <v>3503</v>
+      </c>
+      <c r="I283" t="s">
+        <v>1266</v>
+      </c>
+      <c r="J283" t="s">
         <v>3504</v>
       </c>
-      <c r="C283" t="s">
-[...5 lines deleted...]
-      <c r="E283" t="s">
+      <c r="K283" t="s">
         <v>3505</v>
       </c>
-      <c r="F283" t="s">
-[...2 lines deleted...]
-      <c r="G283" t="s">
+      <c r="L283" t="s">
         <v>3506</v>
       </c>
-      <c r="H283" t="s">
+      <c r="M283" t="s">
         <v>3507</v>
       </c>
-      <c r="I283" t="s">
+      <c r="N283" t="s">
         <v>3508</v>
       </c>
-      <c r="J283" t="s">
-[...2 lines deleted...]
-      <c r="K283" t="s">
+      <c r="O283" t="s">
         <v>3509</v>
       </c>
-      <c r="L283" t="s">
+      <c r="P283" t="s">
         <v>3510</v>
       </c>
-      <c r="M283" t="s">
+      <c r="Q283" t="s">
         <v>3511</v>
-      </c>
-[...10 lines deleted...]
-        <v>3515</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B284" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C284" t="s">
+        <v>13</v>
+      </c>
+      <c r="D284" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F284" t="s">
+        <v>13</v>
+      </c>
+      <c r="G284" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H284" t="s">
+        <v>3515</v>
+      </c>
+      <c r="I284" t="s">
         <v>3516</v>
       </c>
-      <c r="C284" t="s">
-[...5 lines deleted...]
-      <c r="E284" t="s">
+      <c r="J284" t="s">
+        <v>924</v>
+      </c>
+      <c r="K284" t="s">
         <v>3517</v>
       </c>
-      <c r="F284" t="s">
-[...2 lines deleted...]
-      <c r="G284" t="s">
+      <c r="L284" t="s">
         <v>3518</v>
       </c>
-      <c r="H284" t="s">
+      <c r="M284" t="s">
         <v>3519</v>
       </c>
-      <c r="I284" t="s">
+      <c r="N284" t="s">
         <v>3520</v>
       </c>
-      <c r="J284" t="s">
-[...2 lines deleted...]
-      <c r="K284" t="s">
+      <c r="O284" t="s">
         <v>3521</v>
       </c>
-      <c r="L284" t="s">
+      <c r="P284" t="s">
         <v>3522</v>
       </c>
-      <c r="M284" t="s">
+      <c r="Q284" t="s">
         <v>3523</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B285" t="s">
         <v>3524</v>
       </c>
       <c r="C285" t="s">
         <v>13</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285" t="s">
         <v>3525</v>
       </c>
       <c r="F285" t="s">
         <v>13</v>
       </c>
       <c r="G285" t="s">
         <v>3526</v>
       </c>
       <c r="H285" t="s">
         <v>3527</v>
       </c>
       <c r="I285" t="s">
         <v>3528</v>
       </c>
       <c r="J285" t="s">
-        <v>930</v>
+        <v>1494</v>
       </c>
       <c r="K285" t="s">
         <v>3529</v>
       </c>
       <c r="L285" t="s">
         <v>3530</v>
       </c>
       <c r="M285" t="s">
         <v>3531</v>
       </c>
-      <c r="N285" t="s">
-[...34 lines deleted...]
-      </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B286" t="s">
-        <v>3544</v>
+        <v>3532</v>
       </c>
       <c r="C286" t="s">
         <v>13</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
       <c r="E286" t="s">
-        <v>3545</v>
+        <v>3533</v>
       </c>
       <c r="F286" t="s">
         <v>13</v>
       </c>
       <c r="G286" t="s">
-        <v>3546</v>
+        <v>3534</v>
       </c>
       <c r="H286" t="s">
-        <v>3547</v>
+        <v>3535</v>
       </c>
       <c r="I286" t="s">
-        <v>3548</v>
+        <v>3528</v>
       </c>
       <c r="J286" t="s">
-        <v>3065</v>
+        <v>443</v>
       </c>
       <c r="K286" t="s">
-        <v>3549</v>
+        <v>3536</v>
       </c>
       <c r="L286" t="s">
-        <v>3550</v>
+        <v>3537</v>
       </c>
       <c r="M286" t="s">
-        <v>3551</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
+        <v>341</v>
+      </c>
+      <c r="B287" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C287" t="s">
+        <v>13</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>3540</v>
+      </c>
+      <c r="F287" t="s">
+        <v>13</v>
+      </c>
+      <c r="G287" t="s">
+        <v>3541</v>
+      </c>
+      <c r="H287" t="s">
+        <v>3542</v>
+      </c>
+      <c r="I287" t="s">
+        <v>3543</v>
+      </c>
+      <c r="J287" t="s">
         <v>347</v>
       </c>
-      <c r="B287" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K287" t="s">
-        <v>3556</v>
+        <v>3544</v>
+      </c>
+      <c r="L287" t="s">
+        <v>3545</v>
+      </c>
+      <c r="M287" t="s">
+        <v>3546</v>
+      </c>
+      <c r="N287" t="s">
+        <v>3547</v>
+      </c>
+      <c r="O287" t="s">
+        <v>3548</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B288" t="s">
-        <v>3557</v>
+        <v>3549</v>
       </c>
       <c r="C288" t="s">
         <v>13</v>
       </c>
       <c r="D288" t="s">
         <v>13</v>
       </c>
       <c r="E288" t="s">
-        <v>3558</v>
+        <v>3550</v>
       </c>
       <c r="F288" t="s">
         <v>13</v>
       </c>
       <c r="G288" t="s">
-        <v>3559</v>
+        <v>3551</v>
       </c>
       <c r="H288" t="s">
-        <v>3560</v>
+        <v>3552</v>
       </c>
       <c r="I288" t="s">
-        <v>3561</v>
+        <v>3553</v>
       </c>
       <c r="J288" t="s">
-        <v>2164</v>
+        <v>1546</v>
       </c>
       <c r="K288" t="s">
-        <v>3562</v>
+        <v>3554</v>
       </c>
       <c r="L288" t="s">
-        <v>3563</v>
+        <v>3555</v>
       </c>
       <c r="M288" t="s">
-        <v>3564</v>
-[...2 lines deleted...]
-        <v>3565</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B289" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C289" t="s">
+        <v>13</v>
+      </c>
+      <c r="D289" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" t="s">
+        <v>3558</v>
+      </c>
+      <c r="F289" t="s">
+        <v>13</v>
+      </c>
+      <c r="G289" t="s">
+        <v>3559</v>
+      </c>
+      <c r="H289" t="s">
+        <v>3560</v>
+      </c>
+      <c r="I289" t="s">
+        <v>3561</v>
+      </c>
+      <c r="J289" t="s">
+        <v>535</v>
+      </c>
+      <c r="K289" t="s">
+        <v>3562</v>
+      </c>
+      <c r="L289" t="s">
+        <v>3563</v>
+      </c>
+      <c r="M289" t="s">
+        <v>3564</v>
+      </c>
+      <c r="N289" t="s">
+        <v>3565</v>
+      </c>
+      <c r="O289" t="s">
         <v>3566</v>
       </c>
-      <c r="C289" t="s">
-[...5 lines deleted...]
-      <c r="E289" t="s">
+      <c r="P289" t="s">
         <v>3567</v>
       </c>
-      <c r="F289" t="s">
-[...2 lines deleted...]
-      <c r="G289" t="s">
+      <c r="Q289" t="s">
         <v>3568</v>
-      </c>
-[...22 lines deleted...]
-        <v>3574</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B290" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C290" t="s">
+        <v>13</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" t="s">
+        <v>3570</v>
+      </c>
+      <c r="F290" t="s">
+        <v>13</v>
+      </c>
+      <c r="G290" t="s">
+        <v>3571</v>
+      </c>
+      <c r="H290" t="s">
+        <v>3572</v>
+      </c>
+      <c r="I290" t="s">
+        <v>3573</v>
+      </c>
+      <c r="J290" t="s">
+        <v>2490</v>
+      </c>
+      <c r="K290" t="s">
+        <v>3574</v>
+      </c>
+      <c r="L290" t="s">
         <v>3575</v>
       </c>
-      <c r="C290" t="s">
-[...5 lines deleted...]
-      <c r="E290" t="s">
+      <c r="M290" t="s">
         <v>3576</v>
-      </c>
-[...25 lines deleted...]
-        <v>3584</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B291" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C291" t="s">
+        <v>13</v>
+      </c>
+      <c r="D291" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" t="s">
+        <v>3578</v>
+      </c>
+      <c r="F291" t="s">
+        <v>13</v>
+      </c>
+      <c r="G291" t="s">
+        <v>3579</v>
+      </c>
+      <c r="H291" t="s">
+        <v>3580</v>
+      </c>
+      <c r="I291" t="s">
+        <v>3581</v>
+      </c>
+      <c r="J291" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K291" t="s">
+        <v>3582</v>
+      </c>
+      <c r="L291" t="s">
+        <v>3583</v>
+      </c>
+      <c r="M291" t="s">
+        <v>3584</v>
+      </c>
+      <c r="N291" t="s">
         <v>3585</v>
       </c>
-      <c r="C291" t="s">
-[...5 lines deleted...]
-      <c r="E291" t="s">
+      <c r="O291" t="s">
         <v>3586</v>
       </c>
-      <c r="F291" t="s">
-[...2 lines deleted...]
-      <c r="G291" t="s">
+      <c r="P291" t="s">
         <v>3587</v>
       </c>
-      <c r="H291" t="s">
+      <c r="Q291" t="s">
         <v>3588</v>
       </c>
-      <c r="I291" t="s">
+      <c r="R291" t="s">
         <v>3589</v>
       </c>
-      <c r="J291" t="s">
-[...2 lines deleted...]
-      <c r="K291" t="s">
+      <c r="S291" t="s">
         <v>3590</v>
       </c>
-      <c r="L291" t="s">
+      <c r="T291" t="s">
         <v>3591</v>
+      </c>
+      <c r="U291" t="s">
+        <v>3592</v>
+      </c>
+      <c r="V291" t="s">
+        <v>3593</v>
+      </c>
+      <c r="W291" t="s">
+        <v>3594</v>
+      </c>
+      <c r="X291" t="s">
+        <v>3595</v>
+      </c>
+      <c r="Y291" t="s">
+        <v>3596</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B292" t="s">
-        <v>3592</v>
+        <v>3597</v>
       </c>
       <c r="C292" t="s">
         <v>13</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292" t="s">
-        <v>3593</v>
+        <v>3598</v>
       </c>
       <c r="F292" t="s">
         <v>13</v>
       </c>
       <c r="G292" t="s">
-        <v>3594</v>
+        <v>3599</v>
       </c>
       <c r="H292" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
       <c r="I292" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
       <c r="J292" t="s">
-        <v>907</v>
+        <v>3118</v>
       </c>
       <c r="K292" t="s">
-        <v>3597</v>
+        <v>3602</v>
       </c>
       <c r="L292" t="s">
-        <v>3598</v>
+        <v>3603</v>
       </c>
       <c r="M292" t="s">
-        <v>3599</v>
-[...2 lines deleted...]
-        <v>3600</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B293" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
       <c r="C293" t="s">
         <v>13</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293" t="s">
-        <v>3602</v>
+        <v>3606</v>
       </c>
       <c r="F293" t="s">
         <v>13</v>
       </c>
       <c r="G293" t="s">
-        <v>3603</v>
+        <v>3607</v>
       </c>
       <c r="H293" t="s">
-        <v>3604</v>
+        <v>3608</v>
       </c>
       <c r="I293" t="s">
-        <v>3605</v>
+        <v>974</v>
       </c>
       <c r="J293" t="s">
-        <v>930</v>
+        <v>1267</v>
       </c>
       <c r="K293" t="s">
-        <v>3606</v>
-[...7 lines deleted...]
-      <c r="N293" t="s">
         <v>3609</v>
-      </c>
-[...4 lines deleted...]
-        <v>3611</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B294" t="s">
+        <v>3610</v>
+      </c>
+      <c r="C294" t="s">
+        <v>13</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>3611</v>
+      </c>
+      <c r="F294" t="s">
+        <v>13</v>
+      </c>
+      <c r="G294" t="s">
         <v>3612</v>
       </c>
-      <c r="C294" t="s">
-[...5 lines deleted...]
-      <c r="E294" t="s">
+      <c r="H294" t="s">
         <v>3613</v>
       </c>
-      <c r="F294" t="s">
-[...2 lines deleted...]
-      <c r="G294" t="s">
+      <c r="I294" t="s">
         <v>3614</v>
       </c>
-      <c r="H294" t="s">
+      <c r="J294" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K294" t="s">
         <v>3615</v>
       </c>
-      <c r="I294" t="s">
+      <c r="L294" t="s">
         <v>3616</v>
       </c>
-      <c r="J294" t="s">
+      <c r="M294" t="s">
         <v>3617</v>
       </c>
-      <c r="K294" t="s">
+      <c r="N294" t="s">
         <v>3618</v>
-      </c>
-[...28 lines deleted...]
-        <v>3628</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B295" t="s">
-        <v>3629</v>
+        <v>3619</v>
       </c>
       <c r="C295" t="s">
         <v>13</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295" t="s">
-        <v>3630</v>
+        <v>3620</v>
       </c>
       <c r="F295" t="s">
         <v>13</v>
       </c>
       <c r="G295" t="s">
-        <v>3631</v>
+        <v>3621</v>
       </c>
       <c r="H295" t="s">
-        <v>3632</v>
+        <v>3622</v>
       </c>
       <c r="I295" t="s">
-        <v>3633</v>
+        <v>2121</v>
       </c>
       <c r="J295" t="s">
-        <v>3634</v>
+        <v>434</v>
       </c>
       <c r="K295" t="s">
-        <v>3635</v>
+        <v>3623</v>
+      </c>
+      <c r="L295" t="s">
+        <v>3624</v>
+      </c>
+      <c r="M295" t="s">
+        <v>3625</v>
+      </c>
+      <c r="N295" t="s">
+        <v>3626</v>
+      </c>
+      <c r="O295" t="s">
+        <v>3627</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B296" t="s">
+        <v>3628</v>
+      </c>
+      <c r="C296" t="s">
+        <v>13</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>3629</v>
+      </c>
+      <c r="F296" t="s">
+        <v>13</v>
+      </c>
+      <c r="G296" t="s">
+        <v>3630</v>
+      </c>
+      <c r="H296" t="s">
+        <v>3631</v>
+      </c>
+      <c r="I296" t="s">
+        <v>3632</v>
+      </c>
+      <c r="J296" t="s">
+        <v>3633</v>
+      </c>
+      <c r="K296" t="s">
+        <v>3634</v>
+      </c>
+      <c r="L296" t="s">
+        <v>3635</v>
+      </c>
+      <c r="M296" t="s">
         <v>3636</v>
       </c>
-      <c r="C296" t="s">
-[...5 lines deleted...]
-      <c r="E296" t="s">
+      <c r="N296" t="s">
         <v>3637</v>
-      </c>
-[...25 lines deleted...]
-        <v>3644</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B297" t="s">
-        <v>3645</v>
+        <v>3638</v>
       </c>
       <c r="C297" t="s">
         <v>13</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297" t="s">
-        <v>3646</v>
+        <v>3639</v>
       </c>
       <c r="F297" t="s">
         <v>13</v>
       </c>
       <c r="G297" t="s">
-        <v>3647</v>
+        <v>3640</v>
       </c>
       <c r="H297" t="s">
-        <v>3648</v>
+        <v>3641</v>
       </c>
       <c r="I297" t="s">
-        <v>3649</v>
+        <v>3642</v>
       </c>
       <c r="J297" t="s">
-        <v>1610</v>
+        <v>1781</v>
       </c>
       <c r="K297" t="s">
-        <v>3650</v>
+        <v>3643</v>
       </c>
       <c r="L297" t="s">
-        <v>3651</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B298" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C298" t="s">
+        <v>13</v>
+      </c>
+      <c r="D298" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" t="s">
+        <v>3646</v>
+      </c>
+      <c r="F298" t="s">
+        <v>13</v>
+      </c>
+      <c r="G298" t="s">
+        <v>3647</v>
+      </c>
+      <c r="H298" t="s">
+        <v>3648</v>
+      </c>
+      <c r="I298" t="s">
+        <v>3649</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K298" t="s">
+        <v>3650</v>
+      </c>
+      <c r="L298" t="s">
+        <v>3651</v>
+      </c>
+      <c r="M298" t="s">
         <v>3652</v>
       </c>
-      <c r="C298" t="s">
-[...5 lines deleted...]
-      <c r="E298" t="s">
+      <c r="N298" t="s">
         <v>3653</v>
-      </c>
-[...37 lines deleted...]
-        <v>3665</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B299" t="s">
-        <v>3666</v>
+        <v>3654</v>
       </c>
       <c r="C299" t="s">
         <v>13</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299" t="s">
-        <v>3667</v>
+        <v>3655</v>
       </c>
       <c r="F299" t="s">
         <v>13</v>
       </c>
       <c r="G299" t="s">
-        <v>3668</v>
+        <v>3656</v>
       </c>
       <c r="H299" t="s">
-        <v>3669</v>
+        <v>3657</v>
       </c>
       <c r="I299" t="s">
-        <v>3670</v>
+        <v>3658</v>
       </c>
       <c r="J299" t="s">
-        <v>353</v>
+        <v>1048</v>
       </c>
       <c r="K299" t="s">
-        <v>3671</v>
+        <v>3659</v>
       </c>
       <c r="L299" t="s">
-        <v>3672</v>
+        <v>3660</v>
       </c>
       <c r="M299" t="s">
-        <v>3673</v>
+        <v>3661</v>
       </c>
       <c r="N299" t="s">
-        <v>3674</v>
+        <v>3662</v>
       </c>
       <c r="O299" t="s">
-        <v>3675</v>
+        <v>3663</v>
       </c>
       <c r="P299" t="s">
-        <v>3676</v>
-[...8 lines deleted...]
-        <v>3679</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B300" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C300" t="s">
+        <v>13</v>
+      </c>
+      <c r="D300" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" t="s">
+        <v>3666</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" t="s">
+        <v>3667</v>
+      </c>
+      <c r="H300" t="s">
+        <v>3668</v>
+      </c>
+      <c r="I300" t="s">
+        <v>3669</v>
+      </c>
+      <c r="J300" t="s">
+        <v>3670</v>
+      </c>
+      <c r="K300" t="s">
+        <v>3671</v>
+      </c>
+      <c r="L300" t="s">
+        <v>3672</v>
+      </c>
+      <c r="M300" t="s">
+        <v>3673</v>
+      </c>
+      <c r="N300" t="s">
+        <v>3674</v>
+      </c>
+      <c r="O300" t="s">
+        <v>3675</v>
+      </c>
+      <c r="P300" t="s">
+        <v>3676</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>3677</v>
+      </c>
+      <c r="R300" t="s">
+        <v>3678</v>
+      </c>
+      <c r="S300" t="s">
+        <v>3679</v>
+      </c>
+      <c r="T300" t="s">
         <v>3680</v>
       </c>
-      <c r="C300" t="s">
-[...5 lines deleted...]
-      <c r="E300" t="s">
+      <c r="U300" t="s">
         <v>3681</v>
-      </c>
-[...28 lines deleted...]
-        <v>3689</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B301" t="s">
-        <v>3690</v>
+        <v>3682</v>
       </c>
       <c r="C301" t="s">
         <v>13</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301" t="s">
-        <v>3691</v>
+        <v>3683</v>
       </c>
       <c r="F301" t="s">
         <v>13</v>
       </c>
       <c r="G301" t="s">
-        <v>3692</v>
+        <v>3684</v>
       </c>
       <c r="H301" t="s">
-        <v>3693</v>
+        <v>3685</v>
       </c>
       <c r="I301" t="s">
-        <v>3694</v>
+        <v>3686</v>
       </c>
       <c r="J301" t="s">
-        <v>3695</v>
+        <v>3687</v>
       </c>
       <c r="K301" t="s">
-        <v>3696</v>
-[...5 lines deleted...]
-        <v>3698</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B302" t="s">
-        <v>3699</v>
+        <v>3689</v>
       </c>
       <c r="C302" t="s">
         <v>13</v>
       </c>
       <c r="D302" t="s">
         <v>13</v>
       </c>
       <c r="E302" t="s">
-        <v>3700</v>
+        <v>3690</v>
       </c>
       <c r="F302" t="s">
         <v>13</v>
       </c>
       <c r="G302" t="s">
-        <v>3701</v>
+        <v>3691</v>
       </c>
       <c r="H302" t="s">
-        <v>3702</v>
+        <v>3692</v>
       </c>
       <c r="I302" t="s">
-        <v>3703</v>
+        <v>3693</v>
       </c>
       <c r="J302" t="s">
-        <v>3234</v>
+        <v>631</v>
       </c>
       <c r="K302" t="s">
-        <v>3704</v>
+        <v>3694</v>
+      </c>
+      <c r="L302" t="s">
+        <v>3695</v>
+      </c>
+      <c r="M302" t="s">
+        <v>3696</v>
+      </c>
+      <c r="N302" t="s">
+        <v>3697</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B303" t="s">
-        <v>3705</v>
+        <v>3698</v>
       </c>
       <c r="C303" t="s">
         <v>13</v>
       </c>
       <c r="D303" t="s">
         <v>13</v>
       </c>
       <c r="E303" t="s">
-        <v>3706</v>
+        <v>3699</v>
       </c>
       <c r="F303" t="s">
         <v>13</v>
       </c>
       <c r="G303" t="s">
-        <v>3707</v>
+        <v>3700</v>
       </c>
       <c r="H303" t="s">
-        <v>3708</v>
+        <v>3701</v>
       </c>
       <c r="I303" t="s">
-        <v>3709</v>
+        <v>3702</v>
       </c>
       <c r="J303" t="s">
-        <v>3710</v>
+        <v>1671</v>
       </c>
       <c r="K303" t="s">
-        <v>3711</v>
+        <v>3703</v>
+      </c>
+      <c r="L303" t="s">
+        <v>3704</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B304" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C304" t="s">
+        <v>13</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
+        <v>3706</v>
+      </c>
+      <c r="F304" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" t="s">
+        <v>3707</v>
+      </c>
+      <c r="H304" t="s">
+        <v>3708</v>
+      </c>
+      <c r="I304" t="s">
+        <v>3709</v>
+      </c>
+      <c r="J304" t="s">
+        <v>3710</v>
+      </c>
+      <c r="K304" t="s">
+        <v>3711</v>
+      </c>
+      <c r="L304" t="s">
         <v>3712</v>
       </c>
-      <c r="C304" t="s">
-[...5 lines deleted...]
-      <c r="E304" t="s">
+      <c r="M304" t="s">
         <v>3713</v>
       </c>
-      <c r="F304" t="s">
-[...2 lines deleted...]
-      <c r="G304" t="s">
+      <c r="N304" t="s">
         <v>3714</v>
       </c>
-      <c r="H304" t="s">
+      <c r="O304" t="s">
         <v>3715</v>
       </c>
-      <c r="I304" t="s">
+      <c r="P304" t="s">
         <v>3716</v>
       </c>
-      <c r="J304" t="s">
-[...2 lines deleted...]
-      <c r="K304" t="s">
+      <c r="Q304" t="s">
         <v>3717</v>
       </c>
-      <c r="L304" t="s">
+      <c r="R304" t="s">
         <v>3718</v>
-      </c>
-[...1 lines deleted...]
-        <v>3719</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B305" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C305" t="s">
+        <v>13</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
         <v>3720</v>
       </c>
-      <c r="C305" t="s">
-[...5 lines deleted...]
-      <c r="E305" t="s">
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" t="s">
         <v>3721</v>
       </c>
-      <c r="F305" t="s">
-[...2 lines deleted...]
-      <c r="G305" t="s">
+      <c r="H305" t="s">
         <v>3722</v>
       </c>
-      <c r="H305" t="s">
+      <c r="I305" t="s">
         <v>3723</v>
       </c>
-      <c r="I305" t="s">
+      <c r="J305" t="s">
+        <v>535</v>
+      </c>
+      <c r="K305" t="s">
         <v>3724</v>
       </c>
-      <c r="J305" t="s">
+      <c r="L305" t="s">
         <v>3725</v>
       </c>
-      <c r="K305" t="s">
+      <c r="M305" t="s">
         <v>3726</v>
+      </c>
+      <c r="N305" t="s">
+        <v>3727</v>
+      </c>
+      <c r="O305" t="s">
+        <v>3728</v>
+      </c>
+      <c r="P305" t="s">
+        <v>3729</v>
+      </c>
+      <c r="Q305" t="s">
+        <v>3730</v>
+      </c>
+      <c r="R305" t="s">
+        <v>3731</v>
+      </c>
+      <c r="S305" t="s">
+        <v>3732</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B306" t="s">
-        <v>3727</v>
+        <v>3733</v>
       </c>
       <c r="C306" t="s">
         <v>13</v>
       </c>
       <c r="D306" t="s">
         <v>13</v>
       </c>
       <c r="E306" t="s">
-        <v>3728</v>
+        <v>3734</v>
       </c>
       <c r="F306" t="s">
         <v>13</v>
       </c>
       <c r="G306" t="s">
-        <v>3729</v>
+        <v>3735</v>
       </c>
       <c r="H306" t="s">
-        <v>3730</v>
+        <v>3736</v>
       </c>
       <c r="I306" t="s">
-        <v>3731</v>
+        <v>3737</v>
       </c>
       <c r="J306" t="s">
-        <v>3732</v>
+        <v>2366</v>
       </c>
       <c r="K306" t="s">
-        <v>3733</v>
+        <v>3738</v>
       </c>
       <c r="L306" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
       <c r="M306" t="s">
-        <v>3735</v>
+        <v>3740</v>
       </c>
       <c r="N306" t="s">
-        <v>3736</v>
+        <v>3741</v>
+      </c>
+      <c r="O306" t="s">
+        <v>3742</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B307" t="s">
-        <v>3737</v>
+        <v>3743</v>
       </c>
       <c r="C307" t="s">
         <v>13</v>
       </c>
       <c r="D307" t="s">
         <v>13</v>
       </c>
       <c r="E307" t="s">
-        <v>3738</v>
+        <v>3744</v>
       </c>
       <c r="F307" t="s">
         <v>13</v>
       </c>
       <c r="G307" t="s">
-        <v>3739</v>
+        <v>3745</v>
       </c>
       <c r="H307" t="s">
-        <v>3740</v>
+        <v>3746</v>
       </c>
       <c r="I307" t="s">
-        <v>3741</v>
+        <v>3747</v>
       </c>
       <c r="J307" t="s">
-        <v>3742</v>
+        <v>3748</v>
       </c>
       <c r="K307" t="s">
-        <v>3743</v>
+        <v>3749</v>
       </c>
       <c r="L307" t="s">
-        <v>3744</v>
+        <v>3750</v>
       </c>
       <c r="M307" t="s">
-        <v>3745</v>
-[...2 lines deleted...]
-        <v>3746</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B308" t="s">
-        <v>3747</v>
+        <v>3752</v>
       </c>
       <c r="C308" t="s">
         <v>13</v>
       </c>
       <c r="D308" t="s">
         <v>13</v>
       </c>
       <c r="E308" t="s">
-        <v>3748</v>
+        <v>3753</v>
       </c>
       <c r="F308" t="s">
         <v>13</v>
       </c>
       <c r="G308" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
       <c r="H308" t="s">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="I308" t="s">
-        <v>3751</v>
+        <v>3756</v>
       </c>
       <c r="J308" t="s">
-        <v>3752</v>
+        <v>3287</v>
       </c>
       <c r="K308" t="s">
-        <v>3753</v>
-[...2 lines deleted...]
-        <v>3754</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B309" t="s">
-        <v>3755</v>
+        <v>3758</v>
       </c>
       <c r="C309" t="s">
         <v>13</v>
       </c>
       <c r="D309" t="s">
         <v>13</v>
       </c>
       <c r="E309" t="s">
-        <v>3756</v>
+        <v>3759</v>
       </c>
       <c r="F309" t="s">
         <v>13</v>
       </c>
       <c r="G309" t="s">
-        <v>3757</v>
+        <v>3760</v>
       </c>
       <c r="H309" t="s">
-        <v>3758</v>
+        <v>3761</v>
       </c>
       <c r="I309" t="s">
-        <v>3759</v>
+        <v>3762</v>
       </c>
       <c r="J309" t="s">
-        <v>3760</v>
+        <v>3763</v>
       </c>
       <c r="K309" t="s">
-        <v>3761</v>
-[...2 lines deleted...]
-        <v>3762</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B310" t="s">
-        <v>3763</v>
+        <v>3765</v>
       </c>
       <c r="C310" t="s">
         <v>13</v>
       </c>
       <c r="D310" t="s">
         <v>13</v>
       </c>
       <c r="E310" t="s">
-        <v>3764</v>
+        <v>3766</v>
       </c>
       <c r="F310" t="s">
         <v>13</v>
       </c>
       <c r="G310" t="s">
-        <v>3765</v>
+        <v>3767</v>
       </c>
       <c r="H310" t="s">
-        <v>3766</v>
+        <v>3768</v>
       </c>
       <c r="I310" t="s">
-        <v>3767</v>
+        <v>3769</v>
       </c>
       <c r="J310" t="s">
-        <v>1679</v>
+        <v>2942</v>
       </c>
       <c r="K310" t="s">
-        <v>3768</v>
+        <v>3770</v>
       </c>
       <c r="L310" t="s">
-        <v>3769</v>
+        <v>3771</v>
       </c>
       <c r="M310" t="s">
-        <v>3770</v>
-[...2 lines deleted...]
-        <v>3771</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B311" t="s">
-        <v>3772</v>
+        <v>3773</v>
       </c>
       <c r="C311" t="s">
         <v>13</v>
       </c>
       <c r="D311" t="s">
         <v>13</v>
       </c>
       <c r="E311" t="s">
-        <v>3773</v>
+        <v>3774</v>
       </c>
       <c r="F311" t="s">
         <v>13</v>
       </c>
       <c r="G311" t="s">
-        <v>3774</v>
+        <v>3775</v>
       </c>
       <c r="H311" t="s">
-        <v>3775</v>
+        <v>3776</v>
       </c>
       <c r="I311" t="s">
-        <v>3776</v>
+        <v>3777</v>
       </c>
       <c r="J311" t="s">
-        <v>3657</v>
+        <v>3778</v>
       </c>
       <c r="K311" t="s">
-        <v>3777</v>
-[...4 lines deleted...]
-      <c r="M311" t="s">
         <v>3779</v>
-      </c>
-[...4 lines deleted...]
-        <v>3781</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B312" t="s">
+        <v>3780</v>
+      </c>
+      <c r="C312" t="s">
+        <v>13</v>
+      </c>
+      <c r="D312" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
+        <v>3781</v>
+      </c>
+      <c r="F312" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" t="s">
         <v>3782</v>
       </c>
-      <c r="C312" t="s">
-[...5 lines deleted...]
-      <c r="E312" t="s">
+      <c r="H312" t="s">
         <v>3783</v>
       </c>
-      <c r="F312" t="s">
-[...2 lines deleted...]
-      <c r="G312" t="s">
+      <c r="I312" t="s">
         <v>3784</v>
       </c>
-      <c r="H312" t="s">
+      <c r="J312" t="s">
         <v>3785</v>
       </c>
-      <c r="I312" t="s">
+      <c r="K312" t="s">
         <v>3786</v>
       </c>
-      <c r="J312" t="s">
-[...2 lines deleted...]
-      <c r="K312" t="s">
+      <c r="L312" t="s">
         <v>3787</v>
       </c>
-      <c r="L312" t="s">
+      <c r="M312" t="s">
         <v>3788</v>
       </c>
-      <c r="M312" t="s">
+      <c r="N312" t="s">
         <v>3789</v>
-      </c>
-[...1 lines deleted...]
-        <v>3790</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B313" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C313" t="s">
+        <v>13</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
         <v>3791</v>
       </c>
-      <c r="C313" t="s">
-[...5 lines deleted...]
-      <c r="E313" t="s">
+      <c r="F313" t="s">
+        <v>13</v>
+      </c>
+      <c r="G313" t="s">
         <v>3792</v>
       </c>
-      <c r="F313" t="s">
-[...2 lines deleted...]
-      <c r="G313" t="s">
+      <c r="H313" t="s">
         <v>3793</v>
       </c>
-      <c r="H313" t="s">
+      <c r="I313" t="s">
         <v>3794</v>
       </c>
-      <c r="I313" t="s">
+      <c r="J313" t="s">
         <v>3795</v>
       </c>
-      <c r="J313" t="s">
+      <c r="K313" t="s">
         <v>3796</v>
       </c>
-      <c r="K313" t="s">
+      <c r="L313" t="s">
         <v>3797</v>
       </c>
-      <c r="L313" t="s">
+      <c r="M313" t="s">
         <v>3798</v>
+      </c>
+      <c r="N313" t="s">
+        <v>3799</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B314" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="C314" t="s">
         <v>13</v>
       </c>
       <c r="D314" t="s">
         <v>13</v>
       </c>
       <c r="E314" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
       <c r="H314" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="I314" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="J314" t="s">
-        <v>685</v>
+        <v>3805</v>
       </c>
       <c r="K314" t="s">
-        <v>3804</v>
+        <v>3806</v>
       </c>
       <c r="L314" t="s">
-        <v>3805</v>
-[...4 lines deleted...]
-      <c r="N314" t="s">
         <v>3807</v>
-      </c>
-[...1 lines deleted...]
-        <v>3808</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B315" t="s">
+        <v>3808</v>
+      </c>
+      <c r="C315" t="s">
+        <v>13</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
         <v>3809</v>
       </c>
-      <c r="C315" t="s">
-[...5 lines deleted...]
-      <c r="E315" t="s">
+      <c r="F315" t="s">
+        <v>13</v>
+      </c>
+      <c r="G315" t="s">
         <v>3810</v>
       </c>
-      <c r="F315" t="s">
-[...2 lines deleted...]
-      <c r="G315" t="s">
+      <c r="H315" t="s">
         <v>3811</v>
       </c>
-      <c r="H315" t="s">
+      <c r="I315" t="s">
         <v>3812</v>
       </c>
-      <c r="I315" t="s">
+      <c r="J315" t="s">
         <v>3813</v>
-      </c>
-[...1 lines deleted...]
-        <v>1720</v>
       </c>
       <c r="K315" t="s">
         <v>3814</v>
       </c>
       <c r="L315" t="s">
         <v>3815</v>
       </c>
-      <c r="M315" t="s">
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B316" t="s">
-        <v>3825</v>
+        <v>3816</v>
       </c>
       <c r="C316" t="s">
         <v>13</v>
       </c>
       <c r="D316" t="s">
         <v>13</v>
       </c>
       <c r="E316" t="s">
-        <v>3826</v>
+        <v>3817</v>
       </c>
       <c r="F316" t="s">
         <v>13</v>
       </c>
       <c r="G316" t="s">
-        <v>3827</v>
+        <v>3818</v>
       </c>
       <c r="H316" t="s">
-        <v>3828</v>
+        <v>3819</v>
       </c>
       <c r="I316" t="s">
-        <v>3829</v>
+        <v>3820</v>
       </c>
       <c r="J316" t="s">
-        <v>2747</v>
+        <v>1740</v>
       </c>
       <c r="K316" t="s">
-        <v>3830</v>
+        <v>3821</v>
       </c>
       <c r="L316" t="s">
-        <v>3831</v>
+        <v>3822</v>
       </c>
       <c r="M316" t="s">
-        <v>3832</v>
+        <v>3823</v>
       </c>
       <c r="N316" t="s">
-        <v>3833</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B317" t="s">
-        <v>3834</v>
+        <v>3825</v>
       </c>
       <c r="C317" t="s">
         <v>13</v>
       </c>
       <c r="D317" t="s">
         <v>13</v>
       </c>
       <c r="E317" t="s">
         <v>3826</v>
       </c>
       <c r="F317" t="s">
         <v>13</v>
       </c>
       <c r="G317" t="s">
-        <v>3835</v>
+        <v>3827</v>
       </c>
       <c r="H317" t="s">
-        <v>3836</v>
+        <v>3828</v>
       </c>
       <c r="I317" t="s">
-        <v>3837</v>
+        <v>3829</v>
       </c>
       <c r="J317" t="s">
-        <v>3234</v>
+        <v>3710</v>
       </c>
       <c r="K317" t="s">
-        <v>3838</v>
+        <v>3830</v>
       </c>
       <c r="L317" t="s">
-        <v>3839</v>
+        <v>3831</v>
       </c>
       <c r="M317" t="s">
-        <v>3840</v>
+        <v>3832</v>
       </c>
       <c r="N317" t="s">
-        <v>3841</v>
+        <v>3833</v>
+      </c>
+      <c r="O317" t="s">
+        <v>3834</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B318" t="s">
+        <v>3835</v>
+      </c>
+      <c r="C318" t="s">
+        <v>13</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>3836</v>
+      </c>
+      <c r="F318" t="s">
+        <v>13</v>
+      </c>
+      <c r="G318" t="s">
+        <v>3837</v>
+      </c>
+      <c r="H318" t="s">
+        <v>3838</v>
+      </c>
+      <c r="I318" t="s">
+        <v>3839</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K318" t="s">
+        <v>3840</v>
+      </c>
+      <c r="L318" t="s">
+        <v>3841</v>
+      </c>
+      <c r="M318" t="s">
         <v>3842</v>
       </c>
-      <c r="C318" t="s">
-[...11 lines deleted...]
-      <c r="G318" t="s">
+      <c r="N318" t="s">
         <v>3843</v>
-      </c>
-[...16 lines deleted...]
-        <v>3848</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B319" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C319" t="s">
+        <v>13</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>3845</v>
+      </c>
+      <c r="F319" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" t="s">
+        <v>3846</v>
+      </c>
+      <c r="H319" t="s">
+        <v>3847</v>
+      </c>
+      <c r="I319" t="s">
+        <v>3848</v>
+      </c>
+      <c r="J319" t="s">
         <v>3849</v>
       </c>
-      <c r="C319" t="s">
-[...5 lines deleted...]
-      <c r="E319" t="s">
+      <c r="K319" t="s">
         <v>3850</v>
       </c>
-      <c r="F319" t="s">
-[...2 lines deleted...]
-      <c r="G319" t="s">
+      <c r="L319" t="s">
         <v>3851</v>
-      </c>
-[...46 lines deleted...]
-        <v>3866</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B320" t="s">
-        <v>3867</v>
+        <v>3852</v>
       </c>
       <c r="C320" t="s">
         <v>13</v>
       </c>
       <c r="D320" t="s">
         <v>13</v>
       </c>
       <c r="E320" t="s">
-        <v>3868</v>
+        <v>3853</v>
       </c>
       <c r="F320" t="s">
         <v>13</v>
       </c>
       <c r="G320" t="s">
-        <v>3869</v>
+        <v>3854</v>
       </c>
       <c r="H320" t="s">
-        <v>3870</v>
+        <v>3855</v>
       </c>
       <c r="I320" t="s">
-        <v>3871</v>
+        <v>3856</v>
       </c>
       <c r="J320" t="s">
-        <v>876</v>
+        <v>443</v>
       </c>
       <c r="K320" t="s">
-        <v>3872</v>
+        <v>3857</v>
       </c>
       <c r="L320" t="s">
-        <v>3873</v>
+        <v>3858</v>
       </c>
       <c r="M320" t="s">
-        <v>3874</v>
+        <v>3859</v>
       </c>
       <c r="N320" t="s">
-        <v>3875</v>
+        <v>3860</v>
       </c>
       <c r="O320" t="s">
-        <v>3876</v>
-[...11 lines deleted...]
-        <v>3880</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B321" t="s">
-        <v>3881</v>
+        <v>3862</v>
       </c>
       <c r="C321" t="s">
         <v>13</v>
       </c>
       <c r="D321" t="s">
         <v>13</v>
       </c>
       <c r="E321" t="s">
-        <v>3882</v>
+        <v>3863</v>
       </c>
       <c r="F321" t="s">
         <v>13</v>
       </c>
       <c r="G321" t="s">
-        <v>3883</v>
+        <v>3864</v>
       </c>
       <c r="H321" t="s">
-        <v>3884</v>
+        <v>3865</v>
       </c>
       <c r="I321" t="s">
-        <v>3885</v>
+        <v>3866</v>
       </c>
       <c r="J321" t="s">
-        <v>3886</v>
+        <v>1781</v>
       </c>
       <c r="K321" t="s">
-        <v>3887</v>
+        <v>3867</v>
       </c>
       <c r="L321" t="s">
-        <v>3888</v>
+        <v>3868</v>
       </c>
       <c r="M321" t="s">
-        <v>3889</v>
+        <v>3869</v>
       </c>
       <c r="N321" t="s">
-        <v>3890</v>
+        <v>3870</v>
+      </c>
+      <c r="O321" t="s">
+        <v>3871</v>
+      </c>
+      <c r="P321" t="s">
+        <v>3872</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>3873</v>
+      </c>
+      <c r="R321" t="s">
+        <v>3874</v>
+      </c>
+      <c r="S321" t="s">
+        <v>3875</v>
+      </c>
+      <c r="T321" t="s">
+        <v>3876</v>
+      </c>
+      <c r="U321" t="s">
+        <v>3877</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B322" t="s">
-        <v>3891</v>
+        <v>3878</v>
       </c>
       <c r="C322" t="s">
         <v>13</v>
       </c>
       <c r="D322" t="s">
         <v>13</v>
       </c>
       <c r="E322" t="s">
-        <v>3892</v>
+        <v>3879</v>
       </c>
       <c r="F322" t="s">
         <v>13</v>
       </c>
       <c r="G322" t="s">
-        <v>3893</v>
+        <v>3880</v>
       </c>
       <c r="H322" t="s">
-        <v>3894</v>
+        <v>3881</v>
       </c>
       <c r="I322" t="s">
-        <v>3895</v>
+        <v>3882</v>
       </c>
       <c r="J322" t="s">
-        <v>907</v>
+        <v>2800</v>
       </c>
       <c r="K322" t="s">
-        <v>3896</v>
+        <v>3883</v>
       </c>
       <c r="L322" t="s">
-        <v>3897</v>
+        <v>3884</v>
+      </c>
+      <c r="M322" t="s">
+        <v>3885</v>
+      </c>
+      <c r="N322" t="s">
+        <v>3886</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B323" t="s">
-        <v>3898</v>
+        <v>3887</v>
       </c>
       <c r="C323" t="s">
         <v>13</v>
       </c>
       <c r="D323" t="s">
         <v>13</v>
       </c>
       <c r="E323" t="s">
-        <v>3899</v>
+        <v>3879</v>
       </c>
       <c r="F323" t="s">
         <v>13</v>
       </c>
       <c r="G323" t="s">
-        <v>3900</v>
+        <v>3888</v>
       </c>
       <c r="H323" t="s">
-        <v>3901</v>
+        <v>3889</v>
       </c>
       <c r="I323" t="s">
-        <v>3902</v>
+        <v>3890</v>
       </c>
       <c r="J323" t="s">
-        <v>1293</v>
+        <v>3287</v>
       </c>
       <c r="K323" t="s">
-        <v>3903</v>
+        <v>3891</v>
       </c>
       <c r="L323" t="s">
-        <v>3904</v>
+        <v>3892</v>
       </c>
       <c r="M323" t="s">
-        <v>3905</v>
+        <v>3893</v>
+      </c>
+      <c r="N323" t="s">
+        <v>3894</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B324" t="s">
-        <v>3906</v>
+        <v>3895</v>
       </c>
       <c r="C324" t="s">
         <v>13</v>
       </c>
       <c r="D324" t="s">
         <v>13</v>
       </c>
       <c r="E324" t="s">
-        <v>3907</v>
+        <v>3879</v>
       </c>
       <c r="F324" t="s">
         <v>13</v>
       </c>
       <c r="G324" t="s">
-        <v>3908</v>
+        <v>3896</v>
       </c>
       <c r="H324" t="s">
-        <v>3909</v>
+        <v>3897</v>
       </c>
       <c r="I324" t="s">
-        <v>3910</v>
+        <v>3898</v>
       </c>
       <c r="J324" t="s">
-        <v>3911</v>
+        <v>3287</v>
       </c>
       <c r="K324" t="s">
-        <v>3912</v>
+        <v>3899</v>
+      </c>
+      <c r="L324" t="s">
+        <v>3900</v>
+      </c>
+      <c r="M324" t="s">
+        <v>3901</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B325" t="s">
+        <v>3902</v>
+      </c>
+      <c r="C325" t="s">
+        <v>13</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>3903</v>
+      </c>
+      <c r="F325" t="s">
+        <v>13</v>
+      </c>
+      <c r="G325" t="s">
+        <v>3904</v>
+      </c>
+      <c r="H325" t="s">
+        <v>3905</v>
+      </c>
+      <c r="I325" t="s">
+        <v>3906</v>
+      </c>
+      <c r="J325" t="s">
+        <v>434</v>
+      </c>
+      <c r="K325" t="s">
+        <v>3907</v>
+      </c>
+      <c r="L325" t="s">
+        <v>3908</v>
+      </c>
+      <c r="M325" t="s">
+        <v>3909</v>
+      </c>
+      <c r="N325" t="s">
+        <v>3910</v>
+      </c>
+      <c r="O325" t="s">
+        <v>3911</v>
+      </c>
+      <c r="P325" t="s">
+        <v>3912</v>
+      </c>
+      <c r="Q325" t="s">
         <v>3913</v>
       </c>
-      <c r="C325" t="s">
-[...11 lines deleted...]
-      <c r="G325" t="s">
+      <c r="R325" t="s">
         <v>3914</v>
       </c>
-      <c r="H325" t="s">
+      <c r="S325" t="s">
         <v>3915</v>
       </c>
-      <c r="I325" t="s">
+      <c r="T325" t="s">
         <v>3916</v>
       </c>
-      <c r="J325" t="s">
-[...2 lines deleted...]
-      <c r="K325" t="s">
+      <c r="U325" t="s">
         <v>3917</v>
       </c>
-      <c r="L325" t="s">
+      <c r="V325" t="s">
         <v>3918</v>
       </c>
-      <c r="M325" t="s">
+      <c r="W325" t="s">
         <v>3919</v>
-      </c>
-[...4 lines deleted...]
-        <v>3921</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B326" t="s">
+        <v>3920</v>
+      </c>
+      <c r="C326" t="s">
+        <v>13</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
+        <v>3921</v>
+      </c>
+      <c r="F326" t="s">
+        <v>13</v>
+      </c>
+      <c r="G326" t="s">
         <v>3922</v>
       </c>
-      <c r="C326" t="s">
-[...5 lines deleted...]
-      <c r="E326" t="s">
+      <c r="H326" t="s">
         <v>3923</v>
       </c>
-      <c r="F326" t="s">
-[...2 lines deleted...]
-      <c r="G326" t="s">
+      <c r="I326" t="s">
         <v>3924</v>
       </c>
-      <c r="H326" t="s">
+      <c r="J326" t="s">
+        <v>994</v>
+      </c>
+      <c r="K326" t="s">
         <v>3925</v>
       </c>
-      <c r="I326" t="s">
+      <c r="L326" t="s">
         <v>3926</v>
       </c>
-      <c r="J326" t="s">
-[...2 lines deleted...]
-      <c r="K326" t="s">
+      <c r="M326" t="s">
         <v>3927</v>
+      </c>
+      <c r="N326" t="s">
+        <v>3928</v>
+      </c>
+      <c r="O326" t="s">
+        <v>3929</v>
+      </c>
+      <c r="P326" t="s">
+        <v>3930</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>3931</v>
+      </c>
+      <c r="R326" t="s">
+        <v>3932</v>
+      </c>
+      <c r="S326" t="s">
+        <v>3933</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B327" t="s">
-        <v>3928</v>
+        <v>3934</v>
       </c>
       <c r="C327" t="s">
         <v>13</v>
       </c>
       <c r="D327" t="s">
         <v>13</v>
       </c>
       <c r="E327" t="s">
-        <v>3929</v>
+        <v>3935</v>
       </c>
       <c r="F327" t="s">
         <v>13</v>
       </c>
       <c r="G327" t="s">
-        <v>3930</v>
+        <v>3936</v>
       </c>
       <c r="H327" t="s">
-        <v>3931</v>
+        <v>3937</v>
       </c>
       <c r="I327" t="s">
-        <v>3932</v>
+        <v>3938</v>
       </c>
       <c r="J327" t="s">
-        <v>3933</v>
+        <v>3939</v>
       </c>
       <c r="K327" t="s">
-        <v>3934</v>
+        <v>3940</v>
       </c>
       <c r="L327" t="s">
-        <v>3935</v>
+        <v>3941</v>
       </c>
       <c r="M327" t="s">
-        <v>3936</v>
+        <v>3942</v>
       </c>
       <c r="N327" t="s">
-        <v>3937</v>
-[...2 lines deleted...]
-        <v>3938</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B328" t="s">
-        <v>3939</v>
+        <v>3944</v>
       </c>
       <c r="C328" t="s">
         <v>13</v>
       </c>
       <c r="D328" t="s">
         <v>13</v>
       </c>
       <c r="E328" t="s">
-        <v>3940</v>
+        <v>3945</v>
       </c>
       <c r="F328" t="s">
         <v>13</v>
       </c>
       <c r="G328" t="s">
-        <v>3941</v>
+        <v>3946</v>
       </c>
       <c r="H328" t="s">
-        <v>3942</v>
+        <v>3947</v>
       </c>
       <c r="I328" t="s">
-        <v>3943</v>
+        <v>3948</v>
       </c>
       <c r="J328" t="s">
-        <v>876</v>
+        <v>1025</v>
       </c>
       <c r="K328" t="s">
-        <v>3944</v>
+        <v>3949</v>
       </c>
       <c r="L328" t="s">
-        <v>3945</v>
-[...11 lines deleted...]
-        <v>3949</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B329" t="s">
-        <v>3950</v>
+        <v>3951</v>
       </c>
       <c r="C329" t="s">
         <v>13</v>
       </c>
       <c r="D329" t="s">
         <v>13</v>
       </c>
       <c r="E329" t="s">
-        <v>3940</v>
+        <v>3952</v>
       </c>
       <c r="F329" t="s">
         <v>13</v>
       </c>
       <c r="G329" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
       <c r="H329" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
       <c r="I329" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
       <c r="J329" t="s">
-        <v>2437</v>
+        <v>1390</v>
       </c>
       <c r="K329" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
       <c r="L329" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
       <c r="M329" t="s">
-        <v>3956</v>
-[...2 lines deleted...]
-        <v>3957</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B330" t="s">
-        <v>3958</v>
+        <v>3959</v>
       </c>
       <c r="C330" t="s">
         <v>13</v>
       </c>
       <c r="D330" t="s">
         <v>13</v>
       </c>
       <c r="E330" t="s">
-        <v>3959</v>
+        <v>3960</v>
       </c>
       <c r="F330" t="s">
         <v>13</v>
       </c>
       <c r="G330" t="s">
-        <v>3960</v>
+        <v>3961</v>
       </c>
       <c r="H330" t="s">
-        <v>3961</v>
+        <v>3962</v>
       </c>
       <c r="I330" t="s">
-        <v>3962</v>
+        <v>3963</v>
       </c>
       <c r="J330" t="s">
-        <v>685</v>
+        <v>3964</v>
       </c>
       <c r="K330" t="s">
-        <v>3963</v>
-[...4 lines deleted...]
-      <c r="M330" t="s">
         <v>3965</v>
-      </c>
-[...10 lines deleted...]
-        <v>3969</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B331" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C331" t="s">
+        <v>13</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>3960</v>
+      </c>
+      <c r="F331" t="s">
+        <v>13</v>
+      </c>
+      <c r="G331" t="s">
+        <v>3967</v>
+      </c>
+      <c r="H331" t="s">
+        <v>3968</v>
+      </c>
+      <c r="I331" t="s">
+        <v>3969</v>
+      </c>
+      <c r="J331" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K331" t="s">
         <v>3970</v>
       </c>
-      <c r="C331" t="s">
-[...5 lines deleted...]
-      <c r="E331" t="s">
+      <c r="L331" t="s">
         <v>3971</v>
       </c>
-      <c r="F331" t="s">
-[...2 lines deleted...]
-      <c r="G331" t="s">
+      <c r="M331" t="s">
         <v>3972</v>
       </c>
-      <c r="H331" t="s">
+      <c r="N331" t="s">
         <v>3973</v>
       </c>
-      <c r="I331" t="s">
+      <c r="O331" t="s">
         <v>3974</v>
-      </c>
-[...28 lines deleted...]
-        <v>3983</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B332" t="s">
-        <v>3984</v>
+        <v>3975</v>
       </c>
       <c r="C332" t="s">
         <v>13</v>
       </c>
       <c r="D332" t="s">
         <v>13</v>
       </c>
       <c r="E332" t="s">
-        <v>3971</v>
+        <v>3976</v>
       </c>
       <c r="F332" t="s">
         <v>13</v>
       </c>
       <c r="G332" t="s">
-        <v>3985</v>
+        <v>3977</v>
       </c>
       <c r="H332" t="s">
-        <v>3986</v>
+        <v>3978</v>
       </c>
       <c r="I332" t="s">
-        <v>3987</v>
+        <v>3979</v>
       </c>
       <c r="J332" t="s">
-        <v>3988</v>
+        <v>2758</v>
       </c>
       <c r="K332" t="s">
-        <v>3989</v>
-[...20 lines deleted...]
-        <v>3996</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B333" t="s">
-        <v>3997</v>
+        <v>3981</v>
       </c>
       <c r="C333" t="s">
         <v>13</v>
       </c>
       <c r="D333" t="s">
         <v>13</v>
       </c>
       <c r="E333" t="s">
-        <v>3971</v>
+        <v>3982</v>
       </c>
       <c r="F333" t="s">
         <v>13</v>
       </c>
       <c r="G333" t="s">
-        <v>3998</v>
+        <v>3983</v>
       </c>
       <c r="H333" t="s">
-        <v>3999</v>
+        <v>3984</v>
       </c>
       <c r="I333" t="s">
-        <v>4000</v>
+        <v>3985</v>
       </c>
       <c r="J333" t="s">
-        <v>3065</v>
+        <v>3986</v>
       </c>
       <c r="K333" t="s">
-        <v>4001</v>
+        <v>3987</v>
       </c>
       <c r="L333" t="s">
-        <v>4002</v>
+        <v>3988</v>
       </c>
       <c r="M333" t="s">
-        <v>4003</v>
+        <v>3989</v>
       </c>
       <c r="N333" t="s">
-        <v>4004</v>
+        <v>3990</v>
       </c>
       <c r="O333" t="s">
-        <v>4005</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B334" t="s">
-        <v>4006</v>
+        <v>3992</v>
       </c>
       <c r="C334" t="s">
         <v>13</v>
       </c>
       <c r="D334" t="s">
         <v>13</v>
       </c>
       <c r="E334" t="s">
-        <v>4007</v>
+        <v>3993</v>
       </c>
       <c r="F334" t="s">
         <v>13</v>
       </c>
       <c r="G334" t="s">
-        <v>4008</v>
+        <v>3994</v>
       </c>
       <c r="H334" t="s">
-        <v>4009</v>
+        <v>3995</v>
       </c>
       <c r="I334" t="s">
-        <v>4010</v>
+        <v>3996</v>
       </c>
       <c r="J334" t="s">
-        <v>3234</v>
+        <v>994</v>
       </c>
       <c r="K334" t="s">
-        <v>4011</v>
+        <v>3997</v>
       </c>
       <c r="L334" t="s">
-        <v>4012</v>
+        <v>3998</v>
+      </c>
+      <c r="M334" t="s">
+        <v>3999</v>
+      </c>
+      <c r="N334" t="s">
+        <v>4000</v>
+      </c>
+      <c r="O334" t="s">
+        <v>4001</v>
+      </c>
+      <c r="P334" t="s">
+        <v>4002</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B335" t="s">
-        <v>4013</v>
+        <v>4003</v>
       </c>
       <c r="C335" t="s">
         <v>13</v>
       </c>
       <c r="D335" t="s">
         <v>13</v>
       </c>
       <c r="E335" t="s">
-        <v>4014</v>
+        <v>3993</v>
       </c>
       <c r="F335" t="s">
         <v>13</v>
       </c>
       <c r="G335" t="s">
-        <v>4015</v>
+        <v>4004</v>
       </c>
       <c r="H335" t="s">
-        <v>4016</v>
+        <v>4005</v>
       </c>
       <c r="I335" t="s">
-        <v>4017</v>
+        <v>4006</v>
       </c>
       <c r="J335" t="s">
-        <v>4018</v>
+        <v>2490</v>
       </c>
       <c r="K335" t="s">
-        <v>4019</v>
+        <v>4007</v>
       </c>
       <c r="L335" t="s">
-        <v>4020</v>
+        <v>4008</v>
+      </c>
+      <c r="M335" t="s">
+        <v>4009</v>
+      </c>
+      <c r="N335" t="s">
+        <v>4010</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B336" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C336" t="s">
+        <v>13</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>4012</v>
+      </c>
+      <c r="F336" t="s">
+        <v>13</v>
+      </c>
+      <c r="G336" t="s">
+        <v>4013</v>
+      </c>
+      <c r="H336" t="s">
+        <v>4014</v>
+      </c>
+      <c r="I336" t="s">
+        <v>4015</v>
+      </c>
+      <c r="J336" t="s">
+        <v>443</v>
+      </c>
+      <c r="K336" t="s">
+        <v>4016</v>
+      </c>
+      <c r="L336" t="s">
+        <v>4017</v>
+      </c>
+      <c r="M336" t="s">
+        <v>4018</v>
+      </c>
+      <c r="N336" t="s">
+        <v>4019</v>
+      </c>
+      <c r="O336" t="s">
+        <v>4020</v>
+      </c>
+      <c r="P336" t="s">
         <v>4021</v>
       </c>
-      <c r="C336" t="s">
-[...5 lines deleted...]
-      <c r="E336" t="s">
+      <c r="Q336" t="s">
         <v>4022</v>
-      </c>
-[...16 lines deleted...]
-        <v>4026</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B337" t="s">
+        <v>4023</v>
+      </c>
+      <c r="C337" t="s">
+        <v>13</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>4024</v>
+      </c>
+      <c r="F337" t="s">
+        <v>13</v>
+      </c>
+      <c r="G337" t="s">
+        <v>4025</v>
+      </c>
+      <c r="H337" t="s">
+        <v>4026</v>
+      </c>
+      <c r="I337" t="s">
         <v>4027</v>
       </c>
-      <c r="C337" t="s">
-[...5 lines deleted...]
-      <c r="E337" t="s">
+      <c r="J337" t="s">
+        <v>2481</v>
+      </c>
+      <c r="K337" t="s">
         <v>4028</v>
       </c>
-      <c r="F337" t="s">
-[...2 lines deleted...]
-      <c r="G337" t="s">
+      <c r="L337" t="s">
         <v>4029</v>
       </c>
-      <c r="H337" t="s">
+      <c r="M337" t="s">
         <v>4030</v>
       </c>
-      <c r="I337" t="s">
+      <c r="N337" t="s">
         <v>4031</v>
       </c>
-      <c r="J337" t="s">
-[...2 lines deleted...]
-      <c r="K337" t="s">
+      <c r="O337" t="s">
         <v>4032</v>
       </c>
-      <c r="L337" t="s">
+      <c r="P337" t="s">
         <v>4033</v>
       </c>
-      <c r="M337" t="s">
+      <c r="Q337" t="s">
         <v>4034</v>
       </c>
-      <c r="N337" t="s">
+      <c r="R337" t="s">
         <v>4035</v>
       </c>
-      <c r="O337" t="s">
+      <c r="S337" t="s">
         <v>4036</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B338" t="s">
         <v>4037</v>
       </c>
       <c r="C338" t="s">
         <v>13</v>
       </c>
       <c r="D338" t="s">
         <v>13</v>
       </c>
       <c r="E338" t="s">
-        <v>4028</v>
+        <v>4024</v>
       </c>
       <c r="F338" t="s">
         <v>13</v>
       </c>
       <c r="G338" t="s">
         <v>4038</v>
       </c>
       <c r="H338" t="s">
         <v>4039</v>
       </c>
       <c r="I338" t="s">
         <v>4040</v>
       </c>
       <c r="J338" t="s">
-        <v>907</v>
+        <v>4041</v>
       </c>
       <c r="K338" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
       <c r="L338" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
       <c r="M338" t="s">
-        <v>4043</v>
+        <v>4044</v>
+      </c>
+      <c r="N338" t="s">
+        <v>4045</v>
+      </c>
+      <c r="O338" t="s">
+        <v>4046</v>
+      </c>
+      <c r="P338" t="s">
+        <v>4047</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>4048</v>
+      </c>
+      <c r="R338" t="s">
+        <v>4049</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B339" t="s">
-        <v>4044</v>
+        <v>4050</v>
       </c>
       <c r="C339" t="s">
         <v>13</v>
       </c>
       <c r="D339" t="s">
         <v>13</v>
       </c>
       <c r="E339" t="s">
-        <v>4045</v>
+        <v>4024</v>
       </c>
       <c r="F339" t="s">
         <v>13</v>
       </c>
       <c r="G339" t="s">
-        <v>4046</v>
+        <v>4051</v>
       </c>
       <c r="H339" t="s">
-        <v>4047</v>
+        <v>4052</v>
       </c>
       <c r="I339" t="s">
-        <v>4048</v>
+        <v>4053</v>
       </c>
       <c r="J339" t="s">
-        <v>4049</v>
+        <v>3118</v>
       </c>
       <c r="K339" t="s">
-        <v>4050</v>
+        <v>4054</v>
       </c>
       <c r="L339" t="s">
-        <v>4051</v>
+        <v>4055</v>
       </c>
       <c r="M339" t="s">
-        <v>4052</v>
+        <v>4056</v>
+      </c>
+      <c r="N339" t="s">
+        <v>4057</v>
+      </c>
+      <c r="O339" t="s">
+        <v>4058</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B340" t="s">
-        <v>4053</v>
+        <v>4059</v>
       </c>
       <c r="C340" t="s">
         <v>13</v>
       </c>
       <c r="D340" t="s">
         <v>13</v>
       </c>
       <c r="E340" t="s">
-        <v>4054</v>
+        <v>4060</v>
       </c>
       <c r="F340" t="s">
         <v>13</v>
       </c>
       <c r="G340" t="s">
-        <v>4055</v>
+        <v>4061</v>
       </c>
       <c r="H340" t="s">
-        <v>4056</v>
+        <v>4062</v>
       </c>
       <c r="I340" t="s">
-        <v>4057</v>
+        <v>4063</v>
       </c>
       <c r="J340" t="s">
-        <v>930</v>
+        <v>3287</v>
       </c>
       <c r="K340" t="s">
-        <v>4058</v>
+        <v>4064</v>
       </c>
       <c r="L340" t="s">
-        <v>4059</v>
-[...8 lines deleted...]
-        <v>4062</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B341" t="s">
-        <v>4063</v>
+        <v>4066</v>
       </c>
       <c r="C341" t="s">
         <v>13</v>
       </c>
       <c r="D341" t="s">
         <v>13</v>
       </c>
       <c r="E341" t="s">
-        <v>4064</v>
+        <v>4067</v>
       </c>
       <c r="F341" t="s">
         <v>13</v>
       </c>
       <c r="G341" t="s">
-        <v>4065</v>
+        <v>4068</v>
       </c>
       <c r="H341" t="s">
-        <v>4066</v>
+        <v>4069</v>
       </c>
       <c r="I341" t="s">
-        <v>4067</v>
+        <v>4070</v>
       </c>
       <c r="J341" t="s">
-        <v>1998</v>
+        <v>4071</v>
       </c>
       <c r="K341" t="s">
-        <v>4068</v>
+        <v>4072</v>
       </c>
       <c r="L341" t="s">
-        <v>4069</v>
-[...10 lines deleted...]
-      <c r="P341" t="s">
         <v>4073</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>4074</v>
       </c>
       <c r="C342" t="s">
         <v>13</v>
       </c>
       <c r="D342" t="s">
         <v>13</v>
       </c>
       <c r="E342" t="s">
         <v>4075</v>
       </c>
       <c r="F342" t="s">
         <v>13</v>
       </c>
       <c r="G342" t="s">
         <v>4076</v>
       </c>
       <c r="H342" t="s">
         <v>4077</v>
       </c>
       <c r="I342" t="s">
         <v>4078</v>
       </c>
       <c r="J342" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K342" t="s">
         <v>4079</v>
-      </c>
-[...10 lines deleted...]
-        <v>4083</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
+        <v>341</v>
+      </c>
+      <c r="B343" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C343" t="s">
+        <v>13</v>
+      </c>
+      <c r="D343" t="s">
+        <v>13</v>
+      </c>
+      <c r="E343" t="s">
+        <v>4081</v>
+      </c>
+      <c r="F343" t="s">
+        <v>13</v>
+      </c>
+      <c r="G343" t="s">
+        <v>4082</v>
+      </c>
+      <c r="H343" t="s">
+        <v>4083</v>
+      </c>
+      <c r="I343" t="s">
+        <v>4084</v>
+      </c>
+      <c r="J343" t="s">
         <v>347</v>
       </c>
-      <c r="B343" t="s">
-[...8 lines deleted...]
-      <c r="E343" t="s">
+      <c r="K343" t="s">
         <v>4085</v>
       </c>
-      <c r="F343" t="s">
-[...2 lines deleted...]
-      <c r="G343" t="s">
+      <c r="L343" t="s">
         <v>4086</v>
       </c>
-      <c r="H343" t="s">
+      <c r="M343" t="s">
         <v>4087</v>
       </c>
-      <c r="I343" t="s">
+      <c r="N343" t="s">
         <v>4088</v>
       </c>
-      <c r="J343" t="s">
-[...2 lines deleted...]
-      <c r="K343" t="s">
+      <c r="O343" t="s">
         <v>4089</v>
-      </c>
-[...10 lines deleted...]
-        <v>4093</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B344" t="s">
+        <v>4090</v>
+      </c>
+      <c r="C344" t="s">
+        <v>13</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
+        <v>4081</v>
+      </c>
+      <c r="F344" t="s">
+        <v>13</v>
+      </c>
+      <c r="G344" t="s">
+        <v>4091</v>
+      </c>
+      <c r="H344" t="s">
+        <v>4092</v>
+      </c>
+      <c r="I344" t="s">
+        <v>4093</v>
+      </c>
+      <c r="J344" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K344" t="s">
         <v>4094</v>
       </c>
-      <c r="C344" t="s">
-[...11 lines deleted...]
-      <c r="G344" t="s">
+      <c r="L344" t="s">
         <v>4095</v>
       </c>
-      <c r="H344" t="s">
+      <c r="M344" t="s">
         <v>4096</v>
-      </c>
-[...7 lines deleted...]
-        <v>4098</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B345" t="s">
+        <v>4097</v>
+      </c>
+      <c r="C345" t="s">
+        <v>13</v>
+      </c>
+      <c r="D345" t="s">
+        <v>13</v>
+      </c>
+      <c r="E345" t="s">
+        <v>4098</v>
+      </c>
+      <c r="F345" t="s">
+        <v>13</v>
+      </c>
+      <c r="G345" t="s">
         <v>4099</v>
       </c>
-      <c r="C345" t="s">
-[...5 lines deleted...]
-      <c r="E345" t="s">
+      <c r="H345" t="s">
         <v>4100</v>
       </c>
-      <c r="F345" t="s">
-[...2 lines deleted...]
-      <c r="G345" t="s">
+      <c r="I345" t="s">
         <v>4101</v>
       </c>
-      <c r="H345" t="s">
+      <c r="J345" t="s">
         <v>4102</v>
       </c>
-      <c r="I345" t="s">
+      <c r="K345" t="s">
         <v>4103</v>
       </c>
-      <c r="J345" t="s">
-[...2 lines deleted...]
-      <c r="K345" t="s">
+      <c r="L345" t="s">
         <v>4104</v>
       </c>
-      <c r="L345" t="s">
+      <c r="M345" t="s">
         <v>4105</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B346" t="s">
         <v>4106</v>
       </c>
       <c r="C346" t="s">
         <v>13</v>
       </c>
       <c r="D346" t="s">
         <v>13</v>
       </c>
       <c r="E346" t="s">
-        <v>4100</v>
+        <v>4107</v>
       </c>
       <c r="F346" t="s">
         <v>13</v>
       </c>
       <c r="G346" t="s">
-        <v>4107</v>
+        <v>4108</v>
       </c>
       <c r="H346" t="s">
-        <v>4108</v>
+        <v>4109</v>
       </c>
       <c r="I346" t="s">
-        <v>4109</v>
+        <v>4110</v>
       </c>
       <c r="J346" t="s">
-        <v>4110</v>
+        <v>1048</v>
       </c>
       <c r="K346" t="s">
         <v>4111</v>
       </c>
+      <c r="L346" t="s">
+        <v>4112</v>
+      </c>
+      <c r="M346" t="s">
+        <v>4113</v>
+      </c>
+      <c r="N346" t="s">
+        <v>4114</v>
+      </c>
+      <c r="O346" t="s">
+        <v>4115</v>
+      </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B347" t="s">
-        <v>4112</v>
+        <v>4116</v>
       </c>
       <c r="C347" t="s">
         <v>13</v>
       </c>
       <c r="D347" t="s">
         <v>13</v>
       </c>
       <c r="E347" t="s">
-        <v>4113</v>
+        <v>4117</v>
       </c>
       <c r="F347" t="s">
         <v>13</v>
       </c>
       <c r="G347" t="s">
-        <v>4114</v>
+        <v>4118</v>
       </c>
       <c r="H347" t="s">
-        <v>4115</v>
+        <v>4119</v>
       </c>
       <c r="I347" t="s">
-        <v>4116</v>
+        <v>4120</v>
       </c>
       <c r="J347" t="s">
-        <v>1000</v>
+        <v>491</v>
       </c>
       <c r="K347" t="s">
-        <v>4117</v>
+        <v>4121</v>
       </c>
       <c r="L347" t="s">
-        <v>4118</v>
+        <v>4122</v>
       </c>
       <c r="M347" t="s">
-        <v>4119</v>
+        <v>4123</v>
       </c>
       <c r="N347" t="s">
-        <v>4120</v>
+        <v>4124</v>
+      </c>
+      <c r="O347" t="s">
+        <v>4125</v>
+      </c>
+      <c r="P347" t="s">
+        <v>4126</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B348" t="s">
-        <v>4121</v>
+        <v>4127</v>
       </c>
       <c r="C348" t="s">
         <v>13</v>
       </c>
       <c r="D348" t="s">
         <v>13</v>
       </c>
       <c r="E348" t="s">
-        <v>4122</v>
+        <v>4128</v>
       </c>
       <c r="F348" t="s">
         <v>13</v>
       </c>
       <c r="G348" t="s">
-        <v>4123</v>
+        <v>4129</v>
       </c>
       <c r="H348" t="s">
-        <v>4124</v>
+        <v>4130</v>
       </c>
       <c r="I348" t="s">
-        <v>4125</v>
+        <v>4131</v>
       </c>
       <c r="J348" t="s">
-        <v>4126</v>
+        <v>4132</v>
       </c>
       <c r="K348" t="s">
-        <v>4127</v>
+        <v>4133</v>
+      </c>
+      <c r="L348" t="s">
+        <v>4134</v>
+      </c>
+      <c r="M348" t="s">
+        <v>4135</v>
+      </c>
+      <c r="N348" t="s">
+        <v>4136</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B349" t="s">
-        <v>4128</v>
+        <v>4137</v>
       </c>
       <c r="C349" t="s">
         <v>13</v>
       </c>
       <c r="D349" t="s">
         <v>13</v>
       </c>
       <c r="E349" t="s">
-        <v>4129</v>
+        <v>4138</v>
       </c>
       <c r="F349" t="s">
         <v>13</v>
       </c>
       <c r="G349" t="s">
-        <v>4130</v>
+        <v>4139</v>
       </c>
       <c r="H349" t="s">
-        <v>4131</v>
+        <v>4140</v>
       </c>
       <c r="I349" t="s">
-        <v>4132</v>
+        <v>4141</v>
       </c>
       <c r="J349" t="s">
-        <v>3065</v>
+        <v>1781</v>
       </c>
       <c r="K349" t="s">
-        <v>4133</v>
+        <v>4142</v>
       </c>
       <c r="L349" t="s">
-        <v>4134</v>
+        <v>4143</v>
       </c>
       <c r="M349" t="s">
-        <v>4135</v>
+        <v>4144</v>
       </c>
       <c r="N349" t="s">
-        <v>4136</v>
+        <v>4145</v>
       </c>
       <c r="O349" t="s">
-        <v>4137</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B350" t="s">
-        <v>4138</v>
+        <v>4147</v>
       </c>
       <c r="C350" t="s">
         <v>13</v>
       </c>
       <c r="D350" t="s">
         <v>13</v>
       </c>
       <c r="E350" t="s">
-        <v>4139</v>
+        <v>3960</v>
       </c>
       <c r="F350" t="s">
         <v>13</v>
       </c>
       <c r="G350" t="s">
-        <v>4140</v>
+        <v>4148</v>
       </c>
       <c r="H350" t="s">
-        <v>4141</v>
+        <v>4149</v>
       </c>
       <c r="I350" t="s">
-        <v>4142</v>
+        <v>4150</v>
       </c>
       <c r="J350" t="s">
-        <v>353</v>
+        <v>631</v>
       </c>
       <c r="K350" t="s">
-        <v>4143</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B351" t="s">
-        <v>4144</v>
+        <v>4152</v>
       </c>
       <c r="C351" t="s">
         <v>13</v>
       </c>
       <c r="D351" t="s">
         <v>13</v>
       </c>
       <c r="E351" t="s">
-        <v>4145</v>
+        <v>4153</v>
       </c>
       <c r="F351" t="s">
         <v>13</v>
       </c>
       <c r="G351" t="s">
-        <v>4146</v>
+        <v>4154</v>
       </c>
       <c r="H351" t="s">
-        <v>4147</v>
+        <v>4155</v>
       </c>
       <c r="I351" t="s">
-        <v>4148</v>
+        <v>4156</v>
       </c>
       <c r="J351" t="s">
-        <v>4149</v>
+        <v>733</v>
       </c>
       <c r="K351" t="s">
-        <v>4150</v>
+        <v>4157</v>
       </c>
       <c r="L351" t="s">
-        <v>4151</v>
-[...8 lines deleted...]
-        <v>4154</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B352" t="s">
-        <v>4155</v>
+        <v>4159</v>
       </c>
       <c r="C352" t="s">
         <v>13</v>
       </c>
       <c r="D352" t="s">
         <v>13</v>
       </c>
       <c r="E352" t="s">
-        <v>4145</v>
+        <v>4153</v>
       </c>
       <c r="F352" t="s">
         <v>13</v>
       </c>
       <c r="G352" t="s">
-        <v>4156</v>
+        <v>4160</v>
       </c>
       <c r="H352" t="s">
-        <v>4157</v>
+        <v>4161</v>
       </c>
       <c r="I352" t="s">
-        <v>4158</v>
+        <v>4162</v>
       </c>
       <c r="J352" t="s">
-        <v>1284</v>
+        <v>4163</v>
       </c>
       <c r="K352" t="s">
-        <v>4159</v>
-[...8 lines deleted...]
-        <v>4162</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B353" t="s">
-        <v>4163</v>
+        <v>4165</v>
       </c>
       <c r="C353" t="s">
         <v>13</v>
       </c>
       <c r="D353" t="s">
         <v>13</v>
       </c>
       <c r="E353" t="s">
-        <v>4164</v>
+        <v>4166</v>
       </c>
       <c r="F353" t="s">
         <v>13</v>
       </c>
       <c r="G353" t="s">
-        <v>4165</v>
+        <v>4167</v>
       </c>
       <c r="H353" t="s">
-        <v>4166</v>
+        <v>4168</v>
       </c>
       <c r="I353" t="s">
-        <v>684</v>
+        <v>4169</v>
       </c>
       <c r="J353" t="s">
-        <v>4167</v>
+        <v>523</v>
       </c>
       <c r="K353" t="s">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="L353" t="s">
-        <v>4169</v>
+        <v>4171</v>
       </c>
       <c r="M353" t="s">
-        <v>4170</v>
+        <v>4172</v>
       </c>
       <c r="N353" t="s">
-        <v>4171</v>
-[...4 lines deleted...]
-      <c r="P353" t="s">
         <v>4173</v>
-      </c>
-[...1 lines deleted...]
-        <v>4174</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B354" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C354" t="s">
+        <v>13</v>
+      </c>
+      <c r="D354" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" t="s">
         <v>4175</v>
       </c>
-      <c r="C354" t="s">
-[...5 lines deleted...]
-      <c r="E354" t="s">
+      <c r="F354" t="s">
+        <v>13</v>
+      </c>
+      <c r="G354" t="s">
         <v>4176</v>
       </c>
-      <c r="F354" t="s">
-[...2 lines deleted...]
-      <c r="G354" t="s">
+      <c r="H354" t="s">
         <v>4177</v>
       </c>
-      <c r="H354" t="s">
+      <c r="I354" t="s">
         <v>4178</v>
       </c>
-      <c r="I354" t="s">
+      <c r="J354" t="s">
         <v>4179</v>
       </c>
-      <c r="J354" t="s">
+      <c r="K354" t="s">
         <v>4180</v>
-      </c>
-[...1 lines deleted...]
-        <v>4181</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B355" t="s">
+        <v>4181</v>
+      </c>
+      <c r="C355" t="s">
+        <v>13</v>
+      </c>
+      <c r="D355" t="s">
+        <v>13</v>
+      </c>
+      <c r="E355" t="s">
         <v>4182</v>
       </c>
-      <c r="C355" t="s">
-[...5 lines deleted...]
-      <c r="E355" t="s">
+      <c r="F355" t="s">
+        <v>13</v>
+      </c>
+      <c r="G355" t="s">
         <v>4183</v>
       </c>
-      <c r="F355" t="s">
-[...2 lines deleted...]
-      <c r="G355" t="s">
+      <c r="H355" t="s">
         <v>4184</v>
       </c>
-      <c r="H355" t="s">
+      <c r="I355" t="s">
         <v>4185</v>
       </c>
-      <c r="I355" t="s">
+      <c r="J355" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K355" t="s">
         <v>4186</v>
       </c>
-      <c r="J355" t="s">
+      <c r="L355" t="s">
         <v>4187</v>
       </c>
-      <c r="K355" t="s">
+      <c r="M355" t="s">
         <v>4188</v>
+      </c>
+      <c r="N355" t="s">
+        <v>4189</v>
+      </c>
+      <c r="O355" t="s">
+        <v>4190</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B356" t="s">
-        <v>4189</v>
+        <v>4191</v>
       </c>
       <c r="C356" t="s">
         <v>13</v>
       </c>
       <c r="D356" t="s">
         <v>13</v>
       </c>
       <c r="E356" t="s">
-        <v>4190</v>
+        <v>4192</v>
       </c>
       <c r="F356" t="s">
         <v>13</v>
       </c>
       <c r="G356" t="s">
-        <v>4191</v>
+        <v>4193</v>
       </c>
       <c r="H356" t="s">
-        <v>4192</v>
+        <v>4194</v>
       </c>
       <c r="I356" t="s">
-        <v>4193</v>
+        <v>4195</v>
       </c>
       <c r="J356" t="s">
-        <v>4194</v>
+        <v>535</v>
       </c>
       <c r="K356" t="s">
-        <v>4195</v>
-[...1 lines deleted...]
-      <c r="L356" t="s">
         <v>4196</v>
-      </c>
-[...7 lines deleted...]
-        <v>4199</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B357" t="s">
+        <v>4197</v>
+      </c>
+      <c r="C357" t="s">
+        <v>13</v>
+      </c>
+      <c r="D357" t="s">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s">
+        <v>4198</v>
+      </c>
+      <c r="F357" t="s">
+        <v>13</v>
+      </c>
+      <c r="G357" t="s">
+        <v>4199</v>
+      </c>
+      <c r="H357" t="s">
         <v>4200</v>
       </c>
-      <c r="C357" t="s">
-[...5 lines deleted...]
-      <c r="E357" t="s">
+      <c r="I357" t="s">
         <v>4201</v>
       </c>
-      <c r="F357" t="s">
-[...2 lines deleted...]
-      <c r="G357" t="s">
+      <c r="J357" t="s">
         <v>4202</v>
       </c>
-      <c r="H357" t="s">
+      <c r="K357" t="s">
         <v>4203</v>
       </c>
-      <c r="I357" t="s">
+      <c r="L357" t="s">
         <v>4204</v>
       </c>
-      <c r="J357" t="s">
-[...2 lines deleted...]
-      <c r="K357" t="s">
+      <c r="M357" t="s">
         <v>4205</v>
+      </c>
+      <c r="N357" t="s">
+        <v>4206</v>
+      </c>
+      <c r="O357" t="s">
+        <v>4207</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B358" t="s">
-        <v>4206</v>
+        <v>4208</v>
       </c>
       <c r="C358" t="s">
         <v>13</v>
       </c>
       <c r="D358" t="s">
         <v>13</v>
       </c>
       <c r="E358" t="s">
-        <v>4207</v>
+        <v>4198</v>
       </c>
       <c r="F358" t="s">
         <v>13</v>
       </c>
       <c r="G358" t="s">
-        <v>4208</v>
+        <v>4209</v>
       </c>
       <c r="H358" t="s">
-        <v>4209</v>
+        <v>4210</v>
       </c>
       <c r="I358" t="s">
-        <v>4210</v>
+        <v>4211</v>
       </c>
       <c r="J358" t="s">
-        <v>3234</v>
+        <v>459</v>
       </c>
       <c r="K358" t="s">
-        <v>4211</v>
+        <v>4212</v>
+      </c>
+      <c r="L358" t="s">
+        <v>4213</v>
+      </c>
+      <c r="M358" t="s">
+        <v>4214</v>
+      </c>
+      <c r="N358" t="s">
+        <v>4215</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B359" t="s">
-        <v>4212</v>
+        <v>4216</v>
       </c>
       <c r="C359" t="s">
         <v>13</v>
       </c>
       <c r="D359" t="s">
         <v>13</v>
       </c>
       <c r="E359" t="s">
-        <v>4213</v>
+        <v>4217</v>
       </c>
       <c r="F359" t="s">
         <v>13</v>
       </c>
       <c r="G359" t="s">
-        <v>4214</v>
+        <v>4218</v>
       </c>
       <c r="H359" t="s">
-        <v>4215</v>
+        <v>4219</v>
       </c>
       <c r="I359" t="s">
-        <v>4216</v>
+        <v>805</v>
       </c>
       <c r="J359" t="s">
-        <v>1679</v>
+        <v>4220</v>
       </c>
       <c r="K359" t="s">
-        <v>4217</v>
+        <v>4221</v>
       </c>
       <c r="L359" t="s">
-        <v>4218</v>
+        <v>4222</v>
       </c>
       <c r="M359" t="s">
-        <v>4219</v>
+        <v>4223</v>
       </c>
       <c r="N359" t="s">
-        <v>4220</v>
+        <v>4224</v>
+      </c>
+      <c r="O359" t="s">
+        <v>4225</v>
+      </c>
+      <c r="P359" t="s">
+        <v>4226</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>4227</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B360" t="s">
-        <v>4221</v>
+        <v>4228</v>
       </c>
       <c r="C360" t="s">
         <v>13</v>
       </c>
       <c r="D360" t="s">
         <v>13</v>
       </c>
       <c r="E360" t="s">
-        <v>4222</v>
+        <v>4229</v>
       </c>
       <c r="F360" t="s">
         <v>13</v>
       </c>
       <c r="G360" t="s">
-        <v>4223</v>
+        <v>4230</v>
       </c>
       <c r="H360" t="s">
-        <v>4224</v>
+        <v>4231</v>
       </c>
       <c r="I360" t="s">
-        <v>4225</v>
+        <v>4232</v>
       </c>
       <c r="J360" t="s">
-        <v>353</v>
+        <v>4233</v>
       </c>
       <c r="K360" t="s">
-        <v>4226</v>
-[...17 lines deleted...]
-        <v>4232</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B361" t="s">
-        <v>4233</v>
+        <v>4235</v>
       </c>
       <c r="C361" t="s">
         <v>13</v>
       </c>
       <c r="D361" t="s">
         <v>13</v>
       </c>
       <c r="E361" t="s">
-        <v>4234</v>
+        <v>4236</v>
       </c>
       <c r="F361" t="s">
         <v>13</v>
       </c>
       <c r="G361" t="s">
-        <v>4235</v>
+        <v>4237</v>
       </c>
       <c r="H361" t="s">
-        <v>4236</v>
+        <v>4238</v>
       </c>
       <c r="I361" t="s">
-        <v>4237</v>
+        <v>4239</v>
       </c>
       <c r="J361" t="s">
-        <v>685</v>
+        <v>4240</v>
       </c>
       <c r="K361" t="s">
-        <v>4238</v>
-[...7 lines deleted...]
-      <c r="N361" t="s">
         <v>4241</v>
-      </c>
-[...7 lines deleted...]
-        <v>4244</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B362" t="s">
+        <v>4242</v>
+      </c>
+      <c r="C362" t="s">
+        <v>13</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
+        <v>4243</v>
+      </c>
+      <c r="F362" t="s">
+        <v>13</v>
+      </c>
+      <c r="G362" t="s">
+        <v>4244</v>
+      </c>
+      <c r="H362" t="s">
         <v>4245</v>
       </c>
-      <c r="C362" t="s">
-[...5 lines deleted...]
-      <c r="E362" t="s">
+      <c r="I362" t="s">
         <v>4246</v>
       </c>
-      <c r="F362" t="s">
-[...2 lines deleted...]
-      <c r="G362" t="s">
+      <c r="J362" t="s">
         <v>4247</v>
       </c>
-      <c r="H362" t="s">
+      <c r="K362" t="s">
         <v>4248</v>
       </c>
-      <c r="I362" t="s">
+      <c r="L362" t="s">
         <v>4249</v>
       </c>
-      <c r="J362" t="s">
-[...2 lines deleted...]
-      <c r="K362" t="s">
+      <c r="M362" t="s">
         <v>4250</v>
       </c>
-      <c r="L362" t="s">
+      <c r="N362" t="s">
         <v>4251</v>
       </c>
-      <c r="M362" t="s">
+      <c r="O362" t="s">
         <v>4252</v>
-      </c>
-[...1 lines deleted...]
-        <v>4253</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B363" t="s">
+        <v>4253</v>
+      </c>
+      <c r="C363" t="s">
+        <v>13</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+      <c r="E363" t="s">
         <v>4254</v>
       </c>
-      <c r="C363" t="s">
-[...5 lines deleted...]
-      <c r="E363" t="s">
+      <c r="F363" t="s">
+        <v>13</v>
+      </c>
+      <c r="G363" t="s">
         <v>4255</v>
       </c>
-      <c r="F363" t="s">
-[...2 lines deleted...]
-      <c r="G363" t="s">
+      <c r="H363" t="s">
         <v>4256</v>
       </c>
-      <c r="H363" t="s">
+      <c r="I363" t="s">
         <v>4257</v>
       </c>
-      <c r="I363" t="s">
+      <c r="J363" t="s">
+        <v>1025</v>
+      </c>
+      <c r="K363" t="s">
         <v>4258</v>
-      </c>
-[...19 lines deleted...]
-        <v>4264</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B364" t="s">
-        <v>4265</v>
+        <v>4259</v>
       </c>
       <c r="C364" t="s">
         <v>13</v>
       </c>
       <c r="D364" t="s">
         <v>13</v>
       </c>
       <c r="E364" t="s">
-        <v>4266</v>
+        <v>4260</v>
       </c>
       <c r="F364" t="s">
         <v>13</v>
       </c>
       <c r="G364" t="s">
-        <v>4267</v>
+        <v>4261</v>
       </c>
       <c r="H364" t="s">
-        <v>4268</v>
+        <v>4262</v>
       </c>
       <c r="I364" t="s">
-        <v>4269</v>
+        <v>4263</v>
       </c>
       <c r="J364" t="s">
-        <v>930</v>
+        <v>3287</v>
       </c>
       <c r="K364" t="s">
-        <v>4270</v>
-[...2 lines deleted...]
-        <v>4271</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B365" t="s">
+        <v>4265</v>
+      </c>
+      <c r="C365" t="s">
+        <v>13</v>
+      </c>
+      <c r="D365" t="s">
+        <v>13</v>
+      </c>
+      <c r="E365" t="s">
+        <v>4266</v>
+      </c>
+      <c r="F365" t="s">
+        <v>13</v>
+      </c>
+      <c r="G365" t="s">
+        <v>4267</v>
+      </c>
+      <c r="H365" t="s">
+        <v>4268</v>
+      </c>
+      <c r="I365" t="s">
+        <v>4269</v>
+      </c>
+      <c r="J365" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K365" t="s">
+        <v>4270</v>
+      </c>
+      <c r="L365" t="s">
+        <v>4271</v>
+      </c>
+      <c r="M365" t="s">
         <v>4272</v>
       </c>
-      <c r="C365" t="s">
-[...5 lines deleted...]
-      <c r="E365" t="s">
+      <c r="N365" t="s">
         <v>4273</v>
-      </c>
-[...25 lines deleted...]
-        <v>4280</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B366" t="s">
+        <v>4274</v>
+      </c>
+      <c r="C366" t="s">
+        <v>13</v>
+      </c>
+      <c r="D366" t="s">
+        <v>13</v>
+      </c>
+      <c r="E366" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F366" t="s">
+        <v>13</v>
+      </c>
+      <c r="G366" t="s">
+        <v>4276</v>
+      </c>
+      <c r="H366" t="s">
+        <v>4277</v>
+      </c>
+      <c r="I366" t="s">
+        <v>4278</v>
+      </c>
+      <c r="J366" t="s">
+        <v>535</v>
+      </c>
+      <c r="K366" t="s">
+        <v>4279</v>
+      </c>
+      <c r="L366" t="s">
+        <v>4280</v>
+      </c>
+      <c r="M366" t="s">
         <v>4281</v>
       </c>
-      <c r="C366" t="s">
-[...5 lines deleted...]
-      <c r="E366" t="s">
+      <c r="N366" t="s">
         <v>4282</v>
       </c>
-      <c r="F366" t="s">
-[...2 lines deleted...]
-      <c r="G366" t="s">
+      <c r="O366" t="s">
         <v>4283</v>
       </c>
-      <c r="H366" t="s">
+      <c r="P366" t="s">
         <v>4284</v>
       </c>
-      <c r="I366" t="s">
+      <c r="Q366" t="s">
         <v>4285</v>
-      </c>
-[...4 lines deleted...]
-        <v>4286</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B367" t="s">
+        <v>4286</v>
+      </c>
+      <c r="C367" t="s">
+        <v>13</v>
+      </c>
+      <c r="D367" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" t="s">
         <v>4287</v>
       </c>
-      <c r="C367" t="s">
-[...5 lines deleted...]
-      <c r="E367" t="s">
+      <c r="F367" t="s">
+        <v>13</v>
+      </c>
+      <c r="G367" t="s">
         <v>4288</v>
       </c>
-      <c r="F367" t="s">
-[...2 lines deleted...]
-      <c r="G367" t="s">
+      <c r="H367" t="s">
         <v>4289</v>
       </c>
-      <c r="H367" t="s">
+      <c r="I367" t="s">
         <v>4290</v>
       </c>
-      <c r="I367" t="s">
+      <c r="J367" t="s">
+        <v>443</v>
+      </c>
+      <c r="K367" t="s">
         <v>4291</v>
       </c>
-      <c r="J367" t="s">
-[...2 lines deleted...]
-      <c r="K367" t="s">
+      <c r="L367" t="s">
         <v>4292</v>
+      </c>
+      <c r="M367" t="s">
+        <v>4293</v>
+      </c>
+      <c r="N367" t="s">
+        <v>4294</v>
+      </c>
+      <c r="O367" t="s">
+        <v>4295</v>
+      </c>
+      <c r="P367" t="s">
+        <v>4296</v>
+      </c>
+      <c r="Q367" t="s">
+        <v>4297</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B368" t="s">
-        <v>4293</v>
+        <v>4298</v>
       </c>
       <c r="C368" t="s">
         <v>13</v>
       </c>
       <c r="D368" t="s">
         <v>13</v>
       </c>
       <c r="E368" t="s">
-        <v>4294</v>
+        <v>4299</v>
       </c>
       <c r="F368" t="s">
         <v>13</v>
       </c>
       <c r="G368" t="s">
-        <v>4295</v>
+        <v>4300</v>
       </c>
       <c r="H368" t="s">
-        <v>4296</v>
+        <v>4301</v>
       </c>
       <c r="I368" t="s">
-        <v>1737</v>
+        <v>4302</v>
       </c>
       <c r="J368" t="s">
-        <v>1284</v>
+        <v>4132</v>
       </c>
       <c r="K368" t="s">
-        <v>4297</v>
+        <v>4303</v>
       </c>
       <c r="L368" t="s">
-        <v>4298</v>
+        <v>4304</v>
+      </c>
+      <c r="M368" t="s">
+        <v>4305</v>
+      </c>
+      <c r="N368" t="s">
+        <v>4306</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B369" t="s">
-        <v>4299</v>
+        <v>4307</v>
       </c>
       <c r="C369" t="s">
         <v>13</v>
       </c>
       <c r="D369" t="s">
         <v>13</v>
       </c>
       <c r="E369" t="s">
-        <v>4300</v>
+        <v>4308</v>
       </c>
       <c r="F369" t="s">
         <v>13</v>
       </c>
       <c r="G369" t="s">
-        <v>4301</v>
+        <v>4309</v>
       </c>
       <c r="H369" t="s">
-        <v>4302</v>
+        <v>4310</v>
       </c>
       <c r="I369" t="s">
-        <v>4303</v>
+        <v>4311</v>
       </c>
       <c r="J369" t="s">
-        <v>1167</v>
+        <v>491</v>
       </c>
       <c r="K369" t="s">
-        <v>4304</v>
+        <v>4312</v>
       </c>
       <c r="L369" t="s">
-        <v>4305</v>
+        <v>4313</v>
       </c>
       <c r="M369" t="s">
-        <v>4306</v>
+        <v>4314</v>
       </c>
       <c r="N369" t="s">
-        <v>4307</v>
+        <v>4315</v>
+      </c>
+      <c r="O369" t="s">
+        <v>4316</v>
+      </c>
+      <c r="P369" t="s">
+        <v>4317</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B370" t="s">
-        <v>4308</v>
+        <v>4318</v>
       </c>
       <c r="C370" t="s">
         <v>13</v>
       </c>
       <c r="D370" t="s">
         <v>13</v>
       </c>
       <c r="E370" t="s">
-        <v>4309</v>
+        <v>4319</v>
       </c>
       <c r="F370" t="s">
         <v>13</v>
       </c>
       <c r="G370" t="s">
-        <v>4310</v>
+        <v>4320</v>
       </c>
       <c r="H370" t="s">
-        <v>4311</v>
+        <v>4321</v>
       </c>
       <c r="I370" t="s">
-        <v>4312</v>
+        <v>4322</v>
       </c>
       <c r="J370" t="s">
-        <v>4313</v>
+        <v>1048</v>
       </c>
       <c r="K370" t="s">
-        <v>4314</v>
+        <v>4323</v>
       </c>
       <c r="L370" t="s">
-        <v>4315</v>
-[...5 lines deleted...]
-        <v>4317</v>
+        <v>4324</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B371" t="s">
-        <v>4318</v>
+        <v>4325</v>
       </c>
       <c r="C371" t="s">
         <v>13</v>
       </c>
       <c r="D371" t="s">
         <v>13</v>
       </c>
       <c r="E371" t="s">
-        <v>4319</v>
+        <v>4326</v>
       </c>
       <c r="F371" t="s">
         <v>13</v>
       </c>
       <c r="G371" t="s">
-        <v>4320</v>
+        <v>4327</v>
       </c>
       <c r="H371" t="s">
-        <v>4321</v>
+        <v>4328</v>
       </c>
       <c r="I371" t="s">
-        <v>4322</v>
+        <v>4329</v>
       </c>
       <c r="J371" t="s">
-        <v>4323</v>
+        <v>1740</v>
       </c>
       <c r="K371" t="s">
-        <v>4324</v>
+        <v>4330</v>
       </c>
       <c r="L371" t="s">
-        <v>4325</v>
+        <v>4331</v>
       </c>
       <c r="M371" t="s">
-        <v>4326</v>
+        <v>4332</v>
       </c>
       <c r="N371" t="s">
-        <v>4327</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B372" t="s">
-        <v>4328</v>
+        <v>4334</v>
       </c>
       <c r="C372" t="s">
         <v>13</v>
       </c>
       <c r="D372" t="s">
         <v>13</v>
       </c>
       <c r="E372" t="s">
-        <v>4329</v>
+        <v>4335</v>
       </c>
       <c r="F372" t="s">
         <v>13</v>
       </c>
       <c r="G372" t="s">
-        <v>4330</v>
+        <v>4336</v>
       </c>
       <c r="H372" t="s">
-        <v>4331</v>
+        <v>4337</v>
       </c>
       <c r="I372" t="s">
-        <v>4332</v>
+        <v>4338</v>
       </c>
       <c r="J372" t="s">
-        <v>461</v>
+        <v>1025</v>
       </c>
       <c r="K372" t="s">
-        <v>4333</v>
-[...14 lines deleted...]
-        <v>4338</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B373" t="s">
-        <v>4339</v>
+        <v>4340</v>
       </c>
       <c r="C373" t="s">
         <v>13</v>
       </c>
       <c r="D373" t="s">
         <v>13</v>
       </c>
       <c r="E373" t="s">
-        <v>4340</v>
+        <v>4341</v>
       </c>
       <c r="F373" t="s">
         <v>13</v>
       </c>
       <c r="G373" t="s">
-        <v>4341</v>
+        <v>4342</v>
       </c>
       <c r="H373" t="s">
-        <v>4342</v>
+        <v>4343</v>
       </c>
       <c r="I373" t="s">
-        <v>4343</v>
+        <v>4344</v>
       </c>
       <c r="J373" t="s">
-        <v>4344</v>
+        <v>1671</v>
       </c>
       <c r="K373" t="s">
         <v>4345</v>
       </c>
-      <c r="L373" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B374" t="s">
+        <v>4346</v>
+      </c>
+      <c r="C374" t="s">
+        <v>13</v>
+      </c>
+      <c r="D374" t="s">
+        <v>13</v>
+      </c>
+      <c r="E374" t="s">
         <v>4347</v>
       </c>
-      <c r="C374" t="s">
-[...5 lines deleted...]
-      <c r="E374" t="s">
+      <c r="F374" t="s">
+        <v>13</v>
+      </c>
+      <c r="G374" t="s">
         <v>4348</v>
       </c>
-      <c r="F374" t="s">
-[...2 lines deleted...]
-      <c r="G374" t="s">
+      <c r="H374" t="s">
         <v>4349</v>
       </c>
-      <c r="H374" t="s">
+      <c r="I374" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J374" t="s">
+        <v>459</v>
+      </c>
+      <c r="K374" t="s">
         <v>4350</v>
       </c>
-      <c r="I374" t="s">
-[...5 lines deleted...]
-      <c r="K374" t="s">
+      <c r="L374" t="s">
         <v>4351</v>
-      </c>
-[...7 lines deleted...]
-        <v>4354</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B375" t="s">
+        <v>4352</v>
+      </c>
+      <c r="C375" t="s">
+        <v>13</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+      <c r="E375" t="s">
+        <v>4353</v>
+      </c>
+      <c r="F375" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" t="s">
+        <v>4354</v>
+      </c>
+      <c r="H375" t="s">
         <v>4355</v>
       </c>
-      <c r="C375" t="s">
-[...5 lines deleted...]
-      <c r="E375" t="s">
+      <c r="I375" t="s">
         <v>4356</v>
       </c>
-      <c r="F375" t="s">
-[...2 lines deleted...]
-      <c r="G375" t="s">
+      <c r="J375" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K375" t="s">
         <v>4357</v>
       </c>
-      <c r="H375" t="s">
+      <c r="L375" t="s">
         <v>4358</v>
       </c>
-      <c r="I375" t="s">
+      <c r="M375" t="s">
         <v>4359</v>
       </c>
-      <c r="J375" t="s">
-[...2 lines deleted...]
-      <c r="K375" t="s">
+      <c r="N375" t="s">
         <v>4360</v>
-      </c>
-[...4 lines deleted...]
-        <v>4362</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B376" t="s">
+        <v>4361</v>
+      </c>
+      <c r="C376" t="s">
+        <v>13</v>
+      </c>
+      <c r="D376" t="s">
+        <v>13</v>
+      </c>
+      <c r="E376" t="s">
+        <v>4362</v>
+      </c>
+      <c r="F376" t="s">
+        <v>13</v>
+      </c>
+      <c r="G376" t="s">
         <v>4363</v>
       </c>
-      <c r="C376" t="s">
-[...5 lines deleted...]
-      <c r="E376" t="s">
+      <c r="H376" t="s">
         <v>4364</v>
       </c>
-      <c r="F376" t="s">
-[...2 lines deleted...]
-      <c r="G376" t="s">
+      <c r="I376" t="s">
         <v>4365</v>
       </c>
-      <c r="H376" t="s">
+      <c r="J376" t="s">
         <v>4366</v>
       </c>
-      <c r="I376" t="s">
+      <c r="K376" t="s">
         <v>4367</v>
       </c>
-      <c r="J376" t="s">
+      <c r="L376" t="s">
         <v>4368</v>
       </c>
-      <c r="K376" t="s">
+      <c r="M376" t="s">
         <v>4369</v>
       </c>
-      <c r="L376" t="s">
+      <c r="N376" t="s">
         <v>4370</v>
-      </c>
-[...7 lines deleted...]
-        <v>4373</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B377" t="s">
+        <v>4371</v>
+      </c>
+      <c r="C377" t="s">
+        <v>13</v>
+      </c>
+      <c r="D377" t="s">
+        <v>13</v>
+      </c>
+      <c r="E377" t="s">
+        <v>4372</v>
+      </c>
+      <c r="F377" t="s">
+        <v>13</v>
+      </c>
+      <c r="G377" t="s">
+        <v>4373</v>
+      </c>
+      <c r="H377" t="s">
         <v>4374</v>
       </c>
-      <c r="C377" t="s">
-[...5 lines deleted...]
-      <c r="E377" t="s">
+      <c r="I377" t="s">
         <v>4375</v>
       </c>
-      <c r="F377" t="s">
-[...2 lines deleted...]
-      <c r="G377" t="s">
+      <c r="J377" t="s">
         <v>4376</v>
       </c>
-      <c r="H377" t="s">
+      <c r="K377" t="s">
         <v>4377</v>
       </c>
-      <c r="I377" t="s">
+      <c r="L377" t="s">
         <v>4378</v>
       </c>
-      <c r="J377" t="s">
+      <c r="M377" t="s">
         <v>4379</v>
       </c>
-      <c r="K377" t="s">
+      <c r="N377" t="s">
         <v>4380</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B378" t="s">
         <v>4381</v>
       </c>
       <c r="C378" t="s">
         <v>13</v>
       </c>
       <c r="D378" t="s">
         <v>13</v>
       </c>
       <c r="E378" t="s">
         <v>4382</v>
       </c>
       <c r="F378" t="s">
         <v>13</v>
       </c>
       <c r="G378" t="s">
         <v>4383</v>
       </c>
       <c r="H378" t="s">
         <v>4384</v>
       </c>
       <c r="I378" t="s">
         <v>4385</v>
       </c>
       <c r="J378" t="s">
-        <v>1293</v>
+        <v>631</v>
       </c>
       <c r="K378" t="s">
         <v>4386</v>
       </c>
       <c r="L378" t="s">
         <v>4387</v>
       </c>
       <c r="M378" t="s">
         <v>4388</v>
       </c>
       <c r="N378" t="s">
         <v>4389</v>
       </c>
+      <c r="O378" t="s">
+        <v>4390</v>
+      </c>
+      <c r="P378" t="s">
+        <v>4391</v>
+      </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B379" t="s">
-        <v>4390</v>
+        <v>4392</v>
       </c>
       <c r="C379" t="s">
         <v>13</v>
       </c>
       <c r="D379" t="s">
         <v>13</v>
       </c>
       <c r="E379" t="s">
-        <v>4391</v>
+        <v>4393</v>
       </c>
       <c r="F379" t="s">
         <v>13</v>
       </c>
       <c r="G379" t="s">
-        <v>4392</v>
+        <v>4394</v>
       </c>
       <c r="H379" t="s">
-        <v>4393</v>
+        <v>4395</v>
       </c>
       <c r="I379" t="s">
-        <v>4394</v>
+        <v>4396</v>
       </c>
       <c r="J379" t="s">
-        <v>1679</v>
+        <v>4397</v>
       </c>
       <c r="K379" t="s">
-        <v>4395</v>
+        <v>4398</v>
       </c>
       <c r="L379" t="s">
-        <v>4396</v>
-[...7 lines deleted...]
-      <c r="O379" t="s">
         <v>4399</v>
-      </c>
-[...1 lines deleted...]
-        <v>4400</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B380" t="s">
+        <v>4400</v>
+      </c>
+      <c r="C380" t="s">
+        <v>13</v>
+      </c>
+      <c r="D380" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" t="s">
         <v>4401</v>
       </c>
-      <c r="C380" t="s">
-[...5 lines deleted...]
-      <c r="E380" t="s">
+      <c r="F380" t="s">
+        <v>13</v>
+      </c>
+      <c r="G380" t="s">
         <v>4402</v>
       </c>
-      <c r="F380" t="s">
-[...2 lines deleted...]
-      <c r="G380" t="s">
+      <c r="H380" t="s">
         <v>4403</v>
       </c>
-      <c r="H380" t="s">
+      <c r="I380" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J380" t="s">
+        <v>2196</v>
+      </c>
+      <c r="K380" t="s">
         <v>4404</v>
       </c>
-      <c r="I380" t="s">
+      <c r="L380" t="s">
         <v>4405</v>
       </c>
-      <c r="J380" t="s">
-[...2 lines deleted...]
-      <c r="K380" t="s">
+      <c r="M380" t="s">
         <v>4406</v>
       </c>
-      <c r="L380" t="s">
+      <c r="N380" t="s">
         <v>4407</v>
-      </c>
-[...1 lines deleted...]
-        <v>4408</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B381" t="s">
+        <v>4408</v>
+      </c>
+      <c r="C381" t="s">
+        <v>13</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+      <c r="E381" t="s">
         <v>4409</v>
-      </c>
-[...7 lines deleted...]
-        <v>4402</v>
       </c>
       <c r="F381" t="s">
         <v>13</v>
       </c>
       <c r="G381" t="s">
         <v>4410</v>
       </c>
       <c r="H381" t="s">
         <v>4411</v>
       </c>
       <c r="I381" t="s">
         <v>4412</v>
       </c>
       <c r="J381" t="s">
-        <v>1720</v>
+        <v>4220</v>
       </c>
       <c r="K381" t="s">
         <v>4413</v>
       </c>
       <c r="L381" t="s">
         <v>4414</v>
       </c>
       <c r="M381" t="s">
         <v>4415</v>
       </c>
-      <c r="N381" t="s">
-[...22 lines deleted...]
-      </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B382" t="s">
+        <v>4416</v>
+      </c>
+      <c r="C382" t="s">
+        <v>13</v>
+      </c>
+      <c r="D382" t="s">
+        <v>13</v>
+      </c>
+      <c r="E382" t="s">
+        <v>4417</v>
+      </c>
+      <c r="F382" t="s">
+        <v>13</v>
+      </c>
+      <c r="G382" t="s">
+        <v>4418</v>
+      </c>
+      <c r="H382" t="s">
+        <v>4419</v>
+      </c>
+      <c r="I382" t="s">
+        <v>4420</v>
+      </c>
+      <c r="J382" t="s">
+        <v>4421</v>
+      </c>
+      <c r="K382" t="s">
+        <v>4422</v>
+      </c>
+      <c r="L382" t="s">
+        <v>4423</v>
+      </c>
+      <c r="M382" t="s">
         <v>4424</v>
       </c>
-      <c r="C382" t="s">
-[...5 lines deleted...]
-      <c r="E382" t="s">
+      <c r="N382" t="s">
         <v>4425</v>
       </c>
-      <c r="F382" t="s">
-[...2 lines deleted...]
-      <c r="G382" t="s">
+      <c r="O382" t="s">
         <v>4426</v>
-      </c>
-[...13 lines deleted...]
-        <v>4431</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B383" t="s">
+        <v>4427</v>
+      </c>
+      <c r="C383" t="s">
+        <v>13</v>
+      </c>
+      <c r="D383" t="s">
+        <v>13</v>
+      </c>
+      <c r="E383" t="s">
+        <v>4428</v>
+      </c>
+      <c r="F383" t="s">
+        <v>13</v>
+      </c>
+      <c r="G383" t="s">
+        <v>4429</v>
+      </c>
+      <c r="H383" t="s">
+        <v>4430</v>
+      </c>
+      <c r="I383" t="s">
+        <v>4431</v>
+      </c>
+      <c r="J383" t="s">
         <v>4432</v>
       </c>
-      <c r="C383" t="s">
-[...5 lines deleted...]
-      <c r="E383" t="s">
+      <c r="K383" t="s">
         <v>4433</v>
-      </c>
-[...19 lines deleted...]
-        <v>4438</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B384" t="s">
+        <v>4434</v>
+      </c>
+      <c r="C384" t="s">
+        <v>13</v>
+      </c>
+      <c r="D384" t="s">
+        <v>13</v>
+      </c>
+      <c r="E384" t="s">
+        <v>4435</v>
+      </c>
+      <c r="F384" t="s">
+        <v>13</v>
+      </c>
+      <c r="G384" t="s">
+        <v>4436</v>
+      </c>
+      <c r="H384" t="s">
+        <v>4437</v>
+      </c>
+      <c r="I384" t="s">
+        <v>4438</v>
+      </c>
+      <c r="J384" t="s">
+        <v>1390</v>
+      </c>
+      <c r="K384" t="s">
         <v>4439</v>
       </c>
-      <c r="C384" t="s">
-[...5 lines deleted...]
-      <c r="E384" t="s">
+      <c r="L384" t="s">
         <v>4440</v>
       </c>
-      <c r="F384" t="s">
-[...2 lines deleted...]
-      <c r="G384" t="s">
+      <c r="M384" t="s">
         <v>4441</v>
       </c>
-      <c r="H384" t="s">
+      <c r="N384" t="s">
         <v>4442</v>
-      </c>
-[...16 lines deleted...]
-        <v>4446</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B385" t="s">
+        <v>4443</v>
+      </c>
+      <c r="C385" t="s">
+        <v>13</v>
+      </c>
+      <c r="D385" t="s">
+        <v>13</v>
+      </c>
+      <c r="E385" t="s">
+        <v>4444</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" t="s">
+        <v>4445</v>
+      </c>
+      <c r="H385" t="s">
+        <v>4446</v>
+      </c>
+      <c r="I385" t="s">
         <v>4447</v>
       </c>
-      <c r="C385" t="s">
-[...5 lines deleted...]
-      <c r="E385" t="s">
+      <c r="J385" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K385" t="s">
         <v>4448</v>
       </c>
-      <c r="F385" t="s">
-[...2 lines deleted...]
-      <c r="G385" t="s">
+      <c r="L385" t="s">
         <v>4449</v>
       </c>
-      <c r="H385" t="s">
+      <c r="M385" t="s">
         <v>4450</v>
       </c>
-      <c r="I385" t="s">
+      <c r="N385" t="s">
         <v>4451</v>
       </c>
-      <c r="J385" t="s">
+      <c r="O385" t="s">
         <v>4452</v>
       </c>
-      <c r="K385" t="s">
+      <c r="P385" t="s">
         <v>4453</v>
-      </c>
-[...4 lines deleted...]
-        <v>4455</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B386" t="s">
+        <v>4454</v>
+      </c>
+      <c r="C386" t="s">
+        <v>13</v>
+      </c>
+      <c r="D386" t="s">
+        <v>13</v>
+      </c>
+      <c r="E386" t="s">
+        <v>4455</v>
+      </c>
+      <c r="F386" t="s">
+        <v>13</v>
+      </c>
+      <c r="G386" t="s">
         <v>4456</v>
       </c>
-      <c r="C386" t="s">
-[...5 lines deleted...]
-      <c r="E386" t="s">
+      <c r="H386" t="s">
         <v>4457</v>
       </c>
-      <c r="F386" t="s">
-[...2 lines deleted...]
-      <c r="G386" t="s">
+      <c r="I386" t="s">
         <v>4458</v>
       </c>
-      <c r="H386" t="s">
+      <c r="J386" t="s">
+        <v>4220</v>
+      </c>
+      <c r="K386" t="s">
         <v>4459</v>
       </c>
-      <c r="I386" t="s">
+      <c r="L386" t="s">
         <v>4460</v>
       </c>
-      <c r="J386" t="s">
+      <c r="M386" t="s">
         <v>4461</v>
-      </c>
-[...13 lines deleted...]
-        <v>4466</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B387" t="s">
+        <v>4462</v>
+      </c>
+      <c r="C387" t="s">
+        <v>13</v>
+      </c>
+      <c r="D387" t="s">
+        <v>13</v>
+      </c>
+      <c r="E387" t="s">
+        <v>4455</v>
+      </c>
+      <c r="F387" t="s">
+        <v>13</v>
+      </c>
+      <c r="G387" t="s">
+        <v>4463</v>
+      </c>
+      <c r="H387" t="s">
+        <v>4464</v>
+      </c>
+      <c r="I387" t="s">
+        <v>4465</v>
+      </c>
+      <c r="J387" t="s">
+        <v>1781</v>
+      </c>
+      <c r="K387" t="s">
+        <v>4466</v>
+      </c>
+      <c r="L387" t="s">
         <v>4467</v>
       </c>
-      <c r="C387" t="s">
-[...5 lines deleted...]
-      <c r="E387" t="s">
+      <c r="M387" t="s">
         <v>4468</v>
       </c>
-      <c r="F387" t="s">
-[...2 lines deleted...]
-      <c r="G387" t="s">
+      <c r="N387" t="s">
         <v>4469</v>
       </c>
-      <c r="H387" t="s">
+      <c r="O387" t="s">
         <v>4470</v>
       </c>
-      <c r="I387" t="s">
+      <c r="P387" t="s">
         <v>4471</v>
       </c>
-      <c r="J387" t="s">
-[...2 lines deleted...]
-      <c r="K387" t="s">
+      <c r="Q387" t="s">
         <v>4472</v>
       </c>
-      <c r="L387" t="s">
+      <c r="R387" t="s">
         <v>4473</v>
       </c>
-      <c r="M387" t="s">
+      <c r="S387" t="s">
         <v>4474</v>
       </c>
-      <c r="N387" t="s">
+      <c r="T387" t="s">
         <v>4475</v>
       </c>
-      <c r="O387" t="s">
+      <c r="U387" t="s">
         <v>4476</v>
-      </c>
-[...7 lines deleted...]
-        <v>4479</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B388" t="s">
+        <v>4477</v>
+      </c>
+      <c r="C388" t="s">
+        <v>13</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+      <c r="E388" t="s">
+        <v>4478</v>
+      </c>
+      <c r="F388" t="s">
+        <v>13</v>
+      </c>
+      <c r="G388" t="s">
+        <v>4479</v>
+      </c>
+      <c r="H388" t="s">
         <v>4480</v>
       </c>
-      <c r="C388" t="s">
-[...5 lines deleted...]
-      <c r="E388" t="s">
+      <c r="I388" t="s">
         <v>4481</v>
       </c>
-      <c r="F388" t="s">
-[...2 lines deleted...]
-      <c r="G388" t="s">
+      <c r="J388" t="s">
         <v>4482</v>
       </c>
-      <c r="H388" t="s">
+      <c r="K388" t="s">
         <v>4483</v>
       </c>
-      <c r="I388" t="s">
+      <c r="L388" t="s">
         <v>4484</v>
-      </c>
-[...16 lines deleted...]
-        <v>4489</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B389" t="s">
+        <v>4485</v>
+      </c>
+      <c r="C389" t="s">
+        <v>13</v>
+      </c>
+      <c r="D389" t="s">
+        <v>13</v>
+      </c>
+      <c r="E389" t="s">
+        <v>4486</v>
+      </c>
+      <c r="F389" t="s">
+        <v>13</v>
+      </c>
+      <c r="G389" t="s">
+        <v>4487</v>
+      </c>
+      <c r="H389" t="s">
+        <v>4488</v>
+      </c>
+      <c r="I389" t="s">
+        <v>4489</v>
+      </c>
+      <c r="J389" t="s">
+        <v>1671</v>
+      </c>
+      <c r="K389" t="s">
         <v>4490</v>
       </c>
-      <c r="C389" t="s">
-[...5 lines deleted...]
-      <c r="E389" t="s">
+      <c r="L389" t="s">
         <v>4491</v>
-      </c>
-[...19 lines deleted...]
-        <v>4496</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B390" t="s">
+        <v>4492</v>
+      </c>
+      <c r="C390" t="s">
+        <v>13</v>
+      </c>
+      <c r="D390" t="s">
+        <v>13</v>
+      </c>
+      <c r="E390" t="s">
+        <v>4493</v>
+      </c>
+      <c r="F390" t="s">
+        <v>13</v>
+      </c>
+      <c r="G390" t="s">
+        <v>4494</v>
+      </c>
+      <c r="H390" t="s">
+        <v>4495</v>
+      </c>
+      <c r="I390" t="s">
+        <v>4156</v>
+      </c>
+      <c r="J390" t="s">
+        <v>733</v>
+      </c>
+      <c r="K390" t="s">
+        <v>4496</v>
+      </c>
+      <c r="L390" t="s">
         <v>4497</v>
       </c>
-      <c r="C390" t="s">
-[...5 lines deleted...]
-      <c r="E390" t="s">
+      <c r="M390" t="s">
         <v>4498</v>
       </c>
-      <c r="F390" t="s">
-[...2 lines deleted...]
-      <c r="G390" t="s">
+      <c r="N390" t="s">
         <v>4499</v>
-      </c>
-[...22 lines deleted...]
-        <v>4507</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B391" t="s">
+        <v>4500</v>
+      </c>
+      <c r="C391" t="s">
+        <v>13</v>
+      </c>
+      <c r="D391" t="s">
+        <v>13</v>
+      </c>
+      <c r="E391" t="s">
+        <v>4501</v>
+      </c>
+      <c r="F391" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" t="s">
+        <v>4502</v>
+      </c>
+      <c r="H391" t="s">
+        <v>4503</v>
+      </c>
+      <c r="I391" t="s">
+        <v>4504</v>
+      </c>
+      <c r="J391" t="s">
+        <v>4505</v>
+      </c>
+      <c r="K391" t="s">
+        <v>4506</v>
+      </c>
+      <c r="L391" t="s">
+        <v>4507</v>
+      </c>
+      <c r="M391" t="s">
         <v>4508</v>
-      </c>
-[...37 lines deleted...]
-        <v>4517</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B392" t="s">
+        <v>4509</v>
+      </c>
+      <c r="C392" t="s">
+        <v>13</v>
+      </c>
+      <c r="D392" t="s">
+        <v>13</v>
+      </c>
+      <c r="E392" t="s">
+        <v>4510</v>
+      </c>
+      <c r="F392" t="s">
+        <v>13</v>
+      </c>
+      <c r="G392" t="s">
+        <v>4511</v>
+      </c>
+      <c r="H392" t="s">
+        <v>4512</v>
+      </c>
+      <c r="I392" t="s">
+        <v>4513</v>
+      </c>
+      <c r="J392" t="s">
+        <v>4514</v>
+      </c>
+      <c r="K392" t="s">
+        <v>4515</v>
+      </c>
+      <c r="L392" t="s">
+        <v>4516</v>
+      </c>
+      <c r="M392" t="s">
+        <v>4517</v>
+      </c>
+      <c r="N392" t="s">
         <v>4518</v>
       </c>
-      <c r="C392" t="s">
-[...5 lines deleted...]
-      <c r="E392" t="s">
+      <c r="O392" t="s">
         <v>4519</v>
-      </c>
-[...22 lines deleted...]
-        <v>4525</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B393" t="s">
+        <v>4520</v>
+      </c>
+      <c r="C393" t="s">
+        <v>13</v>
+      </c>
+      <c r="D393" t="s">
+        <v>13</v>
+      </c>
+      <c r="E393" t="s">
+        <v>4521</v>
+      </c>
+      <c r="F393" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" t="s">
+        <v>4522</v>
+      </c>
+      <c r="H393" t="s">
+        <v>4523</v>
+      </c>
+      <c r="I393" t="s">
+        <v>4524</v>
+      </c>
+      <c r="J393" t="s">
+        <v>535</v>
+      </c>
+      <c r="K393" t="s">
+        <v>4525</v>
+      </c>
+      <c r="L393" t="s">
         <v>4526</v>
       </c>
-      <c r="C393" t="s">
-[...5 lines deleted...]
-      <c r="E393" t="s">
+      <c r="M393" t="s">
         <v>4527</v>
       </c>
-      <c r="F393" t="s">
-[...2 lines deleted...]
-      <c r="G393" t="s">
+      <c r="N393" t="s">
         <v>4528</v>
       </c>
-      <c r="H393" t="s">
+      <c r="O393" t="s">
         <v>4529</v>
       </c>
-      <c r="I393" t="s">
+      <c r="P393" t="s">
         <v>4530</v>
       </c>
-      <c r="J393" t="s">
-[...2 lines deleted...]
-      <c r="K393" t="s">
+      <c r="Q393" t="s">
         <v>4531</v>
       </c>
-      <c r="L393" t="s">
+      <c r="R393" t="s">
         <v>4532</v>
-      </c>
-[...13 lines deleted...]
-        <v>4537</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B394" t="s">
+        <v>4533</v>
+      </c>
+      <c r="C394" t="s">
+        <v>13</v>
+      </c>
+      <c r="D394" t="s">
+        <v>13</v>
+      </c>
+      <c r="E394" t="s">
+        <v>4534</v>
+      </c>
+      <c r="F394" t="s">
+        <v>13</v>
+      </c>
+      <c r="G394" t="s">
+        <v>4535</v>
+      </c>
+      <c r="H394" t="s">
+        <v>4536</v>
+      </c>
+      <c r="I394" t="s">
+        <v>4537</v>
+      </c>
+      <c r="J394" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K394" t="s">
         <v>4538</v>
       </c>
-      <c r="C394" t="s">
-[...5 lines deleted...]
-      <c r="E394" t="s">
+      <c r="L394" t="s">
         <v>4539</v>
       </c>
-      <c r="F394" t="s">
-[...2 lines deleted...]
-      <c r="G394" t="s">
+      <c r="M394" t="s">
         <v>4540</v>
       </c>
-      <c r="H394" t="s">
+      <c r="N394" t="s">
         <v>4541</v>
       </c>
-      <c r="I394" t="s">
+      <c r="O394" t="s">
         <v>4542</v>
-      </c>
-[...4 lines deleted...]
-        <v>4544</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B395" t="s">
+        <v>4543</v>
+      </c>
+      <c r="C395" t="s">
+        <v>13</v>
+      </c>
+      <c r="D395" t="s">
+        <v>13</v>
+      </c>
+      <c r="E395" t="s">
+        <v>4544</v>
+      </c>
+      <c r="F395" t="s">
+        <v>13</v>
+      </c>
+      <c r="G395" t="s">
         <v>4545</v>
       </c>
-      <c r="C395" t="s">
-[...5 lines deleted...]
-      <c r="E395" t="s">
+      <c r="H395" t="s">
         <v>4546</v>
       </c>
-      <c r="F395" t="s">
-[...2 lines deleted...]
-      <c r="G395" t="s">
+      <c r="I395" t="s">
         <v>4547</v>
       </c>
-      <c r="H395" t="s">
+      <c r="J395" t="s">
+        <v>2703</v>
+      </c>
+      <c r="K395" t="s">
         <v>4548</v>
       </c>
-      <c r="I395" t="s">
+      <c r="L395" t="s">
         <v>4549</v>
-      </c>
-[...4 lines deleted...]
-        <v>4550</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B396" t="s">
+        <v>4550</v>
+      </c>
+      <c r="C396" t="s">
+        <v>13</v>
+      </c>
+      <c r="D396" t="s">
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
         <v>4551</v>
       </c>
-      <c r="C396" t="s">
-[...5 lines deleted...]
-      <c r="E396" t="s">
+      <c r="F396" t="s">
+        <v>13</v>
+      </c>
+      <c r="G396" t="s">
         <v>4552</v>
       </c>
-      <c r="F396" t="s">
-[...2 lines deleted...]
-      <c r="G396" t="s">
+      <c r="H396" t="s">
         <v>4553</v>
       </c>
-      <c r="H396" t="s">
+      <c r="I396" t="s">
         <v>4554</v>
       </c>
-      <c r="I396" t="s">
+      <c r="J396" t="s">
         <v>4555</v>
-      </c>
-[...1 lines deleted...]
-        <v>3742</v>
       </c>
       <c r="K396" t="s">
         <v>4556</v>
       </c>
       <c r="L396" t="s">
         <v>4557</v>
       </c>
       <c r="M396" t="s">
         <v>4558</v>
       </c>
       <c r="N396" t="s">
         <v>4559</v>
       </c>
+      <c r="O396" t="s">
+        <v>4560</v>
+      </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B397" t="s">
-        <v>4560</v>
+        <v>4561</v>
       </c>
       <c r="C397" t="s">
         <v>13</v>
       </c>
       <c r="D397" t="s">
         <v>13</v>
       </c>
       <c r="E397" t="s">
-        <v>4561</v>
+        <v>4562</v>
       </c>
       <c r="F397" t="s">
         <v>13</v>
       </c>
       <c r="G397" t="s">
-        <v>4562</v>
+        <v>4563</v>
       </c>
       <c r="H397" t="s">
-        <v>4563</v>
+        <v>4564</v>
       </c>
       <c r="I397" t="s">
-        <v>4564</v>
+        <v>4565</v>
       </c>
       <c r="J397" t="s">
-        <v>612</v>
+        <v>535</v>
       </c>
       <c r="K397" t="s">
-        <v>4565</v>
+        <v>4566</v>
       </c>
       <c r="L397" t="s">
-        <v>4566</v>
+        <v>4567</v>
       </c>
       <c r="M397" t="s">
-        <v>4567</v>
+        <v>4568</v>
       </c>
       <c r="N397" t="s">
-        <v>4568</v>
+        <v>4569</v>
       </c>
       <c r="O397" t="s">
-        <v>4569</v>
-[...1 lines deleted...]
-      <c r="P397" t="s">
         <v>4570</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B398" t="s">
         <v>4571</v>
       </c>
       <c r="C398" t="s">
         <v>13</v>
       </c>
       <c r="D398" t="s">
         <v>13</v>
       </c>
       <c r="E398" t="s">
         <v>4572</v>
       </c>
       <c r="F398" t="s">
         <v>13</v>
       </c>
       <c r="G398" t="s">
         <v>4573</v>
       </c>
       <c r="H398" t="s">
         <v>4574</v>
       </c>
       <c r="I398" t="s">
         <v>4575</v>
       </c>
       <c r="J398" t="s">
-        <v>353</v>
+        <v>836</v>
       </c>
       <c r="K398" t="s">
         <v>4576</v>
       </c>
       <c r="L398" t="s">
         <v>4577</v>
       </c>
       <c r="M398" t="s">
         <v>4578</v>
       </c>
-      <c r="N398" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B399" t="s">
+        <v>4579</v>
+      </c>
+      <c r="C399" t="s">
+        <v>13</v>
+      </c>
+      <c r="D399" t="s">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s">
+        <v>4580</v>
+      </c>
+      <c r="F399" t="s">
+        <v>13</v>
+      </c>
+      <c r="G399" t="s">
+        <v>4581</v>
+      </c>
+      <c r="H399" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I399" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J399" t="s">
+        <v>4220</v>
+      </c>
+      <c r="K399" t="s">
+        <v>4584</v>
+      </c>
+      <c r="L399" t="s">
         <v>4585</v>
       </c>
-      <c r="C399" t="s">
-[...5 lines deleted...]
-      <c r="E399" t="s">
+      <c r="M399" t="s">
         <v>4586</v>
       </c>
-      <c r="F399" t="s">
-[...2 lines deleted...]
-      <c r="G399" t="s">
+      <c r="N399" t="s">
         <v>4587</v>
       </c>
-      <c r="H399" t="s">
+      <c r="O399" t="s">
         <v>4588</v>
       </c>
-      <c r="I399" t="s">
-[...2 lines deleted...]
-      <c r="J399" t="s">
+      <c r="P399" t="s">
         <v>4589</v>
       </c>
-      <c r="K399" t="s">
+      <c r="Q399" t="s">
         <v>4590</v>
-      </c>
-[...10 lines deleted...]
-        <v>4594</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B400" t="s">
+        <v>4591</v>
+      </c>
+      <c r="C400" t="s">
+        <v>13</v>
+      </c>
+      <c r="D400" t="s">
+        <v>13</v>
+      </c>
+      <c r="E400" t="s">
+        <v>4592</v>
+      </c>
+      <c r="F400" t="s">
+        <v>13</v>
+      </c>
+      <c r="G400" t="s">
+        <v>4593</v>
+      </c>
+      <c r="H400" t="s">
+        <v>4594</v>
+      </c>
+      <c r="I400" t="s">
         <v>4595</v>
       </c>
-      <c r="C400" t="s">
-[...5 lines deleted...]
-      <c r="E400" t="s">
+      <c r="J400" t="s">
         <v>4596</v>
       </c>
-      <c r="F400" t="s">
-[...2 lines deleted...]
-      <c r="G400" t="s">
+      <c r="K400" t="s">
         <v>4597</v>
-      </c>
-[...10 lines deleted...]
-        <v>4599</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B401" t="s">
+        <v>4598</v>
+      </c>
+      <c r="C401" t="s">
+        <v>13</v>
+      </c>
+      <c r="D401" t="s">
+        <v>13</v>
+      </c>
+      <c r="E401" t="s">
+        <v>4599</v>
+      </c>
+      <c r="F401" t="s">
+        <v>13</v>
+      </c>
+      <c r="G401" t="s">
         <v>4600</v>
       </c>
-      <c r="C401" t="s">
-[...5 lines deleted...]
-      <c r="E401" t="s">
+      <c r="H401" t="s">
         <v>4601</v>
       </c>
-      <c r="F401" t="s">
-[...2 lines deleted...]
-      <c r="G401" t="s">
+      <c r="I401" t="s">
         <v>4602</v>
       </c>
-      <c r="H401" t="s">
+      <c r="J401" t="s">
+        <v>4163</v>
+      </c>
+      <c r="K401" t="s">
         <v>4603</v>
-      </c>
-[...16 lines deleted...]
-        <v>4608</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B402" t="s">
+        <v>4604</v>
+      </c>
+      <c r="C402" t="s">
+        <v>13</v>
+      </c>
+      <c r="D402" t="s">
+        <v>13</v>
+      </c>
+      <c r="E402" t="s">
+        <v>4605</v>
+      </c>
+      <c r="F402" t="s">
+        <v>13</v>
+      </c>
+      <c r="G402" t="s">
+        <v>4606</v>
+      </c>
+      <c r="H402" t="s">
+        <v>4607</v>
+      </c>
+      <c r="I402" t="s">
+        <v>4608</v>
+      </c>
+      <c r="J402" t="s">
+        <v>3795</v>
+      </c>
+      <c r="K402" t="s">
         <v>4609</v>
       </c>
-      <c r="C402" t="s">
-[...5 lines deleted...]
-      <c r="E402" t="s">
+      <c r="L402" t="s">
         <v>4610</v>
       </c>
-      <c r="F402" t="s">
-[...2 lines deleted...]
-      <c r="G402" t="s">
+      <c r="M402" t="s">
         <v>4611</v>
       </c>
-      <c r="H402" t="s">
+      <c r="N402" t="s">
         <v>4612</v>
-      </c>
-[...13 lines deleted...]
-        <v>4616</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
+        <v>341</v>
+      </c>
+      <c r="B403" t="s">
+        <v>4613</v>
+      </c>
+      <c r="C403" t="s">
+        <v>13</v>
+      </c>
+      <c r="D403" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" t="s">
+        <v>4614</v>
+      </c>
+      <c r="F403" t="s">
+        <v>13</v>
+      </c>
+      <c r="G403" t="s">
+        <v>4615</v>
+      </c>
+      <c r="H403" t="s">
+        <v>4616</v>
+      </c>
+      <c r="I403" t="s">
+        <v>4617</v>
+      </c>
+      <c r="J403" t="s">
         <v>347</v>
       </c>
-      <c r="B403" t="s">
-[...8 lines deleted...]
-      <c r="E403" t="s">
+      <c r="K403" t="s">
         <v>4618</v>
       </c>
-      <c r="F403" t="s">
-[...2 lines deleted...]
-      <c r="G403" t="s">
+      <c r="L403" t="s">
         <v>4619</v>
       </c>
-      <c r="H403" t="s">
+      <c r="M403" t="s">
         <v>4620</v>
       </c>
-      <c r="I403" t="s">
+      <c r="N403" t="s">
         <v>4621</v>
       </c>
-      <c r="J403" t="s">
-[...2 lines deleted...]
-      <c r="K403" t="s">
+      <c r="O403" t="s">
         <v>4622</v>
       </c>
-      <c r="L403" t="s">
+      <c r="P403" t="s">
         <v>4623</v>
-      </c>
-[...4 lines deleted...]
-        <v>4625</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B404" t="s">
+        <v>4624</v>
+      </c>
+      <c r="C404" t="s">
+        <v>13</v>
+      </c>
+      <c r="D404" t="s">
+        <v>13</v>
+      </c>
+      <c r="E404" t="s">
+        <v>4625</v>
+      </c>
+      <c r="F404" t="s">
+        <v>13</v>
+      </c>
+      <c r="G404" t="s">
         <v>4626</v>
       </c>
-      <c r="C404" t="s">
-[...11 lines deleted...]
-      <c r="G404" t="s">
+      <c r="H404" t="s">
         <v>4627</v>
       </c>
-      <c r="H404" t="s">
+      <c r="I404" t="s">
         <v>4628</v>
       </c>
-      <c r="I404" t="s">
+      <c r="J404" t="s">
+        <v>535</v>
+      </c>
+      <c r="K404" t="s">
         <v>4629</v>
       </c>
-      <c r="J404" t="s">
-[...2 lines deleted...]
-      <c r="K404" t="s">
+      <c r="L404" t="s">
         <v>4630</v>
       </c>
-      <c r="L404" t="s">
+      <c r="M404" t="s">
         <v>4631</v>
       </c>
-      <c r="M404" t="s">
+      <c r="N404" t="s">
         <v>4632</v>
       </c>
-      <c r="N404" t="s">
+      <c r="O404" t="s">
         <v>4633</v>
       </c>
-      <c r="O404" t="s">
+      <c r="P404" t="s">
         <v>4634</v>
       </c>
-      <c r="P404" t="s">
+      <c r="Q404" t="s">
         <v>4635</v>
+      </c>
+      <c r="R404" t="s">
+        <v>4636</v>
+      </c>
+      <c r="S404" t="s">
+        <v>4637</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B405" t="s">
-        <v>4636</v>
+        <v>4638</v>
       </c>
       <c r="C405" t="s">
         <v>13</v>
       </c>
       <c r="D405" t="s">
         <v>13</v>
       </c>
       <c r="E405" t="s">
-        <v>4637</v>
+        <v>4639</v>
       </c>
       <c r="F405" t="s">
         <v>13</v>
       </c>
       <c r="G405" t="s">
-        <v>4638</v>
+        <v>4640</v>
       </c>
       <c r="H405" t="s">
-        <v>4639</v>
+        <v>4641</v>
       </c>
       <c r="I405" t="s">
-        <v>4640</v>
+        <v>2121</v>
       </c>
       <c r="J405" t="s">
-        <v>4167</v>
+        <v>4642</v>
       </c>
       <c r="K405" t="s">
-        <v>4641</v>
+        <v>4643</v>
       </c>
       <c r="L405" t="s">
-        <v>4642</v>
+        <v>4644</v>
       </c>
       <c r="M405" t="s">
-        <v>4643</v>
+        <v>4645</v>
       </c>
       <c r="N405" t="s">
-        <v>4644</v>
+        <v>4646</v>
+      </c>
+      <c r="O405" t="s">
+        <v>4647</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B406" t="s">
-        <v>4645</v>
+        <v>4648</v>
       </c>
       <c r="C406" t="s">
         <v>13</v>
       </c>
       <c r="D406" t="s">
         <v>13</v>
       </c>
       <c r="E406" t="s">
-        <v>4646</v>
+        <v>4649</v>
       </c>
       <c r="F406" t="s">
         <v>13</v>
       </c>
       <c r="G406" t="s">
-        <v>4647</v>
+        <v>4650</v>
       </c>
       <c r="H406" t="s">
-        <v>4648</v>
+        <v>4651</v>
       </c>
       <c r="I406" t="s">
-        <v>4649</v>
+        <v>4156</v>
       </c>
       <c r="J406" t="s">
-        <v>4650</v>
+        <v>2800</v>
       </c>
       <c r="K406" t="s">
-        <v>4651</v>
+        <v>4652</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B407" t="s">
-        <v>4652</v>
+        <v>4653</v>
       </c>
       <c r="C407" t="s">
         <v>13</v>
       </c>
       <c r="D407" t="s">
         <v>13</v>
       </c>
       <c r="E407" t="s">
-        <v>4653</v>
+        <v>4654</v>
       </c>
       <c r="F407" t="s">
         <v>13</v>
       </c>
       <c r="G407" t="s">
-        <v>4654</v>
+        <v>4655</v>
       </c>
       <c r="H407" t="s">
-        <v>4655</v>
+        <v>4656</v>
       </c>
       <c r="I407" t="s">
-        <v>4656</v>
+        <v>4657</v>
       </c>
       <c r="J407" t="s">
-        <v>4657</v>
+        <v>1033</v>
       </c>
       <c r="K407" t="s">
         <v>4658</v>
       </c>
       <c r="L407" t="s">
         <v>4659</v>
       </c>
       <c r="M407" t="s">
         <v>4660</v>
       </c>
+      <c r="N407" t="s">
+        <v>4661</v>
+      </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B408" t="s">
-        <v>4661</v>
+        <v>4662</v>
       </c>
       <c r="C408" t="s">
         <v>13</v>
       </c>
       <c r="D408" t="s">
         <v>13</v>
       </c>
       <c r="E408" t="s">
-        <v>4662</v>
+        <v>4663</v>
       </c>
       <c r="F408" t="s">
         <v>13</v>
       </c>
       <c r="G408" t="s">
-        <v>4663</v>
+        <v>4664</v>
       </c>
       <c r="H408" t="s">
-        <v>4664</v>
+        <v>4665</v>
       </c>
       <c r="I408" t="s">
-        <v>4665</v>
+        <v>4666</v>
       </c>
       <c r="J408" t="s">
-        <v>1344</v>
+        <v>4240</v>
       </c>
       <c r="K408" t="s">
-        <v>4666</v>
+        <v>4667</v>
+      </c>
+      <c r="L408" t="s">
+        <v>4668</v>
+      </c>
+      <c r="M408" t="s">
+        <v>4669</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B409" t="s">
-        <v>4667</v>
+        <v>4670</v>
       </c>
       <c r="C409" t="s">
         <v>13</v>
       </c>
       <c r="D409" t="s">
         <v>13</v>
       </c>
       <c r="E409" t="s">
-        <v>4668</v>
+        <v>4671</v>
       </c>
       <c r="F409" t="s">
         <v>13</v>
       </c>
       <c r="G409" t="s">
-        <v>4669</v>
+        <v>4672</v>
       </c>
       <c r="H409" t="s">
-        <v>4670</v>
+        <v>4673</v>
       </c>
       <c r="I409" t="s">
-        <v>4671</v>
+        <v>4674</v>
       </c>
       <c r="J409" t="s">
-        <v>1293</v>
+        <v>443</v>
       </c>
       <c r="K409" t="s">
-        <v>4672</v>
+        <v>4675</v>
       </c>
       <c r="L409" t="s">
-        <v>4673</v>
+        <v>4676</v>
+      </c>
+      <c r="M409" t="s">
+        <v>4677</v>
+      </c>
+      <c r="N409" t="s">
+        <v>4678</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B410" t="s">
-        <v>4674</v>
+        <v>4679</v>
       </c>
       <c r="C410" t="s">
         <v>13</v>
       </c>
       <c r="D410" t="s">
         <v>13</v>
       </c>
       <c r="E410" t="s">
-        <v>4675</v>
+        <v>4671</v>
       </c>
       <c r="F410" t="s">
         <v>13</v>
       </c>
       <c r="G410" t="s">
-        <v>4676</v>
+        <v>4680</v>
       </c>
       <c r="H410" t="s">
-        <v>4677</v>
+        <v>4681</v>
       </c>
       <c r="I410" t="s">
-        <v>4678</v>
+        <v>4682</v>
       </c>
       <c r="J410" t="s">
-        <v>716</v>
+        <v>491</v>
       </c>
       <c r="K410" t="s">
-        <v>4679</v>
+        <v>4683</v>
       </c>
       <c r="L410" t="s">
-        <v>4680</v>
+        <v>4684</v>
       </c>
       <c r="M410" t="s">
-        <v>4681</v>
+        <v>4685</v>
       </c>
       <c r="N410" t="s">
-        <v>4682</v>
+        <v>4686</v>
       </c>
       <c r="O410" t="s">
-        <v>4683</v>
+        <v>4687</v>
+      </c>
+      <c r="P410" t="s">
+        <v>4688</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B411" t="s">
-        <v>4684</v>
+        <v>4689</v>
       </c>
       <c r="C411" t="s">
         <v>13</v>
       </c>
       <c r="D411" t="s">
         <v>13</v>
       </c>
       <c r="E411" t="s">
-        <v>4685</v>
+        <v>4690</v>
       </c>
       <c r="F411" t="s">
         <v>13</v>
       </c>
       <c r="G411" t="s">
-        <v>4686</v>
+        <v>4691</v>
       </c>
       <c r="H411" t="s">
-        <v>4687</v>
+        <v>4692</v>
       </c>
       <c r="I411" t="s">
-        <v>4688</v>
+        <v>4693</v>
       </c>
       <c r="J411" t="s">
-        <v>4689</v>
+        <v>4220</v>
       </c>
       <c r="K411" t="s">
-        <v>4690</v>
+        <v>4694</v>
+      </c>
+      <c r="L411" t="s">
+        <v>4695</v>
+      </c>
+      <c r="M411" t="s">
+        <v>4696</v>
+      </c>
+      <c r="N411" t="s">
+        <v>4697</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B412" t="s">
-        <v>4691</v>
+        <v>4698</v>
       </c>
       <c r="C412" t="s">
         <v>13</v>
       </c>
       <c r="D412" t="s">
         <v>13</v>
       </c>
       <c r="E412" t="s">
-        <v>4692</v>
+        <v>4699</v>
       </c>
       <c r="F412" t="s">
         <v>13</v>
       </c>
       <c r="G412" t="s">
-        <v>4693</v>
+        <v>4700</v>
       </c>
       <c r="H412" t="s">
-        <v>4694</v>
+        <v>4701</v>
       </c>
       <c r="I412" t="s">
-        <v>4695</v>
+        <v>4702</v>
       </c>
       <c r="J412" t="s">
-        <v>4696</v>
+        <v>4703</v>
       </c>
       <c r="K412" t="s">
-        <v>4697</v>
-[...11 lines deleted...]
-        <v>4701</v>
+        <v>4704</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B413" t="s">
-        <v>4702</v>
+        <v>4705</v>
       </c>
       <c r="C413" t="s">
         <v>13</v>
       </c>
       <c r="D413" t="s">
         <v>13</v>
       </c>
       <c r="E413" t="s">
-        <v>4703</v>
+        <v>4706</v>
       </c>
       <c r="F413" t="s">
         <v>13</v>
       </c>
       <c r="G413" t="s">
-        <v>4704</v>
+        <v>4707</v>
       </c>
       <c r="H413" t="s">
-        <v>4705</v>
+        <v>4708</v>
       </c>
       <c r="I413" t="s">
-        <v>4706</v>
+        <v>4709</v>
       </c>
       <c r="J413" t="s">
-        <v>4018</v>
+        <v>4710</v>
       </c>
       <c r="K413" t="s">
-        <v>4707</v>
+        <v>4711</v>
       </c>
       <c r="L413" t="s">
-        <v>4708</v>
+        <v>4712</v>
+      </c>
+      <c r="M413" t="s">
+        <v>4713</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B414" t="s">
-        <v>4709</v>
+        <v>4714</v>
       </c>
       <c r="C414" t="s">
         <v>13</v>
       </c>
       <c r="D414" t="s">
         <v>13</v>
       </c>
       <c r="E414" t="s">
-        <v>4710</v>
+        <v>4715</v>
       </c>
       <c r="F414" t="s">
         <v>13</v>
       </c>
       <c r="G414" t="s">
-        <v>4711</v>
+        <v>4716</v>
       </c>
       <c r="H414" t="s">
-        <v>4712</v>
+        <v>4717</v>
       </c>
       <c r="I414" t="s">
-        <v>4713</v>
+        <v>4718</v>
       </c>
       <c r="J414" t="s">
-        <v>716</v>
+        <v>1430</v>
       </c>
       <c r="K414" t="s">
-        <v>4714</v>
-[...2 lines deleted...]
-        <v>4715</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B415" t="s">
-        <v>4716</v>
+        <v>4720</v>
       </c>
       <c r="C415" t="s">
         <v>13</v>
       </c>
       <c r="D415" t="s">
         <v>13</v>
       </c>
       <c r="E415" t="s">
-        <v>4717</v>
+        <v>4721</v>
       </c>
       <c r="F415" t="s">
         <v>13</v>
       </c>
       <c r="G415" t="s">
-        <v>4718</v>
+        <v>4722</v>
       </c>
       <c r="H415" t="s">
-        <v>4719</v>
+        <v>4723</v>
       </c>
       <c r="I415" t="s">
-        <v>979</v>
+        <v>4724</v>
       </c>
       <c r="J415" t="s">
-        <v>2747</v>
+        <v>1390</v>
       </c>
       <c r="K415" t="s">
-        <v>4720</v>
+        <v>4725</v>
       </c>
       <c r="L415" t="s">
-        <v>4721</v>
-[...2 lines deleted...]
-        <v>4722</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B416" t="s">
-        <v>4723</v>
+        <v>4727</v>
       </c>
       <c r="C416" t="s">
         <v>13</v>
       </c>
       <c r="D416" t="s">
         <v>13</v>
       </c>
       <c r="E416" t="s">
-        <v>4724</v>
+        <v>4728</v>
       </c>
       <c r="F416" t="s">
         <v>13</v>
       </c>
       <c r="G416" t="s">
-        <v>4725</v>
+        <v>4729</v>
       </c>
       <c r="H416" t="s">
-        <v>4726</v>
+        <v>4730</v>
       </c>
       <c r="I416" t="s">
-        <v>4727</v>
+        <v>4731</v>
       </c>
       <c r="J416" t="s">
-        <v>4180</v>
+        <v>836</v>
       </c>
       <c r="K416" t="s">
-        <v>4728</v>
+        <v>4732</v>
+      </c>
+      <c r="L416" t="s">
+        <v>4733</v>
+      </c>
+      <c r="M416" t="s">
+        <v>4734</v>
+      </c>
+      <c r="N416" t="s">
+        <v>4735</v>
+      </c>
+      <c r="O416" t="s">
+        <v>4736</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B417" t="s">
-        <v>4729</v>
+        <v>4737</v>
       </c>
       <c r="C417" t="s">
         <v>13</v>
       </c>
       <c r="D417" t="s">
         <v>13</v>
       </c>
       <c r="E417" t="s">
-        <v>4730</v>
+        <v>4738</v>
       </c>
       <c r="F417" t="s">
         <v>13</v>
       </c>
       <c r="G417" t="s">
-        <v>4731</v>
+        <v>4739</v>
       </c>
       <c r="H417" t="s">
-        <v>4732</v>
+        <v>4740</v>
       </c>
       <c r="I417" t="s">
-        <v>4733</v>
+        <v>4741</v>
       </c>
       <c r="J417" t="s">
-        <v>4734</v>
+        <v>4742</v>
       </c>
       <c r="K417" t="s">
-        <v>4735</v>
-[...2 lines deleted...]
-        <v>4736</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B418" t="s">
-        <v>4737</v>
+        <v>4744</v>
       </c>
       <c r="C418" t="s">
         <v>13</v>
       </c>
       <c r="D418" t="s">
         <v>13</v>
       </c>
       <c r="E418" t="s">
-        <v>4738</v>
+        <v>4745</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" t="s">
-        <v>4739</v>
+        <v>4746</v>
       </c>
       <c r="H418" t="s">
-        <v>4740</v>
+        <v>4747</v>
       </c>
       <c r="I418" t="s">
-        <v>4741</v>
+        <v>4748</v>
       </c>
       <c r="J418" t="s">
-        <v>4742</v>
+        <v>4749</v>
       </c>
       <c r="K418" t="s">
-        <v>4743</v>
+        <v>4750</v>
+      </c>
+      <c r="L418" t="s">
+        <v>4751</v>
+      </c>
+      <c r="M418" t="s">
+        <v>4752</v>
+      </c>
+      <c r="N418" t="s">
+        <v>4753</v>
+      </c>
+      <c r="O418" t="s">
+        <v>4754</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B419" t="s">
-        <v>4744</v>
+        <v>4755</v>
       </c>
       <c r="C419" t="s">
         <v>13</v>
       </c>
       <c r="D419" t="s">
         <v>13</v>
       </c>
       <c r="E419" t="s">
-        <v>4745</v>
+        <v>4756</v>
       </c>
       <c r="F419" t="s">
         <v>13</v>
       </c>
       <c r="G419" t="s">
-        <v>4746</v>
+        <v>4757</v>
       </c>
       <c r="H419" t="s">
-        <v>4747</v>
+        <v>4758</v>
       </c>
       <c r="I419" t="s">
-        <v>4748</v>
+        <v>4759</v>
       </c>
       <c r="J419" t="s">
-        <v>353</v>
+        <v>4071</v>
       </c>
       <c r="K419" t="s">
-        <v>4749</v>
+        <v>4760</v>
       </c>
       <c r="L419" t="s">
-        <v>4750</v>
-[...11 lines deleted...]
-        <v>4754</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B420" t="s">
-        <v>4755</v>
+        <v>4762</v>
       </c>
       <c r="C420" t="s">
         <v>13</v>
       </c>
       <c r="D420" t="s">
         <v>13</v>
       </c>
       <c r="E420" t="s">
-        <v>4756</v>
+        <v>4763</v>
       </c>
       <c r="F420" t="s">
         <v>13</v>
       </c>
       <c r="G420" t="s">
-        <v>4757</v>
+        <v>4764</v>
       </c>
       <c r="H420" t="s">
-        <v>4758</v>
+        <v>4765</v>
       </c>
       <c r="I420" t="s">
-        <v>4759</v>
+        <v>4766</v>
       </c>
       <c r="J420" t="s">
-        <v>4760</v>
+        <v>836</v>
       </c>
       <c r="K420" t="s">
-        <v>4761</v>
+        <v>4767</v>
       </c>
       <c r="L420" t="s">
-        <v>4762</v>
-[...5 lines deleted...]
-        <v>4764</v>
+        <v>4768</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B421" t="s">
-        <v>4765</v>
+        <v>4769</v>
       </c>
       <c r="C421" t="s">
         <v>13</v>
       </c>
       <c r="D421" t="s">
         <v>13</v>
       </c>
       <c r="E421" t="s">
-        <v>4766</v>
+        <v>4770</v>
       </c>
       <c r="F421" t="s">
         <v>13</v>
       </c>
       <c r="G421" t="s">
-        <v>4767</v>
+        <v>4771</v>
       </c>
       <c r="H421" t="s">
-        <v>4768</v>
+        <v>4772</v>
       </c>
       <c r="I421" t="s">
-        <v>4769</v>
+        <v>1097</v>
       </c>
       <c r="J421" t="s">
-        <v>1679</v>
+        <v>2800</v>
       </c>
       <c r="K421" t="s">
-        <v>4770</v>
+        <v>4773</v>
       </c>
       <c r="L421" t="s">
-        <v>4771</v>
+        <v>4774</v>
       </c>
       <c r="M421" t="s">
-        <v>4772</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B422" t="s">
-        <v>4773</v>
+        <v>4776</v>
       </c>
       <c r="C422" t="s">
         <v>13</v>
       </c>
       <c r="D422" t="s">
         <v>13</v>
       </c>
       <c r="E422" t="s">
-        <v>4774</v>
+        <v>4777</v>
       </c>
       <c r="F422" t="s">
         <v>13</v>
       </c>
       <c r="G422" t="s">
-        <v>4775</v>
+        <v>4778</v>
       </c>
       <c r="H422" t="s">
-        <v>4776</v>
+        <v>4779</v>
       </c>
       <c r="I422" t="s">
-        <v>4777</v>
+        <v>4780</v>
       </c>
       <c r="J422" t="s">
-        <v>4778</v>
+        <v>4233</v>
       </c>
       <c r="K422" t="s">
-        <v>4779</v>
-[...4 lines deleted...]
-      <c r="M422" t="s">
         <v>4781</v>
-      </c>
-[...1 lines deleted...]
-        <v>4782</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B423" t="s">
+        <v>4782</v>
+      </c>
+      <c r="C423" t="s">
+        <v>13</v>
+      </c>
+      <c r="D423" t="s">
+        <v>13</v>
+      </c>
+      <c r="E423" t="s">
         <v>4783</v>
       </c>
-      <c r="C423" t="s">
-[...5 lines deleted...]
-      <c r="E423" t="s">
+      <c r="F423" t="s">
+        <v>13</v>
+      </c>
+      <c r="G423" t="s">
         <v>4784</v>
       </c>
-      <c r="F423" t="s">
-[...2 lines deleted...]
-      <c r="G423" t="s">
+      <c r="H423" t="s">
         <v>4785</v>
       </c>
-      <c r="H423" t="s">
+      <c r="I423" t="s">
         <v>4786</v>
       </c>
-      <c r="I423" t="s">
+      <c r="J423" t="s">
         <v>4787</v>
       </c>
-      <c r="J423" t="s">
+      <c r="K423" t="s">
         <v>4788</v>
       </c>
-      <c r="K423" t="s">
+      <c r="L423" t="s">
         <v>4789</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B424" t="s">
         <v>4790</v>
       </c>
       <c r="C424" t="s">
         <v>13</v>
       </c>
       <c r="D424" t="s">
         <v>13</v>
       </c>
       <c r="E424" t="s">
         <v>4791</v>
       </c>
       <c r="F424" t="s">
         <v>13</v>
       </c>
       <c r="G424" t="s">
         <v>4792</v>
       </c>
       <c r="H424" t="s">
         <v>4793</v>
       </c>
       <c r="I424" t="s">
         <v>4794</v>
       </c>
       <c r="J424" t="s">
         <v>4795</v>
       </c>
       <c r="K424" t="s">
         <v>4796</v>
       </c>
-      <c r="L424" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B425" t="s">
+        <v>4797</v>
+      </c>
+      <c r="C425" t="s">
+        <v>13</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" t="s">
+        <v>4798</v>
+      </c>
+      <c r="F425" t="s">
+        <v>13</v>
+      </c>
+      <c r="G425" t="s">
+        <v>4799</v>
+      </c>
+      <c r="H425" t="s">
         <v>4800</v>
       </c>
-      <c r="C425" t="s">
-[...5 lines deleted...]
-      <c r="E425" t="s">
+      <c r="I425" t="s">
         <v>4801</v>
       </c>
-      <c r="F425" t="s">
-[...2 lines deleted...]
-      <c r="G425" t="s">
+      <c r="J425" t="s">
+        <v>535</v>
+      </c>
+      <c r="K425" t="s">
         <v>4802</v>
       </c>
-      <c r="H425" t="s">
+      <c r="L425" t="s">
         <v>4803</v>
       </c>
-      <c r="I425" t="s">
+      <c r="M425" t="s">
         <v>4804</v>
       </c>
-      <c r="J425" t="s">
-[...2 lines deleted...]
-      <c r="K425" t="s">
+      <c r="N425" t="s">
         <v>4805</v>
+      </c>
+      <c r="O425" t="s">
+        <v>4806</v>
+      </c>
+      <c r="P425" t="s">
+        <v>4807</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B426" t="s">
-        <v>4806</v>
+        <v>4808</v>
       </c>
       <c r="C426" t="s">
         <v>13</v>
       </c>
       <c r="D426" t="s">
         <v>13</v>
       </c>
       <c r="E426" t="s">
-        <v>4807</v>
+        <v>4809</v>
       </c>
       <c r="F426" t="s">
         <v>13</v>
       </c>
       <c r="G426" t="s">
-        <v>4808</v>
+        <v>4810</v>
       </c>
       <c r="H426" t="s">
-        <v>4809</v>
+        <v>4811</v>
       </c>
       <c r="I426" t="s">
-        <v>4810</v>
+        <v>4812</v>
       </c>
       <c r="J426" t="s">
-        <v>4811</v>
+        <v>4813</v>
       </c>
       <c r="K426" t="s">
-        <v>4812</v>
+        <v>4814</v>
+      </c>
+      <c r="L426" t="s">
+        <v>4815</v>
+      </c>
+      <c r="M426" t="s">
+        <v>4816</v>
+      </c>
+      <c r="N426" t="s">
+        <v>4817</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B427" t="s">
-        <v>4813</v>
+        <v>4818</v>
       </c>
       <c r="C427" t="s">
         <v>13</v>
       </c>
       <c r="D427" t="s">
         <v>13</v>
       </c>
       <c r="E427" t="s">
-        <v>4814</v>
+        <v>4819</v>
       </c>
       <c r="F427" t="s">
         <v>13</v>
       </c>
       <c r="G427" t="s">
-        <v>4815</v>
+        <v>4820</v>
       </c>
       <c r="H427" t="s">
-        <v>4816</v>
+        <v>4821</v>
       </c>
       <c r="I427" t="s">
-        <v>4817</v>
+        <v>4822</v>
       </c>
       <c r="J427" t="s">
-        <v>4818</v>
+        <v>1740</v>
       </c>
       <c r="K427" t="s">
-        <v>4819</v>
+        <v>4823</v>
+      </c>
+      <c r="L427" t="s">
+        <v>4824</v>
+      </c>
+      <c r="M427" t="s">
+        <v>4825</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B428" t="s">
-        <v>4820</v>
+        <v>4826</v>
       </c>
       <c r="C428" t="s">
         <v>13</v>
       </c>
       <c r="D428" t="s">
         <v>13</v>
       </c>
       <c r="E428" t="s">
-        <v>4821</v>
+        <v>4827</v>
       </c>
       <c r="F428" t="s">
         <v>13</v>
       </c>
       <c r="G428" t="s">
-        <v>4822</v>
+        <v>4828</v>
       </c>
       <c r="H428" t="s">
-        <v>4823</v>
+        <v>4829</v>
       </c>
       <c r="I428" t="s">
-        <v>4824</v>
+        <v>4830</v>
       </c>
       <c r="J428" t="s">
-        <v>4811</v>
+        <v>4831</v>
       </c>
       <c r="K428" t="s">
-        <v>4825</v>
+        <v>4832</v>
+      </c>
+      <c r="L428" t="s">
+        <v>4833</v>
+      </c>
+      <c r="M428" t="s">
+        <v>4834</v>
+      </c>
+      <c r="N428" t="s">
+        <v>4835</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B429" t="s">
-        <v>4826</v>
+        <v>4836</v>
       </c>
       <c r="C429" t="s">
         <v>13</v>
       </c>
       <c r="D429" t="s">
         <v>13</v>
       </c>
       <c r="E429" t="s">
-        <v>4827</v>
+        <v>4837</v>
       </c>
       <c r="F429" t="s">
         <v>13</v>
       </c>
       <c r="G429" t="s">
-        <v>4828</v>
+        <v>4838</v>
       </c>
       <c r="H429" t="s">
-        <v>4829</v>
+        <v>4839</v>
       </c>
       <c r="I429" t="s">
-        <v>4830</v>
+        <v>4840</v>
       </c>
       <c r="J429" t="s">
-        <v>4831</v>
+        <v>4841</v>
       </c>
       <c r="K429" t="s">
-        <v>4832</v>
+        <v>4842</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B430" t="s">
-        <v>4833</v>
+        <v>4843</v>
       </c>
       <c r="C430" t="s">
         <v>13</v>
       </c>
       <c r="D430" t="s">
         <v>13</v>
       </c>
       <c r="E430" t="s">
-        <v>4834</v>
+        <v>4844</v>
       </c>
       <c r="F430" t="s">
         <v>13</v>
       </c>
       <c r="G430" t="s">
-        <v>4835</v>
+        <v>4845</v>
       </c>
       <c r="H430" t="s">
-        <v>4836</v>
+        <v>4846</v>
       </c>
       <c r="I430" t="s">
-        <v>4837</v>
+        <v>4847</v>
       </c>
       <c r="J430" t="s">
-        <v>4838</v>
+        <v>4848</v>
       </c>
       <c r="K430" t="s">
-        <v>4839</v>
+        <v>4849</v>
       </c>
       <c r="L430" t="s">
-        <v>4840</v>
+        <v>4850</v>
       </c>
       <c r="M430" t="s">
-        <v>4841</v>
+        <v>4851</v>
+      </c>
+      <c r="N430" t="s">
+        <v>4852</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B431" t="s">
-        <v>4842</v>
+        <v>4853</v>
       </c>
       <c r="C431" t="s">
         <v>13</v>
       </c>
       <c r="D431" t="s">
         <v>13</v>
       </c>
       <c r="E431" t="s">
-        <v>4843</v>
+        <v>4854</v>
       </c>
       <c r="F431" t="s">
         <v>13</v>
       </c>
       <c r="G431" t="s">
-        <v>4844</v>
+        <v>4855</v>
       </c>
       <c r="H431" t="s">
-        <v>4845</v>
+        <v>4856</v>
       </c>
       <c r="I431" t="s">
-        <v>4846</v>
+        <v>4857</v>
       </c>
       <c r="J431" t="s">
-        <v>4847</v>
+        <v>4848</v>
       </c>
       <c r="K431" t="s">
-        <v>4848</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B432" t="s">
-        <v>4849</v>
+        <v>4859</v>
       </c>
       <c r="C432" t="s">
         <v>13</v>
       </c>
       <c r="D432" t="s">
         <v>13</v>
       </c>
       <c r="E432" t="s">
-        <v>4850</v>
+        <v>4860</v>
       </c>
       <c r="F432" t="s">
         <v>13</v>
       </c>
       <c r="G432" t="s">
-        <v>4851</v>
+        <v>4861</v>
       </c>
       <c r="H432" t="s">
-        <v>4852</v>
+        <v>4862</v>
       </c>
       <c r="I432" t="s">
-        <v>979</v>
+        <v>4863</v>
       </c>
       <c r="J432" t="s">
-        <v>4853</v>
+        <v>4864</v>
       </c>
       <c r="K432" t="s">
-        <v>4854</v>
-[...2 lines deleted...]
-        <v>4855</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B433" t="s">
-        <v>4856</v>
+        <v>4866</v>
       </c>
       <c r="C433" t="s">
         <v>13</v>
       </c>
       <c r="D433" t="s">
         <v>13</v>
       </c>
       <c r="E433" t="s">
-        <v>4857</v>
+        <v>4867</v>
       </c>
       <c r="F433" t="s">
         <v>13</v>
       </c>
       <c r="G433" t="s">
-        <v>4858</v>
+        <v>4868</v>
       </c>
       <c r="H433" t="s">
-        <v>4859</v>
+        <v>4869</v>
       </c>
       <c r="I433" t="s">
-        <v>4860</v>
+        <v>4870</v>
       </c>
       <c r="J433" t="s">
-        <v>4861</v>
+        <v>4871</v>
       </c>
       <c r="K433" t="s">
-        <v>4862</v>
+        <v>4872</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="s">
+        <v>341</v>
+      </c>
+      <c r="B434" t="s">
+        <v>4873</v>
+      </c>
+      <c r="C434" t="s">
+        <v>13</v>
+      </c>
+      <c r="D434" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4874</v>
+      </c>
+      <c r="F434" t="s">
+        <v>13</v>
+      </c>
+      <c r="G434" t="s">
+        <v>4875</v>
+      </c>
+      <c r="H434" t="s">
+        <v>4876</v>
+      </c>
+      <c r="I434" t="s">
+        <v>4877</v>
+      </c>
+      <c r="J434" t="s">
+        <v>4864</v>
+      </c>
+      <c r="K434" t="s">
+        <v>4878</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="s">
+        <v>341</v>
+      </c>
+      <c r="B435" t="s">
+        <v>4879</v>
+      </c>
+      <c r="C435" t="s">
+        <v>13</v>
+      </c>
+      <c r="D435" t="s">
+        <v>13</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4880</v>
+      </c>
+      <c r="F435" t="s">
+        <v>13</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4881</v>
+      </c>
+      <c r="H435" t="s">
+        <v>4882</v>
+      </c>
+      <c r="I435" t="s">
+        <v>4883</v>
+      </c>
+      <c r="J435" t="s">
+        <v>4884</v>
+      </c>
+      <c r="K435" t="s">
+        <v>4885</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="s">
+        <v>341</v>
+      </c>
+      <c r="B436" t="s">
+        <v>4886</v>
+      </c>
+      <c r="C436" t="s">
+        <v>13</v>
+      </c>
+      <c r="D436" t="s">
+        <v>13</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4887</v>
+      </c>
+      <c r="F436" t="s">
+        <v>13</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4888</v>
+      </c>
+      <c r="H436" t="s">
+        <v>4889</v>
+      </c>
+      <c r="I436" t="s">
+        <v>480</v>
+      </c>
+      <c r="J436" t="s">
+        <v>4890</v>
+      </c>
+      <c r="K436" t="s">
+        <v>4891</v>
+      </c>
+      <c r="L436" t="s">
+        <v>4892</v>
+      </c>
+      <c r="M436" t="s">
+        <v>4893</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="s">
+        <v>341</v>
+      </c>
+      <c r="B437" t="s">
+        <v>4894</v>
+      </c>
+      <c r="C437" t="s">
+        <v>13</v>
+      </c>
+      <c r="D437" t="s">
+        <v>13</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4895</v>
+      </c>
+      <c r="F437" t="s">
+        <v>13</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4896</v>
+      </c>
+      <c r="H437" t="s">
+        <v>4897</v>
+      </c>
+      <c r="I437" t="s">
+        <v>4898</v>
+      </c>
+      <c r="J437" t="s">
+        <v>4899</v>
+      </c>
+      <c r="K437" t="s">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="s">
+        <v>341</v>
+      </c>
+      <c r="B438" t="s">
+        <v>4901</v>
+      </c>
+      <c r="C438" t="s">
+        <v>13</v>
+      </c>
+      <c r="D438" t="s">
+        <v>13</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4902</v>
+      </c>
+      <c r="F438" t="s">
+        <v>13</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4903</v>
+      </c>
+      <c r="H438" t="s">
+        <v>4904</v>
+      </c>
+      <c r="I438" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J438" t="s">
+        <v>4905</v>
+      </c>
+      <c r="K438" t="s">
+        <v>4906</v>
+      </c>
+      <c r="L438" t="s">
+        <v>4907</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="s">
+        <v>341</v>
+      </c>
+      <c r="B439" t="s">
+        <v>4908</v>
+      </c>
+      <c r="C439" t="s">
+        <v>13</v>
+      </c>
+      <c r="D439" t="s">
+        <v>13</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4909</v>
+      </c>
+      <c r="F439" t="s">
+        <v>13</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4910</v>
+      </c>
+      <c r="H439" t="s">
+        <v>4911</v>
+      </c>
+      <c r="I439" t="s">
+        <v>4912</v>
+      </c>
+      <c r="J439" t="s">
+        <v>4913</v>
+      </c>
+      <c r="K439" t="s">
+        <v>4914</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>