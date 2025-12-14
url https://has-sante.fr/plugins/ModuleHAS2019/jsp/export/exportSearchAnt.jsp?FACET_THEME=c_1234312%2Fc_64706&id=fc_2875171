--- v1 (2025-10-28)
+++ v2 (2025-12-14)
@@ -1,277 +1,568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Communiqué de presse" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Études et Rapports" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="149">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Sécurité du patient : la HAS se mobilise pour réduire les risques associés aux soins</t>
+  </si>
+  <si>
+    <t>Un patient hospitalisé sur 10 subirait un évènement indésirable lors de ses soins. Contrairement aux idées reçues, l’erreur individuelle du professionnel n'est pas la cause principale de tels évènements. En effet, les données recueillies à ce jour mettent en cause d’autres dysfonctionnements.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>27/05/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035903/fr/securite-du-patient-la-has-se-mobilise-pour-reduire-les-risques-associes-aux-soins</t>
+  </si>
+  <si>
+    <t>c_2035903</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Accréditation des médecins et des équipes médicales : la HAS vient à votre rencontre</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) se mobilise dans le cadre de la feuille de route nationale 2023-2025 du Ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ». Une des actions menées a pour but de renforcer la communication sur le programme d’accréditation des médecins et des équipes médicales, notamment auprès des professionnels concernés. Ainsi, la HAS propose de venir à leur rencontre, dans leur établissement, pour échanger sur la démarche, partager des expériences d’équipes accréditées et répondre à leurs questions (dont l’articulation avec d’autres dispositifs tels que la certification des ES ou la certification périodique des professionnels de santé).  </t>
+  </si>
+  <si>
+    <t>09/07/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529688/fr/accreditation-des-medecins-et-des-equipes-medicales-la-has-vient-a-votre-rencontre</t>
+  </si>
+  <si>
+    <t>p_3529688</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Rapport annuel d’activité 2018 sur les évènements indésirables graves associés à des soins (EIGS)</t>
+  </si>
+  <si>
+    <t>Publication du 2e rapport sur l’analyse des EIGS, la HAS préconise pour améliorer la sécurité du patient : La réalisation d’une étude sur le regroupement d’EIGS liés à l’utilisation des systèmes d’information associés aux soins. Le renforcement de la qualité des déclarations d’EIGS lorsque le décès du patient est inexpliqué. Le rappel aux professionnels des recommandations de bonnes pratiques existantes concernant la contention physique passive.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135082/fr/rapport-annuel-d-activite-2018-sur-les-evenements-indesirables-graves-associes-a-des-soins-eigs</t>
+  </si>
+  <si>
+    <t>p_3135082</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Les check-lists pour la sécurité du patient</t>
+  </si>
+  <si>
+    <t>Un outil simple améliore les pratiques, la communication et le travail en équipe au bloc opératoire : la check-list (CL) « Sécurité du patient au bloc opératoire / interventionnel ». Pour faciliter sa bonne utilisation au quotidien, la HAS encourage les professionnels à s’emparer de la check-list pour l'adapter, si nécessaire, à leurs besoins.</t>
+  </si>
+  <si>
+    <t>29/11/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1518984/fr/les-check-lists-pour-la-securite-du-patient</t>
+  </si>
+  <si>
+    <t>c_1518984</t>
+  </si>
+  <si>
+    <t>Enquête de perception de l’accréditation des médecins et des équipes médicales</t>
+  </si>
+  <si>
+    <t>La HAS a mené une enquête de perception de l’accréditation des médecins et des équipes médicales auprès des professionnels de santé concernés de mi-juin à fin juillet 2023 . Les résultats de cette enquête permettent de conforter certaines actions déjà engagées par la HAS et les organismes agréés pour assurer le déploiement de l’accréditation, en particulier dans les établissements publics.</t>
+  </si>
+  <si>
+    <t>05/03/2024 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498889/fr/enquete-de-perception-de-l-accreditation-des-medecins-et-des-equipes-medicales</t>
+  </si>
+  <si>
+    <t>p_3498889</t>
   </si>
   <si>
     <t>Fixation bias in healthcare. How to see the light at the end of the tunnel ?</t>
   </si>
   <si>
     <t>Fixation is defined as being any situation in which a healthcare professional’s attention is so highly focused on a specific goal that he or she fails to notice warning signs that should normally prompt a change in approach or even the stoppage of the procedure before an adverse event can occur. This patient safety solution proposes a list of solutions to limit the occurrence and consequences of fixation.</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457735/en/fixation-bias-in-healthcare-how-to-see-the-light-at-the-end-of-the-tunnel</t>
+    <t>28/08/2023 11:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457735/fr/fixation-bias-in-healthcare-how-to-see-the-light-at-the-end-of-the-tunnel</t>
   </si>
   <si>
     <t>p_3457735</t>
   </si>
   <si>
-    <t>"No Go" in the operating theatre. How to reinforce the safety barriers ?</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2885681/en/-no-go-in-the-operating-theatre-how-to-reinforce-the-safety-barriers</t>
+    <t>Programme socle d’accréditation répondant aux exigences de la certification périodique des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Les organismes agréés (OA) d’accréditation (un par spécialité) proposent aux médecins concernés un programme spécifique répondant aux particularités de chaque discipline et dans lequel chaque équipe/médecin peut choisir des activités correspondant aux spécificités du service ou de son exercice. Le programme socle est un véritable catalogue de toutes les activités à possiblement mettre en œuvre dans le cadre de ces nouveaux programmes d’accréditation 2023 à 5 dimensions d’accréditation des médecins et équipes médicales (le niveau d’exigence est fixé par les OA).</t>
+  </si>
+  <si>
+    <t>27/07/2023 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455816/fr/programme-socle-d-accreditation-repondant-aux-exigences-de-la-certification-periodique-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3455816</t>
+  </si>
+  <si>
+    <t>No Go au bloc opératoire : comment renforcer les barrières de sécurité ?</t>
+  </si>
+  <si>
+    <t>Le No Go désigne l’arrêt immédiat et imprévu de l’acte chirurgical entre le moment où le patient est entré en salle d’opération et l’incision cutanée. L’enjeu est de mieux identifier l’ensemble des éléments constitutifs du bon déroulement de l’acte chirurgical. Il s’agit également de soutenir la bonne réalisation de la check-list HAS « Sécurité du patient au bloc opératoire », en rappelant ses trois objectifs : Vérifier Ensemble, pour prendre une Décision Concertée.</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885681/fr/no-go-au-bloc-operatoire-comment-renforcer-les-barrieres-de-securite</t>
   </si>
   <si>
     <t>c_2885681</t>
   </si>
   <si>
-    <t>Managing the risks associated with electrosurgical devices</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2882414/en/managing-the-risks-associated-with-electrosurgical-devices</t>
+    <t>Comment gérer les risques associés à l’utilisation du bistouri électrique ?</t>
+  </si>
+  <si>
+    <t>Les professionnels de santé qui interviennent en blocs opératoires et les sites interventionnels utilisent quotidiennement le bistouri électrique.</t>
+  </si>
+  <si>
+    <t>23/11/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882414/fr/comment-gerer-les-risques-associes-a-l-utilisation-du-bistouri-electrique</t>
   </si>
   <si>
     <t>c_2882414</t>
   </si>
   <si>
-    <t>Securing the circuit of a sample collected in the operating  room</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2776163/en/securing-the-circuit-of-a-sample-collected-in-the-operating-room</t>
+    <t>Comment sécuriser le circuit d’un prélèvement réalisé au bloc opératoire ?</t>
+  </si>
+  <si>
+    <t>Ce document propose 15 points clés, pour mieux travailler ensemble afin d’améliorer la sécurité du patient. Il est le fruit d’un travail collectif de plusieurs organismes agréés de l’accréditation des médecins et des équipes médicales, et vise à mettre à disposition des professionnels un outil pratique.</t>
+  </si>
+  <si>
+    <t>23/06/2017 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776163/fr/comment-securiser-le-circuit-d-un-prelevement-realise-au-bloc-operatoire</t>
   </si>
   <si>
     <t>c_2776163</t>
   </si>
   <si>
-    <t>Cooperation between anaesthetists-resuscitation specialists and surgeons: working better as a team</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2587220/en/cooperation-between-anaesthetists-resuscitation-specialists-and-surgeons-working-better-as-a-team</t>
+    <t>Coopération entre anesthésistes-réanimateurs et chirurgiens : mieux travailler en équipe</t>
+  </si>
+  <si>
+    <t>13/01/2016 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587220/fr/cooperation-entre-anesthesistes-reanimateurs-et-chirurgiens-mieux-travailler-en-equipe</t>
   </si>
   <si>
     <t>c_2587220</t>
   </si>
   <si>
-    <t>What action to take when finding moisture in boxes of sterile instruments after patient incision</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019436/en/what-action-to-take-when-finding-moisture-in-boxes-of-sterile-instruments-after-patient-incision</t>
+    <t>Comment réagir face à la présence d’humidité dans des boites d’instruments stériles après incision du patient ?</t>
+  </si>
+  <si>
+    <t>La présence d’humidité dans les boîtes d’instruments stériles crée un doute sur la stérilité de ces instruments, les rendant en théorie inutilisables. Cette situation a été mise en évidence par des déclarations spontanées d’évènements indésirables associés aux soins (EIAS) rencontrés par des chirurgiens orthopédistes et traumatologiques. L'analyse de ces EIAS ainsi qu'une analyse de la littérature a permis à Orthorisq de proposer, en partenariat avec la HAS, une solution pour la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>17/03/2015 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019436/fr/comment-reagir-face-a-la-presence-d-humidite-dans-des-boites-d-instruments-steriles-apres-incision-du-patient</t>
   </si>
   <si>
     <t>c_2019436</t>
   </si>
   <si>
-    <t>How to avoid confusion between antiseptic and injectable anaesthetics</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1524012/en/how-to-avoid-confusion-between-antiseptic-and-injectable-anaesthetics</t>
+    <t>Comment éviter la confusion entre antiseptique et anesthésique injectable ?</t>
+  </si>
+  <si>
+    <t>La proximité de deux produits d’aspect identique crée un risque élevé de confusion lors de leur utilisation et de conséquences graves pour le patient si l’antiseptique est injecté à la place de l’anesthésique. Cette situation a été mise en évidence par des déclarations spontanées d’événements indésirables survenus à des chirurgiens.</t>
+  </si>
+  <si>
+    <t>19/04/2013 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1524012/fr/comment-eviter-la-confusion-entre-antiseptique-et-anesthesique-injectable</t>
   </si>
   <si>
     <t>c_1524012</t>
   </si>
   <si>
-    <t>How to reduce wrong-site skin lesion excision</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1524018/en/how-to-reduce-wrong-site-skin-lesion-excision</t>
+    <t>Comment réduire les erreurs de site d’exérèse de lésions cutanées ?</t>
+  </si>
+  <si>
+    <t>Sur les 5 000 événements enregistrés dans la base de retour d’expérience en chirurgie plastique depuis 2008, l’analyse a mis en évidence un risque accru en chirurgie dermatologique. 85 événements ayant conduit à des erreurs de site opératoire (à l’exclusion des erreurs de patient) en chirurgie dermatologique ont été étudiés de façon approfondie afin de mettre en évidence les causes à l’origine de cette situation à risque. *La solution pour la sécurité proposée vise à réduire les causes profondes identifiées.*</t>
+  </si>
+  <si>
+    <t>19/04/2013 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1524018/fr/comment-reduire-les-erreurs-de-site-d-exerese-de-lesions-cutanees</t>
   </si>
   <si>
     <t>c_1524018</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Réglementation</t>
+  </si>
+  <si>
+    <t>L'accréditation des médecins est une démarche volontaire de gestion des risques qui a été instituée par la loi du 13 août 2004. Elle repose sur des textes législatifs et réglementaires dont les plus récents datent de 2022.</t>
+  </si>
+  <si>
+    <t>27/01/2015 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008271/fr/reglementation</t>
+  </si>
+  <si>
+    <t>c_2008271</t>
+  </si>
+  <si>
+    <t>DPC-réa, un nouvel organisme agréé pour l'accréditation des médecins en médecine intensive - réanimation</t>
+  </si>
+  <si>
+    <t>DPC-réa est un organisme agréé pour l'accréditation des médecins et des équipes médicales en médecine intensive - réanimation depuis le 27 juin 2024.</t>
+  </si>
+  <si>
+    <t>11/07/2024 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529579/fr/dpc-rea-un-nouvel-organisme-agree-pour-l-accreditation-des-medecins-en-medecine-intensive-reanimation</t>
+  </si>
+  <si>
+    <t>p_3529579</t>
+  </si>
+  <si>
+    <t>Accréditation des médecins et des équipes médicales</t>
+  </si>
+  <si>
+    <t>L’accréditation des médecins et équipes médicales est la reconnaissance de l’engagement des professionnels dans une démarche d’amélioration continue de leurs pratiques et de gestion des risques, mise en œuvre par la Haute Autorité de santé. Elle concerne les professionnels exerçant en établissement de santé une spécialité dite « à risques » : spécialités chirurgicales, spécialités interventionnelles, anesthésie-réanimation, médecine intensive et réanimation, échographie fœtale. Les médecins peuvent s'engager volontairement, en individuel ou de préférence en équipe, à participer à un programme médicalisé dont les activités font déjà partie, pour la plupart, de leurs pratiques quotidiennes. Il est proposé par des pairs de leur spécialité regroupés dans un organisme agréé (OA) et offre de nombreux avantages.</t>
+  </si>
+  <si>
+    <t>20/07/2020 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_428381/fr/accreditation-des-medecins-et-des-equipes-medicales</t>
+  </si>
+  <si>
+    <t>c_428381</t>
+  </si>
+  <si>
+    <t>Accréditation des médecins et des équipes médicales : la HAS lance une campagne de communication</t>
+  </si>
+  <si>
+    <t>L’accréditation des médecins et des équipes médicales est une démarche pilotée par la Haute Autorité de santé (HAS) pour accompagner les médecins exerçant une spécialité à risques en établissement de santé. L’objectif est de les appuyer dans l’amélioration de leurs pratiques, pour la sécurité du patient. Si l’accréditation a de nombreux atouts à faire valoir et gagne en attractivité (elle compte à ce jour 500 équipes et 10 000 médecins accrédités), elle n’est pas encore suffisamment connue. C’est pourquoi la HAS lance une campagne de communication « L’accréditation, ça vous irait comme un gant » afin de promouvoir l’accréditation et de sensibiliser les professionnels concernés, notamment les médecins du secteur public.</t>
+  </si>
+  <si>
+    <t>23/05/2024 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518327/fr/accreditation-des-medecins-et-des-equipes-medicales-la-has-lance-une-campagne-de-communication</t>
+  </si>
+  <si>
+    <t>p_3518327</t>
   </si>
   <si>
     <t>Accreditation of physicians and medical teams</t>
   </si>
   <si>
     <t>The HAS put into place a voluntary-based physician practice accreditation programme. Serving as a risk management instrument, this HAS measure builds on programmes developed by approved accreditation bodies.</t>
   </si>
   <si>
-    <t>03/31/2020 10:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2042654/en/accreditation-of-physicians-and-medical-teams</t>
+    <t>31/03/2020 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042654/fr/accreditation-of-physicians-and-medical-teams</t>
   </si>
   <si>
     <t>c_2042654</t>
+  </si>
+  <si>
+    <t>La check-list personnalisée pour la sécurité du patient au bloc opératoire</t>
+  </si>
+  <si>
+    <t>La check-list est un outil d’amélioration des pratiques au bloc opératoire efficace pour réduire le risque d’événements indésirables associés aux soins. Les supports prêts à l’emploi proposés peuvent ne pas convenir à la pratique de tous les professionnels, c'est pourquoi la HAS encourage les équipes de bloc à personnaliser une check-list adaptée à leurs besoins, à patir d'un socle d'items impératifs à vérifier systématiquement.</t>
+  </si>
+  <si>
+    <t>16/03/2023 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419370/fr/la-check-list-personnalisee-pour-la-securite-du-patient-au-bloc-operatoire</t>
+  </si>
+  <si>
+    <t>p_3419370</t>
+  </si>
+  <si>
+    <t>La check-list générique « sécurité du patient au bloc opératoire »</t>
+  </si>
+  <si>
+    <t>Une check-list a pour objectif de diminuer de manière significative les complications péri-interventionnelles. C’est un outil d’amélioration des pratiques au bloc opératoire. La version générique de la check-list HAS (V2018) est conçue pour être utilisable par toutes les équipes de bloc opératoire, quels que soient leur spécialité et leur contexte d’exercice.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419374/fr/la-check-list-generique-securite-du-patient-au-bloc-operatoire</t>
+  </si>
+  <si>
+    <t>p_3419374</t>
+  </si>
+  <si>
+    <t>Bien utiliser la check-list - FAQ</t>
+  </si>
+  <si>
+    <t>Foire aux questions sur la check-list</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419409/fr/bien-utiliser-la-check-list-faq</t>
+  </si>
+  <si>
+    <t>p_3419409</t>
+  </si>
+  <si>
+    <t>Sécurité du patient au bloc opératoire : la HAS propose de personnaliser sa check-list</t>
+  </si>
+  <si>
+    <t>Pour tous les professionnels qui travaillent au bloc opératoire, la sécurité du patient est une préoccupation majeure. Pour la garantir, la HAS encourage les professionnels à se doter d’une check-list adaptée à leurs besoins en proposant 3 options : conserver la check-list générique actuelle, utiliser l’une des check-lists spécialisées, concevoir sapropre check-list personnalisée.</t>
+  </si>
+  <si>
+    <t>16/03/2023 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421096/fr/securite-du-patient-au-bloc-operatoire-la-has-propose-de-personnaliser-sa-check-list</t>
+  </si>
+  <si>
+    <t>p_3421096</t>
+  </si>
+  <si>
+    <t>Sécurité du patient : s'outiller</t>
+  </si>
+  <si>
+    <t>La HAS propose des méthodes et des outils pour mettre en place une démarche collective d’amélioration de la sécurité des patients en établissement de santé ou en ville.</t>
+  </si>
+  <si>
+    <t>15/10/2020 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_821871/fr/securite-du-patient-s-outiller</t>
+  </si>
+  <si>
+    <t>c_821871</t>
+  </si>
+  <si>
+    <t>S’engager dans un dispositif</t>
+  </si>
+  <si>
+    <t>Plusieurs dispositifs et programmes gérés par la HAS ont pour but de vous accompagner pour vous aider à améliorer vos pratiques au bénéfice de la sécurité du patient. L'objectif est de comprendre la survenue des événements indésirables associés aux soins, qu'ils soient graves ou non (EIAS et EIGS), réduire leur nombre et limiter les conséquences au bénéfice de la sécurité du patient. Selon votre profession, votre spécialité et votre niveau de marurité dans la sécurité des soins, vous pouvez vous engager dans le programme d’accréditation des médecins et équipes médicales, dans le dispositif de déclaration des événements indésirables graves associés aux soins (EIGS), dans le programme d’amélioration continue du travail en équipe (Pacte).</t>
+  </si>
+  <si>
+    <t>21/06/2022 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345045/fr/s-engager-dans-un-dispositif</t>
+  </si>
+  <si>
+    <t>p_3345045</t>
+  </si>
+  <si>
+    <t>Grille ALARM</t>
+  </si>
+  <si>
+    <t>La grille ALARM est un outil permettant l'analyse des causes d'un évènement indésirable associé aux soins.</t>
+  </si>
+  <si>
+    <t>02/08/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215806/fr/grille-alarm</t>
+  </si>
+  <si>
+    <t>c_1215806</t>
+  </si>
+  <si>
+    <t>8.a – Accréditation des médecins</t>
+  </si>
+  <si>
+    <t>En l’absence d’activités dites « à risques », de nombreux établissements interrogent sur l’applicabilité de l’élément d’appréciation du critère.</t>
+  </si>
+  <si>
+    <t>10/10/2012 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974974/fr/8-a-accreditation-des-medecins</t>
+  </si>
+  <si>
+    <t>pprd_2974974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -285,251 +576,885 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>109</v>
+      </c>
+      <c r="H6" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" t="s">
+        <v>111</v>
+      </c>
+      <c r="C7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>113</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>114</v>
+      </c>
+      <c r="H7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>85</v>
+      </c>
+      <c r="B8" t="s">
+        <v>116</v>
+      </c>
+      <c r="C8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>113</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>118</v>
+      </c>
+      <c r="H8" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>120</v>
+      </c>
+      <c r="C9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>113</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>122</v>
+      </c>
+      <c r="H9" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>127</v>
+      </c>
+      <c r="H10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C11" t="s">
+        <v>130</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>132</v>
+      </c>
+      <c r="H11" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C12" t="s">
+        <v>135</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>136</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>137</v>
+      </c>
+      <c r="H12" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>141</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>142</v>
+      </c>
+      <c r="H13" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>144</v>
+      </c>
+      <c r="C14" t="s">
+        <v>145</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>146</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>147</v>
+      </c>
+      <c r="H14" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>