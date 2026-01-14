--- v0 (2025-10-19)
+++ v1 (2026-01-14)
@@ -9,88 +9,103 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="399">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
+    <t>Initial key guiding principles for the use of generative AI in healthcare</t>
+  </si>
+  <si>
+    <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/30/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
+  </si>
+  <si>
+    <t>p_3703115</t>
+  </si>
+  <si>
     <t>Digital medical devices for professional use</t>
   </si>
   <si>
     <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>06/29/2023 17:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
     <t>Operating room rescheduling. A practice that requires careful consideration</t>
   </si>
   <si>
     <t>Rescheduling, or changing the date of a procedure, is part of the daily routine of operating rooms. However, it is not a trivial act. Indeed, such rescheduling can sometimes be the cause of adverse events, potentially leading to significant consequences. In its patient safety solution "Operating room rescheduling. A practice that requires careful consideration", the HAS propose a series of actions to implement in order to reduce the risks that may arise when rescheduling.</t>
   </si>
   <si>
     <t>07/22/2025 18:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576094/en/operating-room-rescheduling-a-practice-that-requires-careful-consideration</t>
   </si>
   <si>
     <t>p_3576094</t>
   </si>
   <si>
     <t>Guide for the assessment of healthcare simulation infrastructures</t>
@@ -923,78 +938,78 @@
   <si>
     <t>Documents for Patients</t>
   </si>
   <si>
     <t>Research and treatment of Helicobacter pylori</t>
   </si>
   <si>
     <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
   </si>
   <si>
     <t>03/13/2019 00:00:00</t>
   </si>
   <si>
     <t>03/26/2019 17:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
     <t>Committee for Public Involvement and Participation</t>
   </si>
   <si>
     <t>The mission of the Committee for Public Involvement and Participation is to promote the participation and engagement of patients and social supported persons in the work carried out by the HAS (French National Authority for Health) and the three health system sectors: health, social and medico-social care. It is made up of equal numbers of individuals chosen primarily for their experiential knowledge as users of healthcare, social or medico-social facilities, or for their professional or academic expertise in the field of health engagement or citizen participation.</t>
   </si>
   <si>
     <t>05/13/2025 18:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891593/en/committee-for-public-involvement-and-participation</t>
   </si>
   <si>
     <t>c_2891593</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1500918</t>
   </si>
   <si>
     <t>Good healthcare simulation practices: recent work in France</t>
   </si>
   <si>
     <t>Healthcare simulation is a key teaching method for healthcare professionals, aimed at improving training, professional practices, and risk management.</t>
   </si>
   <si>
     <t>01/22/2025 08:41:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3579176/en/good-healthcare-simulation-practices-recent-work-in-france</t>
   </si>
   <si>
     <t>p_3579176</t>
   </si>
   <si>
     <t>Patient Safety</t>
   </si>
   <si>
     <t>Improving patient safety in hospital and health systems remains a global public health concern and an essential component of health care quality. It necessitates a comprehensive approach that involves shared principles and values in the promotion and implementation of a positive safety culture, an effective risk management program, and high-quality teamwork to reduce medical errors and prevent their occurrences.</t>
   </si>
   <si>
     <t>01/21/2025 16:05:00</t>
   </si>
@@ -1241,51 +1256,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H75"/>
+  <dimension ref="A1:H76"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1437,129 +1452,129 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>46</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
         <v>51</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>57</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>58</v>
       </c>
       <c r="H11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
       <c r="C12" t="s">
@@ -1619,207 +1634,207 @@
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>73</v>
       </c>
       <c r="H14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>88</v>
       </c>
       <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>89</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>90</v>
       </c>
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="B19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" t="s">
         <v>94</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="E19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>104</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>105</v>
       </c>
       <c r="H21" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
@@ -1905,444 +1920,444 @@
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>124</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>125</v>
       </c>
       <c r="H25" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>133</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>134</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
         <v>137</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>139</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>140</v>
       </c>
       <c r="H28" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
-        <v>56</v>
+        <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H29" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C30" t="s">
-        <v>147</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>148</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>149</v>
       </c>
       <c r="H30" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>151</v>
       </c>
       <c r="C31" t="s">
         <v>152</v>
       </c>
       <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>153</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
         <v>154</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" t="s">
         <v>157</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>158</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>159</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
         <v>160</v>
       </c>
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>87</v>
+        <v>162</v>
       </c>
       <c r="B33" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" t="s">
         <v>164</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>165</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>166</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
         <v>167</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="B34" t="s">
+        <v>169</v>
+      </c>
+      <c r="C34" t="s">
         <v>170</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>172</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>173</v>
       </c>
       <c r="H34" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>175</v>
       </c>
       <c r="C35" t="s">
         <v>176</v>
       </c>
       <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>177</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>178</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="B36" t="s">
+        <v>180</v>
+      </c>
+      <c r="C36" t="s">
         <v>181</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>183</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>184</v>
       </c>
       <c r="H36" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>186</v>
       </c>
       <c r="C37" t="s">
         <v>187</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>188</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>189</v>
       </c>
       <c r="H37" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>191</v>
       </c>
       <c r="C38" t="s">
         <v>192</v>
       </c>
       <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>193</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
         <v>194</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
+        <v>196</v>
+      </c>
+      <c r="C39" t="s">
         <v>197</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>199</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
         <v>200</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>202</v>
       </c>
       <c r="C40" t="s">
         <v>203</v>
       </c>
       <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>204</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>205</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="B41" t="s">
+        <v>207</v>
+      </c>
+      <c r="C41" t="s">
         <v>208</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>210</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>211</v>
       </c>
       <c r="H41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>213</v>
       </c>
       <c r="C42" t="s">
         <v>214</v>
       </c>
       <c r="D42" t="s">
@@ -2471,769 +2486,795 @@
       </c>
       <c r="B47" t="s">
         <v>238</v>
       </c>
       <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>240</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
         <v>241</v>
       </c>
       <c r="H47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
         <v>245</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>246</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="B49" t="s">
+        <v>248</v>
+      </c>
+      <c r="C49" t="s">
         <v>249</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>250</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>251</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
         <v>252</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="B50" t="s">
+        <v>254</v>
+      </c>
+      <c r="C50" t="s">
         <v>255</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>256</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>257</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
         <v>258</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B51" t="s">
+        <v>260</v>
+      </c>
+      <c r="C51" t="s">
         <v>261</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>262</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>263</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
         <v>264</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>268</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>269</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
         <v>270</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
+        <v>49</v>
+      </c>
+      <c r="B53" t="s">
+        <v>272</v>
+      </c>
+      <c r="C53" t="s">
         <v>273</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>274</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>275</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
         <v>276</v>
       </c>
-      <c r="E53" t="s">
+      <c r="H53" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B54" t="s">
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
         <v>280</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>281</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>282</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
         <v>283</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B55" t="s">
+        <v>285</v>
+      </c>
+      <c r="C55" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D55" t="s">
         <v>287</v>
       </c>
       <c r="E55" t="s">
         <v>288</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>289</v>
       </c>
       <c r="H55" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B56" t="s">
         <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D56" t="s">
         <v>292</v>
       </c>
       <c r="E56" t="s">
         <v>293</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>294</v>
       </c>
       <c r="H56" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
+        <v>278</v>
+      </c>
+      <c r="B57" t="s">
         <v>296</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
+        <v>61</v>
+      </c>
+      <c r="D57" t="s">
         <v>297</v>
       </c>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>298</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
         <v>299</v>
       </c>
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>301</v>
+      </c>
+      <c r="B58" t="s">
+        <v>302</v>
+      </c>
+      <c r="C58" t="s">
         <v>303</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>304</v>
       </c>
-      <c r="C58" t="s">
+      <c r="E58" t="s">
         <v>305</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
         <v>306</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B59" t="s">
         <v>309</v>
       </c>
       <c r="C59" t="s">
         <v>310</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>311</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
         <v>312</v>
       </c>
       <c r="H59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B60" t="s">
         <v>314</v>
       </c>
       <c r="C60" t="s">
         <v>315</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>316</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
         <v>317</v>
       </c>
       <c r="H60" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>319</v>
       </c>
       <c r="C61" t="s">
         <v>320</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>321</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
         <v>322</v>
       </c>
       <c r="H61" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B62" t="s">
         <v>324</v>
       </c>
       <c r="C62" t="s">
         <v>325</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>326</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
         <v>327</v>
       </c>
       <c r="H62" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B63" t="s">
         <v>329</v>
       </c>
       <c r="C63" t="s">
         <v>330</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>331</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
         <v>332</v>
       </c>
       <c r="H63" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B64" t="s">
         <v>334</v>
       </c>
       <c r="C64" t="s">
         <v>335</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>336</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
         <v>337</v>
       </c>
       <c r="H64" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
+        <v>308</v>
+      </c>
+      <c r="B65" t="s">
         <v>339</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
         <v>341</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
         <v>342</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>303</v>
+        <v>344</v>
       </c>
       <c r="B66" t="s">
         <v>345</v>
       </c>
       <c r="C66" t="s">
         <v>346</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>347</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
         <v>348</v>
       </c>
       <c r="H66" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B67" t="s">
         <v>350</v>
       </c>
       <c r="C67" t="s">
         <v>351</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>352</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
         <v>353</v>
       </c>
       <c r="H67" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B68" t="s">
         <v>355</v>
       </c>
       <c r="C68" t="s">
         <v>356</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>357</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
         <v>358</v>
       </c>
       <c r="H68" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B69" t="s">
         <v>360</v>
       </c>
       <c r="C69" t="s">
         <v>361</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>362</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
         <v>363</v>
       </c>
       <c r="H69" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>339</v>
+        <v>308</v>
       </c>
       <c r="B70" t="s">
         <v>365</v>
       </c>
       <c r="C70" t="s">
         <v>366</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>367</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
         <v>368</v>
       </c>
       <c r="H70" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B71" t="s">
         <v>370</v>
       </c>
       <c r="C71" t="s">
         <v>371</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>178</v>
+        <v>372</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>303</v>
+        <v>344</v>
       </c>
       <c r="B72" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C72" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>376</v>
+        <v>183</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
         <v>377</v>
       </c>
       <c r="H72" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B73" t="s">
         <v>379</v>
       </c>
       <c r="C73" t="s">
         <v>380</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>381</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
         <v>382</v>
       </c>
       <c r="H73" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>384</v>
       </c>
       <c r="C74" t="s">
         <v>385</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>386</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
         <v>387</v>
       </c>
       <c r="H74" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>389</v>
       </c>
       <c r="C75" t="s">
         <v>390</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>391</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
         <v>392</v>
       </c>
       <c r="H75" t="s">
         <v>393</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" t="s">
+        <v>394</v>
+      </c>
+      <c r="C76" t="s">
+        <v>395</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>396</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>397</v>
+      </c>
+      <c r="H76" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>