--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -35,62 +35,83 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Hospital mortality indicators: foreign experience, literature teachings and guidelines to support public decision-making and the development of indicators in France</t>
+  </si>
+  <si>
+    <t>This operational document is made up of 3 parts : a review of the mortality indicators currently used in five countries (United Kingdom, United States, Canada, Australia and Germany) to compare healthcare institutions; a review of the international literature in order to discuss the advantages and drawbacks of the different mortality indicators: purpose of the indicator, scope, source data, adjustment models, links with other quality indicators (process, structure) and side-effects of their use ; HAS recommendations to guide public decision-making and the development of hospital mortality indicators that allow the comparison of healthcare institutions in France.</t>
+  </si>
+  <si>
+    <t>07/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2017 12:20:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800716/en/hospital-mortality-indicators-foreign-experience-literature-teachings-and-guidelines-to-support-public-decision-making-and-the-development-of-indicators-in-france</t>
+  </si>
+  <si>
+    <t>c_2800716</t>
+  </si>
+  <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
     <t>Initial key guiding principles for the use of generative AI in healthcare</t>
   </si>
   <si>
     <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/30/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
   </si>
   <si>
     <t>p_3703115</t>
   </si>
   <si>
     <t>Digital medical devices for professional use</t>
   </si>
   <si>
     <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
   </si>
   <si>
     <t>06/29/2023 17:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
     <t>Operating room rescheduling. A practice that requires careful consideration</t>
@@ -495,71 +516,50 @@
     <t>06/18/2021 09:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270447/en/focus-on-patient-safety-surgical-safety-a-quick-check-is-better-than-a-big-shock</t>
   </si>
   <si>
     <t>p_3270447</t>
   </si>
   <si>
     <t>Outcome indicators measured from medico-administrative databases</t>
   </si>
   <si>
     <t>Since 2015, the French national Authority for Health (HAS) develops outcome indicators based on medico-administrative databases, using a valid method designed for quality, safety and patient outcome improvement. This work is performed with a multidisciplinary working group bringing together the expertise of the medical staff caring for patients, doctors with expertise in the coding of medical information, patients and healthcare system users.</t>
   </si>
   <si>
     <t>06/06/2019 00:00:00</t>
   </si>
   <si>
     <t>04/16/2021 18:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076997/en/outcome-indicators-measured-from-medico-administrative-databases</t>
   </si>
   <si>
     <t>p_3076997</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_2800716</t>
   </si>
   <si>
     <t>French National programme to measure patient satisfaction and experience: e-Satis - Methodological guide</t>
   </si>
   <si>
     <t>This document presents the methodology for the development and validation of "e-Satis" – the programme aimed at measuring the satisfaction and experience of French hospital patients. It describes the main stages used by HAS to produce an outcome indicator based on the patients' point of view.</t>
   </si>
   <si>
     <t>09/18/2019 00:00:00</t>
   </si>
   <si>
     <t>01/15/2021 12:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106392/en/french-national-programme-to-measure-patient-satisfaction-and-experience-e-satis-methodological-guide</t>
   </si>
   <si>
     <t>p_3106392</t>
   </si>
   <si>
     <t>Supporting and encouraging public engagement in social and health care organisations</t>
   </si>
   <si>
     <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
   </si>
@@ -1305,1975 +1305,1975 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C17" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H17" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C19" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>96</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>97</v>
       </c>
       <c r="H19" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="B20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H20" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="H21" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C22" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H22" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H24" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C26" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H26" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B27" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>135</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H27" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H29" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B30" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C30" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H30" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B31" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>68</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H31" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="B32" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D32" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H32" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="B33" t="s">
         <v>163</v>
       </c>
       <c r="C33" t="s">
         <v>164</v>
       </c>
       <c r="D33" t="s">
         <v>165</v>
       </c>
       <c r="E33" t="s">
         <v>166</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>167</v>
       </c>
       <c r="H33" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
         <v>169</v>
       </c>
       <c r="C34" t="s">
         <v>170</v>
       </c>
       <c r="D34" t="s">
         <v>171</v>
       </c>
       <c r="E34" t="s">
         <v>172</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>173</v>
       </c>
       <c r="H34" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>175</v>
       </c>
       <c r="C35" t="s">
         <v>176</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>177</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>178</v>
       </c>
       <c r="H35" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>180</v>
       </c>
       <c r="C36" t="s">
         <v>181</v>
       </c>
       <c r="D36" t="s">
         <v>182</v>
       </c>
       <c r="E36" t="s">
         <v>183</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>184</v>
       </c>
       <c r="H36" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>186</v>
       </c>
       <c r="C37" t="s">
         <v>187</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>188</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>189</v>
       </c>
       <c r="H37" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>191</v>
       </c>
       <c r="C38" t="s">
         <v>192</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>193</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>194</v>
       </c>
       <c r="H38" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B39" t="s">
         <v>196</v>
       </c>
       <c r="C39" t="s">
         <v>197</v>
       </c>
       <c r="D39" t="s">
         <v>198</v>
       </c>
       <c r="E39" t="s">
         <v>199</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>200</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>202</v>
       </c>
       <c r="C40" t="s">
         <v>203</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>204</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>205</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B41" t="s">
         <v>207</v>
       </c>
       <c r="C41" t="s">
         <v>208</v>
       </c>
       <c r="D41" t="s">
         <v>209</v>
       </c>
       <c r="E41" t="s">
         <v>210</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>211</v>
       </c>
       <c r="H41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B42" t="s">
         <v>213</v>
       </c>
       <c r="C42" t="s">
         <v>214</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>215</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>216</v>
       </c>
       <c r="H42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B43" t="s">
         <v>218</v>
       </c>
       <c r="C43" t="s">
         <v>219</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>220</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>221</v>
       </c>
       <c r="H43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>223</v>
       </c>
       <c r="C44" t="s">
         <v>224</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>225</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>226</v>
       </c>
       <c r="H44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B45" t="s">
         <v>228</v>
       </c>
       <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>230</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>231</v>
       </c>
       <c r="H45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B46" t="s">
         <v>233</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>235</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>236</v>
       </c>
       <c r="H46" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B47" t="s">
         <v>238</v>
       </c>
       <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>240</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>241</v>
       </c>
       <c r="H47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>245</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>246</v>
       </c>
       <c r="H48" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B49" t="s">
         <v>248</v>
       </c>
       <c r="C49" t="s">
         <v>249</v>
       </c>
       <c r="D49" t="s">
         <v>250</v>
       </c>
       <c r="E49" t="s">
         <v>251</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>252</v>
       </c>
       <c r="H49" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>254</v>
       </c>
       <c r="C50" t="s">
         <v>255</v>
       </c>
       <c r="D50" t="s">
         <v>256</v>
       </c>
       <c r="E50" t="s">
         <v>257</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>258</v>
       </c>
       <c r="H50" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B51" t="s">
         <v>260</v>
       </c>
       <c r="C51" t="s">
         <v>261</v>
       </c>
       <c r="D51" t="s">
         <v>262</v>
       </c>
       <c r="E51" t="s">
         <v>263</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>264</v>
       </c>
       <c r="H51" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B52" t="s">
         <v>266</v>
       </c>
       <c r="C52" t="s">
         <v>267</v>
       </c>
       <c r="D52" t="s">
         <v>268</v>
       </c>
       <c r="E52" t="s">
         <v>269</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>270</v>
       </c>
       <c r="H52" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B53" t="s">
         <v>272</v>
       </c>
       <c r="C53" t="s">
         <v>273</v>
       </c>
       <c r="D53" t="s">
         <v>274</v>
       </c>
       <c r="E53" t="s">
         <v>275</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>276</v>
       </c>
       <c r="H53" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>278</v>
       </c>
       <c r="B54" t="s">
         <v>279</v>
       </c>
       <c r="C54" t="s">
         <v>280</v>
       </c>
       <c r="D54" t="s">
         <v>281</v>
       </c>
       <c r="E54" t="s">
         <v>282</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>283</v>
       </c>
       <c r="H54" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>278</v>
       </c>
       <c r="B55" t="s">
         <v>285</v>
       </c>
       <c r="C55" t="s">
         <v>286</v>
       </c>
       <c r="D55" t="s">
         <v>287</v>
       </c>
       <c r="E55" t="s">
         <v>288</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>289</v>
       </c>
       <c r="H55" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>278</v>
       </c>
       <c r="B56" t="s">
         <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D56" t="s">
         <v>292</v>
       </c>
       <c r="E56" t="s">
         <v>293</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>294</v>
       </c>
       <c r="H56" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>278</v>
       </c>
       <c r="B57" t="s">
         <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D57" t="s">
         <v>297</v>
       </c>
       <c r="E57" t="s">
         <v>298</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>299</v>
       </c>
       <c r="H57" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>301</v>
       </c>
       <c r="B58" t="s">
         <v>302</v>
       </c>
       <c r="C58" t="s">
         <v>303</v>
       </c>
       <c r="D58" t="s">
         <v>304</v>
       </c>
       <c r="E58" t="s">
         <v>305</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>306</v>
       </c>
       <c r="H58" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>308</v>
       </c>
       <c r="B59" t="s">
         <v>309</v>
       </c>
       <c r="C59" t="s">
         <v>310</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
         <v>311</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>312</v>
       </c>
       <c r="H59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>308</v>
       </c>
       <c r="B60" t="s">
         <v>314</v>
       </c>
       <c r="C60" t="s">
         <v>315</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
         <v>316</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>317</v>
       </c>
       <c r="H60" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>319</v>
       </c>
       <c r="C61" t="s">
         <v>320</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
         <v>321</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>322</v>
       </c>
       <c r="H61" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>308</v>
       </c>
       <c r="B62" t="s">
         <v>324</v>
       </c>
       <c r="C62" t="s">
         <v>325</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>326</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>327</v>
       </c>
       <c r="H62" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>308</v>
       </c>
       <c r="B63" t="s">
         <v>329</v>
       </c>
       <c r="C63" t="s">
         <v>330</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
         <v>331</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>332</v>
       </c>
       <c r="H63" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>308</v>
       </c>
       <c r="B64" t="s">
         <v>334</v>
       </c>
       <c r="C64" t="s">
         <v>335</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
         <v>336</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>337</v>
       </c>
       <c r="H64" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>308</v>
       </c>
       <c r="B65" t="s">
         <v>339</v>
       </c>
       <c r="C65" t="s">
         <v>340</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
         <v>341</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>342</v>
       </c>
       <c r="H65" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>344</v>
       </c>
       <c r="B66" t="s">
         <v>345</v>
       </c>
       <c r="C66" t="s">
         <v>346</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
         <v>347</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>348</v>
       </c>
       <c r="H66" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>308</v>
       </c>
       <c r="B67" t="s">
         <v>350</v>
       </c>
       <c r="C67" t="s">
         <v>351</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
         <v>352</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>353</v>
       </c>
       <c r="H67" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>308</v>
       </c>
       <c r="B68" t="s">
         <v>355</v>
       </c>
       <c r="C68" t="s">
         <v>356</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
         <v>357</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>358</v>
       </c>
       <c r="H68" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>308</v>
       </c>
       <c r="B69" t="s">
         <v>360</v>
       </c>
       <c r="C69" t="s">
         <v>361</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
         <v>362</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>363</v>
       </c>
       <c r="H69" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>308</v>
       </c>
       <c r="B70" t="s">
         <v>365</v>
       </c>
       <c r="C70" t="s">
         <v>366</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
         <v>367</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>368</v>
       </c>
       <c r="H70" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>344</v>
       </c>
       <c r="B71" t="s">
         <v>370</v>
       </c>
       <c r="C71" t="s">
         <v>371</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
         <v>372</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>373</v>
       </c>
       <c r="H71" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>344</v>
       </c>
       <c r="B72" t="s">
         <v>375</v>
       </c>
       <c r="C72" t="s">
         <v>376</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
         <v>183</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>377</v>
       </c>
       <c r="H72" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>308</v>
       </c>
       <c r="B73" t="s">
         <v>379</v>
       </c>
       <c r="C73" t="s">
         <v>380</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
         <v>381</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>382</v>
       </c>
       <c r="H73" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>384</v>
       </c>
       <c r="C74" t="s">
         <v>385</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>386</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>387</v>
       </c>
       <c r="H74" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>389</v>
       </c>
       <c r="C75" t="s">
         <v>390</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
         <v>391</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>392</v>
       </c>
       <c r="H75" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>308</v>
       </c>
       <c r="B76" t="s">
         <v>394</v>
       </c>
       <c r="C76" t="s">
         <v>395</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E76" t="s">
         <v>396</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>397</v>
       </c>
       <c r="H76" t="s">
         <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>