--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,7302 +1,24525 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Dossier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation en santé " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId12" sheetId="10"/>
+    <sheet name="Export Guide usagers" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Communiqué de presse" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId16" sheetId="14"/>
+    <sheet name="Export Medicament" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Article HAS" r:id="rId18" sheetId="16"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1397" uniqueCount="904">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4784" uniqueCount="2971">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/02/2024 11:18:00</t>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Grossesse, accouchement et suivi postnatal</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur la grossesse, l'accouchement et le suivi postnatal</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>15/07/2024 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286443/fr/grossesse-accouchement-et-suivi-postnatal</t>
+  </si>
+  <si>
+    <t>p_3286443</t>
+  </si>
+  <si>
+    <t>Contraception</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur la contraception</t>
+  </si>
+  <si>
+    <t>13/10/2023 18:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261764/fr/contraception</t>
+  </si>
+  <si>
+    <t>p_3261764</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Maisons de naissance</t>
+  </si>
+  <si>
+    <t>L'élaboration de ce cahier des charges relatif à l'expérimentation des maisons de naissance répond à une demande inscrite dans la loi n°2013-1118 du 6 décembre 2013. L’objectif d’élaboration de ce cahier des charges est de permettre l’expérimentation de maisons de naissance dans un cadre défini respectant des critères de qualité et de sécurité des soins pour la mère et l’enfant.</t>
+  </si>
+  <si>
+    <t>17/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2014 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764407/fr/maisons-de-naissance</t>
+  </si>
+  <si>
+    <t>c_1764407</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MY DIABBY HEALTHCARE</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 08:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609745/fr/my-diabby-healthcare</t>
+  </si>
+  <si>
+    <t>p_3609745</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale Renouvellement et modification des conditions d'inscription</t>
+  </si>
+  <si>
+    <t>MDHC SAS</t>
+  </si>
+  <si>
+    <t>GLOOKO XT</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 09:14:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552533/fr/glooko-xt</t>
+  </si>
+  <si>
+    <t>p_3552533</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>GLOOKO S.A.S</t>
+  </si>
+  <si>
+    <t>EDEN</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549033/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3549033</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés</t>
+  </si>
+  <si>
+    <t>LABORATOIRES MAJORELLE</t>
+  </si>
+  <si>
+    <t>MANIX SENSITIVITY</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540251/fr/manix-sensitivity</t>
+  </si>
+  <si>
+    <t>p_3540251</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés sans latex</t>
+  </si>
+  <si>
+    <t>LifeStyles Europe SAS (France)</t>
+  </si>
+  <si>
+    <t>MYDIABBY HEALTHCARE</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525843/fr/mydiabby-healthcare</t>
+  </si>
+  <si>
+    <t>p_3525843</t>
+  </si>
+  <si>
+    <t>SORTEZ COUVERTS !</t>
+  </si>
+  <si>
+    <t>12/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2024 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500686/fr/sortez-couverts</t>
+  </si>
+  <si>
+    <t>p_3500686</t>
+  </si>
+  <si>
+    <t>LABORATOIRE POLIDIS (France)</t>
+  </si>
+  <si>
+    <t>13/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:14:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498446/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3498446</t>
+  </si>
+  <si>
+    <t>Laboratoires Majorelle (France)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498455/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3498455</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498458/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3498458</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498461/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3498461</t>
+  </si>
+  <si>
+    <t>MANIX CLASSIC</t>
+  </si>
+  <si>
+    <t>27/02/2024 16:06:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497531/fr/manix-classic</t>
+  </si>
+  <si>
+    <t>p_3497531</t>
+  </si>
+  <si>
+    <t>TUCKY CENTER</t>
+  </si>
+  <si>
+    <t>17/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2023 17:10:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468434/fr/tucky-center</t>
+  </si>
+  <si>
+    <t>p_3468434</t>
+  </si>
+  <si>
+    <t>E-TAKESCARE</t>
+  </si>
+  <si>
+    <t>SO SEXY &amp; SMILE</t>
+  </si>
+  <si>
+    <t>19/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2023 08:38:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463638/fr/so-sexy-smile</t>
+  </si>
+  <si>
+    <t>p_3463638</t>
+  </si>
+  <si>
+    <t>Préservatifs féminins lubrifiés</t>
+  </si>
+  <si>
+    <t>TERPAN (France)</t>
+  </si>
+  <si>
+    <t>BE LOVED FREE</t>
+  </si>
+  <si>
+    <t>25/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/08/2023 08:43:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456148/fr/be-loved-free</t>
+  </si>
+  <si>
+    <t>p_3456148</t>
+  </si>
+  <si>
+    <t>ANTOINE HEALTH CARE LTD</t>
+  </si>
+  <si>
+    <t>ORMELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456521/fr/ormelle</t>
+  </si>
+  <si>
+    <t>p_3456521</t>
+  </si>
+  <si>
+    <t>SUGANT SAS (France)</t>
+  </si>
+  <si>
+    <t>BE LOVED</t>
+  </si>
+  <si>
+    <t>27/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2023 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451228/fr/be-loved</t>
+  </si>
+  <si>
+    <t>p_3451228</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés fabriqués en Thaïlande</t>
+  </si>
+  <si>
+    <t>ANTOINE HEALTH CARE LTD (Royaume-Uni)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451231/fr/be-loved</t>
+  </si>
+  <si>
+    <t>p_3451231</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés fabriqués en Inde</t>
+  </si>
+  <si>
+    <t>SURE AND SMILE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451806/fr/sure-and-smile</t>
+  </si>
+  <si>
+    <t>p_3451806</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451809/fr/eden</t>
+  </si>
+  <si>
+    <t>p_3451809</t>
+  </si>
+  <si>
+    <t>ACCU-CHEK MOBILE</t>
+  </si>
+  <si>
+    <t>19/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 14:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364708/fr/accu-chek-mobile</t>
+  </si>
+  <si>
+    <t>p_3364708</t>
+  </si>
+  <si>
+    <t>kit et cassette pour autosurveillance  glycémique</t>
+  </si>
+  <si>
+    <t>ROCHE DIABETES CARE FRANCE</t>
+  </si>
+  <si>
+    <t>MATERNOV, TIRE-LAIT ÉLECTRIQUE</t>
+  </si>
+  <si>
+    <t>10/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:04:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341336/fr/maternov-tire-lait-electrique</t>
+  </si>
+  <si>
+    <t>p_3341336</t>
+  </si>
+  <si>
+    <t>Tire-lait électrique à usage individuel</t>
+  </si>
+  <si>
+    <t>FREESTYLE OPTIUM NEO et FREESTYLE OPTIUM BÉTA-CÉTONE</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224075/fr/freestyle-optium-neo-et-freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>p_3224075</t>
+  </si>
+  <si>
+    <t>Appareil pour lecture automatique chiffrée de la glycémie et de la cétonémie et FREESTYLE OPTIUM β-CETONE, Électrode pour mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>ABBOTT DIABETES CARE</t>
+  </si>
+  <si>
+    <t>WELLION GALILEO GLU/KET ET WELLION GALILEO KET</t>
+  </si>
+  <si>
+    <t>24/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2020 15:52:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168599/fr/wellion-galileo-glu/ket-et-wellion-galileo-ket</t>
+  </si>
+  <si>
+    <t>p_3168599</t>
+  </si>
+  <si>
+    <t>Lecteur de glycémie</t>
+  </si>
+  <si>
+    <t>MED TRUST FRANCE</t>
+  </si>
+  <si>
+    <t>MOVYMIA PEN</t>
+  </si>
+  <si>
+    <t>11/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2020 14:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165703/fr/movymia-pen</t>
+  </si>
+  <si>
+    <t>p_3165703</t>
+  </si>
+  <si>
+    <t>Stylo injecteur d'hormone parathyroïdienne</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>GLUCOFIX PREMIUM</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2019 12:06:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973601/fr/glucofix-premium</t>
+  </si>
+  <si>
+    <t>c_2973601</t>
+  </si>
+  <si>
+    <t>appareil pour lecture automatique chiffrée de la glycémie et de la cétonémie et GLUCOFIX b-KETONE SENSOR, bandelettes associées</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics SASU</t>
+  </si>
+  <si>
+    <t>Tire-laits</t>
+  </si>
+  <si>
+    <t>L’avis de projet relatif à une modification de l’arrêté du 11 mars 2019 portant modification des modalités de prise en charge des tire-laits a été publié au Journal Officiel le 9 juin 2019. Conformément à l’article R. 165-9 du code de la sécurité sociale, cet avis de projet ouvrait une phase contradictoire auprès de la Commission Nationale d’Evaluation des Dispositifs Médicaux ou des Technologies de Santé prévue à l’article L. 165-1 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2019 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083974/fr/tire-laits</t>
+  </si>
+  <si>
+    <t>p_3083974</t>
+  </si>
+  <si>
+    <t>Un avis de projet a été publié au Journal officiel en date du 24 juillet 2018 sur la modification des modalités de prise en charge des tire-laits inscrits au chapitre 1 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2019 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902343/fr/tire-laits</t>
+  </si>
+  <si>
+    <t>c_2902343</t>
+  </si>
+  <si>
+    <t>TIRE-LAITS</t>
+  </si>
+  <si>
+    <t>FREESTYLE OPTIUM BETA CETONE</t>
+  </si>
+  <si>
+    <t>18/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896015/fr/freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>c_2896015</t>
+  </si>
+  <si>
+    <t>Électrode pour mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ExEm Foam Kit FK05</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896173/fr/exem-foam-kit-fk05</t>
+  </si>
+  <si>
+    <t>c_2896173</t>
+  </si>
+  <si>
+    <t>kit de préparation pour produit hyperéchogène</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE SAS</t>
+  </si>
+  <si>
+    <t>10/01/2019 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896176/fr/sortez-couverts</t>
+  </si>
+  <si>
+    <t>c_2896176</t>
+  </si>
+  <si>
+    <t>préservatifs masculins lubrifiés</t>
+  </si>
+  <si>
+    <t>Laboratoire POLIDIS</t>
+  </si>
+  <si>
+    <t>20/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2018 09:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886054/fr/eden</t>
+  </si>
+  <si>
+    <t>c_2886054</t>
+  </si>
+  <si>
+    <t>Laboratoires MAJORELLE</t>
+  </si>
+  <si>
+    <t>09/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2018 08:56:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877545/fr/eden</t>
+  </si>
+  <si>
+    <t>c_2877545</t>
+  </si>
+  <si>
+    <t>préservatif masculin lubrifié</t>
+  </si>
+  <si>
+    <t>12/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2018 17:39:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856480/fr/eden</t>
+  </si>
+  <si>
+    <t>c_2856480</t>
+  </si>
+  <si>
+    <t>MAJORELLE</t>
+  </si>
+  <si>
+    <t>ESSURE</t>
+  </si>
+  <si>
+    <t>Implant pour stérilisation tubaire</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:08:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806176/fr/essure</t>
+  </si>
+  <si>
+    <t>c_2806176</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>bandelette ou électrode de la mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>28/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:22:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723698/fr/freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>c_1723698</t>
+  </si>
+  <si>
+    <t>GLUCOFIX BETA KETONE SENSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723701/fr/glucofix-beta-ketone-sensor</t>
+  </si>
+  <si>
+    <t>c_1723701</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics</t>
+  </si>
+  <si>
+    <t>ESSURE -  29 mai 2012 (4062) avis</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2012 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252900/fr/essure-29-mai-2012-4062-avis</t>
+  </si>
+  <si>
+    <t>c_1252900</t>
+  </si>
+  <si>
+    <t>CONCEPTUS S.A.S France</t>
+  </si>
+  <si>
+    <t>ACCU-CHEK MOBILE (Kit &amp; Cassette) - 24 janvier 2012 (4004 &amp; 4005) avis</t>
+  </si>
+  <si>
+    <t>KIT &amp; CASSETTE pour autosurveillance de la glycémie DIABÉTOLOGIE – Nouveau dispositif Avis favorable au remboursement Pas d’avantage clinique démontré par rapport aux autres systèmes d’autosurveillance de la glycémie</t>
+  </si>
+  <si>
+    <t>24/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192818/fr/accu-chek-mobile-kit-cassette-24-janvier-2012-4004-4005-avis</t>
+  </si>
+  <si>
+    <t>c_1192818</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS (France)</t>
+  </si>
+  <si>
+    <t>CONFIDENCE SPINAL CEMENT SYSTEM - 31 mai 2011 (3614) avis</t>
+  </si>
+  <si>
+    <t>Dispositif pour vertébroplastie transcutanée NEURO-CHIRURGIE - Nouveau dispositif Avis défavorable au remboursement dans le traitement des fractures-tassements vertébrales d’origine ostéoporotique ou néoplasique</t>
+  </si>
+  <si>
+    <t>31/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046274/fr/confidence-spinal-cement-system-31-mai-2011-3614-avis</t>
+  </si>
+  <si>
+    <t>c_1046274</t>
+  </si>
+  <si>
+    <t>DEPUY SPINE (France)</t>
+  </si>
+  <si>
+    <t>OPTIUM XCEED - 21 décembre 2010 (3117) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010904/fr/optium-xceed-21-decembre-2010-3117-avis</t>
+  </si>
+  <si>
+    <t>c_1010904</t>
+  </si>
+  <si>
+    <t>ABBOTT SAS France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysraphismes en période périnatale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un couple pour lequel le foetus est atteint d’un dysraphisme (période prénatale) mais aussi dans la période post-natale (jusqu’à 6 mois de vie). Il a été élaboré par le Centre de Référence des malformations vertébrales et médullaires (CRMR C-MAVEM Trousseau) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293075/fr/prise-en-charge-des-dysraphismes-en-periode-perinatale</t>
+  </si>
+  <si>
+    <t>p_3293075</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Syndrome de Silver-Russell</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Silver-Russell. Il a été élaboré par Centre de Référence des Maladies Endocriniennes Rares de la Croissance et du Développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294999/fr/syndrome-de-silver-russell</t>
+  </si>
+  <si>
+    <t>p_3294999</t>
+  </si>
+  <si>
+    <t>Malformations pulmonaires congénitales de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/06/2021 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3272442</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Mesure de l’expérience rapportée par les patientes en maternité (e-Satis Mater)</t>
+  </si>
+  <si>
+    <t>La HAS développe un nouvel indicateur de qualité et de sécurité des soins qui mesure l’expérience rapportée par les patientes en maternité. L'expérimentation démarrera en octobre 2025.</t>
+  </si>
+  <si>
+    <t>12/02/2024 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488360/fr/mesure-de-l-experience-rapportee-par-les-patientes-en-maternite-e-satis-mater</t>
+  </si>
+  <si>
+    <t>p_3488360</t>
+  </si>
+  <si>
+    <t>Développement d’un indicateur de résultats en obstétrique mesurant les hémorragies du post-partum (HPP) à partir du PMSI</t>
+  </si>
+  <si>
+    <t>La HAS expérimente un indicateur de résultats en obstétrique mesurant les hémorragies du post-partum (HPP) à partir du PMSI.</t>
+  </si>
+  <si>
+    <t>12/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488348/fr/developpement-d-un-indicateur-de-resultats-en-obstetrique-mesurant-les-hemorragies-du-post-partum-hpp-a-partir-du-pmsi</t>
+  </si>
+  <si>
+    <t>p_3488348</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prévention et prise en charge initiale des hémorragies du post-partum immédiat (PP-HPP)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 sur la prévention et prise en charge initiale des hémorragies du post-partum immédiat.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677030/fr/resultats-des-iqss-prevention-et-prise-en-charge-initiale-des-hemorragies-du-post-partum-immediat-pp-hpp</t>
+  </si>
+  <si>
+    <t>c_2677030</t>
+  </si>
+  <si>
+    <t>Évolution des taux de césariennes à terme en France entre 2011 et 2014 et évaluation de l’impact du programme d’amélioration des pratiques</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2016 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2673968/fr/evolution-des-taux-de-cesariennes-a-terme-en-france-entre-2011-et-2014-et-evaluation-de-l-impact-du-programme-d-amelioration-des-pratiques</t>
+  </si>
+  <si>
+    <t>c_2673968</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le valproate : Alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception.</t>
+  </si>
+  <si>
+    <t>06/01/2025 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576102/fr/sam-de-l-ansm-sur-le-valproate-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-valproate-pour-les-patients-adolescents-et-hommes-afin-de-limiter-les-risques-potentiels-de-troubles-neurodeveloppementaux-pour-les-enfants-a-naitre-lies-a-l-exposition-paternelle-dans-les-trois-mois-precedant-la-conception</t>
+  </si>
+  <si>
+    <t>p_3576102</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la carbamazépine : Alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero.</t>
+  </si>
+  <si>
+    <t>06/01/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576148/fr/sam-de-l-ansm-sur-la-carbamazepine-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-des-medicaments-a-base-de-carbamazepine-pour-les-patientes-afin-de-reduire-les-risques-malformatifs-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3576148</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés </t>
+  </si>
+  <si>
+    <t>La HAS publie un rapport d’analyse de 328 événements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés, déclarés à la HAS dans le cadre du dispositif national entre le 1er mars 2017 et le 27 mai 2024. Les préconisations qui y sont formulées visent à améliorer la sécurité des nouveau-nés et s’adressent aux professionnels de santé, aux structures de soins, aux régulateurs de l’offre de soins et au législateur.</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602950/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3602950</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le topiramate : modification des conditions de prescription et de délivrance (CPD) pour les patientes, afin de limiter les risques liés à l'exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate chez les patientes en raison de nouveaux risques en cas d'exposition in utéro.</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382539/fr/sam-de-l-ansm-sur-le-topiramate-modification-des-conditions-de-prescription-et-de-delivrance-cpd-pour-les-patientes-afin-de-limiter-les-risques-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3382539</t>
+  </si>
+  <si>
+    <t>SAM de la CNAM sur le valproate : alerter en cas de prescription chez une patiente</t>
+  </si>
+  <si>
+    <t>SAM pour alerter en cas de prescription de médicament à base de valproate chez une patiente</t>
+  </si>
+  <si>
+    <t>13/10/2023 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467805/fr/sam-de-la-cnam-sur-le-valproate-alerter-en-cas-de-prescription-chez-une-patiente</t>
+  </si>
+  <si>
+    <t>p_3467805</t>
+  </si>
+  <si>
+    <t>SAM sur les contraceptifs estroprogestatifs : sécuriser la prescription</t>
+  </si>
+  <si>
+    <t>SAM pour sécuriser la prescription des contraceptifs estroprogestatifs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467842/fr/sam-sur-les-contraceptifs-estroprogestatifs-securiser-la-prescription</t>
+  </si>
+  <si>
+    <t>p_3467842</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre de la Covid-19 - Continuité du suivi des femmes enceintes</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 01/12/2020] La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes. Publiées début avril, ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168584/fr/reponses-rapides-dans-le-cadre-de-la-covid-19-continuite-du-suivi-des-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3168584</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre de la Covid-19 - Continuité du suivi postnatal des femmes et de leur enfant</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 01/12/2020] Cette fiche porte sur les conditions et l’organisation du retour à domicile des mères et de leurs enfants pendant la période de levée progressive du confinement et sur la gestion des cas du retour à domicile de femmes atteintes de COVID-19 (sans signes de gravité) et de leur nouveau-né. Elle concerne également la reprise d’activités relatives au suivi gynécologique et de prévention à distance de la naissance.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168632/fr/reponses-rapides-dans-le-cadre-de-la-covid-19-continuite-du-suivi-postnatal-des-femmes-et-de-leur-enfant</t>
+  </si>
+  <si>
+    <t>p_3168632</t>
+  </si>
+  <si>
+    <t>Interruption Volontaire de Grossesse (IVG) médicamenteuse à la 8ème et à la 9ème semaine d’aménorrhée (SA) hors milieu hospitalier</t>
+  </si>
+  <si>
+    <t>La HAS décrit les modalités d'extension de l'interruption volontaire de grossesse (IVG) médicamenteuse à 8ème et à la 9ème semaine d’aménorrhée hors milieu hospitalier.</t>
+  </si>
+  <si>
+    <t>10/04/2020 19:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178808/fr/interruption-volontaire-de-grossesse-ivg-medicamenteuse-a-la-8eme-et-a-la-9eme-semaine-d-amenorrhee-sa-hors-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>p_3178808</t>
+  </si>
+  <si>
+    <t>Label - Grossesse de localisation inhabituelle : conduite à tenir devant la visualisation ou la non visualisation d'un sac ovulaire avec embryon ou vésicule vitelline</t>
+  </si>
+  <si>
+    <t>Retrouvez la fiche point clés et solutions pour la sécurité du patient proposée par le Collège français d’échographie fœtale (CFEF) pour les examens échographiques sur le thème : « La grossesse de localisation inhabituelle ».</t>
+  </si>
+  <si>
+    <t>24/01/2017 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740821/fr/label-grossesse-de-localisation-inhabituelle-conduite-a-tenir-devant-la-visualisation-ou-la-non-visualisation-d-un-sac-ovulaire-avec-embryon-ou-vesicule-vitelline</t>
+  </si>
+  <si>
+    <t>c_2740821</t>
+  </si>
+  <si>
+    <t>Label - Surpoids maternel et échographie fœtale</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche points clés et solutions vise à pallier aux difficultés spécifiques au terrain à risques de la patiente et aux difficultés techniques rencontrées lors de l’examen qui, cumulées, aboutissent à des évènements indésirables avec des erreurs de prise en charge de la patiente ou du fœtus en échographie fœtale.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740845/fr/label-surpoids-maternel-et-echographie-foetale</t>
+  </si>
+  <si>
+    <t>c_2740845</t>
+  </si>
+  <si>
+    <t>Choisir sa contraception avec un professionnel de santé</t>
+  </si>
+  <si>
+    <t>Se décider pour choisir un moyen de contraception n’est pas toujours simple pour les femmes et les hommes concernés. Cette aide à la décision médicale partagée accompagne les personnes concernées d’une part et les professionnels d’autre part pour faciliter leurs échanges et permettre de prendre une décision respectueuse des attentes et préférences de la personne et de son état de santé.</t>
+  </si>
+  <si>
+    <t>25/09/2014 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764020/fr/choisir-sa-contraception-avec-un-professionnel-de-sante</t>
+  </si>
+  <si>
+    <t>c_1764020</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : guide d’analyse et d’amélioration des pratiques</t>
+  </si>
+  <si>
+    <t>Ce document entend apporter une aide concrète pour améliorer la pertinence des césariennes programmées et diminuer les disparités de pratique.</t>
+  </si>
+  <si>
+    <t>08/04/2013 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294171/fr/cesarienne-programmee-a-terme-guide-d-analyse-et-d-amelioration-des-pratiques</t>
+  </si>
+  <si>
+    <t>c_1294171</t>
+  </si>
+  <si>
+    <t>Préparation à la naissance et à la parentalité</t>
+  </si>
+  <si>
+    <t>25 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Préparation à la naissance et à la parentalité" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/12/2007 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1506924/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
+  </si>
+  <si>
+    <t>r_1506924</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies de l’appareil locomoteur</t>
+  </si>
+  <si>
+    <t>12/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794985/fr/criteres-d-epp-pour-les-maladies-de-l-appareil-locomoteur</t>
+  </si>
+  <si>
+    <t>c_794985</t>
+  </si>
+  <si>
+    <t>Allaitement maternel suivi par le pédiatre</t>
+  </si>
+  <si>
+    <t>01/07/2005 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272473/fr/allaitement-maternel-suivi-par-le-pediatre</t>
+  </si>
+  <si>
+    <t>c_272473</t>
+  </si>
+  <si>
+    <t>Grossesse et reproduction</t>
+  </si>
+  <si>
+    <t>01/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438432/fr/grossesse-et-reproduction</t>
+  </si>
+  <si>
+    <t>c_438432</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour le suivi de la grossesse et la reproduction</t>
+  </si>
+  <si>
+    <t>27/08/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779333/fr/criteres-d-epp-pour-le-suivi-de-la-grossesse-et-la-reproduction</t>
+  </si>
+  <si>
+    <t>c_779333</t>
+  </si>
+  <si>
+    <t>Favoriser l’allaitement maternel : processus - évaluation</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449049/fr/favoriser-l-allaitement-maternel-processus-evaluation</t>
+  </si>
+  <si>
+    <t>c_449049</t>
+  </si>
+  <si>
+    <t>Partogramme</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447520/fr/partogramme</t>
+  </si>
+  <si>
+    <t>c_447520</t>
+  </si>
+  <si>
+    <t>Diagnostic de l’ostéoporose chez les femmes ménopausées</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272383/fr/diagnostic-de-l-osteoporose-chez-les-femmes-menopausees</t>
+  </si>
+  <si>
+    <t>c_272383</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la coqueluche dans le contexte épidémique de 2024. Rappel vaccinal des professionnels au contact des personnes à risque de forme grave</t>
+  </si>
+  <si>
+    <t>Recommandation de rappel vaccinal contre la coqueluche pour les professionnels au contact des nouveau-nés et nourrissons de moins de 6 mois, dans le contexte actuel de résurgence de la coqueluche sur le territoire national avec des hausses importantes et de décès observés depuis début juin 2024</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2024 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531467/fr/strategie-de-vaccination-contre-la-coqueluche-dans-le-contexte-epidemique-de-2024-rappel-vaccinal-des-professionnels-au-contact-des-personnes-a-risque-de-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3531467</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la coqueluche chez la femme enceinte</t>
+  </si>
+  <si>
+    <t>Pour protéger les nouveau-nés et nourrissons, la HAS recommande de vacciner les femmes pendant la grossesse. Une double protection pendant les premières semaines de vie leur est conférée, grâce au passage transplacentaire d’anticorps anticoquelucheux et en prévenant la contamination directe par la mère qui est la première source d’infection des petits nourrissons.</t>
+  </si>
+  <si>
+    <t>07/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084228/fr/recommandation-vaccinale-contre-la-coqueluche-chez-la-femme-enceinte</t>
+  </si>
+  <si>
+    <t>p_3084228</t>
+  </si>
+  <si>
+    <t>Vaccination contre la coqueluche chez la femme enceinte dans un contexte épidémique à Mayotte</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination des femmes enceintes contre la coqueluche à Mayotte par un vaccin dTcaP (Boostrixtetra® ou Repevax®). Cette vaccination sera réalisée à partir du deuxième trimestre de la grossesse (à partir de la 18ème semaine d’aménorrhée) et idéalement avant la 39ème semaine d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>07/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2018 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848157/fr/vaccination-contre-la-coqueluche-chez-la-femme-enceinte-dans-un-contexte-epidemique-a-mayotte</t>
+  </si>
+  <si>
+    <t>c_2848157</t>
+  </si>
+  <si>
+    <t>Dossier</t>
+  </si>
+  <si>
+    <t>Contraception : de la consultation dédiée au suivi</t>
+  </si>
+  <si>
+    <t>Vous êtes professionnel de santé et vous accompagnez des femmes et des hommes vers le choix d’une méthode contraceptive individualisée ? Quels que soient l’âge, le mode de vie et la situation clinique de vos patients, des méthodes efficaces peuvent répondre à leur besoin.</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122275/fr/contraception-de-la-consultation-dediee-au-suivi</t>
+  </si>
+  <si>
+    <t>p_3122275</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
+  </si>
+  <si>
+    <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Screening and diagnosis of gestational diabetes mellitus</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
+  </si>
+  <si>
+    <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Désordres hypertensifs de la femme enceinte : prévention, dépistage et prise en charge - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est l’élaboration : De recommandations à destination des professionnels dans le but d’améliorer la prévention, le dépistage et la prise en charge des femmes présentant un DHG. De fiche(s) d’information à destination des femmes ayant présenté un DHG.</t>
+  </si>
+  <si>
+    <t>03/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:47:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700376/fr/label-desordres-hypertensifs-de-la-femme-enceinte-prevention-depistage-et-prise-en-charge-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3700376</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
+    <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2025 12:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3639420</t>
+  </si>
+  <si>
+    <t>Santé préconceptionnelle - Note de cadrage</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632767/fr/sante-preconceptionnelle-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3632767</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Normal childbirth: support of physiology and medical interventions</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Grossesse et VIH : désir d’enfant, soins de la femme enceinte et prévention de la transmission mère-enfant</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH).</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518878/fr/grossesse-et-vih-desir-d-enfant-soins-de-la-femme-enceinte-et-prevention-de-la-transmission-mere-enfant</t>
+  </si>
+  <si>
+    <t>p_3518878</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Management of endometriosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+    <t>Critères d’éligibilité à une prise en charge en maisons de naissance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ojectifs Définir les critères de sélection et poser les critères de sortie de maison de naissance en fonction de la sévérité des situations nécessitant un transfert pré-, per- et post-partum (réévaluation de l’éligibilité tout au long du parcours). Limiter les transferts, notamment en urgence à la suite de complications, grâce à une bonne identification des situations susceptibles d’être prises en charge sans « sur risque » en maison de naissance. Garantir l’application par tous les professionnels des maisons de naissance des mêmes critères d’éligibilité, garants de la qualité et de la sécurité des soins apportés aux femmes enceintes et leurs nouveau-nés.</t>
+  </si>
+  <si>
+    <t>01/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 12:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425519/fr/criteres-d-eligibilite-a-une-prise-en-charge-en-maisons-de-naissance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3425519</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Indications priorisées du lait de lactarium issu de don anonyme</t>
+  </si>
+  <si>
+    <t>La HAS définit pour les néonatologistes, pédiatres, gynécologues-obstétriciens, infirmières-puéricultrices, sages-femmes les indications prioritaires et non-prioritaires du lait lactarium issu de don anonyme pour les nouveaux-nés prématurés et de faible poids. Elle précise également les non-indications pour les maladies héréditaires du métabolisme et enfin, et les contre-indications (protéine de vache, chylothorax congénital ...)</t>
+  </si>
+  <si>
+    <t>12/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266755/fr/indications-priorisees-du-lait-de-lactarium-issu-de-don-anonyme</t>
+  </si>
+  <si>
+    <t>p_3266755</t>
+  </si>
+  <si>
+    <t>Interruption volontaire de grossesse par méthode médicamenteuse - Mise à jour</t>
+  </si>
+  <si>
+    <t>Cette mise à jour porte sur la stratégie médicamenteuse et sur des particularités de prise en charge.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2021 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223429/fr/interruption-volontaire-de-grossesse-par-methode-medicamenteuse-mise-a-jour</t>
+  </si>
+  <si>
+    <t>p_3223429</t>
+  </si>
+  <si>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de pouvoir proposer à chaque patiente un parcours de soins homogène, coordonné et optimal de la prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Home of the newborn in the birth room</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820763/en/home-of-the-newborn-in-the-birth-room</t>
+    <t>Accueil du nouveau-né en salle de naissance</t>
+  </si>
+  <si>
+    <t>Les recommandations proposées visent à améliorer la qualité et la sécurité des soins du nouveau-né dans une perspective de prévention et de réduction des morbidités et de la mortalité infantiles.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820763/fr/accueil-du-nouveau-ne-en-salle-de-naissance</t>
   </si>
   <si>
     <t>c_2820763</t>
   </si>
   <si>
-    <t>Fetal alcohol spectrum disorder : identification</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>Label de la HAS - Exposition au mercure organique et grossesse : Prise en charge de la femme enceinte et de l’enfant à naître</t>
+  </si>
+  <si>
+    <t>Les concentrations de mercure observées dans l’environnement résultent de différentes sources issues de processus naturels et de nombreuses activités humaines. Le mercure présent dans les milieux aquatiques est converti en méthylmercure (MeHg) et s’accumule tout au long de la chaîne trophique aquatique (poissons prédateurs). L’homme est ainsi exposé au MeHg, principalement par la consommation de poissons contaminés. La toxicité du MeHg est essentiellement neurologique ; la contamination in utero des enfants étant la plus préoccupante.</t>
+  </si>
+  <si>
+    <t>12/01/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819700/fr/label-de-la-has-exposition-au-mercure-organique-et-grossesse-prise-en-charge-de-la-femme-enceinte-et-de-l-enfant-a-naitre</t>
+  </si>
+  <si>
+    <t>c_2819700</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a été mise à jour en mai 2016. La mise à jour porte sur la recherche de l’antigène HBs préconisée dorénavant à la première consultation de suivi, soit avant 10 semaines d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_547976/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_547976</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions et organisation du retour à domicile des mères et de leurs nouveau-nés</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour but de préciser les conditions et modalités optimales d’accompagnement des mères et des nouveau-nés à la sortie de maternité dans le contexte du bas risque. Ce travail vient entre autre actualiser la recommandation de bonne pratique publiée en 2004 par l’ANAES sur « la sortie précoce après accouchement – conditions pour proposer un retour précoce à domicile ».</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2014 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1290110/fr/sortie-de-maternite-apres-accouchement-conditions-et-organisation-du-retour-a-domicile-des-meres-et-de-leurs-nouveau-nes</t>
+  </si>
+  <si>
+    <t>c_1290110</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Preparing for birth and parenthood</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+    <t>Femmes enceintes ayant une complication au cours de leur grossesse : transferts en urgence entre les établissements de santé</t>
+  </si>
+  <si>
+    <t>Optimiser le transfert des femmes enceintes dans l’urgence vers et entre les établissements des réseaux périnatals avec un objectif de sécurité et d’humanisation. Favoriser la coordination entre les professionnels des réseaux périnatals : obstétriciens, urgentistes, anesthésistes, pédiatres, sages-femmes, etc. Mettre en place des outils permettant d’évaluer les différents aspects de la qualité des transferts des femmes enceintes au sein d’un réseau périnatal.</t>
+  </si>
+  <si>
+    <t>28/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339442/fr/femmes-enceintes-ayant-une-complication-au-cours-de-leur-grossesse-transferts-en-urgence-entre-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1339442</t>
+  </si>
+  <si>
+    <t>Projet de grossesse : informations, messages de prévention, examens à proposer</t>
+  </si>
+  <si>
+    <t>Ce document d'information destiné aux professionnels de santé propose les réponses à apporter à une femme ou à un couple qui exprime un souhait de grossesse.</t>
+  </si>
+  <si>
+    <t>10/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360649/fr/projet-de-grossesse-informations-messages-de-prevention-examens-a-proposer</t>
+  </si>
+  <si>
+    <t>c_1360649</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles accompagnent les mesures du plan périnatalité 2005-2007 en proposant aux professionnels de santé impliqués en périnatalité une démarche qui vise à : - préparer les couples à la naissance et à l’accueil de leur enfant au moyen de séances éducatives adaptées - repérer les situations de vulnérabilité en prévention des troubles de la relation parents-enfants - soutenir la parentalité par des informations et des repères sur la construction des liens familiaux - favoriser une meilleure coordination des professionnels autour et avec la femme enceinte, de l’anténatal au postnatal. Recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
   </si>
   <si>
     <t>c_272500</t>
   </si>
   <si>
-    <t>Pregnancy and smoking</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Use of fundal pressure during the second stage of labour</t>
-[...2 lines deleted...]
-    <t>The objective of these guidelines is to evaluate the benefits and the risks of using fundal pressure and to issue guidelines on its use. The application of fundal pressure refers to the application of pressure to the fundus of the uterus with the intention of shortening the duration of the second stage of labour. The second stage of labour is the period from complete dilatation of the cervix until natural birth. It has three successive phases: (i) engagement of the presenting part, (ii) descent and rotation, (iii) release. The following indications and specific technical procedures were excluded : - suprapubic pressure and McRoberts’ position to alleviate shoulder dystocia - fundal pressure applied during entrapment of the aftercoming head in the event of a breech presentation - fundal pressure during a caesarean section - suprapubic pressure and uterine massage during placenta expulsion.</t>
+    <t>Indications de la césarienne programmée à terme</t>
+  </si>
+  <si>
+    <t>Décrire la morbimortalité maternelle et périnatale liées aux césariennes Préciser les indications des césariennes programmées Proposer un document d’information pour les patientes et leur entourage sur les conséquences et risques associés à la césarienne afin de réduire l’hétérogénéité des informations qui leur sont transmises</t>
+  </si>
+  <si>
+    <t>11/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/04/2012 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070417/fr/indications-de-la-cesarienne-programmee-a-terme</t>
+  </si>
+  <si>
+    <t>c_1070417</t>
+  </si>
+  <si>
+    <t>Déclenchement artificiel du travail à partir de 37 semaines d'aménorrhée</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent le déclenchement artificiel du travail en cas de grossesse à terme. Leurs objectifs sont les suivants : Homogénéiser les pratiques en matière de déclenchement artificiel du travail. Identifier les éventuels risques liés au déclenchement artificiel du travail. Définir le contenu de l’information destinée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>02/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666473/fr/declenchement-artificiel-du-travail-a-partir-de-37-semaines-d-amenorrhee</t>
+  </si>
+  <si>
+    <t>c_666473</t>
+  </si>
+  <si>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS - Maladies trophoblastiques gestationnelles</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonne pratique portent sur le diagnostic et le traitement de la maladie trophoblastique gestationnelle, qui comprend les môles hydatiformes et les tumeurs trophoblastiques gestationnelles.</t>
+  </si>
+  <si>
+    <t>01/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2010 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_966363/fr/label-conjoint-inca-has-maladies-trophoblastiques-gestationnelles</t>
+  </si>
+  <si>
+    <t>c_966363</t>
+  </si>
+  <si>
+    <t>L'expression abdominale durant la 2e phase de l'accouchement</t>
+  </si>
+  <si>
+    <t>Évaluer les bénéfices et les risques de l’expression abdominale durant la 2e phase de l'accouchement et émettre des recommandations quant à sa pratique.</t>
   </si>
   <si>
     <t>01/01/2007 00:00:00</t>
   </si>
   <si>
-    <t>04/19/2007 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_513170/en/use-of-fundal-pressure-during-the-second-stage-of-labour</t>
+    <t>19/04/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_513170/fr/l-expression-abdominale-durant-la-2e-phase-de-l-accouchement</t>
   </si>
   <si>
     <t>c_513170</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Postpartum reeducation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272241/en/postpartum-reeducation</t>
+    <t>Rééducation dans le cadre du post-partum</t>
+  </si>
+  <si>
+    <t>Évaluer l'efficacité des techniques de rééducation dans le cadre du post-partum, afin d'en préciser les indications et les modalités d'application.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272241/fr/reeducation-dans-le-cadre-du-post-partum</t>
   </si>
   <si>
     <t>c_272241</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
+    <t>Bronchiolite : comment protéger votre futur bébé d’une forme grave ?</t>
+  </si>
+  <si>
+    <t>Vous allez devenir parents et la naissance de votre enfant est prévue en période d’épidémie de bronchiolite. Pour le protéger d’une forme grave, en complément des gestes barrières, deux options sont possibles pendant la campagne d'immunisation, organisée en général entre septembre et janvier : vacciner la mère pendant la grossesse ou donner au bébé un traitement préventif à sa naissance. Ce document est destiné à vous aider à réfléchir à ce choix et à prendre une décision avec votre médecin ou votre sage-femme. Il ne remplace pas une consultation médicale.</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/08/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537893/fr/bronchiolite-comment-proteger-votre-futur-bebe-d-une-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3537893</t>
+  </si>
+  <si>
+    <t>Grossesse : les vaccins recommandés</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte. Se faire vacciner lorsqu’on attend un bébé ne va pas toujours de soi. Quatre vaccins sont pourtant essentiels, précisément pendant la grossesse : les vaccins contre la grippe, le covid-19, la coqueluche et la bronchiolite. Plusieurs professionnels de santé peuvent les prescrire et les faire : gynécologue, sage-femme, médecin traitant, infirmier ou pharmacien. N’attendez pas pour leur en parler.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590575/fr/grossesse-les-vaccins-recommandes</t>
+  </si>
+  <si>
+    <t>p_3590575</t>
+  </si>
+  <si>
+    <t>L'activité physique : votre meilleure alliée santé</t>
+  </si>
+  <si>
+    <t>Si vous êtes atteint d’une maladie chronique, si vous avez une perte d’autonomie ou si vous avez des facteurs de maladies chronique, votre médecin peut vous prescrire de l’activité physique adaptée (APA). La HAS publie une série de fiches avec des conseils pratiques généraux et des conseils spécifiques pour plusieurs maladies chroniques ou états de santé comme l’avancée en âge ou la grossesse.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2022 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385126/fr/l-activite-physique-votre-meilleure-alliee-sante</t>
+  </si>
+  <si>
+    <t>p_3385126</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Accouchement : Votre retour à la maison pendant l’épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Votre bébé vient de naître et vous êtes de retour chez vous. Pour vous protéger, l’organisation de votre suivi médical et de celui de votre bébé est adaptée en fonction de la circulation du virus dans votre région. Des précautions spécifiques vous concernent si vous avez le Covid-19. N’hésitez pas à solliciter les professionnels de santé qui vous suivent, si vous avez des interrogations ou des doutes.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186783/fr/accouchement-votre-retour-a-la-maison-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186783</t>
+  </si>
+  <si>
+    <t>Grossesse : Votre suivi pendant l'épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte et vous vous interrogez sur le suivi de votre grossesse et l’organisation de votre accouchement, alors que le coronavirus continue de circuler. En cette période, n’attendez pas pour prendre contact avec le professionnel ou l’équipe qui vous suivra. Ils vous conseilleront pour organiser au mieux votre suivi. Ce document est issu de la fiche réponse rapide Continuité du suivi des femmes enceintes lors de la levée du confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187133/fr/grossesse-votre-suivi-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3187133</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce document explique ce qu’est le dépistage de la trisomie 21, les différents éléments à prendre en compte (la mesure de la clarté nucale du fœtus, le dosage de marqueurs sériques et l’âge de la mère), les différentes étapes du dépistage, comment lire les résultats des examens et propose des liens utiles pour en savoir plus si le risque est élevé.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2019 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899277/fr/depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2899277</t>
+  </si>
+  <si>
+    <t>Contraception : choisir avec un professionnel de santé</t>
+  </si>
+  <si>
+    <t>Cette aide à la décision médicale partagée vise à préparer ou accompagner les discussions avec un professionnel de santé, et non à les remplacer. Il s'agit d'aider les femmes et les hommes à choisir un moyen de contraception qui corresponde à leurs attentes et préférences, avec l'aide d'un professionnel de santé lorsque l'avis de celui-ci est souhaité ou nécessaire (exemple : contraception nécessitant une prescription médicale).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2014 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764038/fr/contraception-choisir-avec-un-professionnel-de-sante</t>
+  </si>
+  <si>
+    <t>c_1764038</t>
+  </si>
+  <si>
+    <t>Sortie de maternité : préparez votre retour à la maison....Document d'information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>Ce document d’information, destiné aux femmes enceintes et à leur entourage, a pour objectif de les aider à anticiper leur sortie de maternité en préparant le retour au domicile.</t>
+  </si>
+  <si>
+    <t>13/03/2014 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1729194</t>
+  </si>
+  <si>
+    <t>Contraception : vous et...vos contraceptifs œstroprogestatifs</t>
+  </si>
+  <si>
+    <t>Ce document, réalisé par l'ANSM, en collaboration avec la HAS, informe les femmes sous contraception œstroprogestative (pilule, anneau vaginal ou patch) des effets indésirables rarement graves et des précautions à respecter pour les éviter.</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722908/fr/contraception-vous-et-vos-contraceptifs-oestroprogestatifs</t>
+  </si>
+  <si>
+    <t>c_1722908</t>
+  </si>
+  <si>
+    <t>Grossesse : vous êtes enceinte et l’accouchement c’est quand ?</t>
+  </si>
+  <si>
+    <t>Un document d'information des femmes enceintes qui leur permet de calculer leur période probable d'accouchement, notion plus proche de la réalité que le jour présumé d'accouchement encore appelé "J ".</t>
+  </si>
+  <si>
+    <t>23/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2013 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1679827/fr/grossesse-vous-etes-enceinte-et-l-accouchement-c-est-quand</t>
+  </si>
+  <si>
+    <t>c_1679827</t>
+  </si>
+  <si>
+    <t>Césarienne : ce que toute femme enceinte devrait savoir... Document d'information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>En France, près d’une femme sur cinq donne naissance par césarienne que celle-ci soit programmée ou réalisée en urgence. Ce document d’information destiné aux femmes enceintes et à leur entourage a pour objectifs d’expliquer pourquoi chez certaines femmes une césarienne est réalisée et de décrire les différentes étapes de cette intervention.</t>
+  </si>
+  <si>
+    <t>03/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2013 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603546/fr/cesarienne-ce-que-toute-femme-enceinte-devrait-savoir-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1603546</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme - Document d’information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>En France, près d’une femme sur cinq donne naissance par césarienne. Dans moins de la moitié des cas, la césarienne est programmée. Dans les autre cas, elle est réalisée en urgence et/ou pendant le travail après une tentative de voie basse. La décision du mode d’accouchement (césarienne ou accouchement par les voies naturelles, encore appelé accouchement par voie basse) est réévaluée tout au long de la grossesse en fonction des éléments médicaux et obstétricaux vous concernant. Une césarienne programmée pourra vous être proposée si des difficultés dans le déroulement de l’accouchement sont prévisibles et susceptibles d’entraîner des conséquences pour votre bébé ou vous-même. En fonction du déroulement de votre grossesse, le mode d’accouchement que vous allez effectivement connaître peut être différent de celui initialement prévu. Ce document d’information a pour but de vous expliquer pourquoi certaines femmes doivent avoir cette intervention. Il devrait vous permettre de mieux dialoguer avec les professionnels de santé.</t>
+  </si>
+  <si>
+    <t>16/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2012 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1233744/fr/cesarienne-programmee-a-terme-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1233744</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Cytomégalovirus (CMV) chez la femme enceinte : la HAS recommande un dépistage systématique pour toutes à réévaluer après 3 ans de mise en œuvre</t>
+  </si>
+  <si>
+    <t>L’infection à cytomégalovirus (CMV) est bénigne dans la majorité des cas. Cependant, si elle est développée pendant la grossesse, notamment pendant la période encadrant le début de grossesse, elle peut provoquer chez le bébé à naître des séquelles lourdes, telles que des troubles auditifs ou du développement cérébral. Actuellement en France, bien qu’un dépistage de l’infection chez les femmes enceintes soit réalisé de plus en plus fréquemment, il n’existe pas de recommandation en faveur d’un dépistage systématique pendant la grossesse. En 2018 puis en 2023, le Haut Conseil de la santé publique (HCSP) s’est en effet prononcé contre sa mise en œuvre, faute d’éléments suffisants pour en démontrer le bénéfice. Comme prévu par la loi de financement de la Sécurité sociale pour 2024, le ministère chargé de la Santé a sollicité la HAS afin qu’elle rende un avis sur la pertinence de ce dépistage systématique. Aujourd’hui, la HAS se prononce en prenant en compte l’évolution des connaissances. Elle recommande au ministère chargé de la Santé de mettre en place un dépistage systématique chez les femmes enceintes dont le statut sérologique est inconnu ou négatif, sous réserve qu’un suivi et qu’une collecte de nouvelles données soient mis en place. Cette recommandation devra faire l’objet d’une réévaluation au bout de trois ans, sur la base de données qui devront avoir été recueillies d’ici là.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610208/fr/cytomegalovirus-cmv-chez-la-femme-enceinte-la-has-recommande-un-depistage-systematique-pour-toutes-a-reevaluer-apres-3-ans-de-mise-en-oeuvre</t>
+  </si>
+  <si>
+    <t>p_3610208</t>
+  </si>
+  <si>
+    <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
+  </si>
+  <si>
+    <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
+  </si>
+  <si>
+    <t>21/05/2025 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607325/fr/mieux-prevenir-et-gerer-les-evenements-indesirables-graves-associes-aux-soins-survenant-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3607325</t>
+  </si>
+  <si>
+    <t>VRS : vaccination maternelle ou immunisation du nourrisson ? La HAS publie un document pour aider les parents</t>
+  </si>
+  <si>
+    <t>En cette rentrée, les futurs parents disposent de deux possibilités pour protéger leur nourrisson d’une forme grave de bronchiolite, liée à une infection par le VRS : la vaccination maternelle pendant la grossesse grâce au vaccin Abrysvo ou l’immunisation de l’enfant à la naissance par le Beyfortus sont désormais disponibles. Afin d’accompagner dans leur choix les parents dont l’enfant est amené à naître en période d’épidémie de bronchiolite (entre octobre et février), la Haute Autorité de santé publie un outil d’aide à la décision partagée avec les professionnels de santé L’objectif ? Donner des clés pour alimenter la réflexion en présentant de manière factuelle les deux options et en invitant les parents à s’interroger sur leurs préférences.</t>
+  </si>
+  <si>
+    <t>03/09/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538186/fr/vrs-vaccination-maternelle-ou-immunisation-du-nourrisson-la-has-publie-un-document-pour-aider-les-parents</t>
+  </si>
+  <si>
+    <t>p_3538186</t>
+  </si>
+  <si>
+    <t>Vaccination maternelle contre le VRS : une nouvelle possibilité pour protéger le nouveau-né</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé publie aujourd’hui une recommandation concernant l’intégration du nouveau vaccin Abrysvo dans la stratégie de prévention chez le nourrisson des infections par le VRS, responsable notamment de bronchiolites. La prévention était majoritairement assurée depuis l’année dernière par l’injection du traitement Beyfortus chez le nouveau-né. La HAS reconnait l’intérêt d’une vaccination des femmes enceintes avec Abrysvo, lors du 8e mois de grossesse. Avec l’arrivée de ce vaccin, les parents pourraient ainsi avoir le choix - dès septembre - entre deux possibilités pour protéger leur nourrisson contre les infections causées par le VRS.</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522378/fr/vaccination-maternelle-contre-le-vrs-une-nouvelle-possibilite-pour-proteger-le-nouveau-ne</t>
+  </si>
+  <si>
+    <t>p_3522378</t>
+  </si>
+  <si>
+    <t>Repérer et accompagner les femmes en situation de vulnérabilité pendant et après une grossesse</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la politique des 1000 premiers jours de l’enfant, qui vise à permettre la mise en place d’environnements favorables au développement de chaque enfant, la HAS a étudié le cas particulier des femmes qui, avant, pendant ou après leur grossesse, sont en situation de vulnérabilité. Ces situations peuvent en effet s’avérer lourdes de conséquences pour la santé de l’enfant et de la mère. Ainsi, la HAS publie des recommandations assorties de 6 fiches pratiques en vue d’encourager le repérage précoce et de favoriser la coordination des professionnels pour accompagner les personnes concernées.</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494113/fr/reperer-et-accompagner-les-femmes-en-situation-de-vulnerabilite-pendant-et-apres-une-grossesse</t>
+  </si>
+  <si>
+    <t>p_3494113</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses recommandations de bon usage des médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>L’ostéoporose est une maladie dont la première cause est le vieillissement et qui se caractérise par la diminution de la résistance osseuse, ce qui augmente le risque de fracture. Parmi les mesures préventives, il existe des traitements médicamenteux spécifiques. Leur mise en place doit respecter certains critères afin d’en optimiser l’efficacité. Dans le but d’orienter les professionnels de santé lors de l’instauration de ces traitements, la HAS a actualisé la fiche de bon usage des médicaments de l’ostéoporose.</t>
+  </si>
+  <si>
+    <t>24/01/2023 14:42:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407696/fr/la-has-actualise-ses-recommandations-de-bon-usage-des-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>p_3407696</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : des outils repensés pour mieux informer</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient aujourd’hui un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ils pourront répondre à toutes les questions que les parents se posent afin que ceux-ci puissent décider en connaissance de cause de réaliser ou non ce dépistage.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299378/fr/depistage-neonatal-des-outils-repenses-pour-mieux-informer</t>
+  </si>
+  <si>
+    <t>p_3299378</t>
+  </si>
+  <si>
+    <t>IVG médicamenteuse jusqu’à 9 semaines : pérenniser ce droit pour les femmes</t>
+  </si>
+  <si>
+    <t>Afin d’améliorer l’offre de soins proposée aux femmes souhaitant recourir à une IVG, la HAS actualise ses recommandations concernant l’intervention par méthode médicamenteuse. Outre le fait de pérenniser la possibilité de recourir à une IVG médicamenteuse en ville jusqu’à 9 semaines, ces recommandations précisent le protocole médicamenteux adapté ainsi que les conditions de la prise en charge de cette méthode d’IVG, des consultations médicales jusqu’au suivi post-intervention.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260865/fr/ivg-medicamenteuse-jusqu-a-9-semaines-perenniser-ce-droit-pour-les-femmes</t>
+  </si>
+  <si>
+    <t>p_3260865</t>
+  </si>
+  <si>
+    <t>Levée du confinement : quel suivi des femmes enceintes ou ayant accouché ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes ou ayant accouché. Publiées début avril ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>20/05/2020 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185959/fr/levee-du-confinement-quel-suivi-des-femmes-enceintes-ou-ayant-accouche</t>
+  </si>
+  <si>
+    <t>p_3185959</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS actualise ses Réponses rapides sur le suivi et l’accompagnement des femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes ou ayant accouché. Publiées début avril - et conformément à sa méthode rapide élaborée pour faire face à l’épidémie de COVID-19 - ces préconisations sont enrichies selon les dernières connaissances et en tenant compte de la situation épidémique.</t>
+  </si>
+  <si>
+    <t>30/04/2020 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182154/fr/covid-19-la-has-actualise-ses-reponses-rapides-sur-le-suivi-et-l-accompagnement-des-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3182154</t>
+  </si>
+  <si>
+    <t>La HAS valide l’extension de l’IVG médicamenteuse à domicile jusqu'à 9 semaines</t>
+  </si>
+  <si>
+    <t>Saisie par le ministre des Solidarités et de la Santé, la HAS valide la possibilité de proposer aux femmes une interruption volontaire de grossesse (IVG) médicamenteuse à domicile jusqu’à 9 semaines d’aménorrhée. Dans sa Réponse rapide, la HAS décrit les modalités de cette extension.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179352/fr/la-has-valide-l-extension-de-l-ivg-medicamenteuse-a-domicile-jusqu-a-9-semaines</t>
+  </si>
+  <si>
+    <t>p_3179352</t>
+  </si>
+  <si>
+    <t>Assurer le suivi et l’accompagnement des femmes enceintes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168972/fr/assurer-le-suivi-et-l-accompagnement-des-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3168972</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21 : la HAS propose une fiche d’information aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes qui le souhaitent ont la possibilité de faire un dépistage de la trisomie 21. Suite aux recommandations de la HAS publiées en mai 2017, la stratégie de dépistage vient d’être adaptée pour inclure le test ADN libre circulant dans le sang maternel. Ce test est remboursé par l’assurance maladie depuis le 18 janvier dernier*. Pour accompagner ces changements, la HAS a élaboré un document d’information à destination des femmes enceintes afin de garantir leur libre choix concernant ce dépistage.</t>
+  </si>
+  <si>
+    <t>21/01/2019 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899363/fr/depistage-de-la-trisomie-21-la-has-propose-une-fiche-d-information-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_2899363</t>
+  </si>
+  <si>
+    <t>Mieux accompagner les femmes lors d’un accouchement</t>
+  </si>
+  <si>
+    <t>Chaque année, près de 800 000 naissances ont lieu en France et pour la majorité des femmes, l’accouchement se déroule sans complication. Or, la prise en charge des accouchements se caractérise souvent par une forte médicalisation au détriment parfois des préférences des femmes et du couple. Face à ce constat, la HAS publie pour la première fois des recommandations pour aider les professionnels de la naissance à ajuster leurs interventions compte tenu des attentes des femmes dont l’accouchement présente un risque faible.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823161/fr/mieux-accompagner-les-femmes-lors-d-un-accouchement</t>
+  </si>
+  <si>
+    <t>c_2823161</t>
+  </si>
+  <si>
+    <t>Endométriose : améliorer la démarche diagnostique et clarifier les modalités de traitements</t>
+  </si>
+  <si>
+    <t>L’endométriose est une maladie mal repérée, avec une prise en charge insuffisamment coordonnée, entrainant un retard diagnostic et une errance des femmes. Face à cette forte attente, la Haute Autorité de Santé (HAS) et le Collège national des gynécologues et obstétriciens français (CNGOF) ont actualisé les recommandations relatives à sa prise en charge. L’objectif est de permettre à chaque femme de bénéficier d’un parcours de soins homogène, coordonné et optimal, avec comme facteur clé l’information des patientes. Ainsi, les recommandations abordent chaque étape de la prise en charge, du diagnostic aux traitements et les situations d’infertilité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820367/fr/endometriose-ameliorer-la-demarche-diagnostique-et-clarifier-les-modalites-de-traitements</t>
+  </si>
+  <si>
+    <t>c_2820367</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : la HAS actualise ses recommandations concernant le dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage de la trisomie 21 fœtale. Après avoir validé la performance des nouveaux tests génétiques de dépistage dits « tests ADN libre circulant de la trisomie 21 dans le sang maternel », la HAS définit aujourd’hui leur place et leurs conditions d’utilisation dans la procédure de dépistage. L’objectif est de donner aux femmes enceintes ou aux couples l’information la plus fiable possible sur le risque de trisomie 21 fœtale tout en limitant le recours aux examens invasifs nécessaires pour confirmer le diagnostic.</t>
+  </si>
+  <si>
+    <t>17/05/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768535/fr/trisomie-21-la-has-actualise-ses-recommandations-concernant-le-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2768535</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : de nouveaux tests appellent la révision des modalités de dépistage actuelles</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage combiné de la trisomie 21 au premier trimestre de la grossesse. De nouveaux tests de dépistage fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal provenant du chromosome 21 au sein de l’ADN fœtal libre et circulant dans le sang maternel (dépistage prénatal non invasif ou tests DPNI de la trisomie 21 fœtale) pourraient modifier les modalités du dépistage ayant cours en 2015. Dans l’objectif de définir la place de ces tests et dans l’attente des résultats des études en cours en France, la Haute Autorité de Santé (HAS) publie ce jour une première évaluation des performances de ces tests.</t>
+  </si>
+  <si>
+    <t>18/11/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573090/fr/trisomie-21-de-nouveaux-tests-appellent-la-revision-des-modalites-de-depistage-actuelles</t>
+  </si>
+  <si>
+    <t>c_2573090</t>
+  </si>
+  <si>
+    <t>Pertinence des soins : une dynamique prometteuse sur les césariennes programmées à terme</t>
+  </si>
+  <si>
+    <t>De nombreux soins sont « non pertinents », c’est-à-dire qu’ils sont parfois effectués sans être pour autant adaptés aux besoins de santé des patients. Or, on constate une grande hétérogénéité des pratiques sur le territoire, entre régions ou au sein d’une même région.</t>
+  </si>
+  <si>
+    <t>13/11/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775229/fr/pertinence-des-soins-une-dynamique-prometteuse-sur-les-cesariennes-programmees-a-terme</t>
+  </si>
+  <si>
+    <t>c_1775229</t>
+  </si>
+  <si>
+    <t>Première prescription d’un contraceptif œstroprogestatif : prendre en compte les facteurs de risque plutôt que dépister systématiquement la thrombophilie</t>
+  </si>
+  <si>
+    <t>Les contraceptifs œstroprogestatifs* augmentent le risque de développer une maladie thromboembolique veineuse (phlébite ou embolie pulmonaire). Ce risque pourrait être encore plus élevé chez les femmes porteuses d’une thrombophilie biologique, une anomalie de la coagulation. C’est pourquoi la Haute Autorité de Santé (HAS) a étudié l’opportunité d’un dépistage systématique de la thrombophilie avant une première prescription d’une contraception combinant œstrogène et progestatif. Elle conclut qu’un dépistage systématique n’est pas justifié car son efficacité n’est pas démontrée, son efficience est très faible et ses éventuels effets négatifs non étudiés.</t>
+  </si>
+  <si>
+    <t>25/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764076/fr/premiere-prescription-d-un-contraceptif-oestroprogestatif-prendre-en-compte-les-facteurs-de-risque-plutot-que-depister-systematiquement-la-thrombophilie</t>
+  </si>
+  <si>
+    <t>c_1764076</t>
+  </si>
+  <si>
+    <t>Contraception : des outils pour une décision partagée entre le professionnel et le patient</t>
+  </si>
+  <si>
+    <t>Faute d’informations pertinentes, les patients délèguent bien souvent le choix de leur contraception aux professionnels de santé. Pour que le patient s’implique davantage dans sa démarche décisionnelle, la HAS publie aujourd’hui deux outils d’aide à la décision médicale destinés aux patients et aux professionnels.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764084/fr/contraception-des-outils-pour-une-decision-partagee-entre-le-professionnel-et-le-patient</t>
+  </si>
+  <si>
+    <t>c_1764084</t>
+  </si>
+  <si>
+    <t>La HAS publie le cahier des charges des maisons de naissance expérimentales</t>
+  </si>
+  <si>
+    <t>Suite à la promulgation de la loi du 6 décembre 2013 autorisant pendant 2 ans la création à titre expérimental de maisons de naissance, la HAS s’est vue confier l’élaboration de leur cahier des charges. Ce document permettra à l’expérimentation de se réaliser dans un cadre respectant des critères de qualité et de sécurité des soins pour la mère et l’enfant.</t>
+  </si>
+  <si>
+    <t>24/09/2014 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763826/fr/la-has-publie-le-cahier-des-charges-des-maisons-de-naissance-experimentales</t>
+  </si>
+  <si>
+    <t>c_1763826</t>
+  </si>
+  <si>
+    <t>Traitements hormonaux de la ménopause</t>
+  </si>
+  <si>
+    <t>La HAS maintient le service médical rendu (SMR) important des traitements hormonaux des symptômes de la ménopause (THM) lorsqu’ils sont gênants au point d’altérer la qualité de vie des femmes. La HAS rappelle que les risques connus de ces traitements se confirment et recommande un traitement aux doses les plus ajustées et le plus court possible, réévalué au moins chaque année.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754596/fr/traitements-hormonaux-de-la-menopause</t>
+  </si>
+  <si>
+    <t>c_1754596</t>
+  </si>
+  <si>
+    <t>Harmoniser les pratiques en matière d’autopsies fœtale et néonatale</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a élaboré le premier protocole de référence pour la réalisation des autopsies des fœtus et des enfants1. L’objectif est d’harmoniser les pratiques professionnelles et de mieux comprendre les circonstances aboutissant à une mort fœtale ou néonatale, voire à une interruption de grossesse pour motif médical, afin d’adapter si besoin la politique périnatale.</t>
+  </si>
+  <si>
+    <t>26/06/2014 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750734/fr/harmoniser-les-pratiques-en-matiere-d-autopsies-foetale-et-neonatale</t>
+  </si>
+  <si>
+    <t>c_1750734</t>
+  </si>
+  <si>
+    <t>La HAS souhaite améliorer la sécurité autour de la mère et de l’enfant à naître dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Dans le cadre de ses objectifs d’amélioration de la qualité et de la sécurité des soins, la HAS adopte une stratégie dirigée vers les secteurs de naissance des établissements de santé afin de renforcer la prise en charge des femmes enceintes et de leur nouveau-né dans une perspective de réduction de la mortalité et de la morbidité évitables. Dans sa nouvelle version de certification des établissements de santé (V2014), elle évaluera ce secteur dans le cadre de ses « pratiques exigibles prioritaires ». La HAS publie un guide à destination des équipes médicales et des professionnels impliqués dans les « secteurs de naissance ».</t>
+  </si>
+  <si>
+    <t>15/04/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736465/fr/la-has-souhaite-ameliorer-la-securite-autour-de-la-mere-et-de-l-enfant-a-naitre-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1736465</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions de sortie et modalités de suivis de la mère et de l’enfant</t>
+  </si>
+  <si>
+    <t>La HAS publie de nouvelles recommandations relatives aux conditions et à l’organisation du retour à domicile des mères et de leurs nouveau-nés pour mieux garantir la sécurité de la mère et de l’enfant. Elle définit les conditions à remplir par la mère et l’enfant qui permettent de prévoir en toute sécurité une sortie précoce, une sortie après une durée d’hospitalisation standard ou une sortie plus tardive. Elle détaille les modalités de leur suivi une fois de retour à la maison. La HAS insiste sur la nécessité d’anticiper l’organisation de la sortie de maternité pour une meilleure continuité des soins.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729168/fr/sortie-de-maternite-apres-accouchement-conditions-de-sortie-et-modalites-de-suivis-de-la-mere-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_1729168</t>
+  </si>
+  <si>
+    <t>Césariennes programmées à terme : des maternités s’engagent dans l’optimisation de la pertinence</t>
+  </si>
+  <si>
+    <t>En France, près d’une femme sur cinq accouche par césarienne. Face à l’hétérogénéité des pratiques et afin d’optimiser la pertinence des césariennes programmées à terme, une expérimentation a été lancée en décembre 2012 par la Direction générale de l’offre de soins (DGOS) et la Haute Autorité de santé (HAS). Seize régions et 20% des maternités françaises – soit 120 équipes volontaires – sont engagées dans une démarche qualité dont les résultats seront partagés au cours d’un séminaire final le 13 novembre prochain.</t>
+  </si>
+  <si>
+    <t>10/03/2014 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728358/fr/cesariennes-programmees-a-terme-des-maternites-s-engagent-dans-l-optimisation-de-la-pertinence</t>
+  </si>
+  <si>
+    <t>c_1728358</t>
+  </si>
+  <si>
+    <t>Quelle contraception pour les femmes à risque cardio-vasculaire ?</t>
+  </si>
+  <si>
+    <t>Le choix d’une contraception chez une femme à risque cardiovasculaire n’est pas toujours aisé. Pour aider les professionnels de santé à proposer la contraception la plus adaptée en fonction de la maladie ou du facteur de risque existant, la Haute Autorité de Santé (HAS) publie ce jour une nouvelle fiche mémo. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>11/09/2013 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638529/fr/quelle-contraception-pour-les-femmes-a-risque-cardio-vasculaire</t>
+  </si>
+  <si>
+    <t>c_1638529</t>
+  </si>
+  <si>
+    <t>Vers une contraception mieux adaptée au profil de chacun</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la conférence de presse de la ministre des Affaires sociales et de la Santé, Marisol Touraine, et à l’occasion du lancement le 18 mai de la campagne « La contraception qui vous convient existe» de l’INPES, la Haute Autorité de Santé met à la disposition des pouvoirs publics, des professionnels de santé et du grand public des outils pour répondre aux problématiques liées à la contraception.</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545515/fr/vers-une-contraception-mieux-adaptee-au-profil-de-chacun</t>
+  </si>
+  <si>
+    <t>c_1545515</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : la nécessité d’une meilleure information</t>
+  </si>
+  <si>
+    <t>En France, même si trois femmes sur quatre disposent d’une contraception, les échecs contraceptifs restent fréquents : une grossesse sur trois est non prévue et la moitié conduit à une interruption volontaire de grossesse. La Haute Autorité de Santé a été saisie pour évaluer l’efficacité de la prescription à l’avance de la contraception d’urgence sur la réduction du nombre grossesses non prévues et sur ses conséquences éventuelles sur la couverture contraceptive et le risque d’infections sexuellement transmissibles.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543559/fr/contraception-d-urgence-la-necessite-d-une-meilleure-information</t>
+  </si>
+  <si>
+    <t>c_1543559</t>
+  </si>
+  <si>
+    <t>Contraception : deux outils mis à la disposition des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé diffuse aujourd’hui deux documents sur la contraception : la liste des méthodes contraceptives avec un focus sur les méthodes les plus efficaces disponibles et une fiche mémo. Ces documents doivent permettre aux professionnels de santé de discuter et choisir avec la femme, l’homme ou le couple la méthode la plus adaptée à leur profil dans l’objectif d’éviter les échecs de la contraception et les grossesses non désirées. Fin avril, cette publication sera complétée par des fiches mémo pour chacune des situations cliniques particulières identifiées ainsi que d’une analyse des moyens d'accès à la contraception et des freins à ce dernier.</t>
+  </si>
+  <si>
+    <t>29/03/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369257/fr/contraception-deux-outils-mis-a-la-disposition-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_1369257</t>
+  </si>
+  <si>
+    <t>Indications de transfert des femmes enceintes ayant une complication au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie ce jour une recommandation de bonne pratique sur le transfert en urgence entre les établissements de santé des femmes enceintes ayant eu une complication pendant leur grossesse. Elle vise à optimiser la prise en charge des femmes enceintes et prolonge les travaux de 2007 sur le suivi et l’orientation des femmes enceintes en fonction des situations à risque identifiées.</t>
+  </si>
+  <si>
+    <t>12/02/2013 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359666/fr/indications-de-transfert-des-femmes-enceintes-ayant-une-complication-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_1359666</t>
+  </si>
+  <si>
+    <t>Optimiser la pertinence du parcours des femmes enceintes avant une césarienne programmée à terme</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) poursuit son action en matière d’amélioration de la pertinence des soins en publiant un ensemble d’outils destinés à favoriser la mise en pratique de la recommandation de bonne pratique « Indications de la césarienne programmée à terme » parue en mars 2012. Destiné à l’ensemble de l’équipe médicale et paramédicale en charge du suivi de grossesse, le programme propose des exemples concrets pour améliorer chaque étape du parcours de la femme enceinte qui pourrait nécessiter une césarienne programmée à terme.</t>
+  </si>
+  <si>
+    <t>20/09/2012 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297838/fr/optimiser-la-pertinence-du-parcours-des-femmes-enceintes-avant-une-cesarienne-programmee-a-terme</t>
+  </si>
+  <si>
+    <t>c_1297838</t>
+  </si>
+  <si>
+    <t>Echographies fœtales : différences entre pratiques médicales et commerciales</t>
+  </si>
+  <si>
+    <t>L’existence d’une offre d’échographies fœtales hors contexte médical, à seule fin de produire des images souvenirs du fœtus (ou échographies fœtales commerciales), a conduit des professionnels de santé à interpeller les pouvoirs publics. En janvier 2012, le gouvernement a saisi, d’une part, l’Agence Nationale de Sécurité du Médicament (ANSM) sur la question du risque sanitaire potentiel et, d’autre part, la Haute Autorité de Santé (HAS) sur deux volets : la définition de l’échographie en tant qu’acte médical et sa compatibilité avec les pratiques commerciales constatées. La HAS publie aujourd’hui les conclusions de ses travaux.</t>
+  </si>
+  <si>
+    <t>25/06/2012 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260057/fr/echographies-foetales-differences-entre-pratiques-medicales-et-commerciales</t>
+  </si>
+  <si>
+    <t>c_1260057</t>
+  </si>
+  <si>
+    <t>Quelles indications pour programmer une césarienne au terme de la grossesse ?</t>
+  </si>
+  <si>
+    <t>En France, près d’une femme sur cinq donne naissance par césarienne et, dans près de la moitié des cas, la césarienne est programmée. Pour améliorer cette pratique qui représente environ 7,4% des naissances, la Haute Autorité de Santé (HAS) publie aujourd’hui des recommandations qui définissent les indications d’une césarienne programmée au terme de la grossesse. La HAS publie également un document d’information destiné aux femmes enceintes pour permettre une discussion éclairée avec l’équipe médicale.</t>
+  </si>
+  <si>
+    <t>22/03/2012 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231926/fr/quelles-indications-pour-programmer-une-cesarienne-au-terme-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_1231926</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientations des femmes enceintes entre les maternités en vue de l’accouchement</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie des recommandations de bonne pratique sur l’orientation des femmes enceintes dans les maternités en cas de risque obstétrical fœtal ou maternel avéré. Ces recommandations demandées par la Direction générale de l’offre des soins (DGOS) viennent compléter celles publiées en juillet 2007*.</t>
+  </si>
+  <si>
+    <t>20/04/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944819/fr/grossesses-a-risque-orientations-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_944819</t>
+  </si>
+  <si>
+    <t>Toxoplasmose et rubéole : la HAS précise les conditions d’un dépistage efficace</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), saisie par la Direction Générale de la Santé (DGS), rend public son [[c_893585][rapport sur la surveillance sérologique et la prévention de la toxoplasmose et de la rubéole durant la grossesse]]. Elle insiste sur l’importance de l’information à fournir aux femmes enceintes aux différents temps de la séquence de dépistage. De plus, elle recommande l’organisation d’une prise en charge structurée en cas de séroconversion en cours de grossesse. -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_890769/fr/toxoplasmose-et-rubeole-la-has-precise-les-conditions-d-un-depistage-efficace</t>
+  </si>
+  <si>
+    <t>c_890769</t>
+  </si>
+  <si>
+    <t>Gynécologie-obstétrique : Le déclenchement artificiel du travail pour les grossesses à terme</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur le déclenchement artificiel du travail à partir de 37 semaines d’aménorrhée, à la demande du Collectif interassociatif autour de la naissance (Ciane).</t>
+  </si>
+  <si>
+    <t>11/06/2008 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_669373/fr/gynecologie-obstetrique-le-declenchement-artificiel-du-travail-pour-les-grossesses-a-terme</t>
+  </si>
+  <si>
+    <t>c_669373</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées.</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles visant à définir le suivi des femmes enceintes, à améliorer l’identification des situations pouvant potentiellement compliquer la grossesse et à en adapter si besoin le suivi. Ces recommandations ont été élaborées à la demande du Collège national des gynécologues obstétriciens français, de la Société française de médecine périnatale, le Collectif interassociatif autour de la naissance (CIANE) et du Collège national des sages-femmes. Elles s'inscrivent dans le cadre du plan périnatalité 2005-2007, ensemble de mesures visant à améliorer la qualité des soins et à développer une offre de soins plus humaine et plus proche.</t>
+  </si>
+  <si>
+    <t>31/07/2007 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_567727/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_567727</t>
+  </si>
+  <si>
+    <t>Evaluation des stratégies de dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540837/fr/evaluation-des-strategies-de-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540837</t>
+  </si>
+  <si>
+    <t>L’expression abdominale durant la 2ème phase de l’accouchement</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) propose une évaluation des bénéfices et des risques de l’expression abdominale et émet des recommandations professionnelles par consensus formalisé, à la demande du CIANE (Collectif Interassociatif Autour de la Naissance ).</t>
+  </si>
+  <si>
+    <t>18/04/2007 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517853/fr/l-expression-abdominale-durant-la-2eme-phase-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_517853</t>
+  </si>
+  <si>
+    <t>09/02/2006 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240523/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
+  </si>
+  <si>
+    <t>c_240523</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ? - Des recommandations pour les professionnels de santé</t>
+  </si>
+  <si>
+    <t>31/05/2005 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240701/fr/comment-mieux-informer-les-femmes-enceintes-des-recommandations-pour-les-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_240701</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Les médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>Mise à jour de la fiche bon usage des médicaments. L’ostéoporose est une maladie osseuse caractérisée par une réduction de la résistance osseuse conduisant à une augmentation du risque de fracture.</t>
+  </si>
+  <si>
+    <t>05/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2019 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751307/fr/les-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>c_1751307</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les actes de vitrification ovocytaire et embryonnaire comparés notamment à la technique de congélation lente, afin de statuer sur la pertinence de leur inscription dans la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Évaluation des performances pré-analytiques, analytiques et diagnostiques ou pronostiques ainsi que de la pertinence de l’acte de dosage sérique de l’hormone anti-müllérienne en vue de son inscription à la Nomenclature des actes de biologie médicale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
+  </si>
+  <si>
+    <t>Le cahier des charges définit les exigences (notamment cliniques et organisationnelles) à respecter pour garantir la qualité des soins et la sécurité des patientes, quel que soit le lieu où sont réalisées les IVG instrumentales</t>
+  </si>
+  <si>
+    <t>16/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+    <t>Contraceptifs oraux estroprogestatifs : préférez les «pilules» de 1re ou 2e génération</t>
+  </si>
+  <si>
+    <t>Les COEP dits de 3e génération (C3G, contenant du désogestrel, du gestodène ou du norgestimate) exposent les femmes à un surrisque d’accident thromboembolique veineux par rapport aux COEP dits de 1re ou 2e génération (C1G ou C2G).</t>
+  </si>
+  <si>
+    <t>30/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2012 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439689/fr/contraceptifs-oraux-estroprogestatifs-preferez-les-pilules-de-1re-ou-2e-generation</t>
+  </si>
+  <si>
+    <t>r_1439689</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le référentiel concernant le suivi à domicile des femmes et de leur nouveau-né, après accouchement par voie basse, par les sages-femmes dans le cadre de l'activité libérale</t>
+  </si>
+  <si>
+    <t>L'avis de la HAS concerne un référentiel produit par la CNAMTS visant à encadrer la prise en charge par l'assurance maladie d'un type particulier de soins. Dans le cas particulier, il s'agit du suivi par les sages-femmes, dans le cadre d'une activité libérale, des femmes et de leur nouveau-né après un accouchement par voie basse sans complication.</t>
+  </si>
+  <si>
+    <t>01/12/2010 11:45:00</t>
+  </si>
+  <si>
+    <t>17/05/2011 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054911/fr/avis-de-la-has-sur-le-referentiel-concernant-le-suivi-a-domicile-des-femmes-et-de-leur-nouveau-ne-apres-accouchement-par-voie-basse-par-les-sages-femmes-dans-le-cadre-de-l-activite-liberale</t>
+  </si>
+  <si>
+    <t>c_1054911</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (acétate de médroxyprogestérone/valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/fr/divina-duova-acetate-de-medroxyprogesterone/valerate-d-estradiol</t>
   </si>
   <si>
     <t>pprd_2983475</t>
   </si>
   <si>
     <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+    <t>https://www.has-sante.fr/jcms/c_817325/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/fr/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/fr/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>ESTREVA - FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI  (estradiol hémihydraté/lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2983866</t>
   </si>
   <si>
     <t>estradiol hémihydraté,lévonorgestrel</t>
   </si>
   <si>
     <t>THERAMEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/fr/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/fr/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/fr/estreva-femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/fr/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/fr/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/fr/femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/fr/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/fr/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
   </si>
   <si>
     <t>PROVAMES (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983947</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2672236/en/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399162/fr/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984105/en/progestogel-utrogestan-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984105/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>pprd_2984105</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_951417/en/progestogel-progesterone</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_951417/fr/progestogel-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633557/fr/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753199/fr/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951432/fr/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400833/fr/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>pprd_2984124</t>
   </si>
   <si>
     <t>estradiol hémihydraté,acétate de noréthistérone</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+    <t>https://www.has-sante.fr/jcms/c_544823/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/fr/activelle-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/fr/kliogest-novefemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/fr/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/fr/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
   </si>
   <si>
     <t>DUPHASTON (dydrogestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/fr/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>pprd_2984207</t>
   </si>
   <si>
     <t>dydrogestérone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
+    <t>https://www.has-sante.fr/jcms/c_748315/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/fr/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>COLPRONE (médrogestone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984220/en/colprone-medrogestone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984220/fr/colprone-medrogestone</t>
   </si>
   <si>
     <t>pprd_2984220</t>
   </si>
   <si>
     <t>médrogestone</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748309/en/colprone-medrogestone</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3588262/en/colprone-medrogestone-gynecological</t>
+    <t>https://www.has-sante.fr/jcms/c_748309/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753202/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608651/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588262/fr/colprone-medrogestone-gynecologie</t>
   </si>
   <si>
     <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984292</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
+    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/fr/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/fr/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
   </si>
   <si>
     <t>pprd_2984293</t>
   </si>
   <si>
     <t>dydrogestérone,estradiol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/fr/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/fr/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol/acétate de cyprotérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/fr/climene-valerate-d-estradiol/acetate-de-cyproterone</t>
   </si>
   <si>
     <t>pprd_2984344</t>
   </si>
   <si>
     <t>valérate d'estradiol,acétate de cyprotérone</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+    <t>https://www.has-sante.fr/jcms/c_1048372/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/fr/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/fr/oestrogel-oestrodose-thais-thaissept-estradiol/estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984426</t>
   </si>
   <si>
     <t>estradiol,estradiol hémihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+    <t>https://www.has-sante.fr/jcms/c_1046775/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/fr/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
   </si>
   <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2040742/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PHYSIOGINE (estriol)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+    <t>https://www.has-sante.fr/jcms/c_517660/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
   </si>
   <si>
     <t>LIVIAL (tibolone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/fr/livial-tibolone</t>
   </si>
   <si>
     <t>pprd_2984732</t>
   </si>
   <si>
     <t>tibolone</t>
   </si>
   <si>
     <t>ORGANON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753542/en/livial</t>
+    <t>https://www.has-sante.fr/jcms/c_398989/fr/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/fr/livial-tibolone</t>
+  </si>
+  <si>
+    <t>ZURZUVAE (zuranolone)</t>
+  </si>
+  <si>
+    <t>23/06/2025 08:38:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632473/fr/zurzuvae-zuranolone</t>
+  </si>
+  <si>
+    <t>p_3632473</t>
+  </si>
+  <si>
+    <t>zuranolone</t>
+  </si>
+  <si>
+    <t>BIOGEN France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632455/fr/zurzuvae-zuranolone-depression-post-partum</t>
   </si>
   <si>
     <t>FERROSTRANE (férédétate de sodium)</t>
   </si>
   <si>
-    <t>04/02/2025 17:56:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
+    <t>02/04/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/fr/ferrostrane-feredetate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984943</t>
   </si>
   <si>
     <t>férédétate de sodium</t>
   </si>
   <si>
     <t>TEOFARMA SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
+    <t>https://www.has-sante.fr/jcms/c_642421/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/fr/ferrostrane-nourrissons-feredetate-de-sodium-carence-martiale</t>
   </si>
   <si>
     <t>OVITRELLE (choriogonadotropine alpha)</t>
   </si>
   <si>
-    <t>03/06/2025 18:12:30</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983734/en/ovitrelle-choriogonadotropine-alpha</t>
+    <t>06/03/2025 18:12:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983734/fr/ovitrelle-choriogonadotropine-alpha</t>
   </si>
   <si>
     <t>pprd_2983734</t>
   </si>
   <si>
     <t>choriogonadotropine alpha</t>
   </si>
   <si>
     <t>MERCK SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399276/en/ovitrelle-250-g-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-et-de-1-ampoule-de-solvant-boite-de-10-flacons-et-de-10-ampoules-de-solvant-choriogonadotropine-alpha</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594405/en/ovitrelle-choriogonadotropin-alfa-assisted-reproductive-technologies</t>
+    <t>https://www.has-sante.fr/jcms/c_399276/fr/ovitrelle-250-g-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-et-de-1-ampoule-de-solvant-boite-de-10-flacons-et-de-10-ampoules-de-solvant-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399984/fr/ovitrelle-250-g-/-0-5-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763720/fr/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745138/fr/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181525/fr/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594405/fr/ovitrelle-choriogonadotropine-alfa-induction-d-ovulation-assistance-medicale-a-la-procreation</t>
   </si>
   <si>
     <t>GYMISO (misoprostol)</t>
   </si>
   <si>
     <t>09/09/2024 16:55:21</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985837/en/gymiso-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985837/fr/gymiso-misoprostol</t>
   </si>
   <si>
     <t>pprd_2985837</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399941/en/gymiso-200-microgrammes-misoprostol</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538951/en/gymiso-misoprostol-termination-of-pregnancy</t>
+    <t>https://www.has-sante.fr/jcms/c_399941/fr/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400310/fr/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/fr/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/fr/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538951/fr/gymiso-misoprostol-interruption-medicale-de-grossesse</t>
+  </si>
+  <si>
+    <t>ETOPOSIDE (étoposide)</t>
+  </si>
+  <si>
+    <t>01/08/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083781/fr/etoposide-etoposide</t>
+  </si>
+  <si>
+    <t>p_3083781</t>
+  </si>
+  <si>
+    <t>étoposide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / HIKMA FRANCE / MYLAN SAS / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083082/fr/etoposide-accord-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164684/fr/etoposide-teva-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181655/fr/etoposide-mylan-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535833/fr/etoposide-hikma-etoposide-oncologie</t>
   </si>
   <si>
     <t>REKOVELLE (follitropine delta)</t>
   </si>
   <si>
-    <t>05/02/2024 17:14:33</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983513/en/rekovelle-follitropine-delta</t>
+    <t>02/05/2024 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983513/fr/rekovelle-follitropine-delta</t>
   </si>
   <si>
     <t>pprd_2983513</t>
   </si>
   <si>
     <t>follitropine delta</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2757182/en/rekovelle-follitropin-delta-ovulation-stimulant</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982792/en/ibrance</t>
+    <t>https://www.has-sante.fr/jcms/c_2757182/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797164/fr/rekovelle-follitropine-delta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514980/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>IBRANCE (palbociclib)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982792/fr/ibrance-palbociclib</t>
   </si>
   <si>
     <t>pprd_2982792</t>
   </si>
   <si>
     <t>palbociclib</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2761877/en/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3470396/en/brance-palbociclib-breast-cancer</t>
+    <t>https://www.has-sante.fr/jcms/c_2761877/fr/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964747/fr/ibrance-palbociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447978/fr/ibrance-palbociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470396/fr/ibrance-palbociclib-cancer-du-sein</t>
   </si>
   <si>
     <t>LUTENYL (nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>09/07/2023 15:24:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984200/en/lutenyl-nomegestrol-acetate-de</t>
+    <t>07/09/2023 15:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984200/fr/lutenyl-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984200</t>
   </si>
   <si>
     <t>nomégestrol (acétate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400321/en/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459822/en/lutenyl-nomegestrol-acetate-gynaecology</t>
+    <t>https://www.has-sante.fr/jcms/c_400321/fr/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748399/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753533/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610185/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459822/fr/lutenyl-acetate-de-nomegestrol-gynecologie</t>
   </si>
   <si>
     <t>CHLORMADINONE VIATRIS (acétate de chlormadinone)</t>
   </si>
   <si>
-    <t>09/07/2023 15:20:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459942/en/chlormadinone-viatris-acetate-de-chlormadinone</t>
+    <t>07/09/2023 15:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459942/fr/chlormadinone-viatris-acetate-de-chlormadinone</t>
   </si>
   <si>
     <t>p_3459942</t>
   </si>
   <si>
     <t>acétate de chlormadinone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459828/en/chlormadinone-viatris-chlormadinone-acetate-gynaecology</t>
+    <t>https://www.has-sante.fr/jcms/p_3459828/fr/chlormadinone-viatris-acetate-de-chlormadinone-gynecologie</t>
   </si>
   <si>
     <t>NOVOSEVEN (eptacog alpha activé)</t>
   </si>
   <si>
-    <t>08/03/2023 10:15:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985870/en/novoseven-eptacog-alpha-active</t>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985870/fr/novoseven-eptacog-alpha-active</t>
   </si>
   <si>
     <t>pprd_2985870</t>
   </si>
   <si>
     <t>eptacog alpha activé</t>
   </si>
   <si>
     <t>NOVONORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400146/en/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456306/en/novoseven-activated-eptacog-alfa-postpartum-haemorrhage</t>
+    <t>https://www.has-sante.fr/jcms/c_400146/fr/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456306/fr/novoseven-eptacog-alfa-active-hemorragies-du-post-partum-severes</t>
+  </si>
+  <si>
+    <t>FIXICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>11/07/2023 17:59:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451656/fr/fixical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>p_3451656</t>
+  </si>
+  <si>
+    <t>carbonate de calcium</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451561/fr/fixical-carbonate-de-calcium-carences-calcique-et-traitement-d-appoint-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>FERTISTARTKIT (gonadotrophine ménopausique humaine/gonadotrophine chorionique humaine)</t>
+  </si>
+  <si>
+    <t>10/02/2023 09:08:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411905/fr/fertistartkit-gonadotrophine-menopausique-humaine/gonadotrophine-chorionique-humaine</t>
+  </si>
+  <si>
+    <t>p_3411905</t>
+  </si>
+  <si>
+    <t>gonadotrophine ménopausique humaine,gonadotrophine chorionique humaine</t>
+  </si>
+  <si>
+    <t>IBSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411332/fr/fertistartkit-gonadotrophine-menopausique-humaine/gonadotrophine-chorionique-humaine-hyperstimulation-ovarienne-controlee-hoc</t>
   </si>
   <si>
     <t>ELONVA (corifollitropine alfa)</t>
   </si>
   <si>
-    <t>02/03/2023 10:46:46</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985251/en/elonva-corifollitropine-alfa</t>
+    <t>03/02/2023 10:46:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985251/fr/elonva-corifollitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2985251</t>
   </si>
   <si>
     <t>corifollitropine alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990918/en/elonva</t>
-[...5 lines deleted...]
-    <t>GONADOTROPHINE CHORIONIQUE ENDO (gonadotrophine chorionique)</t>
+    <t>https://www.has-sante.fr/jcms/c_990918/fr/elonva-corifollitropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409400/fr/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
+  </si>
+  <si>
+    <t>GONADOTROPHINE CHORIONIQUE (gonadotrophine chorionique)</t>
   </si>
   <si>
     <t>09/09/2022 16:47:41</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984478/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984478/fr/gonadotrophine-chorionique-gonadotrophine-chorionique</t>
   </si>
   <si>
     <t>pprd_2984478</t>
   </si>
   <si>
     <t>gonadotrophine chorionique</t>
   </si>
   <si>
     <t>MSD FRANCE / IBSA Pharma S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_736986/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358590/en/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
+    <t>https://www.has-sante.fr/jcms/c_736986/fr/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044646/fr/gonadotrophine-chorionique-endo-gonadotrophine-chorionique-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358590/fr/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
+  </si>
+  <si>
+    <t>CEZIBOE (cétrorélix)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361523/fr/ceziboe-cetrorelix</t>
+  </si>
+  <si>
+    <t>p_3361523</t>
+  </si>
+  <si>
+    <t>cétrorélix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361529/fr/ceziboe-cetrorelix-acetate-de-antagoniste-de-la-gnrh</t>
   </si>
   <si>
     <t>NALADOR (sulprostone)</t>
   </si>
   <si>
-    <t>03/22/2022 17:49:30</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281576/en/nalador-sulprostone</t>
+    <t>22/03/2022 17:49:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281576/fr/nalador-sulprostone</t>
   </si>
   <si>
     <t>p_3281576</t>
   </si>
   <si>
     <t>sulprostone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322778/en/nalador-sulprostone-hemorragie-du-post-partum</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3322778/fr/nalador-sulprostone-hemorragie-du-post-partum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281441/fr/nalador-sulprostone</t>
+  </si>
+  <si>
+    <t>MENOPUR (ménotropine)</t>
+  </si>
+  <si>
+    <t>25/02/2022 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983735/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>pprd_2983735</t>
+  </si>
+  <si>
+    <t>ménotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574549/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260376/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670231/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745135/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399191/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320596/fr/menopur-menotropine</t>
+  </si>
+  <si>
+    <t>DOSTINEX (cabergoline)</t>
+  </si>
+  <si>
+    <t>21/02/2022 15:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984210/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>pprd_2984210</t>
+  </si>
+  <si>
+    <t>cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318250/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487098/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599734/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609232/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268752/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>GONAL F</t>
+  </si>
+  <si>
+    <t>04/02/2022 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985524/fr/gonal-f</t>
+  </si>
+  <si>
+    <t>pprd_2985524</t>
+  </si>
+  <si>
+    <t>follitropine alfa</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455460/fr/gonal-f-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773269/fr/gonal-f-n/r/-follitropine-alfa/-follitropine-alfa-mammifere/hamster/cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866807/fr/gonal-f-n/r/-follitropine-alfa/-follitropine-alfa-mammifere/hamster/cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400024/fr/gonal-f-300-ui-/-0-5-ml-22-mg-/-0-5-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-5-aiguilles-gonal-f-450-ui-/-0-75-ml-33-mg-/-0-75-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-7-aiguilles-gonal-f-900-ui-/-1-5-ml-66-mg-/-1-5-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-14-aiguilles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399747/fr/gonal-f-450-ui/0-75-ml-33-g/0-75ml-poudre-et-solvant-pour-solution-injectable-1-flacon-de-poudre-1-seringue-pre-remplie-de-solvant-6-seringues-pour-l-administration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399222/fr/gonal-f-600-ui/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-de-poudre-1-seringue-pre-remplie-de-solvant-15-seringues-jetables-pour-l-administration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399223/fr/gonal-f-75-ui-poudre-et-solvant-pour-solution-injectable-gonal-f-150-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-et-5-gonal-f-37-5-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-et-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313532/fr/gonal-f-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>TIMOFEROL (acide ascorbique/ fer (sous forme de sulfate ferreux))</t>
+  </si>
+  <si>
+    <t>15/11/2021 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982729/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2982729</t>
+  </si>
+  <si>
+    <t>acide ascorbique,fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763726/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635767/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635804/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972290/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399988/fr/timoferol-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296239/fr/timoferol-50-mg-comprime-enrobe-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+  </si>
+  <si>
+    <t>FERO-GRAD VITAMINE C (sulfate de fer ferreux/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>15/11/2021 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984942/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2984942</t>
+  </si>
+  <si>
+    <t>sulfate de fer ferreux,acide ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642417/fr/fero-grad-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363128/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+  </si>
+  <si>
+    <t>TARDYFERON (fer sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984094</t>
   </si>
   <si>
     <t>fer (sous forme de sulfate ferreux)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
+    <t>https://www.has-sante.fr/jcms/c_605734/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/fr/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/fr/tardyferon-b9-sulfate-ferreux-acide-folique-antianemique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/fr/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/fr/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/fr/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+  </si>
+  <si>
+    <t>ASCOFER (ascorbate ferreux)</t>
+  </si>
+  <si>
+    <t>08/10/2021 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984095/fr/ascofer-ascorbate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2984095</t>
+  </si>
+  <si>
+    <t>ascorbate ferreux</t>
+  </si>
+  <si>
+    <t>TRADIPHAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605760/fr/ascofer-ascorbate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363122/fr/ascofer-ascorbate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635770/fr/ascofer-ascorbate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290905/fr/ascofer-33-mg-ascorbate-ferreux</t>
+  </si>
+  <si>
+    <t>MIFEGYNE (mifépristone)</t>
+  </si>
+  <si>
+    <t>21/09/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982986/fr/mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>pprd_2982986</t>
+  </si>
+  <si>
+    <t>mifépristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888468/fr/mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>MISOONE (misoprostol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/fr/misoone-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984869</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190783/en/misoone</t>
+    <t>https://www.has-sante.fr/jcms/c_1701297/fr/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/fr/misoone-misoprostol</t>
   </si>
   <si>
     <t>EVENITY (romosozumab)</t>
   </si>
   <si>
-    <t>03/18/2021 15:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243950/en/evenity-romosozumab</t>
+    <t>18/03/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243950/fr/evenity-romosozumab</t>
   </si>
   <si>
     <t>p_3243950</t>
   </si>
   <si>
     <t>romosozumab</t>
   </si>
   <si>
     <t>UCB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3243905/en/evenity-romosozumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3243905/fr/evenity-romosozumab</t>
   </si>
   <si>
     <t>AMELGEN (progestérone)</t>
   </si>
   <si>
-    <t>03/11/2021 17:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242297/en/amelgen-progesterone</t>
+    <t>11/03/2021 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242297/fr/amelgen-progesterone</t>
   </si>
   <si>
     <t>p_3242297</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242186/en/amelgen-progesterone</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983061/en/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+    <t>https://www.has-sante.fr/jcms/p_3242186/fr/amelgen-progesterone</t>
+  </si>
+  <si>
+    <t>CARBETOCINE AGUETTANT (carbétocine)</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240806/fr/carbetocine-aguettant-carbetocine</t>
+  </si>
+  <si>
+    <t>p_3240806</t>
+  </si>
+  <si>
+    <t>carbétocine</t>
+  </si>
+  <si>
+    <t>LABORATOIRE AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240421/fr/carbetocine-aguettant-carbetocine</t>
+  </si>
+  <si>
+    <t>DESOGESTREL (désogestrel / éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>09/02/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983061/fr/desogestrel-desogestrel-/-ethinylestradiol</t>
   </si>
   <si>
     <t>pprd_2983061</t>
   </si>
   <si>
     <t>désogestrel 150 µg / éthinylestradiol 30 µg,désogestrel 150 µg / éthinylestradiol 20 µg</t>
   </si>
   <si>
     <t>SANDOZ SAS / BIOGARAN /  SANOFI-AVENTIS FRANCE  / MYLAN SAS / CRISTERS / MEDIPHA SANTE SAS / EG LABO-LABORATOIRES EUROGENERICS / EFFIK SA  /</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918266/en/desogestrel-ethinylestradiol-biogaran-150/30-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983147/en/prolia</t>
+    <t>https://www.has-sante.fr/jcms/c_918266/fr/desogestrel-ethinylestradiol-biogaran-150/30-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918268/fr/desogestrel-ethinylestradiol-biogaran-150/20-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995084/fr/desogestrel-ethinylestradiol-quill-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995085/fr/desogestrel-ethinylestradiol-elka-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794393/fr/desogestrel-biogaran-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013189/fr/desogestrel-mylan-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023169/fr/desogestrel-eg-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041955/fr/desogestrel-mithra-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565109/fr/desogestrel-zentiva-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788600/fr/desogestrel-cristers-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879784/fr/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320857/fr/desogestrel-ethinylestradiol-biogaran-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335889/fr/desogestrel-ethinylestradiol-zentiva-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236431/fr/desogestrel-mylan-pharma-desogestrel</t>
+  </si>
+  <si>
+    <t>ASTERLUNA - ASTERLUNA CONTINU (lévonorgestrel/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>08/01/2021 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230014/fr/asterluna-asterluna-continu-levonorgestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>p_3230014</t>
+  </si>
+  <si>
+    <t>lévonorgestrel,éthinylestradiol</t>
+  </si>
+  <si>
+    <t>EXELTIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229927/fr/asterluna-levonorgestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229930/fr/asterluna-continu-levonorgestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>DIMETRUM (diénogest)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169366/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>p_3169366</t>
+  </si>
+  <si>
+    <t>diénogest</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169249/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215570/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>PROLIA (denosumab)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983147/fr/prolia-denosumab</t>
   </si>
   <si>
     <t>pprd_2983147</t>
   </si>
   <si>
     <t>denosumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1172413/en/prolia</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985467/en/pabal</t>
+    <t>https://www.has-sante.fr/jcms/c_1172413/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782520/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792852/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867466/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203277/fr/prolia-opm-denosumab</t>
+  </si>
+  <si>
+    <t>TROPHICREME (estriol)</t>
+  </si>
+  <si>
+    <t>20/07/2020 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983022/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2983022</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_733378/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725329/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884949/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194969/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>PABAL (carbétocine)</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985467/fr/pabal-carbetocine</t>
   </si>
   <si>
     <t>pprd_2985467</t>
   </si>
   <si>
-    <t>carbétocine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3188469/en/pabal</t>
+    <t>https://www.has-sante.fr/jcms/c_486964/fr/pabal-carbetocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188469/fr/pabal-carbetocine</t>
+  </si>
+  <si>
+    <t>CALCIDOSE VITAMINE D3 (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>14/05/2020 19:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185919/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3185919</t>
+  </si>
+  <si>
+    <t>carbonate de calcium,cholécalciférol</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399261/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455239/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242831/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729407/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182795/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>CALCIDOSE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983628/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983628</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399361/fr/calcidose-500-poudre-pour-suspension-buvable-en-sachet-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556216/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242834/fr/calcidose-500-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762888/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>TERROSA (teriparatide)</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183290/fr/terrosa-teriparatide</t>
+  </si>
+  <si>
+    <t>p_3183290</t>
+  </si>
+  <si>
+    <t>teriparatide</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182788/fr/terrosa-teriparatide</t>
+  </si>
+  <si>
+    <t>MOVYMIA (tériparatide)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982868/fr/movymia-teriparatide</t>
+  </si>
+  <si>
+    <t>pprd_2982868</t>
+  </si>
+  <si>
+    <t>tériparatide</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906419/fr/movymia-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159915/fr/movymia-teriparatide</t>
+  </si>
+  <si>
+    <t>MEROPENEM (méropénem)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983053/fr/meropenem-meropenem</t>
+  </si>
+  <si>
+    <t>pprd_2983053</t>
+  </si>
+  <si>
+    <t>méropénem</t>
+  </si>
+  <si>
+    <t>MACOPHARMA / MEDIPHA SANTE / ACTAVIS FRANCE / ARROW GENERIQUES / GERDA / DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649690/fr/meropenem-actavis-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671497/fr/meropenem-stravencon-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880782/fr/meropenem-bradex-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084026/fr/meropenem-arrow-lab-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148219/fr/meropenem-gerda-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159918/fr/meropenem-hikma-meropenem</t>
+  </si>
+  <si>
+    <t>IMIPENEM/CILASTATINE (imipenem anhydre/ cilastatine)</t>
+  </si>
+  <si>
+    <t>12/03/2020 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983080/fr/imipenem/cilastatine-imipenem-anhydre/-cilastatine</t>
+  </si>
+  <si>
+    <t>pprd_2983080</t>
+  </si>
+  <si>
+    <t>cilastatine,imipenem anhydre</t>
+  </si>
+  <si>
+    <t>GERDA / SCIENCEX / DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788659/fr/imipenem/cilastatine-villerton-imipenem-anhydre/cilastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877311/fr/imipenem/cilastatine-gerda-imipenem-anhydre/-cilastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161439/fr/imipenem/cilastatine-hikma-imipenem-anhydre/-cilastatine</t>
   </si>
   <si>
     <t>LEELOO (éthinylestradiol/ lévonorgestrel)</t>
   </si>
   <si>
-    <t>03/12/2020 15:21:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984568/en/leeloo-ethinylestradiol/-levonorgestrel</t>
+    <t>12/03/2020 15:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984568/fr/leeloo-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2984568</t>
   </si>
   <si>
     <t>éthinylestradiol,lévonorgestrel</t>
   </si>
   <si>
     <t>TEVA SANTE / THERAMEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_926142/en/leeloo</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982768/en/miffee</t>
+    <t>https://www.has-sante.fr/jcms/c_926142/fr/leeloo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027356/fr/leeloo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153506/fr/leeloo-continu-levonorgestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>CACIT (cholécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>12/11/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983278/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983278</t>
+  </si>
+  <si>
+    <t>cholécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>THERAMEX FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399127/fr/cacit-vitamine-d3-granule-effervescent-pour-solution-buvable-en-sachet-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455161/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594647/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242843/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623663/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740754/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851246/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117947/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>ADEPAL - MINIDRIL - TRINORDIOL (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983494/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983494</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704919/fr/adepal-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730062/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801246/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082109/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704929/fr/minidril-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748180/fr/trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704943/fr/trinordiol-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>BONASOL (acide alendronique)</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083643/fr/bonasol-acide-alendronique</t>
+  </si>
+  <si>
+    <t>p_3083643</t>
+  </si>
+  <si>
+    <t>acide alendronique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080485/fr/bonasol-acide-alendronique</t>
+  </si>
+  <si>
+    <t>CLOMID (citrate de clomifène)</t>
+  </si>
+  <si>
+    <t>09/07/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984800/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>pprd_2984800</t>
+  </si>
+  <si>
+    <t>citrate de clomifène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748306/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730840/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067167/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>TROPHIGIL (estriol/ lactobacillus casei/ progestérone)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982741/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2982741</t>
+  </si>
+  <si>
+    <t>estriol,lactobacillus casei,progestérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739765/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625117/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971098/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>ATOSIBAN ACCORD (atosiban (acétate d'))</t>
+  </si>
+  <si>
+    <t>14/05/2019 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982758/fr/atosiban-accord-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982758</t>
+  </si>
+  <si>
+    <t>atosiban (acétate d')</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670200/fr/atosiban-sun-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590007/fr/atosiban-panpharma-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743215/fr/atosiban-accord-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756535/fr/atosiban-ever-pharma-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788641/fr/atosiban-stragen-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803492/fr/atosiban-ever-pharma-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967172/fr/atosiban-accord-atosiban-acetate-d</t>
+  </si>
+  <si>
+    <t>MIFFEE (mifépristone)</t>
+  </si>
+  <si>
+    <t>13/05/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982768/fr/miffee-mifepristone</t>
   </si>
   <si>
     <t>pprd_2982768</t>
   </si>
   <si>
-    <t>mifépristone</t>
-[...1 lines deleted...]
-  <si>
     <t>AMRING</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1670209/en/miffee-mifepristone-antiprogestatif</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2966258/en/miffee-mifepristone</t>
+    <t>https://www.has-sante.fr/jcms/c_1670209/fr/miffee-mifepristone-antiprogestatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747019/fr/miffee-mifepristone-modulateur-des-recepteurs-de-la-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966258/fr/miffee-mifepristone</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM VIAFLO (calcium (chlorure de) hexahydraté/ magnésium (chlorure de)/ méthylthio...)</t>
+  </si>
+  <si>
+    <t>01/04/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982818/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>pprd_2982818</t>
+  </si>
+  <si>
+    <t>calcium (chlorure de) hexahydraté,magnésium (chlorure de),méthylthioninium (chlorure de),potassium (chlorure de),sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400154/fr/chlorure-de-potassium-0-15-et-glucose-5-viaflo-chlorure-de-potassium-0-3-et-glucose-5-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400155/fr/chlorure-de-potassium-0-3-et-chlorure-de-sodium-0-9-viaflo-solution-pour-perfusion-en-poche-poche-polyolefine/polyamide-de-500-ml-code-cip-360-809-6-poche-polyolefine/polyamide-de-1-000-ml-code-cip-360-810-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400697/fr/chlorure-de-sodium-lavoisier-0-9-solution-injectable-pour-perfusion-boite-de-1-flacon-de-125-ml-code-cip-305-784-5-boite-de-1flacon-de-250-ml-code-cip-305-789-7-boite-de-1-flacon-de-500-ml-code-cip-305-794-0-boite-de-1-flacon-de-1000-ml-code-cip-305-783-9-boite-de-1-poche-pvc-suremballee-de-50-ml-code-cip-354-702-9-boite-de-1-poche-pvc-suremballee-de-100-ml-code-cip-354-705-8-boite-de-1-poche-pvc-suremballee-de-250-ml-code-cip-354-708-7-boite-de-1-poche-pvc-suremballee-de-500-ml-code-cip-354-712-4-boite-de-1-poche-pvc-suremballee-de-1000-ml-code-cip-354-717-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400698/fr/chlorure-de-sodium-aguettant-0-9-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-code-cip-318-438-3-boite-de-1-flacon-de-500-ml-code-cip-318-440-8-boite-de-1-flacon-de-1000-ml-code-cip-318-441-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487122/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539583/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555805/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983243/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084360/fr/chlorure-de-methylthioninium-proveblue-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109525/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250044/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543930/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598720/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671491/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701794/fr/chlorure-de-sodium-0-9-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028101/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028119/fr/chlorure-de-sodium-hypertonique-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035713/fr/chlorure-de-potassium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572163/fr/chlorure-de-calcium-renaudin-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613522/fr/chlorure-de-sodium-aguettant-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635795/fr/chlorure-de-potassium-b-braun-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642065/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658534/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658492/fr/chlorure-de-potassium-et-chlorure-de-sodium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680665/fr/chlorure-de-magnesium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679260/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730767/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745263/fr/chlorure-de-sodium-hypertronique-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773797/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789187/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791909/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830616/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913720/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
   </si>
   <si>
     <t>ELLAONE (ulipristal (acétate d'))</t>
   </si>
   <si>
-    <t>01/29/2019 17:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982901/en/ellaone-ulipristal-acetate-d</t>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982901/fr/ellaone-ulipristal-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982901</t>
   </si>
   <si>
     <t>ulipristal (acétate d')</t>
   </si>
   <si>
     <t>HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918258/en/ellaone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2899632/en/ellaone-ulipristal-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_918258/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569065/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899632/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>OROCAL - OROCAL VITAMINE D3 (Carbonate de calcium/ cholécalciférol (ou vitamine D3))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982931/fr/orocal-orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>pprd_2982931</t>
+  </si>
+  <si>
+    <t>Carbonate de calcium,cholécalciférol (ou vitamine D3)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399194/fr/orocal-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574593/fr/orocal-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594655/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832518/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242823/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623639/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610179/fr/orocal-vitamine-d3-calcium-vitamine-d3-teva-et-ratiopharm-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740748/fr/orocal-calcium-teva-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857785/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894906/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>BRICANYL TURBUHALER (terbutaline (sulfate de))</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982954/fr/bricanyl-turbuhaler-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982954</t>
+  </si>
+  <si>
+    <t>terbutaline (sulfate de)</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398840/fr/bricanyl-lp-5-mg-comprime-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398841/fr/bricanyl-turbuhaler-500-g/dose-poudre-pour-inhalation-buccale-flacon-de-200-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400291/fr/bricanyl-5-mg/2ml-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-50-recipients-unidoses-de-2-ml-code-cip-365-733-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455153/fr/bricanyl-turbuhaler-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050840/fr/bricanyl-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621465/fr/bricanyl-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730821/fr/bricanyl-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892903/fr/bricanyl-turbuhaler-terbutaline-sulfate-de</t>
+  </si>
+  <si>
+    <t>SPASFON (phloroglucinol/ triméthylphloroglucinol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982960/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>pprd_2982960</t>
+  </si>
+  <si>
+    <t>phloroglucinol,triméthylphloroglucinol</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666448/fr/spasfon-lyoc-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666130/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075820/fr/spasfon-spasfon-lyoc-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765805/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797530/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891867/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
   </si>
   <si>
     <t>MERONEM (méropénem trihydraté)</t>
   </si>
   <si>
-    <t>11/30/2018 11:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/fr/meronem-meropenem-trihydrate</t>
   </si>
   <si>
     <t>pprd_2983003</t>
   </si>
   <si>
     <t>méropénem trihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_713145/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>MICROVAL (lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983031/fr/microval-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983031</t>
+  </si>
+  <si>
+    <t>lévonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704925/fr/microval-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730065/fr/microval-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012840/fr/microval-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883490/fr/microval-levonorgestrel</t>
   </si>
   <si>
     <t>PERGOVERIS (follitropine alfa/ lutropine alfa)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983034/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983034/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
   </si>
   <si>
     <t>pprd_2983034</t>
   </si>
   <si>
     <t>follitropine alfa,lutropine alfa</t>
   </si>
   <si>
-    <t>MERCK SERONO</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883469/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+    <t>https://www.has-sante.fr/jcms/c_677439/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646903/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798157/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883469/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>COLPOTROPHINE (promestriène)</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983042/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>pprd_2983042</t>
+  </si>
+  <si>
+    <t>promestriène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732165/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738588/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881407/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>PANTESTONE (testosterone (undecanoate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983050/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983050</t>
+  </si>
+  <si>
+    <t>testosterone (undecanoate de)</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893164/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647776/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881379/fr/pantestone-testosterone-undecanoate-de</t>
   </si>
   <si>
     <t>DECAPEPTYL (triptoréline (pamoate de))</t>
   </si>
   <si>
-    <t>02/20/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983106/en/decapeptyl-triptoreline-pamoate-de</t>
+    <t>20/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983106/fr/decapeptyl-triptoreline-pamoate-de</t>
   </si>
   <si>
     <t>pprd_2983106</t>
   </si>
   <si>
     <t>triptoréline (pamoate de)</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398886/en/decapeptyl-lp-triptoreline-pamoate-de</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2872668/en/decapeptyl-lp-3-mg-triptorelin-gnrh-analogue</t>
+    <t>https://www.has-sante.fr/jcms/c_398886/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398885/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401000/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486302/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903960/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054880/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778233/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570593/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620162/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839035/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847899/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869377/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872668/fr/decapeptyl-lp-3-mg-triptoreline-analogue-de-la-gnrh</t>
   </si>
   <si>
     <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
   </si>
   <si>
-    <t>08/31/2018 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
   </si>
   <si>
     <t>pprd_2983130</t>
   </si>
   <si>
     <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+    <t>https://www.has-sante.fr/jcms/c_642478/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/fr/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
   </si>
   <si>
     <t>OPTIKINZY (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>01/28/2019 10:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983146/en/optikinzy-ethinylestradiol/-norgestimate</t>
+    <t>28/01/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983146/fr/optikinzy-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2983146</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestimate</t>
   </si>
   <si>
     <t>NEXMED PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2867469/en/optikinzy-norgestimate/ethinylestradiol-hormone-contraceptives-for-systemic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2867469/fr/optikinzy-norgestimate/ethinylestradiol-contraceptifs-hormonaux-a-usage-systemique</t>
   </si>
   <si>
     <t>SALBUMOL (salbutamol (sulfate de))</t>
   </si>
   <si>
-    <t>08/29/2018 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983152/en/salbumol-salbutamol-sulfate-de</t>
+    <t>29/08/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983152/fr/salbumol-salbutamol-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983152</t>
   </si>
   <si>
     <t>salbutamol (sulfate de)</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1779493/en/salbumol-salbutamol-sulfate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2867437/en/salbumol-salbutamol-beta-2-agonist-labour-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_1779493/fr/salbumol-salbutamol-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867437/fr/salbumol-salbutamol-beta-2-agoniste-inhibiteur-du-travail</t>
+  </si>
+  <si>
+    <t>LOLISTREL CONTINU (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983179/fr/lolistrel-continu-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983179</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863015/fr/lolistrel-continu-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>METHERGIN (méthylergométrine (maléate de))</t>
   </si>
   <si>
-    <t>11/14/2018 17:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+    <t>14/11/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/fr/methergin-methylergometrine-maleate-de</t>
   </si>
   <si>
     <t>pprd_2983181</t>
   </si>
   <si>
     <t>méthylergométrine (maléate de)</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+    <t>https://www.has-sante.fr/jcms/c_456383/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/fr/methergin-methylergometrine-ocytocique</t>
   </si>
   <si>
     <t>ANGUSTA (misoprostol)</t>
   </si>
   <si>
-    <t>07/09/2018 15:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983194/en/angusta-misoprostol</t>
+    <t>09/07/2018 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983194/fr/angusta-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983194</t>
   </si>
   <si>
     <t>PHARMA BLUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862078/en/angusta-25-g-misoprostol-oral-route-uterotonic</t>
+    <t>https://www.has-sante.fr/jcms/c_2862078/fr/angusta-25-g-misoprostol-par-voie-orale-uterotonique</t>
+  </si>
+  <si>
+    <t>ADROVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983206/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983206</t>
+  </si>
+  <si>
+    <t>colécalciférol,sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493599/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219563/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859874/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>DENSICAL - DENSICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983224/fr/densical-densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983224</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de)</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399320/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400302/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523308/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954781/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075799/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625064/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857781/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>CALTRATE (calcium (carbonate de)/ colécalciférol)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983314/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983314</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),colécalciférol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399611/fr/caltrate-500-mg-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399612/fr/caltrate-vitamine-d3-500-mg/400-ui-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574250/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574257/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517925/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525549/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847908/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847911/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>OXYTOCINE EVER PHARMA (oxytocine)</t>
+  </si>
+  <si>
+    <t>02/05/2018 16:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983322/fr/oxytocine-ever-pharma-oxytocine</t>
+  </si>
+  <si>
+    <t>pprd_2983322</t>
+  </si>
+  <si>
+    <t>oxytocine</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719407/fr/oxytocine-medac-oxytocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844749/fr/oxytocine-ever-pharma-oxytocine</t>
+  </si>
+  <si>
+    <t>CRINESAL (carbétocine)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983391/fr/crinesal-carbetocine</t>
+  </si>
+  <si>
+    <t>pprd_2983391</t>
+  </si>
+  <si>
+    <t>GP-PHARM S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827567/fr/crinesal-carbetocine</t>
   </si>
   <si>
     <t>KYLEENA (lévonorgestrel)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983416/en/kyleena-levonorgestrel</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983416/fr/kyleena-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2983416</t>
   </si>
   <si>
-    <t>lévonorgestrel</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2824470/en/kyleena-levonorgestrel-intrauterine-device-with-progestin</t>
+    <t>https://www.has-sante.fr/jcms/c_2824470/fr/kyleena-levonorgestrel-dispositif-intra-uterin-avec-progestatif</t>
   </si>
   <si>
     <t>EVISTA (raloxifène (chlorhydrate de))</t>
   </si>
   <si>
-    <t>11/27/2017 14:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983472/en/evista-raloxifene-chlorhydrate-de</t>
+    <t>27/11/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983472/fr/evista-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983472</t>
   </si>
   <si>
     <t>raloxifène (chlorhydrate de)</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398930/en/evista-60-mg-comprime-pellicule-boite-de-28</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806912/en/evista-raloxifene-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_398930/fr/evista-60-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460006/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335880/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806912/fr/evista-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/fr/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>pprd_2983474</t>
   </si>
   <si>
     <t>valérate d'estradiol,diénogest</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/c_399416/fr/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>URIDOZ (fosfomycine trométamol)</t>
+  </si>
+  <si>
+    <t>22/11/2017 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983477/fr/uridoz-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>pprd_2983477</t>
+  </si>
+  <si>
+    <t>fosfomycine trométamol</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399051/fr/uridoz-adulte-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456643/fr/uridoz-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991894/fr/uridoz-adultes-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566481/fr/uridoz-adultes-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806280/fr/uridoz-fosfomycine-trometamol</t>
+  </si>
+  <si>
+    <t>ACTONEL - ACTONELCOMBI (risédronate/ résidronate monosodique/ risédronate monosodique hémipent...)</t>
+  </si>
+  <si>
+    <t>25/10/2017 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983495/fr/actonel-actonelcombi-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>pprd_2983495</t>
+  </si>
+  <si>
+    <t>risédronate,résidronate monosodique,risédronate monosodique hémipentahydraté,colécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399357/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399785/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400844/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459589/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545526/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677475/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250038/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016648/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671788/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801243/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859886/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716196/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598216/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>LEVONORGESTREL/ETHINYLESTRADIOL BIOGARANCONTINU (éthinylestradiol/ lévonorgestrel/ lévonorgestrel / éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>06/10/2017 15:05:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983517/fr/levonorgestrel/ethinylestradiol-biogarancontinu-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2983517</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,lévonorgestrel,lévonorgestrel / éthinylestradiol</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749741/fr/levonorgestrel/ethinylestradiol-zentiva-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028107/fr/levonorgestrel/ethinylestradiol-clexni-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581338/fr/levonorgestrel/ethinylestradiol-medipha-sante-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617871/fr/levonorgestrel/ethinylestradiol-mylan-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676769/fr/levonorgestrel/ethinylestradiol-sandoz-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732649/fr/levonorgestrel/ethinylestradiol-cristers-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748727/fr/levonorgestrel/ethinylestradiol-biogaran-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796815/fr/levonorgestrel/ethinylestradiol-biogarancontinu-ethinylestradiol/-levonorgestrel/-levonorgestrel-/-ethinylestradiol</t>
   </si>
   <si>
     <t>FEMADEXIL (chlorure de benzalkonium)</t>
   </si>
   <si>
-    <t>10/04/2017 09:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983581/en/femadexil-chlorure-de-benzalkonium</t>
+    <t>04/10/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983581/fr/femadexil-chlorure-de-benzalkonium</t>
   </si>
   <si>
     <t>pprd_2983581</t>
   </si>
   <si>
     <t>chlorure de benzalkonium</t>
   </si>
   <si>
-    <t>MAJORELLE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2775805/en/femadexil-benzalkonium-chloride-topical-contraceptive</t>
+    <t>https://www.has-sante.fr/jcms/c_2775805/fr/femadexil-chlorure-de-benzalkonium-contraceptif-local</t>
+  </si>
+  <si>
+    <t>LEVONORGESTREL BIOGARAN (lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>11/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983637/fr/levonorgestrel-biogaran-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983637</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241648/fr/levonorgestrel-biogaran-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761843/fr/levonorgestrel-biogaran-levonorgestrel</t>
+  </si>
+  <si>
+    <t>OPTILOVA - OPTIDRIL (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983639/fr/optilova-optidril-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983639</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761837/fr/optilova-optidril-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>FOSTIMONKIT (urofollitropine)</t>
+  </si>
+  <si>
+    <t>02/05/2017 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983647/fr/fostimonkit-urofollitropine</t>
+  </si>
+  <si>
+    <t>pprd_2983647</t>
+  </si>
+  <si>
+    <t>urofollitropine</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670227/fr/fostimonkit-urofollitropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757879/fr/fostimonkit-urofollitropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198171/fr/fostimon-urofollitropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399326/fr/fostimon-75-ui/2-ml-poudre-et-solvant-pour-solution-injectable-fostimon-150-ui/2-ml-poudre-et-solvant-pour-solution-injectable-boites-de-1-et-de-5-flacons-de-poudre-et-ampoules-de-2-ml-de-solvant</t>
+  </si>
+  <si>
+    <t>MIRENA (levonorgestrel)</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983728/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983728</t>
+  </si>
+  <si>
+    <t>levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399000/fr/mirena-52-mg-20-microgrammes-/-24-heures-dispositif-intra-uterin-en-poche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400211/fr/mirena-52-mg-20-mg/24h-dispositif-intra-uterin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493275/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363996/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746201/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>LUVERIS (Lutropine Alfa)</t>
+  </si>
+  <si>
+    <t>09/02/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983739/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983739</t>
+  </si>
+  <si>
+    <t>Lutropine Alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398994/fr/luveris-75-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-3-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455925/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352593/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744496/fr/luveris-lutropine-alfa</t>
   </si>
   <si>
     <t>MISODEL (misoprostol)</t>
   </si>
   <si>
-    <t>01/06/2017 14:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983766/en/misodel-misoprostol</t>
+    <t>06/01/2017 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983766/fr/misodel-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983766</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008308/en/misodel-misoprostol-uterotonic-prostaglandin</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2735297/en/misodel-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_2008308/fr/misodel-misoprostol-prostaglandine-uterotonique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735297/fr/misodel-misoprostol</t>
+  </si>
+  <si>
+    <t>FERTIFOL (acide folique)</t>
+  </si>
+  <si>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983783/fr/fertifol-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2983783</t>
+  </si>
+  <si>
+    <t>acide folique</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732652/fr/fertifol-acide-folique</t>
+  </si>
+  <si>
+    <t>SULFATE DE MAGNESIUM LAVOISIER (magnésium (sulfate de) heptahydraté/ magnésium (sulfate de))</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983801/fr/sulfate-de-magnesium-lavoisier-magnesium-sulfate-de-heptahydrate/-magnesium-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983801</t>
+  </si>
+  <si>
+    <t>magnésium (sulfate de) heptahydraté,magnésium (sulfate de)</t>
+  </si>
+  <si>
+    <t>CHAIX ET DU MARAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625111/fr/sulfate-de-magnesium-renaudin-magnesium-sulfate-de-heptahydrate/-magnesium-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632553/fr/sulfate-de-magnesium-renaudin-magnesium-sulfate-de-heptahydrate/-magnesium-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730842/fr/sulfate-de-magnesium-lavoisier-magnesium-sulfate-de-heptahydrate/-magnesium-sulfate-de</t>
+  </si>
+  <si>
+    <t>CALCIUM ET CALCIUM VITAMINE D3 (calcium (carbonate de)/ calcium (gluconolactate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983803/fr/calcium-et-calcium-vitamine-d3-calcium-carbonate-de-/-calcium-gluconolactate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983803</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),calcium (gluconolactate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>ARKOMEDIKA/ BIOGARAN / EG LABO-LABORATOIRES EUROGENERICS/ MYLAN S.A.S/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398847/fr/calcium-vitamine-d3-gnr-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399128/fr/calcium-vitamine-d3-arkomedika-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399129/fr/calcium-vitamine-d3-merck-500-mg/400-ui-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400221/fr/calcium-vitamine-d3-500-mg/400-ui-sandoz-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400294/fr/calcium-merck-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400855/fr/calcium-vitamine-d3-gnr-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446697/fr/calcium-vitamine-d3-teva-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455243/fr/calcium-sandoz-gluconolactate/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477420/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763762/fr/calcium-vitamine-d3-teva-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793442/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832539/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854103/fr/calcium-vitamine-d3-ratiopharm-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944546/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983244/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018490/fr/calcium-vitamine-d3-sandoz-cholecalciferol/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242852/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298565/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623633/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747529/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792842/fr/calcium-vitamine-d3-eg-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003838/fr/calcium-vitamine-d3-sandoz-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032511/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663233/fr/calcium-sandoz-calcium-carbonate-et-gluconolactate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730836/fr/calcium-vitamine-d3-mylan-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>PARLODEL (bromocriptine (mésilate de))</t>
+  </si>
+  <si>
+    <t>05/12/2016 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983830/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983830</t>
+  </si>
+  <si>
+    <t>bromocriptine (mésilate de)</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399159/fr/parlodel-5mg-gelule-parlodel-10mg-gelule-boites-de-30-sous-plaquette-thermoformee-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538031/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615038/fr/parlodel-bromocriptine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728053/fr/parlodel-bromocriptine-mesilate-de</t>
   </si>
   <si>
     <t>ESTRAPATCH (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/fr/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ORGALUTRAN (ganirélix)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983885/fr/orgalutran-ganirelix</t>
+  </si>
+  <si>
+    <t>pprd_2983885</t>
+  </si>
+  <si>
+    <t>ganirélix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398919/fr/orgalutran-0-25-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493313/fr/orgalutran-ganirelix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260370/fr/orgalutran-ganirelix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680863/fr/orgalutran-ganirelix</t>
+  </si>
+  <si>
+    <t>FOSAVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984064/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984064</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460024/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971039/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655944/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400659/fr/fosavance-comprime-boites-de-4-et-12-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>AROLAC (lisuride (maléate de))</t>
+  </si>
+  <si>
+    <t>29/06/2016 10:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984076/fr/arolac-lisuride-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984076</t>
+  </si>
+  <si>
+    <t>lisuride (maléate de)</t>
+  </si>
+  <si>
+    <t>LISAPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400114/fr/arolac-0-2-mg-comprime-secable-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900489/fr/arolac-lisuride-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641147/fr/arolac-lisuride-maleate-de</t>
   </si>
   <si>
     <t>INOFER (succinate ferreux)</t>
   </si>
   <si>
-    <t>11/17/2016 10:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984093/en/inofer-succinate-ferreux</t>
+    <t>17/11/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984093/fr/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984093</t>
   </si>
   <si>
     <t>succinate ferreux</t>
   </si>
   <si>
     <t>DB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517690/en/inofer</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2635786/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+    <t>https://www.has-sante.fr/jcms/c_517690/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638057/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635807/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635786/fr/inofer-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>LACTINETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984100/fr/lactinette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984100</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635040/fr/lactinette-desogestrel</t>
+  </si>
+  <si>
+    <t>SPINAFOL (acide folique)</t>
+  </si>
+  <si>
+    <t>29/04/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984123/fr/spinafol-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2984123</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627663/fr/spinafol-acide-folique</t>
+  </si>
+  <si>
+    <t>FLORGYNAL (lactobacillus casei/ estriol/ progestérone)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984138/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984138</t>
+  </si>
+  <si>
+    <t>lactobacillus casei,estriol,progestérone</t>
+  </si>
+  <si>
+    <t>IPRAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854119/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625980/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400161/fr/florgynal-gelule-vaginale-lactobacillus-casei/-estriol/-progesterone</t>
   </si>
   <si>
     <t>ACLASTA (acide zoledronique monohydrate)</t>
   </si>
   <si>
-    <t>04/06/2016 10:25:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984149/en/aclasta-acide-zoledronique-monohydrate</t>
+    <t>06/04/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984149/fr/aclasta-acide-zoledronique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984149</t>
   </si>
   <si>
     <t>acide zoledronique monohydrate</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400644/en/aclasta-acide-zoledronique-monohydrate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2621683/en/aclasta-acide-zoledronique-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400644/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623549/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798074/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016645/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874876/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621683/fr/aclasta-acide-zoledronique-monohydrate</t>
   </si>
   <si>
     <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/30/2016 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/fr/optruma-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984157</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_460193/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/fr/optruma-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>LUTERAN (chlormadinone (acétate de))</t>
   </si>
   <si>
-    <t>03/02/2016 18:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984190/en/luteran-chlormadinone-acetate-de</t>
+    <t>02/03/2016 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984190/fr/luteran-chlormadinone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984190</t>
   </si>
   <si>
     <t>chlormadinone (acétate de)</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2612652/en/luteran-chlormadinone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400795/fr/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923058/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753168/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612652/fr/luteran-chlormadinone-acetate-de</t>
   </si>
   <si>
     <t>SURGESTONE (promégestone)</t>
   </si>
   <si>
-    <t>02/19/2016 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984196/en/surgestone-promegestone</t>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984196/fr/surgestone-promegestone</t>
   </si>
   <si>
     <t>pprd_2984196</t>
   </si>
   <si>
     <t>promégestone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399079/en/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2610503/en/surgestone-promegestone</t>
+    <t>https://www.has-sante.fr/jcms/c_399079/fr/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544791/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050835/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753159/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610503/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>RHOPHYLAC (immunoglobuline humaine anti-D)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984208/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>pprd_2984208</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine anti-D</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400105/fr/rhophylac-200-microgrammesg/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1-rhophylac-300-microgrammes/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944568/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610149/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
   </si>
   <si>
     <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
   </si>
   <si>
-    <t>01/29/2016 08:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
+    <t>29/01/2016 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984280/fr/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
   </si>
   <si>
     <t>pprd_2984280</t>
   </si>
   <si>
     <t>gonadotrophine chorionique humaine</t>
   </si>
   <si>
-    <t>GENEVRIER</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
+    <t>https://www.has-sante.fr/jcms/c_2583145/fr/menotrophine-lg-gonadotrophine-stimulant-de-l-ovulation</t>
   </si>
   <si>
     <t>FEMARA (létrozole)</t>
   </si>
   <si>
-    <t>12/22/2015 12:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984282/en/femara-letrozole</t>
+    <t>22/12/2015 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984282/fr/femara-letrozole</t>
   </si>
   <si>
     <t>pprd_2984282</t>
   </si>
   <si>
     <t>létrozole</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399138/en/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2583124/en/femara-letrozole</t>
+    <t>https://www.has-sante.fr/jcms/c_399138/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400121/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400188/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400710/fr/femara-2-5-mg-comprime-pellicule-boite-de-30-comprimes-code-cip-341-474-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487065/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996914/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583139/fr/femara-letrozole-inhibiteur-de-l-aromatase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583124/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>OVALEAP (follitropine alfa)</t>
+  </si>
+  <si>
+    <t>17/12/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984288/fr/ovaleap-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984288</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581323/fr/ovaleap-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>RETROVIR (zidovudine)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984313/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984313</t>
+  </si>
+  <si>
+    <t>zidovudine</t>
+  </si>
+  <si>
+    <t>ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400673/fr/retrovir-100-mg-retrovir-100-mg/10-ml-retrovir-250-mg-retrovir-300-mg-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198179/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573221/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>ARIMIDEX (anastrozole)</t>
+  </si>
+  <si>
+    <t>23/10/2015 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984354/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>pprd_2984354</t>
+  </si>
+  <si>
+    <t>anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398823/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400000/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400691/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565121/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>CETROTIDE (cétrorélix (acétate de))</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984364/fr/cetrotide-cetrorelix-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984364</t>
+  </si>
+  <si>
+    <t>cétrorélix (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455260/fr/cetrotide-cetrorelix-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923046/fr/cetrotide-cetrorelix-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564410/fr/cetrotide-cetrorelix-acetate-de</t>
+  </si>
+  <si>
+    <t>NEXPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984390/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984390</t>
+  </si>
+  <si>
+    <t>étonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>PUREGON (follitropine beta)</t>
+  </si>
+  <si>
+    <t>05/10/2015 18:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984394/fr/puregon-follitropine-beta</t>
+  </si>
+  <si>
+    <t>pprd_2984394</t>
+  </si>
+  <si>
+    <t>follitropine beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399231/fr/puregon-300-ui/0-36ml-solution-injectable-puregon-600-ui/0-72-ml-solution-injectableboite-de-1-cartouche-et-7-aiguilles-follitropine-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399232/fr/puregon-50-ui/0-5-ml-solution-injectable-puregon-75-ui/0-5-ml-solution-injectablepuregon-100-ui/0-5-ml-solution-injectablepuregon-150-ui/0-5-ml-solution-injectablepuregon-200-ui/0-5-ml-solution-injectable-boites-de-1-et-de-5-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400820/fr/puregon-50-ui/0-5-ml-solution-injectable1-flacon-cip-351-399-3-5-flacons-cip-351-400-1-puregon-75-ui/0-5-ml-solution-injectable1-flacon-cip-351-402-4-5-flacons-cip-351-403-0-puregon-100-ui/0-5-ml-solution-injectable1-flacon-cip-351-405-3-5-flacons-cip-351-407-6-puregon-150-ui/0-5-ml-solution-injectable1-flacon-cip-351-409-9-5-flacons-cip-351-410-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945904/fr/puregon-follitropine-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559921/fr/puregon-follitropine-beta</t>
+  </si>
+  <si>
+    <t>LOVAVULO (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984413/fr/lovavulo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984413</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983242/fr/lovavulo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558856/fr/lovavulo-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>PROGESTERONE RETARD PHARLON (caproate d'hydroxyprogestérone)</t>
   </si>
   <si>
-    <t>10/02/2015 15:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984437/en/progesterone-retard-pharlon-caproate-d-hydroxyprogesterone</t>
+    <t>02/10/2015 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984437/fr/progesterone-retard-pharlon-caproate-d-hydroxyprogesterone</t>
   </si>
   <si>
     <t>pprd_2984437</t>
   </si>
   <si>
     <t>caproate d'hydroxyprogestérone</t>
   </si>
   <si>
     <t>BAYER SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2055323/en/progesterone-retard-pharlon-hydroxyprogesterone-caproate-progestin</t>
+    <t>https://www.has-sante.fr/jcms/c_2055323/fr/progesterone-retard-pharlon-caproate-d-hydroxyprogesterone-progestatif</t>
+  </si>
+  <si>
+    <t>TRIELLA (noréthistérone / éthinylestradiol/ éthinylestradiol/ noréthistérone)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984473/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>pprd_2984473</t>
+  </si>
+  <si>
+    <t>noréthistérone / éthinylestradiol,éthinylestradiol,noréthistérone</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704940/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045321/fr/triella-norethisterone-/-ethinylestradiol/-ethinylestradiol/-norethisterone</t>
+  </si>
+  <si>
+    <t>GYDRELLE (estriol)</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984491/fr/gydrelle-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984491</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400787/fr/gydrelle-0-1-creme-vaginale-1-tube-de-30-g-cip-341-259-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954796/fr/gydrelle-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041949/fr/gydrelle-estriol</t>
   </si>
   <si>
     <t>DELIDOSE (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>07/07/2015 13:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/fr/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984492</t>
   </si>
   <si>
-    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400158/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>NORLEVO (lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984503/fr/norlevo-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984503</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398940/fr/norlevo-750-g-comprime-boites-de-2-10-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400029/fr/norlevo-1-5-mg-comprime-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832542/fr/norlevo-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040123/fr/norlevo-levonorgestrel</t>
+  </si>
+  <si>
+    <t>DEPO-PROVERA (médroxyprogestérone (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984514/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984514</t>
+  </si>
+  <si>
+    <t>médroxyprogestérone (acétate de)</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732208/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038833/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>PERGOTIME (citrate de clomifène)</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984528/fr/pergotime-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>pprd_2984528</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737000/fr/pergotime-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036422/fr/pergotime-citrate-de-clomifene</t>
   </si>
   <si>
     <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
   </si>
   <si>
-    <t>06/24/2015 17:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984532/en/stediril-ethinylestradiol/-norgestrel</t>
+    <t>24/06/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984532/fr/stediril-ethinylestradiol/-norgestrel</t>
   </si>
   <si>
     <t>pprd_2984532</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestrel</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035704/en/stediril-ethinylestradiol-50-g-norgestrel-500-g-hormonal-contraceptive</t>
+    <t>https://www.has-sante.fr/jcms/c_704932/fr/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035704/fr/stediril-ethinylestradiol-50-g-norgestrel-500-g-contraceptif-hormonal</t>
+  </si>
+  <si>
+    <t>STEOVESS (sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984536/fr/steovess-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984536</t>
+  </si>
+  <si>
+    <t>sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034346/fr/steovess-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>SYNAREL (acétate de nafaréline)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984581/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>pprd_2984581</t>
+  </si>
+  <si>
+    <t>acétate de nafaréline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990897/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024186/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>LHRH FERRING - LUTRELEF (acétate de gonadoréline)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984609/fr/lhrh-ferring-lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>pprd_2984609</t>
+  </si>
+  <si>
+    <t>acétate de gonadoréline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900472/fr/lhrh-ferring-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352554/fr/lhrh-ferring-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010720/fr/lhrh-ferring-lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900481/fr/lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400167/fr/lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>CALPEROS (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984618/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984618</t>
+  </si>
+  <si>
+    <t>cholécalciférol,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400222/fr/calperos-500-mg-comprime-a-sucer-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400223/fr/calperos-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880231/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880233/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008298/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008805/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>FOSAMAX (acide alendronique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984620/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>pprd_2984620</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401014/fr/fosamax-10-mg-comprime-boites-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399631/fr/fosamax-70-mg-comprime-boites-de-4-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400863/fr/fosamax-10-mg-comprime-plaquettes-thermoformees-aluminium-boite-de-28-comprimes-340-873-1-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460020/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971043/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008305/fr/fosamax-acide-alendronique</t>
   </si>
   <si>
     <t>BEMFOLA (follitropine alfa)</t>
   </si>
   <si>
-    <t>03/06/2015 13:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984629/en/bemfola-follitropine-alfa</t>
+    <t>06/03/2015 13:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984629/fr/bemfola-follitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2984629</t>
   </si>
   <si>
-    <t>follitropine alfa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2003871/en/bemfola-recombinant-follitropin-alfa-gonadotropin</t>
+    <t>https://www.has-sante.fr/jcms/c_2003871/fr/bemfola-follitropine-alfa-recombinante-gonadotrophine</t>
+  </si>
+  <si>
+    <t>CLAREAL (désogestrel)</t>
+  </si>
+  <si>
+    <t>31/12/2014 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984634/fr/clareal-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984634</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000741/fr/clareal-desogestrel</t>
+  </si>
+  <si>
+    <t>DESOPOP (désogestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984635/fr/desopop-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984635</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000730/fr/desopop-desogestrel</t>
+  </si>
+  <si>
+    <t>OSTRAM - OSTRAM VITAMINE D3 (phosphate tricalcique/ cholécalciférol (concentrat de), forme pulvérul...)</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984637/fr/ostram-ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>pprd_2984637</t>
+  </si>
+  <si>
+    <t>phosphate tricalcique,cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400228/fr/ostram-vitamine-d3-poudre-pour-suspension-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794399/fr/ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>UVESTEROL D (ergocalciférol)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984687/fr/uvesterol-d-ergocalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984687</t>
+  </si>
+  <si>
+    <t>ergocalciférol</t>
+  </si>
+  <si>
+    <t>CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663726/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603402/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773251/fr/uvesterol-d-ergocalciferol</t>
+  </si>
+  <si>
+    <t>FORSTEO (teriparatide)</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984699/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>pprd_2984699</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399963/fr/forsteo-20-microgrammes-/-80-microlitres-solution-pour-injection-en-stylo-pre-rempli-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460016/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642553/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697253/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854109/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766733/fr/forsteo-teriparatide</t>
   </si>
   <si>
     <t>PROTELOS (ranélate de strontium)</t>
   </si>
   <si>
-    <t>01/22/2015 16:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984705/en/protelos-ranelate-de-strontium</t>
+    <t>22/01/2015 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984705/fr/protelos-ranelate-de-strontium</t>
   </si>
   <si>
     <t>pprd_2984705</t>
   </si>
   <si>
     <t>ranélate de strontium</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400199/en/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1761869/en/protelos-strontium-ranelate-anti-osteoporosis-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_400199/fr/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460201/fr/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060122/fr/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761869/fr/protelos-ranelate-de-strontium-anti-osteoporotique</t>
   </si>
   <si>
     <t>CLIMARA (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>07/16/2014 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+    <t>16/07/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984733</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+    <t>https://www.has-sante.fr/jcms/c_398871/fr/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>10/21/2015 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+    <t>21/10/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984738</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+    <t>https://www.has-sante.fr/jcms/c_400708/fr/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/fr/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/fr/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/fr/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
   </si>
   <si>
     <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984742</t>
   </si>
   <si>
     <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
   </si>
   <si>
-    <t>TEVA SANTE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
+    <t>https://www.has-sante.fr/jcms/c_594667/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/fr/naemis-comprime-boite-de-24</t>
   </si>
   <si>
     <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984743</t>
   </si>
   <si>
     <t>estradiol hémihydraté,gestodène</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
+    <t>https://www.has-sante.fr/jcms/c_399479/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>MENAELLE (progestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984744/en/menaelle-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984744/fr/menaelle-progesterone</t>
   </si>
   <si>
     <t>pprd_2984744</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399966/en/menaelle-100-mg-capsule-molle-boite-de-30</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753138/en/menaelle</t>
+    <t>https://www.has-sante.fr/jcms/c_399966/fr/menaelle-100-mg-capsule-molle-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763747/fr/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753138/fr/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>OPTIMIZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984752/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984752</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>ANTIGONE (désogestrel)</t>
+  </si>
+  <si>
+    <t>26/03/2014 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984803/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984803</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730056/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>EFFILEVO - EFFILEVOCONTINU (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>23/01/2014 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984850/fr/effilevo-effilevocontinu-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984850</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717915/fr/effilevo-effilevocontinu-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>JAYDESS (lévonorgestrel)</t>
   </si>
   <si>
-    <t>01/09/2014 16:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984864/en/jaydess-levonorgestrel</t>
+    <t>09/01/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984864/fr/jaydess-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2984864</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701318/en/jaydess-levonorgestrel-dispositif-intra-uterin-avec-progestatif</t>
+    <t>https://www.has-sante.fr/jcms/c_1701318/fr/jaydess-levonorgestrel-dispositif-intra-uterin-avec-progestatif</t>
+  </si>
+  <si>
+    <t>IMIPENEM CILASTATINE STRAVENCON (imipénem monohydraté/ cilastatine sodique)</t>
+  </si>
+  <si>
+    <t>04/11/2013 17:38:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984874/fr/imipenem-cilastatine-stravencon-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984874</t>
+  </si>
+  <si>
+    <t>imipénem monohydraté,cilastatine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652834/fr/imipenem-cilastatine-actavis-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671500/fr/imipenem-cilastatine-stravencon-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>CALCIFORTE (cholécalciférol (concentrat de), forme pulvérulente/ calcium (carbonat...)</t>
+  </si>
+  <si>
+    <t>30/07/2013 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984904/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>pprd_2984904</t>
+  </si>
+  <si>
+    <t>cholécalciférol (concentrat de), forme pulvérulente,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594467/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594471/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600985/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623642/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>OSTEOCAL - OSTEOCAL D3 (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>09/07/2013 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984917/fr/osteocal-osteocal-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2984917</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>ALKOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398916/fr/osteocal-500-mg-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398917/fr/osteocal-d3-500-mg/400-u-i-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954782/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051911/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600979/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>FUMAFER (fumarate ferreux)</t>
+  </si>
+  <si>
+    <t>05/03/2013 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984940/fr/fumafer-fumarate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2984940</t>
+  </si>
+  <si>
+    <t>fumarate ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604957/fr/fumafer-fumarate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363137/fr/fumafer-fumarate-ferreux</t>
+  </si>
+  <si>
+    <t>SPECIAFOLDINE (acide folique)</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984952/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2984952</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399841/fr/speciafoldine-0-4-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642401/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356130/fr/speciafoldine-acide-folique</t>
   </si>
   <si>
     <t>HARMONET - MINESSE - MINULET - TRI MINULET (éthinylestradiol/ gestodène)</t>
   </si>
   <si>
-    <t>02/06/2013 15:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984985/en/harmonet-minesse-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+    <t>06/02/2013 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984985/fr/harmonet-minesse-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984985</t>
   </si>
   <si>
     <t>éthinylestradiol,gestodène</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1001271/en/harmonet-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984986/en/gestodene/ethinylestradiol-teva-et-ratiopharm-gestodene-/-ethinylestradiol/-gestodene-0-075-mg-/-ethinylestradiol-0</t>
+    <t>https://www.has-sante.fr/jcms/c_1001271/fr/harmonet-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320879/fr/harmonet-minesse-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399567/fr/minesse-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399568/fr/minulet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399554/fr/harmonet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>GESTODENE/ETHINYLESTRADIOL (gestodène/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>06/02/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984986/fr/gestodene/ethinylestradiol-gestodene/-ethinylestradiol</t>
   </si>
   <si>
     <t>pprd_2984986</t>
   </si>
   <si>
     <t>ACTAVIS FRANCE/ ARROW GENERIQUES/ BIOGARAN/ EG LABO – Laboratoires EuroGenerics/ RANBAXY PHARMACIE GENERIQUES/ RATIOPHARM/ SANDOZ/ SANOFI-AVENTIS FRANCE/ TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1079019/en/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1079025/en/gestodene-ethinylestradiol-winthrop-gestodene/-ethinylestradiol</t>
+    <t>https://www.has-sante.fr/jcms/c_1079019/fr/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121559/fr/gestodene/ethinylestradiol-eg-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320878/fr/gestodene/ethinylestradiol-teva-et-ratiopharm-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320858/fr/gestodene/ethinylestradiol-sandoz-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320860/fr/gestodene/ethinylestradiol-winthrop-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320856/fr/gestodene/ethinylestradiol-biogaran-perleane-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320877/fr/gestodene/ethinylestradiol-eg-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320859/fr/gestodene/ethinylestradiol-ranbaxy-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320875/fr/gestodene/ethinylestradiol-actavis-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944552/fr/gestodene-ethinylestradiol-biogaran-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019660/fr/gestodene/ethinylestradiol-teva-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022284/fr/gestodene-ethinylestradiol-ratiopharm-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320873/fr/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320871/fr/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106797/fr/gestodene/ethinylestradiol-sandoz-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079025/fr/gestodene-ethinylestradiol-winthrop-gestodene/-ethinylestradiol</t>
   </si>
   <si>
     <t>CARLIN (éthinylestradiol/ gestodène)</t>
   </si>
   <si>
-    <t>02/06/2013 15:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984987/en/carlin-ethinylestradiol/-gestodene</t>
+    <t>06/02/2013 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984987/fr/carlin-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984987</t>
   </si>
   <si>
-    <t>EFFIK SA</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1320863/en/carlin</t>
+    <t>https://www.has-sante.fr/jcms/c_995087/fr/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320876/fr/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320863/fr/carlin-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>EFEZIAL (éthinylestradiol/ gestodène)</t>
   </si>
   <si>
-    <t>02/06/2013 16:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984989/en/efezial-ethinylestradiol/-gestodene</t>
+    <t>06/02/2013 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984989/fr/efezial-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984989</t>
   </si>
   <si>
-    <t>MYLAN S.A.S</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1320874/en/efezial</t>
+    <t>https://www.has-sante.fr/jcms/c_983241/fr/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320874/fr/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>OPTINESSE (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>15/10/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984990/fr/optinesse-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984990</t>
+  </si>
+  <si>
+    <t>CODEPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320872/fr/optinesse-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>DESOPHARM (désogestrel/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984991/fr/desopharm-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984991</t>
+  </si>
+  <si>
+    <t>désogestrel,éthinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320869/fr/desopharm-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>GESPHARM (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>15/10/2012 17:00:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984992/fr/gespharm-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984992</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320867/fr/gespharm-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>CILEST (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>02/06/2013 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984993/en/cilest-ethinylestradiol/-norgestimate</t>
+    <t>06/02/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/fr/cilest-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984993</t>
   </si>
   <si>
-    <t>JANSSEN-CILAG</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399538/en/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+    <t>https://www.has-sante.fr/jcms/c_1320866/fr/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/fr/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
   </si>
   <si>
     <t>MELIANE / MONEVA / PHAEVA / MELODIA (éthinylestradiol/ gestodène)</t>
   </si>
   <si>
-    <t>02/06/2013 15:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984994/en/meliane-/-moneva-/-phaeva-/-melodia-ethinylestradiol/-gestodene</t>
+    <t>06/02/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984994/fr/meliane-/-moneva-/-phaeva-/-melodia-ethinylestradiol/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984994</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_944531/en/meliane-moneva-phaeva-ethinylestradiol/-gestodene</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399578/en/phaeva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+    <t>https://www.has-sante.fr/jcms/c_944531/fr/meliane-moneva-phaeva-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320865/fr/meliane-/-moneva-/-phaeva-/-melodia-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399563/fr/meliane-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399564/fr/melodia-comprime-pellicule-plaquette-de-24-comprimes-jaunes-et-4-comprimes-blancs-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399570/fr/moneva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399578/fr/phaeva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
   </si>
   <si>
     <t>DESOBEL (éthinylestradiol/ désogestrel)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984995/en/desobel-ethinylestradiol/-desogestrel</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984995/fr/desobel-ethinylestradiol/-desogestrel</t>
   </si>
   <si>
     <t>pprd_2984995</t>
   </si>
   <si>
     <t>éthinylestradiol,désogestrel</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_900496/en/desobel-ethinylestradiol/-desogestrel</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1320864/en/desobel</t>
+    <t>https://www.has-sante.fr/jcms/c_900496/fr/desobel-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320864/fr/desobel-ethinylestradiol/-desogestrel</t>
   </si>
   <si>
     <t>VARNOLINE CONTINU / VARNOLINE / MERCILON / CYCLEANE (désogestrel/ éthinylestradiol)</t>
   </si>
   <si>
-    <t>02/06/2013 15:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984996/en/varnoline-continu-/-varnoline-/-mercilon-/-cycleane-desogestrel/-ethinylestradiol</t>
+    <t>06/02/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984996/fr/varnoline-continu-/-varnoline-/-mercilon-/-cycleane-desogestrel/-ethinylestradiol</t>
   </si>
   <si>
     <t>pprd_2984996</t>
   </si>
   <si>
-    <t>désogestrel,éthinylestradiol</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399596/en/varnoline-comprime-plaquette-de-21-boites-de-1-et-3-varnoline-continu-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+    <t>https://www.has-sante.fr/jcms/c_817331/fr/varnoline-continu-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320862/fr/varnoline-continu-/-varnoline-/-mercilon-/-cycleane-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399542/fr/cycleane-20-mg-comprime-plaquette-de-21-boites-de-1-et-3-cycleane-30-mg-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399596/fr/varnoline-comprime-plaquette-de-21-boites-de-1-et-3-varnoline-continu-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
   </si>
   <si>
     <t>EFFIPREV (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>04/22/2013 14:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984997/en/effiprev-ethinylestradiol/-norgestimate</t>
+    <t>22/04/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984997/fr/effiprev-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984997</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1320861/en/effiprev</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399788/en/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+    <t>https://www.has-sante.fr/jcms/c_1320861/fr/effiprev-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399788/fr/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+  </si>
+  <si>
+    <t>GESTODENE/ETHYNYLESTRADIOL RANBAXY (gestodène/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>20/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985142/fr/gestodene/ethynylestradiol-ranbaxy-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985142</t>
+  </si>
+  <si>
+    <t>gestodène,éthinylestradiol</t>
+  </si>
+  <si>
+    <t>Laboratoire RANBAXY PHARMACIE GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079016/fr/gestodene/ethynylestradiol-ranbaxy-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>OSSOPAN (extrait d'os total (complexe osséine-hydroxyapatite anhydre))</t>
+  </si>
+  <si>
+    <t>22/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985147/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2985147</t>
+  </si>
+  <si>
+    <t>extrait d'os total (complexe osséine-hydroxyapatite anhydre)</t>
+  </si>
+  <si>
+    <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400330/fr/ossopan-600-mg-comprime-pellicule-plaquette-thermoformee-de-30-comprime-s-code-cip-323-952-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918271/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069679/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>VAGIFEM (estradiol)</t>
+  </si>
+  <si>
+    <t>25/05/2011 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985157/fr/vagifem-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985157</t>
+  </si>
+  <si>
+    <t>estradiol</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVO NORDISK PHARMACEUTIQUE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064173/fr/vagifem-estradiol</t>
+  </si>
+  <si>
+    <t>ETIDRONATE MYLAN (etidronate)</t>
+  </si>
+  <si>
+    <t>27/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985183/fr/etidronate-mylan-etidronate</t>
+  </si>
+  <si>
+    <t>pprd_2985183</t>
+  </si>
+  <si>
+    <t>etidronate</t>
+  </si>
+  <si>
+    <t>Laboratoire MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051914/fr/etidronate-sandoz-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051917/fr/etidronate-mylan-etidronate</t>
   </si>
   <si>
     <t>ABUFENE (beta-alanine)</t>
   </si>
   <si>
-    <t>04/06/2011 11:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985186/en/abufene-beta-alanine</t>
+    <t>06/04/2011 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985186/fr/abufene-beta-alanine</t>
   </si>
   <si>
     <t>pprd_2985186</t>
   </si>
   <si>
     <t>beta-alanine</t>
   </si>
   <si>
     <t>Laboratoire BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400643/en/abufene-beta-alanine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1050826/en/abufene</t>
+    <t>https://www.has-sante.fr/jcms/c_400643/fr/abufene-beta-alanine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050826/fr/abufene-beta-alanine</t>
   </si>
   <si>
     <t>DIDRONEL (étidronate)</t>
   </si>
   <si>
-    <t>09/06/2012 17:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985219/en/didronel-etidronate</t>
+    <t>06/09/2012 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985219/fr/didronel-etidronate</t>
   </si>
   <si>
     <t>pprd_2985219</t>
   </si>
   <si>
     <t>étidronate</t>
   </si>
   <si>
     <t>Laboratoire WARNER CHILCOTT FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400780/en/didronel-etidronate</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1016649/en/didronel</t>
+    <t>https://www.has-sante.fr/jcms/c_400780/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459901/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016649/fr/didronel-etidronate</t>
   </si>
   <si>
     <t>BONVIVA (acide ibandronique)</t>
   </si>
   <si>
-    <t>07/04/2012 11:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985221/en/bonviva-acide-ibandronique</t>
+    <t>04/07/2012 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985221/fr/bonviva-acide-ibandronique</t>
   </si>
   <si>
     <t>pprd_2985221</t>
   </si>
   <si>
     <t>acide ibandronique</t>
   </si>
   <si>
     <t>Laboratoire ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400998/en/bonviva</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1016644/en/bonviva</t>
+    <t>https://www.has-sante.fr/jcms/c_400998/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459746/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468572/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016644/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>PERLEANE (gestodène/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>03/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985237/fr/perleane-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985237</t>
+  </si>
+  <si>
+    <t>Laboratoire BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001268/fr/perleane-gestodene/-ethinylestradiol</t>
   </si>
   <si>
     <t>RHESONATIV (immunoglobuline humaine anti-D)</t>
   </si>
   <si>
-    <t>06/18/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985242/en/rhesonativ-immunoglobuline-humaine-anti-d</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985242/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
   </si>
   <si>
     <t>pprd_2985242</t>
   </si>
   <si>
-    <t>immunoglobuline humaine anti-D</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996900/en/rhesonativ</t>
+    <t>https://www.has-sante.fr/jcms/c_996900/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>IMPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>12/05/2010 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985281/fr/implanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2985281</t>
+  </si>
+  <si>
+    <t>Laboratoire SCHERING-PLOUGH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400311/fr/implanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951415/fr/implanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>ESTIMA (progestérone)</t>
+  </si>
+  <si>
+    <t>16/02/2010 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985296/fr/estima-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2985296</t>
+  </si>
+  <si>
+    <t>Laboratoire EFFIK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923052/fr/estima-progesterone</t>
+  </si>
+  <si>
+    <t>PERICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>05/10/2009 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985326/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985326</t>
+  </si>
+  <si>
+    <t>Laboratoire BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400275/fr/perical-1000-mg-comprime-a-sucer-1-flacon-s-polyethylene-de-30-comprime-s-code-cip-341-037-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854094/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>SYNTOCINON (oxytocine)</t>
+  </si>
+  <si>
+    <t>24/08/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985330/fr/syntocinon-oxytocine</t>
+  </si>
+  <si>
+    <t>pprd_2985330</t>
+  </si>
+  <si>
+    <t>Laboratoire SIGMA TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834962/fr/syntocinon-oxytocine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>Expérimentation e-Satis Mater et impact sur le score e-Satis +48h MCO :  pourquoi participer ?</t>
+  </si>
+  <si>
+    <t>La HAS expérimente la mesure de l’expérience rapportée par les patientes en maternité (e-Satis Mater). Les établissements concernés sont aussi concernés par e-Satis +48h MCO 2026. Le questionnaire spécifique à la maternité, remplacera le questionnaire e-Satis +48h MCO, une fois validé. La participation des maternités à l’expérimentation reste basée sur le volontariat. Les scores e-Satis +48h MCO 2026 seront peut-être impactés par ce changement.</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686374/fr/experimentation-e-satis-mater-et-impact-sur-le-score-e-satis-48h-mco-pourquoi-participer</t>
+  </si>
+  <si>
+    <t>p_3686374</t>
+  </si>
+  <si>
+    <t>Semaine de la sécurité des patients 2025 : la HAS aussi engagée dans la sécurité des soins pédiatriques</t>
+  </si>
+  <si>
+    <t>« Des soins sûrs pour chaque nouveau-né et chaque enfant » est la thématique de la Semaine nationale de la sécurité des patients organisée par le ministère chargé de la Santé (15 au 19 septembre) et de la journée mondiale de la sécurité des patients de l’Organisation mondiale de la santé (17 septembre). La Haute Autorité de santé (HAS), promotrice de longue date des politiques d’amélioration de la qualité et de la sécurité des soins, s’y associe pleinement et met en avant à cette occasion les outils qu’elle fournit aux professionnels sur ce thème, et au-delà, sur la sécurité des soins en général.</t>
+  </si>
+  <si>
+    <t>12/09/2025 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644382/fr/semaine-de-la-securite-des-patients-2025-la-has-aussi-engagee-dans-la-securite-des-soins-pediatriques</t>
+  </si>
+  <si>
+    <t>p_3644382</t>
+  </si>
+  <si>
+    <t>Virus de l’immunodéficience humaine (VIH) : de nouvelles recommandations pour la prise en charge thérapeutique, curative et préventive des personnes vivant avec le VIH et des personnes exposées au VIH</t>
+  </si>
+  <si>
+    <t>Les options de prise en charge thérapeutique des personnes vivant avec le VIH et des personnes exposées au VIH ont évolué au cours des dernières années et ouvrent de nouvelles perspectives de traitement. Mais l’infection est toujours active en France et il y a encore trop de diagnostics tardifs. C’est dans ce contexte que la HAS, l’ANRS MIE et le CNS publient une actualisation des recommandations pour aider les professionnels à proposer la meilleure prise en charge thérapeutique possible de l’infection VIH.</t>
+  </si>
+  <si>
+    <t>20/11/2024 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557427/fr/virus-de-l-immunodeficience-humaine-vih-de-nouvelles-recommandations-pour-la-prise-en-charge-therapeutique-curative-et-preventive-des-personnes-vivant-avec-le-vih-et-des-personnes-exposees-au-vih</t>
+  </si>
+  <si>
+    <t>p_3557427</t>
+  </si>
+  <si>
+    <t>Arsenic : un dépistage pour identifier les patients intoxiqués</t>
+  </si>
+  <si>
+    <t>Si une pollution à l’arsenic inorganique a été détectée dans votre région, un dépistage est mis en place par les pouvoirs publics.</t>
+  </si>
+  <si>
+    <t>31/03/2020 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163171/fr/arsenic-un-depistage-pour-identifier-les-patients-intoxiques</t>
+  </si>
+  <si>
+    <t>p_3163171</t>
+  </si>
+  <si>
+    <t>Focus sur les 5 familles contraceptives disponibles</t>
+  </si>
+  <si>
+    <t>Contraception : 5 grandes familles peuvent être proposées : méthodes hormonales, intra-utérines, barrières, naturelles et stérilisation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122287/fr/focus-sur-les-5-familles-contraceptives-disponibles</t>
+  </si>
+  <si>
+    <t>p_3122287</t>
+  </si>
+  <si>
+    <t>Contraception : consultations initiale et de suivi</t>
+  </si>
+  <si>
+    <t>La méthode de contraception est choisie au cours d’une consultation dédiée. Le choix de la méthode est réévalué à chaque renouvellement de prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122291/fr/contraception-consultations-initiale-et-de-suivi</t>
+  </si>
+  <si>
+    <t>p_3122291</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : pilule du lendemain ou DIU au cuivre</t>
+  </si>
+  <si>
+    <t>Il existe 2 solutions pour éviter une grossesse après un rapport sexuel mal protégé : la contraception d’urgence hormonale et le DIU au cuivre.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122293/fr/contraception-d-urgence-pilule-du-lendemain-ou-diu-au-cuivre</t>
+  </si>
+  <si>
+    <t>p_3122293</t>
+  </si>
+  <si>
+    <t>Dès le 21e jour après l’accouchement, votre patiente est à nouveau fertile. Une contraception peut lui être proposée avant ou juste après la sortie de la maternité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148401/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>p_3148401</t>
+  </si>
+  <si>
+    <t>Prescrire une contraception après une IVG</t>
+  </si>
+  <si>
+    <t>Après un avortement, une contraception est proposée à la patiente et mise en place dans les plus brefs délais.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148408/fr/prescrire-une-contraception-apres-une-ivg</t>
+  </si>
+  <si>
+    <t>p_3148408</t>
+  </si>
+  <si>
+    <t>Risque cardiovasculaire : attention aux méthodes hormonales</t>
+  </si>
+  <si>
+    <t>Votre patiente souffre d’une maladie à risque cardiovasculaire ? Examen clinique et bilan biologique permettront d’évaluer ce risque et de trouver une méthode contraceptive adaptée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148411/fr/risque-cardiovasculaire-attention-aux-methodes-hormonales</t>
+  </si>
+  <si>
+    <t>p_3148411</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Un dépistage plus performant et moins invasif</t>
+  </si>
+  <si>
+    <t>La stratégie de dépistage de la trisomie 21 évolue pour gagner en performance avec l’intégration d’un nouvel examen : le test ADN libre circulant.</t>
+  </si>
+  <si>
+    <t>11/02/2020 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974232/fr/trisomie-21-un-depistage-plus-performant-et-moins-invasif</t>
+  </si>
+  <si>
+    <t>pprd_2974232</t>
+  </si>
+  <si>
+    <t>IQSS - PP-HPP : campagne nationale de recueil des indicateurs de qualité et de sécurité des soins (IQSS) du thème « Prévention et Prise en charge initiale de l’hémorragie du post-partum immédiat »</t>
+  </si>
+  <si>
+    <t>L’hémorragie du post-partum (HPP) est l’une des complications obstétricales les plus redoutées. Elle est définie par une perte de sang supérieure à 500 ml dans les 24h suivant l’accouchement. Tous les établissements de santé MCO ayant une activité en obstétrique sont concernés par le recueil des indicateurs du thème «Prévention et Prise en charge de l’hémorragie du post-partum immédiat» (PP-HPP).</t>
+  </si>
+  <si>
+    <t>17/09/2019 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172251/fr/iqss-pp-hpp-campagne-nationale-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins-iqss-du-theme-prevention-et-prise-en-charge-initiale-de-l-hemorragie-du-post-partum-immediat</t>
+  </si>
+  <si>
+    <t>c_1172251</t>
+  </si>
+  <si>
+    <t>Ostéoporose : prévenir la survenue des fractures</t>
+  </si>
+  <si>
+    <t>Le traitement médicamenteux en prévention des fractures liées à l’ostéoporose n’est indiqué que lorsque le risque fracturaire est élevé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974160/fr/osteoporose-prevenir-la-survenue-des-fractures</t>
+  </si>
+  <si>
+    <t>pprd_2974160</t>
+  </si>
+  <si>
+    <t>Trouble bipolaire &amp; épilepsie – Les alternatives au valproate</t>
+  </si>
+  <si>
+    <t>Deux fiches mémo sur les spécialités à base de valproate et alternatives médicamenteuses pour les filles, adolescentes, femmes en âge de procréer ou enceintes ayant un trouble bipolaire ou une épilepsie ont été publiées.</t>
+  </si>
+  <si>
+    <t>14/01/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974166/fr/trouble-bipolaire-epilepsie-les-alternatives-au-valproate</t>
+  </si>
+  <si>
+    <t>pprd_2974166</t>
+  </si>
+  <si>
+    <t>IVG – Zoom sur les méthodes et les protocoles</t>
+  </si>
+  <si>
+    <t>Lorsqu’une femme souhaite recourir à une IVG, il est essentiel qu’une information détaillée lui soit délivrée afin qu’elle dispose de tous les éléments pour choisir entre une IVG médicamenteuse ou une IVG chirurgicale.</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974194/fr/ivg-zoom-sur-les-methodes-et-les-protocoles</t>
+  </si>
+  <si>
+    <t>pprd_2974194</t>
+  </si>
+  <si>
+    <t>Accouchement : éviter la surmédicalisation</t>
+  </si>
+  <si>
+    <t>La HAS a publié une recommandation de bonne pratique : « Accouchement normal : accompagnement de la physiologie et interventions médicales ». Objectif : aider les professionnels à répondre aux attentes des femmes concernant leur accouchement, notamment en limitant la surmédicalisation grâce à une redéfinition des pratiques des sages-femmes et des gynécologues obstétriciens respectueuses de la physiologie de la naissance.</t>
+  </si>
+  <si>
+    <t>26/01/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974220/fr/accouchement-eviter-la-surmedicalisation</t>
+  </si>
+  <si>
+    <t>pprd_2974220</t>
+  </si>
+  <si>
+    <t>Endométriose : vers une prise en charge individualisée</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé les recommandations du Collège national des gynécologues et obstétriciens français (CNGOF) éditées en 2006. Explications du Pr Xavier Fritel*, gynécologue obstétricien et membre du CNGOF.</t>
+  </si>
+  <si>
+    <t>22/01/2018 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974222/fr/endometriose-vers-une-prise-en-charge-individualisee</t>
+  </si>
+  <si>
+    <t>pprd_2974222</t>
+  </si>
+  <si>
+    <t>Grossesse de localisation inhabituelle : à repérer précocement</t>
+  </si>
+  <si>
+    <t>Le Collège français d’échographie fœtale a élaboré une solution pour la sécurité du patient : « Grossesse de localisation inhabituelle : conduite à tenir devant la visualisation ou la non visualisation d’un sac ovulaire avec embryon ou vésicule vitelline ».</t>
+  </si>
+  <si>
+    <t>04/12/2017 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974228/fr/grossesse-de-localisation-inhabituelle-a-reperer-precocement</t>
+  </si>
+  <si>
+    <t>pprd_2974228</t>
+  </si>
+  <si>
+    <t>Surpoids maternel et échographie fœtale : les bonnes pratiques</t>
+  </si>
+  <si>
+    <t>La HAS a publié une solution pour la sécurité du patient sur échographie fœtale en cas de surpoids maternel élaborée par le Collège français d’échographie fœtale (CFEF). Elle est le fruit des enseignements de l’analyse approfondie des évènements indésirables associés aux soins (EIAS) survenus lors d’examens d’échographies et déclarés dans la base de retours d’expériences du dispositif d’accréditation (REX-HAS) de 2007 à 2014.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974229/fr/surpoids-maternel-et-echographie-foetale-les-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>pprd_2974229</t>
+  </si>
+  <si>
+    <t>IVG instrumentale, un cahier des charges pour les centres de santé</t>
+  </si>
+  <si>
+    <t>Afin de garantir la sécurité des femmes et la qualité des soins, la HAS a élaboré un cahier des charges pour la réalisation des IVG instrumentales hors établissements de santé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974230/fr/ivg-instrumentale-un-cahier-des-charges-pour-les-centres-de-sante</t>
+  </si>
+  <si>
+    <t>pprd_2974230</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Les tests ADN libre circulant intégrés dans le dépistage</t>
+  </si>
+  <si>
+    <t>En 2017, la HAS a publié des recommandations sur la « Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 fœtale ». Ce travail confirmait que ces tests représentent une innovation technologique indéniable. La HAS préconisait donc leur introduction dans la procédure de dépistage de la trisomie 21 fœtale. Un arrêté, publié en décembre 2018, permet désormais leur remboursement.</t>
+  </si>
+  <si>
+    <t>17/01/2019 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974260/fr/trisomie-21-les-tests-adn-libre-circulant-integres-dans-le-depistage</t>
+  </si>
+  <si>
+    <t>pprd_2974260</t>
+  </si>
+  <si>
+    <t>[Interview] Contraception : zoom sur les méthodes efficaces</t>
+  </si>
+  <si>
+    <t>Contraception, les différentes méthodes en bref.</t>
+  </si>
+  <si>
+    <t>05/12/2017 13:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974837/fr/-interview-contraception-zoom-sur-les-methodes-efficaces</t>
+  </si>
+  <si>
+    <t>pprd_2974837</t>
+  </si>
+  <si>
+    <t>Approche multidisciplinaire en prévention des risques obstétricaux (AMPRO)</t>
+  </si>
+  <si>
+    <t>Retour sur une expérience canadienne.</t>
+  </si>
+  <si>
+    <t>10/10/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974973/fr/approche-multidisciplinaire-en-prevention-des-risques-obstetricaux-ampro</t>
+  </si>
+  <si>
+    <t>pprd_2974973</t>
+  </si>
+  <si>
+    <t>IPAQSS 2017 - PP-HPP : tout pour le recueil de la campagne 2017</t>
+  </si>
+  <si>
+    <t>Vous y trouverez tous les outils nécessaires au recueil des indicateurs Prévention et Prise en charge initiale de l’hémorragie du post-partum immédiat.</t>
+  </si>
+  <si>
+    <t>03/04/2018 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172253/fr/ipaqss-2017-pp-hpp-tout-pour-le-recueil-de-la-campagne-2017</t>
+  </si>
+  <si>
+    <t>c_1172253</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : retours d’expérience</t>
+  </si>
+  <si>
+    <t>165 équipes d’obstétrique volontaires, soit un tiers des maternités, se sont engagées dans la mise en œuvre d'un programme d’optimisation de la pertinence de la césarienne programmée à terme. Les retours d’expérience décrivent les démarches et partagent les outils utilisés. Ils comprennent les témoignages sur les facteurs de succès et les difficultés rencontrées dans la conduite de projet et la mise en œuvre des recommandations.</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726027/fr/cesarienne-programmee-a-terme-retours-d-experience</t>
+  </si>
+  <si>
+    <t>c_1726027</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : optimiser la pertinence du parcours de la patiente</t>
+  </si>
+  <si>
+    <t>Devant l’hétérogénéité des pratiques de césarienne programmée à terme, la HAS a développé un programme d’optimisation de sa pertinence. Les travaux sont menés en partenariat avec les professionnels, gynécologues obstétriciens, sages-femmes, qualiticiens, pédiatres ; les femmes représentées par l’association Césarine ; les réseaux de périnatalité et certaines structures régionales d’évaluation ; la Direction générale de l’offre de soins et les Agences régionales de santé.</t>
+  </si>
+  <si>
+    <t>10/03/2014 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726022/fr/cesarienne-programmee-a-terme-optimiser-la-pertinence-du-parcours-de-la-patiente</t>
+  </si>
+  <si>
+    <t>c_1726022</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : déploiement de la démarche</t>
+  </si>
+  <si>
+    <t>La démarche d’optimisation de la pertinence du parcours de la femme enceinte pouvant nécessiter une césarienne programmée à terme est expérimentée par 165 équipes de maternités (32 % des 507 maternités). Ces maternités sont représentatives de l’ensemble des maternités françaises en termes de type et de statut, bien que leur recrutement se soit fait par un appel à candidature volontaire. Un séminaire de lancement le 11 février 2013 a présenté le programme aux Agences régionales de santé (ARS) et aux réseaux de périnatalités chargés d’accompagner les équipes dans leur démarche.</t>
+  </si>
+  <si>
+    <t>10/03/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726029/fr/cesarienne-programmee-a-terme-deploiement-de-la-demarche</t>
+  </si>
+  <si>
+    <t>c_1726029</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
+  </si>
+  <si>
+    <t>Réévaluation des contraceptifs oraux de troisième génération (annexe commune) - juin 2012</t>
+  </si>
+  <si>
+    <t>23/10/2012 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322400/fr/reevaluation-des-contraceptifs-oraux-de-troisieme-generation-annexe-commune-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1322400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId18" Target="worksheets/sheet16.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...33 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>501</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>502</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>503</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>504</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>505</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>506</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>507</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>508</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>509</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>510</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>511</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>512</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>513</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>514</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>515</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>516</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>517</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>518</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>519</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>520</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>521</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>522</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>523</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>524</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>525</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>526</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>527</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>528</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>529</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>530</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>531</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>532</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>533</v>
       </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>534</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>535</v>
       </c>
       <c r="C8" t="s">
-        <v>63</v>
+        <v>536</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>537</v>
       </c>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>538</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>66</v>
+        <v>539</v>
       </c>
       <c r="H8" t="s">
-        <v>67</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>541</v>
       </c>
       <c r="C9" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>542</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>543</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>72</v>
+        <v>544</v>
       </c>
       <c r="H9" t="s">
-        <v>73</v>
+        <v>545</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>546</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>547</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>548</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>549</v>
       </c>
       <c r="H10" t="s">
-        <v>79</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>551</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>552</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>553</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>554</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>83</v>
+        <v>555</v>
       </c>
       <c r="H11" t="s">
-        <v>84</v>
+        <v>556</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>557</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>558</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>559</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>560</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>561</v>
       </c>
       <c r="H12" t="s">
-        <v>89</v>
+        <v>562</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>563</v>
       </c>
       <c r="C13" t="s">
-        <v>91</v>
+        <v>564</v>
       </c>
       <c r="D13" t="s">
-        <v>92</v>
+        <v>565</v>
       </c>
       <c r="E13" t="s">
-        <v>93</v>
+        <v>566</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>94</v>
+        <v>567</v>
       </c>
       <c r="H13" t="s">
-        <v>95</v>
+        <v>568</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>569</v>
       </c>
       <c r="C14" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="D14" t="s">
-        <v>98</v>
+        <v>571</v>
       </c>
       <c r="E14" t="s">
-        <v>99</v>
+        <v>572</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>100</v>
+        <v>573</v>
       </c>
       <c r="H14" t="s">
-        <v>101</v>
+        <v>574</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B15" t="s">
-        <v>102</v>
+        <v>575</v>
       </c>
       <c r="C15" t="s">
-        <v>103</v>
+        <v>576</v>
       </c>
       <c r="D15" t="s">
-        <v>104</v>
+        <v>577</v>
       </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>578</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>106</v>
+        <v>579</v>
       </c>
       <c r="H15" t="s">
-        <v>107</v>
+        <v>580</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>581</v>
       </c>
       <c r="C16" t="s">
-        <v>109</v>
+        <v>582</v>
       </c>
       <c r="D16" t="s">
-        <v>110</v>
+        <v>583</v>
       </c>
       <c r="E16" t="s">
-        <v>111</v>
+        <v>584</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>112</v>
+        <v>585</v>
       </c>
       <c r="H16" t="s">
-        <v>113</v>
+        <v>586</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>587</v>
       </c>
       <c r="C17" t="s">
-        <v>115</v>
+        <v>588</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>589</v>
       </c>
       <c r="E17" t="s">
-        <v>117</v>
+        <v>590</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>118</v>
+        <v>591</v>
       </c>
       <c r="H17" t="s">
-        <v>119</v>
+        <v>592</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>500</v>
+      </c>
+      <c r="B18" t="s">
+        <v>593</v>
+      </c>
+      <c r="C18" t="s">
+        <v>594</v>
+      </c>
+      <c r="D18" t="s">
+        <v>595</v>
+      </c>
+      <c r="E18" t="s">
+        <v>596</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>597</v>
+      </c>
+      <c r="H18" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B19" t="s">
+        <v>599</v>
+      </c>
+      <c r="C19" t="s">
+        <v>600</v>
+      </c>
+      <c r="D19" t="s">
+        <v>601</v>
+      </c>
+      <c r="E19" t="s">
+        <v>602</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>603</v>
+      </c>
+      <c r="H19" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>500</v>
+      </c>
+      <c r="B20" t="s">
+        <v>605</v>
+      </c>
+      <c r="C20" t="s">
+        <v>606</v>
+      </c>
+      <c r="D20" t="s">
+        <v>607</v>
+      </c>
+      <c r="E20" t="s">
+        <v>608</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>609</v>
+      </c>
+      <c r="H20" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>500</v>
+      </c>
+      <c r="B21" t="s">
+        <v>611</v>
+      </c>
+      <c r="C21" t="s">
+        <v>612</v>
+      </c>
+      <c r="D21" t="s">
+        <v>613</v>
+      </c>
+      <c r="E21" t="s">
+        <v>614</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>615</v>
+      </c>
+      <c r="H21" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>500</v>
+      </c>
+      <c r="B22" t="s">
+        <v>617</v>
+      </c>
+      <c r="C22" t="s">
+        <v>618</v>
+      </c>
+      <c r="D22" t="s">
+        <v>613</v>
+      </c>
+      <c r="E22" t="s">
+        <v>614</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>619</v>
+      </c>
+      <c r="H22" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>500</v>
+      </c>
+      <c r="B23" t="s">
+        <v>621</v>
+      </c>
+      <c r="C23" t="s">
+        <v>622</v>
+      </c>
+      <c r="D23" t="s">
+        <v>613</v>
+      </c>
+      <c r="E23" t="s">
+        <v>623</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>624</v>
+      </c>
+      <c r="H23" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>500</v>
+      </c>
+      <c r="B24" t="s">
+        <v>626</v>
+      </c>
+      <c r="C24" t="s">
+        <v>627</v>
+      </c>
+      <c r="D24" t="s">
+        <v>613</v>
+      </c>
+      <c r="E24" t="s">
+        <v>623</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>628</v>
+      </c>
+      <c r="H24" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>500</v>
+      </c>
+      <c r="B25" t="s">
+        <v>630</v>
+      </c>
+      <c r="C25" t="s">
+        <v>627</v>
+      </c>
+      <c r="D25" t="s">
+        <v>613</v>
+      </c>
+      <c r="E25" t="s">
+        <v>614</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>631</v>
+      </c>
+      <c r="H25" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>500</v>
+      </c>
+      <c r="B26" t="s">
+        <v>633</v>
+      </c>
+      <c r="C26" t="s">
+        <v>634</v>
+      </c>
+      <c r="D26" t="s">
+        <v>613</v>
+      </c>
+      <c r="E26" t="s">
+        <v>623</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>635</v>
+      </c>
+      <c r="H26" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>500</v>
+      </c>
+      <c r="B27" t="s">
+        <v>637</v>
+      </c>
+      <c r="C27" t="s">
+        <v>638</v>
+      </c>
+      <c r="D27" t="s">
+        <v>613</v>
+      </c>
+      <c r="E27" t="s">
+        <v>623</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>639</v>
+      </c>
+      <c r="H27" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>500</v>
+      </c>
+      <c r="B28" t="s">
+        <v>641</v>
+      </c>
+      <c r="C28" t="s">
+        <v>642</v>
+      </c>
+      <c r="D28" t="s">
+        <v>613</v>
+      </c>
+      <c r="E28" t="s">
+        <v>614</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>643</v>
+      </c>
+      <c r="H28" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>500</v>
+      </c>
+      <c r="B29" t="s">
+        <v>645</v>
+      </c>
+      <c r="C29" t="s">
+        <v>627</v>
+      </c>
+      <c r="D29" t="s">
+        <v>613</v>
+      </c>
+      <c r="E29" t="s">
+        <v>614</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>646</v>
+      </c>
+      <c r="H29" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>500</v>
+      </c>
+      <c r="B30" t="s">
+        <v>648</v>
+      </c>
+      <c r="C30" t="s">
+        <v>622</v>
+      </c>
+      <c r="D30" t="s">
+        <v>613</v>
+      </c>
+      <c r="E30" t="s">
+        <v>623</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>649</v>
+      </c>
+      <c r="H30" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>500</v>
+      </c>
+      <c r="B31" t="s">
+        <v>651</v>
+      </c>
+      <c r="C31" t="s">
+        <v>622</v>
+      </c>
+      <c r="D31" t="s">
+        <v>613</v>
+      </c>
+      <c r="E31" t="s">
+        <v>623</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>652</v>
+      </c>
+      <c r="H31" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>500</v>
+      </c>
+      <c r="B32" t="s">
+        <v>654</v>
+      </c>
+      <c r="C32" t="s">
+        <v>655</v>
+      </c>
+      <c r="D32" t="s">
+        <v>656</v>
+      </c>
+      <c r="E32" t="s">
+        <v>657</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>658</v>
+      </c>
+      <c r="H32" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>500</v>
+      </c>
+      <c r="B33" t="s">
+        <v>660</v>
+      </c>
+      <c r="C33" t="s">
+        <v>661</v>
+      </c>
+      <c r="D33" t="s">
+        <v>662</v>
+      </c>
+      <c r="E33" t="s">
+        <v>663</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>664</v>
+      </c>
+      <c r="H33" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>500</v>
+      </c>
+      <c r="B34" t="s">
+        <v>666</v>
+      </c>
+      <c r="C34" t="s">
+        <v>667</v>
+      </c>
+      <c r="D34" t="s">
+        <v>662</v>
+      </c>
+      <c r="E34" t="s">
+        <v>668</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>669</v>
+      </c>
+      <c r="H34" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>500</v>
+      </c>
+      <c r="B35" t="s">
+        <v>671</v>
+      </c>
+      <c r="C35" t="s">
+        <v>672</v>
+      </c>
+      <c r="D35" t="s">
+        <v>673</v>
+      </c>
+      <c r="E35" t="s">
+        <v>674</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>675</v>
+      </c>
+      <c r="H35" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>500</v>
+      </c>
+      <c r="B36" t="s">
+        <v>677</v>
+      </c>
+      <c r="C36" t="s">
+        <v>678</v>
+      </c>
+      <c r="D36" t="s">
+        <v>673</v>
+      </c>
+      <c r="E36" t="s">
+        <v>566</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>679</v>
+      </c>
+      <c r="H36" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>500</v>
+      </c>
+      <c r="B37" t="s">
+        <v>681</v>
+      </c>
+      <c r="C37" t="s">
+        <v>682</v>
+      </c>
+      <c r="D37" t="s">
+        <v>673</v>
+      </c>
+      <c r="E37" t="s">
+        <v>683</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>684</v>
+      </c>
+      <c r="H37" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>500</v>
+      </c>
+      <c r="B38" t="s">
+        <v>686</v>
+      </c>
+      <c r="C38" t="s">
+        <v>687</v>
+      </c>
+      <c r="D38" t="s">
+        <v>688</v>
+      </c>
+      <c r="E38" t="s">
+        <v>689</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>690</v>
+      </c>
+      <c r="H38" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>500</v>
+      </c>
+      <c r="B39" t="s">
+        <v>692</v>
+      </c>
+      <c r="C39" t="s">
+        <v>693</v>
+      </c>
+      <c r="D39" t="s">
+        <v>694</v>
+      </c>
+      <c r="E39" t="s">
+        <v>695</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>696</v>
+      </c>
+      <c r="H39" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>500</v>
+      </c>
+      <c r="B40" t="s">
+        <v>698</v>
+      </c>
+      <c r="C40" t="s">
+        <v>699</v>
+      </c>
+      <c r="D40" t="s">
+        <v>700</v>
+      </c>
+      <c r="E40" t="s">
+        <v>701</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>702</v>
+      </c>
+      <c r="H40" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>500</v>
+      </c>
+      <c r="B41" t="s">
+        <v>704</v>
+      </c>
+      <c r="C41" t="s">
+        <v>705</v>
+      </c>
+      <c r="D41" t="s">
+        <v>706</v>
+      </c>
+      <c r="E41" t="s">
+        <v>707</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>708</v>
+      </c>
+      <c r="H41" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>500</v>
+      </c>
+      <c r="B42" t="s">
+        <v>710</v>
+      </c>
+      <c r="C42" t="s">
+        <v>711</v>
+      </c>
+      <c r="D42" t="s">
+        <v>712</v>
+      </c>
+      <c r="E42" t="s">
+        <v>713</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>714</v>
+      </c>
+      <c r="H42" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>500</v>
+      </c>
+      <c r="B43" t="s">
+        <v>716</v>
+      </c>
+      <c r="C43" t="s">
+        <v>717</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>718</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>719</v>
+      </c>
+      <c r="H43" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>500</v>
+      </c>
+      <c r="B44" t="s">
+        <v>721</v>
+      </c>
+      <c r="C44" t="s">
+        <v>722</v>
+      </c>
+      <c r="D44" t="s">
+        <v>723</v>
+      </c>
+      <c r="E44" t="s">
+        <v>724</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>725</v>
+      </c>
+      <c r="H44" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>500</v>
+      </c>
+      <c r="B45" t="s">
+        <v>380</v>
+      </c>
+      <c r="C45" t="s">
+        <v>727</v>
+      </c>
+      <c r="D45" t="s">
+        <v>728</v>
+      </c>
+      <c r="E45" t="s">
+        <v>729</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>730</v>
+      </c>
+      <c r="H45" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>500</v>
+      </c>
+      <c r="B46" t="s">
+        <v>732</v>
+      </c>
+      <c r="C46" t="s">
+        <v>733</v>
+      </c>
+      <c r="D46" t="s">
+        <v>734</v>
+      </c>
+      <c r="E46" t="s">
+        <v>735</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>736</v>
+      </c>
+      <c r="H46" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>500</v>
+      </c>
+      <c r="B47" t="s">
+        <v>738</v>
+      </c>
+      <c r="C47" t="s">
+        <v>739</v>
+      </c>
+      <c r="D47" t="s">
+        <v>740</v>
+      </c>
+      <c r="E47" t="s">
+        <v>741</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>742</v>
+      </c>
+      <c r="H47" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>500</v>
+      </c>
+      <c r="B48" t="s">
+        <v>744</v>
+      </c>
+      <c r="C48" t="s">
+        <v>745</v>
+      </c>
+      <c r="D48" t="s">
+        <v>746</v>
+      </c>
+      <c r="E48" t="s">
+        <v>747</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>748</v>
+      </c>
+      <c r="H48" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>500</v>
+      </c>
+      <c r="B49" t="s">
+        <v>750</v>
+      </c>
+      <c r="C49" t="s">
+        <v>751</v>
+      </c>
+      <c r="D49" t="s">
+        <v>752</v>
+      </c>
+      <c r="E49" t="s">
+        <v>753</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>754</v>
+      </c>
+      <c r="H49" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>500</v>
+      </c>
+      <c r="B50" t="s">
+        <v>756</v>
+      </c>
+      <c r="C50" t="s">
+        <v>757</v>
+      </c>
+      <c r="D50" t="s">
+        <v>758</v>
+      </c>
+      <c r="E50" t="s">
+        <v>759</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>760</v>
+      </c>
+      <c r="H50" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>500</v>
+      </c>
+      <c r="B51" t="s">
+        <v>762</v>
+      </c>
+      <c r="C51" t="s">
+        <v>763</v>
+      </c>
+      <c r="D51" t="s">
+        <v>764</v>
+      </c>
+      <c r="E51" t="s">
+        <v>765</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>766</v>
+      </c>
+      <c r="H51" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>500</v>
+      </c>
+      <c r="B52" t="s">
+        <v>768</v>
+      </c>
+      <c r="C52" t="s">
+        <v>769</v>
+      </c>
+      <c r="D52" t="s">
+        <v>770</v>
+      </c>
+      <c r="E52" t="s">
+        <v>771</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>772</v>
+      </c>
+      <c r="H52" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>500</v>
+      </c>
+      <c r="B53" t="s">
+        <v>774</v>
+      </c>
+      <c r="C53" t="s">
+        <v>775</v>
+      </c>
+      <c r="D53" t="s">
+        <v>776</v>
+      </c>
+      <c r="E53" t="s">
+        <v>776</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>777</v>
+      </c>
+      <c r="H53" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>500</v>
+      </c>
+      <c r="B54" t="s">
+        <v>779</v>
+      </c>
+      <c r="C54" t="s">
+        <v>780</v>
+      </c>
+      <c r="D54" t="s">
+        <v>781</v>
+      </c>
+      <c r="E54" t="s">
+        <v>781</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>782</v>
+      </c>
+      <c r="H54" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>500</v>
+      </c>
+      <c r="B55" t="s">
+        <v>784</v>
+      </c>
+      <c r="C55" t="s">
+        <v>785</v>
+      </c>
+      <c r="D55" t="s">
+        <v>786</v>
+      </c>
+      <c r="E55" t="s">
+        <v>786</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>787</v>
+      </c>
+      <c r="H55" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>500</v>
+      </c>
+      <c r="B56" t="s">
+        <v>789</v>
+      </c>
+      <c r="C56" t="s">
+        <v>790</v>
+      </c>
+      <c r="D56" t="s">
+        <v>791</v>
+      </c>
+      <c r="E56" t="s">
+        <v>792</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>793</v>
+      </c>
+      <c r="H56" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>500</v>
+      </c>
+      <c r="B57" t="s">
+        <v>795</v>
+      </c>
+      <c r="C57" t="s">
+        <v>796</v>
+      </c>
+      <c r="D57" t="s">
+        <v>797</v>
+      </c>
+      <c r="E57" t="s">
+        <v>798</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>799</v>
+      </c>
+      <c r="H57" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>500</v>
+      </c>
+      <c r="B58" t="s">
+        <v>801</v>
+      </c>
+      <c r="C58" t="s">
+        <v>802</v>
+      </c>
+      <c r="D58" t="s">
+        <v>803</v>
+      </c>
+      <c r="E58" t="s">
+        <v>804</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>805</v>
+      </c>
+      <c r="H58" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>500</v>
+      </c>
+      <c r="B59" t="s">
+        <v>807</v>
+      </c>
+      <c r="C59" t="s">
+        <v>808</v>
+      </c>
+      <c r="D59" t="s">
+        <v>809</v>
+      </c>
+      <c r="E59" t="s">
+        <v>810</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>811</v>
+      </c>
+      <c r="H59" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>500</v>
+      </c>
+      <c r="B60" t="s">
+        <v>813</v>
+      </c>
+      <c r="C60" t="s">
+        <v>814</v>
+      </c>
+      <c r="D60" t="s">
+        <v>815</v>
+      </c>
+      <c r="E60" t="s">
+        <v>816</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>817</v>
+      </c>
+      <c r="H60" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>500</v>
+      </c>
+      <c r="B61" t="s">
+        <v>819</v>
+      </c>
+      <c r="C61" t="s">
+        <v>820</v>
+      </c>
+      <c r="D61" t="s">
+        <v>821</v>
+      </c>
+      <c r="E61" t="s">
+        <v>822</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>823</v>
+      </c>
+      <c r="H61" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>500</v>
+      </c>
+      <c r="B62" t="s">
+        <v>825</v>
+      </c>
+      <c r="C62" t="s">
+        <v>826</v>
+      </c>
+      <c r="D62" t="s">
+        <v>827</v>
+      </c>
+      <c r="E62" t="s">
+        <v>828</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>829</v>
+      </c>
+      <c r="H62" t="s">
+        <v>830</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B2" t="s">
-        <v>121</v>
+        <v>832</v>
       </c>
       <c r="C2" t="s">
-        <v>122</v>
+        <v>833</v>
       </c>
       <c r="D2" t="s">
-        <v>123</v>
+        <v>834</v>
       </c>
       <c r="E2" t="s">
-        <v>124</v>
+        <v>835</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>125</v>
+        <v>836</v>
       </c>
       <c r="H2" t="s">
-        <v>126</v>
+        <v>837</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B3" t="s">
-        <v>127</v>
+        <v>838</v>
       </c>
       <c r="C3" t="s">
-        <v>128</v>
+        <v>839</v>
       </c>
       <c r="D3" t="s">
-        <v>123</v>
+        <v>840</v>
       </c>
       <c r="E3" t="s">
-        <v>124</v>
+        <v>841</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>129</v>
+        <v>842</v>
       </c>
       <c r="H3" t="s">
-        <v>130</v>
+        <v>843</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B4" t="s">
-        <v>131</v>
+        <v>844</v>
       </c>
       <c r="C4" t="s">
-        <v>132</v>
+        <v>845</v>
       </c>
       <c r="D4" t="s">
-        <v>133</v>
+        <v>846</v>
       </c>
       <c r="E4" t="s">
-        <v>134</v>
+        <v>847</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>135</v>
+        <v>848</v>
       </c>
       <c r="H4" t="s">
-        <v>136</v>
+        <v>849</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B5" t="s">
-        <v>137</v>
+        <v>850</v>
       </c>
       <c r="C5" t="s">
-        <v>138</v>
+        <v>851</v>
       </c>
       <c r="D5" t="s">
-        <v>139</v>
+        <v>852</v>
       </c>
       <c r="E5" t="s">
-        <v>140</v>
+        <v>853</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>141</v>
+        <v>854</v>
       </c>
       <c r="H5" t="s">
-        <v>142</v>
+        <v>855</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B6" t="s">
-        <v>143</v>
+        <v>856</v>
       </c>
       <c r="C6" t="s">
-        <v>144</v>
+        <v>857</v>
       </c>
       <c r="D6" t="s">
-        <v>145</v>
+        <v>858</v>
       </c>
       <c r="E6" t="s">
-        <v>146</v>
+        <v>859</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>147</v>
+        <v>860</v>
       </c>
       <c r="H6" t="s">
-        <v>148</v>
+        <v>861</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B7" t="s">
-        <v>149</v>
+        <v>862</v>
       </c>
       <c r="C7" t="s">
-        <v>150</v>
+        <v>863</v>
       </c>
       <c r="D7" t="s">
-        <v>151</v>
+        <v>864</v>
       </c>
       <c r="E7" t="s">
-        <v>152</v>
+        <v>865</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>153</v>
+        <v>866</v>
       </c>
       <c r="H7" t="s">
-        <v>154</v>
+        <v>867</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>120</v>
+        <v>831</v>
       </c>
       <c r="B8" t="s">
-        <v>155</v>
+        <v>868</v>
       </c>
       <c r="C8" t="s">
-        <v>156</v>
+        <v>869</v>
       </c>
       <c r="D8" t="s">
-        <v>157</v>
+        <v>870</v>
       </c>
       <c r="E8" t="s">
-        <v>158</v>
+        <v>871</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>159</v>
+        <v>872</v>
       </c>
       <c r="H8" t="s">
-        <v>160</v>
+        <v>873</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>831</v>
+      </c>
+      <c r="B9" t="s">
+        <v>874</v>
+      </c>
+      <c r="C9" t="s">
+        <v>875</v>
+      </c>
+      <c r="D9" t="s">
+        <v>876</v>
+      </c>
+      <c r="E9" t="s">
+        <v>877</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>878</v>
+      </c>
+      <c r="H9" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>831</v>
+      </c>
+      <c r="B10" t="s">
+        <v>880</v>
+      </c>
+      <c r="C10" t="s">
+        <v>881</v>
+      </c>
+      <c r="D10" t="s">
+        <v>882</v>
+      </c>
+      <c r="E10" t="s">
+        <v>883</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>884</v>
+      </c>
+      <c r="H10" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>831</v>
+      </c>
+      <c r="B11" t="s">
+        <v>886</v>
+      </c>
+      <c r="C11" t="s">
+        <v>887</v>
+      </c>
+      <c r="D11" t="s">
+        <v>700</v>
+      </c>
+      <c r="E11" t="s">
+        <v>888</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>889</v>
+      </c>
+      <c r="H11" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>831</v>
+      </c>
+      <c r="B12" t="s">
+        <v>891</v>
+      </c>
+      <c r="C12" t="s">
+        <v>892</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>893</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>894</v>
+      </c>
+      <c r="H12" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>831</v>
+      </c>
+      <c r="B13" t="s">
+        <v>896</v>
+      </c>
+      <c r="C13" t="s">
+        <v>897</v>
+      </c>
+      <c r="D13" t="s">
+        <v>898</v>
+      </c>
+      <c r="E13" t="s">
+        <v>899</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>900</v>
+      </c>
+      <c r="H13" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>831</v>
+      </c>
+      <c r="B14" t="s">
+        <v>902</v>
+      </c>
+      <c r="C14" t="s">
+        <v>903</v>
+      </c>
+      <c r="D14" t="s">
+        <v>904</v>
+      </c>
+      <c r="E14" t="s">
+        <v>905</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>906</v>
+      </c>
+      <c r="H14" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>831</v>
+      </c>
+      <c r="B15" t="s">
+        <v>908</v>
+      </c>
+      <c r="C15" t="s">
+        <v>909</v>
+      </c>
+      <c r="D15" t="s">
+        <v>910</v>
+      </c>
+      <c r="E15" t="s">
+        <v>911</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>912</v>
+      </c>
+      <c r="H15" t="s">
+        <v>913</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>914</v>
+      </c>
+      <c r="B2" t="s">
+        <v>915</v>
+      </c>
+      <c r="C2" t="s">
+        <v>916</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>449</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>917</v>
+      </c>
+      <c r="H2" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>914</v>
+      </c>
+      <c r="B3" t="s">
+        <v>919</v>
+      </c>
+      <c r="C3" t="s">
+        <v>920</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>921</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>922</v>
+      </c>
+      <c r="H3" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>914</v>
+      </c>
+      <c r="B4" t="s">
+        <v>924</v>
+      </c>
+      <c r="C4" t="s">
+        <v>925</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>926</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>927</v>
+      </c>
+      <c r="H4" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>914</v>
+      </c>
+      <c r="B5" t="s">
+        <v>929</v>
+      </c>
+      <c r="C5" t="s">
+        <v>930</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>931</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>932</v>
+      </c>
+      <c r="H5" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>914</v>
+      </c>
+      <c r="B6" t="s">
+        <v>934</v>
+      </c>
+      <c r="C6" t="s">
+        <v>935</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>936</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>937</v>
+      </c>
+      <c r="H6" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>914</v>
+      </c>
+      <c r="B7" t="s">
+        <v>939</v>
+      </c>
+      <c r="C7" t="s">
+        <v>940</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>941</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>942</v>
+      </c>
+      <c r="H7" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>914</v>
+      </c>
+      <c r="B8" t="s">
+        <v>944</v>
+      </c>
+      <c r="C8" t="s">
+        <v>945</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>946</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>947</v>
+      </c>
+      <c r="H8" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>914</v>
+      </c>
+      <c r="B9" t="s">
+        <v>949</v>
+      </c>
+      <c r="C9" t="s">
+        <v>950</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>590</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>951</v>
+      </c>
+      <c r="H9" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>914</v>
+      </c>
+      <c r="B10" t="s">
+        <v>953</v>
+      </c>
+      <c r="C10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>955</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>956</v>
+      </c>
+      <c r="H10" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>914</v>
+      </c>
+      <c r="B11" t="s">
+        <v>958</v>
+      </c>
+      <c r="C11" t="s">
+        <v>959</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>960</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>961</v>
+      </c>
+      <c r="H11" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>914</v>
+      </c>
+      <c r="B12" t="s">
+        <v>963</v>
+      </c>
+      <c r="C12" t="s">
+        <v>964</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>358</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>965</v>
+      </c>
+      <c r="H12" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>914</v>
+      </c>
+      <c r="B13" t="s">
+        <v>967</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>349</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>968</v>
+      </c>
+      <c r="H13" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>914</v>
+      </c>
+      <c r="B14" t="s">
+        <v>970</v>
+      </c>
+      <c r="C14" t="s">
+        <v>971</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>972</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>973</v>
+      </c>
+      <c r="H14" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>914</v>
+      </c>
+      <c r="B15" t="s">
+        <v>975</v>
+      </c>
+      <c r="C15" t="s">
+        <v>976</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>566</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>977</v>
+      </c>
+      <c r="H15" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>914</v>
+      </c>
+      <c r="B16" t="s">
+        <v>979</v>
+      </c>
+      <c r="C16" t="s">
+        <v>980</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>674</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>981</v>
+      </c>
+      <c r="H16" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>914</v>
+      </c>
+      <c r="B17" t="s">
+        <v>983</v>
+      </c>
+      <c r="C17" t="s">
+        <v>984</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>985</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>986</v>
+      </c>
+      <c r="H17" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>914</v>
+      </c>
+      <c r="B18" t="s">
+        <v>988</v>
+      </c>
+      <c r="C18" t="s">
+        <v>989</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>990</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>991</v>
+      </c>
+      <c r="H18" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>914</v>
+      </c>
+      <c r="B19" t="s">
+        <v>993</v>
+      </c>
+      <c r="C19" t="s">
+        <v>994</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>995</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>996</v>
+      </c>
+      <c r="H19" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>914</v>
+      </c>
+      <c r="B20" t="s">
+        <v>998</v>
+      </c>
+      <c r="C20" t="s">
+        <v>999</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>914</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>914</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>914</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>914</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>914</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>914</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>701</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>914</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>914</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>914</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>914</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>473</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>914</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>914</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>914</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>914</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>914</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>914</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>914</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>485</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>914</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>914</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>914</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>491</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>914</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>914</v>
+      </c>
+      <c r="B42" t="s">
+        <v>380</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>914</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AW184"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1193</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1206</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="U3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="V3" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1216</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1220</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1226</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1244</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1259</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1260</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1264</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1265</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1267</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1268</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1269</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1270</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1275</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1276</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1277</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1278</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1281</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1282</v>
+      </c>
+      <c r="S10" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J11" t="s">
+        <v>214</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1287</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1289</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1290</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1294</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1226</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1295</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1296</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1297</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1298</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1302</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1303</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1306</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1313</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1314</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1315</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1337</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1345</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1349</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1350</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1357</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1358</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1360</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1361</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1368</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1369</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1371</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1379</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1389</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1390</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1397</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1398</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1399</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1400</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1302</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1414</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1421</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1435</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1444</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1445</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1449</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1450</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J31" t="s">
+        <v>214</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1457</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1466</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1467</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1468</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1478</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1486</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1488</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1489</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1490</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1491</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1492</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1500</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1502</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1503</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1504</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1510</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1511</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1512</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1518</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1520</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1521</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1522</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1523</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1524</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1525</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1531</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1532</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1533</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1534</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1535</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1541</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1357</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1542</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1357</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1547</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1360</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1553</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1558</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1564</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1566</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1573</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1574</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1575</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1576</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1577</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1578</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1579</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1581</v>
+      </c>
+      <c r="S44" t="s">
+        <v>1582</v>
+      </c>
+      <c r="T44" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U44" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V44" t="s">
+        <v>1578</v>
+      </c>
+      <c r="W44" t="s">
+        <v>1575</v>
+      </c>
+      <c r="X44" t="s">
+        <v>1574</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>1585</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>1586</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1592</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1593</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1594</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1600</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1601</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1602</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1609</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1610</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1611</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1612</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1613</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1618</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1620</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1622</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1628</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1633</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1636</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1637</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1638</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1639</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1645</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1646</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1647</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1654</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1660</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1661</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1662</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1672</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1673</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1674</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1680</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1681</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1682</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1683</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1688</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1690</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1691</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1692</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C57" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1698</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1699</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1700</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1701</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1702</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1703</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1704</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1705</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1706</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1712</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1713</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1714</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1715</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1716</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1717</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1729</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1731</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1732</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1738</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1601</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1739</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1746</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1748</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1749</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1750</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1751</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1752</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1753</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1541</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1761</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1768</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1769</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1771</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1772</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1773</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1774</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1775</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1776</v>
+      </c>
+      <c r="S64" t="s">
+        <v>1777</v>
+      </c>
+      <c r="T64" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1783</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1784</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1786</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1787</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1788</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1789</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1790</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1791</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1792</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1793</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1794</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1795</v>
+      </c>
+      <c r="V65" t="s">
+        <v>1796</v>
+      </c>
+      <c r="W65" t="s">
+        <v>1797</v>
+      </c>
+      <c r="X65" t="s">
+        <v>1798</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>1799</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>1800</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>1802</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>1803</v>
+      </c>
+      <c r="AD65" t="s">
+        <v>1804</v>
+      </c>
+      <c r="AE65" t="s">
+        <v>1805</v>
+      </c>
+      <c r="AF65" t="s">
+        <v>1806</v>
+      </c>
+      <c r="AG65" t="s">
+        <v>1807</v>
+      </c>
+      <c r="AH65" t="s">
+        <v>1808</v>
+      </c>
+      <c r="AI65" t="s">
+        <v>1809</v>
+      </c>
+      <c r="AJ65" t="s">
+        <v>1810</v>
+      </c>
+      <c r="AK65" t="s">
+        <v>1811</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>1812</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>1813</v>
+      </c>
+      <c r="AN65" t="s">
+        <v>1814</v>
+      </c>
+      <c r="AO65" t="s">
+        <v>1815</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>1816</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>1817</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>1818</v>
+      </c>
+      <c r="AS65" t="s">
+        <v>1819</v>
+      </c>
+      <c r="AT65" t="s">
+        <v>1820</v>
+      </c>
+      <c r="AU65" t="s">
+        <v>1821</v>
+      </c>
+      <c r="AV65" t="s">
+        <v>1822</v>
+      </c>
+      <c r="AW65" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1828</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1829</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1830</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1831</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1836</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1837</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1839</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1841</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1842</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1843</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1844</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1845</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1846</v>
+      </c>
+      <c r="S67" t="s">
+        <v>1847</v>
+      </c>
+      <c r="T67" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1853</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1854</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1856</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1857</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1858</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1859</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1860</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>1861</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1868</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1869</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1870</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1871</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1872</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1879</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1888</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1889</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1895</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1896</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1897</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1904</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1905</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C74" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1909</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1910</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1912</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1913</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1919</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1921</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1922</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1923</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1924</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>1927</v>
+      </c>
+      <c r="R75" t="s">
+        <v>1928</v>
+      </c>
+      <c r="S75" t="s">
+        <v>1929</v>
+      </c>
+      <c r="T75" t="s">
+        <v>1930</v>
+      </c>
+      <c r="U75" t="s">
+        <v>1931</v>
+      </c>
+      <c r="V75" t="s">
+        <v>1932</v>
+      </c>
+      <c r="W75" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1936</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1939</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1940</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1941</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1942</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1944</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1945</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1950</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1952</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C78" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1958</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C79" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1966</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1972</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1973</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1974</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1975</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1981</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1987</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1988</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1989</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1992</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1994</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1996</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1997</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1998</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1999</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2000</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2001</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2002</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J84" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2011</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2012</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2013</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2014</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>2015</v>
+      </c>
+      <c r="R84" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2021</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2022</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L85" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J87" t="s">
+        <v>214</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2042</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2043</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2044</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J89" t="s">
+        <v>214</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2050</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2052</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2058</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2059</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2060</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2061</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2062</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O90" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2069</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2070</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2071</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2072</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2073</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2074</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2075</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>2076</v>
+      </c>
+      <c r="R91" t="s">
+        <v>2077</v>
+      </c>
+      <c r="S91" t="s">
+        <v>2078</v>
+      </c>
+      <c r="T91" t="s">
+        <v>2079</v>
+      </c>
+      <c r="U91" t="s">
+        <v>2080</v>
+      </c>
+      <c r="V91" t="s">
+        <v>2081</v>
+      </c>
+      <c r="W91" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2088</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2089</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2090</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2091</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2092</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2093</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2094</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>2095</v>
+      </c>
+      <c r="R92" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J93" t="s">
+        <v>207</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2088</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2107</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J95" t="s">
+        <v>207</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2118</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2119</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2121</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2127</v>
+      </c>
+      <c r="J97" t="s">
+        <v>214</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2128</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2129</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2131</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2137</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2138</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2139</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2140</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2146</v>
+      </c>
+      <c r="L99" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2160</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2161</v>
+      </c>
+      <c r="L101" t="s">
+        <v>2162</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2169</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2170</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2172</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2173</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2174</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2175</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>2176</v>
+      </c>
+      <c r="R102" t="s">
+        <v>2177</v>
+      </c>
+      <c r="S102" t="s">
+        <v>2178</v>
+      </c>
+      <c r="T102" t="s">
+        <v>2179</v>
+      </c>
+      <c r="U102" t="s">
+        <v>2180</v>
+      </c>
+      <c r="V102" t="s">
+        <v>2181</v>
+      </c>
+      <c r="W102" t="s">
+        <v>2182</v>
+      </c>
+      <c r="X102" t="s">
+        <v>2183</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>2184</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>2185</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>2186</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>2187</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>2188</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>2189</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>2190</v>
+      </c>
+      <c r="AF102" t="s">
+        <v>2191</v>
+      </c>
+      <c r="AG102" t="s">
+        <v>2192</v>
+      </c>
+      <c r="AH102" t="s">
+        <v>2193</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2199</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2200</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2201</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2202</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2203</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F104" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L104" t="s">
+        <v>2210</v>
+      </c>
+      <c r="M104" t="s">
+        <v>2211</v>
+      </c>
+      <c r="N104" t="s">
+        <v>2212</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C105" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2217</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2218</v>
+      </c>
+      <c r="L105" t="s">
+        <v>2219</v>
+      </c>
+      <c r="M105" t="s">
+        <v>2220</v>
+      </c>
+      <c r="N105" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C106" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2224</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2225</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1987</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2227</v>
+      </c>
+      <c r="L106" t="s">
+        <v>2228</v>
+      </c>
+      <c r="M106" t="s">
+        <v>2229</v>
+      </c>
+      <c r="N106" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2235</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2236</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2237</v>
+      </c>
+      <c r="L107" t="s">
+        <v>2238</v>
+      </c>
+      <c r="M107" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C108" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2243</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2244</v>
+      </c>
+      <c r="J108" t="s">
+        <v>2245</v>
+      </c>
+      <c r="K108" t="s">
+        <v>2246</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2247</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2248</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C110" t="s">
+        <v>11</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C111" t="s">
+        <v>11</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2265</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2267</v>
+      </c>
+      <c r="L111" t="s">
+        <v>2268</v>
+      </c>
+      <c r="M111" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F112" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1973</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2275</v>
+      </c>
+      <c r="L112" t="s">
+        <v>2276</v>
+      </c>
+      <c r="M112" t="s">
+        <v>2277</v>
+      </c>
+      <c r="N112" t="s">
+        <v>2278</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2285</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2286</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2291</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2292</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L114" t="s">
+        <v>2294</v>
+      </c>
+      <c r="M114" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C115" t="s">
+        <v>11</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F115" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2301</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2302</v>
+      </c>
+      <c r="L115" t="s">
+        <v>2303</v>
+      </c>
+      <c r="M115" t="s">
+        <v>2304</v>
+      </c>
+      <c r="N115" t="s">
+        <v>2305</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C116" t="s">
+        <v>11</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2309</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2310</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2311</v>
+      </c>
+      <c r="K116" t="s">
+        <v>2312</v>
+      </c>
+      <c r="L116" t="s">
+        <v>2313</v>
+      </c>
+      <c r="M116" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C117" t="s">
+        <v>11</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2118</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1973</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2326</v>
+      </c>
+      <c r="L118" t="s">
+        <v>2327</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2329</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2331</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>2332</v>
+      </c>
+      <c r="R118" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F119" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C120" t="s">
+        <v>11</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2343</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2344</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2345</v>
+      </c>
+      <c r="L120" t="s">
+        <v>2346</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C121" t="s">
+        <v>11</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F121" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1854</v>
+      </c>
+      <c r="K121" t="s">
+        <v>2353</v>
+      </c>
+      <c r="L121" t="s">
+        <v>2354</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2355</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C122" t="s">
+        <v>11</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2360</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2361</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2362</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2363</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C123" t="s">
+        <v>11</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2368</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K123" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C124" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2372</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2374</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2375</v>
+      </c>
+      <c r="L124" t="s">
+        <v>2376</v>
+      </c>
+      <c r="M124" t="s">
+        <v>2377</v>
+      </c>
+      <c r="N124" t="s">
+        <v>2378</v>
+      </c>
+      <c r="O124" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F125" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J125" t="s">
+        <v>207</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2384</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2387</v>
+      </c>
+      <c r="F126" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2388</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2389</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2390</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2397</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2399</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2403</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2404</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2405</v>
+      </c>
+      <c r="L128" t="s">
+        <v>2406</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2410</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2022</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2411</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2412</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2413</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2416</v>
+      </c>
+      <c r="F130" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2417</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2418</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1829</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2419</v>
+      </c>
+      <c r="L130" t="s">
+        <v>2420</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2421</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2416</v>
+      </c>
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2425</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2428</v>
+      </c>
+      <c r="L131" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2430</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2431</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2433</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2434</v>
+      </c>
+      <c r="L132" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F133" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2440</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2441</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2444</v>
+      </c>
+      <c r="F134" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2447</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2448</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2454</v>
+      </c>
+      <c r="J135" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2455</v>
+      </c>
+      <c r="L135" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2462</v>
+      </c>
+      <c r="L136" t="s">
+        <v>2463</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2464</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2465</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2472</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2473</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2474</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2475</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2476</v>
+      </c>
+      <c r="O137" t="s">
+        <v>2477</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C138" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2480</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2481</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2482</v>
+      </c>
+      <c r="L138" t="s">
+        <v>2483</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2484</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2485</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2486</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2490</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J139" t="s">
+        <v>207</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2495</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2496</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2500</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L142" t="s">
+        <v>2508</v>
+      </c>
+      <c r="M142" t="s">
+        <v>2509</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2514</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2515</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2516</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2517</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2518</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C144" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J144" t="s">
+        <v>2524</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2525</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2526</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2527</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2528</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2529</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2532</v>
+      </c>
+      <c r="F145" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2533</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2534</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2535</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2536</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2537</v>
+      </c>
+      <c r="L145" t="s">
+        <v>2538</v>
+      </c>
+      <c r="M145" t="s">
+        <v>2539</v>
+      </c>
+      <c r="N145" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C146" t="s">
+        <v>11</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F146" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J146" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2545</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2547</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C147" t="s">
+        <v>11</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F147" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2552</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1973</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2553</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2554</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2555</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2556</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2561</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2562</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2563</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J149" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L149" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2575</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2576</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C151" t="s">
+        <v>11</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F151" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J151" t="s">
+        <v>207</v>
+      </c>
+      <c r="K151" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C152" t="s">
+        <v>11</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F152" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1601</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C153" t="s">
+        <v>11</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F153" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C154" t="s">
+        <v>11</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F154" t="s">
+        <v>11</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J154" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C155" t="s">
+        <v>11</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F155" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J155" t="s">
+        <v>187</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2603</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C156" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2606</v>
+      </c>
+      <c r="F156" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2607</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2608</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2609</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1939</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2610</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2611</v>
+      </c>
+      <c r="M156" t="s">
+        <v>2612</v>
+      </c>
+      <c r="N156" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C157" t="s">
+        <v>11</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F157" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2619</v>
+      </c>
+      <c r="K157" t="s">
+        <v>2620</v>
+      </c>
+      <c r="L157" t="s">
+        <v>2621</v>
+      </c>
+      <c r="M157" t="s">
+        <v>2622</v>
+      </c>
+      <c r="N157" t="s">
+        <v>2623</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2626</v>
+      </c>
+      <c r="F158" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2627</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2628</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2629</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K158" t="s">
+        <v>2630</v>
+      </c>
+      <c r="L158" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C159" t="s">
+        <v>11</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F159" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2635</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1619</v>
+      </c>
+      <c r="K159" t="s">
+        <v>2636</v>
+      </c>
+      <c r="L159" t="s">
+        <v>2637</v>
+      </c>
+      <c r="M159" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C160" t="s">
+        <v>11</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2640</v>
+      </c>
+      <c r="F160" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2641</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2642</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J160" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K160" t="s">
+        <v>2644</v>
+      </c>
+      <c r="L160" t="s">
+        <v>2645</v>
+      </c>
+      <c r="M160" t="s">
+        <v>2646</v>
+      </c>
+      <c r="N160" t="s">
+        <v>2647</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C161" t="s">
+        <v>11</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F161" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2652</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J161" t="s">
+        <v>2653</v>
+      </c>
+      <c r="K161" t="s">
+        <v>2654</v>
+      </c>
+      <c r="L161" t="s">
+        <v>2655</v>
+      </c>
+      <c r="M161" t="s">
+        <v>2656</v>
+      </c>
+      <c r="N161" t="s">
+        <v>2657</v>
+      </c>
+      <c r="O161" t="s">
+        <v>2658</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R161" t="s">
+        <v>2661</v>
+      </c>
+      <c r="S161" t="s">
+        <v>2662</v>
+      </c>
+      <c r="T161" t="s">
+        <v>2663</v>
+      </c>
+      <c r="U161" t="s">
+        <v>2664</v>
+      </c>
+      <c r="V161" t="s">
+        <v>2665</v>
+      </c>
+      <c r="W161" t="s">
+        <v>2666</v>
+      </c>
+      <c r="X161" t="s">
+        <v>2667</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>2654</v>
+      </c>
+      <c r="Z161" t="s">
+        <v>2668</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C162" t="s">
+        <v>11</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2673</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J162" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K162" t="s">
+        <v>2674</v>
+      </c>
+      <c r="L162" t="s">
+        <v>2675</v>
+      </c>
+      <c r="M162" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2678</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1966</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2681</v>
+      </c>
+      <c r="L163" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C164" t="s">
+        <v>11</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2684</v>
+      </c>
+      <c r="F164" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2685</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2686</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J164" t="s">
+        <v>2687</v>
+      </c>
+      <c r="K164" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C165" t="s">
+        <v>11</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2684</v>
+      </c>
+      <c r="F165" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2692</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2687</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C166" t="s">
+        <v>11</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F166" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J166" t="s">
+        <v>2687</v>
+      </c>
+      <c r="K166" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C167" t="s">
+        <v>11</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F167" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J167" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K167" t="s">
+        <v>2703</v>
+      </c>
+      <c r="L167" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C168" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2707</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2708</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K168" t="s">
+        <v>2709</v>
+      </c>
+      <c r="L168" t="s">
+        <v>2710</v>
+      </c>
+      <c r="M168" t="s">
+        <v>2711</v>
+      </c>
+      <c r="N168" t="s">
+        <v>2712</v>
+      </c>
+      <c r="O168" t="s">
+        <v>2713</v>
+      </c>
+      <c r="P168" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C169" t="s">
+        <v>11</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F169" t="s">
+        <v>11</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2718</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2719</v>
+      </c>
+      <c r="L169" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C170" t="s">
+        <v>11</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F170" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2692</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K170" t="s">
+        <v>2725</v>
+      </c>
+      <c r="L170" t="s">
+        <v>2726</v>
+      </c>
+      <c r="M170" t="s">
+        <v>2727</v>
+      </c>
+      <c r="N170" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2730</v>
+      </c>
+      <c r="F171" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J171" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2733</v>
+      </c>
+      <c r="L171" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F172" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2738</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J172" t="s">
+        <v>2740</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C173" t="s">
+        <v>11</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F173" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2746</v>
+      </c>
+      <c r="J173" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L173" t="s">
+        <v>2749</v>
+      </c>
+      <c r="M173" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C174" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F174" t="s">
+        <v>11</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2754</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2755</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2756</v>
+      </c>
+      <c r="K174" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C175" t="s">
+        <v>11</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2759</v>
+      </c>
+      <c r="F175" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2761</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2762</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2763</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2764</v>
+      </c>
+      <c r="L175" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C176" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F176" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2768</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2770</v>
+      </c>
+      <c r="J176" t="s">
+        <v>2771</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2772</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C177" t="s">
+        <v>11</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F177" t="s">
+        <v>11</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2777</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2778</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2779</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2780</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2781</v>
+      </c>
+      <c r="M177" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C178" t="s">
+        <v>11</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F178" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2786</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2787</v>
+      </c>
+      <c r="J178" t="s">
+        <v>2788</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2789</v>
+      </c>
+      <c r="L178" t="s">
+        <v>2790</v>
+      </c>
+      <c r="M178" t="s">
+        <v>2791</v>
+      </c>
+      <c r="N178" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C179" t="s">
+        <v>11</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F179" t="s">
+        <v>11</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2797</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C180" t="s">
+        <v>11</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2800</v>
+      </c>
+      <c r="F180" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2802</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2310</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K180" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C181" t="s">
+        <v>11</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F181" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2808</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2368</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2809</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2810</v>
+      </c>
+      <c r="L181" t="s">
+        <v>2811</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C182" t="s">
+        <v>11</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F182" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2814</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2815</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2816</v>
+      </c>
+      <c r="K182" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C183" t="s">
+        <v>11</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F183" t="s">
+        <v>11</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2821</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K183" t="s">
+        <v>2823</v>
+      </c>
+      <c r="L183" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C184" t="s">
+        <v>11</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F184" t="s">
+        <v>11</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2827</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2828</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2021</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2829</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2835</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2844</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2845</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2854</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2855</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>442</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>442</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2863</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>442</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B10" t="s">
+        <v>611</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>442</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>442</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>442</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2878</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2881</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2882</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2887</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2907</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2910</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2917</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2920</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2929</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2930</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2934</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2935</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2937</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2938</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2944</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2954</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2959</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2960</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2964</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2965</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2968</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2969</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J41"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
+        <v>49</v>
+      </c>
+      <c r="J4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" t="s">
+        <v>49</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" t="s">
+        <v>49</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" t="s">
+        <v>77</v>
+      </c>
+      <c r="I10" t="s">
+        <v>49</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+      <c r="I11" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+      <c r="I12" t="s">
+        <v>49</v>
+      </c>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I13" t="s">
+        <v>42</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+      <c r="I14" t="s">
+        <v>95</v>
+      </c>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" t="s">
+        <v>101</v>
+      </c>
+      <c r="I15" t="s">
+        <v>95</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+      <c r="I16" t="s">
+        <v>95</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>109</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>110</v>
+      </c>
+      <c r="H17" t="s">
+        <v>111</v>
+      </c>
+      <c r="I17" t="s">
+        <v>112</v>
+      </c>
+      <c r="J17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H18" t="s">
+        <v>115</v>
+      </c>
+      <c r="I18" t="s">
+        <v>116</v>
+      </c>
+      <c r="J18" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>108</v>
+      </c>
+      <c r="E19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>118</v>
+      </c>
+      <c r="H19" t="s">
+        <v>119</v>
+      </c>
+      <c r="I19" t="s">
+        <v>49</v>
+      </c>
+      <c r="J19" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>108</v>
+      </c>
+      <c r="E20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20" t="s">
+        <v>121</v>
+      </c>
+      <c r="I20" t="s">
+        <v>49</v>
+      </c>
+      <c r="J20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" t="s">
+        <v>127</v>
+      </c>
+      <c r="J21" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>132</v>
+      </c>
+      <c r="H22" t="s">
+        <v>133</v>
+      </c>
+      <c r="I22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>137</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>138</v>
+      </c>
+      <c r="H23" t="s">
+        <v>139</v>
+      </c>
+      <c r="I23" t="s">
+        <v>140</v>
+      </c>
+      <c r="J23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>144</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>145</v>
+      </c>
+      <c r="H24" t="s">
+        <v>146</v>
+      </c>
+      <c r="I24" t="s">
+        <v>147</v>
+      </c>
+      <c r="J24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>151</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>152</v>
+      </c>
+      <c r="H25" t="s">
+        <v>153</v>
+      </c>
+      <c r="I25" t="s">
+        <v>154</v>
+      </c>
+      <c r="J25" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>158</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>159</v>
+      </c>
+      <c r="H26" t="s">
+        <v>160</v>
+      </c>
+      <c r="I26" t="s">
         <v>161</v>
       </c>
+      <c r="J26" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" t="s">
+        <v>164</v>
+      </c>
+      <c r="D27" t="s">
+        <v>165</v>
+      </c>
+      <c r="E27" t="s">
+        <v>166</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>167</v>
+      </c>
+      <c r="H27" t="s">
+        <v>168</v>
+      </c>
+      <c r="I27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J27" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" t="s">
+        <v>169</v>
+      </c>
+      <c r="D28" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" t="s">
+        <v>171</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>172</v>
+      </c>
+      <c r="H28" t="s">
+        <v>173</v>
+      </c>
+      <c r="I28" t="s">
+        <v>174</v>
+      </c>
+      <c r="J28" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>176</v>
+      </c>
+      <c r="E29" t="s">
+        <v>177</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>178</v>
+      </c>
+      <c r="H29" t="s">
+        <v>179</v>
+      </c>
+      <c r="I29" t="s">
+        <v>180</v>
+      </c>
+      <c r="J29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>176</v>
+      </c>
+      <c r="E30" t="s">
+        <v>183</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>184</v>
+      </c>
+      <c r="H30" t="s">
+        <v>185</v>
+      </c>
+      <c r="I30" t="s">
+        <v>186</v>
+      </c>
+      <c r="J30" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
+        <v>63</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>188</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>189</v>
+      </c>
+      <c r="H31" t="s">
+        <v>190</v>
+      </c>
+      <c r="I31" t="s">
+        <v>191</v>
+      </c>
+      <c r="J31" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>194</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>195</v>
+      </c>
+      <c r="H32" t="s">
+        <v>196</v>
+      </c>
+      <c r="I32" t="s">
+        <v>191</v>
+      </c>
+      <c r="J32" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" t="s">
+        <v>44</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>199</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>200</v>
+      </c>
+      <c r="H33" t="s">
+        <v>201</v>
+      </c>
+      <c r="I33" t="s">
+        <v>202</v>
+      </c>
+      <c r="J33" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E34" t="s">
+        <v>204</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>205</v>
+      </c>
+      <c r="H34" t="s">
+        <v>206</v>
+      </c>
+      <c r="I34" t="s">
+        <v>202</v>
+      </c>
+      <c r="J34" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" t="s">
+        <v>208</v>
+      </c>
+      <c r="C35" t="s">
+        <v>209</v>
+      </c>
+      <c r="D35" t="s">
+        <v>210</v>
+      </c>
+      <c r="E35" t="s">
+        <v>211</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>212</v>
+      </c>
+      <c r="H35" t="s">
+        <v>213</v>
+      </c>
+      <c r="I35" t="s">
+        <v>209</v>
+      </c>
+      <c r="J35" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>215</v>
+      </c>
+      <c r="D36" t="s">
+        <v>216</v>
+      </c>
+      <c r="E36" t="s">
+        <v>217</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>218</v>
+      </c>
+      <c r="H36" t="s">
+        <v>219</v>
+      </c>
+      <c r="I36" t="s">
+        <v>215</v>
+      </c>
+      <c r="J36" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" t="s">
+        <v>220</v>
+      </c>
+      <c r="C37" t="s">
+        <v>215</v>
+      </c>
+      <c r="D37" t="s">
+        <v>216</v>
+      </c>
+      <c r="E37" t="s">
+        <v>217</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>221</v>
+      </c>
+      <c r="H37" t="s">
+        <v>222</v>
+      </c>
+      <c r="I37" t="s">
+        <v>215</v>
+      </c>
+      <c r="J37" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38" t="s">
+        <v>224</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>225</v>
+      </c>
+      <c r="E38" t="s">
+        <v>226</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>227</v>
+      </c>
+      <c r="H38" t="s">
+        <v>228</v>
+      </c>
+      <c r="I38" t="s">
+        <v>11</v>
+      </c>
+      <c r="J38" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B39" t="s">
+        <v>230</v>
+      </c>
+      <c r="C39" t="s">
+        <v>231</v>
+      </c>
+      <c r="D39" t="s">
+        <v>232</v>
+      </c>
+      <c r="E39" t="s">
+        <v>233</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>234</v>
+      </c>
+      <c r="H39" t="s">
+        <v>235</v>
+      </c>
+      <c r="I39" t="s">
+        <v>11</v>
+      </c>
+      <c r="J39" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" t="s">
+        <v>238</v>
+      </c>
+      <c r="D40" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" t="s">
+        <v>240</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>241</v>
+      </c>
+      <c r="H40" t="s">
+        <v>242</v>
+      </c>
+      <c r="I40" t="s">
+        <v>11</v>
+      </c>
+      <c r="J40" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41" t="s">
+        <v>244</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>245</v>
+      </c>
+      <c r="E41" t="s">
+        <v>246</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>247</v>
+      </c>
+      <c r="H41" t="s">
+        <v>248</v>
+      </c>
+      <c r="I41" t="s">
+        <v>11</v>
+      </c>
+      <c r="J41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>250</v>
+      </c>
       <c r="B2" t="s">
-        <v>162</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>163</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
-        <v>164</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="H2" t="s">
-        <v>167</v>
+        <v>255</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>259</v>
+      </c>
+      <c r="H3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C4" t="s">
+        <v>262</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>264</v>
+      </c>
+      <c r="H4" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>250</v>
+      </c>
+      <c r="B5" t="s">
+        <v>266</v>
+      </c>
+      <c r="C5" t="s">
+        <v>267</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>268</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>269</v>
+      </c>
+      <c r="H5" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>250</v>
+      </c>
+      <c r="B6" t="s">
+        <v>271</v>
+      </c>
+      <c r="C6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>274</v>
+      </c>
+      <c r="H6" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>250</v>
+      </c>
+      <c r="B7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C7" t="s">
+        <v>277</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H7" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>250</v>
+      </c>
+      <c r="B8" t="s">
+        <v>281</v>
+      </c>
+      <c r="C8" t="s">
+        <v>282</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>283</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>284</v>
+      </c>
+      <c r="H8" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>250</v>
+      </c>
+      <c r="B9" t="s">
+        <v>286</v>
+      </c>
+      <c r="C9" t="s">
+        <v>287</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>288</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>289</v>
+      </c>
+      <c r="H9" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>250</v>
+      </c>
+      <c r="B10" t="s">
+        <v>291</v>
+      </c>
+      <c r="C10" t="s">
+        <v>292</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>293</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>294</v>
+      </c>
+      <c r="H10" t="s">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA81"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>171</v>
+        <v>296</v>
       </c>
       <c r="B2" t="s">
-        <v>172</v>
+        <v>297</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>298</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>173</v>
+        <v>299</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>174</v>
+        <v>300</v>
       </c>
       <c r="H2" t="s">
-        <v>175</v>
-[...23 lines deleted...]
-        <v>183</v>
+        <v>301</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>171</v>
+        <v>296</v>
       </c>
       <c r="B3" t="s">
-        <v>184</v>
+        <v>302</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>303</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>304</v>
       </c>
       <c r="E3" t="s">
-        <v>173</v>
+        <v>299</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>185</v>
+        <v>305</v>
       </c>
       <c r="H3" t="s">
-        <v>186</v>
-[...41 lines deleted...]
-        <v>183</v>
+        <v>306</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>171</v>
+        <v>296</v>
       </c>
       <c r="B4" t="s">
-        <v>200</v>
+        <v>307</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>308</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>173</v>
+        <v>309</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>201</v>
+        <v>310</v>
       </c>
       <c r="H4" t="s">
-        <v>202</v>
-[...23 lines deleted...]
-        <v>183</v>
+        <v>311</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>171</v>
+        <v>296</v>
       </c>
       <c r="B5" t="s">
-        <v>210</v>
+        <v>312</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>313</v>
       </c>
       <c r="E5" t="s">
-        <v>173</v>
+        <v>314</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>211</v>
+        <v>315</v>
       </c>
       <c r="H5" t="s">
-        <v>212</v>
-[...23 lines deleted...]
-        <v>183</v>
+        <v>316</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B2" t="s">
+        <v>318</v>
+      </c>
+      <c r="C2" t="s">
+        <v>319</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H2" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>326</v>
+      </c>
+      <c r="H3" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B4" t="s">
+        <v>328</v>
+      </c>
+      <c r="C4" t="s">
+        <v>329</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>330</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>331</v>
+      </c>
+      <c r="H4" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>317</v>
+      </c>
+      <c r="B5" t="s">
+        <v>333</v>
+      </c>
+      <c r="C5" t="s">
+        <v>334</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>335</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>336</v>
+      </c>
+      <c r="H5" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B6" t="s">
-        <v>220</v>
+        <v>338</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>339</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>173</v>
+        <v>340</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>221</v>
+        <v>341</v>
       </c>
       <c r="H6" t="s">
-        <v>222</v>
-[...32 lines deleted...]
-        <v>183</v>
+        <v>342</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B7" t="s">
-        <v>233</v>
+        <v>343</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>344</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>173</v>
+        <v>340</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>234</v>
+        <v>345</v>
       </c>
       <c r="H7" t="s">
-        <v>235</v>
-[...14 lines deleted...]
-        <v>239</v>
+        <v>346</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B8" t="s">
-        <v>240</v>
+        <v>347</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>348</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>173</v>
+        <v>349</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>241</v>
+        <v>350</v>
       </c>
       <c r="H8" t="s">
-        <v>242</v>
-[...20 lines deleted...]
-        <v>183</v>
+        <v>351</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B9" t="s">
-        <v>249</v>
+        <v>352</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>353</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>173</v>
+        <v>349</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>250</v>
+        <v>354</v>
       </c>
       <c r="H9" t="s">
-        <v>251</v>
-[...29 lines deleted...]
-        <v>183</v>
+        <v>355</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B10" t="s">
-        <v>259</v>
+        <v>356</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>357</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>173</v>
+        <v>358</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>260</v>
+        <v>359</v>
       </c>
       <c r="H10" t="s">
-        <v>261</v>
-[...32 lines deleted...]
-        <v>183</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B11" t="s">
-        <v>271</v>
+        <v>361</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>173</v>
+        <v>363</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>272</v>
+        <v>364</v>
       </c>
       <c r="H11" t="s">
-        <v>273</v>
-[...20 lines deleted...]
-        <v>183</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B12" t="s">
-        <v>280</v>
+        <v>366</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>367</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>173</v>
+        <v>363</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>281</v>
+        <v>368</v>
       </c>
       <c r="H12" t="s">
-        <v>282</v>
-[...20 lines deleted...]
-        <v>183</v>
+        <v>369</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B13" t="s">
-        <v>288</v>
+        <v>370</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>371</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>173</v>
+        <v>372</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
       <c r="H13" t="s">
-        <v>290</v>
-[...20 lines deleted...]
-        <v>183</v>
+        <v>374</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B14" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>376</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>173</v>
+        <v>377</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>297</v>
+        <v>378</v>
       </c>
       <c r="H14" t="s">
-        <v>298</v>
-[...23 lines deleted...]
-        <v>183</v>
+        <v>379</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B15" t="s">
-        <v>306</v>
+        <v>380</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>381</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>173</v>
+        <v>382</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>307</v>
+        <v>383</v>
       </c>
       <c r="H15" t="s">
-        <v>308</v>
-[...14 lines deleted...]
-        <v>183</v>
+        <v>384</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B16" t="s">
-        <v>313</v>
+        <v>385</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>314</v>
+        <v>386</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>315</v>
+        <v>387</v>
       </c>
       <c r="H16" t="s">
-        <v>316</v>
-[...14 lines deleted...]
-        <v>321</v>
+        <v>388</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B17" t="s">
-        <v>322</v>
+        <v>389</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>323</v>
+        <v>390</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>324</v>
+        <v>391</v>
       </c>
       <c r="H17" t="s">
-        <v>325</v>
-[...23 lines deleted...]
-        <v>333</v>
+        <v>392</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B18" t="s">
-        <v>334</v>
+        <v>393</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>335</v>
+        <v>394</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>336</v>
+        <v>395</v>
       </c>
       <c r="H18" t="s">
-        <v>337</v>
-[...20 lines deleted...]
-        <v>344</v>
+        <v>396</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B19" t="s">
-        <v>345</v>
+        <v>397</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>346</v>
+        <v>398</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>347</v>
+        <v>399</v>
       </c>
       <c r="H19" t="s">
-        <v>348</v>
-[...14 lines deleted...]
-        <v>353</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B20" t="s">
-        <v>354</v>
+        <v>401</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>355</v>
+        <v>402</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>356</v>
+        <v>403</v>
       </c>
       <c r="H20" t="s">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>363</v>
+        <v>404</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B21" t="s">
-        <v>364</v>
+        <v>405</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>365</v>
+        <v>406</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>366</v>
+        <v>407</v>
       </c>
       <c r="H21" t="s">
-        <v>367</v>
-[...20 lines deleted...]
-        <v>373</v>
+        <v>408</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>171</v>
+        <v>317</v>
       </c>
       <c r="B22" t="s">
-        <v>374</v>
+        <v>409</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>410</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>375</v>
+        <v>411</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>376</v>
+        <v>412</v>
       </c>
       <c r="H22" t="s">
-        <v>377</v>
-[...188 lines deleted...]
-      <c r="G27" t="s">
         <v>413</v>
       </c>
-      <c r="H27" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>414</v>
       </c>
-      <c r="I27" t="s">
+      <c r="B2" t="s">
         <v>415</v>
       </c>
-      <c r="J27" t="s">
+      <c r="C2" t="s">
         <v>416</v>
       </c>
-      <c r="K27" t="s">
+      <c r="D2" t="s">
         <v>417</v>
       </c>
-      <c r="L27" t="s">
+      <c r="E2" t="s">
         <v>418</v>
       </c>
-      <c r="M27" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>419</v>
       </c>
-      <c r="N27" t="s">
+      <c r="H2" t="s">
         <v>420</v>
       </c>
-      <c r="O27" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B3" t="s">
         <v>421</v>
       </c>
-      <c r="P27" t="s">
+      <c r="C3" t="s">
         <v>422</v>
       </c>
-      <c r="Q27" t="s">
+      <c r="D3" t="s">
         <v>423</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B28" t="s">
+      <c r="E3" t="s">
         <v>424</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>425</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H3" t="s">
         <v>426</v>
       </c>
-      <c r="H28" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B4" t="s">
         <v>427</v>
       </c>
-      <c r="I28" t="s">
-[...5 lines deleted...]
-      <c r="K28" t="s">
+      <c r="C4" t="s">
         <v>428</v>
       </c>
-      <c r="L28" t="s">
+      <c r="D4" t="s">
         <v>429</v>
       </c>
-      <c r="M28" t="s">
-[...10 lines deleted...]
-      <c r="B29" t="s">
+      <c r="E4" t="s">
         <v>430</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>431</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H4" t="s">
         <v>432</v>
       </c>
-      <c r="H29" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>414</v>
+      </c>
+      <c r="B5" t="s">
         <v>433</v>
       </c>
-      <c r="I29" t="s">
+      <c r="C5" t="s">
         <v>434</v>
       </c>
-      <c r="J29" t="s">
+      <c r="D5" t="s">
         <v>435</v>
       </c>
-      <c r="K29" t="s">
+      <c r="E5" t="s">
         <v>436</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B30" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>437</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="H5" t="s">
         <v>438</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>439</v>
       </c>
-      <c r="H30" t="s">
+      <c r="B2" t="s">
         <v>440</v>
       </c>
-      <c r="I30" t="s">
-[...2 lines deleted...]
-      <c r="J30" t="s">
+      <c r="C2" t="s">
         <v>441</v>
       </c>
-      <c r="K30" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>442</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B31" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>443</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H2" t="s">
         <v>444</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>445</v>
       </c>
-      <c r="H31" t="s">
+      <c r="B2" t="s">
         <v>446</v>
       </c>
-      <c r="I31" t="s">
+      <c r="C2" t="s">
         <v>447</v>
       </c>
-      <c r="J31" t="s">
+      <c r="D2" t="s">
         <v>448</v>
       </c>
-      <c r="K31" t="s">
+      <c r="E2" t="s">
         <v>449</v>
       </c>
-      <c r="L31" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>450</v>
       </c>
-      <c r="M31" t="s">
+      <c r="H2" t="s">
         <v>451</v>
       </c>
-      <c r="N31" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B3" t="s">
         <v>452</v>
       </c>
-      <c r="O31" t="s">
+      <c r="C3" t="s">
         <v>453</v>
       </c>
-      <c r="P31" t="s">
+      <c r="D3" t="s">
         <v>454</v>
       </c>
-      <c r="Q31" t="s">
+      <c r="E3" t="s">
         <v>455</v>
       </c>
-      <c r="R31" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>456</v>
       </c>
-      <c r="S31" t="s">
+      <c r="H3" t="s">
         <v>457</v>
       </c>
-      <c r="T31" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>445</v>
+      </c>
+      <c r="B4" t="s">
         <v>458</v>
       </c>
-      <c r="U31" t="s">
+      <c r="C4" t="s">
         <v>459</v>
       </c>
-      <c r="V31" t="s">
-[...8 lines deleted...]
-      <c r="Y31" t="s">
+      <c r="D4" t="s">
         <v>460</v>
       </c>
-      <c r="Z31" t="s">
+      <c r="E4" t="s">
         <v>461</v>
       </c>
-      <c r="AA31" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>462</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B32" t="s">
+      <c r="H4" t="s">
         <v>463</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>445</v>
+      </c>
+      <c r="B5" t="s">
         <v>464</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="C5" t="s">
         <v>465</v>
       </c>
-      <c r="H32" t="s">
+      <c r="D5" t="s">
         <v>466</v>
       </c>
-      <c r="I32" t="s">
+      <c r="E5" t="s">
         <v>467</v>
       </c>
-      <c r="J32" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>468</v>
       </c>
-      <c r="K32" t="s">
+      <c r="H5" t="s">
         <v>469</v>
       </c>
-      <c r="L32" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B6" t="s">
         <v>470</v>
       </c>
-      <c r="M32" t="s">
+      <c r="C6" t="s">
         <v>471</v>
       </c>
-      <c r="N32" t="s">
+      <c r="D6" t="s">
         <v>472</v>
       </c>
-      <c r="O32" t="s">
+      <c r="E6" t="s">
         <v>473</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B33" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>474</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H6" t="s">
         <v>475</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>445</v>
+      </c>
+      <c r="B7" t="s">
         <v>476</v>
       </c>
-      <c r="H33" t="s">
+      <c r="C7" t="s">
         <v>477</v>
       </c>
-      <c r="I33" t="s">
+      <c r="D7" t="s">
         <v>478</v>
       </c>
-      <c r="J33" t="s">
-[...2 lines deleted...]
-      <c r="K33" t="s">
+      <c r="E7" t="s">
         <v>479</v>
       </c>
-      <c r="L33" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>480</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B34" t="s">
+      <c r="H7" t="s">
         <v>481</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>445</v>
+      </c>
+      <c r="B8" t="s">
         <v>482</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="C8" t="s">
         <v>483</v>
       </c>
-      <c r="H34" t="s">
+      <c r="D8" t="s">
         <v>484</v>
       </c>
-      <c r="I34" t="s">
+      <c r="E8" t="s">
         <v>485</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>486</v>
       </c>
-      <c r="K34" t="s">
+      <c r="H8" t="s">
         <v>487</v>
       </c>
-      <c r="L34" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>445</v>
+      </c>
+      <c r="B9" t="s">
         <v>488</v>
       </c>
-      <c r="M34" t="s">
+      <c r="C9" t="s">
         <v>489</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B35" t="s">
+      <c r="D9" t="s">
         <v>490</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="E9" t="s">
         <v>491</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>492</v>
       </c>
-      <c r="H35" t="s">
+      <c r="H9" t="s">
         <v>493</v>
       </c>
-      <c r="I35" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>445</v>
+      </c>
+      <c r="B10" t="s">
         <v>494</v>
       </c>
-      <c r="J35" t="s">
+      <c r="C10" t="s">
         <v>495</v>
       </c>
-      <c r="K35" t="s">
+      <c r="D10" t="s">
         <v>496</v>
       </c>
-      <c r="L35" t="s">
+      <c r="E10" t="s">
         <v>497</v>
       </c>
-      <c r="M35" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>498</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B36" t="s">
+      <c r="H10" t="s">
         <v>499</v>
       </c>
-      <c r="C36" t="s">
-[...1972 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>