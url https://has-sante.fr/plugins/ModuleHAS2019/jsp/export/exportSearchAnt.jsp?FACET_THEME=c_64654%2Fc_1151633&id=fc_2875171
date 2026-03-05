--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -54,51 +54,51 @@
     <sheet name="Export Medicament" r:id="rId17" sheetId="15"/>
     <sheet name="Export Article HAS" r:id="rId18" sheetId="16"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4784" uniqueCount="2971">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4813" uniqueCount="2990">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2705,51 +2705,51 @@
   <si>
     <t>Ce document explique ce qu’est le dépistage de la trisomie 21, les différents éléments à prendre en compte (la mesure de la clarté nucale du fœtus, le dosage de marqueurs sériques et l’âge de la mère), les différentes étapes du dépistage, comment lire les résultats des examens et propose des liens utiles pour en savoir plus si le risque est élevé.</t>
   </si>
   <si>
     <t>19/12/2018 00:00:00</t>
   </si>
   <si>
     <t>21/01/2019 16:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2899277/fr/depistage-de-la-trisomie-21</t>
   </si>
   <si>
     <t>c_2899277</t>
   </si>
   <si>
     <t>Contraception : choisir avec un professionnel de santé</t>
   </si>
   <si>
     <t>Cette aide à la décision médicale partagée vise à préparer ou accompagner les discussions avec un professionnel de santé, et non à les remplacer. Il s'agit d'aider les femmes et les hommes à choisir un moyen de contraception qui corresponde à leurs attentes et préférences, avec l'aide d'un professionnel de santé lorsque l'avis de celui-ci est souhaité ou nécessaire (exemple : contraception nécessitant une prescription médicale).</t>
   </si>
   <si>
     <t>23/07/2014 00:00:00</t>
   </si>
   <si>
-    <t>03/10/2014 15:10:00</t>
+    <t>03/10/2014 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1764038/fr/contraception-choisir-avec-un-professionnel-de-sante</t>
   </si>
   <si>
     <t>c_1764038</t>
   </si>
   <si>
     <t>Sortie de maternité : préparez votre retour à la maison....Document d'information destiné aux femmes enceintes</t>
   </si>
   <si>
     <t>Ce document d’information, destiné aux femmes enceintes et à leur entourage, a pour objectif de les aider à anticiper leur sortie de maternité en préparant le retour au domicile.</t>
   </si>
   <si>
     <t>13/03/2014 14:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
   </si>
   <si>
     <t>c_1729194</t>
   </si>
   <si>
     <t>Contraception : vous et...vos contraceptifs œstroprogestatifs</t>
   </si>
@@ -3608,50 +3608,245 @@
   <si>
     <t>L'avis de la HAS concerne un référentiel produit par la CNAMTS visant à encadrer la prise en charge par l'assurance maladie d'un type particulier de soins. Dans le cas particulier, il s'agit du suivi par les sages-femmes, dans le cadre d'une activité libérale, des femmes et de leur nouveau-né après un accouchement par voie basse sans complication.</t>
   </si>
   <si>
     <t>01/12/2010 11:45:00</t>
   </si>
   <si>
     <t>17/05/2011 09:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1054911/fr/avis-de-la-has-sur-le-referentiel-concernant-le-suivi-a-domicile-des-femmes-et-de-leur-nouveau-ne-apres-accouchement-par-voie-basse-par-les-sages-femmes-dans-le-cadre-de-l-activite-liberale</t>
   </si>
   <si>
     <t>c_1054911</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>DESOGESTREL (désogestrel / éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983061/fr/desogestrel-desogestrel-/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2983061</t>
+  </si>
+  <si>
+    <t>désogestrel 150 µg / éthinylestradiol 30 µg,désogestrel 150 µg / éthinylestradiol 20 µg</t>
+  </si>
+  <si>
+    <t>BIOGARAN / CRISTERS / EFFIK SA / EG LABO-LABORATOIRES EUROGENERICS / MEDIPHA SANTE SAS / MYLAN SAS /  SANOFI-AVENTIS FRANCE / SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918266/fr/desogestrel-ethinylestradiol-biogaran-150/30-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918268/fr/desogestrel-ethinylestradiol-biogaran-150/20-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995084/fr/desogestrel-ethinylestradiol-quill-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995085/fr/desogestrel-ethinylestradiol-elka-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794393/fr/desogestrel-biogaran-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013189/fr/desogestrel-mylan-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023169/fr/desogestrel-eg-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041955/fr/desogestrel-mithra-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565109/fr/desogestrel-zentiva-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788600/fr/desogestrel-cristers-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879784/fr/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320857/fr/desogestrel-ethinylestradiol-biogaran-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335889/fr/desogestrel-ethinylestradiol-zentiva-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236431/fr/desogestrel-mylan-pharma-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861364/fr/desogestrel-biogaran-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861350/fr/desogestrel-cristers-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861373/fr/desogestrel-sandoz-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>NEXPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:38:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984390/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984390</t>
+  </si>
+  <si>
+    <t>étonogestrel</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861359/fr/nexplanon-etonogestrel-contraception</t>
+  </si>
+  <si>
+    <t>DEPO PROVERA (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984514/fr/depo-provera-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984514</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732208/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038833/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861344/fr/depo-provera-acetate-de-medroxyprogesterone-contraceptif</t>
+  </si>
+  <si>
+    <t>OPTIMIZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984752/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984752</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861376/fr/optimizette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ANTIGONE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984803/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984803</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730056/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861379/fr/antigone-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>CERAZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:29:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868062/fr/cerazette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868062</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861356/fr/cerazette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ELFASETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:28:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868176/fr/elfasette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868176</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861367/fr/elfasette-desogestrel-contraception</t>
+  </si>
+  <si>
     <t>DIVINA - DUOVA (acétate de médroxyprogestérone/valérate d'estradiol)</t>
   </si>
   <si>
     <t>14/10/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983475/fr/divina-duova-acetate-de-medroxyprogesterone/valerate-d-estradiol</t>
   </si>
   <si>
     <t>pprd_2983475</t>
   </si>
   <si>
     <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_817325/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753126/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806292/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
@@ -3734,53 +3929,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_544883/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1058653/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753171/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2672236/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984105/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>pprd_2984105</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
-    <t>BESINS HEALTHCARE FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_951417/fr/progestogel-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2633557/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753199/fr/utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951432/fr/utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400833/fr/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
   </si>
   <si>
     <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/acétate de noréthistérone)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>pprd_2984124</t>
   </si>
   <si>
     <t>estradiol hémihydraté,acétate de noréthistérone</t>
@@ -3962,53 +4154,50 @@
   <si>
     <t>estradiol,estradiol hémihydraté</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1046775/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753153/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2058267/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398903/fr/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
   </si>
   <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
-    <t>VIATRIS SANTE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_901524/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753183/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PHYSIOGINE (estriol)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
@@ -4019,53 +4208,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753162/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2000743/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399510/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
   </si>
   <si>
     <t>LIVIAL (tibolone)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984732/fr/livial-tibolone</t>
   </si>
   <si>
     <t>pprd_2984732</t>
   </si>
   <si>
     <t>tibolone</t>
   </si>
   <si>
-    <t>ORGANON FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398989/fr/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753542/fr/livial-tibolone</t>
   </si>
   <si>
     <t>ZURZUVAE (zuranolone)</t>
   </si>
   <si>
     <t>23/06/2025 08:38:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3632473/fr/zurzuvae-zuranolone</t>
   </si>
   <si>
     <t>p_3632473</t>
   </si>
   <si>
     <t>zuranolone</t>
   </si>
   <si>
     <t>BIOGEN France SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3632455/fr/zurzuvae-zuranolone-depression-post-partum</t>
@@ -4760,110 +4946,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242186/fr/amelgen-progesterone</t>
   </si>
   <si>
     <t>CARBETOCINE AGUETTANT (carbétocine)</t>
   </si>
   <si>
     <t>04/03/2021 17:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240806/fr/carbetocine-aguettant-carbetocine</t>
   </si>
   <si>
     <t>p_3240806</t>
   </si>
   <si>
     <t>carbétocine</t>
   </si>
   <si>
     <t>LABORATOIRE AGUETTANT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240421/fr/carbetocine-aguettant-carbetocine</t>
   </si>
   <si>
-    <t>DESOGESTREL (désogestrel / éthinylestradiol)</t>
-[...58 lines deleted...]
-  <si>
     <t>ASTERLUNA - ASTERLUNA CONTINU (lévonorgestrel/ éthinylestradiol)</t>
   </si>
   <si>
     <t>08/01/2021 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3230014/fr/asterluna-asterluna-continu-levonorgestrel/-ethinylestradiol</t>
   </si>
   <si>
     <t>p_3230014</t>
   </si>
   <si>
     <t>lévonorgestrel,éthinylestradiol</t>
   </si>
   <si>
     <t>EXELTIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3229927/fr/asterluna-levonorgestrel/-ethinylestradiol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3229930/fr/asterluna-continu-levonorgestrel/-ethinylestradiol</t>
   </si>
   <si>
     <t>DIMETRUM (diénogest)</t>
@@ -6818,53 +6944,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_517690/fr/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1638057/fr/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2635807/fr/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2635786/fr/inofer-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
   </si>
   <si>
     <t>LACTINETTE (désogestrel)</t>
   </si>
   <si>
     <t>03/06/2016 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984100/fr/lactinette-desogestrel</t>
   </si>
   <si>
     <t>pprd_2984100</t>
   </si>
   <si>
-    <t>désogestrel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2635040/fr/lactinette-desogestrel</t>
   </si>
   <si>
     <t>SPINAFOL (acide folique)</t>
   </si>
   <si>
     <t>29/04/2016 11:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984123/fr/spinafol-acide-folique</t>
   </si>
   <si>
     <t>pprd_2984123</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2627663/fr/spinafol-acide-folique</t>
   </si>
   <si>
     <t>FLORGYNAL (lactobacillus casei/ estriol/ progestérone)</t>
   </si>
   <si>
     <t>25/04/2016 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984138/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
@@ -7151,65 +7274,50 @@
   <si>
     <t>CETROTIDE (cétrorélix (acétate de))</t>
   </si>
   <si>
     <t>21/10/2015 17:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984364/fr/cetrotide-cetrorelix-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984364</t>
   </si>
   <si>
     <t>cétrorélix (acétate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_455260/fr/cetrotide-cetrorelix-acetate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_923046/fr/cetrotide-cetrorelix-acetate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564410/fr/cetrotide-cetrorelix-acetate-de</t>
   </si>
   <si>
-    <t>NEXPLANON (étonogestrel)</t>
-[...13 lines deleted...]
-  <si>
     <t>PUREGON (follitropine beta)</t>
   </si>
   <si>
     <t>05/10/2015 18:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984394/fr/puregon-follitropine-beta</t>
   </si>
   <si>
     <t>pprd_2984394</t>
   </si>
   <si>
     <t>follitropine beta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399231/fr/puregon-300-ui/0-36ml-solution-injectable-puregon-600-ui/0-72-ml-solution-injectableboite-de-1-cartouche-et-7-aiguilles-follitropine-beta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399232/fr/puregon-50-ui/0-5-ml-solution-injectable-puregon-75-ui/0-5-ml-solution-injectablepuregon-100-ui/0-5-ml-solution-injectablepuregon-150-ui/0-5-ml-solution-injectablepuregon-200-ui/0-5-ml-solution-injectable-boites-de-1-et-de-5-flacons</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400820/fr/puregon-50-ui/0-5-ml-solution-injectable1-flacon-cip-351-399-3-5-flacons-cip-351-400-1-puregon-75-ui/0-5-ml-solution-injectable1-flacon-cip-351-402-4-5-flacons-cip-351-403-0-puregon-100-ui/0-5-ml-solution-injectable1-flacon-cip-351-405-3-5-flacons-cip-351-407-6-puregon-150-ui/0-5-ml-solution-injectable1-flacon-cip-351-409-9-5-flacons-cip-351-410-7</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_945904/fr/puregon-follitropine-beta</t>
@@ -7325,71 +7433,50 @@
   <si>
     <t>NORLEVO (lévonorgestrel)</t>
   </si>
   <si>
     <t>24/06/2015 16:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984503/fr/norlevo-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2984503</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398940/fr/norlevo-750-g-comprime-boites-de-2-10-et-100</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400029/fr/norlevo-1-5-mg-comprime-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_832542/fr/norlevo-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040123/fr/norlevo-levonorgestrel</t>
   </si>
   <si>
-    <t>DEPO-PROVERA (médroxyprogestérone (acétate de))</t>
-[...19 lines deleted...]
-  <si>
     <t>PERGOTIME (citrate de clomifène)</t>
   </si>
   <si>
     <t>02/06/2015 11:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984528/fr/pergotime-citrate-de-clomifene</t>
   </si>
   <si>
     <t>pprd_2984528</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_737000/fr/pergotime-citrate-de-clomifene</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2036422/fr/pergotime-citrate-de-clomifene</t>
   </si>
   <si>
     <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
   </si>
   <si>
     <t>24/06/2015 17:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984532/fr/stediril-ethinylestradiol/-norgestrel</t>
@@ -7788,80 +7875,50 @@
     <t>https://www.has-sante.fr/jcms/c_399479/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_545506/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753144/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>MENAELLE (progestérone)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984744/fr/menaelle-progesterone</t>
   </si>
   <si>
     <t>pprd_2984744</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399966/fr/menaelle-100-mg-capsule-molle-boite-de-30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_763747/fr/menaelle-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753138/fr/menaelle-progesterone</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1730056/fr/antigone-desogestrel</t>
   </si>
   <si>
     <t>EFFILEVO - EFFILEVOCONTINU (éthinylestradiol/ lévonorgestrel)</t>
   </si>
   <si>
     <t>23/01/2014 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984850/fr/effilevo-effilevocontinu-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2984850</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1717915/fr/effilevo-effilevocontinu-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>JAYDESS (lévonorgestrel)</t>
   </si>
   <si>
     <t>09/01/2014 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984864/fr/jaydess-levonorgestrel</t>
   </si>
@@ -12663,51 +12720,51 @@
       </c>
       <c r="D2" t="s">
         <v>1177</v>
       </c>
       <c r="E2" t="s">
         <v>1178</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>1179</v>
       </c>
       <c r="H2" t="s">
         <v>1180</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW184"/>
+  <dimension ref="A1:AW186"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12753,8898 +12810,8989 @@
       </c>
       <c r="I2" t="s">
         <v>1188</v>
       </c>
       <c r="J2" t="s">
         <v>1189</v>
       </c>
       <c r="K2" t="s">
         <v>1190</v>
       </c>
       <c r="L2" t="s">
         <v>1191</v>
       </c>
       <c r="M2" t="s">
         <v>1192</v>
       </c>
       <c r="N2" t="s">
         <v>1193</v>
       </c>
       <c r="O2" t="s">
         <v>1194</v>
       </c>
       <c r="P2" t="s">
         <v>1195</v>
       </c>
+      <c r="Q2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="U2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="V2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="W2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="X2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>1201</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>1206</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1183</v>
       </c>
       <c r="B3" t="s">
-        <v>1196</v>
+        <v>1207</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1185</v>
+        <v>1208</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="H3" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="I3" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="J3" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="K3" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="L3" t="s">
-        <v>1202</v>
-[...29 lines deleted...]
-        <v>1195</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1183</v>
       </c>
       <c r="B4" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1185</v>
+        <v>1216</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="H4" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="I4" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="J4" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="K4" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="L4" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="M4" t="s">
-        <v>1219</v>
-[...8 lines deleted...]
-        <v>1195</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1183</v>
       </c>
       <c r="B5" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1185</v>
+        <v>1225</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="H5" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="I5" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="J5" t="s">
-        <v>1226</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="L5" t="s">
-        <v>1228</v>
-[...4 lines deleted...]
-      <c r="N5" t="s">
         <v>1230</v>
-      </c>
-[...4 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1183</v>
       </c>
       <c r="B6" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>1232</v>
-      </c>
-[...7 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>1233</v>
       </c>
       <c r="H6" t="s">
         <v>1234</v>
       </c>
       <c r="I6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J6" t="s">
         <v>1235</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>1236</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>1237</v>
-      </c>
-[...22 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1183</v>
       </c>
       <c r="B7" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1185</v>
+        <v>1239</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1246</v>
+        <v>1240</v>
       </c>
       <c r="H7" t="s">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="I7" t="s">
-        <v>1248</v>
+        <v>1228</v>
       </c>
       <c r="J7" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="K7" t="s">
-        <v>1249</v>
-[...5 lines deleted...]
-        <v>1251</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1183</v>
       </c>
       <c r="B8" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1185</v>
+        <v>1244</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="H8" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="I8" t="s">
-        <v>1255</v>
+        <v>1228</v>
       </c>
       <c r="J8" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="K8" t="s">
-        <v>1257</v>
-[...11 lines deleted...]
-        <v>1195</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1183</v>
       </c>
       <c r="B9" t="s">
-        <v>1261</v>
+        <v>1249</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1185</v>
+        <v>1250</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1262</v>
+        <v>1251</v>
       </c>
       <c r="H9" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
       <c r="I9" t="s">
-        <v>1215</v>
+        <v>1253</v>
       </c>
       <c r="J9" t="s">
-        <v>1200</v>
+        <v>1254</v>
       </c>
       <c r="K9" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="L9" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="M9" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="N9" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="O9" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="P9" t="s">
-        <v>1269</v>
-[...5 lines deleted...]
-        <v>1195</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1183</v>
       </c>
       <c r="B10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1267</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1268</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1269</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P10" t="s">
         <v>1271</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="Q10" t="s">
         <v>1272</v>
       </c>
-      <c r="H10" t="s">
+      <c r="R10" t="s">
         <v>1273</v>
       </c>
-      <c r="I10" t="s">
+      <c r="S10" t="s">
         <v>1274</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="T10" t="s">
         <v>1275</v>
       </c>
-      <c r="L10" t="s">
+      <c r="U10" t="s">
         <v>1276</v>
       </c>
-      <c r="M10" t="s">
-[...18 lines deleted...]
-        <v>1195</v>
+      <c r="V10" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1183</v>
       </c>
       <c r="B11" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1279</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1281</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1282</v>
+      </c>
+      <c r="L11" t="s">
         <v>1283</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="M11" t="s">
         <v>1284</v>
       </c>
-      <c r="H11" t="s">
+      <c r="N11" t="s">
         <v>1285</v>
       </c>
-      <c r="I11" t="s">
+      <c r="O11" t="s">
         <v>1286</v>
       </c>
-      <c r="J11" t="s">
-[...15 lines deleted...]
-        <v>1195</v>
+      <c r="P11" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1183</v>
       </c>
       <c r="B12" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K12" t="s">
         <v>1291</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12" t="s">
+      <c r="L12" t="s">
         <v>1292</v>
       </c>
-      <c r="H12" t="s">
+      <c r="M12" t="s">
         <v>1293</v>
       </c>
-      <c r="I12" t="s">
+      <c r="N12" t="s">
         <v>1294</v>
       </c>
-      <c r="J12" t="s">
-[...2 lines deleted...]
-      <c r="K12" t="s">
+      <c r="O12" t="s">
         <v>1295</v>
       </c>
-      <c r="L12" t="s">
-[...9 lines deleted...]
-        <v>1195</v>
+      <c r="P12" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1183</v>
       </c>
       <c r="B13" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I13" t="s">
         <v>1299</v>
       </c>
-      <c r="C13" t="s">
-[...11 lines deleted...]
-      <c r="G13" t="s">
+      <c r="J13" t="s">
         <v>1300</v>
       </c>
-      <c r="H13" t="s">
+      <c r="K13" t="s">
         <v>1301</v>
       </c>
-      <c r="I13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="L13" t="s">
         <v>1302</v>
       </c>
-      <c r="K13" t="s">
+      <c r="M13" t="s">
         <v>1303</v>
       </c>
-      <c r="L13" t="s">
+      <c r="N13" t="s">
         <v>1304</v>
       </c>
-      <c r="M13" t="s">
+      <c r="O13" t="s">
         <v>1305</v>
       </c>
-      <c r="N13" t="s">
+      <c r="P13" t="s">
         <v>1306</v>
       </c>
-      <c r="O13" t="s">
-        <v>1195</v>
+      <c r="Q13" t="s">
+        <v>1307</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1308</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1183</v>
       </c>
       <c r="B14" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1185</v>
+        <v>1250</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="H14" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="I14" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="J14" t="s">
-        <v>1311</v>
+        <v>1265</v>
       </c>
       <c r="K14" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="L14" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="M14" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="N14" t="s">
         <v>1315</v>
-      </c>
-[...4 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1183</v>
       </c>
       <c r="B15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>1317</v>
       </c>
-      <c r="C15" t="s">
-[...11 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>1318</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>1319</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>1320</v>
       </c>
-      <c r="J15" t="s">
+      <c r="K15" t="s">
         <v>1321</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>1322</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>1323</v>
       </c>
-      <c r="M15" t="s">
-        <v>1195</v>
+      <c r="N15" t="s">
+        <v>1324</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>1183</v>
       </c>
       <c r="B16" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1325</v>
+        <v>1250</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>1326</v>
       </c>
       <c r="H16" t="s">
         <v>1327</v>
       </c>
       <c r="I16" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K16" t="s">
         <v>1328</v>
       </c>
-      <c r="J16" t="s">
+      <c r="L16" t="s">
         <v>1329</v>
       </c>
-      <c r="K16" t="s">
+      <c r="M16" t="s">
         <v>1330</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1332</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1333</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1334</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1183</v>
       </c>
       <c r="B17" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1332</v>
+        <v>1250</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="H17" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="I17" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="J17" t="s">
-        <v>1336</v>
+        <v>1265</v>
       </c>
       <c r="K17" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="L17" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="M17" t="s">
-        <v>1339</v>
+        <v>1341</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1342</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1344</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1345</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1346</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>1183</v>
       </c>
       <c r="B18" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1341</v>
+        <v>1250</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="H18" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="I18" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="J18" t="s">
-        <v>1345</v>
+        <v>214</v>
       </c>
       <c r="K18" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="L18" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="M18" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="N18" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="O18" t="s">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>1351</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>1183</v>
       </c>
       <c r="B19" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1353</v>
+        <v>1250</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="H19" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="I19" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="J19" t="s">
-        <v>1357</v>
+        <v>1235</v>
       </c>
       <c r="K19" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="L19" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="M19" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="N19" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="O19" t="s">
-        <v>1362</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>1183</v>
       </c>
       <c r="B20" t="s">
         <v>1363</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>1364</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>1365</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1247</v>
+      </c>
+      <c r="K20" t="s">
         <v>1366</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
         <v>1367</v>
       </c>
-      <c r="J20" t="s">
+      <c r="M20" t="s">
         <v>1368</v>
       </c>
-      <c r="K20" t="s">
+      <c r="N20" t="s">
         <v>1369</v>
       </c>
-      <c r="L20" t="s">
-[...6 lines deleted...]
-        <v>1372</v>
+      <c r="O20" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>1183</v>
       </c>
       <c r="B21" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I21" t="s">
         <v>1373</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="J21" t="s">
         <v>1374</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="K21" t="s">
         <v>1375</v>
       </c>
-      <c r="H21" t="s">
+      <c r="L21" t="s">
         <v>1376</v>
       </c>
-      <c r="I21" t="s">
+      <c r="M21" t="s">
         <v>1377</v>
       </c>
-      <c r="J21" t="s">
+      <c r="N21" t="s">
         <v>1378</v>
       </c>
-      <c r="K21" t="s">
+      <c r="O21" t="s">
         <v>1379</v>
       </c>
-      <c r="L21" t="s">
-[...3 lines deleted...]
-        <v>1381</v>
+      <c r="P21" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>1183</v>
       </c>
       <c r="B22" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H22" t="s">
         <v>1382</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>1383</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="J22" t="s">
+        <v>1212</v>
+      </c>
+      <c r="K22" t="s">
         <v>1384</v>
       </c>
-      <c r="H22" t="s">
+      <c r="L22" t="s">
         <v>1385</v>
       </c>
-      <c r="I22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M22" t="s">
-        <v>1390</v>
-[...2 lines deleted...]
-        <v>1391</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>1183</v>
       </c>
       <c r="B23" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1390</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1391</v>
+      </c>
+      <c r="K23" t="s">
         <v>1392</v>
-      </c>
-[...37 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>1183</v>
       </c>
       <c r="B24" t="s">
-        <v>1402</v>
+        <v>1393</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1403</v>
+        <v>1394</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1404</v>
+        <v>1395</v>
       </c>
       <c r="H24" t="s">
-        <v>1405</v>
+        <v>1396</v>
       </c>
       <c r="I24" t="s">
-        <v>1406</v>
+        <v>1397</v>
       </c>
       <c r="J24" t="s">
-        <v>1302</v>
+        <v>1398</v>
       </c>
       <c r="K24" t="s">
-        <v>1407</v>
+        <v>1399</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1400</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1401</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>1183</v>
       </c>
       <c r="B25" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1407</v>
+      </c>
+      <c r="K25" t="s">
         <v>1408</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="L25" t="s">
         <v>1409</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="M25" t="s">
         <v>1410</v>
       </c>
-      <c r="H25" t="s">
+      <c r="N25" t="s">
         <v>1411</v>
       </c>
-      <c r="I25" t="s">
+      <c r="O25" t="s">
         <v>1412</v>
       </c>
-      <c r="J25" t="s">
+      <c r="P25" t="s">
         <v>1413</v>
-      </c>
-[...4 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>1183</v>
       </c>
       <c r="B26" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>1416</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>1417</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>1418</v>
       </c>
-      <c r="H26" t="s">
+      <c r="J26" t="s">
         <v>1419</v>
       </c>
-      <c r="I26" t="s">
+      <c r="K26" t="s">
         <v>1420</v>
       </c>
-      <c r="J26" t="s">
+      <c r="L26" t="s">
         <v>1421</v>
       </c>
-      <c r="K26" t="s">
+      <c r="M26" t="s">
         <v>1422</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1423</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1424</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1183</v>
       </c>
       <c r="B27" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="H27" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="I27" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="J27" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="K27" t="s">
-        <v>1429</v>
+        <v>1431</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1432</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1433</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1434</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1183</v>
       </c>
       <c r="B28" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="H28" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="I28" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="J28" t="s">
-        <v>1321</v>
+        <v>1440</v>
       </c>
       <c r="K28" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="L28" t="s">
-        <v>1436</v>
+        <v>1442</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1443</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1183</v>
       </c>
       <c r="B29" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="H29" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="I29" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="J29" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="K29" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="L29" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="M29" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="N29" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1183</v>
       </c>
       <c r="B30" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="H30" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="I30" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="J30" t="s">
-        <v>1378</v>
+        <v>1265</v>
       </c>
       <c r="K30" t="s">
-        <v>1451</v>
+        <v>1459</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1461</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1462</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1463</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1183</v>
       </c>
       <c r="B31" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="H31" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="I31" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="J31" t="s">
-        <v>214</v>
+        <v>1247</v>
       </c>
       <c r="K31" t="s">
-        <v>1457</v>
-[...2 lines deleted...]
-        <v>1458</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1183</v>
       </c>
       <c r="B32" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1460</v>
+        <v>1471</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1461</v>
+        <v>1472</v>
       </c>
       <c r="H32" t="s">
-        <v>1462</v>
+        <v>1473</v>
       </c>
       <c r="I32" t="s">
-        <v>1463</v>
+        <v>1474</v>
       </c>
       <c r="J32" t="s">
-        <v>1378</v>
+        <v>1475</v>
       </c>
       <c r="K32" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="L32" t="s">
-        <v>1465</v>
-[...11 lines deleted...]
-        <v>1469</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1183</v>
       </c>
       <c r="B33" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="H33" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="I33" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="J33" t="s">
-        <v>1387</v>
+        <v>1483</v>
       </c>
       <c r="K33" t="s">
-        <v>1475</v>
-[...11 lines deleted...]
-        <v>1479</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1183</v>
       </c>
       <c r="B34" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="H34" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="I34" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="J34" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="K34" t="s">
-        <v>1486</v>
-[...13 lines deleted...]
-      <c r="P34" t="s">
         <v>1491</v>
-      </c>
-[...4 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1183</v>
       </c>
       <c r="B35" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>1494</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>1495</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>1496</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
+        <v>1212</v>
+      </c>
+      <c r="K35" t="s">
         <v>1497</v>
       </c>
-      <c r="I35" t="s">
+      <c r="L35" t="s">
         <v>1498</v>
-      </c>
-[...19 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1183</v>
       </c>
       <c r="B36" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1502</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1504</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1505</v>
+      </c>
+      <c r="L36" t="s">
         <v>1506</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="M36" t="s">
         <v>1507</v>
       </c>
-      <c r="F36" t="s">
-[...21 lines deleted...]
-        <v>1513</v>
+      <c r="N36" t="s">
+        <v>1507</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1183</v>
       </c>
       <c r="B37" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
       <c r="H37" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="I37" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="J37" t="s">
-        <v>1519</v>
+        <v>1440</v>
       </c>
       <c r="K37" t="s">
-        <v>1520</v>
-[...17 lines deleted...]
-        <v>1526</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1183</v>
       </c>
       <c r="B38" t="s">
-        <v>1527</v>
+        <v>1514</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1528</v>
+        <v>1515</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1529</v>
+        <v>1516</v>
       </c>
       <c r="H38" t="s">
-        <v>1530</v>
+        <v>1517</v>
       </c>
       <c r="I38" t="s">
-        <v>1531</v>
+        <v>1518</v>
       </c>
       <c r="J38" t="s">
-        <v>1532</v>
+        <v>214</v>
       </c>
       <c r="K38" t="s">
-        <v>1533</v>
+        <v>1519</v>
       </c>
       <c r="L38" t="s">
-        <v>1534</v>
-[...5 lines deleted...]
-        <v>1536</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1183</v>
       </c>
       <c r="B39" t="s">
-        <v>1537</v>
+        <v>1521</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1538</v>
+        <v>1522</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1539</v>
+        <v>1523</v>
       </c>
       <c r="H39" t="s">
-        <v>1540</v>
+        <v>1524</v>
       </c>
       <c r="I39" t="s">
-        <v>1541</v>
+        <v>1525</v>
       </c>
       <c r="J39" t="s">
-        <v>1357</v>
+        <v>1440</v>
       </c>
       <c r="K39" t="s">
-        <v>1542</v>
+        <v>1526</v>
       </c>
       <c r="L39" t="s">
-        <v>1360</v>
+        <v>1527</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1528</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1529</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1530</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1531</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1183</v>
       </c>
       <c r="B40" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1535</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1536</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1449</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1537</v>
+      </c>
+      <c r="L40" t="s">
         <v>1538</v>
       </c>
-      <c r="F40" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M40" t="s">
-        <v>1360</v>
+        <v>1539</v>
       </c>
       <c r="N40" t="s">
-        <v>1361</v>
+        <v>1540</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1541</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1183</v>
       </c>
       <c r="B41" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1547</v>
+      </c>
+      <c r="K41" t="s">
         <v>1548</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="L41" t="s">
         <v>1549</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="M41" t="s">
         <v>1550</v>
       </c>
-      <c r="H41" t="s">
+      <c r="N41" t="s">
         <v>1551</v>
       </c>
-      <c r="I41" t="s">
+      <c r="O41" t="s">
         <v>1552</v>
       </c>
-      <c r="J41" t="s">
+      <c r="P41" t="s">
         <v>1553</v>
       </c>
-      <c r="K41" t="s">
+      <c r="Q41" t="s">
         <v>1554</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1183</v>
       </c>
       <c r="B42" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="H42" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="I42" t="s">
-        <v>1225</v>
+        <v>1560</v>
       </c>
       <c r="J42" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="K42" t="s">
-        <v>1560</v>
+        <v>1562</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1563</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1564</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1565</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1566</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1567</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1183</v>
       </c>
       <c r="B43" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="H43" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="I43" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="J43" t="s">
-        <v>1566</v>
+        <v>1398</v>
       </c>
       <c r="K43" t="s">
-        <v>1567</v>
+        <v>1573</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1574</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1575</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1183</v>
       </c>
       <c r="B44" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="H44" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="I44" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="J44" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="K44" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="L44" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="M44" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="N44" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="O44" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="P44" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="Q44" t="s">
-        <v>1580</v>
-[...29 lines deleted...]
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1183</v>
       </c>
       <c r="B45" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="H45" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="I45" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="J45" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="K45" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="L45" t="s">
-        <v>1595</v>
+        <v>1596</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1597</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1598</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1183</v>
       </c>
       <c r="B46" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="H46" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="I46" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="J46" t="s">
-        <v>1601</v>
+        <v>1419</v>
       </c>
       <c r="K46" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="L46" t="s">
-        <v>1603</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1183</v>
       </c>
       <c r="B47" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>1605</v>
+        <v>1600</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
         <v>1606</v>
       </c>
       <c r="H47" t="s">
         <v>1607</v>
       </c>
       <c r="I47" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K47" t="s">
         <v>1608</v>
       </c>
-      <c r="J47" t="s">
+      <c r="L47" t="s">
         <v>1609</v>
       </c>
-      <c r="K47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M47" t="s">
-        <v>1612</v>
+        <v>1422</v>
       </c>
       <c r="N47" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-        <v>1614</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1183</v>
       </c>
       <c r="B48" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J48" t="s">
         <v>1615</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="K48" t="s">
         <v>1616</v>
-      </c>
-[...25 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1183</v>
       </c>
       <c r="B49" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1625</v>
+        <v>1618</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1626</v>
+        <v>1619</v>
       </c>
       <c r="H49" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="I49" t="s">
-        <v>1565</v>
+        <v>1290</v>
       </c>
       <c r="J49" t="s">
-        <v>1378</v>
+        <v>1621</v>
       </c>
       <c r="K49" t="s">
-        <v>1628</v>
-[...2 lines deleted...]
-        <v>1629</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1183</v>
       </c>
       <c r="B50" t="s">
-        <v>1630</v>
+        <v>1623</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1631</v>
+        <v>1624</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1632</v>
+        <v>1625</v>
       </c>
       <c r="H50" t="s">
-        <v>1633</v>
+        <v>1626</v>
       </c>
       <c r="I50" t="s">
-        <v>1634</v>
+        <v>1627</v>
       </c>
       <c r="J50" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="K50" t="s">
-        <v>1636</v>
-[...11 lines deleted...]
-        <v>1640</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>1183</v>
       </c>
       <c r="B51" t="s">
-        <v>1641</v>
+        <v>1630</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1642</v>
+        <v>1631</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1643</v>
+        <v>1632</v>
       </c>
       <c r="H51" t="s">
-        <v>1644</v>
+        <v>1633</v>
       </c>
       <c r="I51" t="s">
-        <v>1420</v>
+        <v>1634</v>
       </c>
       <c r="J51" t="s">
         <v>1635</v>
       </c>
       <c r="K51" t="s">
-        <v>1645</v>
+        <v>1636</v>
       </c>
       <c r="L51" t="s">
-        <v>1646</v>
-[...5 lines deleted...]
-        <v>1648</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>1183</v>
       </c>
       <c r="B52" t="s">
-        <v>1649</v>
+        <v>1638</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>1650</v>
+        <v>1639</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1651</v>
+        <v>1640</v>
       </c>
       <c r="H52" t="s">
-        <v>1652</v>
+        <v>1641</v>
       </c>
       <c r="I52" t="s">
-        <v>1653</v>
+        <v>1642</v>
       </c>
       <c r="J52" t="s">
-        <v>1654</v>
+        <v>1643</v>
       </c>
       <c r="K52" t="s">
-        <v>1655</v>
+        <v>1644</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1645</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>1183</v>
       </c>
       <c r="B53" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1649</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1650</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1651</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1652</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1654</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1655</v>
+      </c>
+      <c r="O53" t="s">
         <v>1656</v>
-      </c>
-[...28 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>1183</v>
       </c>
       <c r="B54" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1661</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1662</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1663</v>
+      </c>
+      <c r="M54" t="s">
         <v>1664</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="N54" t="s">
         <v>1665</v>
-      </c>
-[...31 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>1183</v>
       </c>
       <c r="B55" t="s">
-        <v>1676</v>
+        <v>1666</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>1677</v>
+        <v>1667</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1678</v>
+        <v>1668</v>
       </c>
       <c r="H55" t="s">
-        <v>1679</v>
+        <v>1669</v>
       </c>
       <c r="I55" t="s">
-        <v>1680</v>
+        <v>1627</v>
       </c>
       <c r="J55" t="s">
-        <v>1681</v>
+        <v>1440</v>
       </c>
       <c r="K55" t="s">
-        <v>1682</v>
+        <v>1670</v>
       </c>
       <c r="L55" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>1684</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>1183</v>
       </c>
       <c r="B56" t="s">
-        <v>1685</v>
+        <v>1672</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>1686</v>
+        <v>1673</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1687</v>
+        <v>1674</v>
       </c>
       <c r="H56" t="s">
-        <v>1688</v>
+        <v>1675</v>
       </c>
       <c r="I56" t="s">
-        <v>1689</v>
+        <v>1676</v>
       </c>
       <c r="J56" t="s">
-        <v>1690</v>
+        <v>1677</v>
       </c>
       <c r="K56" t="s">
-        <v>1691</v>
+        <v>1678</v>
       </c>
       <c r="L56" t="s">
-        <v>1692</v>
+        <v>1679</v>
       </c>
       <c r="M56" t="s">
-        <v>1693</v>
+        <v>1680</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1681</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1682</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>1183</v>
       </c>
       <c r="B57" t="s">
-        <v>1694</v>
+        <v>1683</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>1695</v>
+        <v>1684</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1696</v>
+        <v>1685</v>
       </c>
       <c r="H57" t="s">
-        <v>1697</v>
+        <v>1686</v>
       </c>
       <c r="I57" t="s">
-        <v>1698</v>
+        <v>1482</v>
       </c>
       <c r="J57" t="s">
-        <v>1699</v>
+        <v>1677</v>
       </c>
       <c r="K57" t="s">
-        <v>1700</v>
+        <v>1687</v>
       </c>
       <c r="L57" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="M57" t="s">
-        <v>1702</v>
+        <v>1689</v>
       </c>
       <c r="N57" t="s">
-        <v>1703</v>
-[...11 lines deleted...]
-        <v>1707</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>1183</v>
       </c>
       <c r="B58" t="s">
-        <v>1708</v>
+        <v>1691</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>1709</v>
+        <v>1692</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1710</v>
+        <v>1693</v>
       </c>
       <c r="H58" t="s">
-        <v>1711</v>
+        <v>1694</v>
       </c>
       <c r="I58" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="J58" t="s">
-        <v>1387</v>
+        <v>1696</v>
       </c>
       <c r="K58" t="s">
-        <v>1712</v>
-[...17 lines deleted...]
-        <v>1718</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>1183</v>
       </c>
       <c r="B59" t="s">
-        <v>1719</v>
+        <v>1698</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>1720</v>
+        <v>1699</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1721</v>
+        <v>1700</v>
       </c>
       <c r="H59" t="s">
-        <v>1722</v>
+        <v>1701</v>
       </c>
       <c r="I59" t="s">
-        <v>1723</v>
+        <v>1702</v>
       </c>
       <c r="J59" t="s">
-        <v>1724</v>
+        <v>1703</v>
       </c>
       <c r="K59" t="s">
-        <v>1725</v>
+        <v>1704</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1705</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>1183</v>
       </c>
       <c r="B60" t="s">
-        <v>1726</v>
+        <v>1706</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>1727</v>
+        <v>1707</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1728</v>
+        <v>1708</v>
       </c>
       <c r="H60" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
       <c r="I60" t="s">
-        <v>1730</v>
+        <v>1710</v>
       </c>
       <c r="J60" t="s">
-        <v>1619</v>
+        <v>1711</v>
       </c>
       <c r="K60" t="s">
-        <v>1731</v>
+        <v>1712</v>
       </c>
       <c r="L60" t="s">
-        <v>1732</v>
+        <v>1713</v>
       </c>
       <c r="M60" t="s">
-        <v>1733</v>
+        <v>1714</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1715</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1716</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1717</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>1183</v>
       </c>
       <c r="B61" t="s">
-        <v>1734</v>
+        <v>1718</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>1735</v>
+        <v>1719</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1736</v>
+        <v>1720</v>
       </c>
       <c r="H61" t="s">
-        <v>1737</v>
+        <v>1721</v>
       </c>
       <c r="I61" t="s">
-        <v>1738</v>
+        <v>1722</v>
       </c>
       <c r="J61" t="s">
-        <v>1601</v>
+        <v>1723</v>
       </c>
       <c r="K61" t="s">
-        <v>1739</v>
+        <v>1724</v>
       </c>
       <c r="L61" t="s">
-        <v>1740</v>
+        <v>1725</v>
       </c>
       <c r="M61" t="s">
-        <v>1741</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>1183</v>
       </c>
       <c r="B62" t="s">
-        <v>1742</v>
+        <v>1727</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>1743</v>
+        <v>1728</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1744</v>
+        <v>1729</v>
       </c>
       <c r="H62" t="s">
-        <v>1745</v>
+        <v>1730</v>
       </c>
       <c r="I62" t="s">
-        <v>1746</v>
+        <v>1731</v>
       </c>
       <c r="J62" t="s">
-        <v>1747</v>
+        <v>1732</v>
       </c>
       <c r="K62" t="s">
-        <v>1748</v>
+        <v>1733</v>
       </c>
       <c r="L62" t="s">
-        <v>1749</v>
+        <v>1734</v>
       </c>
       <c r="M62" t="s">
-        <v>1750</v>
-[...11 lines deleted...]
-        <v>1754</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>1183</v>
       </c>
       <c r="B63" t="s">
-        <v>1755</v>
+        <v>1736</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>1756</v>
+        <v>1737</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1757</v>
+        <v>1738</v>
       </c>
       <c r="H63" t="s">
-        <v>1758</v>
+        <v>1739</v>
       </c>
       <c r="I63" t="s">
-        <v>1541</v>
+        <v>1740</v>
       </c>
       <c r="J63" t="s">
-        <v>1759</v>
+        <v>1741</v>
       </c>
       <c r="K63" t="s">
-        <v>1760</v>
+        <v>1742</v>
       </c>
       <c r="L63" t="s">
-        <v>1761</v>
+        <v>1743</v>
       </c>
       <c r="M63" t="s">
-        <v>1762</v>
+        <v>1744</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1745</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1747</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1748</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1749</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>1183</v>
       </c>
       <c r="B64" t="s">
-        <v>1763</v>
+        <v>1750</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1764</v>
+        <v>1751</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1765</v>
+        <v>1752</v>
       </c>
       <c r="H64" t="s">
-        <v>1766</v>
+        <v>1753</v>
       </c>
       <c r="I64" t="s">
-        <v>1767</v>
+        <v>1731</v>
       </c>
       <c r="J64" t="s">
-        <v>1768</v>
+        <v>1449</v>
       </c>
       <c r="K64" t="s">
-        <v>1769</v>
+        <v>1754</v>
       </c>
       <c r="L64" t="s">
-        <v>1770</v>
+        <v>1755</v>
       </c>
       <c r="M64" t="s">
-        <v>1771</v>
+        <v>1756</v>
       </c>
       <c r="N64" t="s">
-        <v>1772</v>
+        <v>1757</v>
       </c>
       <c r="O64" t="s">
-        <v>1773</v>
+        <v>1758</v>
       </c>
       <c r="P64" t="s">
-        <v>1774</v>
+        <v>1759</v>
       </c>
       <c r="Q64" t="s">
-        <v>1775</v>
-[...8 lines deleted...]
-        <v>1778</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>1183</v>
       </c>
       <c r="B65" t="s">
-        <v>1779</v>
+        <v>1761</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>1780</v>
+        <v>1762</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1781</v>
+        <v>1763</v>
       </c>
       <c r="H65" t="s">
-        <v>1782</v>
+        <v>1764</v>
       </c>
       <c r="I65" t="s">
-        <v>1783</v>
+        <v>1765</v>
       </c>
       <c r="J65" t="s">
-        <v>1784</v>
+        <v>1766</v>
       </c>
       <c r="K65" t="s">
-        <v>1785</v>
-[...113 lines deleted...]
-        <v>1823</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>1183</v>
       </c>
       <c r="B66" t="s">
-        <v>1824</v>
+        <v>1768</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>1825</v>
+        <v>1769</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1826</v>
+        <v>1770</v>
       </c>
       <c r="H66" t="s">
-        <v>1827</v>
+        <v>1771</v>
       </c>
       <c r="I66" t="s">
-        <v>1828</v>
+        <v>1772</v>
       </c>
       <c r="J66" t="s">
-        <v>1829</v>
+        <v>1661</v>
       </c>
       <c r="K66" t="s">
-        <v>1830</v>
+        <v>1773</v>
       </c>
       <c r="L66" t="s">
-        <v>1831</v>
+        <v>1774</v>
       </c>
       <c r="M66" t="s">
-        <v>1832</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>1183</v>
       </c>
       <c r="B67" t="s">
-        <v>1833</v>
+        <v>1776</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>1834</v>
+        <v>1777</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1835</v>
+        <v>1778</v>
       </c>
       <c r="H67" t="s">
-        <v>1836</v>
+        <v>1779</v>
       </c>
       <c r="I67" t="s">
-        <v>1837</v>
+        <v>1780</v>
       </c>
       <c r="J67" t="s">
-        <v>1838</v>
+        <v>1643</v>
       </c>
       <c r="K67" t="s">
-        <v>1839</v>
+        <v>1781</v>
       </c>
       <c r="L67" t="s">
-        <v>1840</v>
+        <v>1782</v>
       </c>
       <c r="M67" t="s">
-        <v>1841</v>
-[...20 lines deleted...]
-        <v>1848</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>1183</v>
       </c>
       <c r="B68" t="s">
-        <v>1849</v>
+        <v>1784</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>1850</v>
+        <v>1785</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1851</v>
+        <v>1786</v>
       </c>
       <c r="H68" t="s">
-        <v>1852</v>
+        <v>1787</v>
       </c>
       <c r="I68" t="s">
-        <v>1853</v>
+        <v>1788</v>
       </c>
       <c r="J68" t="s">
-        <v>1854</v>
+        <v>1789</v>
       </c>
       <c r="K68" t="s">
-        <v>1855</v>
+        <v>1790</v>
       </c>
       <c r="L68" t="s">
-        <v>1856</v>
+        <v>1791</v>
       </c>
       <c r="M68" t="s">
-        <v>1857</v>
+        <v>1792</v>
       </c>
       <c r="N68" t="s">
-        <v>1858</v>
+        <v>1793</v>
       </c>
       <c r="O68" t="s">
-        <v>1859</v>
+        <v>1794</v>
       </c>
       <c r="P68" t="s">
-        <v>1860</v>
+        <v>1795</v>
       </c>
       <c r="Q68" t="s">
-        <v>1861</v>
-[...2 lines deleted...]
-        <v>1862</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>1183</v>
       </c>
       <c r="B69" t="s">
-        <v>1863</v>
+        <v>1797</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>1850</v>
+        <v>1798</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1864</v>
+        <v>1799</v>
       </c>
       <c r="H69" t="s">
-        <v>1865</v>
+        <v>1800</v>
       </c>
       <c r="I69" t="s">
-        <v>1866</v>
+        <v>1603</v>
       </c>
       <c r="J69" t="s">
-        <v>1867</v>
+        <v>1801</v>
       </c>
       <c r="K69" t="s">
-        <v>1868</v>
+        <v>1802</v>
       </c>
       <c r="L69" t="s">
-        <v>1869</v>
+        <v>1803</v>
       </c>
       <c r="M69" t="s">
-        <v>1870</v>
-[...8 lines deleted...]
-        <v>1873</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>1183</v>
       </c>
       <c r="B70" t="s">
-        <v>1874</v>
+        <v>1805</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1875</v>
+        <v>1806</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1876</v>
+        <v>1807</v>
       </c>
       <c r="H70" t="s">
-        <v>1877</v>
+        <v>1808</v>
       </c>
       <c r="I70" t="s">
-        <v>1878</v>
+        <v>1809</v>
       </c>
       <c r="J70" t="s">
-        <v>1387</v>
+        <v>1810</v>
       </c>
       <c r="K70" t="s">
-        <v>1879</v>
+        <v>1811</v>
       </c>
       <c r="L70" t="s">
-        <v>1880</v>
+        <v>1812</v>
       </c>
       <c r="M70" t="s">
-        <v>1881</v>
+        <v>1813</v>
       </c>
       <c r="N70" t="s">
-        <v>1882</v>
+        <v>1814</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1815</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1816</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>1817</v>
+      </c>
+      <c r="R70" t="s">
+        <v>1818</v>
+      </c>
+      <c r="S70" t="s">
+        <v>1819</v>
+      </c>
+      <c r="T70" t="s">
+        <v>1820</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>1183</v>
       </c>
       <c r="B71" t="s">
-        <v>1883</v>
+        <v>1821</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>1875</v>
+        <v>1822</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1884</v>
+        <v>1823</v>
       </c>
       <c r="H71" t="s">
-        <v>1885</v>
+        <v>1824</v>
       </c>
       <c r="I71" t="s">
-        <v>1886</v>
+        <v>1825</v>
       </c>
       <c r="J71" t="s">
-        <v>1387</v>
+        <v>1826</v>
       </c>
       <c r="K71" t="s">
-        <v>1887</v>
+        <v>1827</v>
       </c>
       <c r="L71" t="s">
-        <v>1888</v>
+        <v>1828</v>
       </c>
       <c r="M71" t="s">
-        <v>1889</v>
+        <v>1829</v>
       </c>
       <c r="N71" t="s">
-        <v>1890</v>
+        <v>1830</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1831</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1832</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1833</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1834</v>
+      </c>
+      <c r="S71" t="s">
+        <v>1835</v>
+      </c>
+      <c r="T71" t="s">
+        <v>1836</v>
+      </c>
+      <c r="U71" t="s">
+        <v>1837</v>
+      </c>
+      <c r="V71" t="s">
+        <v>1838</v>
+      </c>
+      <c r="W71" t="s">
+        <v>1839</v>
+      </c>
+      <c r="X71" t="s">
+        <v>1840</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>1841</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>1842</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>1843</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>1844</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>1845</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>1846</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>1847</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>1848</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>1849</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>1850</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>1851</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>1852</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>1853</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AN71" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AO71" t="s">
+        <v>1857</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>1858</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>1859</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>1860</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>1861</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>1862</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>1863</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>1864</v>
+      </c>
+      <c r="AW71" t="s">
+        <v>1865</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>1183</v>
       </c>
       <c r="B72" t="s">
-        <v>1891</v>
+        <v>1866</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>1875</v>
+        <v>1867</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1892</v>
+        <v>1868</v>
       </c>
       <c r="H72" t="s">
-        <v>1893</v>
+        <v>1869</v>
       </c>
       <c r="I72" t="s">
-        <v>1894</v>
+        <v>1870</v>
       </c>
       <c r="J72" t="s">
-        <v>1485</v>
+        <v>1871</v>
       </c>
       <c r="K72" t="s">
-        <v>1895</v>
+        <v>1872</v>
       </c>
       <c r="L72" t="s">
-        <v>1896</v>
+        <v>1873</v>
       </c>
       <c r="M72" t="s">
-        <v>1897</v>
-[...2 lines deleted...]
-        <v>1898</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>1183</v>
       </c>
       <c r="B73" t="s">
-        <v>1899</v>
+        <v>1875</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1900</v>
+        <v>1876</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1901</v>
+        <v>1877</v>
       </c>
       <c r="H73" t="s">
-        <v>1902</v>
+        <v>1878</v>
       </c>
       <c r="I73" t="s">
-        <v>1903</v>
+        <v>1879</v>
       </c>
       <c r="J73" t="s">
-        <v>1867</v>
+        <v>1880</v>
       </c>
       <c r="K73" t="s">
-        <v>1904</v>
+        <v>1881</v>
       </c>
       <c r="L73" t="s">
-        <v>1905</v>
+        <v>1882</v>
       </c>
       <c r="M73" t="s">
-        <v>1906</v>
+        <v>1883</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1884</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1885</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1886</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>1887</v>
+      </c>
+      <c r="R73" t="s">
+        <v>1888</v>
+      </c>
+      <c r="S73" t="s">
+        <v>1889</v>
+      </c>
+      <c r="T73" t="s">
+        <v>1890</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>1183</v>
       </c>
       <c r="B74" t="s">
-        <v>1907</v>
+        <v>1891</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>1875</v>
+        <v>1892</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1908</v>
+        <v>1893</v>
       </c>
       <c r="H74" t="s">
-        <v>1909</v>
+        <v>1894</v>
       </c>
       <c r="I74" t="s">
-        <v>1910</v>
+        <v>1895</v>
       </c>
       <c r="J74" t="s">
-        <v>1911</v>
+        <v>1896</v>
       </c>
       <c r="K74" t="s">
-        <v>1912</v>
+        <v>1897</v>
       </c>
       <c r="L74" t="s">
-        <v>1913</v>
+        <v>1898</v>
       </c>
       <c r="M74" t="s">
-        <v>1914</v>
+        <v>1899</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1900</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1901</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1902</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>1903</v>
+      </c>
+      <c r="R74" t="s">
+        <v>1904</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>1183</v>
       </c>
       <c r="B75" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1907</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1908</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1910</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1911</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1912</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1913</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1914</v>
+      </c>
+      <c r="P75" t="s">
         <v>1915</v>
-      </c>
-[...61 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>1183</v>
       </c>
       <c r="B76" t="s">
-        <v>1934</v>
+        <v>1916</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>1935</v>
+        <v>1917</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1936</v>
+        <v>1918</v>
       </c>
       <c r="H76" t="s">
-        <v>1937</v>
+        <v>1919</v>
       </c>
       <c r="I76" t="s">
-        <v>1938</v>
+        <v>1920</v>
       </c>
       <c r="J76" t="s">
-        <v>1939</v>
+        <v>1449</v>
       </c>
       <c r="K76" t="s">
-        <v>1940</v>
+        <v>1921</v>
       </c>
       <c r="L76" t="s">
-        <v>1941</v>
+        <v>1922</v>
       </c>
       <c r="M76" t="s">
-        <v>1942</v>
+        <v>1923</v>
       </c>
       <c r="N76" t="s">
-        <v>1943</v>
-[...8 lines deleted...]
-        <v>1946</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>1183</v>
       </c>
       <c r="B77" t="s">
-        <v>1947</v>
+        <v>1925</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>1948</v>
+        <v>1917</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1949</v>
+        <v>1926</v>
       </c>
       <c r="H77" t="s">
-        <v>1950</v>
+        <v>1927</v>
       </c>
       <c r="I77" t="s">
-        <v>1951</v>
+        <v>1928</v>
       </c>
       <c r="J77" t="s">
-        <v>1952</v>
+        <v>1449</v>
       </c>
       <c r="K77" t="s">
-        <v>1953</v>
+        <v>1929</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1931</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1932</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>1183</v>
       </c>
       <c r="B78" t="s">
-        <v>1954</v>
+        <v>1933</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>1955</v>
+        <v>1917</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1956</v>
+        <v>1934</v>
       </c>
       <c r="H78" t="s">
-        <v>1957</v>
+        <v>1935</v>
       </c>
       <c r="I78" t="s">
-        <v>1958</v>
+        <v>1936</v>
       </c>
       <c r="J78" t="s">
-        <v>1959</v>
+        <v>1547</v>
       </c>
       <c r="K78" t="s">
-        <v>1960</v>
+        <v>1937</v>
       </c>
       <c r="L78" t="s">
-        <v>1961</v>
+        <v>1938</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1939</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1940</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>1183</v>
       </c>
       <c r="B79" t="s">
-        <v>1962</v>
+        <v>1941</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>1963</v>
+        <v>1942</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1964</v>
+        <v>1943</v>
       </c>
       <c r="H79" t="s">
-        <v>1965</v>
+        <v>1944</v>
       </c>
       <c r="I79" t="s">
-        <v>1689</v>
+        <v>1945</v>
       </c>
       <c r="J79" t="s">
-        <v>1966</v>
+        <v>1909</v>
       </c>
       <c r="K79" t="s">
-        <v>1967</v>
+        <v>1946</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1947</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1948</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>1183</v>
       </c>
       <c r="B80" t="s">
-        <v>1968</v>
+        <v>1949</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>1969</v>
+        <v>1917</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="H80" t="s">
-        <v>1971</v>
+        <v>1951</v>
       </c>
       <c r="I80" t="s">
-        <v>1972</v>
+        <v>1952</v>
       </c>
       <c r="J80" t="s">
-        <v>1973</v>
+        <v>1953</v>
       </c>
       <c r="K80" t="s">
-        <v>1974</v>
+        <v>1954</v>
       </c>
       <c r="L80" t="s">
-        <v>1975</v>
+        <v>1955</v>
       </c>
       <c r="M80" t="s">
-        <v>1976</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>1183</v>
       </c>
       <c r="B81" t="s">
-        <v>1977</v>
+        <v>1957</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>1978</v>
+        <v>1958</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1979</v>
+        <v>1959</v>
       </c>
       <c r="H81" t="s">
-        <v>1980</v>
+        <v>1960</v>
       </c>
       <c r="I81" t="s">
-        <v>1356</v>
+        <v>1961</v>
       </c>
       <c r="J81" t="s">
-        <v>1981</v>
+        <v>1962</v>
       </c>
       <c r="K81" t="s">
-        <v>1982</v>
+        <v>1963</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1965</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1966</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1968</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>1969</v>
+      </c>
+      <c r="R81" t="s">
+        <v>1970</v>
+      </c>
+      <c r="S81" t="s">
+        <v>1971</v>
+      </c>
+      <c r="T81" t="s">
+        <v>1972</v>
+      </c>
+      <c r="U81" t="s">
+        <v>1973</v>
+      </c>
+      <c r="V81" t="s">
+        <v>1974</v>
+      </c>
+      <c r="W81" t="s">
+        <v>1975</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>1183</v>
       </c>
       <c r="B82" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1979</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1980</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1981</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L82" t="s">
         <v>1983</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="M82" t="s">
         <v>1984</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="N82" t="s">
         <v>1985</v>
       </c>
-      <c r="H82" t="s">
+      <c r="O82" t="s">
         <v>1986</v>
       </c>
-      <c r="I82" t="s">
+      <c r="P82" t="s">
         <v>1987</v>
       </c>
-      <c r="J82" t="s">
-[...2 lines deleted...]
-      <c r="K82" t="s">
+      <c r="Q82" t="s">
         <v>1988</v>
-      </c>
-[...4 lines deleted...]
-        <v>1990</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>1183</v>
       </c>
       <c r="B83" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
         <v>1991</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>1992</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="I83" t="s">
         <v>1993</v>
       </c>
-      <c r="H83" t="s">
+      <c r="J83" t="s">
         <v>1994</v>
       </c>
-      <c r="I83" t="s">
+      <c r="K83" t="s">
         <v>1995</v>
-      </c>
-[...22 lines deleted...]
-        <v>2003</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>1183</v>
       </c>
       <c r="B84" t="s">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="H84" t="s">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="I84" t="s">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="J84" t="s">
-        <v>1387</v>
+        <v>2001</v>
       </c>
       <c r="K84" t="s">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="L84" t="s">
-        <v>2010</v>
-[...17 lines deleted...]
-        <v>2016</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>1183</v>
       </c>
       <c r="B85" t="s">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="H85" t="s">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="I85" t="s">
-        <v>2021</v>
+        <v>1731</v>
       </c>
       <c r="J85" t="s">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="K85" t="s">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>1183</v>
       </c>
       <c r="B86" t="s">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2026</v>
+        <v>2011</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2027</v>
+        <v>2012</v>
       </c>
       <c r="H86" t="s">
-        <v>2028</v>
+        <v>2013</v>
       </c>
       <c r="I86" t="s">
-        <v>1565</v>
+        <v>2014</v>
       </c>
       <c r="J86" t="s">
-        <v>2029</v>
+        <v>2015</v>
       </c>
       <c r="K86" t="s">
-        <v>2030</v>
+        <v>2016</v>
+      </c>
+      <c r="L86" t="s">
+        <v>2017</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2018</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>1183</v>
       </c>
       <c r="B87" t="s">
-        <v>2031</v>
+        <v>2019</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2032</v>
+        <v>2020</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2033</v>
+        <v>2021</v>
       </c>
       <c r="H87" t="s">
-        <v>2034</v>
+        <v>2022</v>
       </c>
       <c r="I87" t="s">
-        <v>1886</v>
+        <v>1418</v>
       </c>
       <c r="J87" t="s">
-        <v>214</v>
+        <v>2023</v>
       </c>
       <c r="K87" t="s">
-        <v>2035</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>1183</v>
       </c>
       <c r="B88" t="s">
-        <v>2036</v>
+        <v>2025</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2037</v>
+        <v>2026</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2038</v>
+        <v>2027</v>
       </c>
       <c r="H88" t="s">
-        <v>2039</v>
+        <v>2028</v>
       </c>
       <c r="I88" t="s">
-        <v>2040</v>
+        <v>2029</v>
       </c>
       <c r="J88" t="s">
-        <v>2041</v>
+        <v>1962</v>
       </c>
       <c r="K88" t="s">
-        <v>2042</v>
+        <v>2030</v>
       </c>
       <c r="L88" t="s">
-        <v>2043</v>
+        <v>2031</v>
       </c>
       <c r="M88" t="s">
-        <v>2044</v>
-[...2 lines deleted...]
-        <v>2045</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>1183</v>
       </c>
       <c r="B89" t="s">
-        <v>2046</v>
+        <v>2033</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2036</v>
+      </c>
+      <c r="I89" t="s">
         <v>2037</v>
       </c>
-      <c r="F89" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J89" t="s">
-        <v>214</v>
+        <v>2038</v>
       </c>
       <c r="K89" t="s">
-        <v>2050</v>
+        <v>2039</v>
       </c>
       <c r="L89" t="s">
-        <v>2051</v>
+        <v>2040</v>
       </c>
       <c r="M89" t="s">
-        <v>2052</v>
+        <v>2041</v>
       </c>
       <c r="N89" t="s">
-        <v>2053</v>
+        <v>2042</v>
+      </c>
+      <c r="O89" t="s">
+        <v>2043</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2044</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>2045</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>1183</v>
       </c>
       <c r="B90" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2050</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1449</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2051</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2052</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2053</v>
+      </c>
+      <c r="N90" t="s">
         <v>2054</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="O90" t="s">
         <v>2055</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="P90" t="s">
         <v>2056</v>
       </c>
-      <c r="H90" t="s">
+      <c r="Q90" t="s">
         <v>2057</v>
       </c>
-      <c r="I90" t="s">
+      <c r="R90" t="s">
         <v>2058</v>
-      </c>
-[...16 lines deleted...]
-        <v>2064</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>1183</v>
       </c>
       <c r="B91" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K91" t="s">
         <v>2065</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="E91" t="s">
+      <c r="L91" t="s">
         <v>2066</v>
-      </c>
-[...52 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>1183</v>
       </c>
       <c r="B92" t="s">
-        <v>2083</v>
+        <v>2067</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2084</v>
+        <v>2068</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2085</v>
+        <v>2069</v>
       </c>
       <c r="H92" t="s">
-        <v>2086</v>
+        <v>2070</v>
       </c>
       <c r="I92" t="s">
-        <v>2087</v>
+        <v>1627</v>
       </c>
       <c r="J92" t="s">
-        <v>2088</v>
+        <v>2071</v>
       </c>
       <c r="K92" t="s">
-        <v>2089</v>
-[...20 lines deleted...]
-        <v>2096</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>1183</v>
       </c>
       <c r="B93" t="s">
-        <v>2097</v>
+        <v>2073</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2098</v>
+        <v>2074</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2099</v>
+        <v>2075</v>
       </c>
       <c r="H93" t="s">
-        <v>2100</v>
+        <v>2076</v>
       </c>
       <c r="I93" t="s">
-        <v>2101</v>
+        <v>1928</v>
       </c>
       <c r="J93" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="K93" t="s">
-        <v>2102</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>1183</v>
       </c>
       <c r="B94" t="s">
-        <v>2103</v>
+        <v>2078</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2104</v>
+        <v>2079</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2105</v>
+        <v>2080</v>
       </c>
       <c r="H94" t="s">
-        <v>2106</v>
+        <v>2081</v>
       </c>
       <c r="I94" t="s">
-        <v>1886</v>
+        <v>2082</v>
       </c>
       <c r="J94" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="K94" t="s">
-        <v>2107</v>
+        <v>2084</v>
       </c>
       <c r="L94" t="s">
-        <v>2108</v>
+        <v>2085</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2086</v>
+      </c>
+      <c r="N94" t="s">
+        <v>2087</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>1183</v>
       </c>
       <c r="B95" t="s">
-        <v>2109</v>
+        <v>2088</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2104</v>
+        <v>2079</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2110</v>
+        <v>2089</v>
       </c>
       <c r="H95" t="s">
-        <v>2111</v>
+        <v>2090</v>
       </c>
       <c r="I95" t="s">
-        <v>1689</v>
+        <v>2091</v>
       </c>
       <c r="J95" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="K95" t="s">
-        <v>2112</v>
+        <v>2092</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M95" t="s">
+        <v>2094</v>
+      </c>
+      <c r="N95" t="s">
+        <v>2095</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>1183</v>
       </c>
       <c r="B96" t="s">
-        <v>2113</v>
+        <v>2096</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2114</v>
+        <v>2097</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2115</v>
+        <v>2098</v>
       </c>
       <c r="H96" t="s">
-        <v>2116</v>
+        <v>2099</v>
       </c>
       <c r="I96" t="s">
-        <v>2117</v>
+        <v>2100</v>
       </c>
       <c r="J96" t="s">
-        <v>2118</v>
+        <v>2101</v>
       </c>
       <c r="K96" t="s">
-        <v>2119</v>
+        <v>2102</v>
       </c>
       <c r="L96" t="s">
-        <v>2120</v>
+        <v>2103</v>
       </c>
       <c r="M96" t="s">
-        <v>2121</v>
+        <v>2104</v>
       </c>
       <c r="N96" t="s">
-        <v>2122</v>
+        <v>2105</v>
+      </c>
+      <c r="O96" t="s">
+        <v>2106</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>1183</v>
       </c>
       <c r="B97" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2111</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2112</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2113</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2114</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2115</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2116</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2117</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>2118</v>
+      </c>
+      <c r="R97" t="s">
+        <v>2119</v>
+      </c>
+      <c r="S97" t="s">
+        <v>2120</v>
+      </c>
+      <c r="T97" t="s">
+        <v>2121</v>
+      </c>
+      <c r="U97" t="s">
+        <v>2122</v>
+      </c>
+      <c r="V97" t="s">
         <v>2123</v>
       </c>
-      <c r="C97" t="s">
-[...5 lines deleted...]
-      <c r="E97" t="s">
+      <c r="W97" t="s">
         <v>2124</v>
-      </c>
-[...28 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>1183</v>
       </c>
       <c r="B98" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2129</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2130</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2131</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2132</v>
+      </c>
+      <c r="M98" t="s">
         <v>2133</v>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="N98" t="s">
         <v>2134</v>
       </c>
-      <c r="F98" t="s">
-[...2 lines deleted...]
-      <c r="G98" t="s">
+      <c r="O98" t="s">
         <v>2135</v>
       </c>
-      <c r="H98" t="s">
+      <c r="P98" t="s">
         <v>2136</v>
       </c>
-      <c r="I98" t="s">
+      <c r="Q98" t="s">
         <v>2137</v>
       </c>
-      <c r="J98" t="s">
-[...2 lines deleted...]
-      <c r="K98" t="s">
+      <c r="R98" t="s">
         <v>2138</v>
-      </c>
-[...7 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>1183</v>
       </c>
       <c r="B99" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H99" t="s">
         <v>2142</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="I99" t="s">
         <v>2143</v>
       </c>
-      <c r="F99" t="s">
-[...2 lines deleted...]
-      <c r="G99" t="s">
+      <c r="J99" t="s">
+        <v>207</v>
+      </c>
+      <c r="K99" t="s">
         <v>2144</v>
-      </c>
-[...13 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>1183</v>
       </c>
       <c r="B100" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H100" t="s">
         <v>2148</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="I100" t="s">
+        <v>1928</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2130</v>
+      </c>
+      <c r="K100" t="s">
         <v>2149</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="L100" t="s">
         <v>2150</v>
-      </c>
-[...10 lines deleted...]
-        <v>2154</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>1183</v>
       </c>
       <c r="B101" t="s">
-        <v>2155</v>
+        <v>2151</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="H101" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="I101" t="s">
-        <v>2159</v>
+        <v>1731</v>
       </c>
       <c r="J101" t="s">
-        <v>2160</v>
+        <v>207</v>
       </c>
       <c r="K101" t="s">
-        <v>2161</v>
-[...5 lines deleted...]
-        <v>2163</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>1183</v>
       </c>
       <c r="B102" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2160</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2161</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2162</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2163</v>
+      </c>
+      <c r="N102" t="s">
         <v>2164</v>
-      </c>
-[...97 lines deleted...]
-        <v>2194</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>1183</v>
       </c>
       <c r="B103" t="s">
-        <v>2195</v>
+        <v>2165</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2196</v>
+        <v>2166</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>2197</v>
+        <v>2167</v>
       </c>
       <c r="H103" t="s">
-        <v>2198</v>
+        <v>2168</v>
       </c>
       <c r="I103" t="s">
-        <v>2199</v>
+        <v>2169</v>
       </c>
       <c r="J103" t="s">
-        <v>2200</v>
+        <v>214</v>
       </c>
       <c r="K103" t="s">
-        <v>2201</v>
+        <v>2170</v>
       </c>
       <c r="L103" t="s">
-        <v>2202</v>
+        <v>2171</v>
       </c>
       <c r="M103" t="s">
-        <v>2203</v>
+        <v>2172</v>
       </c>
       <c r="N103" t="s">
-        <v>2204</v>
+        <v>2173</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2174</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>1183</v>
       </c>
       <c r="B104" t="s">
-        <v>2205</v>
+        <v>2175</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>2206</v>
+        <v>2176</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>2207</v>
+        <v>2177</v>
       </c>
       <c r="H104" t="s">
-        <v>2208</v>
+        <v>2178</v>
       </c>
       <c r="I104" t="s">
-        <v>1215</v>
+        <v>2179</v>
       </c>
       <c r="J104" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="K104" t="s">
-        <v>2209</v>
+        <v>2180</v>
       </c>
       <c r="L104" t="s">
-        <v>2210</v>
+        <v>2181</v>
       </c>
       <c r="M104" t="s">
-        <v>2211</v>
+        <v>2182</v>
       </c>
       <c r="N104" t="s">
-        <v>2212</v>
-[...2 lines deleted...]
-        <v>2213</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>1183</v>
       </c>
       <c r="B105" t="s">
-        <v>2214</v>
+        <v>2184</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>2206</v>
+        <v>2185</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>2215</v>
+        <v>2186</v>
       </c>
       <c r="H105" t="s">
-        <v>2216</v>
+        <v>2187</v>
       </c>
       <c r="I105" t="s">
-        <v>2217</v>
+        <v>1418</v>
       </c>
       <c r="J105" t="s">
-        <v>1911</v>
+        <v>1440</v>
       </c>
       <c r="K105" t="s">
-        <v>2218</v>
+        <v>2188</v>
       </c>
       <c r="L105" t="s">
-        <v>2219</v>
-[...5 lines deleted...]
-        <v>2221</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>1183</v>
       </c>
       <c r="B106" t="s">
-        <v>2222</v>
+        <v>2190</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>2223</v>
+        <v>2191</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>2224</v>
+        <v>2192</v>
       </c>
       <c r="H106" t="s">
-        <v>2225</v>
+        <v>2193</v>
       </c>
       <c r="I106" t="s">
-        <v>1987</v>
+        <v>2194</v>
       </c>
       <c r="J106" t="s">
-        <v>2226</v>
+        <v>2195</v>
       </c>
       <c r="K106" t="s">
-        <v>2227</v>
-[...8 lines deleted...]
-        <v>2230</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>1183</v>
       </c>
       <c r="B107" t="s">
-        <v>2231</v>
+        <v>2197</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>2232</v>
+        <v>2198</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>2233</v>
+        <v>2199</v>
       </c>
       <c r="H107" t="s">
-        <v>2234</v>
+        <v>2200</v>
       </c>
       <c r="I107" t="s">
-        <v>2235</v>
+        <v>2201</v>
       </c>
       <c r="J107" t="s">
-        <v>2236</v>
+        <v>2202</v>
       </c>
       <c r="K107" t="s">
-        <v>2237</v>
+        <v>2203</v>
       </c>
       <c r="L107" t="s">
-        <v>2238</v>
+        <v>2204</v>
       </c>
       <c r="M107" t="s">
-        <v>2239</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>1183</v>
       </c>
       <c r="B108" t="s">
-        <v>2240</v>
+        <v>2206</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>2241</v>
+        <v>2207</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>2242</v>
+        <v>2208</v>
       </c>
       <c r="H108" t="s">
-        <v>2243</v>
+        <v>2209</v>
       </c>
       <c r="I108" t="s">
-        <v>2244</v>
+        <v>2210</v>
       </c>
       <c r="J108" t="s">
-        <v>2245</v>
+        <v>2211</v>
       </c>
       <c r="K108" t="s">
-        <v>2246</v>
+        <v>2212</v>
       </c>
       <c r="L108" t="s">
-        <v>2247</v>
+        <v>2213</v>
       </c>
       <c r="M108" t="s">
-        <v>2248</v>
+        <v>2214</v>
       </c>
       <c r="N108" t="s">
-        <v>2249</v>
+        <v>2215</v>
+      </c>
+      <c r="O108" t="s">
+        <v>2216</v>
+      </c>
+      <c r="P108" t="s">
+        <v>2217</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>2218</v>
+      </c>
+      <c r="R108" t="s">
+        <v>2219</v>
+      </c>
+      <c r="S108" t="s">
+        <v>2220</v>
+      </c>
+      <c r="T108" t="s">
+        <v>2221</v>
+      </c>
+      <c r="U108" t="s">
+        <v>2222</v>
+      </c>
+      <c r="V108" t="s">
+        <v>2223</v>
+      </c>
+      <c r="W108" t="s">
+        <v>2224</v>
+      </c>
+      <c r="X108" t="s">
+        <v>2225</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>2226</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>2227</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>2228</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>2229</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>2230</v>
+      </c>
+      <c r="AD108" t="s">
+        <v>2231</v>
+      </c>
+      <c r="AE108" t="s">
+        <v>2232</v>
+      </c>
+      <c r="AF108" t="s">
+        <v>2233</v>
+      </c>
+      <c r="AG108" t="s">
+        <v>2234</v>
+      </c>
+      <c r="AH108" t="s">
+        <v>2235</v>
+      </c>
+      <c r="AI108" t="s">
+        <v>2236</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>1183</v>
       </c>
       <c r="B109" t="s">
-        <v>2250</v>
+        <v>2237</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>2251</v>
+        <v>2238</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>2252</v>
+        <v>2239</v>
       </c>
       <c r="H109" t="s">
-        <v>2253</v>
+        <v>2240</v>
       </c>
       <c r="I109" t="s">
-        <v>2254</v>
+        <v>2241</v>
       </c>
       <c r="J109" t="s">
-        <v>1559</v>
+        <v>2242</v>
       </c>
       <c r="K109" t="s">
-        <v>2255</v>
+        <v>2243</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2244</v>
+      </c>
+      <c r="M109" t="s">
+        <v>2245</v>
+      </c>
+      <c r="N109" t="s">
+        <v>2246</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>1183</v>
       </c>
       <c r="B110" t="s">
-        <v>2256</v>
+        <v>2247</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>2257</v>
+        <v>2248</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>2258</v>
+        <v>2249</v>
       </c>
       <c r="H110" t="s">
-        <v>2259</v>
+        <v>2250</v>
       </c>
       <c r="I110" t="s">
-        <v>2152</v>
+        <v>1280</v>
       </c>
       <c r="J110" t="s">
-        <v>1519</v>
+        <v>1581</v>
       </c>
       <c r="K110" t="s">
-        <v>2260</v>
+        <v>2251</v>
+      </c>
+      <c r="L110" t="s">
+        <v>2252</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2253</v>
+      </c>
+      <c r="N110" t="s">
+        <v>2254</v>
+      </c>
+      <c r="O110" t="s">
+        <v>2255</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>1183</v>
       </c>
       <c r="B111" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C111" t="s">
+        <v>11</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2257</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2258</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2259</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2260</v>
+      </c>
+      <c r="L111" t="s">
         <v>2261</v>
       </c>
-      <c r="C111" t="s">
-[...5 lines deleted...]
-      <c r="E111" t="s">
+      <c r="M111" t="s">
         <v>2262</v>
       </c>
-      <c r="F111" t="s">
-[...2 lines deleted...]
-      <c r="G111" t="s">
+      <c r="N111" t="s">
         <v>2263</v>
-      </c>
-[...16 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>1183</v>
       </c>
       <c r="B112" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F112" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2267</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J112" t="s">
+        <v>2268</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2269</v>
+      </c>
+      <c r="L112" t="s">
         <v>2270</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="M112" t="s">
         <v>2271</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" t="s">
+      <c r="N112" t="s">
         <v>2272</v>
-      </c>
-[...25 lines deleted...]
-        <v>2280</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>1183</v>
       </c>
       <c r="B113" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2276</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2277</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2278</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2279</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2280</v>
+      </c>
+      <c r="M113" t="s">
         <v>2281</v>
-      </c>
-[...31 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>1183</v>
       </c>
       <c r="B114" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2286</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2287</v>
+      </c>
+      <c r="K114" t="s">
         <v>2288</v>
       </c>
-      <c r="C114" t="s">
-[...5 lines deleted...]
-      <c r="E114" t="s">
+      <c r="L114" t="s">
         <v>2289</v>
       </c>
-      <c r="F114" t="s">
-[...2 lines deleted...]
-      <c r="G114" t="s">
+      <c r="M114" t="s">
         <v>2290</v>
       </c>
-      <c r="H114" t="s">
+      <c r="N114" t="s">
         <v>2291</v>
-      </c>
-[...16 lines deleted...]
-        <v>2296</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>1183</v>
       </c>
       <c r="B115" t="s">
-        <v>2297</v>
+        <v>2292</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>2298</v>
+        <v>2293</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>2299</v>
+        <v>2294</v>
       </c>
       <c r="H115" t="s">
-        <v>2300</v>
+        <v>2295</v>
       </c>
       <c r="I115" t="s">
-        <v>2301</v>
+        <v>1228</v>
       </c>
       <c r="J115" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="K115" t="s">
-        <v>2302</v>
-[...11 lines deleted...]
-        <v>2306</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>1183</v>
       </c>
       <c r="B116" t="s">
-        <v>2307</v>
+        <v>2297</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>2298</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>2308</v>
+        <v>2299</v>
       </c>
       <c r="H116" t="s">
-        <v>2309</v>
+        <v>2300</v>
       </c>
       <c r="I116" t="s">
-        <v>2310</v>
+        <v>2194</v>
       </c>
       <c r="J116" t="s">
-        <v>2311</v>
+        <v>1581</v>
       </c>
       <c r="K116" t="s">
-        <v>2312</v>
-[...5 lines deleted...]
-        <v>2314</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>1183</v>
       </c>
       <c r="B117" t="s">
-        <v>2315</v>
+        <v>2302</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>2316</v>
+        <v>2303</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>2317</v>
+        <v>2304</v>
       </c>
       <c r="H117" t="s">
-        <v>2318</v>
+        <v>2305</v>
       </c>
       <c r="I117" t="s">
-        <v>2319</v>
+        <v>2306</v>
       </c>
       <c r="J117" t="s">
-        <v>2118</v>
+        <v>2307</v>
       </c>
       <c r="K117" t="s">
-        <v>2320</v>
+        <v>2308</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2309</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2310</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>1183</v>
       </c>
       <c r="B118" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2316</v>
+      </c>
+      <c r="L118" t="s">
+        <v>2317</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2318</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2319</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2320</v>
+      </c>
+      <c r="P118" t="s">
         <v>2321</v>
-      </c>
-[...46 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>1183</v>
       </c>
       <c r="B119" t="s">
-        <v>2334</v>
+        <v>2322</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>2335</v>
+        <v>2323</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>2336</v>
+        <v>2324</v>
       </c>
       <c r="H119" t="s">
-        <v>2337</v>
+        <v>2325</v>
       </c>
       <c r="I119" t="s">
-        <v>1484</v>
+        <v>2082</v>
       </c>
       <c r="J119" t="s">
-        <v>1867</v>
+        <v>1581</v>
       </c>
       <c r="K119" t="s">
-        <v>2338</v>
+        <v>2326</v>
+      </c>
+      <c r="L119" t="s">
+        <v>2327</v>
+      </c>
+      <c r="M119" t="s">
+        <v>2328</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>1183</v>
       </c>
       <c r="B120" t="s">
-        <v>2339</v>
+        <v>2329</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>2340</v>
+        <v>2330</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>2341</v>
+        <v>2331</v>
       </c>
       <c r="H120" t="s">
-        <v>2342</v>
+        <v>2332</v>
       </c>
       <c r="I120" t="s">
-        <v>2343</v>
+        <v>2333</v>
       </c>
       <c r="J120" t="s">
-        <v>2344</v>
+        <v>1661</v>
       </c>
       <c r="K120" t="s">
-        <v>2345</v>
+        <v>2334</v>
       </c>
       <c r="L120" t="s">
-        <v>2346</v>
+        <v>2335</v>
       </c>
       <c r="M120" t="s">
-        <v>2347</v>
+        <v>2336</v>
+      </c>
+      <c r="N120" t="s">
+        <v>2337</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>1183</v>
       </c>
       <c r="B121" t="s">
-        <v>2348</v>
+        <v>2338</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>2349</v>
+        <v>2339</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="H121" t="s">
-        <v>2351</v>
+        <v>2341</v>
       </c>
       <c r="I121" t="s">
-        <v>2352</v>
+        <v>2342</v>
       </c>
       <c r="J121" t="s">
-        <v>1854</v>
+        <v>1661</v>
       </c>
       <c r="K121" t="s">
-        <v>2353</v>
+        <v>2343</v>
       </c>
       <c r="L121" t="s">
-        <v>2354</v>
+        <v>2344</v>
       </c>
       <c r="M121" t="s">
-        <v>2355</v>
+        <v>2345</v>
       </c>
       <c r="N121" t="s">
-        <v>2356</v>
+        <v>2346</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2347</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>1183</v>
       </c>
       <c r="B122" t="s">
-        <v>2357</v>
+        <v>2348</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>2358</v>
+        <v>2339</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>2359</v>
+        <v>2349</v>
       </c>
       <c r="H122" t="s">
-        <v>2360</v>
+        <v>2350</v>
       </c>
       <c r="I122" t="s">
-        <v>2361</v>
+        <v>2351</v>
       </c>
       <c r="J122" t="s">
-        <v>1485</v>
+        <v>2352</v>
       </c>
       <c r="K122" t="s">
-        <v>2362</v>
+        <v>2353</v>
       </c>
       <c r="L122" t="s">
-        <v>2363</v>
+        <v>2354</v>
       </c>
       <c r="M122" t="s">
-        <v>2364</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>1183</v>
       </c>
       <c r="B123" t="s">
-        <v>2365</v>
+        <v>2356</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
         <v>2358</v>
       </c>
-      <c r="F123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H123" t="s">
-        <v>2367</v>
+        <v>2359</v>
       </c>
       <c r="I123" t="s">
-        <v>2368</v>
+        <v>2360</v>
       </c>
       <c r="J123" t="s">
-        <v>1911</v>
+        <v>2160</v>
       </c>
       <c r="K123" t="s">
-        <v>2369</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>1183</v>
       </c>
       <c r="B124" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C124" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2367</v>
+      </c>
+      <c r="L124" t="s">
+        <v>2368</v>
+      </c>
+      <c r="M124" t="s">
+        <v>2369</v>
+      </c>
+      <c r="N124" t="s">
         <v>2370</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="O124" t="s">
         <v>2371</v>
       </c>
-      <c r="F124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="P124" t="s">
         <v>2372</v>
       </c>
-      <c r="H124" t="s">
+      <c r="Q124" t="s">
         <v>2373</v>
       </c>
-      <c r="I124" t="s">
+      <c r="R124" t="s">
         <v>2374</v>
-      </c>
-[...16 lines deleted...]
-        <v>2379</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>1183</v>
       </c>
       <c r="B125" t="s">
-        <v>2380</v>
+        <v>2375</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>2381</v>
+        <v>2376</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>2382</v>
+        <v>2377</v>
       </c>
       <c r="H125" t="s">
-        <v>2383</v>
+        <v>2378</v>
       </c>
       <c r="I125" t="s">
-        <v>1689</v>
+        <v>1546</v>
       </c>
       <c r="J125" t="s">
-        <v>207</v>
+        <v>1909</v>
       </c>
       <c r="K125" t="s">
-        <v>2384</v>
-[...2 lines deleted...]
-        <v>2385</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>1183</v>
       </c>
       <c r="B126" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F126" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2384</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K126" t="s">
         <v>2386</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="L126" t="s">
         <v>2387</v>
       </c>
-      <c r="F126" t="s">
-[...2 lines deleted...]
-      <c r="G126" t="s">
+      <c r="M126" t="s">
         <v>2388</v>
-      </c>
-[...10 lines deleted...]
-        <v>2392</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>1183</v>
       </c>
       <c r="B127" t="s">
+        <v>2389</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2392</v>
+      </c>
+      <c r="I127" t="s">
         <v>2393</v>
       </c>
-      <c r="C127" t="s">
-[...5 lines deleted...]
-      <c r="E127" t="s">
+      <c r="J127" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K127" t="s">
         <v>2394</v>
       </c>
-      <c r="F127" t="s">
-[...2 lines deleted...]
-      <c r="G127" t="s">
+      <c r="L127" t="s">
         <v>2395</v>
       </c>
-      <c r="H127" t="s">
+      <c r="M127" t="s">
         <v>2396</v>
       </c>
-      <c r="I127" t="s">
+      <c r="N127" t="s">
         <v>2397</v>
-      </c>
-[...7 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>1183</v>
       </c>
       <c r="B128" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2399</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H128" t="s">
         <v>2401</v>
       </c>
-      <c r="C128" t="s">
-[...5 lines deleted...]
-      <c r="E128" t="s">
+      <c r="I128" t="s">
         <v>2402</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="J128" t="s">
+        <v>1547</v>
+      </c>
+      <c r="K128" t="s">
         <v>2403</v>
       </c>
-      <c r="H128" t="s">
+      <c r="L128" t="s">
         <v>2404</v>
       </c>
-      <c r="I128" t="s">
-[...5 lines deleted...]
-      <c r="K128" t="s">
+      <c r="M128" t="s">
         <v>2405</v>
-      </c>
-[...4 lines deleted...]
-        <v>2407</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>1183</v>
       </c>
       <c r="B129" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
         <v>2408</v>
       </c>
-      <c r="C129" t="s">
-[...11 lines deleted...]
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>2409</v>
       </c>
-      <c r="H129" t="s">
+      <c r="I129" t="s">
         <v>2410</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>2022</v>
+        <v>1953</v>
       </c>
       <c r="K129" t="s">
         <v>2411</v>
       </c>
       <c r="L129" t="s">
         <v>2412</v>
       </c>
       <c r="M129" t="s">
         <v>2413</v>
       </c>
       <c r="N129" t="s">
         <v>2414</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2415</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>1183</v>
       </c>
       <c r="B130" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="H130" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="I130" t="s">
-        <v>1886</v>
+        <v>1731</v>
       </c>
       <c r="J130" t="s">
-        <v>1829</v>
+        <v>207</v>
       </c>
       <c r="K130" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="L130" t="s">
-        <v>2420</v>
-[...1 lines deleted...]
-      <c r="M130" t="s">
         <v>2421</v>
-      </c>
-[...1 lines deleted...]
-        <v>2422</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>1183</v>
       </c>
       <c r="B131" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
         <v>2423</v>
-      </c>
-[...7 lines deleted...]
-        <v>2416</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
         <v>2424</v>
       </c>
       <c r="H131" t="s">
         <v>2425</v>
       </c>
       <c r="I131" t="s">
         <v>2426</v>
       </c>
       <c r="J131" t="s">
         <v>2427</v>
       </c>
       <c r="K131" t="s">
         <v>2428</v>
-      </c>
-[...1 lines deleted...]
-        <v>2429</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>1183</v>
       </c>
       <c r="B132" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
         <v>2430</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
         <v>2431</v>
       </c>
-      <c r="F132" t="s">
-[...2 lines deleted...]
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>2432</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
         <v>2433</v>
       </c>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J132" t="s">
-        <v>1485</v>
+        <v>2434</v>
       </c>
       <c r="K132" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="L132" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>1183</v>
       </c>
       <c r="B133" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="H133" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="I133" t="s">
-        <v>2440</v>
+        <v>1373</v>
       </c>
       <c r="J133" t="s">
-        <v>2427</v>
+        <v>2307</v>
       </c>
       <c r="K133" t="s">
         <v>2441</v>
       </c>
       <c r="L133" t="s">
         <v>2442</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2443</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>1183</v>
       </c>
       <c r="B134" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
         <v>2445</v>
       </c>
       <c r="H134" t="s">
         <v>2446</v>
       </c>
       <c r="I134" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K134" t="s">
         <v>2447</v>
       </c>
-      <c r="J134" t="s">
+      <c r="L134" t="s">
         <v>2448</v>
       </c>
-      <c r="K134" t="s">
+      <c r="M134" t="s">
         <v>2449</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2450</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>1183</v>
       </c>
       <c r="B135" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="H135" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="I135" t="s">
-        <v>2454</v>
+        <v>1928</v>
       </c>
       <c r="J135" t="s">
-        <v>2427</v>
+        <v>1871</v>
       </c>
       <c r="K135" t="s">
         <v>2455</v>
       </c>
       <c r="L135" t="s">
         <v>2456</v>
+      </c>
+      <c r="M135" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N135" t="s">
+        <v>2458</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>1183</v>
       </c>
       <c r="B136" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="H136" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
       <c r="I136" t="s">
-        <v>2461</v>
+        <v>1772</v>
       </c>
       <c r="J136" t="s">
-        <v>1378</v>
+        <v>1547</v>
       </c>
       <c r="K136" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="L136" t="s">
-        <v>2463</v>
-[...1 lines deleted...]
-      <c r="M136" t="s">
         <v>2464</v>
-      </c>
-[...4 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>1183</v>
       </c>
       <c r="B137" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
         <v>2467</v>
       </c>
-      <c r="C137" t="s">
-[...5 lines deleted...]
-      <c r="E137" t="s">
+      <c r="H137" t="s">
         <v>2468</v>
       </c>
-      <c r="F137" t="s">
-[...2 lines deleted...]
-      <c r="G137" t="s">
+      <c r="I137" t="s">
         <v>2469</v>
       </c>
-      <c r="H137" t="s">
+      <c r="J137" t="s">
+        <v>1220</v>
+      </c>
+      <c r="K137" t="s">
         <v>2470</v>
       </c>
-      <c r="I137" t="s">
+      <c r="L137" t="s">
         <v>2471</v>
-      </c>
-[...19 lines deleted...]
-        <v>2478</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>1183</v>
       </c>
       <c r="B138" t="s">
-        <v>2479</v>
+        <v>2472</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>2468</v>
+        <v>2473</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>2480</v>
+        <v>2474</v>
       </c>
       <c r="H138" t="s">
-        <v>2481</v>
+        <v>2475</v>
       </c>
       <c r="I138" t="s">
-        <v>1723</v>
+        <v>2476</v>
       </c>
       <c r="J138" t="s">
-        <v>1911</v>
+        <v>2477</v>
       </c>
       <c r="K138" t="s">
-        <v>2482</v>
-[...14 lines deleted...]
-        <v>2487</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>1183</v>
       </c>
       <c r="B139" t="s">
-        <v>2488</v>
+        <v>2479</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>2489</v>
+        <v>2480</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>2490</v>
+        <v>2481</v>
       </c>
       <c r="H139" t="s">
-        <v>2491</v>
+        <v>2482</v>
       </c>
       <c r="I139" t="s">
-        <v>1484</v>
+        <v>2483</v>
       </c>
       <c r="J139" t="s">
-        <v>207</v>
+        <v>1220</v>
       </c>
       <c r="K139" t="s">
-        <v>2492</v>
+        <v>2484</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2485</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>1183</v>
       </c>
       <c r="B140" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2487</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2489</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1440</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2491</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2492</v>
+      </c>
+      <c r="M140" t="s">
         <v>2493</v>
       </c>
-      <c r="C140" t="s">
-[...5 lines deleted...]
-      <c r="E140" t="s">
+      <c r="N140" t="s">
         <v>2494</v>
       </c>
-      <c r="F140" t="s">
-[...2 lines deleted...]
-      <c r="G140" t="s">
+      <c r="O140" t="s">
         <v>2495</v>
-      </c>
-[...10 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>1183</v>
       </c>
       <c r="B141" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2497</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
         <v>2498</v>
       </c>
-      <c r="C141" t="s">
-[...11 lines deleted...]
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>2499</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>2500</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>2153</v>
+        <v>2501</v>
       </c>
       <c r="K141" t="s">
-        <v>2501</v>
+        <v>2502</v>
+      </c>
+      <c r="L141" t="s">
+        <v>2503</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2504</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2505</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2506</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2507</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>1183</v>
       </c>
       <c r="B142" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>2503</v>
+        <v>2497</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="H142" t="s">
-        <v>2505</v>
+        <v>2510</v>
       </c>
       <c r="I142" t="s">
-        <v>2506</v>
+        <v>1765</v>
       </c>
       <c r="J142" t="s">
-        <v>1485</v>
+        <v>1953</v>
       </c>
       <c r="K142" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="L142" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="M142" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="N142" t="s">
-        <v>2510</v>
+        <v>2514</v>
+      </c>
+      <c r="O142" t="s">
+        <v>2515</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2516</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>1183</v>
       </c>
       <c r="B143" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>2513</v>
+        <v>2519</v>
       </c>
       <c r="H143" t="s">
-        <v>2514</v>
+        <v>2520</v>
       </c>
       <c r="I143" t="s">
-        <v>2515</v>
+        <v>1546</v>
       </c>
       <c r="J143" t="s">
-        <v>2516</v>
+        <v>207</v>
       </c>
       <c r="K143" t="s">
-        <v>2517</v>
-[...5 lines deleted...]
-        <v>2519</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>1183</v>
       </c>
       <c r="B144" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="H144" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="I144" t="s">
-        <v>1653</v>
+        <v>1228</v>
       </c>
       <c r="J144" t="s">
-        <v>2524</v>
+        <v>1581</v>
       </c>
       <c r="K144" t="s">
-        <v>2525</v>
-[...1 lines deleted...]
-      <c r="L144" t="s">
         <v>2526</v>
-      </c>
-[...10 lines deleted...]
-        <v>2530</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>1183</v>
       </c>
       <c r="B145" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>2532</v>
+        <v>2523</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>2533</v>
+        <v>2528</v>
       </c>
       <c r="H145" t="s">
-        <v>2534</v>
+        <v>2529</v>
       </c>
       <c r="I145" t="s">
-        <v>2535</v>
+        <v>1228</v>
       </c>
       <c r="J145" t="s">
-        <v>2536</v>
+        <v>2195</v>
       </c>
       <c r="K145" t="s">
-        <v>2537</v>
-[...8 lines deleted...]
-        <v>2540</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>1183</v>
       </c>
       <c r="B146" t="s">
-        <v>2541</v>
+        <v>2531</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>2542</v>
+        <v>2532</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>2543</v>
+        <v>2533</v>
       </c>
       <c r="H146" t="s">
-        <v>2544</v>
+        <v>2534</v>
       </c>
       <c r="I146" t="s">
-        <v>1215</v>
+        <v>2535</v>
       </c>
       <c r="J146" t="s">
-        <v>2391</v>
+        <v>1547</v>
       </c>
       <c r="K146" t="s">
-        <v>2545</v>
+        <v>2536</v>
       </c>
       <c r="L146" t="s">
-        <v>2546</v>
+        <v>2537</v>
       </c>
       <c r="M146" t="s">
-        <v>2547</v>
+        <v>2538</v>
       </c>
       <c r="N146" t="s">
-        <v>2548</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>1183</v>
       </c>
       <c r="B147" t="s">
-        <v>2549</v>
+        <v>2540</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>2550</v>
+        <v>2541</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>2551</v>
+        <v>2542</v>
       </c>
       <c r="H147" t="s">
-        <v>2552</v>
+        <v>2543</v>
       </c>
       <c r="I147" t="s">
-        <v>1215</v>
+        <v>2544</v>
       </c>
       <c r="J147" t="s">
-        <v>1973</v>
+        <v>2545</v>
       </c>
       <c r="K147" t="s">
-        <v>2553</v>
+        <v>2546</v>
       </c>
       <c r="L147" t="s">
-        <v>2554</v>
+        <v>2547</v>
       </c>
       <c r="M147" t="s">
-        <v>2555</v>
-[...5 lines deleted...]
-        <v>2557</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>1183</v>
       </c>
       <c r="B148" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2552</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J148" t="s">
+        <v>2553</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2554</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2555</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2556</v>
+      </c>
+      <c r="N148" t="s">
+        <v>2557</v>
+      </c>
+      <c r="O148" t="s">
         <v>2558</v>
       </c>
-      <c r="C148" t="s">
-[...11 lines deleted...]
-      <c r="G148" t="s">
+      <c r="P148" t="s">
         <v>2559</v>
-      </c>
-[...16 lines deleted...]
-        <v>2564</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>1183</v>
       </c>
       <c r="B149" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2563</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2564</v>
+      </c>
+      <c r="J149" t="s">
         <v>2565</v>
       </c>
-      <c r="C149" t="s">
-[...11 lines deleted...]
-      <c r="G149" t="s">
+      <c r="K149" t="s">
         <v>2566</v>
       </c>
-      <c r="H149" t="s">
+      <c r="L149" t="s">
         <v>2567</v>
       </c>
-      <c r="I149" t="s">
+      <c r="M149" t="s">
         <v>2568</v>
       </c>
-      <c r="J149" t="s">
-[...2 lines deleted...]
-      <c r="K149" t="s">
+      <c r="N149" t="s">
         <v>2569</v>
-      </c>
-[...4 lines deleted...]
-        <v>2571</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>1183</v>
       </c>
       <c r="B150" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
         <v>2572</v>
       </c>
-      <c r="C150" t="s">
-[...11 lines deleted...]
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>2573</v>
       </c>
-      <c r="H150" t="s">
+      <c r="I150" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J150" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K150" t="s">
         <v>2574</v>
       </c>
-      <c r="I150" t="s">
-[...5 lines deleted...]
-      <c r="K150" t="s">
+      <c r="L150" t="s">
         <v>2575</v>
       </c>
-      <c r="L150" t="s">
+      <c r="M150" t="s">
         <v>2576</v>
       </c>
-      <c r="M150" t="s">
+      <c r="N150" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>1183</v>
       </c>
       <c r="B151" t="s">
         <v>2578</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>2579</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
         <v>2580</v>
       </c>
       <c r="H151" t="s">
         <v>2581</v>
       </c>
       <c r="I151" t="s">
-        <v>2254</v>
+        <v>1280</v>
       </c>
       <c r="J151" t="s">
-        <v>207</v>
+        <v>2015</v>
       </c>
       <c r="K151" t="s">
         <v>2582</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2583</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2584</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2585</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2586</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>1183</v>
       </c>
       <c r="B152" t="s">
-        <v>2583</v>
+        <v>2587</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>2584</v>
+        <v>2571</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="H152" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I152" t="s">
-        <v>2254</v>
+        <v>2590</v>
       </c>
       <c r="J152" t="s">
-        <v>1601</v>
+        <v>1909</v>
       </c>
       <c r="K152" t="s">
-        <v>2587</v>
+        <v>2591</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2592</v>
+      </c>
+      <c r="M152" t="s">
+        <v>2593</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>1183</v>
       </c>
       <c r="B153" t="s">
-        <v>2588</v>
+        <v>2594</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>2589</v>
+        <v>2571</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="H153" t="s">
-        <v>2591</v>
+        <v>2596</v>
       </c>
       <c r="I153" t="s">
-        <v>1689</v>
+        <v>2597</v>
       </c>
       <c r="J153" t="s">
-        <v>2153</v>
+        <v>2427</v>
       </c>
       <c r="K153" t="s">
-        <v>2592</v>
+        <v>2598</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2599</v>
+      </c>
+      <c r="M153" t="s">
+        <v>2600</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>1183</v>
       </c>
       <c r="B154" t="s">
-        <v>2593</v>
+        <v>2601</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>2594</v>
+        <v>2571</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>2595</v>
+        <v>2602</v>
       </c>
       <c r="H154" t="s">
-        <v>2596</v>
+        <v>2603</v>
       </c>
       <c r="I154" t="s">
-        <v>1886</v>
+        <v>1290</v>
       </c>
       <c r="J154" t="s">
-        <v>2391</v>
+        <v>1909</v>
       </c>
       <c r="K154" t="s">
-        <v>2597</v>
+        <v>2604</v>
+      </c>
+      <c r="L154" t="s">
+        <v>2605</v>
+      </c>
+      <c r="M154" t="s">
+        <v>2606</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>1183</v>
       </c>
       <c r="B155" t="s">
-        <v>2598</v>
+        <v>2607</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>2599</v>
+        <v>2608</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>2600</v>
+        <v>2609</v>
       </c>
       <c r="H155" t="s">
-        <v>2601</v>
+        <v>2610</v>
       </c>
       <c r="I155" t="s">
-        <v>2602</v>
+        <v>1731</v>
       </c>
       <c r="J155" t="s">
-        <v>187</v>
+        <v>2195</v>
       </c>
       <c r="K155" t="s">
-        <v>2603</v>
-[...2 lines deleted...]
-        <v>2604</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>1183</v>
       </c>
       <c r="B156" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>2606</v>
+        <v>2613</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>2607</v>
+        <v>2614</v>
       </c>
       <c r="H156" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="I156" t="s">
-        <v>2609</v>
+        <v>1928</v>
       </c>
       <c r="J156" t="s">
-        <v>1939</v>
+        <v>2427</v>
       </c>
       <c r="K156" t="s">
-        <v>2610</v>
-[...8 lines deleted...]
-        <v>2613</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>1183</v>
       </c>
       <c r="B157" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="H157" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="I157" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="J157" t="s">
-        <v>2619</v>
+        <v>187</v>
       </c>
       <c r="K157" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="L157" t="s">
-        <v>2621</v>
-[...4 lines deleted...]
-      <c r="N157" t="s">
         <v>2623</v>
-      </c>
-[...1 lines deleted...]
-        <v>2624</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>1183</v>
       </c>
       <c r="B158" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
         <v>2625</v>
       </c>
-      <c r="C158" t="s">
-[...5 lines deleted...]
-      <c r="E158" t="s">
+      <c r="F158" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" t="s">
         <v>2626</v>
       </c>
-      <c r="F158" t="s">
-[...2 lines deleted...]
-      <c r="G158" t="s">
+      <c r="H158" t="s">
         <v>2627</v>
       </c>
-      <c r="H158" t="s">
+      <c r="I158" t="s">
         <v>2628</v>
       </c>
-      <c r="I158" t="s">
+      <c r="J158" t="s">
+        <v>1981</v>
+      </c>
+      <c r="K158" t="s">
         <v>2629</v>
       </c>
-      <c r="J158" t="s">
-[...2 lines deleted...]
-      <c r="K158" t="s">
+      <c r="L158" t="s">
         <v>2630</v>
       </c>
-      <c r="L158" t="s">
+      <c r="M158" t="s">
         <v>2631</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2632</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>1183</v>
       </c>
       <c r="B159" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="H159" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="I159" t="s">
-        <v>2152</v>
+        <v>2637</v>
       </c>
       <c r="J159" t="s">
-        <v>1619</v>
+        <v>2638</v>
       </c>
       <c r="K159" t="s">
-        <v>2636</v>
+        <v>2639</v>
       </c>
       <c r="L159" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="M159" t="s">
-        <v>2638</v>
+        <v>2641</v>
+      </c>
+      <c r="N159" t="s">
+        <v>2642</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2643</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>1183</v>
       </c>
       <c r="B160" t="s">
-        <v>2639</v>
+        <v>2644</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>2640</v>
+        <v>2645</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>2641</v>
+        <v>2646</v>
       </c>
       <c r="H160" t="s">
-        <v>2642</v>
+        <v>2647</v>
       </c>
       <c r="I160" t="s">
-        <v>2643</v>
+        <v>2648</v>
       </c>
       <c r="J160" t="s">
-        <v>2427</v>
+        <v>1661</v>
       </c>
       <c r="K160" t="s">
-        <v>2644</v>
+        <v>2649</v>
       </c>
       <c r="L160" t="s">
-        <v>2645</v>
-[...8 lines deleted...]
-        <v>2648</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>1183</v>
       </c>
       <c r="B161" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="H161" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="I161" t="s">
-        <v>2643</v>
+        <v>2194</v>
       </c>
       <c r="J161" t="s">
-        <v>2653</v>
+        <v>1661</v>
       </c>
       <c r="K161" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="L161" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="M161" t="s">
-        <v>2656</v>
-[...1 lines deleted...]
-      <c r="N161" t="s">
         <v>2657</v>
-      </c>
-[...37 lines deleted...]
-        <v>2669</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>1183</v>
       </c>
       <c r="B162" t="s">
-        <v>2670</v>
+        <v>2658</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>2671</v>
+        <v>2659</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>2672</v>
+        <v>2660</v>
       </c>
       <c r="H162" t="s">
-        <v>2673</v>
+        <v>2661</v>
       </c>
       <c r="I162" t="s">
-        <v>2643</v>
+        <v>2662</v>
       </c>
       <c r="J162" t="s">
-        <v>2153</v>
+        <v>1220</v>
       </c>
       <c r="K162" t="s">
-        <v>2674</v>
+        <v>2663</v>
       </c>
       <c r="L162" t="s">
-        <v>2675</v>
+        <v>2664</v>
       </c>
       <c r="M162" t="s">
-        <v>2676</v>
+        <v>2665</v>
+      </c>
+      <c r="N162" t="s">
+        <v>2666</v>
+      </c>
+      <c r="O162" t="s">
+        <v>2667</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>1183</v>
       </c>
       <c r="B163" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2671</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2662</v>
+      </c>
+      <c r="J163" t="s">
+        <v>2672</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2673</v>
+      </c>
+      <c r="L163" t="s">
+        <v>2674</v>
+      </c>
+      <c r="M163" t="s">
+        <v>2675</v>
+      </c>
+      <c r="N163" t="s">
+        <v>2676</v>
+      </c>
+      <c r="O163" t="s">
         <v>2677</v>
       </c>
-      <c r="C163" t="s">
-[...5 lines deleted...]
-      <c r="E163" t="s">
+      <c r="P163" t="s">
         <v>2678</v>
       </c>
-      <c r="F163" t="s">
-[...2 lines deleted...]
-      <c r="G163" t="s">
+      <c r="Q163" t="s">
         <v>2679</v>
       </c>
-      <c r="H163" t="s">
+      <c r="R163" t="s">
         <v>2680</v>
       </c>
-      <c r="I163" t="s">
-[...5 lines deleted...]
-      <c r="K163" t="s">
+      <c r="S163" t="s">
         <v>2681</v>
       </c>
-      <c r="L163" t="s">
+      <c r="T163" t="s">
         <v>2682</v>
+      </c>
+      <c r="U163" t="s">
+        <v>2683</v>
+      </c>
+      <c r="V163" t="s">
+        <v>2684</v>
+      </c>
+      <c r="W163" t="s">
+        <v>2685</v>
+      </c>
+      <c r="X163" t="s">
+        <v>2686</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>2673</v>
+      </c>
+      <c r="Z163" t="s">
+        <v>2687</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>2688</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>1183</v>
       </c>
       <c r="B164" t="s">
-        <v>2683</v>
+        <v>2689</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>2684</v>
+        <v>2690</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>2685</v>
+        <v>2691</v>
       </c>
       <c r="H164" t="s">
-        <v>2686</v>
+        <v>2692</v>
       </c>
       <c r="I164" t="s">
-        <v>2643</v>
+        <v>2662</v>
       </c>
       <c r="J164" t="s">
-        <v>2687</v>
+        <v>2195</v>
       </c>
       <c r="K164" t="s">
-        <v>2688</v>
+        <v>2693</v>
+      </c>
+      <c r="L164" t="s">
+        <v>2694</v>
+      </c>
+      <c r="M164" t="s">
+        <v>2695</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>1183</v>
       </c>
       <c r="B165" t="s">
-        <v>2689</v>
+        <v>2696</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>2684</v>
+        <v>2697</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>2690</v>
+        <v>2698</v>
       </c>
       <c r="H165" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="I165" t="s">
-        <v>2692</v>
+        <v>2662</v>
       </c>
       <c r="J165" t="s">
-        <v>2687</v>
+        <v>2008</v>
       </c>
       <c r="K165" t="s">
-        <v>2693</v>
+        <v>2700</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2701</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>1183</v>
       </c>
       <c r="B166" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="H166" t="s">
-        <v>2697</v>
+        <v>2705</v>
       </c>
       <c r="I166" t="s">
-        <v>2643</v>
+        <v>2662</v>
       </c>
       <c r="J166" t="s">
-        <v>2687</v>
+        <v>2706</v>
       </c>
       <c r="K166" t="s">
-        <v>2698</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>1183</v>
       </c>
       <c r="B167" t="s">
-        <v>2699</v>
+        <v>2708</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>2701</v>
+        <v>2709</v>
       </c>
       <c r="H167" t="s">
-        <v>2702</v>
+        <v>2710</v>
       </c>
       <c r="I167" t="s">
-        <v>1951</v>
+        <v>2711</v>
       </c>
       <c r="J167" t="s">
-        <v>2398</v>
+        <v>2706</v>
       </c>
       <c r="K167" t="s">
-        <v>2703</v>
-[...2 lines deleted...]
-        <v>2704</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>1183</v>
       </c>
       <c r="B168" t="s">
-        <v>2705</v>
+        <v>2713</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2662</v>
+      </c>
+      <c r="J168" t="s">
         <v>2706</v>
       </c>
-      <c r="F168" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K168" t="s">
-        <v>2709</v>
-[...14 lines deleted...]
-        <v>2714</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>1183</v>
       </c>
       <c r="B169" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>2700</v>
+        <v>2719</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
       <c r="H169" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
       <c r="I169" t="s">
-        <v>2718</v>
+        <v>1993</v>
       </c>
       <c r="J169" t="s">
-        <v>2153</v>
+        <v>2434</v>
       </c>
       <c r="K169" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
       <c r="L169" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>1183</v>
       </c>
       <c r="B170" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
       <c r="H170" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="I170" t="s">
-        <v>2692</v>
+        <v>2662</v>
       </c>
       <c r="J170" t="s">
-        <v>1911</v>
+        <v>2427</v>
       </c>
       <c r="K170" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="L170" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
       <c r="M170" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="N170" t="s">
-        <v>2728</v>
+        <v>2731</v>
+      </c>
+      <c r="O170" t="s">
+        <v>2732</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2733</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>1183</v>
       </c>
       <c r="B171" t="s">
-        <v>2729</v>
+        <v>2734</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>2730</v>
+        <v>2719</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>2731</v>
+        <v>2735</v>
       </c>
       <c r="H171" t="s">
-        <v>2732</v>
+        <v>2736</v>
       </c>
       <c r="I171" t="s">
-        <v>1951</v>
+        <v>2737</v>
       </c>
       <c r="J171" t="s">
-        <v>2153</v>
+        <v>2195</v>
       </c>
       <c r="K171" t="s">
-        <v>2733</v>
+        <v>2738</v>
       </c>
       <c r="L171" t="s">
-        <v>2734</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>1183</v>
       </c>
       <c r="B172" t="s">
-        <v>2735</v>
+        <v>2740</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>2736</v>
+        <v>2741</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>2737</v>
+        <v>2742</v>
       </c>
       <c r="H172" t="s">
-        <v>2738</v>
+        <v>2743</v>
       </c>
       <c r="I172" t="s">
-        <v>2739</v>
+        <v>2711</v>
       </c>
       <c r="J172" t="s">
-        <v>2740</v>
+        <v>1953</v>
       </c>
       <c r="K172" t="s">
-        <v>2741</v>
+        <v>2744</v>
+      </c>
+      <c r="L172" t="s">
+        <v>2745</v>
+      </c>
+      <c r="M172" t="s">
+        <v>2746</v>
+      </c>
+      <c r="N172" t="s">
+        <v>2747</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>1183</v>
       </c>
       <c r="B173" t="s">
-        <v>2742</v>
+        <v>2748</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>2743</v>
+        <v>2749</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>2744</v>
+        <v>2750</v>
       </c>
       <c r="H173" t="s">
-        <v>2745</v>
+        <v>2751</v>
       </c>
       <c r="I173" t="s">
-        <v>2746</v>
+        <v>1993</v>
       </c>
       <c r="J173" t="s">
-        <v>2747</v>
+        <v>2195</v>
       </c>
       <c r="K173" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="L173" t="s">
-        <v>2749</v>
-[...2 lines deleted...]
-        <v>2750</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>1183</v>
       </c>
       <c r="B174" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
       <c r="H174" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
       <c r="I174" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
       <c r="J174" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
       <c r="K174" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>1183</v>
       </c>
       <c r="B175" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
       <c r="H175" t="s">
-        <v>2761</v>
+        <v>2764</v>
       </c>
       <c r="I175" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
       <c r="J175" t="s">
-        <v>2763</v>
+        <v>2766</v>
       </c>
       <c r="K175" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="L175" t="s">
-        <v>2765</v>
+        <v>2768</v>
+      </c>
+      <c r="M175" t="s">
+        <v>2769</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>1183</v>
       </c>
       <c r="B176" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="H176" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="I176" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="J176" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="K176" t="s">
-        <v>2772</v>
-[...2 lines deleted...]
-        <v>2773</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>1183</v>
       </c>
       <c r="B177" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
       <c r="H177" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
       <c r="I177" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
       <c r="J177" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="K177" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="L177" t="s">
-        <v>2781</v>
-[...2 lines deleted...]
-        <v>2782</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>1183</v>
       </c>
       <c r="B178" t="s">
-        <v>2783</v>
+        <v>2785</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>2784</v>
+        <v>2786</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>2785</v>
+        <v>2787</v>
       </c>
       <c r="H178" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
       <c r="I178" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="J178" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="K178" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="L178" t="s">
-        <v>2790</v>
-[...4 lines deleted...]
-      <c r="N178" t="s">
         <v>2792</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>1183</v>
       </c>
       <c r="B179" t="s">
         <v>2793</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>2794</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
         <v>2795</v>
       </c>
       <c r="H179" t="s">
         <v>2796</v>
       </c>
       <c r="I179" t="s">
-        <v>2739</v>
+        <v>2797</v>
       </c>
       <c r="J179" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="K179" t="s">
-        <v>2798</v>
+        <v>2799</v>
+      </c>
+      <c r="L179" t="s">
+        <v>2800</v>
+      </c>
+      <c r="M179" t="s">
+        <v>2801</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>1183</v>
       </c>
       <c r="B180" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="H180" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="I180" t="s">
-        <v>2310</v>
+        <v>2806</v>
       </c>
       <c r="J180" t="s">
-        <v>2803</v>
+        <v>2807</v>
       </c>
       <c r="K180" t="s">
-        <v>2804</v>
+        <v>2808</v>
+      </c>
+      <c r="L180" t="s">
+        <v>2809</v>
+      </c>
+      <c r="M180" t="s">
+        <v>2810</v>
+      </c>
+      <c r="N180" t="s">
+        <v>2811</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>1183</v>
       </c>
       <c r="B181" t="s">
-        <v>2805</v>
+        <v>2812</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>2806</v>
+        <v>2813</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>2807</v>
+        <v>2814</v>
       </c>
       <c r="H181" t="s">
-        <v>2808</v>
+        <v>2815</v>
       </c>
       <c r="I181" t="s">
-        <v>2368</v>
+        <v>2758</v>
       </c>
       <c r="J181" t="s">
-        <v>2809</v>
+        <v>2816</v>
       </c>
       <c r="K181" t="s">
-        <v>2810</v>
-[...2 lines deleted...]
-        <v>2811</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>1183</v>
       </c>
       <c r="B182" t="s">
-        <v>2812</v>
+        <v>2818</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>2813</v>
+        <v>2819</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>2814</v>
+        <v>2820</v>
       </c>
       <c r="H182" t="s">
-        <v>2815</v>
+        <v>2821</v>
       </c>
       <c r="I182" t="s">
-        <v>1225</v>
+        <v>2351</v>
       </c>
       <c r="J182" t="s">
-        <v>2816</v>
+        <v>2822</v>
       </c>
       <c r="K182" t="s">
-        <v>2817</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>1183</v>
       </c>
       <c r="B183" t="s">
-        <v>2818</v>
+        <v>2824</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>2819</v>
+        <v>2825</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>2820</v>
+        <v>2826</v>
       </c>
       <c r="H183" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
       <c r="I183" t="s">
-        <v>1420</v>
+        <v>1211</v>
       </c>
       <c r="J183" t="s">
-        <v>2822</v>
+        <v>2828</v>
       </c>
       <c r="K183" t="s">
-        <v>2823</v>
+        <v>2829</v>
       </c>
       <c r="L183" t="s">
-        <v>2824</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>1183</v>
       </c>
       <c r="B184" t="s">
-        <v>2825</v>
+        <v>2831</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>2826</v>
+        <v>2832</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>2827</v>
+        <v>2833</v>
       </c>
       <c r="H184" t="s">
-        <v>2828</v>
+        <v>2834</v>
       </c>
       <c r="I184" t="s">
-        <v>2021</v>
+        <v>1290</v>
       </c>
       <c r="J184" t="s">
-        <v>2829</v>
+        <v>2835</v>
       </c>
       <c r="K184" t="s">
-        <v>2830</v>
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C185" t="s">
+        <v>11</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F185" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2840</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J185" t="s">
+        <v>2841</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2842</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2847</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2848</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2849</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B2" t="s">
-        <v>2832</v>
+        <v>2851</v>
       </c>
       <c r="C2" t="s">
-        <v>2833</v>
+        <v>2852</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2834</v>
+        <v>2853</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2835</v>
+        <v>2854</v>
       </c>
       <c r="H2" t="s">
-        <v>2836</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B3" t="s">
-        <v>2837</v>
+        <v>2856</v>
       </c>
       <c r="C3" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2840</v>
+        <v>2859</v>
       </c>
       <c r="H3" t="s">
-        <v>2841</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B4" t="s">
-        <v>2842</v>
+        <v>2861</v>
       </c>
       <c r="C4" t="s">
-        <v>2843</v>
+        <v>2862</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2844</v>
+        <v>2863</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2845</v>
+        <v>2864</v>
       </c>
       <c r="H4" t="s">
-        <v>2846</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B5" t="s">
-        <v>2847</v>
+        <v>2866</v>
       </c>
       <c r="C5" t="s">
-        <v>2848</v>
+        <v>2867</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2849</v>
+        <v>2868</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2850</v>
+        <v>2869</v>
       </c>
       <c r="H5" t="s">
-        <v>2851</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B6" t="s">
-        <v>2852</v>
+        <v>2871</v>
       </c>
       <c r="C6" t="s">
-        <v>2853</v>
+        <v>2872</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2854</v>
+        <v>2873</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2855</v>
+        <v>2874</v>
       </c>
       <c r="H6" t="s">
-        <v>2856</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B7" t="s">
-        <v>2857</v>
+        <v>2876</v>
       </c>
       <c r="C7" t="s">
-        <v>2858</v>
+        <v>2877</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>442</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2859</v>
+        <v>2878</v>
       </c>
       <c r="H7" t="s">
-        <v>2860</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B8" t="s">
-        <v>2861</v>
+        <v>2880</v>
       </c>
       <c r="C8" t="s">
-        <v>2862</v>
+        <v>2881</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>442</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2863</v>
+        <v>2882</v>
       </c>
       <c r="H8" t="s">
-        <v>2864</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B9" t="s">
-        <v>2865</v>
+        <v>2884</v>
       </c>
       <c r="C9" t="s">
-        <v>2866</v>
+        <v>2885</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>442</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2867</v>
+        <v>2886</v>
       </c>
       <c r="H9" t="s">
-        <v>2868</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B10" t="s">
         <v>611</v>
       </c>
       <c r="C10" t="s">
-        <v>2869</v>
+        <v>2888</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2870</v>
+        <v>2889</v>
       </c>
       <c r="H10" t="s">
-        <v>2871</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B11" t="s">
-        <v>2872</v>
+        <v>2891</v>
       </c>
       <c r="C11" t="s">
-        <v>2873</v>
+        <v>2892</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>442</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
       <c r="H11" t="s">
-        <v>2875</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B12" t="s">
-        <v>2876</v>
+        <v>2895</v>
       </c>
       <c r="C12" t="s">
-        <v>2877</v>
+        <v>2896</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>442</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2878</v>
+        <v>2897</v>
       </c>
       <c r="H12" t="s">
-        <v>2879</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B13" t="s">
-        <v>2880</v>
+        <v>2899</v>
       </c>
       <c r="C13" t="s">
-        <v>2881</v>
+        <v>2900</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2882</v>
+        <v>2901</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2883</v>
+        <v>2902</v>
       </c>
       <c r="H13" t="s">
-        <v>2884</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B14" t="s">
-        <v>2885</v>
+        <v>2904</v>
       </c>
       <c r="C14" t="s">
-        <v>2886</v>
+        <v>2905</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2887</v>
+        <v>2906</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2888</v>
+        <v>2907</v>
       </c>
       <c r="H14" t="s">
-        <v>2889</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B15" t="s">
-        <v>2890</v>
+        <v>2909</v>
       </c>
       <c r="C15" t="s">
-        <v>2891</v>
+        <v>2910</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>1113</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2892</v>
+        <v>2911</v>
       </c>
       <c r="H15" t="s">
-        <v>2893</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B16" t="s">
-        <v>2894</v>
+        <v>2913</v>
       </c>
       <c r="C16" t="s">
-        <v>2895</v>
+        <v>2914</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2896</v>
+        <v>2915</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2897</v>
+        <v>2916</v>
       </c>
       <c r="H16" t="s">
-        <v>2898</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B17" t="s">
-        <v>2899</v>
+        <v>2918</v>
       </c>
       <c r="C17" t="s">
-        <v>2900</v>
+        <v>2919</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2901</v>
+        <v>2920</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2902</v>
+        <v>2921</v>
       </c>
       <c r="H17" t="s">
-        <v>2903</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B18" t="s">
-        <v>2904</v>
+        <v>2923</v>
       </c>
       <c r="C18" t="s">
-        <v>2905</v>
+        <v>2924</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2906</v>
+        <v>2925</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2907</v>
+        <v>2926</v>
       </c>
       <c r="H18" t="s">
-        <v>2908</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B19" t="s">
-        <v>2909</v>
+        <v>2928</v>
       </c>
       <c r="C19" t="s">
-        <v>2910</v>
+        <v>2929</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2911</v>
+        <v>2930</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2912</v>
+        <v>2931</v>
       </c>
       <c r="H19" t="s">
-        <v>2913</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B20" t="s">
-        <v>2914</v>
+        <v>2933</v>
       </c>
       <c r="C20" t="s">
-        <v>2915</v>
+        <v>2934</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="H20" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B21" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
       <c r="C21" t="s">
-        <v>2920</v>
+        <v>2939</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2921</v>
+        <v>2940</v>
       </c>
       <c r="H21" t="s">
-        <v>2922</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B22" t="s">
-        <v>2923</v>
+        <v>2942</v>
       </c>
       <c r="C22" t="s">
-        <v>2924</v>
+        <v>2943</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2925</v>
+        <v>2944</v>
       </c>
       <c r="H22" t="s">
-        <v>2926</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B23" t="s">
-        <v>2927</v>
+        <v>2946</v>
       </c>
       <c r="C23" t="s">
-        <v>2928</v>
+        <v>2947</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2929</v>
+        <v>2948</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2930</v>
+        <v>2949</v>
       </c>
       <c r="H23" t="s">
-        <v>2931</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B24" t="s">
-        <v>2932</v>
+        <v>2951</v>
       </c>
       <c r="C24" t="s">
-        <v>2933</v>
+        <v>2952</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2934</v>
+        <v>2953</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2935</v>
+        <v>2954</v>
       </c>
       <c r="H24" t="s">
-        <v>2936</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B25" t="s">
-        <v>2937</v>
+        <v>2956</v>
       </c>
       <c r="C25" t="s">
-        <v>2938</v>
+        <v>2957</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2939</v>
+        <v>2958</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2940</v>
+        <v>2959</v>
       </c>
       <c r="H25" t="s">
-        <v>2941</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B26" t="s">
-        <v>2942</v>
+        <v>2961</v>
       </c>
       <c r="C26" t="s">
-        <v>2943</v>
+        <v>2962</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2944</v>
+        <v>2963</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2945</v>
+        <v>2964</v>
       </c>
       <c r="H26" t="s">
-        <v>2946</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B27" t="s">
-        <v>2947</v>
+        <v>2966</v>
       </c>
       <c r="C27" t="s">
-        <v>2948</v>
+        <v>2967</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2949</v>
+        <v>2968</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2950</v>
+        <v>2969</v>
       </c>
       <c r="H27" t="s">
-        <v>2951</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B28" t="s">
-        <v>2952</v>
+        <v>2971</v>
       </c>
       <c r="C28" t="s">
-        <v>2953</v>
+        <v>2972</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2954</v>
+        <v>2973</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2955</v>
+        <v>2974</v>
       </c>
       <c r="H28" t="s">
-        <v>2956</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B29" t="s">
-        <v>2957</v>
+        <v>2976</v>
       </c>
       <c r="C29" t="s">
-        <v>2958</v>
+        <v>2977</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2959</v>
+        <v>2978</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2960</v>
+        <v>2979</v>
       </c>
       <c r="H29" t="s">
-        <v>2961</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B30" t="s">
-        <v>2962</v>
+        <v>2981</v>
       </c>
       <c r="C30" t="s">
-        <v>2963</v>
+        <v>2982</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2964</v>
+        <v>2983</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2965</v>
+        <v>2984</v>
       </c>
       <c r="H30" t="s">
-        <v>2966</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="B31" t="s">
-        <v>2967</v>
+        <v>2986</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2968</v>
+        <v>2987</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2969</v>
+        <v>2988</v>
       </c>
       <c r="H31" t="s">
-        <v>2970</v>
+        <v>2989</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>