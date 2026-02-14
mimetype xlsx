--- v0 (2025-10-22)
+++ v1 (2026-02-14)
@@ -14,131 +14,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Panorama" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
     <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
     <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5671" uniqueCount="2823">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5965" uniqueCount="2931">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Autisme</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur l'autisme.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/02/2026 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
+  </si>
+  <si>
+    <t>p_3286288</t>
+  </si>
+  <si>
     <t>Guide méthodologique</t>
   </si>
   <si>
     <t>Services d’aide et de soins à domicile : accompagnement des personnes atteintes de maladie neurodégénérative</t>
   </si>
   <si>
     <t>La HAS publie quatre guides à destination des professionnels intervenant à domicile pour accompagner les personnes atteintes de maladie neurodégénérative. Il s'agit en particulier de patients touchés par les maladies d’Alzheimer, de Parkinson, à Corps de Lewy ou concernés par des démences fronto-temporales ou par la sclérose en plaques.</t>
   </si>
   <si>
     <t>06/07/2020 00:00:00</t>
   </si>
   <si>
     <t>08/07/2020 10:03:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
   </si>
   <si>
     <t>p_3193048</t>
   </si>
   <si>
     <t>Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent - Programme pluriannuel de travail - Note de cadrage</t>
   </si>
   <si>
     <t>Recueillir le point de vue des personnes concernées est une condition essentielle et un enjeu majeur en termes d’amélioration de l’accompagnement par les établissements et services sociaux et médico-sociaux (ESSMS).</t>
   </si>
   <si>
     <t>23/11/2022 00:00:00</t>
   </si>
   <si>
     <t>07/12/2022 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3394677/fr/soutenir-les-etablissements-et-services-sociaux-et-medico-sociaux-dans-le-recueil-du-point-de-vue-des-personnes-qu-ils-accompagnent-programme-pluriannuel-de-travail-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3394677</t>
   </si>
   <si>
     <t>La participation des personnes concernées à l’élaboration des recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
@@ -191,149 +209,464 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833768/fr/qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
   </si>
   <si>
     <t>c_2833768</t>
   </si>
   <si>
     <t>Méthode d’élaboration d’une démarche de soins type à domicile pour une population définie de personnes en situation de dépendance</t>
   </si>
   <si>
     <t>L’objectif de ce guide méthodologique est d'aider un promoteur, société savante ou organisation professionnelle, à élaborer une démarche de soins type pour une pathologie donnée, afin d'organiser la collaboration entre les infirmiers libéraux, les médecins généralistes et les autres professionnels impliqués dans les soins. Ce guide décrit l'importance d'une approche multiprofessionnelle des situations de dépendance à domicile.</t>
   </si>
   <si>
     <t>01/05/2004 00:00:00</t>
   </si>
   <si>
     <t>01/05/2004 11:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_431300/fr/methode-d-elaboration-d-une-demarche-de-soins-type-a-domicile-pour-une-population-definie-de-personnes-en-situation-de-dependance</t>
   </si>
   <si>
     <t>c_431300</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...16 lines deleted...]
-  <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>SYSTÈME ADHEAR</t>
+  </si>
+  <si>
+    <t>21/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:56:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745722/fr/systeme-adhear</t>
+  </si>
+  <si>
+    <t>p_3745722</t>
+  </si>
+  <si>
+    <t>Système auditif à conduction osseuse sur adhésif</t>
+  </si>
+  <si>
+    <t>MED-EL ELEKTROMEDIZINISCHE Geräte Gesellschaft m.b.H (France)</t>
+  </si>
+  <si>
+    <t>LUNARIS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>25/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752619/fr/lunaris-essential</t>
+  </si>
+  <si>
+    <t>p_3752619</t>
+  </si>
+  <si>
+    <t>Pied prothétique avec articulation de cheville</t>
+  </si>
+  <si>
+    <t>AXILES BIONICS BV</t>
+  </si>
+  <si>
+    <t>TROY PLUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775621/fr/troy-plus</t>
+  </si>
+  <si>
+    <t>p_3775621</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie de classe I</t>
+  </si>
+  <si>
+    <t>OKO SOLUTION (France)</t>
+  </si>
+  <si>
+    <t>DIRECT SOCKET TF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777765/fr/direct-socket-tf</t>
+  </si>
+  <si>
+    <t>p_3777765</t>
+  </si>
+  <si>
+    <t>Emboiture fémorale sub-ischiatique</t>
+  </si>
+  <si>
+    <t>ÖSSUR France (France)</t>
+  </si>
+  <si>
+    <t>LO RIDER 1E57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785151/fr/lo-rider-1e57</t>
+  </si>
+  <si>
+    <t>p_3785151</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie pour amputation basse de jambe</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>FG META SHOCK X</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785154/fr/fg-meta-shock-x</t>
+  </si>
+  <si>
+    <t>p_3785154</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie de classe III</t>
+  </si>
+  <si>
+    <t>ORTHO EUROPE (France)</t>
+  </si>
+  <si>
+    <t>SYSTÈME OSIA 3</t>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 14:55:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687650/fr/systeme-osia-3</t>
+  </si>
+  <si>
+    <t>p_3687650</t>
+  </si>
+  <si>
+    <t>Système d’implant auditif actif transcutané à conduction osseuse</t>
+  </si>
+  <si>
+    <t>COCHLEAR FRANCE SAS (France)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702257/fr/lo-rider-1e57</t>
+  </si>
+  <si>
+    <t>p_3702257</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE (France)</t>
+  </si>
+  <si>
+    <t>VARI-FLEX</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704515/fr/vari-flex</t>
+  </si>
+  <si>
+    <t>p_3704515</t>
+  </si>
+  <si>
+    <t>ÖSSUR FRANCE (France)</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI512</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687620/fr/nucleus-ci512</t>
+  </si>
+  <si>
+    <t>p_3687620</t>
+  </si>
+  <si>
+    <t>Implant cochléaire</t>
+  </si>
+  <si>
+    <t>COCHLEAR France SAS (France)</t>
+  </si>
+  <si>
+    <t>NUCLEUS 7 (modèle CP1000)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687623/fr/nucleus-7-modele-cp1000</t>
+  </si>
+  <si>
+    <t>p_3687623</t>
+  </si>
+  <si>
+    <t>Processeur de son pour implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI612</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687629/fr/nucleus-ci612</t>
+  </si>
+  <si>
+    <t>p_3687629</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI632</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687641/fr/nucleus-ci632</t>
+  </si>
+  <si>
+    <t>p_3687641</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI622</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687647/fr/nucleus-ci622</t>
+  </si>
+  <si>
+    <t>p_3687647</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI522</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687653/fr/nucleus-ci522</t>
+  </si>
+  <si>
+    <t>p_3687653</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI532</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687659/fr/nucleus-ci532</t>
+  </si>
+  <si>
+    <t>p_3687659</t>
+  </si>
+  <si>
+    <t>HIRES ULTRA 3D AVEC ÉLECTRODE HIFOCUS SLIM J</t>
+  </si>
+  <si>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689494/fr/hires-ultra-3d-avec-electrode-hifocus-slim-j</t>
+  </si>
+  <si>
+    <t>p_3689494</t>
+  </si>
+  <si>
+    <t>ADVANCED BIONICS SARL</t>
+  </si>
+  <si>
+    <t>HIRES ULTRA 3D AVEC ÉLECTRODE HIFOCUS MS</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689497/fr/hires-ultra-3d-avec-electrode-hifocus-ms</t>
+  </si>
+  <si>
+    <t>p_3689497</t>
+  </si>
+  <si>
+    <t>SONNET 3 Me1710 / SONNET 3 EAS Me1720</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689895/fr/sonnet-3-me1710-/-sonnet-3-eas-me1720</t>
+  </si>
+  <si>
+    <t>p_3689895</t>
+  </si>
+  <si>
+    <t>Processeurs de son pour implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>MED-EL ELEKTROMEDIZINISCHE GESELLSCHAFT M.B.H</t>
+  </si>
+  <si>
+    <t>CHORUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689898/fr/chorus</t>
+  </si>
+  <si>
+    <t>p_3689898</t>
+  </si>
+  <si>
+    <t>Processeur de son pour implant cochléaire</t>
+  </si>
+  <si>
+    <t>SONNET 2 ME1510 ET SONNET 2 EAS  ME1520</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689901/fr/sonnet-2-me1510-et-sonnet-2-eas-me1520</t>
+  </si>
+  <si>
+    <t>p_3689901</t>
+  </si>
+  <si>
+    <t>Processeurs de son pour implant cochléaire  et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>RONDO 3</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689907/fr/rondo-3</t>
+  </si>
+  <si>
+    <t>p_3689907</t>
+  </si>
+  <si>
+    <t>TRIAS 1C30-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689913/fr/trias-1c30-1</t>
+  </si>
+  <si>
+    <t>p_3689913</t>
+  </si>
+  <si>
+    <t>Pied à restitution d’énergie de classe II</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE SARL (France)</t>
+  </si>
+  <si>
+    <t>MI1200 SYNCHRONY PIN ABI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690511/fr/mi1200-synchrony-pin-abi</t>
+  </si>
+  <si>
+    <t>p_3690511</t>
+  </si>
+  <si>
+    <t>Implant du tronc cérébral</t>
+  </si>
+  <si>
+    <t>MI1200 SYNCHRONY ABI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690514/fr/mi1200-synchrony-abi</t>
+  </si>
+  <si>
+    <t>p_3690514</t>
+  </si>
+  <si>
+    <t>NUCLEUS ABI541</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690523/fr/nucleus-abi541</t>
+  </si>
+  <si>
+    <t>p_3690523</t>
+  </si>
+  <si>
     <t>HIRES ULTRA AVEC ÉLECTRODE HIFOCUS MS</t>
   </si>
   <si>
-    <t>15/07/2025 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644125/fr/hires-ultra-avec-electrode-hifocus-ms</t>
   </si>
   <si>
     <t>p_3644125</t>
   </si>
   <si>
-    <t>Implant cochléaire</t>
-[...4 lines deleted...]
-  <si>
     <t>NAIDA CI Q90</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644128/fr/naida-ci-q90</t>
   </si>
   <si>
     <t>p_3644128</t>
   </si>
   <si>
-    <t>Processeur de son pour implant cochléaire</t>
-[...1 lines deleted...]
-  <si>
     <t>HIRES ULTRA AVEC ÉLECTRODE HIFOCUS SLIM J</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644131/fr/hires-ultra-avec-electrode-hifocus-slim-j</t>
   </si>
   <si>
     <t>p_3644131</t>
   </si>
   <si>
     <t>HIRES 90K ADVANTAGE AVEC ÉLECTRODE HIFOCUS 1J</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644134/fr/hires-90k-advantage-avec-electrode-hifocus-1j</t>
   </si>
   <si>
     <t>p_3644134</t>
   </si>
   <si>
     <t>AURIA HARMONY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644137/fr/auria-harmony</t>
   </si>
   <si>
     <t>p_3644137</t>
   </si>
   <si>
     <t>NUCLEUS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644140/fr/nucleus</t>
   </si>
   <si>
     <t>p_3644140</t>
   </si>
   <si>
-    <t>Processeur de son pour implant cochléaire et du tronc cérébral</t>
-[...1 lines deleted...]
-  <si>
     <t>COCHLEAR FRANCE SAS</t>
   </si>
   <si>
     <t>NEPTUNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644143/fr/neptune</t>
   </si>
   <si>
     <t>p_3644143</t>
   </si>
   <si>
     <t>KANSO CP950</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644146/fr/kanso-cp950</t>
   </si>
   <si>
     <t>p_3644146</t>
   </si>
   <si>
     <t>NUCLEUS CI422</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644149/fr/nucleus-ci422</t>
@@ -350,221 +683,197 @@
   <si>
     <t>p_3644152</t>
   </si>
   <si>
     <t>NUCLEUS FREEDOM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644155/fr/nucleus-freedom</t>
   </si>
   <si>
     <t>p_3644155</t>
   </si>
   <si>
     <t>SOLEUS</t>
   </si>
   <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686406/fr/soleus</t>
   </si>
   <si>
     <t>p_3686406</t>
   </si>
   <si>
-    <t>Pied à restitution d’énergie de classe III</t>
-[...1 lines deleted...]
-  <si>
     <t>OSSUR EUROPE</t>
   </si>
   <si>
     <t>RHEO KNEE (3E GENERATION)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686578/fr/rheo-knee-3e-generation</t>
   </si>
   <si>
     <t>p_3686578</t>
   </si>
   <si>
     <t>Genou monoaxial, articulation commandée par microprocesseur et fluide magnétorhéologique</t>
   </si>
   <si>
     <t>ÖSSUR</t>
   </si>
   <si>
     <t>PARS X3</t>
   </si>
   <si>
     <t>18/09/2025 13:48:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685909/fr/pars-x3</t>
   </si>
   <si>
     <t>p_3685909</t>
   </si>
   <si>
-    <t>Pied à restitution d’énergie de classe II</t>
-[...4 lines deleted...]
-  <si>
     <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 20 juillet 2025</t>
   </si>
   <si>
     <t>Avis relatif au projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) aux titres I et IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 20 juillet 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>18/09/2025 13:48:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686105/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-20-juillet-2025</t>
   </si>
   <si>
     <t>p_3686105</t>
   </si>
   <si>
     <t>Ministère du travail, de la santé, des solidarités et des familles</t>
   </si>
   <si>
     <t>TRITON</t>
   </si>
   <si>
     <t>16/09/2025 14:57:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638770/fr/triton</t>
   </si>
   <si>
     <t>p_3638770</t>
   </si>
   <si>
-    <t>OTTO BOCK FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>DYNAMIQUE 1D10</t>
   </si>
   <si>
     <t>16/09/2025 14:51:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643215/fr/dynamique-1d10</t>
   </si>
   <si>
     <t>p_3643215</t>
   </si>
   <si>
-    <t>Pied à restitution d’énergie de classe I</t>
-[...1 lines deleted...]
-  <si>
     <t>VARI-FLEX JUNIOR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643218/fr/vari-flex-junior</t>
   </si>
   <si>
     <t>p_3643218</t>
   </si>
   <si>
     <t>Pied à restitution d’énergie pour enfant</t>
   </si>
   <si>
     <t>OSSUR FRANCE</t>
   </si>
   <si>
     <t>DYNAMIC MOTION  1D35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643224/fr/dynamic-motion-1d35</t>
   </si>
   <si>
     <t>p_3643224</t>
   </si>
   <si>
     <t>PROMENADE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643227/fr/promenade</t>
   </si>
   <si>
     <t>p_3643227</t>
   </si>
   <si>
     <t>LOW PROFIL AXTION 1E56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643233/fr/low-profil-axtion-1e56</t>
   </si>
   <si>
     <t>p_3643233</t>
   </si>
   <si>
-    <t>Pied à restitution d’énergie pour amputation basse de jambe</t>
-[...1 lines deleted...]
-  <si>
     <t>ADJUST 1M10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643236/fr/adjust-1m10</t>
   </si>
   <si>
     <t>p_3643236</t>
   </si>
   <si>
     <t>FLEX-SYMES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658364/fr/flex-symes</t>
   </si>
   <si>
     <t>p_3658364</t>
   </si>
   <si>
     <t>OSSUR France (France)</t>
   </si>
   <si>
-    <t>NUCLEUS ABI541</t>
-[...1 lines deleted...]
-  <si>
     <t>18/10/2016 00:00:00</t>
   </si>
   <si>
     <t>28/07/2025 14:48:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3632147/fr/nucleus-abi541</t>
   </si>
   <si>
     <t>p_3632147</t>
   </si>
   <si>
-    <t>Implant du tronc cérébral</t>
-[...1 lines deleted...]
-  <si>
     <t>ALBER E-MOTION M15</t>
   </si>
   <si>
     <t>03/06/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3632609/fr/alber-e-motion-m15</t>
   </si>
   <si>
     <t>p_3632609</t>
   </si>
   <si>
     <t>Dispositif d’assistance électrique à la  propulsion pour fauteuil roulant manuel</t>
   </si>
   <si>
     <t>INVACARE POIRIER S.A.S.</t>
   </si>
   <si>
     <t>ORION3</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638488/fr/orion3</t>
   </si>
   <si>
     <t>p_3638488</t>
@@ -617,68 +926,62 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633038/fr/kinterra</t>
   </si>
   <si>
     <t>p_3633038</t>
   </si>
   <si>
     <t>Pied prothétique avec cheville hydraulique</t>
   </si>
   <si>
     <t>PROTEOR S.A.S (France)</t>
   </si>
   <si>
     <t>SYSTÈME SENTIO</t>
   </si>
   <si>
     <t>01/07/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635319/fr/systeme-sentio</t>
   </si>
   <si>
     <t>p_3635319</t>
   </si>
   <si>
-    <t>Système d’implant auditif actif transcutané à conduction osseuse</t>
-[...1 lines deleted...]
-  <si>
     <t>PRODITION</t>
   </si>
   <si>
     <t>DURAWALK</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635770/fr/durawalk</t>
   </si>
   <si>
     <t>p_3635770</t>
   </si>
   <si>
-    <t>ORTHO EUROPE (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>JACO</t>
   </si>
   <si>
     <t>11/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635788/fr/jaco</t>
   </si>
   <si>
     <t>p_3635788</t>
   </si>
   <si>
     <t>Bras robotique d’assistance</t>
   </si>
   <si>
     <t>KINOVA Europe GmbH (Allemagne)</t>
   </si>
   <si>
     <t>RHEO KNEE XC</t>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>29/04/2025 16:26:53</t>
@@ -809,98 +1112,92 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3568337/fr/i-limb-ultra</t>
   </si>
   <si>
     <t>p_3568337</t>
   </si>
   <si>
     <t>Main myoélectrique pour prothèse externe de membre supérieur</t>
   </si>
   <si>
     <t>I-DIGITS</t>
   </si>
   <si>
     <t>17/12/2024 14:57:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552141/fr/i-digits</t>
   </si>
   <si>
     <t>p_3552141</t>
   </si>
   <si>
     <t>Main myoélectrique partielle pour prothèse externe de membre supérieur</t>
   </si>
   <si>
-    <t>ÖSSUR France (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>TALEO</t>
   </si>
   <si>
     <t>22/10/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552739/fr/taleo</t>
   </si>
   <si>
     <t>p_3552739</t>
   </si>
   <si>
     <t>Otto Bock France SARL (France)</t>
   </si>
   <si>
     <t>FLEX-FOOT ASSURE</t>
   </si>
   <si>
     <t>19/11/2024 11:42:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556728/fr/flex-foot-assure</t>
   </si>
   <si>
     <t>p_3556728</t>
   </si>
   <si>
     <t>TALEO SIDE FLEX</t>
   </si>
   <si>
     <t>10/09/2024 00:00:00</t>
   </si>
   <si>
     <t>21/10/2024 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540266/fr/taleo-side-flex</t>
   </si>
   <si>
     <t>p_3540266</t>
   </si>
   <si>
-    <t>Pied prothétique avec articulation de cheville</t>
-[...1 lines deleted...]
-  <si>
     <t>OTTO BOCK France SARL (France)</t>
   </si>
   <si>
     <t>GRAND APPAREILLAGE ORTHOPEDIQUE (GAO) (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 4 juillet 2024</t>
   </si>
   <si>
     <t>Avis de projet relatif à la révision de nomenclature du grand appareillage orthopédique (GAO) au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 4 juillet 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>24/09/2024 00:00:00</t>
   </si>
   <si>
     <t>04/10/2024 09:17:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545850/fr/grand-appareillage-orthopedique-gao-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-4-juillet-2024</t>
   </si>
   <si>
     <t>p_3545850</t>
   </si>
   <si>
     <t>Phase contradictoire suite à la parution d'un avis de projet (LPP)</t>
   </si>
   <si>
     <t>Ministère des Affaires Sociales et de Santé</t>
@@ -1193,53 +1490,50 @@
   <si>
     <t>TRITON LP</t>
   </si>
   <si>
     <t>05/12/2023 00:00:00</t>
   </si>
   <si>
     <t>11/01/2024 15:42:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480464/fr/triton-lp</t>
   </si>
   <si>
     <t>p_3480464</t>
   </si>
   <si>
     <t>I-SUB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480470/fr/i-sub</t>
   </si>
   <si>
     <t>p_3480470</t>
   </si>
   <si>
-    <t>Emboiture fémorale sub-ischiatique</t>
-[...1 lines deleted...]
-  <si>
     <t>GOWING²</t>
   </si>
   <si>
     <t>21/11/2023 00:00:00</t>
   </si>
   <si>
     <t>01/12/2023 09:20:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474529/fr/gowing</t>
   </si>
   <si>
     <t>p_3474529</t>
   </si>
   <si>
     <t>Support de bras dynamique à assistance électrique</t>
   </si>
   <si>
     <t>CREE SAS (France)</t>
   </si>
   <si>
     <t>RE-FLEX</t>
   </si>
   <si>
     <t>19/09/2023 00:00:00</t>
@@ -1406,53 +1700,50 @@
   <si>
     <t>p_3457561</t>
   </si>
   <si>
     <t>Système de suspension par dépressurisation contrôlée d’une prothèse du membre inférieur</t>
   </si>
   <si>
     <t>BAHA et BAHA ATTRACT</t>
   </si>
   <si>
     <t>30/05/2023 00:00:00</t>
   </si>
   <si>
     <t>30/06/2023 13:22:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447796/fr/baha-et-baha-attract</t>
   </si>
   <si>
     <t>p_3447796</t>
   </si>
   <si>
     <t>Prothèse auditive ostéo-intégrée</t>
   </si>
   <si>
-    <t>COCHLEAR France SAS (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>EXALTO</t>
   </si>
   <si>
     <t>21/03/2023 00:00:00</t>
   </si>
   <si>
     <t>24/05/2023 16:43:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3442661/fr/exalto</t>
   </si>
   <si>
     <t>p_3442661</t>
   </si>
   <si>
     <t>ELANIC</t>
   </si>
   <si>
     <t>02/05/2023 00:00:00</t>
   </si>
   <si>
     <t>17/05/2023 15:46:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433229/fr/elanic</t>
@@ -1478,53 +1769,50 @@
   <si>
     <t>INVACARE POIRIER SAS (FRANCE)</t>
   </si>
   <si>
     <t>MULTIFLEX</t>
   </si>
   <si>
     <t>04/04/2023 00:00:00</t>
   </si>
   <si>
     <t>28/04/2023 17:07:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3429489/fr/multiflex</t>
   </si>
   <si>
     <t>p_3429489</t>
   </si>
   <si>
     <t>Pied prothétique monté sur une cheville  multiaxiale</t>
   </si>
   <si>
     <t>Blatchford Europe GmbH</t>
   </si>
   <si>
-    <t>VARI-FLEX</t>
-[...1 lines deleted...]
-  <si>
     <t>14/03/2023 00:00:00</t>
   </si>
   <si>
     <t>21/04/2023 08:41:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423736/fr/vari-flex</t>
   </si>
   <si>
     <t>p_3423736</t>
   </si>
   <si>
     <t>ÖSSUR (France)</t>
   </si>
   <si>
     <t>ECHELONER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425799/fr/echeloner</t>
   </si>
   <si>
     <t>p_3425799</t>
   </si>
   <si>
     <t>BALANCE FOOT J</t>
@@ -1853,53 +2141,50 @@
   <si>
     <t>p_3357641</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357647/fr/proprio-foot</t>
   </si>
   <si>
     <t>p_3357647</t>
   </si>
   <si>
     <t>Système prothétique pied-cheville avec  microprocesseur.</t>
   </si>
   <si>
     <t>VIBRANT SOUNDBRIDGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357650/fr/vibrant-soundbridge</t>
   </si>
   <si>
     <t>p_3357650</t>
   </si>
   <si>
     <t>Implant d’oreille moyenne</t>
   </si>
   <si>
-    <t>MED-EL ELEKTROMEDIZINISCHE GESELLSCHAFT M.B.H</t>
-[...1 lines deleted...]
-  <si>
     <t>SAMBA</t>
   </si>
   <si>
     <t>21/06/2022 00:00:00</t>
   </si>
   <si>
     <t>24/06/2022 15:47:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346407/fr/samba</t>
   </si>
   <si>
     <t>p_3346407</t>
   </si>
   <si>
     <t>Processeur de son pour implant d’oreille  moyenne</t>
   </si>
   <si>
     <t>DYNAMICARM</t>
   </si>
   <si>
     <t>07/06/2022 00:00:00</t>
   </si>
   <si>
     <t>16/06/2022 16:54:00</t>
@@ -2384,53 +2669,50 @@
   <si>
     <t>BAHA 4 (processeur)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244192/fr/baha-4-processeur</t>
   </si>
   <si>
     <t>p_3244192</t>
   </si>
   <si>
     <t>Processeur de son pour prothèse auditive ostéo-intégrée</t>
   </si>
   <si>
     <t>SYSTEME ADHEAR</t>
   </si>
   <si>
     <t>31/03/2021 18:01:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242944/fr/systeme-adhear</t>
   </si>
   <si>
     <t>p_3242944</t>
   </si>
   <si>
-    <t>Système auditif à conduction osseuse sur adhésif</t>
-[...1 lines deleted...]
-  <si>
     <t>SYSTEME MYOBOCK</t>
   </si>
   <si>
     <t>19/01/2021 00:00:00</t>
   </si>
   <si>
     <t>22/03/2021 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244161/fr/systeme-myobock</t>
   </si>
   <si>
     <t>p_3244161</t>
   </si>
   <si>
     <t>Prothèse externe myoélectrique pour membre supérieur</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244163/fr/systeme-myobock</t>
   </si>
   <si>
     <t>p_3244163</t>
   </si>
   <si>
     <t>22/03/2021 15:09:20</t>
@@ -2570,53 +2852,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216198/fr/samba-2</t>
   </si>
   <si>
     <t>p_3216198</t>
   </si>
   <si>
     <t>Processeur de son pour implant d’oreille moyenne</t>
   </si>
   <si>
     <t>Systèmes implants cochléaires SYNCHRONY composés des implants Mi1250 SYNCHRONY 2 / MI1250 SYNCHRONY 2 PIN - MI1200 SYNCHRONY  / MI1200 SYNCHRONY  PIN et des processeurs de son SONNET 2 ME1510 / SONNET 2 EAS ME1520 -  SONNET DL / SONNET DL EAS - RONDO - RONDO 2 - OPUS 2</t>
   </si>
   <si>
     <t>16/11/2020 09:54:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216179/fr/systemes-implants-cochleaires-synchrony-composes-des-implants-mi1250-synchrony-2-/-mi1250-synchrony-2-pin-mi1200-synchrony-/-mi1200-synchrony-pin-et-des-processeurs-de-son-sonnet-2-me1510-/-sonnet-2-eas-me1520-sonnet-dl-/-sonnet-dl-eas-rondo-rondo-2-opus-2</t>
   </si>
   <si>
     <t>p_3216179</t>
   </si>
   <si>
     <t>Systèmes d'implants cochléaires</t>
   </si>
   <si>
-    <t>RONDO 3</t>
-[...1 lines deleted...]
-  <si>
     <t>20/10/2020 00:00:00</t>
   </si>
   <si>
     <t>10/11/2020 13:26:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216176/fr/rondo-3</t>
   </si>
   <si>
     <t>p_3216176</t>
   </si>
   <si>
     <t>Processeur de son pour systèmes d’implants cochléaires et du tronc cérébral</t>
   </si>
   <si>
     <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
   </si>
   <si>
     <t>CHOPART (RÉFÉRENCES 1E82 ET 1E80)</t>
   </si>
   <si>
     <t>01/09/2020 00:00:00</t>
   </si>
   <si>
     <t>11/09/2020 16:08:54</t>
@@ -2939,53 +3218,50 @@
   <si>
     <t>p_3099478</t>
   </si>
   <si>
     <t>dispositif de propulsion par moteur électrique à commande uniquement par l’accompagnant</t>
   </si>
   <si>
     <t>BENOIT SYSTEMES SAS</t>
   </si>
   <si>
     <t>NUCLEUS CI612, CI622 et CI632</t>
   </si>
   <si>
     <t>03/09/2019 12:10:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098934/fr/nucleus-ci612-ci622-et-ci632</t>
   </si>
   <si>
     <t>p_3098934</t>
   </si>
   <si>
     <t>implants cochléaires</t>
   </si>
   <si>
-    <t>CHORUS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3098940/fr/chorus</t>
   </si>
   <si>
     <t>p_3098940</t>
   </si>
   <si>
     <t>processeur de son pour système d’implant cochléaire</t>
   </si>
   <si>
     <t>Systèmes d’implants cochléaires : Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires - OPUS 2, RONDO, RONDO 2, SONNET, SONNET EAS, processeurs de son</t>
   </si>
   <si>
     <t>23/04/2019 00:00:00</t>
   </si>
   <si>
     <t>27/08/2019 11:09:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2969656/fr/systemes-d-implants-cochleaires-mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-opus-2-rondo-rondo-2-sonnet-sonnet-eas-processeurs-de-son</t>
   </si>
   <si>
     <t>c_2969656</t>
   </si>
   <si>
     <t>Implants cochléaires et processeurs de son</t>
@@ -3830,53 +4106,50 @@
   <si>
     <t>Coussin à air non motorisé à cellules télescopiques individuellement déformables, multicompartiment</t>
   </si>
   <si>
     <t>10/01/2018 17:08:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2815674/fr/roho-quadtro-select</t>
   </si>
   <si>
     <t>c_2815674</t>
   </si>
   <si>
     <t>ROHO MONOCOMPARTIMENT</t>
   </si>
   <si>
     <t>coussin à air non motorisé à cellules télescopiques individuellement déformables, monocompartiment</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2815683/fr/roho-monocompartiment</t>
   </si>
   <si>
     <t>c_2815683</t>
   </si>
   <si>
-    <t>NUCLEUS 7 (modèle CP1000)</t>
-[...1 lines deleted...]
-  <si>
     <t>09/01/2018 10:08:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2815677/fr/nucleus-7-modele-cp1000</t>
   </si>
   <si>
     <t>c_2815677</t>
   </si>
   <si>
     <t>C-LEG 3C100</t>
   </si>
   <si>
     <t>Genou mono-axial, articulation commandée par microprocesseur pour prothèse externe du membre inférieur</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2815680/fr/c-leg-3c100</t>
   </si>
   <si>
     <t>c_2815680</t>
   </si>
   <si>
     <t>07/11/2017 00:00:00</t>
   </si>
   <si>
     <t>29/11/2017 10:08:47</t>
@@ -4712,53 +4985,50 @@
   <si>
     <t>articulation de hanche</t>
   </si>
   <si>
     <t>01/12/2015 00:00:00</t>
   </si>
   <si>
     <t>13/01/2016 11:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2584418/fr/helix-3d-7e10</t>
   </si>
   <si>
     <t>c_2584418</t>
   </si>
   <si>
     <t>3C100 C-LEG (version 4)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2584424/fr/3c100-c-leg-version-4</t>
   </si>
   <si>
     <t>c_2584424</t>
   </si>
   <si>
-    <t>NUCLEUS CI532</t>
-[...1 lines deleted...]
-  <si>
     <t>15/12/2015 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2584431/fr/nucleus-ci532</t>
   </si>
   <si>
     <t>c_2584431</t>
   </si>
   <si>
     <t>PIED AERIS K2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2587352/fr/pied-aeris-k2</t>
   </si>
   <si>
     <t>c_2587352</t>
   </si>
   <si>
     <t>Implants NEURO ZTI EVO / NEURO ZTI CLA et processeur NEURO ONE</t>
   </si>
   <si>
     <t>Systèmes d'implant cochléaire</t>
   </si>
   <si>
     <t>18/12/2015 10:12:23</t>
@@ -4781,53 +5051,50 @@
   <si>
     <t>c_2572139</t>
   </si>
   <si>
     <t>06/11/2015 10:17:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2569068/fr/low-profil-axtion-1e56</t>
   </si>
   <si>
     <t>c_2569068</t>
   </si>
   <si>
     <t>VIBRANT SOUNDBRIDGE : Indications des surdités mixtes et de transmission</t>
   </si>
   <si>
     <t>20/10/2015 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2569222/fr/vibrant-soundbridge-indications-des-surdites-mixtes-et-de-transmission</t>
   </si>
   <si>
     <t>c_2569222</t>
   </si>
   <si>
-    <t>LO RIDER 1E57</t>
-[...1 lines deleted...]
-  <si>
     <t>16/10/2015 17:04:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564396/fr/lo-rider-1e57</t>
   </si>
   <si>
     <t>c_2564396</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564407/fr/chopart</t>
   </si>
   <si>
     <t>c_2564407</t>
   </si>
   <si>
     <t>UNIVERSAL 1J2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564423/fr/universal-1j2</t>
   </si>
   <si>
     <t>c_2564423</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564429/fr/prosymes-1c20</t>
@@ -4949,53 +5216,50 @@
   <si>
     <t>c_2023894</t>
   </si>
   <si>
     <t>ZIMMER FRANCE</t>
   </si>
   <si>
     <t>SYSTEME HELIX OTTO BOCK articulation 7E10 avec coque</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2030377/fr/systeme-helix-otto-bock-articulation-7e10-avec-coque</t>
   </si>
   <si>
     <t>c_2030377</t>
   </si>
   <si>
     <t>SYSTEME HELIX OTTO BOCK articulation 7E9 avec coque</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2030392/fr/systeme-helix-otto-bock-articulation-7e9-avec-coque</t>
   </si>
   <si>
     <t>c_2030392</t>
   </si>
   <si>
-    <t>NUCLEUS CI522</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2030574/fr/nucleus-ci522</t>
   </si>
   <si>
     <t>c_2030574</t>
   </si>
   <si>
     <t>24/02/2015 00:00:00</t>
   </si>
   <si>
     <t>09/04/2015 18:09:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2019125/fr/mi1200-synchrony-abi-et-mi1200-synchrony-pin-abi</t>
   </si>
   <si>
     <t>c_2019125</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2023882/fr/systeme-myobock</t>
   </si>
   <si>
     <t>c_2023882</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2023897/fr/terion</t>
@@ -5039,53 +5303,50 @@
   <si>
     <t>Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires et SONNET, SONNET EAS, processeurs de son</t>
   </si>
   <si>
     <t>05/03/2015 18:44:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2018718/fr/mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-et-sonnet-sonnet-eas-processeurs-de-son</t>
   </si>
   <si>
     <t>c_2018718</t>
   </si>
   <si>
     <t>27/01/2015 00:00:00</t>
   </si>
   <si>
     <t>02/03/2015 10:13:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2013174/fr/alber-twion</t>
   </si>
   <si>
     <t>c_2013174</t>
   </si>
   <si>
-    <t>NUCLEUS CI512</t>
-[...1 lines deleted...]
-  <si>
     <t>01/07/2014 00:00:00</t>
   </si>
   <si>
     <t>27/02/2015 13:59:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753948/fr/nucleus-ci512</t>
   </si>
   <si>
     <t>c_1753948</t>
   </si>
   <si>
     <t>PERISTEEN OBTAL</t>
   </si>
   <si>
     <t>Obturateur anal</t>
   </si>
   <si>
     <t>18/11/2014 00:00:00</t>
   </si>
   <si>
     <t>16/12/2014 15:35:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1779231/fr/peristeen-obtal</t>
@@ -7052,50 +7313,95 @@
   <si>
     <t>p_3458472</t>
   </si>
   <si>
     <t>Évaluation du dépistage néonatal systématique de la surdité permanente bilatérale</t>
   </si>
   <si>
     <t>Une réflexion a été entamée ces dernières années sur la pertinence d’organiser en France un dépistage néonatal systématique de la surdité en maternité, dans le but de permettre le diagnostic et une prise en charge précoce de cette affection. A la suite de l’évaluation des oto-émissions acoustiques par l’ANAES en 1999, des expériences locales ou dans le cadres du programme hospitalier de recherche clinique ont été menées. Une expérimentation sur le dépistage néonatal de la surdité congénitale a été mise en œuvre en 2005 par la CNAMTS, pour une période de 2 ans, à Bordeaux, Lille, Paris, Lyon, Marseille, et Toulouse, avec pour objectif d’étudier la faisabilité et l’impact du dépistage en maternité, et de contribuer à déterminer la meilleure stratégie de dépistage de la surdité congénitale. Dans son rapport établi à le demande de la Direction Générale de la Santé, la Haute Autorité de Santé a fait le point sur les données de la science concernant le dépistage systématique de la surdité permanente néonatale en 2006.</t>
   </si>
   <si>
     <t>03/01/2007 00:00:00</t>
   </si>
   <si>
     <t>10/04/2007 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_513169/fr/evaluation-du-depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale</t>
   </si>
   <si>
     <t>c_513169</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
     <t>Structuration du Projet Personnalisé d’Accompagnement en vue de sa numérisation – Note de cadrage</t>
   </si>
   <si>
     <t>06/05/2025 00:00:00</t>
   </si>
   <si>
     <t>12/05/2025 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604128/fr/structuration-du-projet-personnalise-d-accompagnement-en-vue-de-sa-numerisation-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3604128</t>
   </si>
   <si>
     <t>L’accompagnement au développement de l’autodétermination et du pouvoir d’agir des personnes en ESSMS – Note de cadrage</t>
   </si>
   <si>
     <t>19/03/2025 15:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598052/fr/l-accompagnement-au-developpement-de-l-autodetermination-et-du-pouvoir-d-agir-des-personnes-en-essms-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3598052</t>
@@ -7160,62 +7466,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3351732/fr/repit-des-aidants</t>
   </si>
   <si>
     <t>p_3351732</t>
   </si>
   <si>
     <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
   </si>
   <si>
     <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
   </si>
   <si>
     <t>15/12/2023 00:00:00</t>
   </si>
   <si>
     <t>31/01/2024 09:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
   </si>
   <si>
     <t>p_3491702</t>
   </si>
   <si>
-    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
-[...10 lines deleted...]
-  <si>
     <t>Vie affective et sexuelle dans le cadre de l’accompagnement des ESSMS – Note de cadrage</t>
   </si>
   <si>
     <t>La vie affective et sexuelle reste un sujet tabou dans certains ESSMS, avec des pratiques professionnelles très variées. Souvent abordée sous l’angle des risques, cette thématique devrait pourtant s’inscrire dans une approche positive, conformément à la définition de la santé sexuelle de l’OMS (2002), qui la considère comme une source d’épanouissement. Fondée sur le consentement et les droits humains, la sexualité est un aspect central de la vie qu’il est légitime d’intégrer à l’accompagnement social et médico-social.</t>
   </si>
   <si>
     <t>31/05/2022 00:00:00</t>
   </si>
   <si>
     <t>06/06/2022 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3400386/fr/vie-affective-et-sexuelle-dans-le-cadre-de-l-accompagnement-des-essms-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3400386</t>
   </si>
   <si>
     <t>Accompagner vers et dans l’habitat – Note de cadrage</t>
   </si>
   <si>
     <t>L’habitat est une notion à la croisée de plusieurs disciplines : architecture, urbanisme, sociologie, géographie, économie, psychologie… Dans son acception la plus large, l’habitat définit le milieu de vie des individus, comprenant des espaces physiques (le logement et l’environnement dans lequel il s’intègre) en tant que support des activités humaines et des relations sociales.</t>
   </si>
   <si>
     <t>13/04/2021 00:00:00</t>
@@ -7628,50 +7922,65 @@
   <si>
     <t>c_272386</t>
   </si>
   <si>
     <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
   </si>
   <si>
     <t>25/01/2005 00:00:00</t>
   </si>
   <si>
     <t>01/12/2004 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272396/fr/sortie-du-monde-hospitalier-et-retour-au-domicile-d-une-personne-adulte-evoluant-vers-la-dependance-motrice-ou-psychique</t>
   </si>
   <si>
     <t>c_272396</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
     <t>FALC - L'activité physique : votre meilleure amie pour votre santé</t>
   </si>
   <si>
     <t>Ce document écrit en « facile à lire et à comprendre » (FALC) apporte des informations générales pour augmenter son activité physique. Il donne des conseils pratiques lorsqu’un médecin prescrit du sport santé ou de l’activité physique adaptée ou tout simplement lorsque l’on veut augmenter son activité physique dans la vie quotidienne.</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>22/04/2025 11:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590419/fr/falc-l-activite-physique-votre-meilleure-amie-pour-votre-sante</t>
   </si>
   <si>
     <t>p_3590419</t>
   </si>
   <si>
     <t>FALC - Accompagner la personne nécessitant une mesure de protection juridique</t>
   </si>
   <si>
     <t>Certaines personnes ont besoin d’une mesure de protection juridique, par exemple : une tutelle, une curatelle, une habilitation familiale, une sauvegarde de justice. Il est important qu’elles connaissent leurs droits pour les actes de la vie de tous les jours. Par exemple, pour leurs relations avec leur famille, pour voter, pour leur santé, pour se loger, pour gérer leur argent. Ce texte écrit en « facile à lire et à comprendre » fait le point sur ces droits et le rôle du mandataire.</t>
   </si>
   <si>
     <t>15/02/2025 00:00:00</t>
@@ -7700,50 +8009,80 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466576/fr/falc-aider-les-personnes-a-s-engager-dans-leurs-accompagnements-ou-dans-leurs-soins</t>
   </si>
   <si>
     <t>p_3466576</t>
   </si>
   <si>
     <t>FALC - L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI)</t>
   </si>
   <si>
     <t>Le premier volet des recommandations de la HAS dédiées à l'accompagnement des personnes présentant un trouble du développement intellectuel (TDI) a été transcrit en facile à lire et à comprendre (FALC). Objectif : que les personnes accompagnées puissent comprendre ce qui est recommandé aux professionnels qui les accompagnent.</t>
   </si>
   <si>
     <t>05/10/2022 11:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3369396/fr/falc-l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi</t>
   </si>
   <si>
     <t>p_3369396</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Traitement des caries dentaires : la HAS recommande le remboursement de 4 actes</t>
+  </si>
+  <si>
+    <t>Au-delà de la douleur et de l’inconfort, une mauvaise santé bucco-dentaire peut affecter la santé générale, augmentant notamment le risque de dénutrition ou de complications infectieuses. Le nombre de personnes présentant au moins une carie non soignée est encore élevé, et plus particulièrement chez les enfants et les personnes connaissant des difficultés pour accéder aux soins. A chaque stade d’évolution de la carie, un traitement est pourtant possible. Certains actes, dits conservateurs et peu invasifs, permettent de préserver la dent sur le long terme et d’éviter des traitements traumatiques et coûteux (implants, prothèses…). Saisie par l’Assurance maladie, la Haute Autorité de santé (HAS) s’est prononcée en faveur du remboursement de quatre de ces actes. En parallèle, une actualisation des recommandations sur les stratégies de prévention de la carie dentaire est attendue en 2026.</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785074/fr/traitement-des-caries-dentaires-la-has-recommande-le-remboursement-de-4-actes</t>
+  </si>
+  <si>
+    <t>p_3785074</t>
+  </si>
+  <si>
+    <t>Apprendre, travailler et profiter de ses loisirs quand on présente un trouble du développement intellectuel</t>
+  </si>
+  <si>
+    <t>Il est primordial, dans l’accompagnement des personnes présentant un trouble du développement intellectuel (TDI), de prendre en compte leurs droits, besoins et préférences. Tel était le message principal porté par la Haute Autorité de santé (HAS) en 2022 dans le premier volet de ses recommandations à destination des professionnels et des proches accompagnant les personnes concernées. La HAS en publie aujourd’hui le second volet, consacré aux différents environnements de vie : la scolarité, le travail et le temps libre. Ces recommandations seront, comme les premières, transcrites en facile à lire et à comprendre (FALC).</t>
+  </si>
+  <si>
+    <t>18/11/2025 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741343/fr/apprendre-travailler-et-profiter-de-ses-loisirs-quand-on-presente-un-trouble-du-developpement-intellectuel</t>
+  </si>
+  <si>
+    <t>p_3741343</t>
+  </si>
+  <si>
     <t>La HAS adopte son nouveau programme « santé mentale et psychiatrie » 2025-2030</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) adopte son programme pluriannuel dédié à la santé mentale et à la psychiatrie pour la période 2025-2030. Avec ce 3e programme, la HAS intensifie son engagement dans ce champ afin d’améliorer le parcours de santé des personnes, dès l’émergence de troubles de la santé mentale, et de mieux prendre en charge les troubles les plus sévères. Une feuille de route y est associée, qui définit les priorités pour 2025.</t>
   </si>
   <si>
     <t>14/02/2025 14:30:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590541/fr/la-has-adopte-son-nouveau-programme-sante-mentale-et-psychiatrie-2025-2030</t>
   </si>
   <si>
     <t>p_3590541</t>
   </si>
   <si>
     <t>Changer de regard sur la vie intime, affective et sexuelle des personnes en ESSMS pour mieux les accompagner</t>
   </si>
   <si>
     <t>Composante de la dignité humaine, la vie intime, affective et sexuelle doit être respectée. Elle concerne l'intimité, les émotions, les sentiments, les relations ou encore la vie sexuelle ou l’absence de vie sexuelle. Certaines personnes souhaitent être accompagnées parce qu’elles ont besoin d’information ou de soutien. Il en va de leur épanouissement personnel et social et donc de leur santé. Chez les personnes vulnérables, comme les mineurs et majeurs en situation de précarité, de handicap ou encore les personnes âgées en perte d’autonomie, cet accompagnement se révèle particulièrement nécessaire. Plusieurs difficultés sont rencontrées au sein des établissements et services sociaux et médico-sociaux (ESSMS) : le sujet est nié voire tabou, les professionnels sont souvent isolés et manquent de formation pour l’aborder, la vie en collectivité introduit des contraintes... La Haute Autorité de santé (HAS) publie un premier volet de recommandations définissant la vie intime, affective et sexuelle et posant des repères juridiques, éthiques et organisationnels à destination des professionnels, des personnes accompagnées et de leur entourage.</t>
   </si>
   <si>
     <t>12/02/2025 14:30:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590141/fr/changer-de-regard-sur-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-pour-mieux-les-accompagner</t>
@@ -7910,50 +8249,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_736291/fr/ameliorer-l-acces-aux-soins-courants-des-personnes-en-situation-de-handicap</t>
   </si>
   <si>
     <t>c_736291</t>
   </si>
   <si>
     <t>Dépistage néonatal systématique de la surdité permanente bilatérale : avis favorable de la HAS</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) propose une évaluation en santé publique concernant le dépistage néonatal systématique de la surdité bilatérale à la demande de la Direction Générale de la Santé. Ce travail s’inscrit dans une démarche globale d’évaluation des politiques de santé visant à améliorer la prise en charge des personnes atteintes de surdité.</t>
   </si>
   <si>
     <t>11/04/2007 10:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_514881/fr/depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale-avis-favorable-de-la-has</t>
   </si>
   <si>
     <t>c_514881</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Évaluation de l’ablation unilatérale de cibles cérébrales en condition stéréotaxique à l’aide d’ultrasons focalisés guidés par IRM (MRgFUS)</t>
   </si>
   <si>
     <t>Tremblement essentiel (TE), résistant aux médicaments, thalamothomie par ultrasons focalisés guidés par IRM (MRgFUS), stimulation cérébrale profonde (SCP), sévérité des tremblements, qualité de vie</t>
   </si>
   <si>
     <t>20/11/2024 00:00:00</t>
   </si>
   <si>
     <t>22/11/2024 11:52:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3520474/fr/evaluation-de-l-ablation-unilaterale-de-cibles-cerebrales-en-condition-stereotaxique-a-l-aide-d-ultrasons-focalises-guides-par-irm-mrgfus</t>
   </si>
   <si>
     <t>p_3520474</t>
   </si>
   <si>
     <t>Bilan d'évaluation des aides techniques</t>
   </si>
   <si>
     <t>Le Ministre de la Santé et de la Prévention a saisi la HAS le 4 juillet 2023 dans le cadre de l’article 53 de la loi de financement de la sécurité sociale pour 2022 qui modifie les conditions de prise en charge des aides techniques. Outre la possibilité de supprimer le reste à charge pour les patients, la loi prévoit que « La composition, les règles de fonctionnement et les critères d'évaluation de la commission mentionnée à l'article L. 165-1 peuvent faire l'objet d'aménagements spécifiques, par décret en Conseil d'Etat, dans le cas de l'évaluation des aides techniques à usage individuel favorisant l'autonomie de la personne prévue au 1° de l'article L. 161-37 ». Les principales grandes catégories d’aides techniques évaluées par la CNEDiMTS sont le grand appareillage orthopédique (prothèses, orthèses), les véhicules pour les personnes en situation de handicap et les aides auditives.</t>
   </si>
   <si>
     <t>05/10/2023 00:00:00</t>
@@ -8198,140 +8552,110 @@
   <si>
     <t>p_3550806</t>
   </si>
   <si>
     <t>Avis n°2024.0065/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis n°2024.0065/AC/SEAP du 17 octobre 2024 du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550813/fr/avis-n2024-0065/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-lies-a-la-prise-en-charge-implanto-prothetique-de-l-edentement-complet-ou-unitaire</t>
   </si>
   <si>
     <t>p_3550813</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
-    <t>COLUMVI (glofitamab)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
+    <t>SKYCLARYS (omaveloxolone)</t>
+  </si>
+  <si>
+    <t>10/02/2026 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/fr/skyclarys-omaveloxolone</t>
+  </si>
+  <si>
+    <t>p_3474040</t>
+  </si>
+  <si>
+    <t>omaveloxolone</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474022/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/fr/skyclarys-omaveloxolone-ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859207/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
   </si>
   <si>
     <t>VOXZOGO (vosoritide)</t>
   </si>
   <si>
     <t>24/03/2025 17:31:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3304529/fr/voxzogo-vosoritide</t>
   </si>
   <si>
     <t>p_3304529</t>
   </si>
   <si>
     <t>vosoritide</t>
   </si>
   <si>
     <t>BIOMARIN INTERNATIONAL LIMITED</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313571/fr/voxzogo-vosoritide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3304519/fr/voxzogo-0-4-0-56-1-2-mg-vosoritide-achondroplasie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385532/fr/voxzogo-0-4-0-56-1-2-mg-vosoritide-achondroplasie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598534/fr/voxzogo-vosoritide-achondroplasie-chez-les-patients-ages-de-4-mois-a-moins-de-5-ans</t>
   </si>
   <si>
-    <t>SKYCLARYS (omaveloxolone)</t>
-[...25 lines deleted...]
-  <si>
     <t>XEVUDY (sotrovimab)</t>
   </si>
   <si>
     <t>08/03/2024 16:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3308226/fr/xevudy-sotrovimab</t>
   </si>
   <si>
     <t>p_3308226</t>
   </si>
   <si>
     <t>sotrovimab</t>
   </si>
   <si>
     <t>GlaxoSmithKline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3308138/fr/xevudy-sotrovimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3344048/fr/xevudy-sotrovimab-covid-19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3344400/fr/xevudy-sotrovimab-covid-19</t>
@@ -8420,93 +8744,93 @@
   <si>
     <t>11/07/2023 17:59:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447513/fr/ebvallo-tabelecleucel</t>
   </si>
   <si>
     <t>p_3447513</t>
   </si>
   <si>
     <t>tabelecleucel</t>
   </si>
   <si>
     <t>PIERRE FABRE MÉDICAMENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447489/fr/ebvallo-tabelecleucel-hemopathie-maligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451087/fr/ebvallo-tabelecleucel-hemopathie-maligne</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Déclaration d’accessibilité</t>
+  </si>
+  <si>
+    <t>Le site internet de la Haute Autorité de santé est reconnu comme partiellement conforme au Référentiel Général d’Amélioration de l’Accessibilité (RGAA) dans sa version 4.1.2. L’audit de conformité a révélé, sur un échantillon de 17 pages, que 81,69 % des critères sont respectés avec un taux moyen de conformité de 92,5 %.</t>
+  </si>
+  <si>
+    <t>14/12/2022 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396083/fr/declaration-d-accessibilite</t>
+  </si>
+  <si>
+    <t>p_3396083</t>
+  </si>
+  <si>
     <t>Programme « santé mentale et psychiatrie » de la HAS</t>
   </si>
   <si>
     <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
   </si>
   <si>
     <t>14/02/2025 14:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
   </si>
   <si>
     <t>c_1721760</t>
   </si>
   <si>
     <t>Comité santé mentale et psychiatrie</t>
   </si>
   <si>
     <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
   </si>
   <si>
     <t>17/10/2024 11:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
   </si>
   <si>
     <t>p_3549127</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3396083</t>
   </si>
   <si>
     <t>[Interview croisée] Psychiatrie et santé mentale : une démarche de coconstruction</t>
   </si>
   <si>
     <t>Le 2è programme de travail pluriannuel « psychiatrie et santé mentale », fondé, comme le précédent, sur une démarche de coconstruction, intègre des travaux relatifs aux champs sanitaire, médico-social et social, dans le but d’améliorer les parcours de santé et de vie des patients</t>
   </si>
   <si>
     <t>20/01/2021 17:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3232907/fr/-interview-croisee-psychiatrie-et-sante-mentale-une-demarche-de-coconstruction</t>
   </si>
   <si>
     <t>p_3232907</t>
   </si>
   <si>
     <t>Maladies neurodégénératives : adapter ses pratiques pour accompagner les personnes à domicile</t>
   </si>
   <si>
     <t>Vous accompagnez à domicile des personnes atteintes de maladies neurodégénératives (maladie d’Alzheimer, maladie de Parkinson, maladie à Corps de Lewy, démences fronto-temporale ou sclérose en plaques) ? La Haute Autorité de santé (HAS) publie des guides et outils pour vous aider à adapter vos pratiques aux spécificités de ces pathologies.</t>
   </si>
   <si>
     <t>18/11/2020 09:56:00</t>
   </si>
@@ -8570,18438 +8894,19382 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...131 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2524</v>
+        <v>2622</v>
       </c>
       <c r="B2" t="s">
-        <v>2525</v>
+        <v>2623</v>
       </c>
       <c r="C2" t="s">
-        <v>2526</v>
+        <v>2624</v>
       </c>
       <c r="D2" t="s">
-        <v>2527</v>
+        <v>2436</v>
       </c>
       <c r="E2" t="s">
-        <v>2528</v>
+        <v>2625</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2529</v>
+        <v>2626</v>
       </c>
       <c r="H2" t="s">
-        <v>2530</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2524</v>
+        <v>2622</v>
       </c>
       <c r="B3" t="s">
-        <v>2531</v>
+        <v>2628</v>
       </c>
       <c r="C3" t="s">
-        <v>2532</v>
+        <v>2629</v>
       </c>
       <c r="D3" t="s">
-        <v>2533</v>
+        <v>2630</v>
       </c>
       <c r="E3" t="s">
-        <v>2534</v>
+        <v>2631</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2535</v>
+        <v>2632</v>
       </c>
       <c r="H3" t="s">
-        <v>2536</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2524</v>
+        <v>2622</v>
       </c>
       <c r="B4" t="s">
-        <v>2537</v>
+        <v>2634</v>
       </c>
       <c r="C4" t="s">
-        <v>2538</v>
+        <v>2635</v>
       </c>
       <c r="D4" t="s">
-        <v>2539</v>
+        <v>2636</v>
       </c>
       <c r="E4" t="s">
-        <v>2540</v>
+        <v>2637</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2541</v>
+        <v>2638</v>
       </c>
       <c r="H4" t="s">
-        <v>2542</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2524</v>
+        <v>2622</v>
       </c>
       <c r="B5" t="s">
-        <v>2543</v>
+        <v>2640</v>
       </c>
       <c r="C5" t="s">
-        <v>2544</v>
+        <v>2641</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>2642</v>
       </c>
       <c r="E5" t="s">
-        <v>2545</v>
+        <v>2643</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2546</v>
+        <v>2644</v>
       </c>
       <c r="H5" t="s">
-        <v>2547</v>
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2648</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2650</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B2" t="s">
-        <v>2549</v>
+        <v>2652</v>
       </c>
       <c r="C2" t="s">
-        <v>2550</v>
+        <v>2653</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2551</v>
+        <v>2654</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2552</v>
+        <v>2655</v>
       </c>
       <c r="H2" t="s">
-        <v>2553</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B3" t="s">
-        <v>2554</v>
+        <v>2657</v>
       </c>
       <c r="C3" t="s">
-        <v>2555</v>
+        <v>2658</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2556</v>
+        <v>2659</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2557</v>
+        <v>2660</v>
       </c>
       <c r="H3" t="s">
-        <v>2558</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B4" t="s">
-        <v>2559</v>
+        <v>2662</v>
       </c>
       <c r="C4" t="s">
-        <v>2560</v>
+        <v>2663</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2561</v>
+        <v>2664</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2562</v>
+        <v>2665</v>
       </c>
       <c r="H4" t="s">
-        <v>2563</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B5" t="s">
-        <v>2564</v>
+        <v>2667</v>
       </c>
       <c r="C5" t="s">
-        <v>2565</v>
+        <v>2668</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2566</v>
+        <v>2669</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2567</v>
+        <v>2670</v>
       </c>
       <c r="H5" t="s">
-        <v>2568</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B6" t="s">
-        <v>2569</v>
+        <v>2672</v>
       </c>
       <c r="C6" t="s">
-        <v>2570</v>
+        <v>2673</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2571</v>
+        <v>2674</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2572</v>
+        <v>2675</v>
       </c>
       <c r="H6" t="s">
-        <v>2573</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B7" t="s">
-        <v>2574</v>
+        <v>2677</v>
       </c>
       <c r="C7" t="s">
-        <v>2575</v>
+        <v>2678</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2576</v>
+        <v>2679</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2577</v>
+        <v>2680</v>
       </c>
       <c r="H7" t="s">
-        <v>2578</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B8" t="s">
-        <v>2579</v>
+        <v>2682</v>
       </c>
       <c r="C8" t="s">
-        <v>2580</v>
+        <v>2683</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2581</v>
+        <v>2684</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2582</v>
+        <v>2685</v>
       </c>
       <c r="H8" t="s">
-        <v>2583</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B9" t="s">
-        <v>2584</v>
+        <v>2687</v>
       </c>
       <c r="C9" t="s">
-        <v>2585</v>
+        <v>2688</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2586</v>
+        <v>2689</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2587</v>
+        <v>2690</v>
       </c>
       <c r="H9" t="s">
-        <v>2588</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B10" t="s">
-        <v>2589</v>
+        <v>2692</v>
       </c>
       <c r="C10" t="s">
-        <v>2590</v>
+        <v>2693</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2591</v>
+        <v>2694</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2592</v>
+        <v>2695</v>
       </c>
       <c r="H10" t="s">
-        <v>2593</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B11" t="s">
-        <v>2594</v>
+        <v>2697</v>
       </c>
       <c r="C11" t="s">
-        <v>2595</v>
+        <v>2698</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2596</v>
+        <v>2699</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2597</v>
+        <v>2700</v>
       </c>
       <c r="H11" t="s">
-        <v>2598</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B12" t="s">
-        <v>2599</v>
+        <v>2702</v>
       </c>
       <c r="C12" t="s">
-        <v>2600</v>
+        <v>2703</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2601</v>
+        <v>2704</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2602</v>
+        <v>2705</v>
       </c>
       <c r="H12" t="s">
-        <v>2603</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B13" t="s">
-        <v>2604</v>
+        <v>2707</v>
       </c>
       <c r="C13" t="s">
-        <v>2605</v>
+        <v>2708</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2606</v>
+        <v>2709</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2607</v>
+        <v>2710</v>
       </c>
       <c r="H13" t="s">
-        <v>2608</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B14" t="s">
-        <v>2609</v>
+        <v>2712</v>
       </c>
       <c r="C14" t="s">
-        <v>2610</v>
+        <v>2713</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2503</v>
+        <v>2714</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2611</v>
+        <v>2715</v>
       </c>
       <c r="H14" t="s">
-        <v>2612</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2548</v>
+        <v>2651</v>
       </c>
       <c r="B15" t="s">
-        <v>2613</v>
+        <v>2717</v>
       </c>
       <c r="C15" t="s">
-        <v>2614</v>
+        <v>2718</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2615</v>
+        <v>2719</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2616</v>
+        <v>2720</v>
       </c>
       <c r="H15" t="s">
-        <v>2617</v>
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2730</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B2" t="s">
-        <v>2619</v>
+        <v>2732</v>
       </c>
       <c r="C2" t="s">
-        <v>2620</v>
+        <v>2733</v>
       </c>
       <c r="D2" t="s">
-        <v>2621</v>
+        <v>2734</v>
       </c>
       <c r="E2" t="s">
-        <v>2622</v>
+        <v>2654</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2623</v>
+        <v>2735</v>
       </c>
       <c r="H2" t="s">
-        <v>2624</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B3" t="s">
-        <v>2625</v>
+        <v>2737</v>
       </c>
       <c r="C3" t="s">
-        <v>2626</v>
+        <v>2738</v>
       </c>
       <c r="D3" t="s">
-        <v>2627</v>
+        <v>2739</v>
       </c>
       <c r="E3" t="s">
-        <v>2628</v>
+        <v>2740</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2629</v>
+        <v>2741</v>
       </c>
       <c r="H3" t="s">
-        <v>2630</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B4" t="s">
-        <v>2631</v>
+        <v>2743</v>
       </c>
       <c r="C4" t="s">
-        <v>2632</v>
+        <v>2744</v>
       </c>
       <c r="D4" t="s">
-        <v>2633</v>
+        <v>2745</v>
       </c>
       <c r="E4" t="s">
-        <v>2634</v>
+        <v>2746</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2635</v>
+        <v>2747</v>
       </c>
       <c r="H4" t="s">
-        <v>2636</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B5" t="s">
-        <v>2637</v>
+        <v>2749</v>
       </c>
       <c r="C5" t="s">
-        <v>2638</v>
+        <v>2750</v>
       </c>
       <c r="D5" t="s">
-        <v>2639</v>
+        <v>2751</v>
       </c>
       <c r="E5" t="s">
-        <v>2640</v>
+        <v>2752</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2641</v>
+        <v>2753</v>
       </c>
       <c r="H5" t="s">
-        <v>2642</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B6" t="s">
-        <v>2643</v>
+        <v>2755</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>2756</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>2757</v>
       </c>
       <c r="E6" t="s">
-        <v>2644</v>
+        <v>2758</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2645</v>
+        <v>2759</v>
       </c>
       <c r="H6" t="s">
-        <v>2646</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B7" t="s">
-        <v>2647</v>
+        <v>2761</v>
       </c>
       <c r="C7" t="s">
-        <v>2648</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>2649</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2650</v>
+        <v>2762</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2651</v>
+        <v>2763</v>
       </c>
       <c r="H7" t="s">
-        <v>2652</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B8" t="s">
-        <v>2653</v>
+        <v>2765</v>
       </c>
       <c r="C8" t="s">
-        <v>2654</v>
+        <v>2766</v>
       </c>
       <c r="D8" t="s">
-        <v>2649</v>
+        <v>2767</v>
       </c>
       <c r="E8" t="s">
-        <v>2650</v>
+        <v>2768</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2655</v>
+        <v>2769</v>
       </c>
       <c r="H8" t="s">
-        <v>2656</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B9" t="s">
-        <v>2657</v>
+        <v>2771</v>
       </c>
       <c r="C9" t="s">
-        <v>2658</v>
+        <v>2772</v>
       </c>
       <c r="D9" t="s">
-        <v>2659</v>
+        <v>2767</v>
       </c>
       <c r="E9" t="s">
-        <v>2660</v>
+        <v>2768</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2661</v>
+        <v>2773</v>
       </c>
       <c r="H9" t="s">
-        <v>2662</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B10" t="s">
-        <v>2663</v>
+        <v>2775</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>2776</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>2777</v>
       </c>
       <c r="E10" t="s">
-        <v>2664</v>
+        <v>2778</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2665</v>
+        <v>2779</v>
       </c>
       <c r="H10" t="s">
-        <v>2666</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B11" t="s">
-        <v>2667</v>
+        <v>2781</v>
       </c>
       <c r="C11" t="s">
-        <v>2668</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>2669</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2670</v>
+        <v>2782</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2671</v>
+        <v>2783</v>
       </c>
       <c r="H11" t="s">
-        <v>2672</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B12" t="s">
-        <v>2673</v>
+        <v>2785</v>
       </c>
       <c r="C12" t="s">
-        <v>2674</v>
+        <v>2786</v>
       </c>
       <c r="D12" t="s">
-        <v>2675</v>
+        <v>2787</v>
       </c>
       <c r="E12" t="s">
-        <v>2676</v>
+        <v>2788</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2677</v>
+        <v>2789</v>
       </c>
       <c r="H12" t="s">
-        <v>2678</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B13" t="s">
-        <v>2679</v>
+        <v>2791</v>
       </c>
       <c r="C13" t="s">
-        <v>2680</v>
+        <v>2792</v>
       </c>
       <c r="D13" t="s">
-        <v>2120</v>
+        <v>2793</v>
       </c>
       <c r="E13" t="s">
-        <v>2681</v>
+        <v>2794</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2682</v>
+        <v>2795</v>
       </c>
       <c r="H13" t="s">
-        <v>2683</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B14" t="s">
-        <v>2684</v>
+        <v>2797</v>
       </c>
       <c r="C14" t="s">
-        <v>2685</v>
+        <v>2798</v>
       </c>
       <c r="D14" t="s">
-        <v>2686</v>
+        <v>2207</v>
       </c>
       <c r="E14" t="s">
-        <v>2082</v>
+        <v>2799</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2687</v>
+        <v>2800</v>
       </c>
       <c r="H14" t="s">
-        <v>2688</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B15" t="s">
-        <v>2689</v>
+        <v>2802</v>
       </c>
       <c r="C15" t="s">
-        <v>2690</v>
+        <v>2803</v>
       </c>
       <c r="D15" t="s">
-        <v>2691</v>
+        <v>2804</v>
       </c>
       <c r="E15" t="s">
-        <v>2692</v>
+        <v>2169</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2693</v>
+        <v>2805</v>
       </c>
       <c r="H15" t="s">
-        <v>2694</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2618</v>
+        <v>2731</v>
       </c>
       <c r="B16" t="s">
-        <v>2695</v>
+        <v>2807</v>
       </c>
       <c r="C16" t="s">
-        <v>2696</v>
+        <v>2808</v>
       </c>
       <c r="D16" t="s">
-        <v>2697</v>
+        <v>2809</v>
       </c>
       <c r="E16" t="s">
-        <v>2698</v>
+        <v>2810</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2699</v>
+        <v>2811</v>
       </c>
       <c r="H16" t="s">
-        <v>2700</v>
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2816</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2817</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2818</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2701</v>
+        <v>2819</v>
       </c>
       <c r="B2" t="s">
-        <v>2702</v>
+        <v>2820</v>
       </c>
       <c r="C2" t="s">
-        <v>2703</v>
+        <v>2821</v>
       </c>
       <c r="D2" t="s">
-        <v>2704</v>
+        <v>2822</v>
       </c>
       <c r="E2" t="s">
-        <v>2705</v>
+        <v>2823</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2706</v>
+        <v>2824</v>
       </c>
       <c r="H2" t="s">
-        <v>2707</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2701</v>
+        <v>2819</v>
       </c>
       <c r="B3" t="s">
-        <v>2708</v>
+        <v>2826</v>
       </c>
       <c r="C3" t="s">
-        <v>2709</v>
+        <v>2827</v>
       </c>
       <c r="D3" t="s">
-        <v>2704</v>
+        <v>2822</v>
       </c>
       <c r="E3" t="s">
-        <v>2705</v>
+        <v>2823</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2710</v>
+        <v>2828</v>
       </c>
       <c r="H3" t="s">
-        <v>2711</v>
+        <v>2829</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2712</v>
+        <v>2830</v>
       </c>
       <c r="J1" t="s">
         <v>53</v>
       </c>
       <c r="K1" t="s">
-        <v>2713</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B2" t="s">
-        <v>2715</v>
+        <v>2833</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2716</v>
+        <v>2834</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2717</v>
+        <v>2835</v>
       </c>
       <c r="H2" t="s">
-        <v>2718</v>
+        <v>2836</v>
       </c>
       <c r="I2" t="s">
-        <v>2719</v>
+        <v>2837</v>
       </c>
       <c r="J2" t="s">
-        <v>2720</v>
+        <v>2838</v>
       </c>
       <c r="K2" t="s">
-        <v>2721</v>
+        <v>2839</v>
       </c>
       <c r="L2" t="s">
-        <v>2722</v>
+        <v>2840</v>
       </c>
       <c r="M2" t="s">
-        <v>2723</v>
+        <v>2841</v>
       </c>
       <c r="N2" t="s">
-        <v>2724</v>
-[...2 lines deleted...]
-        <v>2725</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B3" t="s">
-        <v>2726</v>
+        <v>2843</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2727</v>
+        <v>2844</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2728</v>
+        <v>2845</v>
       </c>
       <c r="H3" t="s">
-        <v>2729</v>
+        <v>2846</v>
       </c>
       <c r="I3" t="s">
-        <v>2730</v>
+        <v>2847</v>
       </c>
       <c r="J3" t="s">
-        <v>2731</v>
+        <v>2848</v>
       </c>
       <c r="K3" t="s">
-        <v>2732</v>
+        <v>2849</v>
       </c>
       <c r="L3" t="s">
-        <v>2733</v>
+        <v>2850</v>
       </c>
       <c r="M3" t="s">
-        <v>2734</v>
+        <v>2851</v>
       </c>
       <c r="N3" t="s">
-        <v>2735</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B4" t="s">
-        <v>2736</v>
+        <v>2853</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2737</v>
+        <v>2854</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2738</v>
+        <v>2855</v>
       </c>
       <c r="H4" t="s">
-        <v>2739</v>
+        <v>2856</v>
       </c>
       <c r="I4" t="s">
-        <v>2740</v>
+        <v>2857</v>
       </c>
       <c r="J4" t="s">
-        <v>2741</v>
+        <v>2858</v>
       </c>
       <c r="K4" t="s">
-        <v>2742</v>
+        <v>2859</v>
       </c>
       <c r="L4" t="s">
-        <v>2743</v>
+        <v>2860</v>
       </c>
       <c r="M4" t="s">
-        <v>2744</v>
+        <v>2861</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2862</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B5" t="s">
-        <v>2745</v>
+        <v>2863</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2746</v>
+        <v>2864</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2747</v>
+        <v>2865</v>
       </c>
       <c r="H5" t="s">
-        <v>2748</v>
+        <v>2866</v>
       </c>
       <c r="I5" t="s">
-        <v>2749</v>
+        <v>2867</v>
       </c>
       <c r="J5" t="s">
-        <v>2750</v>
+        <v>2868</v>
       </c>
       <c r="K5" t="s">
-        <v>2751</v>
+        <v>2869</v>
       </c>
       <c r="L5" t="s">
-        <v>2752</v>
+        <v>2870</v>
       </c>
       <c r="M5" t="s">
-        <v>2753</v>
+        <v>2871</v>
       </c>
       <c r="N5" t="s">
-        <v>2754</v>
+        <v>2872</v>
+      </c>
+      <c r="O5" t="s">
+        <v>2873</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2874</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2875</v>
+      </c>
+      <c r="R5" t="s">
+        <v>2876</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2877</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2878</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B6" t="s">
-        <v>2755</v>
+        <v>2879</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2756</v>
+        <v>2880</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2757</v>
+        <v>2881</v>
       </c>
       <c r="H6" t="s">
-        <v>2758</v>
+        <v>2882</v>
       </c>
       <c r="I6" t="s">
-        <v>2759</v>
+        <v>2883</v>
       </c>
       <c r="J6" t="s">
-        <v>2760</v>
+        <v>2884</v>
       </c>
       <c r="K6" t="s">
-        <v>2761</v>
+        <v>2885</v>
       </c>
       <c r="L6" t="s">
-        <v>2762</v>
+        <v>2886</v>
       </c>
       <c r="M6" t="s">
-        <v>2763</v>
-[...20 lines deleted...]
-        <v>2770</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2714</v>
+        <v>2832</v>
       </c>
       <c r="B7" t="s">
-        <v>2771</v>
+        <v>2888</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2772</v>
+        <v>2889</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2773</v>
+        <v>2890</v>
       </c>
       <c r="H7" t="s">
-        <v>2774</v>
+        <v>2891</v>
       </c>
       <c r="I7" t="s">
-        <v>2775</v>
+        <v>2892</v>
       </c>
       <c r="J7" t="s">
-        <v>2776</v>
+        <v>2893</v>
       </c>
       <c r="K7" t="s">
-        <v>2777</v>
+        <v>2894</v>
       </c>
       <c r="L7" t="s">
-        <v>2778</v>
-[...40 lines deleted...]
-        <v>2787</v>
+        <v>2895</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B2" t="s">
-        <v>2789</v>
+        <v>2897</v>
       </c>
       <c r="C2" t="s">
-        <v>2790</v>
+        <v>2898</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2791</v>
+        <v>2899</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2792</v>
+        <v>2900</v>
       </c>
       <c r="H2" t="s">
-        <v>2793</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B3" t="s">
-        <v>2794</v>
+        <v>2902</v>
       </c>
       <c r="C3" t="s">
-        <v>2795</v>
+        <v>2903</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2796</v>
+        <v>2904</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2797</v>
+        <v>2905</v>
       </c>
       <c r="H3" t="s">
-        <v>2798</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B4" t="s">
-        <v>2799</v>
+        <v>2907</v>
       </c>
       <c r="C4" t="s">
-        <v>2800</v>
+        <v>2908</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2801</v>
+        <v>2909</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2802</v>
+        <v>2910</v>
       </c>
       <c r="H4" t="s">
-        <v>2803</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B5" t="s">
-        <v>2804</v>
+        <v>2912</v>
       </c>
       <c r="C5" t="s">
-        <v>2805</v>
+        <v>2913</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2806</v>
+        <v>2914</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2807</v>
+        <v>2915</v>
       </c>
       <c r="H5" t="s">
-        <v>2808</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B6" t="s">
-        <v>2809</v>
+        <v>2917</v>
       </c>
       <c r="C6" t="s">
-        <v>2810</v>
+        <v>2918</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2811</v>
+        <v>2919</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2812</v>
+        <v>2920</v>
       </c>
       <c r="H6" t="s">
-        <v>2813</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B7" t="s">
-        <v>2814</v>
+        <v>2922</v>
       </c>
       <c r="C7" t="s">
-        <v>2815</v>
+        <v>2923</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2816</v>
+        <v>2924</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2817</v>
+        <v>2925</v>
       </c>
       <c r="H7" t="s">
-        <v>2818</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2788</v>
+        <v>2896</v>
       </c>
       <c r="B8" t="s">
-        <v>2819</v>
+        <v>2927</v>
       </c>
       <c r="C8" t="s">
-        <v>2820</v>
+        <v>2928</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2606</v>
+        <v>2719</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2821</v>
+        <v>2929</v>
       </c>
       <c r="H8" t="s">
-        <v>2822</v>
+        <v>2930</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>46</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C7" t="s">
         <v>47</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D7" t="s">
         <v>48</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>50</v>
       </c>
-      <c r="H2" t="s">
+      <c r="H7" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J450"/>
+  <dimension ref="A1:J476"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>52</v>
       </c>
       <c r="J1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>54</v>
       </c>
       <c r="B2" t="s">
         <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>56</v>
       </c>
       <c r="E2" t="s">
         <v>57</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>58</v>
       </c>
       <c r="H2" t="s">
         <v>59</v>
       </c>
       <c r="I2" t="s">
         <v>60</v>
       </c>
       <c r="J2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>54</v>
       </c>
       <c r="B3" t="s">
         <v>62</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="J4" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>54</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I5" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="J5" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H6" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I6" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="I7" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="J7" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="H8" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="I8" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="H9" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="I9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>54</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
+        <v>101</v>
+      </c>
+      <c r="H10" t="s">
+        <v>102</v>
+      </c>
+      <c r="I10" t="s">
         <v>87</v>
       </c>
-      <c r="H10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>54</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="H11" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="I11" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="H12" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="J12" t="s">
-        <v>79</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="I13" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="J13" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="H14" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="I14" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H15" t="s">
+        <v>122</v>
+      </c>
+      <c r="I15" t="s">
         <v>108</v>
       </c>
-      <c r="H15" t="s">
+      <c r="J15" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E16" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H16" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="I16" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J16" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="E17" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="H17" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="J17" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="H18" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="I18" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="J18" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="H19" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="I19" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E20" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H20" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I20" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="J20" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
         <v>136</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="H21" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="I21" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="J21" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E22" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="H22" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="I22" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="J22" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>54</v>
       </c>
       <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>130</v>
+      </c>
+      <c r="E23" t="s">
+        <v>153</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>154</v>
+      </c>
+      <c r="H23" t="s">
+        <v>155</v>
+      </c>
+      <c r="I23" t="s">
+        <v>113</v>
+      </c>
+      <c r="J23" t="s">
         <v>143</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E24" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="H24" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="I24" t="s">
-        <v>142</v>
+        <v>159</v>
       </c>
       <c r="J24" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="E25" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="H25" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="I25" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="J25" t="s">
-        <v>79</v>
+        <v>143</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="E26" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="H26" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="I26" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="J26" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="H27" t="s">
+        <v>170</v>
+      </c>
+      <c r="I27" t="s">
         <v>164</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>166</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="E28" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="H28" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="I28" t="s">
-        <v>171</v>
+        <v>108</v>
       </c>
       <c r="J28" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>130</v>
+      </c>
+      <c r="E29" t="s">
         <v>172</v>
       </c>
-      <c r="C29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="I29" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="J29" t="s">
-        <v>176</v>
+        <v>134</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="E30" t="s">
+        <v>172</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>179</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>180</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>182</v>
+        <v>108</v>
       </c>
       <c r="J30" t="s">
-        <v>183</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>54</v>
       </c>
       <c r="B31" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>185</v>
+        <v>130</v>
       </c>
       <c r="E31" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="H31" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="I31" t="s">
-        <v>188</v>
+        <v>108</v>
       </c>
       <c r="J31" t="s">
-        <v>189</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>54</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="E32" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="H32" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="I32" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="J32" t="s">
-        <v>193</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>195</v>
+        <v>130</v>
       </c>
       <c r="E33" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="H33" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="I33" t="s">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="J33" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>54</v>
       </c>
       <c r="B34" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>201</v>
+        <v>130</v>
       </c>
       <c r="E34" t="s">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="H34" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="I34" t="s">
-        <v>205</v>
+        <v>147</v>
       </c>
       <c r="J34" t="s">
-        <v>206</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>54</v>
       </c>
       <c r="B35" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="E35" t="s">
-        <v>209</v>
+        <v>172</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="H35" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="I35" t="s">
-        <v>212</v>
+        <v>113</v>
       </c>
       <c r="J35" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="E36" t="s">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="H36" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="I36" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="J36" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>54</v>
       </c>
       <c r="B37" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>219</v>
+        <v>130</v>
       </c>
       <c r="E37" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="H37" t="s">
-        <v>222</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>223</v>
+        <v>108</v>
       </c>
       <c r="J37" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>54</v>
       </c>
       <c r="B38" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
+        <v>130</v>
       </c>
       <c r="E38" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="H38" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="I38" t="s">
-        <v>227</v>
+        <v>108</v>
       </c>
       <c r="J38" t="s">
-        <v>228</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>229</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>230</v>
+        <v>207</v>
       </c>
       <c r="E39" t="s">
-        <v>231</v>
+        <v>172</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>232</v>
+        <v>208</v>
       </c>
       <c r="H39" t="s">
-        <v>233</v>
+        <v>209</v>
       </c>
       <c r="I39" t="s">
-        <v>234</v>
+        <v>87</v>
       </c>
       <c r="J39" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>54</v>
       </c>
       <c r="B40" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>237</v>
+        <v>207</v>
       </c>
       <c r="E40" t="s">
-        <v>238</v>
+        <v>172</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>239</v>
+        <v>212</v>
       </c>
       <c r="H40" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="I40" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="J40" t="s">
-        <v>241</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>54</v>
       </c>
       <c r="B41" t="s">
-        <v>242</v>
+        <v>216</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>243</v>
+        <v>207</v>
       </c>
       <c r="E41" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>244</v>
+        <v>218</v>
       </c>
       <c r="H41" t="s">
-        <v>245</v>
+        <v>219</v>
       </c>
       <c r="I41" t="s">
-        <v>246</v>
+        <v>159</v>
       </c>
       <c r="J41" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>54</v>
       </c>
       <c r="B42" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>237</v>
+        <v>207</v>
       </c>
       <c r="E42" t="s">
-        <v>248</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>249</v>
+        <v>223</v>
       </c>
       <c r="H42" t="s">
-        <v>250</v>
+        <v>224</v>
       </c>
       <c r="I42" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="J42" t="s">
-        <v>252</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>54</v>
       </c>
       <c r="B43" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D43" t="s">
-        <v>254</v>
+        <v>130</v>
       </c>
       <c r="E43" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="H43" t="s">
-        <v>256</v>
+        <v>229</v>
       </c>
       <c r="I43" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J43" t="s">
-        <v>257</v>
+        <v>83</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" t="s">
-        <v>258</v>
+        <v>230</v>
       </c>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>254</v>
+        <v>130</v>
       </c>
       <c r="E44" t="s">
-        <v>259</v>
+        <v>231</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>260</v>
+        <v>232</v>
       </c>
       <c r="H44" t="s">
-        <v>261</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="J44" t="s">
-        <v>132</v>
+        <v>83</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>54</v>
       </c>
       <c r="B45" t="s">
-        <v>262</v>
+        <v>234</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="E45" t="s">
-        <v>264</v>
+        <v>231</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>265</v>
+        <v>235</v>
       </c>
       <c r="H45" t="s">
-        <v>266</v>
+        <v>236</v>
       </c>
       <c r="I45" t="s">
-        <v>267</v>
+        <v>237</v>
       </c>
       <c r="J45" t="s">
-        <v>268</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>54</v>
       </c>
       <c r="B46" t="s">
-        <v>269</v>
+        <v>239</v>
       </c>
       <c r="C46" t="s">
-        <v>270</v>
+        <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>271</v>
+        <v>130</v>
       </c>
       <c r="E46" t="s">
-        <v>272</v>
+        <v>231</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>273</v>
+        <v>240</v>
       </c>
       <c r="H46" t="s">
-        <v>274</v>
+        <v>241</v>
       </c>
       <c r="I46" t="s">
-        <v>275</v>
+        <v>72</v>
       </c>
       <c r="J46" t="s">
-        <v>276</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>54</v>
       </c>
       <c r="B47" t="s">
-        <v>190</v>
+        <v>242</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="E47" t="s">
-        <v>277</v>
+        <v>231</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>278</v>
+        <v>243</v>
       </c>
       <c r="H47" t="s">
-        <v>279</v>
+        <v>244</v>
       </c>
       <c r="I47" t="s">
-        <v>110</v>
+        <v>159</v>
       </c>
       <c r="J47" t="s">
-        <v>193</v>
+        <v>83</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>54</v>
       </c>
       <c r="B48" t="s">
-        <v>280</v>
+        <v>245</v>
       </c>
       <c r="C48" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="E48" t="s">
-        <v>277</v>
+        <v>231</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>281</v>
+        <v>246</v>
       </c>
       <c r="H48" t="s">
-        <v>282</v>
+        <v>247</v>
       </c>
       <c r="I48" t="s">
-        <v>283</v>
+        <v>82</v>
       </c>
       <c r="J48" t="s">
-        <v>268</v>
+        <v>83</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>54</v>
       </c>
       <c r="B49" t="s">
-        <v>284</v>
+        <v>248</v>
       </c>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>285</v>
+        <v>130</v>
       </c>
       <c r="E49" t="s">
-        <v>286</v>
+        <v>231</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="H49" t="s">
-        <v>288</v>
+        <v>250</v>
       </c>
       <c r="I49" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="J49" t="s">
-        <v>132</v>
+        <v>83</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>54</v>
       </c>
       <c r="B50" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>290</v>
+        <v>207</v>
       </c>
       <c r="E50" t="s">
-        <v>291</v>
+        <v>231</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>292</v>
+        <v>252</v>
       </c>
       <c r="H50" t="s">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="I50" t="s">
-        <v>294</v>
+        <v>82</v>
       </c>
       <c r="J50" t="s">
-        <v>295</v>
+        <v>254</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" t="s">
-        <v>296</v>
+        <v>168</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>290</v>
+        <v>255</v>
       </c>
       <c r="E51" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>297</v>
+        <v>257</v>
       </c>
       <c r="H51" t="s">
-        <v>298</v>
+        <v>258</v>
       </c>
       <c r="I51" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="J51" t="s">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>290</v>
+        <v>260</v>
       </c>
       <c r="E52" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="H52" t="s">
-        <v>302</v>
+        <v>262</v>
       </c>
       <c r="I52" t="s">
-        <v>299</v>
+        <v>263</v>
       </c>
       <c r="J52" t="s">
-        <v>295</v>
+        <v>264</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>54</v>
       </c>
       <c r="B53" t="s">
-        <v>303</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D53" t="s">
-        <v>304</v>
+        <v>130</v>
       </c>
       <c r="E53" t="s">
-        <v>305</v>
+        <v>256</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>306</v>
+        <v>266</v>
       </c>
       <c r="H53" t="s">
-        <v>307</v>
+        <v>267</v>
       </c>
       <c r="I53" t="s">
-        <v>308</v>
+        <v>268</v>
       </c>
       <c r="J53" t="s">
-        <v>309</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54" t="s">
-        <v>310</v>
+        <v>270</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D54" t="s">
-        <v>311</v>
+        <v>260</v>
       </c>
       <c r="E54" t="s">
-        <v>312</v>
+        <v>271</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>313</v>
+        <v>272</v>
       </c>
       <c r="H54" t="s">
-        <v>314</v>
+        <v>273</v>
       </c>
       <c r="I54" t="s">
-        <v>315</v>
+        <v>274</v>
       </c>
       <c r="J54" t="s">
-        <v>132</v>
+        <v>264</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>194</v>
+        <v>275</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D55" t="s">
-        <v>316</v>
+        <v>276</v>
       </c>
       <c r="E55" t="s">
-        <v>317</v>
+        <v>271</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>318</v>
+        <v>277</v>
       </c>
       <c r="H55" t="s">
-        <v>319</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>198</v>
+        <v>72</v>
       </c>
       <c r="J55" t="s">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="C56" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D56" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="E56" t="s">
-        <v>317</v>
+        <v>282</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>321</v>
+        <v>283</v>
       </c>
       <c r="H56" t="s">
-        <v>322</v>
+        <v>284</v>
       </c>
       <c r="I56" t="s">
-        <v>323</v>
+        <v>285</v>
       </c>
       <c r="J56" t="s">
-        <v>324</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>54</v>
       </c>
       <c r="B57" t="s">
-        <v>325</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>326</v>
+        <v>288</v>
       </c>
       <c r="E57" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>328</v>
+        <v>289</v>
       </c>
       <c r="H57" t="s">
-        <v>329</v>
+        <v>290</v>
       </c>
       <c r="I57" t="s">
-        <v>330</v>
+        <v>94</v>
       </c>
       <c r="J57" t="s">
-        <v>331</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>54</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>333</v>
+        <v>281</v>
       </c>
       <c r="E58" t="s">
-        <v>334</v>
+        <v>271</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="H58" t="s">
-        <v>336</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="J58" t="s">
-        <v>337</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>54</v>
       </c>
       <c r="B59" t="s">
-        <v>338</v>
+        <v>295</v>
       </c>
       <c r="C59" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D59" t="s">
-        <v>333</v>
+        <v>296</v>
       </c>
       <c r="E59" t="s">
-        <v>334</v>
+        <v>271</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>339</v>
+        <v>297</v>
       </c>
       <c r="H59" t="s">
-        <v>340</v>
+        <v>298</v>
       </c>
       <c r="I59" t="s">
-        <v>99</v>
+        <v>299</v>
       </c>
       <c r="J59" t="s">
-        <v>206</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>54</v>
       </c>
       <c r="B60" t="s">
-        <v>341</v>
+        <v>301</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>302</v>
       </c>
       <c r="E60" t="s">
-        <v>343</v>
+        <v>303</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>344</v>
+        <v>304</v>
       </c>
       <c r="H60" t="s">
-        <v>345</v>
+        <v>305</v>
       </c>
       <c r="I60" t="s">
-        <v>346</v>
+        <v>306</v>
       </c>
       <c r="J60" t="s">
-        <v>347</v>
+        <v>307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>54</v>
       </c>
       <c r="B61" t="s">
-        <v>348</v>
+        <v>308</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D61" t="s">
-        <v>349</v>
+        <v>309</v>
       </c>
       <c r="E61" t="s">
-        <v>350</v>
+        <v>310</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>351</v>
+        <v>311</v>
       </c>
       <c r="H61" t="s">
-        <v>352</v>
+        <v>312</v>
       </c>
       <c r="I61" t="s">
-        <v>353</v>
+        <v>313</v>
       </c>
       <c r="J61" t="s">
-        <v>354</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>54</v>
       </c>
       <c r="B62" t="s">
-        <v>355</v>
+        <v>315</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D62" t="s">
-        <v>356</v>
+        <v>309</v>
       </c>
       <c r="E62" t="s">
-        <v>357</v>
+        <v>303</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>358</v>
+        <v>316</v>
       </c>
       <c r="H62" t="s">
-        <v>359</v>
+        <v>317</v>
       </c>
       <c r="I62" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J62" t="s">
-        <v>360</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>54</v>
       </c>
       <c r="B63" t="s">
-        <v>361</v>
+        <v>319</v>
       </c>
       <c r="C63" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>362</v>
+        <v>320</v>
       </c>
       <c r="E63" t="s">
-        <v>363</v>
+        <v>321</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>364</v>
+        <v>322</v>
       </c>
       <c r="H63" t="s">
-        <v>365</v>
+        <v>323</v>
       </c>
       <c r="I63" t="s">
-        <v>99</v>
+        <v>324</v>
       </c>
       <c r="J63" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>54</v>
       </c>
       <c r="B64" t="s">
-        <v>366</v>
+        <v>325</v>
       </c>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>362</v>
+        <v>320</v>
       </c>
       <c r="E64" t="s">
-        <v>363</v>
+        <v>321</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>367</v>
+        <v>326</v>
       </c>
       <c r="H64" t="s">
-        <v>368</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>99</v>
+        <v>328</v>
       </c>
       <c r="J64" t="s">
-        <v>252</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>54</v>
       </c>
       <c r="B65" t="s">
-        <v>369</v>
+        <v>330</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D65" t="s">
-        <v>356</v>
+        <v>331</v>
       </c>
       <c r="E65" t="s">
-        <v>363</v>
+        <v>332</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>370</v>
+        <v>333</v>
       </c>
       <c r="H65" t="s">
-        <v>371</v>
+        <v>334</v>
       </c>
       <c r="I65" t="s">
-        <v>99</v>
+        <v>335</v>
       </c>
       <c r="J65" t="s">
-        <v>122</v>
+        <v>336</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>54</v>
       </c>
       <c r="B66" t="s">
-        <v>372</v>
+        <v>337</v>
       </c>
       <c r="C66" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D66" t="s">
-        <v>373</v>
+        <v>338</v>
       </c>
       <c r="E66" t="s">
-        <v>374</v>
+        <v>339</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>375</v>
+        <v>340</v>
       </c>
       <c r="H66" t="s">
-        <v>376</v>
+        <v>341</v>
       </c>
       <c r="I66" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J66" t="s">
-        <v>122</v>
+        <v>342</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>54</v>
       </c>
       <c r="B67" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="C67" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D67" t="s">
-        <v>373</v>
+        <v>344</v>
       </c>
       <c r="E67" t="s">
-        <v>374</v>
+        <v>339</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>378</v>
+        <v>345</v>
       </c>
       <c r="H67" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
       <c r="I67" t="s">
-        <v>380</v>
+        <v>347</v>
       </c>
       <c r="J67" t="s">
-        <v>324</v>
+        <v>238</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>54</v>
       </c>
       <c r="B68" t="s">
-        <v>381</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D68" t="s">
-        <v>382</v>
+        <v>338</v>
       </c>
       <c r="E68" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="H68" t="s">
-        <v>385</v>
+        <v>351</v>
       </c>
       <c r="I68" t="s">
-        <v>386</v>
+        <v>352</v>
       </c>
       <c r="J68" t="s">
-        <v>387</v>
+        <v>78</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>54</v>
       </c>
       <c r="B69" t="s">
-        <v>388</v>
+        <v>353</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D69" t="s">
-        <v>389</v>
+        <v>354</v>
       </c>
       <c r="E69" t="s">
-        <v>390</v>
+        <v>349</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>391</v>
+        <v>355</v>
       </c>
       <c r="H69" t="s">
-        <v>392</v>
+        <v>356</v>
       </c>
       <c r="I69" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J69" t="s">
-        <v>206</v>
+        <v>357</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>54</v>
       </c>
       <c r="B70" t="s">
-        <v>393</v>
+        <v>358</v>
       </c>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>394</v>
+        <v>354</v>
       </c>
       <c r="E70" t="s">
-        <v>390</v>
+        <v>359</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>395</v>
+        <v>360</v>
       </c>
       <c r="H70" t="s">
-        <v>396</v>
+        <v>361</v>
       </c>
       <c r="I70" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="J70" t="s">
-        <v>397</v>
+        <v>238</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>54</v>
       </c>
       <c r="B71" t="s">
-        <v>398</v>
+        <v>362</v>
       </c>
       <c r="C71" t="s">
-        <v>399</v>
+        <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>400</v>
+        <v>363</v>
       </c>
       <c r="E71" t="s">
-        <v>390</v>
+        <v>364</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
       <c r="H71" t="s">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="I71" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
       <c r="J71" t="s">
-        <v>276</v>
+        <v>367</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>54</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C72" t="s">
-        <v>13</v>
+        <v>369</v>
       </c>
       <c r="D72" t="s">
-        <v>405</v>
+        <v>370</v>
       </c>
       <c r="E72" t="s">
-        <v>406</v>
+        <v>371</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>407</v>
+        <v>372</v>
       </c>
       <c r="H72" t="s">
-        <v>408</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>409</v>
+        <v>374</v>
       </c>
       <c r="J72" t="s">
-        <v>410</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>54</v>
       </c>
       <c r="B73" t="s">
-        <v>411</v>
+        <v>292</v>
       </c>
       <c r="C73" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>405</v>
+        <v>363</v>
       </c>
       <c r="E73" t="s">
-        <v>406</v>
+        <v>376</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>412</v>
+        <v>377</v>
       </c>
       <c r="H73" t="s">
-        <v>413</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>414</v>
+        <v>159</v>
       </c>
       <c r="J73" t="s">
-        <v>415</v>
+        <v>88</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>54</v>
       </c>
       <c r="B74" t="s">
-        <v>416</v>
+        <v>379</v>
       </c>
       <c r="C74" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>389</v>
+        <v>363</v>
       </c>
       <c r="E74" t="s">
-        <v>417</v>
+        <v>376</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>418</v>
+        <v>380</v>
       </c>
       <c r="H74" t="s">
-        <v>419</v>
+        <v>381</v>
       </c>
       <c r="I74" t="s">
-        <v>110</v>
+        <v>382</v>
       </c>
       <c r="J74" t="s">
-        <v>420</v>
+        <v>367</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>54</v>
       </c>
       <c r="B75" t="s">
-        <v>421</v>
+        <v>383</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D75" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="E75" t="s">
-        <v>417</v>
+        <v>385</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>422</v>
+        <v>386</v>
       </c>
       <c r="H75" t="s">
-        <v>423</v>
+        <v>387</v>
       </c>
       <c r="I75" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="J75" t="s">
-        <v>424</v>
+        <v>238</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>54</v>
       </c>
       <c r="B76" t="s">
-        <v>425</v>
+        <v>388</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>389</v>
       </c>
       <c r="E76" t="s">
-        <v>426</v>
+        <v>390</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>427</v>
+        <v>391</v>
       </c>
       <c r="H76" t="s">
-        <v>428</v>
+        <v>392</v>
       </c>
       <c r="I76" t="s">
-        <v>99</v>
+        <v>393</v>
       </c>
       <c r="J76" t="s">
-        <v>424</v>
+        <v>394</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>54</v>
       </c>
       <c r="B77" t="s">
-        <v>429</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>430</v>
+        <v>389</v>
       </c>
       <c r="E77" t="s">
-        <v>431</v>
+        <v>390</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>432</v>
+        <v>396</v>
       </c>
       <c r="H77" t="s">
-        <v>433</v>
+        <v>397</v>
       </c>
       <c r="I77" t="s">
-        <v>110</v>
+        <v>398</v>
       </c>
       <c r="J77" t="s">
-        <v>434</v>
+        <v>394</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>54</v>
       </c>
       <c r="B78" t="s">
-        <v>435</v>
+        <v>399</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D78" t="s">
-        <v>436</v>
+        <v>389</v>
       </c>
       <c r="E78" t="s">
-        <v>431</v>
+        <v>390</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>437</v>
+        <v>400</v>
       </c>
       <c r="H78" t="s">
-        <v>438</v>
+        <v>401</v>
       </c>
       <c r="I78" t="s">
-        <v>439</v>
+        <v>398</v>
       </c>
       <c r="J78" t="s">
-        <v>79</v>
+        <v>394</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>54</v>
       </c>
       <c r="B79" t="s">
-        <v>440</v>
+        <v>402</v>
       </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>441</v>
+        <v>403</v>
       </c>
       <c r="E79" t="s">
-        <v>431</v>
+        <v>404</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>442</v>
+        <v>405</v>
       </c>
       <c r="H79" t="s">
-        <v>443</v>
+        <v>406</v>
       </c>
       <c r="I79" t="s">
-        <v>444</v>
+        <v>407</v>
       </c>
       <c r="J79" t="s">
-        <v>122</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>54</v>
       </c>
       <c r="B80" t="s">
-        <v>445</v>
+        <v>409</v>
       </c>
       <c r="C80" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>446</v>
+        <v>410</v>
       </c>
       <c r="E80" t="s">
-        <v>447</v>
+        <v>411</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>448</v>
+        <v>412</v>
       </c>
       <c r="H80" t="s">
-        <v>449</v>
+        <v>413</v>
       </c>
       <c r="I80" t="s">
-        <v>450</v>
+        <v>414</v>
       </c>
       <c r="J80" t="s">
-        <v>451</v>
+        <v>238</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>54</v>
       </c>
       <c r="B81" t="s">
-        <v>452</v>
+        <v>295</v>
       </c>
       <c r="C81" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>453</v>
+        <v>415</v>
       </c>
       <c r="E81" t="s">
-        <v>454</v>
+        <v>416</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>455</v>
+        <v>417</v>
       </c>
       <c r="H81" t="s">
-        <v>456</v>
+        <v>418</v>
       </c>
       <c r="I81" t="s">
-        <v>110</v>
+        <v>299</v>
       </c>
       <c r="J81" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>54</v>
       </c>
       <c r="B82" t="s">
-        <v>457</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>458</v>
+        <v>410</v>
       </c>
       <c r="E82" t="s">
-        <v>459</v>
+        <v>416</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>460</v>
+        <v>420</v>
       </c>
       <c r="H82" t="s">
-        <v>461</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>462</v>
+        <v>422</v>
       </c>
       <c r="J82" t="s">
-        <v>397</v>
+        <v>423</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>54</v>
       </c>
       <c r="B83" t="s">
-        <v>463</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>464</v>
+        <v>425</v>
       </c>
       <c r="E83" t="s">
-        <v>459</v>
+        <v>426</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>465</v>
+        <v>427</v>
       </c>
       <c r="H83" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="I83" t="s">
-        <v>403</v>
+        <v>429</v>
       </c>
       <c r="J83" t="s">
-        <v>467</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84" t="s">
-        <v>468</v>
+        <v>431</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>469</v>
+        <v>432</v>
       </c>
       <c r="E84" t="s">
-        <v>470</v>
+        <v>433</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>471</v>
+        <v>434</v>
       </c>
       <c r="H84" t="s">
-        <v>472</v>
+        <v>435</v>
       </c>
       <c r="I84" t="s">
-        <v>473</v>
+        <v>87</v>
       </c>
       <c r="J84" t="s">
-        <v>474</v>
+        <v>436</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>54</v>
       </c>
       <c r="B85" t="s">
-        <v>475</v>
+        <v>437</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>476</v>
+        <v>432</v>
       </c>
       <c r="E85" t="s">
-        <v>477</v>
+        <v>433</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>478</v>
+        <v>438</v>
       </c>
       <c r="H85" t="s">
-        <v>479</v>
+        <v>439</v>
       </c>
       <c r="I85" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J85" t="s">
-        <v>480</v>
+        <v>307</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>54</v>
       </c>
       <c r="B86" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="C86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D86" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="E86" t="s">
-        <v>477</v>
+        <v>442</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>482</v>
+        <v>443</v>
       </c>
       <c r="H86" t="s">
-        <v>483</v>
+        <v>444</v>
       </c>
       <c r="I86" t="s">
-        <v>182</v>
+        <v>445</v>
       </c>
       <c r="J86" t="s">
-        <v>474</v>
+        <v>446</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>54</v>
       </c>
       <c r="B87" t="s">
-        <v>484</v>
+        <v>447</v>
       </c>
       <c r="C87" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D87" t="s">
+        <v>448</v>
+      </c>
+      <c r="E87" t="s">
+        <v>449</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>450</v>
+      </c>
+      <c r="H87" t="s">
+        <v>451</v>
+      </c>
+      <c r="I87" t="s">
+        <v>452</v>
+      </c>
+      <c r="J87" t="s">
         <v>453</v>
-      </c>
-[...16 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>54</v>
       </c>
       <c r="B88" t="s">
-        <v>488</v>
+        <v>454</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>489</v>
+        <v>455</v>
       </c>
       <c r="E88" t="s">
-        <v>490</v>
+        <v>456</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>491</v>
+        <v>457</v>
       </c>
       <c r="H88" t="s">
-        <v>492</v>
+        <v>458</v>
       </c>
       <c r="I88" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="J88" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>54</v>
       </c>
       <c r="B89" t="s">
-        <v>493</v>
+        <v>460</v>
       </c>
       <c r="C89" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D89" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="E89" t="s">
-        <v>490</v>
+        <v>462</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>494</v>
+        <v>463</v>
       </c>
       <c r="H89" t="s">
-        <v>495</v>
+        <v>464</v>
       </c>
       <c r="I89" t="s">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="J89" t="s">
-        <v>241</v>
+        <v>78</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>54</v>
       </c>
       <c r="B90" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="C90" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D90" t="s">
-        <v>497</v>
+        <v>461</v>
       </c>
       <c r="E90" t="s">
-        <v>498</v>
+        <v>462</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>499</v>
+        <v>466</v>
       </c>
       <c r="H90" t="s">
-        <v>500</v>
+        <v>467</v>
       </c>
       <c r="I90" t="s">
-        <v>501</v>
+        <v>87</v>
       </c>
       <c r="J90" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>54</v>
       </c>
       <c r="B91" t="s">
-        <v>502</v>
+        <v>468</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D91" t="s">
-        <v>497</v>
+        <v>455</v>
       </c>
       <c r="E91" t="s">
-        <v>498</v>
+        <v>462</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>503</v>
+        <v>469</v>
       </c>
       <c r="H91" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
       <c r="I91" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="J91" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>54</v>
       </c>
       <c r="B92" t="s">
-        <v>505</v>
+        <v>471</v>
       </c>
       <c r="C92" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D92" t="s">
-        <v>506</v>
+        <v>472</v>
       </c>
       <c r="E92" t="s">
-        <v>507</v>
+        <v>473</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>508</v>
+        <v>474</v>
       </c>
       <c r="H92" t="s">
-        <v>509</v>
+        <v>475</v>
       </c>
       <c r="I92" t="s">
-        <v>510</v>
+        <v>87</v>
       </c>
       <c r="J92" t="s">
-        <v>511</v>
+        <v>83</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>54</v>
       </c>
       <c r="B93" t="s">
-        <v>512</v>
+        <v>476</v>
       </c>
       <c r="C93" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D93" t="s">
-        <v>513</v>
+        <v>472</v>
       </c>
       <c r="E93" t="s">
-        <v>514</v>
+        <v>473</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>515</v>
+        <v>477</v>
       </c>
       <c r="H93" t="s">
-        <v>516</v>
+        <v>478</v>
       </c>
       <c r="I93" t="s">
-        <v>517</v>
+        <v>77</v>
       </c>
       <c r="J93" t="s">
-        <v>122</v>
+        <v>423</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>54</v>
       </c>
       <c r="B94" t="s">
-        <v>518</v>
+        <v>479</v>
       </c>
       <c r="C94" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D94" t="s">
-        <v>513</v>
+        <v>480</v>
       </c>
       <c r="E94" t="s">
-        <v>514</v>
+        <v>481</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>519</v>
+        <v>482</v>
       </c>
       <c r="H94" t="s">
-        <v>520</v>
+        <v>483</v>
       </c>
       <c r="I94" t="s">
-        <v>521</v>
+        <v>484</v>
       </c>
       <c r="J94" t="s">
-        <v>522</v>
+        <v>485</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>54</v>
       </c>
       <c r="B95" t="s">
-        <v>523</v>
+        <v>486</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D95" t="s">
-        <v>524</v>
+        <v>487</v>
       </c>
       <c r="E95" t="s">
-        <v>525</v>
+        <v>488</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>526</v>
+        <v>489</v>
       </c>
       <c r="H95" t="s">
-        <v>527</v>
+        <v>490</v>
       </c>
       <c r="I95" t="s">
-        <v>528</v>
+        <v>87</v>
       </c>
       <c r="J95" t="s">
-        <v>529</v>
+        <v>307</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>54</v>
       </c>
       <c r="B96" t="s">
-        <v>530</v>
+        <v>491</v>
       </c>
       <c r="C96" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D96" t="s">
-        <v>531</v>
+        <v>492</v>
       </c>
       <c r="E96" t="s">
-        <v>532</v>
+        <v>488</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>533</v>
+        <v>493</v>
       </c>
       <c r="H96" t="s">
-        <v>534</v>
+        <v>494</v>
       </c>
       <c r="I96" t="s">
-        <v>127</v>
+        <v>285</v>
       </c>
       <c r="J96" t="s">
-        <v>535</v>
+        <v>495</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>54</v>
       </c>
       <c r="B97" t="s">
-        <v>536</v>
+        <v>496</v>
       </c>
       <c r="C97" t="s">
-        <v>13</v>
+        <v>497</v>
       </c>
       <c r="D97" t="s">
-        <v>537</v>
+        <v>498</v>
       </c>
       <c r="E97" t="s">
-        <v>538</v>
+        <v>488</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>539</v>
+        <v>499</v>
       </c>
       <c r="H97" t="s">
-        <v>540</v>
+        <v>500</v>
       </c>
       <c r="I97" t="s">
-        <v>403</v>
+        <v>501</v>
       </c>
       <c r="J97" t="s">
-        <v>161</v>
+        <v>375</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>54</v>
       </c>
       <c r="B98" t="s">
-        <v>541</v>
+        <v>502</v>
       </c>
       <c r="C98" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D98" t="s">
-        <v>537</v>
+        <v>503</v>
       </c>
       <c r="E98" t="s">
-        <v>538</v>
+        <v>504</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>542</v>
+        <v>505</v>
       </c>
       <c r="H98" t="s">
-        <v>543</v>
+        <v>506</v>
       </c>
       <c r="I98" t="s">
-        <v>99</v>
+        <v>507</v>
       </c>
       <c r="J98" t="s">
-        <v>544</v>
+        <v>508</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>54</v>
       </c>
       <c r="B99" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
       <c r="C99" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D99" t="s">
-        <v>531</v>
+        <v>503</v>
       </c>
       <c r="E99" t="s">
-        <v>538</v>
+        <v>504</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>546</v>
+        <v>510</v>
       </c>
       <c r="H99" t="s">
-        <v>547</v>
+        <v>511</v>
       </c>
       <c r="I99" t="s">
-        <v>99</v>
+        <v>512</v>
       </c>
       <c r="J99" t="s">
-        <v>548</v>
+        <v>513</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>54</v>
       </c>
       <c r="B100" t="s">
-        <v>549</v>
+        <v>514</v>
       </c>
       <c r="C100" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D100" t="s">
-        <v>537</v>
+        <v>487</v>
       </c>
       <c r="E100" t="s">
-        <v>550</v>
+        <v>515</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>551</v>
+        <v>516</v>
       </c>
       <c r="H100" t="s">
-        <v>552</v>
+        <v>517</v>
       </c>
       <c r="I100" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="J100" t="s">
-        <v>553</v>
+        <v>518</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>54</v>
       </c>
       <c r="B101" t="s">
-        <v>554</v>
+        <v>519</v>
       </c>
       <c r="C101" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D101" t="s">
-        <v>555</v>
+        <v>487</v>
       </c>
       <c r="E101" t="s">
-        <v>556</v>
+        <v>515</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>557</v>
+        <v>520</v>
       </c>
       <c r="H101" t="s">
-        <v>558</v>
+        <v>521</v>
       </c>
       <c r="I101" t="s">
-        <v>559</v>
+        <v>87</v>
       </c>
       <c r="J101" t="s">
-        <v>79</v>
+        <v>522</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>54</v>
       </c>
       <c r="B102" t="s">
-        <v>560</v>
+        <v>523</v>
       </c>
       <c r="C102" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D102" t="s">
-        <v>555</v>
+        <v>487</v>
       </c>
       <c r="E102" t="s">
-        <v>561</v>
+        <v>524</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>562</v>
+        <v>525</v>
       </c>
       <c r="H102" t="s">
-        <v>563</v>
+        <v>526</v>
       </c>
       <c r="I102" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="J102" t="s">
-        <v>206</v>
+        <v>522</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>54</v>
       </c>
       <c r="B103" t="s">
-        <v>564</v>
+        <v>527</v>
       </c>
       <c r="C103" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D103" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="E103" t="s">
-        <v>556</v>
+        <v>529</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>565</v>
+        <v>530</v>
       </c>
       <c r="H103" t="s">
-        <v>566</v>
+        <v>531</v>
       </c>
       <c r="I103" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="J103" t="s">
-        <v>553</v>
+        <v>532</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>54</v>
       </c>
       <c r="B104" t="s">
-        <v>567</v>
+        <v>533</v>
       </c>
       <c r="C104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D104" t="s">
-        <v>568</v>
+        <v>534</v>
       </c>
       <c r="E104" t="s">
-        <v>569</v>
+        <v>529</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>570</v>
+        <v>535</v>
       </c>
       <c r="H104" t="s">
-        <v>571</v>
+        <v>536</v>
       </c>
       <c r="I104" t="s">
-        <v>403</v>
+        <v>537</v>
       </c>
       <c r="J104" t="s">
-        <v>572</v>
+        <v>190</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>54</v>
       </c>
       <c r="B105" t="s">
-        <v>573</v>
+        <v>538</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D105" t="s">
-        <v>574</v>
+        <v>539</v>
       </c>
       <c r="E105" t="s">
-        <v>575</v>
+        <v>529</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>576</v>
+        <v>540</v>
       </c>
       <c r="H105" t="s">
-        <v>577</v>
+        <v>541</v>
       </c>
       <c r="I105" t="s">
-        <v>99</v>
+        <v>542</v>
       </c>
       <c r="J105" t="s">
-        <v>522</v>
+        <v>83</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>54</v>
       </c>
       <c r="B106" t="s">
-        <v>578</v>
+        <v>543</v>
       </c>
       <c r="C106" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>579</v>
+        <v>544</v>
       </c>
       <c r="E106" t="s">
-        <v>580</v>
+        <v>545</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>581</v>
+        <v>546</v>
       </c>
       <c r="H106" t="s">
-        <v>582</v>
+        <v>547</v>
       </c>
       <c r="I106" t="s">
-        <v>583</v>
+        <v>548</v>
       </c>
       <c r="J106" t="s">
-        <v>189</v>
+        <v>109</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>54</v>
       </c>
       <c r="B107" t="s">
-        <v>584</v>
+        <v>549</v>
       </c>
       <c r="C107" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D107" t="s">
-        <v>585</v>
+        <v>550</v>
       </c>
       <c r="E107" t="s">
-        <v>586</v>
+        <v>551</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>587</v>
+        <v>552</v>
       </c>
       <c r="H107" t="s">
-        <v>588</v>
+        <v>553</v>
       </c>
       <c r="I107" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="J107" t="s">
-        <v>589</v>
+        <v>423</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>54</v>
       </c>
       <c r="B108" t="s">
-        <v>590</v>
+        <v>554</v>
       </c>
       <c r="C108" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E108" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>591</v>
+        <v>557</v>
       </c>
       <c r="H108" t="s">
-        <v>592</v>
+        <v>558</v>
       </c>
       <c r="I108" t="s">
-        <v>99</v>
+        <v>559</v>
       </c>
       <c r="J108" t="s">
-        <v>589</v>
+        <v>495</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>54</v>
       </c>
       <c r="B109" t="s">
-        <v>310</v>
+        <v>560</v>
       </c>
       <c r="C109" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D109" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="E109" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>593</v>
+        <v>562</v>
       </c>
       <c r="H109" t="s">
-        <v>594</v>
+        <v>563</v>
       </c>
       <c r="I109" t="s">
-        <v>595</v>
+        <v>501</v>
       </c>
       <c r="J109" t="s">
-        <v>100</v>
+        <v>564</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>54</v>
       </c>
       <c r="B110" t="s">
-        <v>596</v>
+        <v>565</v>
       </c>
       <c r="C110" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D110" t="s">
-        <v>24</v>
+        <v>566</v>
       </c>
       <c r="E110" t="s">
-        <v>586</v>
+        <v>567</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>597</v>
+        <v>568</v>
       </c>
       <c r="H110" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="I110" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
       <c r="J110" t="s">
-        <v>600</v>
+        <v>571</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>54</v>
       </c>
       <c r="B111" t="s">
-        <v>601</v>
+        <v>99</v>
       </c>
       <c r="C111" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D111" t="s">
-        <v>602</v>
+        <v>572</v>
       </c>
       <c r="E111" t="s">
-        <v>603</v>
+        <v>573</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>604</v>
+        <v>574</v>
       </c>
       <c r="H111" t="s">
-        <v>605</v>
+        <v>575</v>
       </c>
       <c r="I111" t="s">
-        <v>606</v>
+        <v>87</v>
       </c>
       <c r="J111" t="s">
-        <v>600</v>
+        <v>576</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>54</v>
       </c>
       <c r="B112" t="s">
-        <v>607</v>
+        <v>577</v>
       </c>
       <c r="C112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>608</v>
+        <v>550</v>
       </c>
       <c r="E112" t="s">
-        <v>609</v>
+        <v>573</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>610</v>
+        <v>578</v>
       </c>
       <c r="H112" t="s">
-        <v>611</v>
+        <v>579</v>
       </c>
       <c r="I112" t="s">
-        <v>612</v>
+        <v>285</v>
       </c>
       <c r="J112" t="s">
-        <v>613</v>
+        <v>571</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>54</v>
       </c>
       <c r="B113" t="s">
-        <v>614</v>
+        <v>580</v>
       </c>
       <c r="C113" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>615</v>
+        <v>550</v>
       </c>
       <c r="E113" t="s">
-        <v>616</v>
+        <v>573</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>617</v>
+        <v>581</v>
       </c>
       <c r="H113" t="s">
-        <v>618</v>
+        <v>582</v>
       </c>
       <c r="I113" t="s">
-        <v>619</v>
+        <v>159</v>
       </c>
       <c r="J113" t="s">
-        <v>620</v>
+        <v>583</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>54</v>
       </c>
       <c r="B114" t="s">
-        <v>621</v>
+        <v>584</v>
       </c>
       <c r="C114" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D114" t="s">
-        <v>622</v>
+        <v>585</v>
       </c>
       <c r="E114" t="s">
-        <v>623</v>
+        <v>586</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>624</v>
+        <v>587</v>
       </c>
       <c r="H114" t="s">
-        <v>625</v>
+        <v>588</v>
       </c>
       <c r="I114" t="s">
-        <v>626</v>
+        <v>285</v>
       </c>
       <c r="J114" t="s">
-        <v>627</v>
+        <v>571</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>54</v>
       </c>
       <c r="B115" t="s">
-        <v>628</v>
+        <v>589</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D115" t="s">
-        <v>629</v>
+        <v>550</v>
       </c>
       <c r="E115" t="s">
-        <v>630</v>
+        <v>586</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>631</v>
+        <v>590</v>
       </c>
       <c r="H115" t="s">
-        <v>632</v>
+        <v>591</v>
       </c>
       <c r="I115" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="J115" t="s">
-        <v>633</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>54</v>
       </c>
       <c r="B116" t="s">
-        <v>634</v>
+        <v>592</v>
       </c>
       <c r="C116" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>629</v>
+        <v>593</v>
       </c>
       <c r="E116" t="s">
-        <v>635</v>
+        <v>594</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>636</v>
+        <v>595</v>
       </c>
       <c r="H116" t="s">
-        <v>637</v>
+        <v>596</v>
       </c>
       <c r="I116" t="s">
-        <v>403</v>
+        <v>597</v>
       </c>
       <c r="J116" t="s">
-        <v>161</v>
+        <v>215</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>54</v>
       </c>
       <c r="B117" t="s">
-        <v>638</v>
+        <v>598</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D117" t="s">
-        <v>639</v>
+        <v>593</v>
       </c>
       <c r="E117" t="s">
-        <v>640</v>
+        <v>594</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="H117" t="s">
-        <v>642</v>
+        <v>600</v>
       </c>
       <c r="I117" t="s">
-        <v>246</v>
+        <v>159</v>
       </c>
       <c r="J117" t="s">
-        <v>122</v>
+        <v>215</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>54</v>
       </c>
       <c r="B118" t="s">
-        <v>643</v>
+        <v>601</v>
       </c>
       <c r="C118" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D118" t="s">
-        <v>639</v>
+        <v>602</v>
       </c>
       <c r="E118" t="s">
-        <v>640</v>
+        <v>603</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>644</v>
+        <v>604</v>
       </c>
       <c r="H118" t="s">
-        <v>645</v>
+        <v>605</v>
       </c>
       <c r="I118" t="s">
-        <v>646</v>
+        <v>606</v>
       </c>
       <c r="J118" t="s">
-        <v>122</v>
+        <v>607</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>54</v>
       </c>
       <c r="B119" t="s">
-        <v>647</v>
+        <v>608</v>
       </c>
       <c r="C119" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D119" t="s">
-        <v>648</v>
+        <v>609</v>
       </c>
       <c r="E119" t="s">
-        <v>649</v>
+        <v>610</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>650</v>
+        <v>611</v>
       </c>
       <c r="H119" t="s">
-        <v>651</v>
+        <v>612</v>
       </c>
       <c r="I119" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="J119" t="s">
-        <v>467</v>
+        <v>83</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>54</v>
       </c>
       <c r="B120" t="s">
-        <v>653</v>
+        <v>614</v>
       </c>
       <c r="C120" t="s">
-        <v>654</v>
+        <v>11</v>
       </c>
       <c r="D120" t="s">
-        <v>655</v>
+        <v>609</v>
       </c>
       <c r="E120" t="s">
-        <v>656</v>
+        <v>610</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>657</v>
+        <v>615</v>
       </c>
       <c r="H120" t="s">
-        <v>658</v>
+        <v>616</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>617</v>
       </c>
       <c r="J120" t="s">
-        <v>276</v>
+        <v>618</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>54</v>
       </c>
       <c r="B121" t="s">
-        <v>659</v>
+        <v>619</v>
       </c>
       <c r="C121" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D121" t="s">
-        <v>660</v>
+        <v>620</v>
       </c>
       <c r="E121" t="s">
-        <v>661</v>
+        <v>621</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>662</v>
+        <v>622</v>
       </c>
       <c r="H121" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="I121" t="s">
-        <v>664</v>
+        <v>624</v>
       </c>
       <c r="J121" t="s">
-        <v>665</v>
+        <v>625</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>54</v>
       </c>
       <c r="B122" t="s">
-        <v>666</v>
+        <v>626</v>
       </c>
       <c r="C122" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D122" t="s">
-        <v>667</v>
+        <v>627</v>
       </c>
       <c r="E122" t="s">
-        <v>668</v>
+        <v>628</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>669</v>
+        <v>629</v>
       </c>
       <c r="H122" t="s">
-        <v>670</v>
+        <v>630</v>
       </c>
       <c r="I122" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="J122" t="s">
-        <v>671</v>
+        <v>631</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>54</v>
       </c>
       <c r="B123" t="s">
-        <v>672</v>
+        <v>632</v>
       </c>
       <c r="C123" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D123" t="s">
-        <v>673</v>
+        <v>633</v>
       </c>
       <c r="E123" t="s">
-        <v>674</v>
+        <v>634</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>675</v>
+        <v>635</v>
       </c>
       <c r="H123" t="s">
-        <v>676</v>
+        <v>636</v>
       </c>
       <c r="I123" t="s">
-        <v>142</v>
+        <v>501</v>
       </c>
       <c r="J123" t="s">
-        <v>677</v>
+        <v>264</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>54</v>
       </c>
       <c r="B124" t="s">
-        <v>678</v>
+        <v>637</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>679</v>
+        <v>633</v>
       </c>
       <c r="E124" t="s">
-        <v>680</v>
+        <v>634</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>681</v>
+        <v>638</v>
       </c>
       <c r="H124" t="s">
-        <v>682</v>
+        <v>639</v>
       </c>
       <c r="I124" t="s">
-        <v>683</v>
+        <v>87</v>
       </c>
       <c r="J124" t="s">
-        <v>684</v>
+        <v>640</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>54</v>
       </c>
       <c r="B125" t="s">
-        <v>685</v>
+        <v>641</v>
       </c>
       <c r="C125" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D125" t="s">
-        <v>686</v>
+        <v>627</v>
       </c>
       <c r="E125" t="s">
-        <v>687</v>
+        <v>634</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>688</v>
+        <v>642</v>
       </c>
       <c r="H125" t="s">
-        <v>689</v>
+        <v>643</v>
       </c>
       <c r="I125" t="s">
-        <v>346</v>
+        <v>87</v>
       </c>
       <c r="J125" t="s">
-        <v>161</v>
+        <v>644</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>54</v>
       </c>
       <c r="B126" t="s">
-        <v>690</v>
+        <v>645</v>
       </c>
       <c r="C126" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>686</v>
+        <v>633</v>
       </c>
       <c r="E126" t="s">
-        <v>691</v>
+        <v>646</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>692</v>
+        <v>647</v>
       </c>
       <c r="H126" t="s">
-        <v>693</v>
+        <v>648</v>
       </c>
       <c r="I126" t="s">
-        <v>346</v>
+        <v>87</v>
       </c>
       <c r="J126" t="s">
-        <v>161</v>
+        <v>649</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>54</v>
       </c>
       <c r="B127" t="s">
-        <v>694</v>
+        <v>650</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D127" t="s">
-        <v>695</v>
+        <v>651</v>
       </c>
       <c r="E127" t="s">
-        <v>696</v>
+        <v>652</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>697</v>
+        <v>653</v>
       </c>
       <c r="H127" t="s">
-        <v>698</v>
+        <v>654</v>
       </c>
       <c r="I127" t="s">
-        <v>346</v>
+        <v>655</v>
       </c>
       <c r="J127" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>54</v>
       </c>
       <c r="B128" t="s">
-        <v>699</v>
+        <v>656</v>
       </c>
       <c r="C128" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>695</v>
+        <v>651</v>
       </c>
       <c r="E128" t="s">
-        <v>700</v>
+        <v>657</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>701</v>
+        <v>658</v>
       </c>
       <c r="H128" t="s">
-        <v>702</v>
+        <v>659</v>
       </c>
       <c r="I128" t="s">
-        <v>703</v>
+        <v>87</v>
       </c>
       <c r="J128" t="s">
-        <v>704</v>
+        <v>307</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>54</v>
       </c>
       <c r="B129" t="s">
-        <v>705</v>
+        <v>660</v>
       </c>
       <c r="C129" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D129" t="s">
-        <v>695</v>
+        <v>620</v>
       </c>
       <c r="E129" t="s">
-        <v>706</v>
+        <v>652</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>707</v>
+        <v>661</v>
       </c>
       <c r="H129" t="s">
-        <v>708</v>
+        <v>662</v>
       </c>
       <c r="I129" t="s">
-        <v>705</v>
+        <v>87</v>
       </c>
       <c r="J129" t="s">
-        <v>600</v>
+        <v>649</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>54</v>
       </c>
       <c r="B130" t="s">
-        <v>709</v>
+        <v>663</v>
       </c>
       <c r="C130" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D130" t="s">
-        <v>710</v>
+        <v>664</v>
       </c>
       <c r="E130" t="s">
-        <v>711</v>
+        <v>665</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>712</v>
+        <v>666</v>
       </c>
       <c r="H130" t="s">
-        <v>713</v>
+        <v>667</v>
       </c>
       <c r="I130" t="s">
-        <v>110</v>
+        <v>501</v>
       </c>
       <c r="J130" t="s">
-        <v>122</v>
+        <v>668</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>54</v>
       </c>
       <c r="B131" t="s">
-        <v>714</v>
+        <v>669</v>
       </c>
       <c r="C131" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>710</v>
+        <v>670</v>
       </c>
       <c r="E131" t="s">
-        <v>715</v>
+        <v>671</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>716</v>
+        <v>672</v>
       </c>
       <c r="H131" t="s">
-        <v>717</v>
+        <v>673</v>
       </c>
       <c r="I131" t="s">
-        <v>718</v>
+        <v>87</v>
       </c>
       <c r="J131" t="s">
-        <v>719</v>
+        <v>618</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>54</v>
       </c>
       <c r="B132" t="s">
-        <v>720</v>
+        <v>674</v>
       </c>
       <c r="C132" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D132" t="s">
-        <v>721</v>
+        <v>675</v>
       </c>
       <c r="E132" t="s">
-        <v>722</v>
+        <v>676</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>723</v>
+        <v>677</v>
       </c>
       <c r="H132" t="s">
-        <v>724</v>
+        <v>678</v>
       </c>
       <c r="I132" t="s">
-        <v>725</v>
+        <v>679</v>
       </c>
       <c r="J132" t="s">
-        <v>726</v>
+        <v>291</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>54</v>
       </c>
       <c r="B133" t="s">
-        <v>727</v>
+        <v>680</v>
       </c>
       <c r="C133" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D133" t="s">
-        <v>728</v>
+        <v>681</v>
       </c>
       <c r="E133" t="s">
-        <v>729</v>
+        <v>682</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>730</v>
+        <v>683</v>
       </c>
       <c r="H133" t="s">
-        <v>731</v>
+        <v>684</v>
       </c>
       <c r="I133" t="s">
-        <v>732</v>
+        <v>87</v>
       </c>
       <c r="J133" t="s">
-        <v>733</v>
+        <v>685</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>54</v>
       </c>
       <c r="B134" t="s">
-        <v>734</v>
+        <v>686</v>
       </c>
       <c r="C134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D134" t="s">
-        <v>735</v>
+        <v>681</v>
       </c>
       <c r="E134" t="s">
-        <v>736</v>
+        <v>682</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>737</v>
+        <v>687</v>
       </c>
       <c r="H134" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="I134" t="s">
-        <v>403</v>
+        <v>87</v>
       </c>
       <c r="J134" t="s">
-        <v>739</v>
+        <v>685</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>54</v>
       </c>
       <c r="B135" t="s">
-        <v>740</v>
+        <v>409</v>
       </c>
       <c r="C135" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D135" t="s">
-        <v>741</v>
+        <v>681</v>
       </c>
       <c r="E135" t="s">
-        <v>742</v>
+        <v>682</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>743</v>
+        <v>689</v>
       </c>
       <c r="H135" t="s">
-        <v>744</v>
+        <v>690</v>
       </c>
       <c r="I135" t="s">
-        <v>745</v>
+        <v>691</v>
       </c>
       <c r="J135" t="s">
-        <v>61</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>54</v>
       </c>
       <c r="B136" t="s">
-        <v>746</v>
+        <v>692</v>
       </c>
       <c r="C136" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D136" t="s">
-        <v>741</v>
+        <v>30</v>
       </c>
       <c r="E136" t="s">
-        <v>742</v>
+        <v>682</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>747</v>
+        <v>693</v>
       </c>
       <c r="H136" t="s">
-        <v>748</v>
+        <v>694</v>
       </c>
       <c r="I136" t="s">
-        <v>745</v>
+        <v>695</v>
       </c>
       <c r="J136" t="s">
-        <v>61</v>
+        <v>143</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>54</v>
       </c>
       <c r="B137" t="s">
-        <v>136</v>
+        <v>696</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D137" t="s">
-        <v>749</v>
+        <v>697</v>
       </c>
       <c r="E137" t="s">
-        <v>750</v>
+        <v>698</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>751</v>
+        <v>699</v>
       </c>
       <c r="H137" t="s">
-        <v>752</v>
+        <v>700</v>
       </c>
       <c r="I137" t="s">
-        <v>110</v>
+        <v>701</v>
       </c>
       <c r="J137" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>54</v>
       </c>
       <c r="B138" t="s">
-        <v>753</v>
+        <v>702</v>
       </c>
       <c r="C138" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D138" t="s">
-        <v>749</v>
+        <v>703</v>
       </c>
       <c r="E138" t="s">
-        <v>750</v>
+        <v>704</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>754</v>
+        <v>705</v>
       </c>
       <c r="H138" t="s">
-        <v>755</v>
+        <v>706</v>
       </c>
       <c r="I138" t="s">
-        <v>756</v>
+        <v>707</v>
       </c>
       <c r="J138" t="s">
-        <v>122</v>
+        <v>708</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>54</v>
       </c>
       <c r="B139" t="s">
-        <v>757</v>
+        <v>709</v>
       </c>
       <c r="C139" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D139" t="s">
-        <v>749</v>
+        <v>710</v>
       </c>
       <c r="E139" t="s">
-        <v>750</v>
+        <v>711</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>758</v>
+        <v>712</v>
       </c>
       <c r="H139" t="s">
-        <v>759</v>
+        <v>713</v>
       </c>
       <c r="I139" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="J139" t="s">
-        <v>122</v>
+        <v>715</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>54</v>
       </c>
       <c r="B140" t="s">
-        <v>760</v>
+        <v>716</v>
       </c>
       <c r="C140" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D140" t="s">
-        <v>749</v>
+        <v>717</v>
       </c>
       <c r="E140" t="s">
-        <v>750</v>
+        <v>718</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>761</v>
+        <v>719</v>
       </c>
       <c r="H140" t="s">
-        <v>762</v>
+        <v>720</v>
       </c>
       <c r="I140" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="J140" t="s">
-        <v>122</v>
+        <v>722</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>54</v>
       </c>
       <c r="B141" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="C141" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D141" t="s">
-        <v>764</v>
+        <v>724</v>
       </c>
       <c r="E141" t="s">
-        <v>765</v>
+        <v>725</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>766</v>
+        <v>726</v>
       </c>
       <c r="H141" t="s">
-        <v>767</v>
+        <v>727</v>
       </c>
       <c r="I141" t="s">
-        <v>768</v>
+        <v>87</v>
       </c>
       <c r="J141" t="s">
-        <v>79</v>
+        <v>728</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>54</v>
       </c>
       <c r="B142" t="s">
-        <v>769</v>
+        <v>729</v>
       </c>
       <c r="C142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D142" t="s">
-        <v>764</v>
+        <v>724</v>
       </c>
       <c r="E142" t="s">
-        <v>765</v>
+        <v>730</v>
       </c>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>770</v>
+        <v>731</v>
       </c>
       <c r="H142" t="s">
-        <v>771</v>
+        <v>732</v>
       </c>
       <c r="I142" t="s">
-        <v>772</v>
+        <v>501</v>
       </c>
       <c r="J142" t="s">
-        <v>79</v>
+        <v>264</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>54</v>
       </c>
       <c r="B143" t="s">
-        <v>773</v>
+        <v>733</v>
       </c>
       <c r="C143" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D143" t="s">
-        <v>764</v>
+        <v>734</v>
       </c>
       <c r="E143" t="s">
-        <v>774</v>
+        <v>735</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>775</v>
+        <v>736</v>
       </c>
       <c r="H143" t="s">
-        <v>776</v>
+        <v>737</v>
       </c>
       <c r="I143" t="s">
-        <v>777</v>
+        <v>347</v>
       </c>
       <c r="J143" t="s">
-        <v>600</v>
+        <v>83</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>54</v>
       </c>
       <c r="B144" t="s">
-        <v>778</v>
+        <v>738</v>
       </c>
       <c r="C144" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D144" t="s">
-        <v>779</v>
+        <v>734</v>
       </c>
       <c r="E144" t="s">
-        <v>780</v>
+        <v>735</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>781</v>
+        <v>739</v>
       </c>
       <c r="H144" t="s">
-        <v>782</v>
+        <v>740</v>
       </c>
       <c r="I144" t="s">
-        <v>783</v>
+        <v>741</v>
       </c>
       <c r="J144" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>54</v>
       </c>
       <c r="B145" t="s">
-        <v>778</v>
+        <v>742</v>
       </c>
       <c r="C145" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D145" t="s">
-        <v>779</v>
+        <v>743</v>
       </c>
       <c r="E145" t="s">
-        <v>780</v>
+        <v>744</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>784</v>
+        <v>745</v>
       </c>
       <c r="H145" t="s">
-        <v>785</v>
+        <v>746</v>
       </c>
       <c r="I145" t="s">
-        <v>783</v>
+        <v>747</v>
       </c>
       <c r="J145" t="s">
-        <v>122</v>
+        <v>564</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>54</v>
       </c>
       <c r="B146" t="s">
-        <v>778</v>
+        <v>748</v>
       </c>
       <c r="C146" t="s">
-        <v>13</v>
+        <v>749</v>
       </c>
       <c r="D146" t="s">
-        <v>779</v>
+        <v>750</v>
       </c>
       <c r="E146" t="s">
-        <v>786</v>
+        <v>751</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>787</v>
+        <v>752</v>
       </c>
       <c r="H146" t="s">
-        <v>788</v>
+        <v>753</v>
       </c>
       <c r="I146" t="s">
-        <v>783</v>
+        <v>11</v>
       </c>
       <c r="J146" t="s">
-        <v>122</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>54</v>
       </c>
       <c r="B147" t="s">
-        <v>789</v>
+        <v>754</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D147" t="s">
-        <v>790</v>
+        <v>755</v>
       </c>
       <c r="E147" t="s">
-        <v>791</v>
+        <v>756</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>792</v>
+        <v>757</v>
       </c>
       <c r="H147" t="s">
-        <v>793</v>
+        <v>758</v>
       </c>
       <c r="I147" t="s">
-        <v>99</v>
+        <v>759</v>
       </c>
       <c r="J147" t="s">
-        <v>122</v>
+        <v>760</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>54</v>
       </c>
       <c r="B148" t="s">
-        <v>794</v>
+        <v>761</v>
       </c>
       <c r="C148" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D148" t="s">
-        <v>790</v>
+        <v>762</v>
       </c>
       <c r="E148" t="s">
-        <v>791</v>
+        <v>763</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>795</v>
+        <v>764</v>
       </c>
       <c r="H148" t="s">
-        <v>796</v>
+        <v>765</v>
       </c>
       <c r="I148" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="J148" t="s">
-        <v>79</v>
+        <v>766</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>54</v>
       </c>
       <c r="B149" t="s">
-        <v>797</v>
+        <v>767</v>
       </c>
       <c r="C149" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D149" t="s">
-        <v>790</v>
+        <v>768</v>
       </c>
       <c r="E149" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>798</v>
+        <v>770</v>
       </c>
       <c r="H149" t="s">
-        <v>799</v>
+        <v>771</v>
       </c>
       <c r="I149" t="s">
-        <v>800</v>
+        <v>82</v>
       </c>
       <c r="J149" t="s">
-        <v>801</v>
+        <v>772</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>54</v>
       </c>
       <c r="B150" t="s">
-        <v>802</v>
+        <v>773</v>
       </c>
       <c r="C150" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D150" t="s">
-        <v>803</v>
+        <v>774</v>
       </c>
       <c r="E150" t="s">
-        <v>804</v>
+        <v>775</v>
       </c>
       <c r="F150" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>805</v>
+        <v>776</v>
       </c>
       <c r="H150" t="s">
-        <v>806</v>
+        <v>777</v>
       </c>
       <c r="I150" t="s">
-        <v>142</v>
+        <v>778</v>
       </c>
       <c r="J150" t="s">
-        <v>122</v>
+        <v>779</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>54</v>
       </c>
       <c r="B151" t="s">
-        <v>807</v>
+        <v>780</v>
       </c>
       <c r="C151" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D151" t="s">
-        <v>808</v>
+        <v>781</v>
       </c>
       <c r="E151" t="s">
-        <v>809</v>
+        <v>782</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>810</v>
+        <v>783</v>
       </c>
       <c r="H151" t="s">
-        <v>811</v>
+        <v>784</v>
       </c>
       <c r="I151" t="s">
-        <v>812</v>
+        <v>445</v>
       </c>
       <c r="J151" t="s">
-        <v>79</v>
+        <v>264</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>54</v>
       </c>
       <c r="B152" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="C152" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D152" t="s">
-        <v>808</v>
+        <v>781</v>
       </c>
       <c r="E152" t="s">
-        <v>809</v>
+        <v>786</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>814</v>
+        <v>787</v>
       </c>
       <c r="H152" t="s">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="I152" t="s">
-        <v>142</v>
+        <v>445</v>
       </c>
       <c r="J152" t="s">
-        <v>122</v>
+        <v>264</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>54</v>
       </c>
       <c r="B153" t="s">
-        <v>816</v>
+        <v>789</v>
       </c>
       <c r="C153" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D153" t="s">
-        <v>817</v>
+        <v>790</v>
       </c>
       <c r="E153" t="s">
-        <v>818</v>
+        <v>791</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>819</v>
+        <v>792</v>
       </c>
       <c r="H153" t="s">
-        <v>820</v>
+        <v>793</v>
       </c>
       <c r="I153" t="s">
-        <v>821</v>
+        <v>445</v>
       </c>
       <c r="J153" t="s">
-        <v>61</v>
+        <v>264</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>54</v>
       </c>
       <c r="B154" t="s">
-        <v>822</v>
+        <v>794</v>
       </c>
       <c r="C154" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D154" t="s">
-        <v>817</v>
+        <v>790</v>
       </c>
       <c r="E154" t="s">
-        <v>818</v>
+        <v>795</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>823</v>
+        <v>796</v>
       </c>
       <c r="H154" t="s">
-        <v>824</v>
+        <v>797</v>
       </c>
       <c r="I154" t="s">
-        <v>821</v>
+        <v>798</v>
       </c>
       <c r="J154" t="s">
-        <v>79</v>
+        <v>799</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>54</v>
       </c>
       <c r="B155" t="s">
-        <v>825</v>
+        <v>800</v>
       </c>
       <c r="C155" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D155" t="s">
-        <v>817</v>
+        <v>790</v>
       </c>
       <c r="E155" t="s">
-        <v>818</v>
+        <v>801</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>826</v>
+        <v>802</v>
       </c>
       <c r="H155" t="s">
-        <v>827</v>
+        <v>803</v>
       </c>
       <c r="I155" t="s">
-        <v>821</v>
+        <v>800</v>
       </c>
       <c r="J155" t="s">
-        <v>828</v>
+        <v>143</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>54</v>
       </c>
       <c r="B156" t="s">
-        <v>829</v>
+        <v>804</v>
       </c>
       <c r="C156" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="D156" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="E156" t="s">
-        <v>830</v>
+        <v>806</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>831</v>
+        <v>807</v>
       </c>
       <c r="H156" t="s">
-        <v>832</v>
+        <v>808</v>
       </c>
       <c r="I156" t="s">
-        <v>833</v>
+        <v>159</v>
       </c>
       <c r="J156" t="s">
-        <v>600</v>
+        <v>83</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>54</v>
       </c>
       <c r="B157" t="s">
-        <v>834</v>
+        <v>809</v>
       </c>
       <c r="C157" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D157" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="E157" t="s">
-        <v>835</v>
+        <v>810</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>836</v>
+        <v>811</v>
       </c>
       <c r="H157" t="s">
-        <v>837</v>
+        <v>812</v>
       </c>
       <c r="I157" t="s">
-        <v>838</v>
+        <v>813</v>
       </c>
       <c r="J157" t="s">
-        <v>600</v>
+        <v>814</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>54</v>
       </c>
       <c r="B158" t="s">
-        <v>839</v>
+        <v>815</v>
       </c>
       <c r="C158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D158" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="E158" t="s">
-        <v>841</v>
+        <v>817</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>842</v>
+        <v>818</v>
       </c>
       <c r="H158" t="s">
-        <v>843</v>
+        <v>819</v>
       </c>
       <c r="I158" t="s">
-        <v>844</v>
+        <v>820</v>
       </c>
       <c r="J158" t="s">
-        <v>845</v>
+        <v>821</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>54</v>
       </c>
       <c r="B159" t="s">
-        <v>846</v>
+        <v>822</v>
       </c>
       <c r="C159" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D159" t="s">
-        <v>847</v>
+        <v>823</v>
       </c>
       <c r="E159" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>849</v>
+        <v>825</v>
       </c>
       <c r="H159" t="s">
-        <v>850</v>
+        <v>826</v>
       </c>
       <c r="I159" t="s">
-        <v>851</v>
+        <v>827</v>
       </c>
       <c r="J159" t="s">
-        <v>122</v>
+        <v>828</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>54</v>
       </c>
       <c r="B160" t="s">
-        <v>139</v>
+        <v>829</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D160" t="s">
-        <v>847</v>
+        <v>830</v>
       </c>
       <c r="E160" t="s">
-        <v>848</v>
+        <v>831</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
       <c r="H160" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="I160" t="s">
-        <v>142</v>
+        <v>501</v>
       </c>
       <c r="J160" t="s">
-        <v>122</v>
+        <v>834</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>54</v>
       </c>
       <c r="B161" t="s">
-        <v>854</v>
+        <v>835</v>
       </c>
       <c r="C161" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D161" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="E161" t="s">
-        <v>855</v>
+        <v>837</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>856</v>
+        <v>838</v>
       </c>
       <c r="H161" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="I161" t="s">
-        <v>127</v>
+        <v>840</v>
       </c>
       <c r="J161" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>54</v>
       </c>
       <c r="B162" t="s">
-        <v>143</v>
+        <v>841</v>
       </c>
       <c r="C162" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D162" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="E162" t="s">
-        <v>855</v>
+        <v>837</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>858</v>
+        <v>842</v>
       </c>
       <c r="H162" t="s">
-        <v>859</v>
+        <v>843</v>
       </c>
       <c r="I162" t="s">
-        <v>127</v>
+        <v>840</v>
       </c>
       <c r="J162" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>54</v>
       </c>
       <c r="B163" t="s">
-        <v>860</v>
+        <v>242</v>
       </c>
       <c r="C163" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D163" t="s">
+        <v>844</v>
+      </c>
+      <c r="E163" t="s">
+        <v>845</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>846</v>
+      </c>
+      <c r="H163" t="s">
         <v>847</v>
       </c>
-      <c r="E163" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I163" t="s">
-        <v>142</v>
+        <v>159</v>
       </c>
       <c r="J163" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>54</v>
       </c>
       <c r="B164" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="C164" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D164" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="E164" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>866</v>
+        <v>849</v>
       </c>
       <c r="H164" t="s">
-        <v>867</v>
+        <v>850</v>
       </c>
       <c r="I164" t="s">
-        <v>234</v>
+        <v>851</v>
       </c>
       <c r="J164" t="s">
-        <v>868</v>
+        <v>83</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>54</v>
       </c>
       <c r="B165" t="s">
-        <v>869</v>
+        <v>852</v>
       </c>
       <c r="C165" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D165" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="E165" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>870</v>
+        <v>853</v>
       </c>
       <c r="H165" t="s">
-        <v>871</v>
+        <v>854</v>
       </c>
       <c r="I165" t="s">
-        <v>110</v>
+        <v>813</v>
       </c>
       <c r="J165" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>54</v>
       </c>
       <c r="B166" t="s">
-        <v>118</v>
+        <v>855</v>
       </c>
       <c r="C166" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D166" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="E166" t="s">
-        <v>872</v>
+        <v>845</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>873</v>
+        <v>856</v>
       </c>
       <c r="H166" t="s">
-        <v>874</v>
+        <v>857</v>
       </c>
       <c r="I166" t="s">
-        <v>99</v>
+        <v>813</v>
       </c>
       <c r="J166" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>54</v>
       </c>
       <c r="B167" t="s">
-        <v>123</v>
+        <v>858</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D167" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="E167" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>875</v>
+        <v>861</v>
       </c>
       <c r="H167" t="s">
-        <v>876</v>
+        <v>862</v>
       </c>
       <c r="I167" t="s">
-        <v>127</v>
+        <v>863</v>
       </c>
       <c r="J167" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>54</v>
       </c>
       <c r="B168" t="s">
-        <v>877</v>
+        <v>864</v>
       </c>
       <c r="C168" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D168" t="s">
-        <v>878</v>
+        <v>859</v>
       </c>
       <c r="E168" t="s">
-        <v>879</v>
+        <v>860</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>880</v>
+        <v>865</v>
       </c>
       <c r="H168" t="s">
-        <v>881</v>
+        <v>866</v>
       </c>
       <c r="I168" t="s">
-        <v>234</v>
+        <v>867</v>
       </c>
       <c r="J168" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>54</v>
       </c>
       <c r="B169" t="s">
-        <v>882</v>
+        <v>868</v>
       </c>
       <c r="C169" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D169" t="s">
-        <v>883</v>
+        <v>859</v>
       </c>
       <c r="E169" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
       <c r="H169" t="s">
-        <v>886</v>
+        <v>871</v>
       </c>
       <c r="I169" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="J169" t="s">
-        <v>887</v>
+        <v>143</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>54</v>
       </c>
       <c r="B170" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="C170" t="s">
-        <v>889</v>
+        <v>11</v>
       </c>
       <c r="D170" t="s">
-        <v>890</v>
+        <v>873</v>
       </c>
       <c r="E170" t="s">
-        <v>891</v>
+        <v>874</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>892</v>
+        <v>875</v>
       </c>
       <c r="H170" t="s">
-        <v>893</v>
+        <v>876</v>
       </c>
       <c r="I170" t="s">
-        <v>13</v>
+        <v>877</v>
       </c>
       <c r="J170" t="s">
-        <v>276</v>
+        <v>83</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>54</v>
       </c>
       <c r="B171" t="s">
-        <v>894</v>
+        <v>872</v>
       </c>
       <c r="C171" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D171" t="s">
-        <v>895</v>
+        <v>873</v>
       </c>
       <c r="E171" t="s">
-        <v>896</v>
+        <v>874</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>897</v>
+        <v>878</v>
       </c>
       <c r="H171" t="s">
-        <v>898</v>
+        <v>879</v>
       </c>
       <c r="I171" t="s">
-        <v>13</v>
+        <v>877</v>
       </c>
       <c r="J171" t="s">
-        <v>899</v>
+        <v>83</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>54</v>
       </c>
       <c r="B172" t="s">
-        <v>900</v>
+        <v>872</v>
       </c>
       <c r="C172" t="s">
-        <v>901</v>
+        <v>11</v>
       </c>
       <c r="D172" t="s">
-        <v>902</v>
+        <v>873</v>
       </c>
       <c r="E172" t="s">
-        <v>903</v>
+        <v>880</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>904</v>
+        <v>881</v>
       </c>
       <c r="H172" t="s">
-        <v>905</v>
+        <v>882</v>
       </c>
       <c r="I172" t="s">
-        <v>13</v>
+        <v>877</v>
       </c>
       <c r="J172" t="s">
-        <v>276</v>
+        <v>83</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>54</v>
       </c>
       <c r="B173" t="s">
-        <v>567</v>
+        <v>883</v>
       </c>
       <c r="C173" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D173" t="s">
-        <v>906</v>
+        <v>884</v>
       </c>
       <c r="E173" t="s">
-        <v>907</v>
+        <v>885</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>908</v>
+        <v>886</v>
       </c>
       <c r="H173" t="s">
-        <v>909</v>
+        <v>887</v>
       </c>
       <c r="I173" t="s">
-        <v>910</v>
+        <v>87</v>
       </c>
       <c r="J173" t="s">
-        <v>911</v>
+        <v>83</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>54</v>
       </c>
       <c r="B174" t="s">
-        <v>253</v>
+        <v>888</v>
       </c>
       <c r="C174" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D174" t="s">
-        <v>912</v>
+        <v>884</v>
       </c>
       <c r="E174" t="s">
-        <v>913</v>
+        <v>885</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>914</v>
+        <v>889</v>
       </c>
       <c r="H174" t="s">
-        <v>915</v>
+        <v>890</v>
       </c>
       <c r="I174" t="s">
-        <v>916</v>
+        <v>108</v>
       </c>
       <c r="J174" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>54</v>
       </c>
       <c r="B175" t="s">
-        <v>917</v>
+        <v>891</v>
       </c>
       <c r="C175" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D175" t="s">
-        <v>912</v>
+        <v>884</v>
       </c>
       <c r="E175" t="s">
-        <v>918</v>
+        <v>885</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>919</v>
+        <v>892</v>
       </c>
       <c r="H175" t="s">
-        <v>920</v>
+        <v>893</v>
       </c>
       <c r="I175" t="s">
-        <v>921</v>
+        <v>894</v>
       </c>
       <c r="J175" t="s">
-        <v>922</v>
+        <v>895</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>54</v>
       </c>
       <c r="B176" t="s">
-        <v>923</v>
+        <v>896</v>
       </c>
       <c r="C176" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D176" t="s">
-        <v>912</v>
+        <v>897</v>
       </c>
       <c r="E176" t="s">
-        <v>918</v>
+        <v>898</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>924</v>
+        <v>899</v>
       </c>
       <c r="H176" t="s">
-        <v>925</v>
+        <v>900</v>
       </c>
       <c r="I176" t="s">
-        <v>926</v>
+        <v>82</v>
       </c>
       <c r="J176" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>54</v>
       </c>
       <c r="B177" t="s">
-        <v>927</v>
+        <v>901</v>
       </c>
       <c r="C177" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D177" t="s">
-        <v>928</v>
+        <v>902</v>
       </c>
       <c r="E177" t="s">
-        <v>929</v>
+        <v>903</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>930</v>
+        <v>904</v>
       </c>
       <c r="H177" t="s">
-        <v>931</v>
+        <v>905</v>
       </c>
       <c r="I177" t="s">
-        <v>932</v>
+        <v>906</v>
       </c>
       <c r="J177" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>54</v>
       </c>
       <c r="B178" t="s">
-        <v>933</v>
+        <v>907</v>
       </c>
       <c r="C178" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D178" t="s">
-        <v>934</v>
+        <v>902</v>
       </c>
       <c r="E178" t="s">
-        <v>929</v>
+        <v>903</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>935</v>
+        <v>908</v>
       </c>
       <c r="H178" t="s">
-        <v>936</v>
+        <v>909</v>
       </c>
       <c r="I178" t="s">
-        <v>932</v>
+        <v>82</v>
       </c>
       <c r="J178" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>54</v>
       </c>
       <c r="B179" t="s">
-        <v>937</v>
+        <v>910</v>
       </c>
       <c r="C179" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D179" t="s">
-        <v>938</v>
+        <v>911</v>
       </c>
       <c r="E179" t="s">
-        <v>939</v>
+        <v>912</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>940</v>
+        <v>913</v>
       </c>
       <c r="H179" t="s">
-        <v>941</v>
+        <v>914</v>
       </c>
       <c r="I179" t="s">
-        <v>942</v>
+        <v>915</v>
       </c>
       <c r="J179" t="s">
-        <v>943</v>
+        <v>134</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>54</v>
       </c>
       <c r="B180" t="s">
-        <v>944</v>
+        <v>916</v>
       </c>
       <c r="C180" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D180" t="s">
-        <v>928</v>
+        <v>911</v>
       </c>
       <c r="E180" t="s">
-        <v>945</v>
+        <v>912</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>946</v>
+        <v>917</v>
       </c>
       <c r="H180" t="s">
-        <v>947</v>
+        <v>918</v>
       </c>
       <c r="I180" t="s">
-        <v>948</v>
+        <v>915</v>
       </c>
       <c r="J180" t="s">
-        <v>949</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>54</v>
       </c>
       <c r="B181" t="s">
-        <v>950</v>
+        <v>919</v>
       </c>
       <c r="C181" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D181" t="s">
-        <v>951</v>
+        <v>911</v>
       </c>
       <c r="E181" t="s">
-        <v>952</v>
+        <v>912</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>953</v>
+        <v>920</v>
       </c>
       <c r="H181" t="s">
-        <v>954</v>
+        <v>921</v>
       </c>
       <c r="I181" t="s">
-        <v>955</v>
+        <v>915</v>
       </c>
       <c r="J181" t="s">
-        <v>956</v>
+        <v>922</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>54</v>
       </c>
       <c r="B182" t="s">
-        <v>957</v>
+        <v>923</v>
       </c>
       <c r="C182" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D182" t="s">
-        <v>951</v>
+        <v>911</v>
       </c>
       <c r="E182" t="s">
-        <v>958</v>
+        <v>924</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>959</v>
+        <v>925</v>
       </c>
       <c r="H182" t="s">
-        <v>960</v>
+        <v>926</v>
       </c>
       <c r="I182" t="s">
-        <v>961</v>
+        <v>927</v>
       </c>
       <c r="J182" t="s">
-        <v>79</v>
+        <v>143</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>54</v>
       </c>
       <c r="B183" t="s">
-        <v>962</v>
+        <v>928</v>
       </c>
       <c r="C183" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D183" t="s">
-        <v>951</v>
+        <v>911</v>
       </c>
       <c r="E183" t="s">
-        <v>958</v>
+        <v>929</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>963</v>
+        <v>930</v>
       </c>
       <c r="H183" t="s">
-        <v>964</v>
+        <v>931</v>
       </c>
       <c r="I183" t="s">
-        <v>965</v>
+        <v>932</v>
       </c>
       <c r="J183" t="s">
-        <v>61</v>
+        <v>143</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>54</v>
       </c>
       <c r="B184" t="s">
-        <v>966</v>
+        <v>152</v>
       </c>
       <c r="C184" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D184" t="s">
-        <v>967</v>
+        <v>933</v>
       </c>
       <c r="E184" t="s">
-        <v>968</v>
+        <v>934</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>969</v>
+        <v>935</v>
       </c>
       <c r="H184" t="s">
-        <v>970</v>
+        <v>936</v>
       </c>
       <c r="I184" t="s">
-        <v>971</v>
+        <v>937</v>
       </c>
       <c r="J184" t="s">
-        <v>845</v>
+        <v>938</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>54</v>
       </c>
       <c r="B185" t="s">
-        <v>972</v>
+        <v>939</v>
       </c>
       <c r="C185" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D185" t="s">
-        <v>973</v>
+        <v>940</v>
       </c>
       <c r="E185" t="s">
-        <v>974</v>
+        <v>941</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>975</v>
+        <v>942</v>
       </c>
       <c r="H185" t="s">
-        <v>976</v>
+        <v>943</v>
       </c>
       <c r="I185" t="s">
-        <v>977</v>
+        <v>944</v>
       </c>
       <c r="J185" t="s">
-        <v>189</v>
+        <v>83</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>54</v>
       </c>
       <c r="B186" t="s">
-        <v>978</v>
+        <v>245</v>
       </c>
       <c r="C186" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D186" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="E186" t="s">
-        <v>979</v>
+        <v>941</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G186" t="s">
-        <v>980</v>
+        <v>945</v>
       </c>
       <c r="H186" t="s">
-        <v>981</v>
+        <v>946</v>
       </c>
       <c r="I186" t="s">
-        <v>982</v>
+        <v>82</v>
       </c>
       <c r="J186" t="s">
-        <v>719</v>
+        <v>83</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>54</v>
       </c>
       <c r="B187" t="s">
-        <v>983</v>
+        <v>947</v>
       </c>
       <c r="C187" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D187" t="s">
-        <v>984</v>
+        <v>940</v>
       </c>
       <c r="E187" t="s">
-        <v>979</v>
+        <v>948</v>
       </c>
       <c r="F187" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G187" t="s">
-        <v>985</v>
+        <v>949</v>
       </c>
       <c r="H187" t="s">
-        <v>986</v>
+        <v>950</v>
       </c>
       <c r="I187" t="s">
-        <v>987</v>
+        <v>72</v>
       </c>
       <c r="J187" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>54</v>
       </c>
       <c r="B188" t="s">
-        <v>988</v>
+        <v>248</v>
       </c>
       <c r="C188" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D188" t="s">
-        <v>989</v>
+        <v>940</v>
       </c>
       <c r="E188" t="s">
-        <v>990</v>
+        <v>948</v>
       </c>
       <c r="F188" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>991</v>
+        <v>951</v>
       </c>
       <c r="H188" t="s">
-        <v>992</v>
+        <v>952</v>
       </c>
       <c r="I188" t="s">
-        <v>993</v>
+        <v>72</v>
       </c>
       <c r="J188" t="s">
-        <v>719</v>
+        <v>83</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>54</v>
       </c>
       <c r="B189" t="s">
-        <v>994</v>
+        <v>953</v>
       </c>
       <c r="C189" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D189" t="s">
-        <v>995</v>
+        <v>940</v>
       </c>
       <c r="E189" t="s">
-        <v>996</v>
+        <v>948</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>997</v>
+        <v>954</v>
       </c>
       <c r="H189" t="s">
-        <v>998</v>
+        <v>955</v>
       </c>
       <c r="I189" t="s">
-        <v>916</v>
+        <v>82</v>
       </c>
       <c r="J189" t="s">
-        <v>589</v>
+        <v>83</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>54</v>
       </c>
       <c r="B190" t="s">
-        <v>999</v>
+        <v>956</v>
       </c>
       <c r="C190" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D190" t="s">
-        <v>995</v>
+        <v>957</v>
       </c>
       <c r="E190" t="s">
-        <v>996</v>
+        <v>958</v>
       </c>
       <c r="F190" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>1000</v>
+        <v>959</v>
       </c>
       <c r="H190" t="s">
-        <v>1001</v>
+        <v>960</v>
       </c>
       <c r="I190" t="s">
-        <v>916</v>
+        <v>335</v>
       </c>
       <c r="J190" t="s">
-        <v>589</v>
+        <v>961</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>54</v>
       </c>
       <c r="B191" t="s">
-        <v>1002</v>
+        <v>962</v>
       </c>
       <c r="C191" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D191" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="E191" t="s">
-        <v>1003</v>
+        <v>958</v>
       </c>
       <c r="F191" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>1004</v>
+        <v>963</v>
       </c>
       <c r="H191" t="s">
-        <v>1005</v>
+        <v>964</v>
       </c>
       <c r="I191" t="s">
-        <v>971</v>
+        <v>159</v>
       </c>
       <c r="J191" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>54</v>
       </c>
       <c r="B192" t="s">
-        <v>1006</v>
+        <v>226</v>
       </c>
       <c r="C192" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D192" t="s">
+        <v>957</v>
+      </c>
+      <c r="E192" t="s">
+        <v>965</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>966</v>
+      </c>
+      <c r="H192" t="s">
         <v>967</v>
       </c>
-      <c r="E192" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I192" t="s">
-        <v>971</v>
+        <v>87</v>
       </c>
       <c r="J192" t="s">
-        <v>828</v>
+        <v>83</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>54</v>
       </c>
       <c r="B193" t="s">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="C193" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D193" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="E193" t="s">
-        <v>1003</v>
+        <v>965</v>
       </c>
       <c r="F193" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>1009</v>
+        <v>968</v>
       </c>
       <c r="H193" t="s">
-        <v>1010</v>
+        <v>969</v>
       </c>
       <c r="I193" t="s">
-        <v>1011</v>
+        <v>72</v>
       </c>
       <c r="J193" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>54</v>
       </c>
       <c r="B194" t="s">
-        <v>1012</v>
+        <v>970</v>
       </c>
       <c r="C194" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D194" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="E194" t="s">
-        <v>1013</v>
+        <v>972</v>
       </c>
       <c r="F194" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>1014</v>
+        <v>973</v>
       </c>
       <c r="H194" t="s">
-        <v>1015</v>
+        <v>974</v>
       </c>
       <c r="I194" t="s">
-        <v>1016</v>
+        <v>335</v>
       </c>
       <c r="J194" t="s">
-        <v>828</v>
+        <v>264</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>54</v>
       </c>
       <c r="B195" t="s">
-        <v>1017</v>
+        <v>975</v>
       </c>
       <c r="C195" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D195" t="s">
-        <v>1018</v>
+        <v>976</v>
       </c>
       <c r="E195" t="s">
-        <v>1013</v>
+        <v>977</v>
       </c>
       <c r="F195" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>1019</v>
+        <v>978</v>
       </c>
       <c r="H195" t="s">
-        <v>1020</v>
+        <v>979</v>
       </c>
       <c r="I195" t="s">
-        <v>1021</v>
+        <v>72</v>
       </c>
       <c r="J195" t="s">
-        <v>1022</v>
+        <v>980</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>54</v>
       </c>
       <c r="B196" t="s">
-        <v>1023</v>
+        <v>981</v>
       </c>
       <c r="C196" t="s">
-        <v>13</v>
+        <v>982</v>
       </c>
       <c r="D196" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="E196" t="s">
-        <v>1024</v>
+        <v>984</v>
       </c>
       <c r="F196" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G196" t="s">
-        <v>1025</v>
+        <v>985</v>
       </c>
       <c r="H196" t="s">
-        <v>1026</v>
+        <v>986</v>
       </c>
       <c r="I196" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
       <c r="J196" t="s">
-        <v>845</v>
+        <v>375</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>54</v>
       </c>
       <c r="B197" t="s">
-        <v>1027</v>
+        <v>987</v>
       </c>
       <c r="C197" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D197" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="E197" t="s">
-        <v>1024</v>
+        <v>989</v>
       </c>
       <c r="F197" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G197" t="s">
-        <v>1028</v>
+        <v>990</v>
       </c>
       <c r="H197" t="s">
-        <v>1029</v>
+        <v>991</v>
       </c>
       <c r="I197" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
       <c r="J197" t="s">
-        <v>828</v>
+        <v>992</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>54</v>
       </c>
       <c r="B198" t="s">
-        <v>1030</v>
+        <v>993</v>
       </c>
       <c r="C198" t="s">
-        <v>13</v>
+        <v>994</v>
       </c>
       <c r="D198" t="s">
-        <v>1031</v>
+        <v>995</v>
       </c>
       <c r="E198" t="s">
-        <v>1024</v>
+        <v>996</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>1032</v>
+        <v>997</v>
       </c>
       <c r="H198" t="s">
-        <v>1033</v>
+        <v>998</v>
       </c>
       <c r="I198" t="s">
-        <v>910</v>
+        <v>11</v>
       </c>
       <c r="J198" t="s">
-        <v>161</v>
+        <v>375</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>54</v>
       </c>
       <c r="B199" t="s">
-        <v>1034</v>
+        <v>663</v>
       </c>
       <c r="C199" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D199" t="s">
-        <v>967</v>
+        <v>999</v>
       </c>
       <c r="E199" t="s">
-        <v>1035</v>
+        <v>1000</v>
       </c>
       <c r="F199" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>1036</v>
+        <v>1001</v>
       </c>
       <c r="H199" t="s">
-        <v>1037</v>
+        <v>1002</v>
       </c>
       <c r="I199" t="s">
-        <v>1038</v>
+        <v>1003</v>
       </c>
       <c r="J199" t="s">
-        <v>1039</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>54</v>
       </c>
       <c r="B200" t="s">
-        <v>296</v>
+        <v>353</v>
       </c>
       <c r="C200" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D200" t="s">
-        <v>967</v>
+        <v>1005</v>
       </c>
       <c r="E200" t="s">
-        <v>1035</v>
+        <v>1006</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>1040</v>
+        <v>1007</v>
       </c>
       <c r="H200" t="s">
-        <v>1041</v>
+        <v>1008</v>
       </c>
       <c r="I200" t="s">
-        <v>1038</v>
+        <v>1009</v>
       </c>
       <c r="J200" t="s">
-        <v>1039</v>
+        <v>83</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>54</v>
       </c>
       <c r="B201" t="s">
-        <v>289</v>
+        <v>1010</v>
       </c>
       <c r="C201" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D201" t="s">
-        <v>967</v>
+        <v>1005</v>
       </c>
       <c r="E201" t="s">
-        <v>1035</v>
+        <v>1011</v>
       </c>
       <c r="F201" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>1042</v>
+        <v>1012</v>
       </c>
       <c r="H201" t="s">
-        <v>1043</v>
+        <v>1013</v>
       </c>
       <c r="I201" t="s">
-        <v>1038</v>
+        <v>1014</v>
       </c>
       <c r="J201" t="s">
-        <v>1039</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>54</v>
       </c>
       <c r="B202" t="s">
-        <v>1044</v>
+        <v>1016</v>
       </c>
       <c r="C202" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D202" t="s">
-        <v>967</v>
+        <v>1005</v>
       </c>
       <c r="E202" t="s">
-        <v>1035</v>
+        <v>1011</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>1045</v>
+        <v>1017</v>
       </c>
       <c r="H202" t="s">
-        <v>1046</v>
+        <v>1018</v>
       </c>
       <c r="I202" t="s">
-        <v>1038</v>
+        <v>1019</v>
       </c>
       <c r="J202" t="s">
-        <v>1039</v>
+        <v>264</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>54</v>
       </c>
       <c r="B203" t="s">
-        <v>300</v>
+        <v>1020</v>
       </c>
       <c r="C203" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D203" t="s">
-        <v>967</v>
+        <v>1021</v>
       </c>
       <c r="E203" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G203" t="s">
-        <v>1047</v>
+        <v>1023</v>
       </c>
       <c r="H203" t="s">
-        <v>1048</v>
+        <v>1024</v>
       </c>
       <c r="I203" t="s">
-        <v>1038</v>
+        <v>1025</v>
       </c>
       <c r="J203" t="s">
-        <v>1039</v>
+        <v>83</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>54</v>
       </c>
       <c r="B204" t="s">
-        <v>280</v>
+        <v>1026</v>
       </c>
       <c r="C204" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D204" t="s">
-        <v>1049</v>
+        <v>1027</v>
       </c>
       <c r="E204" t="s">
-        <v>1050</v>
+        <v>1022</v>
       </c>
       <c r="F204" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>1051</v>
+        <v>1028</v>
       </c>
       <c r="H204" t="s">
-        <v>1052</v>
+        <v>1029</v>
       </c>
       <c r="I204" t="s">
-        <v>283</v>
+        <v>1025</v>
       </c>
       <c r="J204" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>54</v>
       </c>
       <c r="B205" t="s">
-        <v>1053</v>
+        <v>1030</v>
       </c>
       <c r="C205" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D205" t="s">
-        <v>1054</v>
+        <v>1031</v>
       </c>
       <c r="E205" t="s">
-        <v>1055</v>
+        <v>1032</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>1056</v>
+        <v>1033</v>
       </c>
       <c r="H205" t="s">
-        <v>1057</v>
+        <v>1034</v>
       </c>
       <c r="I205" t="s">
-        <v>910</v>
+        <v>1035</v>
       </c>
       <c r="J205" t="s">
-        <v>161</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>54</v>
       </c>
       <c r="B206" t="s">
-        <v>1058</v>
+        <v>1037</v>
       </c>
       <c r="C206" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D206" t="s">
-        <v>1054</v>
+        <v>1021</v>
       </c>
       <c r="E206" t="s">
-        <v>1059</v>
+        <v>1038</v>
       </c>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G206" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="H206" t="s">
-        <v>1061</v>
+        <v>1040</v>
       </c>
       <c r="I206" t="s">
-        <v>932</v>
+        <v>1041</v>
       </c>
       <c r="J206" t="s">
-        <v>719</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>54</v>
       </c>
       <c r="B207" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
       <c r="C207" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D207" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="E207" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
       <c r="F207" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>1063</v>
+        <v>1046</v>
       </c>
       <c r="H207" t="s">
-        <v>1064</v>
+        <v>1047</v>
       </c>
       <c r="I207" t="s">
-        <v>1065</v>
+        <v>1048</v>
       </c>
       <c r="J207" t="s">
-        <v>719</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>54</v>
       </c>
       <c r="B208" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="C208" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D208" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F208" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I208" t="s">
         <v>1054</v>
       </c>
-      <c r="E208" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J208" t="s">
-        <v>719</v>
+        <v>190</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>54</v>
       </c>
       <c r="B209" t="s">
-        <v>1068</v>
+        <v>144</v>
       </c>
       <c r="C209" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D209" t="s">
-        <v>1069</v>
+        <v>1044</v>
       </c>
       <c r="E209" t="s">
-        <v>1070</v>
+        <v>1051</v>
       </c>
       <c r="F209" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G209" t="s">
-        <v>1071</v>
+        <v>1055</v>
       </c>
       <c r="H209" t="s">
-        <v>1072</v>
+        <v>1056</v>
       </c>
       <c r="I209" t="s">
-        <v>60</v>
+        <v>1057</v>
       </c>
       <c r="J209" t="s">
-        <v>79</v>
+        <v>134</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>54</v>
       </c>
       <c r="B210" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="C210" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D210" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
       <c r="E210" t="s">
-        <v>1070</v>
+        <v>1060</v>
       </c>
       <c r="F210" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G210" t="s">
-        <v>1074</v>
+        <v>1061</v>
       </c>
       <c r="H210" t="s">
-        <v>1075</v>
+        <v>1062</v>
       </c>
       <c r="I210" t="s">
-        <v>60</v>
+        <v>1063</v>
       </c>
       <c r="J210" t="s">
-        <v>79</v>
+        <v>938</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>54</v>
       </c>
       <c r="B211" t="s">
-        <v>1076</v>
+        <v>1064</v>
       </c>
       <c r="C211" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D211" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I211" t="s">
         <v>1069</v>
       </c>
-      <c r="E211" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J211" t="s">
-        <v>1080</v>
+        <v>291</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>54</v>
       </c>
       <c r="B212" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="C212" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D212" t="s">
-        <v>1069</v>
+        <v>1044</v>
       </c>
       <c r="E212" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G212" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="H212" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="I212" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="J212" t="s">
-        <v>1080</v>
+        <v>814</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>54</v>
       </c>
       <c r="B213" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
       <c r="C213" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D213" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="E213" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F213" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" t="s">
         <v>1077</v>
       </c>
-      <c r="F213" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H213" t="s">
-        <v>1087</v>
+        <v>1078</v>
       </c>
       <c r="I213" t="s">
-        <v>1088</v>
+        <v>1079</v>
       </c>
       <c r="J213" t="s">
-        <v>845</v>
+        <v>264</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>54</v>
       </c>
       <c r="B214" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="C214" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D214" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="E214" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G214" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="H214" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="I214" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="J214" t="s">
-        <v>845</v>
+        <v>814</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>54</v>
       </c>
       <c r="B215" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C215" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D215" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="E215" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G215" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="H215" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="I215" t="s">
-        <v>1097</v>
+        <v>1009</v>
       </c>
       <c r="J215" t="s">
-        <v>1098</v>
+        <v>685</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>54</v>
       </c>
       <c r="B216" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="C216" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D216" t="s">
-        <v>1069</v>
+        <v>1087</v>
       </c>
       <c r="E216" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G216" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="H216" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="I216" t="s">
-        <v>1088</v>
+        <v>1009</v>
       </c>
       <c r="J216" t="s">
-        <v>61</v>
+        <v>685</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>54</v>
       </c>
       <c r="B217" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
       <c r="C217" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D217" t="s">
-        <v>1103</v>
+        <v>1059</v>
       </c>
       <c r="E217" t="s">
-        <v>1104</v>
+        <v>1095</v>
       </c>
       <c r="F217" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G217" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
       <c r="H217" t="s">
-        <v>1106</v>
+        <v>1097</v>
       </c>
       <c r="I217" t="s">
-        <v>1107</v>
+        <v>1063</v>
       </c>
       <c r="J217" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>54</v>
       </c>
       <c r="B218" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="C218" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D218" t="s">
-        <v>1103</v>
+        <v>1059</v>
       </c>
       <c r="E218" t="s">
-        <v>1109</v>
+        <v>1095</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G218" t="s">
-        <v>1110</v>
+        <v>1099</v>
       </c>
       <c r="H218" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="I218" t="s">
-        <v>1112</v>
+        <v>1063</v>
       </c>
       <c r="J218" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>54</v>
       </c>
       <c r="B219" t="s">
-        <v>369</v>
+        <v>187</v>
       </c>
       <c r="C219" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D219" t="s">
-        <v>1093</v>
+        <v>1059</v>
       </c>
       <c r="E219" t="s">
-        <v>1114</v>
+        <v>1095</v>
       </c>
       <c r="F219" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G219" t="s">
-        <v>1115</v>
+        <v>1101</v>
       </c>
       <c r="H219" t="s">
-        <v>1116</v>
+        <v>1102</v>
       </c>
       <c r="I219" t="s">
-        <v>13</v>
+        <v>1103</v>
       </c>
       <c r="J219" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>54</v>
       </c>
       <c r="B220" t="s">
-        <v>372</v>
+        <v>1104</v>
       </c>
       <c r="C220" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D220" t="s">
-        <v>1093</v>
+        <v>1059</v>
       </c>
       <c r="E220" t="s">
-        <v>1114</v>
+        <v>1105</v>
       </c>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G220" t="s">
-        <v>1117</v>
+        <v>1106</v>
       </c>
       <c r="H220" t="s">
-        <v>1118</v>
+        <v>1107</v>
       </c>
       <c r="I220" t="s">
-        <v>916</v>
+        <v>1108</v>
       </c>
       <c r="J220" t="s">
-        <v>122</v>
+        <v>922</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>54</v>
       </c>
       <c r="B221" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="C221" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D221" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="E221" t="s">
-        <v>1120</v>
+        <v>1105</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G221" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="H221" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
       <c r="I221" t="s">
-        <v>510</v>
+        <v>1113</v>
       </c>
       <c r="J221" t="s">
-        <v>1123</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>54</v>
       </c>
       <c r="B222" t="s">
-        <v>1124</v>
+        <v>1115</v>
       </c>
       <c r="C222" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D222" t="s">
-        <v>1125</v>
+        <v>1059</v>
       </c>
       <c r="E222" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G222" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
       <c r="H222" t="s">
-        <v>1128</v>
+        <v>1118</v>
       </c>
       <c r="I222" t="s">
-        <v>1097</v>
+        <v>164</v>
       </c>
       <c r="J222" t="s">
-        <v>1129</v>
+        <v>938</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>54</v>
       </c>
       <c r="B223" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="C223" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D223" t="s">
-        <v>1125</v>
+        <v>1059</v>
       </c>
       <c r="E223" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="F223" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G223" t="s">
-        <v>1131</v>
+        <v>1120</v>
       </c>
       <c r="H223" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="I223" t="s">
-        <v>910</v>
+        <v>164</v>
       </c>
       <c r="J223" t="s">
-        <v>1133</v>
+        <v>922</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>54</v>
       </c>
       <c r="B224" t="s">
-        <v>923</v>
+        <v>1122</v>
       </c>
       <c r="C224" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D224" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="E224" t="s">
-        <v>1135</v>
+        <v>1116</v>
       </c>
       <c r="F224" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G224" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="H224" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="I224" t="s">
-        <v>926</v>
+        <v>1003</v>
       </c>
       <c r="J224" t="s">
-        <v>161</v>
+        <v>264</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>54</v>
       </c>
       <c r="B225" t="s">
-        <v>1138</v>
+        <v>1126</v>
       </c>
       <c r="C225" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D225" t="s">
-        <v>1139</v>
+        <v>1059</v>
       </c>
       <c r="E225" t="s">
-        <v>1140</v>
+        <v>1127</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G225" t="s">
-        <v>1141</v>
+        <v>1128</v>
       </c>
       <c r="H225" t="s">
-        <v>1142</v>
+        <v>1129</v>
       </c>
       <c r="I225" t="s">
-        <v>1143</v>
+        <v>1130</v>
       </c>
       <c r="J225" t="s">
-        <v>719</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>54</v>
       </c>
       <c r="B226" t="s">
-        <v>1144</v>
+        <v>395</v>
       </c>
       <c r="C226" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D226" t="s">
-        <v>1145</v>
+        <v>1059</v>
       </c>
       <c r="E226" t="s">
-        <v>1140</v>
+        <v>1127</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G226" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="H226" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="I226" t="s">
-        <v>1038</v>
+        <v>1130</v>
       </c>
       <c r="J226" t="s">
-        <v>726</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>54</v>
       </c>
       <c r="B227" t="s">
-        <v>1148</v>
+        <v>388</v>
       </c>
       <c r="C227" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D227" t="s">
-        <v>1149</v>
+        <v>1059</v>
       </c>
       <c r="E227" t="s">
-        <v>1150</v>
+        <v>1127</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G227" t="s">
-        <v>1151</v>
+        <v>1134</v>
       </c>
       <c r="H227" t="s">
-        <v>1152</v>
+        <v>1135</v>
       </c>
       <c r="I227" t="s">
-        <v>1153</v>
+        <v>1130</v>
       </c>
       <c r="J227" t="s">
-        <v>1154</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>54</v>
       </c>
       <c r="B228" t="s">
-        <v>440</v>
+        <v>1136</v>
       </c>
       <c r="C228" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D228" t="s">
-        <v>1155</v>
+        <v>1059</v>
       </c>
       <c r="E228" t="s">
-        <v>1156</v>
+        <v>1127</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G228" t="s">
-        <v>1157</v>
+        <v>1137</v>
       </c>
       <c r="H228" t="s">
-        <v>1158</v>
+        <v>1138</v>
       </c>
       <c r="I228" t="s">
-        <v>1159</v>
+        <v>1130</v>
       </c>
       <c r="J228" t="s">
-        <v>122</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>54</v>
       </c>
       <c r="B229" t="s">
-        <v>95</v>
+        <v>399</v>
       </c>
       <c r="C229" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D229" t="s">
-        <v>1155</v>
+        <v>1059</v>
       </c>
       <c r="E229" t="s">
-        <v>1160</v>
+        <v>1127</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G229" t="s">
-        <v>1161</v>
+        <v>1139</v>
       </c>
       <c r="H229" t="s">
-        <v>1162</v>
+        <v>1140</v>
       </c>
       <c r="I229" t="s">
-        <v>916</v>
+        <v>1130</v>
       </c>
       <c r="J229" t="s">
-        <v>589</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>54</v>
       </c>
       <c r="B230" t="s">
-        <v>229</v>
+        <v>379</v>
       </c>
       <c r="C230" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D230" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="E230" t="s">
-        <v>1160</v>
+        <v>1142</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G230" t="s">
-        <v>1163</v>
+        <v>1143</v>
       </c>
       <c r="H230" t="s">
-        <v>1164</v>
+        <v>1144</v>
       </c>
       <c r="I230" t="s">
-        <v>1165</v>
+        <v>382</v>
       </c>
       <c r="J230" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>54</v>
       </c>
       <c r="B231" t="s">
-        <v>1166</v>
+        <v>1145</v>
       </c>
       <c r="C231" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D231" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="E231" t="s">
-        <v>1160</v>
+        <v>1147</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>1167</v>
+        <v>1148</v>
       </c>
       <c r="H231" t="s">
-        <v>1168</v>
+        <v>1149</v>
       </c>
       <c r="I231" t="s">
-        <v>1159</v>
+        <v>1003</v>
       </c>
       <c r="J231" t="s">
-        <v>122</v>
+        <v>264</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>54</v>
       </c>
       <c r="B232" t="s">
-        <v>1169</v>
+        <v>1150</v>
       </c>
       <c r="C232" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D232" t="s">
-        <v>1170</v>
+        <v>1146</v>
       </c>
       <c r="E232" t="s">
-        <v>1171</v>
+        <v>1151</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G232" t="s">
-        <v>1172</v>
+        <v>1152</v>
       </c>
       <c r="H232" t="s">
-        <v>1173</v>
+        <v>1153</v>
       </c>
       <c r="I232" t="s">
-        <v>910</v>
+        <v>1025</v>
       </c>
       <c r="J232" t="s">
-        <v>161</v>
+        <v>814</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>54</v>
       </c>
       <c r="B233" t="s">
-        <v>1174</v>
+        <v>1154</v>
       </c>
       <c r="C233" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D233" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="E233" t="s">
-        <v>1176</v>
+        <v>1151</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G233" t="s">
-        <v>1177</v>
+        <v>1155</v>
       </c>
       <c r="H233" t="s">
-        <v>1178</v>
+        <v>1156</v>
       </c>
       <c r="I233" t="s">
-        <v>1179</v>
+        <v>1157</v>
       </c>
       <c r="J233" t="s">
-        <v>1180</v>
+        <v>814</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>54</v>
       </c>
       <c r="B234" t="s">
-        <v>1181</v>
+        <v>1150</v>
       </c>
       <c r="C234" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D234" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="E234" t="s">
-        <v>1182</v>
+        <v>1151</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G234" t="s">
-        <v>1183</v>
+        <v>1158</v>
       </c>
       <c r="H234" t="s">
-        <v>1184</v>
+        <v>1159</v>
       </c>
       <c r="I234" t="s">
-        <v>910</v>
+        <v>1025</v>
       </c>
       <c r="J234" t="s">
-        <v>161</v>
+        <v>814</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>54</v>
       </c>
       <c r="B235" t="s">
-        <v>1185</v>
+        <v>1160</v>
       </c>
       <c r="C235" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D235" t="s">
-        <v>1186</v>
+        <v>1161</v>
       </c>
       <c r="E235" t="s">
-        <v>1187</v>
+        <v>1162</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G235" t="s">
-        <v>1188</v>
+        <v>1163</v>
       </c>
       <c r="H235" t="s">
-        <v>1189</v>
+        <v>1164</v>
       </c>
       <c r="I235" t="s">
-        <v>982</v>
+        <v>108</v>
       </c>
       <c r="J235" t="s">
-        <v>589</v>
+        <v>190</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>54</v>
       </c>
       <c r="B236" t="s">
-        <v>463</v>
+        <v>1165</v>
       </c>
       <c r="C236" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D236" t="s">
-        <v>1190</v>
+        <v>1161</v>
       </c>
       <c r="E236" t="s">
-        <v>1191</v>
+        <v>1162</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G236" t="s">
-        <v>1192</v>
+        <v>1166</v>
       </c>
       <c r="H236" t="s">
-        <v>1193</v>
+        <v>1167</v>
       </c>
       <c r="I236" t="s">
-        <v>910</v>
+        <v>108</v>
       </c>
       <c r="J236" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>54</v>
       </c>
       <c r="B237" t="s">
-        <v>493</v>
+        <v>1168</v>
       </c>
       <c r="C237" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D237" t="s">
-        <v>1194</v>
+        <v>1161</v>
       </c>
       <c r="E237" t="s">
-        <v>1195</v>
+        <v>1169</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G237" t="s">
-        <v>1196</v>
+        <v>1170</v>
       </c>
       <c r="H237" t="s">
-        <v>1197</v>
+        <v>1171</v>
       </c>
       <c r="I237" t="s">
-        <v>1112</v>
+        <v>108</v>
       </c>
       <c r="J237" t="s">
-        <v>122</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>54</v>
       </c>
       <c r="B238" t="s">
-        <v>1198</v>
+        <v>1173</v>
       </c>
       <c r="C238" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D238" t="s">
-        <v>1199</v>
+        <v>1161</v>
       </c>
       <c r="E238" t="s">
-        <v>1200</v>
+        <v>1169</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G238" t="s">
-        <v>1201</v>
+        <v>1174</v>
       </c>
       <c r="H238" t="s">
-        <v>1202</v>
+        <v>1175</v>
       </c>
       <c r="I238" t="s">
-        <v>1203</v>
+        <v>1176</v>
       </c>
       <c r="J238" t="s">
-        <v>79</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>54</v>
       </c>
       <c r="B239" t="s">
-        <v>1204</v>
+        <v>1177</v>
       </c>
       <c r="C239" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D239" t="s">
-        <v>1205</v>
+        <v>1161</v>
       </c>
       <c r="E239" t="s">
-        <v>1206</v>
+        <v>1169</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G239" t="s">
-        <v>1207</v>
+        <v>1178</v>
       </c>
       <c r="H239" t="s">
-        <v>1208</v>
+        <v>1179</v>
       </c>
       <c r="I239" t="s">
-        <v>1209</v>
+        <v>1180</v>
       </c>
       <c r="J239" t="s">
-        <v>1154</v>
+        <v>938</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>54</v>
       </c>
       <c r="B240" t="s">
-        <v>1210</v>
+        <v>1181</v>
       </c>
       <c r="C240" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D240" t="s">
-        <v>1205</v>
+        <v>1161</v>
       </c>
       <c r="E240" t="s">
-        <v>1206</v>
+        <v>1169</v>
       </c>
       <c r="F240" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G240" t="s">
-        <v>1211</v>
+        <v>1182</v>
       </c>
       <c r="H240" t="s">
-        <v>1212</v>
+        <v>1183</v>
       </c>
       <c r="I240" t="s">
-        <v>718</v>
+        <v>1180</v>
       </c>
       <c r="J240" t="s">
-        <v>1213</v>
+        <v>938</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>54</v>
       </c>
       <c r="B241" t="s">
-        <v>475</v>
+        <v>1184</v>
       </c>
       <c r="C241" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D241" t="s">
-        <v>1214</v>
+        <v>1185</v>
       </c>
       <c r="E241" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G241" t="s">
-        <v>1216</v>
+        <v>1187</v>
       </c>
       <c r="H241" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="I241" t="s">
-        <v>916</v>
+        <v>1189</v>
       </c>
       <c r="J241" t="s">
-        <v>1213</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>54</v>
       </c>
       <c r="B242" t="s">
-        <v>338</v>
+        <v>1191</v>
       </c>
       <c r="C242" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D242" t="s">
-        <v>1214</v>
+        <v>1161</v>
       </c>
       <c r="E242" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G242" t="s">
-        <v>1218</v>
+        <v>1192</v>
       </c>
       <c r="H242" t="s">
-        <v>1219</v>
+        <v>1193</v>
       </c>
       <c r="I242" t="s">
-        <v>916</v>
+        <v>1180</v>
       </c>
       <c r="J242" t="s">
-        <v>1213</v>
+        <v>134</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>54</v>
       </c>
       <c r="B243" t="s">
-        <v>1220</v>
+        <v>1194</v>
       </c>
       <c r="C243" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D243" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="E243" t="s">
-        <v>1221</v>
+        <v>1196</v>
       </c>
       <c r="F243" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G243" t="s">
-        <v>1222</v>
+        <v>1197</v>
       </c>
       <c r="H243" t="s">
-        <v>1223</v>
+        <v>1198</v>
       </c>
       <c r="I243" t="s">
-        <v>916</v>
+        <v>1199</v>
       </c>
       <c r="J243" t="s">
-        <v>1224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>54</v>
       </c>
       <c r="B244" t="s">
-        <v>1225</v>
+        <v>1200</v>
       </c>
       <c r="C244" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D244" t="s">
-        <v>1226</v>
+        <v>1195</v>
       </c>
       <c r="E244" t="s">
-        <v>1227</v>
+        <v>1201</v>
       </c>
       <c r="F244" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G244" t="s">
-        <v>1228</v>
+        <v>1202</v>
       </c>
       <c r="H244" t="s">
-        <v>1229</v>
+        <v>1203</v>
       </c>
       <c r="I244" t="s">
-        <v>13</v>
+        <v>1204</v>
       </c>
       <c r="J244" t="s">
-        <v>1230</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>54</v>
       </c>
       <c r="B245" t="s">
-        <v>1181</v>
+        <v>468</v>
       </c>
       <c r="C245" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D245" t="s">
-        <v>1205</v>
+        <v>1185</v>
       </c>
       <c r="E245" t="s">
-        <v>1231</v>
+        <v>1206</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G245" t="s">
-        <v>1232</v>
+        <v>1207</v>
       </c>
       <c r="H245" t="s">
-        <v>1233</v>
+        <v>1208</v>
       </c>
       <c r="I245" t="s">
-        <v>910</v>
+        <v>11</v>
       </c>
       <c r="J245" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>54</v>
       </c>
       <c r="B246" t="s">
-        <v>1234</v>
+        <v>471</v>
       </c>
       <c r="C246" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D246" t="s">
-        <v>1205</v>
+        <v>1185</v>
       </c>
       <c r="E246" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
       <c r="F246" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G246" t="s">
-        <v>1236</v>
+        <v>1209</v>
       </c>
       <c r="H246" t="s">
-        <v>1237</v>
+        <v>1210</v>
       </c>
       <c r="I246" t="s">
-        <v>1238</v>
+        <v>1009</v>
       </c>
       <c r="J246" t="s">
-        <v>845</v>
+        <v>83</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>54</v>
       </c>
       <c r="B247" t="s">
-        <v>332</v>
+        <v>1211</v>
       </c>
       <c r="C247" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="D247" t="s">
-        <v>1239</v>
+        <v>1195</v>
       </c>
       <c r="E247" t="s">
-        <v>1240</v>
+        <v>1212</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G247" t="s">
-        <v>1241</v>
+        <v>1213</v>
       </c>
       <c r="H247" t="s">
-        <v>1242</v>
+        <v>1214</v>
       </c>
       <c r="I247" t="s">
-        <v>99</v>
+        <v>606</v>
       </c>
       <c r="J247" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>54</v>
       </c>
       <c r="B248" t="s">
-        <v>1243</v>
+        <v>1216</v>
       </c>
       <c r="C248" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D248" t="s">
-        <v>1244</v>
+        <v>1217</v>
       </c>
       <c r="E248" t="s">
-        <v>1245</v>
+        <v>1218</v>
       </c>
       <c r="F248" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G248" t="s">
-        <v>1246</v>
+        <v>1219</v>
       </c>
       <c r="H248" t="s">
-        <v>1247</v>
+        <v>1220</v>
       </c>
       <c r="I248" t="s">
-        <v>1248</v>
+        <v>1189</v>
       </c>
       <c r="J248" t="s">
-        <v>1249</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>54</v>
       </c>
       <c r="B249" t="s">
-        <v>1250</v>
+        <v>1222</v>
       </c>
       <c r="C249" t="s">
-        <v>1251</v>
+        <v>11</v>
       </c>
       <c r="D249" t="s">
-        <v>1239</v>
+        <v>1217</v>
       </c>
       <c r="E249" t="s">
-        <v>1252</v>
+        <v>1218</v>
       </c>
       <c r="F249" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G249" t="s">
-        <v>1253</v>
+        <v>1223</v>
       </c>
       <c r="H249" t="s">
-        <v>1254</v>
+        <v>1224</v>
       </c>
       <c r="I249" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="J249" t="s">
-        <v>1123</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>54</v>
       </c>
       <c r="B250" t="s">
-        <v>1255</v>
+        <v>1016</v>
       </c>
       <c r="C250" t="s">
-        <v>1256</v>
+        <v>11</v>
       </c>
       <c r="D250" t="s">
-        <v>1239</v>
+        <v>1226</v>
       </c>
       <c r="E250" t="s">
-        <v>1252</v>
+        <v>1227</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G250" t="s">
-        <v>1257</v>
+        <v>1228</v>
       </c>
       <c r="H250" t="s">
-        <v>1258</v>
+        <v>1229</v>
       </c>
       <c r="I250" t="s">
-        <v>1256</v>
+        <v>1019</v>
       </c>
       <c r="J250" t="s">
-        <v>1123</v>
+        <v>264</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>54</v>
       </c>
       <c r="B251" t="s">
-        <v>1259</v>
+        <v>1230</v>
       </c>
       <c r="C251" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
       <c r="D251" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="E251" t="s">
-        <v>1260</v>
+        <v>1232</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G251" t="s">
-        <v>1261</v>
+        <v>1233</v>
       </c>
       <c r="H251" t="s">
-        <v>1262</v>
+        <v>1234</v>
       </c>
       <c r="I251" t="s">
-        <v>439</v>
+        <v>1235</v>
       </c>
       <c r="J251" t="s">
-        <v>79</v>
+        <v>814</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>54</v>
       </c>
       <c r="B252" t="s">
-        <v>1263</v>
+        <v>1236</v>
       </c>
       <c r="C252" t="s">
-        <v>1264</v>
+        <v>11</v>
       </c>
       <c r="D252" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F252" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H252" t="s">
         <v>1239</v>
       </c>
-      <c r="E252" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I252" t="s">
-        <v>1264</v>
+        <v>1130</v>
       </c>
       <c r="J252" t="s">
-        <v>122</v>
+        <v>821</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>54</v>
       </c>
       <c r="B253" t="s">
-        <v>136</v>
+        <v>1240</v>
       </c>
       <c r="C253" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D253" t="s">
-        <v>1267</v>
+        <v>1241</v>
       </c>
       <c r="E253" t="s">
-        <v>1268</v>
+        <v>1242</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G253" t="s">
-        <v>1269</v>
+        <v>1243</v>
       </c>
       <c r="H253" t="s">
-        <v>1270</v>
+        <v>1244</v>
       </c>
       <c r="I253" t="s">
-        <v>110</v>
+        <v>1245</v>
       </c>
       <c r="J253" t="s">
-        <v>1271</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>54</v>
       </c>
       <c r="B254" t="s">
-        <v>757</v>
+        <v>538</v>
       </c>
       <c r="C254" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="D254" t="s">
-        <v>1267</v>
+        <v>1247</v>
       </c>
       <c r="E254" t="s">
-        <v>1268</v>
+        <v>1248</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G254" t="s">
-        <v>1272</v>
+        <v>1249</v>
       </c>
       <c r="H254" t="s">
-        <v>1273</v>
+        <v>1250</v>
       </c>
       <c r="I254" t="s">
-        <v>99</v>
+        <v>1251</v>
       </c>
       <c r="J254" t="s">
-        <v>1271</v>
+        <v>83</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>54</v>
       </c>
       <c r="B255" t="s">
-        <v>1274</v>
+        <v>206</v>
       </c>
       <c r="C255" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="D255" t="s">
-        <v>1267</v>
+        <v>1247</v>
       </c>
       <c r="E255" t="s">
-        <v>1268</v>
+        <v>1252</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>1275</v>
+        <v>1253</v>
       </c>
       <c r="H255" t="s">
-        <v>1276</v>
+        <v>1254</v>
       </c>
       <c r="I255" t="s">
-        <v>99</v>
+        <v>1009</v>
       </c>
       <c r="J255" t="s">
-        <v>1271</v>
+        <v>685</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>54</v>
       </c>
       <c r="B256" t="s">
-        <v>685</v>
+        <v>330</v>
       </c>
       <c r="C256" t="s">
-        <v>1277</v>
+        <v>11</v>
       </c>
       <c r="D256" t="s">
-        <v>1278</v>
+        <v>1247</v>
       </c>
       <c r="E256" t="s">
-        <v>1268</v>
+        <v>1252</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G256" t="s">
-        <v>1279</v>
+        <v>1255</v>
       </c>
       <c r="H256" t="s">
-        <v>1280</v>
+        <v>1256</v>
       </c>
       <c r="I256" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="J256" t="s">
-        <v>161</v>
+        <v>264</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>54</v>
       </c>
       <c r="B257" t="s">
-        <v>1281</v>
+        <v>1258</v>
       </c>
       <c r="C257" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D257" t="s">
-        <v>1267</v>
+        <v>1247</v>
       </c>
       <c r="E257" t="s">
-        <v>1282</v>
+        <v>1252</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G257" t="s">
-        <v>1283</v>
+        <v>1259</v>
       </c>
       <c r="H257" t="s">
-        <v>1284</v>
+        <v>1260</v>
       </c>
       <c r="I257" t="s">
-        <v>60</v>
+        <v>1251</v>
       </c>
       <c r="J257" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>54</v>
       </c>
       <c r="B258" t="s">
-        <v>1285</v>
+        <v>1261</v>
       </c>
       <c r="C258" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D258" t="s">
-        <v>1226</v>
+        <v>1262</v>
       </c>
       <c r="E258" t="s">
-        <v>1286</v>
+        <v>1263</v>
       </c>
       <c r="F258" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G258" t="s">
-        <v>1287</v>
+        <v>1264</v>
       </c>
       <c r="H258" t="s">
-        <v>1288</v>
+        <v>1265</v>
       </c>
       <c r="I258" t="s">
-        <v>110</v>
+        <v>1003</v>
       </c>
       <c r="J258" t="s">
-        <v>1113</v>
+        <v>264</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>54</v>
       </c>
       <c r="B259" t="s">
-        <v>258</v>
+        <v>1266</v>
       </c>
       <c r="C259" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D259" t="s">
-        <v>1289</v>
+        <v>1267</v>
       </c>
       <c r="E259" t="s">
-        <v>1290</v>
+        <v>1268</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G259" t="s">
-        <v>1291</v>
+        <v>1269</v>
       </c>
       <c r="H259" t="s">
-        <v>1292</v>
+        <v>1270</v>
       </c>
       <c r="I259" t="s">
-        <v>110</v>
+        <v>1271</v>
       </c>
       <c r="J259" t="s">
-        <v>1154</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>54</v>
       </c>
       <c r="B260" t="s">
-        <v>1293</v>
+        <v>1273</v>
       </c>
       <c r="C260" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D260" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="E260" t="s">
-        <v>1290</v>
+        <v>1274</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G260" t="s">
-        <v>1295</v>
+        <v>1275</v>
       </c>
       <c r="H260" t="s">
-        <v>1296</v>
+        <v>1276</v>
       </c>
       <c r="I260" t="s">
-        <v>110</v>
+        <v>1003</v>
       </c>
       <c r="J260" t="s">
-        <v>719</v>
+        <v>264</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>54</v>
       </c>
       <c r="B261" t="s">
-        <v>468</v>
+        <v>1277</v>
       </c>
       <c r="C261" t="s">
-        <v>1297</v>
+        <v>11</v>
       </c>
       <c r="D261" t="s">
-        <v>1298</v>
+        <v>1278</v>
       </c>
       <c r="E261" t="s">
-        <v>1290</v>
+        <v>1279</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G261" t="s">
-        <v>1299</v>
+        <v>1280</v>
       </c>
       <c r="H261" t="s">
-        <v>1300</v>
+        <v>1281</v>
       </c>
       <c r="I261" t="s">
-        <v>1297</v>
+        <v>1074</v>
       </c>
       <c r="J261" t="s">
-        <v>1224</v>
+        <v>685</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>54</v>
       </c>
       <c r="B262" t="s">
-        <v>502</v>
+        <v>560</v>
       </c>
       <c r="C262" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D262" t="s">
-        <v>1301</v>
+        <v>1282</v>
       </c>
       <c r="E262" t="s">
-        <v>1290</v>
+        <v>1283</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G262" t="s">
-        <v>1302</v>
+        <v>1284</v>
       </c>
       <c r="H262" t="s">
-        <v>1303</v>
+        <v>1285</v>
       </c>
       <c r="I262" t="s">
-        <v>110</v>
+        <v>1003</v>
       </c>
       <c r="J262" t="s">
-        <v>1213</v>
+        <v>264</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>54</v>
       </c>
       <c r="B263" t="s">
-        <v>1304</v>
+        <v>589</v>
       </c>
       <c r="C263" t="s">
-        <v>1305</v>
+        <v>11</v>
       </c>
       <c r="D263" t="s">
-        <v>1306</v>
+        <v>1286</v>
       </c>
       <c r="E263" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G263" t="s">
-        <v>1308</v>
+        <v>1288</v>
       </c>
       <c r="H263" t="s">
-        <v>1309</v>
+        <v>1289</v>
       </c>
       <c r="I263" t="s">
-        <v>1305</v>
+        <v>1204</v>
       </c>
       <c r="J263" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>54</v>
       </c>
       <c r="B264" t="s">
-        <v>366</v>
+        <v>1290</v>
       </c>
       <c r="C264" t="s">
-        <v>916</v>
+        <v>11</v>
       </c>
       <c r="D264" t="s">
-        <v>1310</v>
+        <v>1291</v>
       </c>
       <c r="E264" t="s">
-        <v>1311</v>
+        <v>1292</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G264" t="s">
-        <v>1312</v>
+        <v>1293</v>
       </c>
       <c r="H264" t="s">
-        <v>1313</v>
+        <v>1294</v>
       </c>
       <c r="I264" t="s">
-        <v>916</v>
+        <v>1295</v>
       </c>
       <c r="J264" t="s">
-        <v>1154</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>54</v>
       </c>
       <c r="B265" t="s">
-        <v>1314</v>
+        <v>1296</v>
       </c>
       <c r="C265" t="s">
-        <v>1315</v>
+        <v>11</v>
       </c>
       <c r="D265" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="E265" t="s">
-        <v>1316</v>
+        <v>1298</v>
       </c>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G265" t="s">
-        <v>1317</v>
+        <v>1299</v>
       </c>
       <c r="H265" t="s">
-        <v>1318</v>
+        <v>1300</v>
       </c>
       <c r="I265" t="s">
-        <v>1315</v>
+        <v>1301</v>
       </c>
       <c r="J265" t="s">
-        <v>1271</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>54</v>
       </c>
       <c r="B266" t="s">
-        <v>167</v>
+        <v>1302</v>
       </c>
       <c r="C266" t="s">
-        <v>1319</v>
+        <v>11</v>
       </c>
       <c r="D266" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="E266" t="s">
-        <v>1316</v>
+        <v>1298</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G266" t="s">
-        <v>1320</v>
+        <v>1303</v>
       </c>
       <c r="H266" t="s">
-        <v>1321</v>
+        <v>1304</v>
       </c>
       <c r="I266" t="s">
-        <v>1319</v>
+        <v>813</v>
       </c>
       <c r="J266" t="s">
-        <v>161</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>54</v>
       </c>
       <c r="B267" t="s">
-        <v>156</v>
+        <v>99</v>
       </c>
       <c r="C267" t="s">
-        <v>234</v>
+        <v>11</v>
       </c>
       <c r="D267" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="E267" t="s">
-        <v>1316</v>
+        <v>1307</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G267" t="s">
-        <v>1322</v>
+        <v>1308</v>
       </c>
       <c r="H267" t="s">
-        <v>1323</v>
+        <v>1309</v>
       </c>
       <c r="I267" t="s">
-        <v>234</v>
+        <v>1009</v>
       </c>
       <c r="J267" t="s">
-        <v>161</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>54</v>
       </c>
       <c r="B268" t="s">
-        <v>536</v>
+        <v>437</v>
       </c>
       <c r="C268" t="s">
-        <v>1324</v>
+        <v>11</v>
       </c>
       <c r="D268" t="s">
-        <v>1325</v>
+        <v>1306</v>
       </c>
       <c r="E268" t="s">
-        <v>1326</v>
+        <v>1307</v>
       </c>
       <c r="F268" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G268" t="s">
-        <v>1327</v>
+        <v>1310</v>
       </c>
       <c r="H268" t="s">
-        <v>1328</v>
+        <v>1311</v>
       </c>
       <c r="I268" t="s">
-        <v>1324</v>
+        <v>1009</v>
       </c>
       <c r="J268" t="s">
-        <v>161</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>54</v>
       </c>
       <c r="B269" t="s">
-        <v>614</v>
+        <v>1312</v>
       </c>
       <c r="C269" t="s">
-        <v>619</v>
+        <v>11</v>
       </c>
       <c r="D269" t="s">
-        <v>1329</v>
+        <v>1297</v>
       </c>
       <c r="E269" t="s">
-        <v>1330</v>
+        <v>1313</v>
       </c>
       <c r="F269" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G269" t="s">
-        <v>1331</v>
+        <v>1314</v>
       </c>
       <c r="H269" t="s">
-        <v>1332</v>
+        <v>1315</v>
       </c>
       <c r="I269" t="s">
-        <v>619</v>
+        <v>1009</v>
       </c>
       <c r="J269" t="s">
-        <v>620</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>54</v>
       </c>
       <c r="B270" t="s">
-        <v>573</v>
+        <v>1317</v>
       </c>
       <c r="C270" t="s">
-        <v>1333</v>
+        <v>11</v>
       </c>
       <c r="D270" t="s">
-        <v>1334</v>
+        <v>1318</v>
       </c>
       <c r="E270" t="s">
-        <v>1335</v>
+        <v>1319</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G270" t="s">
-        <v>1336</v>
+        <v>1320</v>
       </c>
       <c r="H270" t="s">
-        <v>1337</v>
+        <v>1321</v>
       </c>
       <c r="I270" t="s">
-        <v>1333</v>
+        <v>11</v>
       </c>
       <c r="J270" t="s">
-        <v>122</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>54</v>
       </c>
       <c r="B271" t="s">
-        <v>1338</v>
+        <v>1273</v>
       </c>
       <c r="C271" t="s">
-        <v>718</v>
+        <v>11</v>
       </c>
       <c r="D271" t="s">
-        <v>1329</v>
+        <v>1297</v>
       </c>
       <c r="E271" t="s">
-        <v>1339</v>
+        <v>1323</v>
       </c>
       <c r="F271" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G271" t="s">
-        <v>1340</v>
+        <v>1324</v>
       </c>
       <c r="H271" t="s">
-        <v>1341</v>
+        <v>1325</v>
       </c>
       <c r="I271" t="s">
-        <v>718</v>
+        <v>1003</v>
       </c>
       <c r="J271" t="s">
-        <v>548</v>
+        <v>264</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>54</v>
       </c>
       <c r="B272" t="s">
-        <v>1342</v>
+        <v>1326</v>
       </c>
       <c r="C272" t="s">
-        <v>1343</v>
+        <v>11</v>
       </c>
       <c r="D272" t="s">
-        <v>1344</v>
+        <v>1297</v>
       </c>
       <c r="E272" t="s">
-        <v>1345</v>
+        <v>1327</v>
       </c>
       <c r="F272" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G272" t="s">
-        <v>1346</v>
+        <v>1328</v>
       </c>
       <c r="H272" t="s">
-        <v>1347</v>
+        <v>1329</v>
       </c>
       <c r="I272" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="J272" t="s">
-        <v>719</v>
+        <v>938</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>54</v>
       </c>
       <c r="B273" t="s">
-        <v>1348</v>
+        <v>431</v>
       </c>
       <c r="C273" t="s">
-        <v>1248</v>
+        <v>87</v>
       </c>
       <c r="D273" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="E273" t="s">
-        <v>1349</v>
+        <v>1332</v>
       </c>
       <c r="F273" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G273" t="s">
-        <v>1350</v>
+        <v>1333</v>
       </c>
       <c r="H273" t="s">
-        <v>1351</v>
+        <v>1334</v>
       </c>
       <c r="I273" t="s">
-        <v>1352</v>
+        <v>87</v>
       </c>
       <c r="J273" t="s">
-        <v>189</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>54</v>
       </c>
       <c r="B274" t="s">
-        <v>1353</v>
+        <v>1335</v>
       </c>
       <c r="C274" t="s">
-        <v>1354</v>
+        <v>11</v>
       </c>
       <c r="D274" t="s">
-        <v>1355</v>
+        <v>1336</v>
       </c>
       <c r="E274" t="s">
-        <v>1356</v>
+        <v>1337</v>
       </c>
       <c r="F274" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G274" t="s">
-        <v>1357</v>
+        <v>1338</v>
       </c>
       <c r="H274" t="s">
-        <v>1358</v>
+        <v>1339</v>
       </c>
       <c r="I274" t="s">
-        <v>1354</v>
+        <v>1340</v>
       </c>
       <c r="J274" t="s">
-        <v>1359</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>54</v>
       </c>
       <c r="B275" t="s">
-        <v>1360</v>
+        <v>1342</v>
       </c>
       <c r="C275" t="s">
-        <v>718</v>
+        <v>1343</v>
       </c>
       <c r="D275" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="E275" t="s">
-        <v>1362</v>
+        <v>1344</v>
       </c>
       <c r="F275" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G275" t="s">
-        <v>1363</v>
+        <v>1345</v>
       </c>
       <c r="H275" t="s">
-        <v>1364</v>
+        <v>1346</v>
       </c>
       <c r="I275" t="s">
-        <v>718</v>
+        <v>1343</v>
       </c>
       <c r="J275" t="s">
-        <v>719</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>54</v>
       </c>
       <c r="B276" t="s">
-        <v>1365</v>
+        <v>1347</v>
       </c>
       <c r="C276" t="s">
-        <v>1366</v>
+        <v>1348</v>
       </c>
       <c r="D276" t="s">
-        <v>1355</v>
+        <v>1331</v>
       </c>
       <c r="E276" t="s">
-        <v>1362</v>
+        <v>1344</v>
       </c>
       <c r="F276" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G276" t="s">
-        <v>1367</v>
+        <v>1349</v>
       </c>
       <c r="H276" t="s">
-        <v>1368</v>
+        <v>1350</v>
       </c>
       <c r="I276" t="s">
-        <v>1366</v>
+        <v>1348</v>
       </c>
       <c r="J276" t="s">
-        <v>719</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>54</v>
       </c>
       <c r="B277" t="s">
-        <v>1369</v>
+        <v>110</v>
       </c>
       <c r="C277" t="s">
-        <v>1370</v>
+        <v>537</v>
       </c>
       <c r="D277" t="s">
-        <v>1371</v>
+        <v>1331</v>
       </c>
       <c r="E277" t="s">
-        <v>1372</v>
+        <v>1351</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G277" t="s">
-        <v>1373</v>
+        <v>1352</v>
       </c>
       <c r="H277" t="s">
-        <v>1374</v>
+        <v>1353</v>
       </c>
       <c r="I277" t="s">
-        <v>1370</v>
+        <v>537</v>
       </c>
       <c r="J277" t="s">
-        <v>719</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>54</v>
       </c>
       <c r="B278" t="s">
-        <v>1375</v>
+        <v>1354</v>
       </c>
       <c r="C278" t="s">
-        <v>1370</v>
+        <v>1355</v>
       </c>
       <c r="D278" t="s">
-        <v>1371</v>
+        <v>1331</v>
       </c>
       <c r="E278" t="s">
-        <v>1372</v>
+        <v>1351</v>
       </c>
       <c r="F278" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G278" t="s">
-        <v>1376</v>
+        <v>1356</v>
       </c>
       <c r="H278" t="s">
-        <v>1377</v>
+        <v>1357</v>
       </c>
       <c r="I278" t="s">
-        <v>1370</v>
+        <v>1355</v>
       </c>
       <c r="J278" t="s">
-        <v>719</v>
+        <v>83</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>54</v>
       </c>
       <c r="B279" t="s">
-        <v>1378</v>
+        <v>242</v>
       </c>
       <c r="C279" t="s">
-        <v>1379</v>
+        <v>159</v>
       </c>
       <c r="D279" t="s">
-        <v>1371</v>
+        <v>1358</v>
       </c>
       <c r="E279" t="s">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="F279" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G279" t="s">
-        <v>1380</v>
+        <v>1360</v>
       </c>
       <c r="H279" t="s">
-        <v>1381</v>
+        <v>1361</v>
       </c>
       <c r="I279" t="s">
-        <v>1379</v>
+        <v>159</v>
       </c>
       <c r="J279" t="s">
-        <v>719</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>54</v>
       </c>
       <c r="B280" t="s">
-        <v>1382</v>
+        <v>852</v>
       </c>
       <c r="C280" t="s">
-        <v>718</v>
+        <v>87</v>
       </c>
       <c r="D280" t="s">
-        <v>1383</v>
+        <v>1358</v>
       </c>
       <c r="E280" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="F280" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>1385</v>
+        <v>1363</v>
       </c>
       <c r="H280" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="I280" t="s">
-        <v>718</v>
+        <v>87</v>
       </c>
       <c r="J280" t="s">
-        <v>589</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>54</v>
       </c>
       <c r="B281" t="s">
-        <v>1387</v>
+        <v>1365</v>
       </c>
       <c r="C281" t="s">
-        <v>718</v>
+        <v>87</v>
       </c>
       <c r="D281" t="s">
-        <v>1383</v>
+        <v>1358</v>
       </c>
       <c r="E281" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G281" t="s">
-        <v>1388</v>
+        <v>1366</v>
       </c>
       <c r="H281" t="s">
-        <v>1389</v>
+        <v>1367</v>
       </c>
       <c r="I281" t="s">
-        <v>718</v>
+        <v>87</v>
       </c>
       <c r="J281" t="s">
-        <v>589</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>54</v>
       </c>
       <c r="B282" t="s">
-        <v>1390</v>
+        <v>780</v>
       </c>
       <c r="C282" t="s">
-        <v>1391</v>
+        <v>1368</v>
       </c>
       <c r="D282" t="s">
-        <v>1392</v>
+        <v>1369</v>
       </c>
       <c r="E282" t="s">
-        <v>1393</v>
+        <v>1359</v>
       </c>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G282" t="s">
-        <v>1394</v>
+        <v>1370</v>
       </c>
       <c r="H282" t="s">
-        <v>1395</v>
+        <v>1371</v>
       </c>
       <c r="I282" t="s">
-        <v>1391</v>
+        <v>1368</v>
       </c>
       <c r="J282" t="s">
-        <v>122</v>
+        <v>264</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>54</v>
       </c>
       <c r="B283" t="s">
-        <v>694</v>
+        <v>1372</v>
       </c>
       <c r="C283" t="s">
-        <v>1396</v>
+        <v>108</v>
       </c>
       <c r="D283" t="s">
-        <v>1397</v>
+        <v>1358</v>
       </c>
       <c r="E283" t="s">
-        <v>1398</v>
+        <v>1373</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G283" t="s">
-        <v>1399</v>
+        <v>1374</v>
       </c>
       <c r="H283" t="s">
-        <v>1400</v>
+        <v>1375</v>
       </c>
       <c r="I283" t="s">
-        <v>1396</v>
+        <v>108</v>
       </c>
       <c r="J283" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>54</v>
       </c>
       <c r="B284" t="s">
-        <v>1401</v>
+        <v>1376</v>
       </c>
       <c r="C284" t="s">
-        <v>1402</v>
+        <v>159</v>
       </c>
       <c r="D284" t="s">
-        <v>1403</v>
+        <v>1318</v>
       </c>
       <c r="E284" t="s">
-        <v>1404</v>
+        <v>1377</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G284" t="s">
-        <v>1405</v>
+        <v>1378</v>
       </c>
       <c r="H284" t="s">
-        <v>1406</v>
+        <v>1379</v>
       </c>
       <c r="I284" t="s">
-        <v>1402</v>
+        <v>159</v>
       </c>
       <c r="J284" t="s">
-        <v>1407</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>54</v>
       </c>
       <c r="B285" t="s">
-        <v>709</v>
+        <v>358</v>
       </c>
       <c r="C285" t="s">
-        <v>110</v>
+        <v>159</v>
       </c>
       <c r="D285" t="s">
-        <v>1403</v>
+        <v>1380</v>
       </c>
       <c r="E285" t="s">
-        <v>1408</v>
+        <v>1381</v>
       </c>
       <c r="F285" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G285" t="s">
-        <v>1409</v>
+        <v>1382</v>
       </c>
       <c r="H285" t="s">
-        <v>1410</v>
+        <v>1383</v>
       </c>
       <c r="I285" t="s">
-        <v>110</v>
+        <v>159</v>
       </c>
       <c r="J285" t="s">
-        <v>122</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>54</v>
       </c>
       <c r="B286" t="s">
-        <v>1411</v>
+        <v>1384</v>
       </c>
       <c r="C286" t="s">
-        <v>1412</v>
+        <v>159</v>
       </c>
       <c r="D286" t="s">
-        <v>1403</v>
+        <v>1385</v>
       </c>
       <c r="E286" t="s">
-        <v>1413</v>
+        <v>1381</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G286" t="s">
-        <v>1414</v>
+        <v>1386</v>
       </c>
       <c r="H286" t="s">
-        <v>1415</v>
+        <v>1387</v>
       </c>
       <c r="I286" t="s">
-        <v>1412</v>
+        <v>159</v>
       </c>
       <c r="J286" t="s">
-        <v>276</v>
+        <v>814</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>54</v>
       </c>
       <c r="B287" t="s">
-        <v>1416</v>
+        <v>565</v>
       </c>
       <c r="C287" t="s">
-        <v>1417</v>
+        <v>1388</v>
       </c>
       <c r="D287" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="E287" t="s">
-        <v>1419</v>
+        <v>1381</v>
       </c>
       <c r="F287" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G287" t="s">
-        <v>1420</v>
+        <v>1390</v>
       </c>
       <c r="H287" t="s">
-        <v>1421</v>
+        <v>1391</v>
       </c>
       <c r="I287" t="s">
-        <v>1417</v>
+        <v>1388</v>
       </c>
       <c r="J287" t="s">
-        <v>1422</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>54</v>
       </c>
       <c r="B288" t="s">
-        <v>1423</v>
+        <v>598</v>
       </c>
       <c r="C288" t="s">
-        <v>1424</v>
+        <v>159</v>
       </c>
       <c r="D288" t="s">
-        <v>1425</v>
+        <v>1392</v>
       </c>
       <c r="E288" t="s">
-        <v>1419</v>
+        <v>1381</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G288" t="s">
-        <v>1426</v>
+        <v>1393</v>
       </c>
       <c r="H288" t="s">
-        <v>1427</v>
+        <v>1394</v>
       </c>
       <c r="I288" t="s">
-        <v>1424</v>
+        <v>159</v>
       </c>
       <c r="J288" t="s">
-        <v>1428</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>54</v>
       </c>
       <c r="B289" t="s">
-        <v>150</v>
+        <v>1395</v>
       </c>
       <c r="C289" t="s">
-        <v>155</v>
+        <v>1396</v>
       </c>
       <c r="D289" t="s">
-        <v>151</v>
+        <v>1397</v>
       </c>
       <c r="E289" t="s">
-        <v>1429</v>
+        <v>1398</v>
       </c>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G289" t="s">
-        <v>1430</v>
+        <v>1399</v>
       </c>
       <c r="H289" t="s">
-        <v>1431</v>
+        <v>1400</v>
       </c>
       <c r="I289" t="s">
-        <v>155</v>
+        <v>1396</v>
       </c>
       <c r="J289" t="s">
-        <v>79</v>
+        <v>264</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>54</v>
       </c>
       <c r="B290" t="s">
-        <v>1432</v>
+        <v>465</v>
       </c>
       <c r="C290" t="s">
-        <v>60</v>
+        <v>1009</v>
       </c>
       <c r="D290" t="s">
-        <v>151</v>
+        <v>1401</v>
       </c>
       <c r="E290" t="s">
-        <v>1429</v>
+        <v>1402</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G290" t="s">
-        <v>1433</v>
+        <v>1403</v>
       </c>
       <c r="H290" t="s">
-        <v>1434</v>
+        <v>1404</v>
       </c>
       <c r="I290" t="s">
-        <v>60</v>
+        <v>1009</v>
       </c>
       <c r="J290" t="s">
-        <v>61</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>54</v>
       </c>
       <c r="B291" t="s">
-        <v>1435</v>
+        <v>1405</v>
       </c>
       <c r="C291" t="s">
-        <v>1436</v>
+        <v>1406</v>
       </c>
       <c r="D291" t="s">
-        <v>1437</v>
+        <v>1401</v>
       </c>
       <c r="E291" t="s">
-        <v>1438</v>
+        <v>1407</v>
       </c>
       <c r="F291" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G291" t="s">
-        <v>1439</v>
+        <v>1408</v>
       </c>
       <c r="H291" t="s">
-        <v>1440</v>
+        <v>1409</v>
       </c>
       <c r="I291" t="s">
-        <v>1436</v>
+        <v>1406</v>
       </c>
       <c r="J291" t="s">
-        <v>122</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>54</v>
       </c>
       <c r="B292" t="s">
-        <v>361</v>
+        <v>270</v>
       </c>
       <c r="C292" t="s">
-        <v>718</v>
+        <v>1410</v>
       </c>
       <c r="D292" t="s">
-        <v>1437</v>
+        <v>1401</v>
       </c>
       <c r="E292" t="s">
-        <v>1441</v>
+        <v>1407</v>
       </c>
       <c r="F292" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G292" t="s">
-        <v>1442</v>
+        <v>1411</v>
       </c>
       <c r="H292" t="s">
-        <v>1443</v>
+        <v>1412</v>
       </c>
       <c r="I292" t="s">
-        <v>718</v>
+        <v>1410</v>
       </c>
       <c r="J292" t="s">
-        <v>1154</v>
+        <v>264</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>54</v>
       </c>
       <c r="B293" t="s">
-        <v>1444</v>
+        <v>259</v>
       </c>
       <c r="C293" t="s">
-        <v>1445</v>
+        <v>335</v>
       </c>
       <c r="D293" t="s">
-        <v>1437</v>
+        <v>1401</v>
       </c>
       <c r="E293" t="s">
-        <v>1441</v>
+        <v>1407</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G293" t="s">
-        <v>1446</v>
+        <v>1413</v>
       </c>
       <c r="H293" t="s">
-        <v>1447</v>
+        <v>1414</v>
       </c>
       <c r="I293" t="s">
-        <v>1445</v>
+        <v>335</v>
       </c>
       <c r="J293" t="s">
-        <v>1448</v>
+        <v>264</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>54</v>
       </c>
       <c r="B294" t="s">
-        <v>1449</v>
+        <v>632</v>
       </c>
       <c r="C294" t="s">
-        <v>1450</v>
+        <v>1415</v>
       </c>
       <c r="D294" t="s">
-        <v>1451</v>
+        <v>1416</v>
       </c>
       <c r="E294" t="s">
-        <v>1452</v>
+        <v>1417</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G294" t="s">
-        <v>1453</v>
+        <v>1418</v>
       </c>
       <c r="H294" t="s">
-        <v>1454</v>
+        <v>1419</v>
       </c>
       <c r="I294" t="s">
-        <v>1248</v>
+        <v>1415</v>
       </c>
       <c r="J294" t="s">
-        <v>1249</v>
+        <v>264</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>54</v>
       </c>
       <c r="B295" t="s">
-        <v>1455</v>
+        <v>709</v>
       </c>
       <c r="C295" t="s">
-        <v>1456</v>
+        <v>714</v>
       </c>
       <c r="D295" t="s">
-        <v>1451</v>
+        <v>1420</v>
       </c>
       <c r="E295" t="s">
-        <v>1452</v>
+        <v>1421</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G295" t="s">
-        <v>1457</v>
+        <v>1422</v>
       </c>
       <c r="H295" t="s">
-        <v>1458</v>
+        <v>1423</v>
       </c>
       <c r="I295" t="s">
-        <v>772</v>
+        <v>714</v>
       </c>
       <c r="J295" t="s">
-        <v>79</v>
+        <v>715</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>54</v>
       </c>
       <c r="B296" t="s">
-        <v>1459</v>
+        <v>669</v>
       </c>
       <c r="C296" t="s">
-        <v>1450</v>
+        <v>1424</v>
       </c>
       <c r="D296" t="s">
-        <v>1451</v>
+        <v>1425</v>
       </c>
       <c r="E296" t="s">
-        <v>1452</v>
+        <v>1426</v>
       </c>
       <c r="F296" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G296" t="s">
-        <v>1460</v>
+        <v>1427</v>
       </c>
       <c r="H296" t="s">
-        <v>1461</v>
+        <v>1428</v>
       </c>
       <c r="I296" t="s">
-        <v>1248</v>
+        <v>1424</v>
       </c>
       <c r="J296" t="s">
-        <v>1249</v>
+        <v>83</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>54</v>
       </c>
       <c r="B297" t="s">
-        <v>1462</v>
+        <v>1429</v>
       </c>
       <c r="C297" t="s">
-        <v>1463</v>
+        <v>813</v>
       </c>
       <c r="D297" t="s">
-        <v>1451</v>
+        <v>1420</v>
       </c>
       <c r="E297" t="s">
-        <v>1464</v>
+        <v>1430</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G297" t="s">
-        <v>1465</v>
+        <v>1431</v>
       </c>
       <c r="H297" t="s">
-        <v>1466</v>
+        <v>1432</v>
       </c>
       <c r="I297" t="s">
-        <v>1463</v>
+        <v>813</v>
       </c>
       <c r="J297" t="s">
-        <v>719</v>
+        <v>644</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>54</v>
       </c>
       <c r="B298" t="s">
-        <v>1467</v>
+        <v>1433</v>
       </c>
       <c r="C298" t="s">
-        <v>1463</v>
+        <v>1434</v>
       </c>
       <c r="D298" t="s">
-        <v>1451</v>
+        <v>1435</v>
       </c>
       <c r="E298" t="s">
-        <v>1464</v>
+        <v>1436</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G298" t="s">
-        <v>1468</v>
+        <v>1437</v>
       </c>
       <c r="H298" t="s">
-        <v>1469</v>
+        <v>1438</v>
       </c>
       <c r="I298" t="s">
-        <v>1463</v>
+        <v>1434</v>
       </c>
       <c r="J298" t="s">
-        <v>719</v>
+        <v>814</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>54</v>
       </c>
       <c r="B299" t="s">
-        <v>634</v>
+        <v>1439</v>
       </c>
       <c r="C299" t="s">
-        <v>1470</v>
+        <v>1340</v>
       </c>
       <c r="D299" t="s">
-        <v>1471</v>
+        <v>1435</v>
       </c>
       <c r="E299" t="s">
-        <v>1472</v>
+        <v>1440</v>
       </c>
       <c r="F299" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>1473</v>
+        <v>1441</v>
       </c>
       <c r="H299" t="s">
-        <v>1474</v>
+        <v>1442</v>
       </c>
       <c r="I299" t="s">
-        <v>1470</v>
+        <v>1443</v>
       </c>
       <c r="J299" t="s">
-        <v>161</v>
+        <v>291</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>54</v>
       </c>
       <c r="B300" t="s">
-        <v>83</v>
+        <v>1444</v>
       </c>
       <c r="C300" t="s">
-        <v>60</v>
+        <v>1445</v>
       </c>
       <c r="D300" t="s">
-        <v>1475</v>
+        <v>1446</v>
       </c>
       <c r="E300" t="s">
-        <v>1476</v>
+        <v>1447</v>
       </c>
       <c r="F300" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G300" t="s">
-        <v>1477</v>
+        <v>1448</v>
       </c>
       <c r="H300" t="s">
-        <v>1478</v>
+        <v>1449</v>
       </c>
       <c r="I300" t="s">
-        <v>60</v>
+        <v>1445</v>
       </c>
       <c r="J300" t="s">
-        <v>79</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>54</v>
       </c>
       <c r="B301" t="s">
-        <v>549</v>
+        <v>1451</v>
       </c>
       <c r="C301" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="D301" t="s">
-        <v>1471</v>
+        <v>1452</v>
       </c>
       <c r="E301" t="s">
-        <v>1476</v>
+        <v>1453</v>
       </c>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G301" t="s">
-        <v>1479</v>
+        <v>1454</v>
       </c>
       <c r="H301" t="s">
-        <v>1480</v>
+        <v>1455</v>
       </c>
       <c r="I301" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="J301" t="s">
-        <v>1213</v>
+        <v>814</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>54</v>
       </c>
       <c r="B302" t="s">
-        <v>753</v>
+        <v>1456</v>
       </c>
       <c r="C302" t="s">
-        <v>110</v>
+        <v>1457</v>
       </c>
       <c r="D302" t="s">
-        <v>1481</v>
+        <v>1446</v>
       </c>
       <c r="E302" t="s">
-        <v>1482</v>
+        <v>1453</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G302" t="s">
-        <v>1483</v>
+        <v>1458</v>
       </c>
       <c r="H302" t="s">
-        <v>1484</v>
+        <v>1459</v>
       </c>
       <c r="I302" t="s">
-        <v>110</v>
+        <v>1457</v>
       </c>
       <c r="J302" t="s">
-        <v>1271</v>
+        <v>814</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>54</v>
       </c>
       <c r="B303" t="s">
-        <v>1485</v>
+        <v>1460</v>
       </c>
       <c r="C303" t="s">
-        <v>99</v>
+        <v>1461</v>
       </c>
       <c r="D303" t="s">
-        <v>1481</v>
+        <v>1462</v>
       </c>
       <c r="E303" t="s">
-        <v>1486</v>
+        <v>1463</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G303" t="s">
-        <v>1487</v>
+        <v>1464</v>
       </c>
       <c r="H303" t="s">
-        <v>1488</v>
+        <v>1465</v>
       </c>
       <c r="I303" t="s">
-        <v>99</v>
+        <v>1461</v>
       </c>
       <c r="J303" t="s">
-        <v>1271</v>
+        <v>814</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>54</v>
       </c>
       <c r="B304" t="s">
-        <v>1489</v>
+        <v>1466</v>
       </c>
       <c r="C304" t="s">
-        <v>13</v>
+        <v>1461</v>
       </c>
       <c r="D304" t="s">
-        <v>1481</v>
+        <v>1462</v>
       </c>
       <c r="E304" t="s">
-        <v>1490</v>
+        <v>1463</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G304" t="s">
-        <v>1491</v>
+        <v>1467</v>
       </c>
       <c r="H304" t="s">
-        <v>1492</v>
+        <v>1468</v>
       </c>
       <c r="I304" t="s">
-        <v>13</v>
+        <v>1461</v>
       </c>
       <c r="J304" t="s">
-        <v>1271</v>
+        <v>814</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>54</v>
       </c>
       <c r="B305" t="s">
-        <v>1493</v>
+        <v>1469</v>
       </c>
       <c r="C305" t="s">
-        <v>1494</v>
+        <v>1470</v>
       </c>
       <c r="D305" t="s">
-        <v>1495</v>
+        <v>1462</v>
       </c>
       <c r="E305" t="s">
-        <v>1490</v>
+        <v>1463</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G305" t="s">
-        <v>1496</v>
+        <v>1471</v>
       </c>
       <c r="H305" t="s">
-        <v>1497</v>
+        <v>1472</v>
       </c>
       <c r="I305" t="s">
-        <v>1494</v>
+        <v>1470</v>
       </c>
       <c r="J305" t="s">
-        <v>1498</v>
+        <v>814</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>54</v>
       </c>
       <c r="B306" t="s">
-        <v>614</v>
+        <v>1473</v>
       </c>
       <c r="C306" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="D306" t="s">
-        <v>1499</v>
+        <v>1474</v>
       </c>
       <c r="E306" t="s">
-        <v>1500</v>
+        <v>1475</v>
       </c>
       <c r="F306" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G306" t="s">
-        <v>1501</v>
+        <v>1476</v>
       </c>
       <c r="H306" t="s">
-        <v>1502</v>
+        <v>1477</v>
       </c>
       <c r="I306" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="J306" t="s">
-        <v>1503</v>
+        <v>685</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>54</v>
       </c>
       <c r="B307" t="s">
-        <v>62</v>
+        <v>1478</v>
       </c>
       <c r="C307" t="s">
-        <v>60</v>
+        <v>813</v>
       </c>
       <c r="D307" t="s">
-        <v>1495</v>
+        <v>1474</v>
       </c>
       <c r="E307" t="s">
-        <v>1504</v>
+        <v>1475</v>
       </c>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G307" t="s">
-        <v>1505</v>
+        <v>1479</v>
       </c>
       <c r="H307" t="s">
-        <v>1506</v>
+        <v>1480</v>
       </c>
       <c r="I307" t="s">
-        <v>60</v>
+        <v>813</v>
       </c>
       <c r="J307" t="s">
-        <v>61</v>
+        <v>685</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>54</v>
       </c>
       <c r="B308" t="s">
-        <v>1507</v>
+        <v>1481</v>
       </c>
       <c r="C308" t="s">
-        <v>60</v>
+        <v>1482</v>
       </c>
       <c r="D308" t="s">
-        <v>1508</v>
+        <v>1483</v>
       </c>
       <c r="E308" t="s">
-        <v>1509</v>
+        <v>1484</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G308" t="s">
-        <v>1510</v>
+        <v>1485</v>
       </c>
       <c r="H308" t="s">
-        <v>1511</v>
+        <v>1486</v>
       </c>
       <c r="I308" t="s">
-        <v>60</v>
+        <v>1482</v>
       </c>
       <c r="J308" t="s">
-        <v>1080</v>
+        <v>83</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>54</v>
       </c>
       <c r="B309" t="s">
-        <v>1512</v>
+        <v>789</v>
       </c>
       <c r="C309" t="s">
-        <v>1513</v>
+        <v>1487</v>
       </c>
       <c r="D309" t="s">
-        <v>1499</v>
+        <v>1488</v>
       </c>
       <c r="E309" t="s">
-        <v>1514</v>
+        <v>1489</v>
       </c>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G309" t="s">
-        <v>1515</v>
+        <v>1490</v>
       </c>
       <c r="H309" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="I309" t="s">
-        <v>1513</v>
+        <v>1487</v>
       </c>
       <c r="J309" t="s">
-        <v>1448</v>
+        <v>264</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>54</v>
       </c>
       <c r="B310" t="s">
-        <v>1517</v>
+        <v>1492</v>
       </c>
       <c r="C310" t="s">
-        <v>1518</v>
+        <v>1493</v>
       </c>
       <c r="D310" t="s">
-        <v>1519</v>
+        <v>1494</v>
       </c>
       <c r="E310" t="s">
-        <v>1520</v>
+        <v>1495</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G310" t="s">
-        <v>1521</v>
+        <v>1496</v>
       </c>
       <c r="H310" t="s">
-        <v>1522</v>
+        <v>1497</v>
       </c>
       <c r="I310" t="s">
-        <v>1518</v>
+        <v>1493</v>
       </c>
       <c r="J310" t="s">
-        <v>1523</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>54</v>
       </c>
       <c r="B311" t="s">
-        <v>247</v>
+        <v>804</v>
       </c>
       <c r="C311" t="s">
-        <v>1524</v>
+        <v>159</v>
       </c>
       <c r="D311" t="s">
-        <v>1525</v>
+        <v>1494</v>
       </c>
       <c r="E311" t="s">
-        <v>1526</v>
+        <v>1499</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G311" t="s">
-        <v>1527</v>
+        <v>1500</v>
       </c>
       <c r="H311" t="s">
-        <v>1528</v>
+        <v>1501</v>
       </c>
       <c r="I311" t="s">
-        <v>1524</v>
+        <v>159</v>
       </c>
       <c r="J311" t="s">
-        <v>1529</v>
+        <v>83</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>54</v>
       </c>
       <c r="B312" t="s">
-        <v>638</v>
+        <v>1502</v>
       </c>
       <c r="C312" t="s">
-        <v>1524</v>
+        <v>1503</v>
       </c>
       <c r="D312" t="s">
-        <v>1530</v>
+        <v>1494</v>
       </c>
       <c r="E312" t="s">
-        <v>1531</v>
+        <v>1504</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G312" t="s">
-        <v>1532</v>
+        <v>1505</v>
       </c>
       <c r="H312" t="s">
-        <v>1533</v>
+        <v>1506</v>
       </c>
       <c r="I312" t="s">
-        <v>1524</v>
+        <v>1503</v>
       </c>
       <c r="J312" t="s">
-        <v>122</v>
+        <v>375</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>54</v>
       </c>
       <c r="B313" t="s">
-        <v>1534</v>
+        <v>1507</v>
       </c>
       <c r="C313" t="s">
-        <v>13</v>
+        <v>1508</v>
       </c>
       <c r="D313" t="s">
-        <v>1535</v>
+        <v>1509</v>
       </c>
       <c r="E313" t="s">
-        <v>1536</v>
+        <v>1510</v>
       </c>
       <c r="F313" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G313" t="s">
-        <v>1537</v>
+        <v>1511</v>
       </c>
       <c r="H313" t="s">
-        <v>1538</v>
+        <v>1512</v>
       </c>
       <c r="I313" t="s">
-        <v>13</v>
+        <v>1508</v>
       </c>
       <c r="J313" t="s">
-        <v>899</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>54</v>
       </c>
       <c r="B314" t="s">
-        <v>1539</v>
+        <v>1514</v>
       </c>
       <c r="C314" t="s">
-        <v>1540</v>
+        <v>1515</v>
       </c>
       <c r="D314" t="s">
-        <v>1530</v>
+        <v>1516</v>
       </c>
       <c r="E314" t="s">
-        <v>1541</v>
+        <v>1510</v>
       </c>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G314" t="s">
-        <v>1542</v>
+        <v>1517</v>
       </c>
       <c r="H314" t="s">
-        <v>1543</v>
+        <v>1518</v>
       </c>
       <c r="I314" t="s">
-        <v>1540</v>
+        <v>1515</v>
       </c>
       <c r="J314" t="s">
-        <v>1080</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>54</v>
       </c>
       <c r="B315" t="s">
-        <v>1544</v>
+        <v>168</v>
       </c>
       <c r="C315" t="s">
-        <v>1545</v>
+        <v>164</v>
       </c>
       <c r="D315" t="s">
-        <v>1546</v>
+        <v>255</v>
       </c>
       <c r="E315" t="s">
-        <v>1547</v>
+        <v>1520</v>
       </c>
       <c r="F315" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G315" t="s">
-        <v>1548</v>
+        <v>1521</v>
       </c>
       <c r="H315" t="s">
-        <v>1549</v>
+        <v>1522</v>
       </c>
       <c r="I315" t="s">
-        <v>1545</v>
+        <v>164</v>
       </c>
       <c r="J315" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>54</v>
       </c>
       <c r="B316" t="s">
-        <v>1550</v>
+        <v>1523</v>
       </c>
       <c r="C316" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D316" t="s">
-        <v>1546</v>
+        <v>255</v>
       </c>
       <c r="E316" t="s">
-        <v>1547</v>
+        <v>1520</v>
       </c>
       <c r="F316" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G316" t="s">
-        <v>1551</v>
+        <v>1524</v>
       </c>
       <c r="H316" t="s">
-        <v>1552</v>
+        <v>1525</v>
       </c>
       <c r="I316" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J316" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>54</v>
       </c>
       <c r="B317" t="s">
-        <v>1553</v>
+        <v>1526</v>
       </c>
       <c r="C317" t="s">
-        <v>60</v>
+        <v>1527</v>
       </c>
       <c r="D317" t="s">
-        <v>1554</v>
+        <v>1528</v>
       </c>
       <c r="E317" t="s">
-        <v>1547</v>
+        <v>1529</v>
       </c>
       <c r="F317" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G317" t="s">
-        <v>1555</v>
+        <v>1530</v>
       </c>
       <c r="H317" t="s">
-        <v>1556</v>
+        <v>1531</v>
       </c>
       <c r="I317" t="s">
-        <v>60</v>
+        <v>1527</v>
       </c>
       <c r="J317" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>54</v>
       </c>
       <c r="B318" t="s">
-        <v>1557</v>
+        <v>460</v>
       </c>
       <c r="C318" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="D318" t="s">
-        <v>1554</v>
+        <v>1528</v>
       </c>
       <c r="E318" t="s">
-        <v>1547</v>
+        <v>1532</v>
       </c>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G318" t="s">
-        <v>1558</v>
+        <v>1533</v>
       </c>
       <c r="H318" t="s">
-        <v>1559</v>
+        <v>1534</v>
       </c>
       <c r="I318" t="s">
-        <v>13</v>
+        <v>813</v>
       </c>
       <c r="J318" t="s">
-        <v>1428</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>54</v>
       </c>
       <c r="B319" t="s">
-        <v>1560</v>
+        <v>1535</v>
       </c>
       <c r="C319" t="s">
-        <v>1561</v>
+        <v>1536</v>
       </c>
       <c r="D319" t="s">
-        <v>1546</v>
+        <v>1528</v>
       </c>
       <c r="E319" t="s">
-        <v>1562</v>
+        <v>1532</v>
       </c>
       <c r="F319" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G319" t="s">
-        <v>1563</v>
+        <v>1537</v>
       </c>
       <c r="H319" t="s">
-        <v>1564</v>
+        <v>1538</v>
       </c>
       <c r="I319" t="s">
-        <v>1561</v>
+        <v>1536</v>
       </c>
       <c r="J319" t="s">
-        <v>828</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>54</v>
       </c>
       <c r="B320" t="s">
-        <v>484</v>
+        <v>1540</v>
       </c>
       <c r="C320" t="s">
-        <v>13</v>
+        <v>1541</v>
       </c>
       <c r="D320" t="s">
-        <v>1565</v>
+        <v>1542</v>
       </c>
       <c r="E320" t="s">
-        <v>1566</v>
+        <v>1543</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G320" t="s">
-        <v>1567</v>
+        <v>1544</v>
       </c>
       <c r="H320" t="s">
-        <v>1568</v>
+        <v>1545</v>
       </c>
       <c r="I320" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="J320" t="s">
-        <v>1213</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>54</v>
       </c>
       <c r="B321" t="s">
-        <v>139</v>
+        <v>1546</v>
       </c>
       <c r="C321" t="s">
-        <v>13</v>
+        <v>1547</v>
       </c>
       <c r="D321" t="s">
-        <v>1565</v>
+        <v>1542</v>
       </c>
       <c r="E321" t="s">
-        <v>1569</v>
+        <v>1543</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G321" t="s">
-        <v>1570</v>
+        <v>1548</v>
       </c>
       <c r="H321" t="s">
-        <v>1571</v>
+        <v>1549</v>
       </c>
       <c r="I321" t="s">
-        <v>13</v>
+        <v>867</v>
       </c>
       <c r="J321" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>54</v>
       </c>
       <c r="B322" t="s">
-        <v>1572</v>
+        <v>1550</v>
       </c>
       <c r="C322" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D322" t="s">
-        <v>1573</v>
+        <v>1542</v>
       </c>
       <c r="E322" t="s">
-        <v>1569</v>
+        <v>1543</v>
       </c>
       <c r="F322" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G322" t="s">
-        <v>1574</v>
+        <v>1551</v>
       </c>
       <c r="H322" t="s">
-        <v>1575</v>
+        <v>1552</v>
       </c>
       <c r="I322" t="s">
-        <v>1540</v>
+        <v>1340</v>
       </c>
       <c r="J322" t="s">
-        <v>1080</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>54</v>
       </c>
       <c r="B323" t="s">
-        <v>1576</v>
+        <v>1553</v>
       </c>
       <c r="C323" t="s">
-        <v>13</v>
+        <v>1554</v>
       </c>
       <c r="D323" t="s">
-        <v>1565</v>
+        <v>1542</v>
       </c>
       <c r="E323" t="s">
-        <v>1577</v>
+        <v>1555</v>
       </c>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G323" t="s">
-        <v>1578</v>
+        <v>1556</v>
       </c>
       <c r="H323" t="s">
-        <v>1579</v>
+        <v>1557</v>
       </c>
       <c r="I323" t="s">
-        <v>13</v>
+        <v>1554</v>
       </c>
       <c r="J323" t="s">
-        <v>122</v>
+        <v>814</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>54</v>
       </c>
       <c r="B324" t="s">
-        <v>860</v>
+        <v>1558</v>
       </c>
       <c r="C324" t="s">
-        <v>13</v>
+        <v>1554</v>
       </c>
       <c r="D324" t="s">
-        <v>1565</v>
+        <v>1542</v>
       </c>
       <c r="E324" t="s">
-        <v>1577</v>
+        <v>1555</v>
       </c>
       <c r="F324" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G324" t="s">
-        <v>1580</v>
+        <v>1559</v>
       </c>
       <c r="H324" t="s">
-        <v>1581</v>
+        <v>1560</v>
       </c>
       <c r="I324" t="s">
-        <v>13</v>
+        <v>1554</v>
       </c>
       <c r="J324" t="s">
-        <v>122</v>
+        <v>814</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>54</v>
       </c>
       <c r="B325" t="s">
-        <v>1582</v>
+        <v>729</v>
       </c>
       <c r="C325" t="s">
-        <v>13</v>
+        <v>1561</v>
       </c>
       <c r="D325" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F325" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H325" t="s">
         <v>1565</v>
       </c>
-      <c r="E325" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I325" t="s">
-        <v>13</v>
+        <v>1561</v>
       </c>
       <c r="J325" t="s">
-        <v>122</v>
+        <v>264</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>54</v>
       </c>
       <c r="B326" t="s">
-        <v>802</v>
+        <v>194</v>
       </c>
       <c r="C326" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D326" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E326" t="s">
-        <v>1577</v>
+        <v>1567</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G326" t="s">
-        <v>1585</v>
+        <v>1568</v>
       </c>
       <c r="H326" t="s">
-        <v>1586</v>
+        <v>1569</v>
       </c>
       <c r="I326" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J326" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>54</v>
       </c>
       <c r="B327" t="s">
-        <v>1587</v>
+        <v>645</v>
       </c>
       <c r="C327" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D327" t="s">
-        <v>1588</v>
+        <v>1562</v>
       </c>
       <c r="E327" t="s">
-        <v>1589</v>
+        <v>1567</v>
       </c>
       <c r="F327" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G327" t="s">
-        <v>1590</v>
+        <v>1570</v>
       </c>
       <c r="H327" t="s">
-        <v>1591</v>
+        <v>1571</v>
       </c>
       <c r="I327" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J327" t="s">
-        <v>122</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>54</v>
       </c>
       <c r="B328" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="C328" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="D328" t="s">
-        <v>1588</v>
+        <v>1572</v>
       </c>
       <c r="E328" t="s">
-        <v>1589</v>
+        <v>1573</v>
       </c>
       <c r="F328" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>1592</v>
+        <v>1574</v>
       </c>
       <c r="H328" t="s">
-        <v>1593</v>
+        <v>1575</v>
       </c>
       <c r="I328" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="J328" t="s">
-        <v>122</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>54</v>
       </c>
       <c r="B329" t="s">
-        <v>123</v>
+        <v>1576</v>
       </c>
       <c r="C329" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="D329" t="s">
-        <v>1588</v>
+        <v>1572</v>
       </c>
       <c r="E329" t="s">
-        <v>1589</v>
+        <v>1577</v>
       </c>
       <c r="F329" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G329" t="s">
-        <v>1594</v>
+        <v>1578</v>
       </c>
       <c r="H329" t="s">
-        <v>1595</v>
+        <v>1579</v>
       </c>
       <c r="I329" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="J329" t="s">
-        <v>122</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>54</v>
       </c>
       <c r="B330" t="s">
-        <v>869</v>
+        <v>1580</v>
       </c>
       <c r="C330" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D330" t="s">
-        <v>1588</v>
+        <v>1572</v>
       </c>
       <c r="E330" t="s">
-        <v>1589</v>
+        <v>1581</v>
       </c>
       <c r="F330" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G330" t="s">
-        <v>1596</v>
+        <v>1582</v>
       </c>
       <c r="H330" t="s">
-        <v>1597</v>
+        <v>1583</v>
       </c>
       <c r="I330" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J330" t="s">
-        <v>122</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>54</v>
       </c>
       <c r="B331" t="s">
-        <v>1598</v>
+        <v>1584</v>
       </c>
       <c r="C331" t="s">
-        <v>13</v>
+        <v>1585</v>
       </c>
       <c r="D331" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F331" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H331" t="s">
         <v>1588</v>
       </c>
-      <c r="E331" t="s">
+      <c r="I331" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J331" t="s">
         <v>1589</v>
-      </c>
-[...13 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>54</v>
       </c>
       <c r="B332" t="s">
-        <v>1601</v>
+        <v>709</v>
       </c>
       <c r="C332" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D332" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="E332" t="s">
-        <v>1602</v>
+        <v>1591</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G332" t="s">
-        <v>1603</v>
+        <v>1592</v>
       </c>
       <c r="H332" t="s">
-        <v>1604</v>
+        <v>1593</v>
       </c>
       <c r="I332" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J332" t="s">
-        <v>1428</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>54</v>
       </c>
       <c r="B333" t="s">
-        <v>1435</v>
+        <v>175</v>
       </c>
       <c r="C333" t="s">
-        <v>1436</v>
+        <v>108</v>
       </c>
       <c r="D333" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="E333" t="s">
-        <v>1605</v>
+        <v>1595</v>
       </c>
       <c r="F333" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G333" t="s">
-        <v>1606</v>
+        <v>1596</v>
       </c>
       <c r="H333" t="s">
-        <v>1607</v>
+        <v>1597</v>
       </c>
       <c r="I333" t="s">
-        <v>1436</v>
+        <v>108</v>
       </c>
       <c r="J333" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>54</v>
       </c>
       <c r="B334" t="s">
-        <v>1608</v>
+        <v>1598</v>
       </c>
       <c r="C334" t="s">
-        <v>1248</v>
+        <v>108</v>
       </c>
       <c r="D334" t="s">
-        <v>1609</v>
+        <v>1599</v>
       </c>
       <c r="E334" t="s">
-        <v>1610</v>
+        <v>1600</v>
       </c>
       <c r="F334" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G334" t="s">
-        <v>1611</v>
+        <v>1601</v>
       </c>
       <c r="H334" t="s">
-        <v>1612</v>
+        <v>1602</v>
       </c>
       <c r="I334" t="s">
-        <v>1248</v>
+        <v>108</v>
       </c>
       <c r="J334" t="s">
-        <v>79</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>54</v>
       </c>
       <c r="B335" t="s">
-        <v>1613</v>
+        <v>1603</v>
       </c>
       <c r="C335" t="s">
-        <v>13</v>
+        <v>1604</v>
       </c>
       <c r="D335" t="s">
-        <v>1614</v>
+        <v>1590</v>
       </c>
       <c r="E335" t="s">
-        <v>1615</v>
+        <v>1605</v>
       </c>
       <c r="F335" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G335" t="s">
-        <v>1616</v>
+        <v>1606</v>
       </c>
       <c r="H335" t="s">
-        <v>1617</v>
+        <v>1607</v>
       </c>
       <c r="I335" t="s">
-        <v>13</v>
+        <v>1604</v>
       </c>
       <c r="J335" t="s">
-        <v>1618</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>54</v>
       </c>
       <c r="B336" t="s">
-        <v>1619</v>
+        <v>1608</v>
       </c>
       <c r="C336" t="s">
-        <v>1620</v>
+        <v>1609</v>
       </c>
       <c r="D336" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="E336" t="s">
-        <v>1622</v>
+        <v>1611</v>
       </c>
       <c r="F336" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G336" t="s">
-        <v>1623</v>
+        <v>1612</v>
       </c>
       <c r="H336" t="s">
-        <v>1624</v>
+        <v>1613</v>
       </c>
       <c r="I336" t="s">
-        <v>1620</v>
+        <v>1609</v>
       </c>
       <c r="J336" t="s">
-        <v>1625</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>54</v>
       </c>
       <c r="B337" t="s">
-        <v>1626</v>
+        <v>348</v>
       </c>
       <c r="C337" t="s">
-        <v>1545</v>
+        <v>1615</v>
       </c>
       <c r="D337" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="E337" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G337" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="H337" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="I337" t="s">
-        <v>1545</v>
+        <v>1615</v>
       </c>
       <c r="J337" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>54</v>
       </c>
       <c r="B338" t="s">
-        <v>1629</v>
+        <v>733</v>
       </c>
       <c r="C338" t="s">
-        <v>1545</v>
+        <v>1615</v>
       </c>
       <c r="D338" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="E338" t="s">
         <v>1622</v>
       </c>
       <c r="F338" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G338" t="s">
-        <v>1630</v>
+        <v>1623</v>
       </c>
       <c r="H338" t="s">
-        <v>1631</v>
+        <v>1624</v>
       </c>
       <c r="I338" t="s">
-        <v>1545</v>
+        <v>1615</v>
       </c>
       <c r="J338" t="s">
-        <v>1618</v>
+        <v>83</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>54</v>
       </c>
       <c r="B339" t="s">
-        <v>1632</v>
+        <v>1625</v>
       </c>
       <c r="C339" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D339" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="E339" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G339" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="H339" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="I339" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J339" t="s">
-        <v>79</v>
+        <v>992</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>54</v>
       </c>
       <c r="B340" t="s">
-        <v>1023</v>
+        <v>1630</v>
       </c>
       <c r="C340" t="s">
-        <v>155</v>
+        <v>1631</v>
       </c>
       <c r="D340" t="s">
-        <v>1635</v>
+        <v>1621</v>
       </c>
       <c r="E340" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
       <c r="F340" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G340" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
       <c r="H340" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="I340" t="s">
-        <v>155</v>
+        <v>1631</v>
       </c>
       <c r="J340" t="s">
-        <v>1080</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>54</v>
       </c>
       <c r="B341" t="s">
-        <v>778</v>
+        <v>1635</v>
       </c>
       <c r="C341" t="s">
-        <v>1524</v>
+        <v>1636</v>
       </c>
       <c r="D341" t="s">
-        <v>1621</v>
+        <v>1637</v>
       </c>
       <c r="E341" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G341" t="s">
         <v>1639</v>
       </c>
       <c r="H341" t="s">
         <v>1640</v>
       </c>
       <c r="I341" t="s">
-        <v>1524</v>
+        <v>1636</v>
       </c>
       <c r="J341" t="s">
-        <v>1618</v>
+        <v>83</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>54</v>
       </c>
       <c r="B342" t="s">
-        <v>760</v>
+        <v>1641</v>
       </c>
       <c r="C342" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D342" t="s">
-        <v>1621</v>
+        <v>1637</v>
       </c>
       <c r="E342" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F342" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G342" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="H342" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="I342" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J342" t="s">
-        <v>1618</v>
+        <v>83</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>54</v>
       </c>
       <c r="B343" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="C343" t="s">
-        <v>1643</v>
+        <v>108</v>
       </c>
       <c r="D343" t="s">
-        <v>1621</v>
+        <v>1644</v>
       </c>
       <c r="E343" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G343" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="H343" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="I343" t="s">
-        <v>1643</v>
+        <v>108</v>
       </c>
       <c r="J343" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>54</v>
       </c>
       <c r="B344" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C344" t="s">
-        <v>1643</v>
+        <v>11</v>
       </c>
       <c r="D344" t="s">
-        <v>1621</v>
+        <v>1644</v>
       </c>
       <c r="E344" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F344" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G344" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="H344" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="I344" t="s">
-        <v>1643</v>
+        <v>11</v>
       </c>
       <c r="J344" t="s">
-        <v>161</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>54</v>
       </c>
       <c r="B345" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="C345" t="s">
-        <v>13</v>
+        <v>1651</v>
       </c>
       <c r="D345" t="s">
-        <v>1650</v>
+        <v>1637</v>
       </c>
       <c r="E345" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F345" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I345" t="s">
         <v>1651</v>
       </c>
-      <c r="F345" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J345" t="s">
-        <v>1271</v>
+        <v>922</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>54</v>
       </c>
       <c r="B346" t="s">
-        <v>1654</v>
+        <v>580</v>
       </c>
       <c r="C346" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
       <c r="D346" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="E346" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G346" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="H346" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="I346" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
       <c r="J346" t="s">
-        <v>1080</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>54</v>
       </c>
       <c r="B347" t="s">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="C347" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D347" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="E347" t="s">
         <v>1659</v>
       </c>
       <c r="F347" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G347" t="s">
         <v>1660</v>
       </c>
       <c r="H347" t="s">
         <v>1661</v>
       </c>
       <c r="I347" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J347" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>54</v>
       </c>
       <c r="B348" t="s">
         <v>1662</v>
       </c>
       <c r="C348" t="s">
-        <v>60</v>
+        <v>1631</v>
       </c>
       <c r="D348" t="s">
         <v>1663</v>
       </c>
       <c r="E348" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F348" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" t="s">
         <v>1664</v>
       </c>
-      <c r="F348" t="s">
-[...2 lines deleted...]
-      <c r="G348" t="s">
+      <c r="H348" t="s">
         <v>1665</v>
       </c>
-      <c r="H348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I348" t="s">
-        <v>60</v>
+        <v>1631</v>
       </c>
       <c r="J348" t="s">
-        <v>79</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>54</v>
       </c>
       <c r="B349" t="s">
+        <v>79</v>
+      </c>
+      <c r="C349" t="s">
+        <v>11</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1655</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F349" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" t="s">
         <v>1667</v>
       </c>
-      <c r="C349" t="s">
+      <c r="H349" t="s">
         <v>1668</v>
       </c>
-      <c r="D349" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I349" t="s">
-        <v>1668</v>
+        <v>11</v>
       </c>
       <c r="J349" t="s">
-        <v>1673</v>
+        <v>83</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>54</v>
       </c>
       <c r="B350" t="s">
-        <v>1674</v>
+        <v>953</v>
       </c>
       <c r="C350" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D350" t="s">
-        <v>1675</v>
+        <v>1655</v>
       </c>
       <c r="E350" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F350" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H350" t="s">
         <v>1670</v>
       </c>
-      <c r="F350" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I350" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J350" t="s">
-        <v>589</v>
+        <v>83</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>54</v>
       </c>
       <c r="B351" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="C351" t="s">
-        <v>1668</v>
+        <v>11</v>
       </c>
       <c r="D351" t="s">
-        <v>1669</v>
+        <v>1655</v>
       </c>
       <c r="E351" t="s">
-        <v>1678</v>
+        <v>1666</v>
       </c>
       <c r="F351" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G351" t="s">
-        <v>1679</v>
+        <v>1672</v>
       </c>
       <c r="H351" t="s">
-        <v>1680</v>
+        <v>1673</v>
       </c>
       <c r="I351" t="s">
-        <v>1668</v>
+        <v>11</v>
       </c>
       <c r="J351" t="s">
-        <v>1673</v>
+        <v>83</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>54</v>
       </c>
       <c r="B352" t="s">
-        <v>1681</v>
+        <v>896</v>
       </c>
       <c r="C352" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D352" t="s">
-        <v>1682</v>
+        <v>1655</v>
       </c>
       <c r="E352" t="s">
-        <v>1683</v>
+        <v>1666</v>
       </c>
       <c r="F352" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G352" t="s">
-        <v>1684</v>
+        <v>1674</v>
       </c>
       <c r="H352" t="s">
-        <v>1685</v>
+        <v>1675</v>
       </c>
       <c r="I352" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J352" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>54</v>
       </c>
       <c r="B353" t="s">
-        <v>1686</v>
+        <v>1676</v>
       </c>
       <c r="C353" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D353" t="s">
-        <v>1687</v>
+        <v>1677</v>
       </c>
       <c r="E353" t="s">
-        <v>1688</v>
+        <v>1678</v>
       </c>
       <c r="F353" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G353" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="H353" t="s">
-        <v>1690</v>
+        <v>1680</v>
       </c>
       <c r="I353" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J353" t="s">
-        <v>828</v>
+        <v>83</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>54</v>
       </c>
       <c r="B354" t="s">
-        <v>1691</v>
+        <v>947</v>
       </c>
       <c r="C354" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D354" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F354" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H354" t="s">
         <v>1682</v>
       </c>
-      <c r="E354" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I354" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J354" t="s">
-        <v>1618</v>
+        <v>83</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>54</v>
       </c>
       <c r="B355" t="s">
-        <v>1695</v>
+        <v>230</v>
       </c>
       <c r="C355" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D355" t="s">
-        <v>1696</v>
+        <v>1677</v>
       </c>
       <c r="E355" t="s">
-        <v>1697</v>
+        <v>1678</v>
       </c>
       <c r="F355" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G355" t="s">
-        <v>1698</v>
+        <v>1683</v>
       </c>
       <c r="H355" t="s">
-        <v>1699</v>
+        <v>1684</v>
       </c>
       <c r="I355" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J355" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>54</v>
       </c>
       <c r="B356" t="s">
-        <v>75</v>
+        <v>962</v>
       </c>
       <c r="C356" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D356" t="s">
-        <v>1696</v>
+        <v>1677</v>
       </c>
       <c r="E356" t="s">
-        <v>1697</v>
+        <v>1678</v>
       </c>
       <c r="F356" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G356" t="s">
-        <v>1700</v>
+        <v>1685</v>
       </c>
       <c r="H356" t="s">
-        <v>1701</v>
+        <v>1686</v>
       </c>
       <c r="I356" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J356" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>54</v>
       </c>
       <c r="B357" t="s">
-        <v>927</v>
+        <v>1687</v>
       </c>
       <c r="C357" t="s">
-        <v>1702</v>
+        <v>11</v>
       </c>
       <c r="D357" t="s">
-        <v>1663</v>
+        <v>1677</v>
       </c>
       <c r="E357" t="s">
-        <v>1703</v>
+        <v>1678</v>
       </c>
       <c r="F357" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G357" t="s">
-        <v>1704</v>
+        <v>1688</v>
       </c>
       <c r="H357" t="s">
-        <v>1705</v>
+        <v>1689</v>
       </c>
       <c r="I357" t="s">
-        <v>1702</v>
+        <v>11</v>
       </c>
       <c r="J357" t="s">
-        <v>1618</v>
+        <v>83</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>54</v>
       </c>
       <c r="B358" t="s">
-        <v>1706</v>
+        <v>1690</v>
       </c>
       <c r="C358" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D358" t="s">
-        <v>1707</v>
+        <v>1677</v>
       </c>
       <c r="E358" t="s">
-        <v>1708</v>
+        <v>1691</v>
       </c>
       <c r="F358" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G358" t="s">
-        <v>1709</v>
+        <v>1692</v>
       </c>
       <c r="H358" t="s">
-        <v>1710</v>
+        <v>1693</v>
       </c>
       <c r="I358" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J358" t="s">
-        <v>828</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>54</v>
       </c>
       <c r="B359" t="s">
-        <v>1027</v>
+        <v>1526</v>
       </c>
       <c r="C359" t="s">
-        <v>155</v>
+        <v>1527</v>
       </c>
       <c r="D359" t="s">
-        <v>1707</v>
+        <v>1677</v>
       </c>
       <c r="E359" t="s">
-        <v>1708</v>
+        <v>1694</v>
       </c>
       <c r="F359" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G359" t="s">
-        <v>1711</v>
+        <v>1695</v>
       </c>
       <c r="H359" t="s">
-        <v>1712</v>
+        <v>1696</v>
       </c>
       <c r="I359" t="s">
-        <v>155</v>
+        <v>1527</v>
       </c>
       <c r="J359" t="s">
-        <v>828</v>
+        <v>83</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>54</v>
       </c>
       <c r="B360" t="s">
-        <v>1713</v>
+        <v>1697</v>
       </c>
       <c r="C360" t="s">
-        <v>60</v>
+        <v>1340</v>
       </c>
       <c r="D360" t="s">
-        <v>1707</v>
+        <v>1698</v>
       </c>
       <c r="E360" t="s">
-        <v>1708</v>
+        <v>1699</v>
       </c>
       <c r="F360" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G360" t="s">
-        <v>1714</v>
+        <v>1700</v>
       </c>
       <c r="H360" t="s">
-        <v>1715</v>
+        <v>1701</v>
       </c>
       <c r="I360" t="s">
-        <v>60</v>
+        <v>1340</v>
       </c>
       <c r="J360" t="s">
-        <v>828</v>
+        <v>190</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>54</v>
       </c>
       <c r="B361" t="s">
-        <v>1716</v>
+        <v>1702</v>
       </c>
       <c r="C361" t="s">
-        <v>1717</v>
+        <v>11</v>
       </c>
       <c r="D361" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F361" t="s">
+        <v>11</v>
+      </c>
+      <c r="G361" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I361" t="s">
+        <v>11</v>
+      </c>
+      <c r="J361" t="s">
         <v>1707</v>
-      </c>
-[...16 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>54</v>
       </c>
       <c r="B362" t="s">
-        <v>1695</v>
+        <v>1708</v>
       </c>
       <c r="C362" t="s">
-        <v>60</v>
+        <v>1709</v>
       </c>
       <c r="D362" t="s">
-        <v>1696</v>
+        <v>1710</v>
       </c>
       <c r="E362" t="s">
-        <v>1722</v>
+        <v>1711</v>
       </c>
       <c r="F362" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G362" t="s">
-        <v>1723</v>
+        <v>1712</v>
       </c>
       <c r="H362" t="s">
-        <v>1724</v>
+        <v>1713</v>
       </c>
       <c r="I362" t="s">
-        <v>60</v>
+        <v>1709</v>
       </c>
       <c r="J362" t="s">
-        <v>61</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>54</v>
       </c>
       <c r="B363" t="s">
-        <v>75</v>
+        <v>1715</v>
       </c>
       <c r="C363" t="s">
-        <v>60</v>
+        <v>1636</v>
       </c>
       <c r="D363" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="E363" t="s">
-        <v>1725</v>
+        <v>1711</v>
       </c>
       <c r="F363" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G363" t="s">
-        <v>1726</v>
+        <v>1716</v>
       </c>
       <c r="H363" t="s">
-        <v>1727</v>
+        <v>1717</v>
       </c>
       <c r="I363" t="s">
-        <v>60</v>
+        <v>1636</v>
       </c>
       <c r="J363" t="s">
-        <v>79</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
         <v>54</v>
       </c>
       <c r="B364" t="s">
-        <v>1728</v>
+        <v>1718</v>
       </c>
       <c r="C364" t="s">
-        <v>155</v>
+        <v>1636</v>
       </c>
       <c r="D364" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="E364" t="s">
-        <v>1725</v>
+        <v>1711</v>
       </c>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G364" t="s">
-        <v>1729</v>
+        <v>1719</v>
       </c>
       <c r="H364" t="s">
-        <v>1730</v>
+        <v>1720</v>
       </c>
       <c r="I364" t="s">
-        <v>155</v>
+        <v>1636</v>
       </c>
       <c r="J364" t="s">
-        <v>1080</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>54</v>
       </c>
       <c r="B365" t="s">
-        <v>1731</v>
+        <v>123</v>
       </c>
       <c r="C365" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="D365" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="E365" t="s">
-        <v>1725</v>
+        <v>1711</v>
       </c>
       <c r="F365" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G365" t="s">
-        <v>1732</v>
+        <v>1721</v>
       </c>
       <c r="H365" t="s">
-        <v>1733</v>
+        <v>1722</v>
       </c>
       <c r="I365" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="J365" t="s">
-        <v>1080</v>
+        <v>190</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>54</v>
       </c>
       <c r="B366" t="s">
-        <v>1734</v>
+        <v>1115</v>
       </c>
       <c r="C366" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="D366" t="s">
-        <v>1735</v>
+        <v>1723</v>
       </c>
       <c r="E366" t="s">
-        <v>1736</v>
+        <v>1724</v>
       </c>
       <c r="F366" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G366" t="s">
-        <v>1737</v>
+        <v>1725</v>
       </c>
       <c r="H366" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="I366" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="J366" t="s">
-        <v>61</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>54</v>
       </c>
       <c r="B367" t="s">
-        <v>1739</v>
+        <v>872</v>
       </c>
       <c r="C367" t="s">
-        <v>1524</v>
+        <v>1615</v>
       </c>
       <c r="D367" t="s">
-        <v>1740</v>
+        <v>1710</v>
       </c>
       <c r="E367" t="s">
-        <v>1741</v>
+        <v>1724</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G367" t="s">
-        <v>1742</v>
+        <v>1727</v>
       </c>
       <c r="H367" t="s">
-        <v>1743</v>
+        <v>1728</v>
       </c>
       <c r="I367" t="s">
-        <v>1524</v>
+        <v>1615</v>
       </c>
       <c r="J367" t="s">
-        <v>1744</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>54</v>
       </c>
       <c r="B368" t="s">
-        <v>1745</v>
+        <v>855</v>
       </c>
       <c r="C368" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D368" t="s">
-        <v>1746</v>
+        <v>1710</v>
       </c>
       <c r="E368" t="s">
-        <v>1741</v>
+        <v>1724</v>
       </c>
       <c r="F368" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G368" t="s">
-        <v>1747</v>
+        <v>1729</v>
       </c>
       <c r="H368" t="s">
-        <v>1748</v>
+        <v>1730</v>
       </c>
       <c r="I368" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J368" t="s">
-        <v>1673</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>54</v>
       </c>
       <c r="B369" t="s">
-        <v>1243</v>
+        <v>259</v>
       </c>
       <c r="C369" t="s">
-        <v>1248</v>
+        <v>1731</v>
       </c>
       <c r="D369" t="s">
-        <v>1740</v>
+        <v>1710</v>
       </c>
       <c r="E369" t="s">
-        <v>1749</v>
+        <v>1724</v>
       </c>
       <c r="F369" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G369" t="s">
-        <v>1750</v>
+        <v>1732</v>
       </c>
       <c r="H369" t="s">
-        <v>1751</v>
+        <v>1733</v>
       </c>
       <c r="I369" t="s">
-        <v>1248</v>
+        <v>1731</v>
       </c>
       <c r="J369" t="s">
-        <v>1249</v>
+        <v>264</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>54</v>
       </c>
       <c r="B370" t="s">
-        <v>1752</v>
+        <v>1734</v>
       </c>
       <c r="C370" t="s">
-        <v>1248</v>
+        <v>1731</v>
       </c>
       <c r="D370" t="s">
-        <v>1753</v>
+        <v>1710</v>
       </c>
       <c r="E370" t="s">
-        <v>1754</v>
+        <v>1724</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G370" t="s">
-        <v>1755</v>
+        <v>1735</v>
       </c>
       <c r="H370" t="s">
-        <v>1756</v>
+        <v>1736</v>
       </c>
       <c r="I370" t="s">
-        <v>1248</v>
+        <v>1731</v>
       </c>
       <c r="J370" t="s">
-        <v>79</v>
+        <v>264</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>54</v>
       </c>
       <c r="B371" t="s">
-        <v>937</v>
+        <v>1737</v>
       </c>
       <c r="C371" t="s">
-        <v>1717</v>
+        <v>11</v>
       </c>
       <c r="D371" t="s">
-        <v>1757</v>
+        <v>1738</v>
       </c>
       <c r="E371" t="s">
-        <v>1758</v>
+        <v>1739</v>
       </c>
       <c r="F371" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G371" t="s">
-        <v>1759</v>
+        <v>1740</v>
       </c>
       <c r="H371" t="s">
-        <v>1760</v>
+        <v>1741</v>
       </c>
       <c r="I371" t="s">
-        <v>1717</v>
+        <v>11</v>
       </c>
       <c r="J371" t="s">
-        <v>1761</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>54</v>
       </c>
       <c r="B372" t="s">
-        <v>1762</v>
+        <v>1742</v>
       </c>
       <c r="C372" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="D372" t="s">
-        <v>1763</v>
+        <v>1723</v>
       </c>
       <c r="E372" t="s">
-        <v>1764</v>
+        <v>1743</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G372" t="s">
-        <v>1765</v>
+        <v>1744</v>
       </c>
       <c r="H372" t="s">
-        <v>1766</v>
+        <v>1745</v>
       </c>
       <c r="I372" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="J372" t="s">
-        <v>887</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>54</v>
       </c>
       <c r="B373" t="s">
-        <v>440</v>
+        <v>270</v>
       </c>
       <c r="C373" t="s">
-        <v>1159</v>
+        <v>11</v>
       </c>
       <c r="D373" t="s">
-        <v>1767</v>
+        <v>1746</v>
       </c>
       <c r="E373" t="s">
-        <v>1768</v>
+        <v>1747</v>
       </c>
       <c r="F373" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G373" t="s">
-        <v>1769</v>
+        <v>1748</v>
       </c>
       <c r="H373" t="s">
-        <v>1770</v>
+        <v>1749</v>
       </c>
       <c r="I373" t="s">
-        <v>1159</v>
+        <v>11</v>
       </c>
       <c r="J373" t="s">
-        <v>1618</v>
+        <v>264</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>54</v>
       </c>
       <c r="B374" t="s">
-        <v>1771</v>
+        <v>104</v>
       </c>
       <c r="C374" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="D374" t="s">
-        <v>1767</v>
+        <v>1750</v>
       </c>
       <c r="E374" t="s">
-        <v>1772</v>
+        <v>1751</v>
       </c>
       <c r="F374" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G374" t="s">
-        <v>1773</v>
+        <v>1752</v>
       </c>
       <c r="H374" t="s">
-        <v>1774</v>
+        <v>1753</v>
       </c>
       <c r="I374" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="J374" t="s">
-        <v>1775</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>54</v>
       </c>
       <c r="B375" t="s">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="C375" t="s">
-        <v>1777</v>
+        <v>1755</v>
       </c>
       <c r="D375" t="s">
-        <v>1778</v>
+        <v>1756</v>
       </c>
       <c r="E375" t="s">
-        <v>1779</v>
+        <v>1757</v>
       </c>
       <c r="F375" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G375" t="s">
-        <v>1780</v>
+        <v>1758</v>
       </c>
       <c r="H375" t="s">
-        <v>1781</v>
+        <v>1759</v>
       </c>
       <c r="I375" t="s">
-        <v>1777</v>
+        <v>1755</v>
       </c>
       <c r="J375" t="s">
-        <v>13</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>54</v>
       </c>
       <c r="B376" t="s">
-        <v>1782</v>
+        <v>1761</v>
       </c>
       <c r="C376" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D376" t="s">
-        <v>1783</v>
+        <v>1762</v>
       </c>
       <c r="E376" t="s">
-        <v>1784</v>
+        <v>1757</v>
       </c>
       <c r="F376" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G376" t="s">
-        <v>1785</v>
+        <v>1763</v>
       </c>
       <c r="H376" t="s">
-        <v>1786</v>
+        <v>1764</v>
       </c>
       <c r="I376" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J376" t="s">
-        <v>1787</v>
+        <v>685</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>54</v>
       </c>
       <c r="B377" t="s">
-        <v>1788</v>
+        <v>1754</v>
       </c>
       <c r="C377" t="s">
-        <v>13</v>
+        <v>1755</v>
       </c>
       <c r="D377" t="s">
-        <v>1789</v>
+        <v>1756</v>
       </c>
       <c r="E377" t="s">
-        <v>1790</v>
+        <v>1765</v>
       </c>
       <c r="F377" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G377" t="s">
-        <v>1791</v>
+        <v>1766</v>
       </c>
       <c r="H377" t="s">
-        <v>1792</v>
+        <v>1767</v>
       </c>
       <c r="I377" t="s">
-        <v>13</v>
+        <v>1755</v>
       </c>
       <c r="J377" t="s">
-        <v>1793</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>54</v>
       </c>
       <c r="B378" t="s">
-        <v>1794</v>
+        <v>1768</v>
       </c>
       <c r="C378" t="s">
-        <v>1795</v>
+        <v>11</v>
       </c>
       <c r="D378" t="s">
-        <v>1796</v>
+        <v>1769</v>
       </c>
       <c r="E378" t="s">
-        <v>1797</v>
+        <v>1770</v>
       </c>
       <c r="F378" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G378" t="s">
-        <v>1798</v>
+        <v>1771</v>
       </c>
       <c r="H378" t="s">
-        <v>1799</v>
+        <v>1772</v>
       </c>
       <c r="I378" t="s">
-        <v>1800</v>
+        <v>11</v>
       </c>
       <c r="J378" t="s">
-        <v>1801</v>
+        <v>11</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>54</v>
       </c>
       <c r="B379" t="s">
-        <v>1255</v>
+        <v>1773</v>
       </c>
       <c r="C379" t="s">
-        <v>1802</v>
+        <v>108</v>
       </c>
       <c r="D379" t="s">
-        <v>1803</v>
+        <v>1774</v>
       </c>
       <c r="E379" t="s">
-        <v>1804</v>
+        <v>1775</v>
       </c>
       <c r="F379" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G379" t="s">
-        <v>1805</v>
+        <v>1776</v>
       </c>
       <c r="H379" t="s">
-        <v>1806</v>
+        <v>1777</v>
       </c>
       <c r="I379" t="s">
-        <v>1802</v>
+        <v>108</v>
       </c>
       <c r="J379" t="s">
-        <v>1807</v>
+        <v>922</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>54</v>
       </c>
       <c r="B380" t="s">
-        <v>1808</v>
+        <v>1778</v>
       </c>
       <c r="C380" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D380" t="s">
-        <v>1809</v>
+        <v>1769</v>
       </c>
       <c r="E380" t="s">
-        <v>1810</v>
+        <v>1779</v>
       </c>
       <c r="F380" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G380" t="s">
-        <v>1811</v>
+        <v>1780</v>
       </c>
       <c r="H380" t="s">
-        <v>1812</v>
+        <v>1781</v>
       </c>
       <c r="I380" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J380" t="s">
-        <v>1813</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>54</v>
       </c>
       <c r="B381" t="s">
-        <v>1814</v>
+        <v>1782</v>
       </c>
       <c r="C381" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D381" t="s">
-        <v>1815</v>
+        <v>1783</v>
       </c>
       <c r="E381" t="s">
-        <v>1816</v>
+        <v>1784</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G381" t="s">
-        <v>1817</v>
+        <v>1785</v>
       </c>
       <c r="H381" t="s">
-        <v>1818</v>
+        <v>1786</v>
       </c>
       <c r="I381" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J381" t="s">
-        <v>1813</v>
+        <v>134</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>54</v>
       </c>
       <c r="B382" t="s">
-        <v>1819</v>
+        <v>187</v>
       </c>
       <c r="C382" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D382" t="s">
-        <v>1820</v>
+        <v>1783</v>
       </c>
       <c r="E382" t="s">
-        <v>1821</v>
+        <v>1784</v>
       </c>
       <c r="F382" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G382" t="s">
-        <v>1822</v>
+        <v>1787</v>
       </c>
       <c r="H382" t="s">
-        <v>1823</v>
+        <v>1788</v>
       </c>
       <c r="I382" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J382" t="s">
-        <v>1213</v>
+        <v>190</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>54</v>
       </c>
       <c r="B383" t="s">
-        <v>1824</v>
+        <v>1020</v>
       </c>
       <c r="C383" t="s">
-        <v>1825</v>
+        <v>1789</v>
       </c>
       <c r="D383" t="s">
-        <v>1826</v>
+        <v>1750</v>
       </c>
       <c r="E383" t="s">
-        <v>1827</v>
+        <v>1790</v>
       </c>
       <c r="F383" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G383" t="s">
-        <v>1828</v>
+        <v>1791</v>
       </c>
       <c r="H383" t="s">
-        <v>1829</v>
+        <v>1792</v>
       </c>
       <c r="I383" t="s">
-        <v>1825</v>
+        <v>1789</v>
       </c>
       <c r="J383" t="s">
-        <v>1830</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>54</v>
       </c>
       <c r="B384" t="s">
-        <v>1831</v>
+        <v>1793</v>
       </c>
       <c r="C384" t="s">
-        <v>1832</v>
+        <v>108</v>
       </c>
       <c r="D384" t="s">
-        <v>1826</v>
+        <v>1794</v>
       </c>
       <c r="E384" t="s">
-        <v>1827</v>
+        <v>1795</v>
       </c>
       <c r="F384" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G384" t="s">
-        <v>1833</v>
+        <v>1796</v>
       </c>
       <c r="H384" t="s">
-        <v>1834</v>
+        <v>1797</v>
       </c>
       <c r="I384" t="s">
-        <v>1832</v>
+        <v>108</v>
       </c>
       <c r="J384" t="s">
-        <v>1835</v>
+        <v>922</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>54</v>
       </c>
       <c r="B385" t="s">
-        <v>1836</v>
+        <v>1119</v>
       </c>
       <c r="C385" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="D385" t="s">
-        <v>1837</v>
+        <v>1794</v>
       </c>
       <c r="E385" t="s">
-        <v>1838</v>
+        <v>1795</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G385" t="s">
-        <v>1839</v>
+        <v>1798</v>
       </c>
       <c r="H385" t="s">
-        <v>1840</v>
+        <v>1799</v>
       </c>
       <c r="I385" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="J385" t="s">
-        <v>13</v>
+        <v>922</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>54</v>
       </c>
       <c r="B386" t="s">
-        <v>1841</v>
+        <v>1800</v>
       </c>
       <c r="C386" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D386" t="s">
-        <v>1842</v>
+        <v>1794</v>
       </c>
       <c r="E386" t="s">
-        <v>1843</v>
+        <v>1795</v>
       </c>
       <c r="F386" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G386" t="s">
-        <v>1844</v>
+        <v>1801</v>
       </c>
       <c r="H386" t="s">
-        <v>1845</v>
+        <v>1802</v>
       </c>
       <c r="I386" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J386" t="s">
-        <v>1846</v>
+        <v>922</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>54</v>
       </c>
       <c r="B387" t="s">
-        <v>1847</v>
+        <v>1803</v>
       </c>
       <c r="C387" t="s">
-        <v>13</v>
+        <v>1804</v>
       </c>
       <c r="D387" t="s">
-        <v>1848</v>
+        <v>1794</v>
       </c>
       <c r="E387" t="s">
-        <v>1849</v>
+        <v>1805</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G387" t="s">
-        <v>1850</v>
+        <v>1806</v>
       </c>
       <c r="H387" t="s">
-        <v>1851</v>
+        <v>1807</v>
       </c>
       <c r="I387" t="s">
-        <v>13</v>
+        <v>1804</v>
       </c>
       <c r="J387" t="s">
-        <v>1852</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>54</v>
       </c>
       <c r="B388" t="s">
-        <v>1853</v>
+        <v>1782</v>
       </c>
       <c r="C388" t="s">
-        <v>1854</v>
+        <v>108</v>
       </c>
       <c r="D388" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="E388" t="s">
-        <v>1856</v>
+        <v>1809</v>
       </c>
       <c r="F388" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G388" t="s">
-        <v>1857</v>
+        <v>1810</v>
       </c>
       <c r="H388" t="s">
-        <v>1858</v>
+        <v>1811</v>
       </c>
       <c r="I388" t="s">
-        <v>1854</v>
+        <v>108</v>
       </c>
       <c r="J388" t="s">
-        <v>1859</v>
+        <v>134</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>54</v>
       </c>
       <c r="B389" t="s">
-        <v>1860</v>
+        <v>187</v>
       </c>
       <c r="C389" t="s">
-        <v>1861</v>
+        <v>108</v>
       </c>
       <c r="D389" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="E389" t="s">
-        <v>1856</v>
+        <v>1812</v>
       </c>
       <c r="F389" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G389" t="s">
-        <v>1862</v>
+        <v>1813</v>
       </c>
       <c r="H389" t="s">
-        <v>1863</v>
+        <v>1814</v>
       </c>
       <c r="I389" t="s">
-        <v>1861</v>
+        <v>108</v>
       </c>
       <c r="J389" t="s">
-        <v>1859</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>54</v>
       </c>
       <c r="B390" t="s">
-        <v>1864</v>
+        <v>1815</v>
       </c>
       <c r="C390" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="D390" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="E390" t="s">
-        <v>1865</v>
+        <v>1812</v>
       </c>
       <c r="F390" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G390" t="s">
-        <v>1866</v>
+        <v>1816</v>
       </c>
       <c r="H390" t="s">
-        <v>1867</v>
+        <v>1817</v>
       </c>
       <c r="I390" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="J390" t="s">
-        <v>1868</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>54</v>
       </c>
       <c r="B391" t="s">
-        <v>1869</v>
+        <v>1818</v>
       </c>
       <c r="C391" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D391" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="E391" t="s">
-        <v>1870</v>
+        <v>1812</v>
       </c>
       <c r="F391" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G391" t="s">
-        <v>1871</v>
+        <v>1819</v>
       </c>
       <c r="H391" t="s">
-        <v>1872</v>
+        <v>1820</v>
       </c>
       <c r="I391" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J391" t="s">
-        <v>1868</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>54</v>
       </c>
       <c r="B392" t="s">
-        <v>1873</v>
+        <v>1821</v>
       </c>
       <c r="C392" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D392" t="s">
-        <v>1874</v>
+        <v>1822</v>
       </c>
       <c r="E392" t="s">
-        <v>1875</v>
+        <v>1823</v>
       </c>
       <c r="F392" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G392" t="s">
-        <v>1876</v>
+        <v>1824</v>
       </c>
       <c r="H392" t="s">
-        <v>1877</v>
+        <v>1825</v>
       </c>
       <c r="I392" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="J392" t="s">
-        <v>1878</v>
+        <v>134</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>54</v>
       </c>
       <c r="B393" t="s">
-        <v>1879</v>
+        <v>1826</v>
       </c>
       <c r="C393" t="s">
-        <v>13</v>
+        <v>1615</v>
       </c>
       <c r="D393" t="s">
-        <v>1874</v>
+        <v>1827</v>
       </c>
       <c r="E393" t="s">
-        <v>1880</v>
+        <v>1828</v>
       </c>
       <c r="F393" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G393" t="s">
-        <v>1881</v>
+        <v>1829</v>
       </c>
       <c r="H393" t="s">
-        <v>1882</v>
+        <v>1830</v>
       </c>
       <c r="I393" t="s">
-        <v>13</v>
+        <v>1615</v>
       </c>
       <c r="J393" t="s">
-        <v>1883</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>54</v>
       </c>
       <c r="B394" t="s">
-        <v>1884</v>
+        <v>1832</v>
       </c>
       <c r="C394" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D394" t="s">
-        <v>1885</v>
+        <v>1833</v>
       </c>
       <c r="E394" t="s">
-        <v>1886</v>
+        <v>1828</v>
       </c>
       <c r="F394" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G394" t="s">
-        <v>1887</v>
+        <v>1834</v>
       </c>
       <c r="H394" t="s">
-        <v>1888</v>
+        <v>1835</v>
       </c>
       <c r="I394" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J394" t="s">
-        <v>1889</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>54</v>
       </c>
       <c r="B395" t="s">
-        <v>1890</v>
+        <v>1335</v>
       </c>
       <c r="C395" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="D395" t="s">
-        <v>1891</v>
+        <v>1827</v>
       </c>
       <c r="E395" t="s">
-        <v>1892</v>
+        <v>1836</v>
       </c>
       <c r="F395" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G395" t="s">
-        <v>1893</v>
+        <v>1837</v>
       </c>
       <c r="H395" t="s">
-        <v>1894</v>
+        <v>1838</v>
       </c>
       <c r="I395" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="J395" t="s">
-        <v>1895</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>54</v>
       </c>
       <c r="B396" t="s">
-        <v>1896</v>
+        <v>1839</v>
       </c>
       <c r="C396" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="D396" t="s">
-        <v>1891</v>
+        <v>1840</v>
       </c>
       <c r="E396" t="s">
-        <v>1892</v>
+        <v>1841</v>
       </c>
       <c r="F396" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G396" t="s">
-        <v>1897</v>
+        <v>1842</v>
       </c>
       <c r="H396" t="s">
-        <v>1898</v>
+        <v>1843</v>
       </c>
       <c r="I396" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="J396" t="s">
-        <v>1895</v>
+        <v>190</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>54</v>
       </c>
       <c r="B397" t="s">
-        <v>1899</v>
+        <v>1030</v>
       </c>
       <c r="C397" t="s">
-        <v>13</v>
+        <v>1804</v>
       </c>
       <c r="D397" t="s">
-        <v>1891</v>
+        <v>1844</v>
       </c>
       <c r="E397" t="s">
-        <v>1900</v>
+        <v>1845</v>
       </c>
       <c r="F397" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G397" t="s">
-        <v>1901</v>
+        <v>1846</v>
       </c>
       <c r="H397" t="s">
-        <v>1902</v>
+        <v>1847</v>
       </c>
       <c r="I397" t="s">
-        <v>13</v>
+        <v>1804</v>
       </c>
       <c r="J397" t="s">
-        <v>1903</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>54</v>
       </c>
       <c r="B398" t="s">
-        <v>1904</v>
+        <v>1849</v>
       </c>
       <c r="C398" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D398" t="s">
-        <v>1891</v>
+        <v>1850</v>
       </c>
       <c r="E398" t="s">
-        <v>1900</v>
+        <v>1851</v>
       </c>
       <c r="F398" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G398" t="s">
-        <v>1905</v>
+        <v>1852</v>
       </c>
       <c r="H398" t="s">
-        <v>1906</v>
+        <v>1853</v>
       </c>
       <c r="I398" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J398" t="s">
-        <v>1903</v>
+        <v>980</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>54</v>
       </c>
       <c r="B399" t="s">
-        <v>1907</v>
+        <v>538</v>
       </c>
       <c r="C399" t="s">
-        <v>1908</v>
+        <v>1251</v>
       </c>
       <c r="D399" t="s">
-        <v>1891</v>
+        <v>1854</v>
       </c>
       <c r="E399" t="s">
-        <v>1909</v>
+        <v>1855</v>
       </c>
       <c r="F399" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G399" t="s">
-        <v>1910</v>
+        <v>1856</v>
       </c>
       <c r="H399" t="s">
-        <v>1911</v>
+        <v>1857</v>
       </c>
       <c r="I399" t="s">
-        <v>13</v>
+        <v>1251</v>
       </c>
       <c r="J399" t="s">
-        <v>1912</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>54</v>
       </c>
       <c r="B400" t="s">
-        <v>1913</v>
+        <v>1858</v>
       </c>
       <c r="C400" t="s">
-        <v>1914</v>
+        <v>108</v>
       </c>
       <c r="D400" t="s">
-        <v>1915</v>
+        <v>1854</v>
       </c>
       <c r="E400" t="s">
-        <v>1916</v>
+        <v>1859</v>
       </c>
       <c r="F400" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G400" t="s">
-        <v>1917</v>
+        <v>1860</v>
       </c>
       <c r="H400" t="s">
-        <v>1918</v>
+        <v>1861</v>
       </c>
       <c r="I400" t="s">
-        <v>1914</v>
+        <v>108</v>
       </c>
       <c r="J400" t="s">
-        <v>1889</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>54</v>
       </c>
       <c r="B401" t="s">
-        <v>1919</v>
+        <v>1863</v>
       </c>
       <c r="C401" t="s">
-        <v>13</v>
+        <v>1864</v>
       </c>
       <c r="D401" t="s">
-        <v>1920</v>
+        <v>1865</v>
       </c>
       <c r="E401" t="s">
-        <v>1921</v>
+        <v>1866</v>
       </c>
       <c r="F401" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G401" t="s">
-        <v>1922</v>
+        <v>1867</v>
       </c>
       <c r="H401" t="s">
-        <v>1923</v>
+        <v>1868</v>
       </c>
       <c r="I401" t="s">
-        <v>13</v>
+        <v>1864</v>
       </c>
       <c r="J401" t="s">
-        <v>1895</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>54</v>
       </c>
       <c r="B402" t="s">
-        <v>1924</v>
+        <v>1869</v>
       </c>
       <c r="C402" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D402" t="s">
-        <v>1920</v>
+        <v>1870</v>
       </c>
       <c r="E402" t="s">
-        <v>1921</v>
+        <v>1871</v>
       </c>
       <c r="F402" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G402" t="s">
-        <v>1925</v>
+        <v>1872</v>
       </c>
       <c r="H402" t="s">
-        <v>1926</v>
+        <v>1873</v>
       </c>
       <c r="I402" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J402" t="s">
-        <v>1895</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>54</v>
       </c>
       <c r="B403" t="s">
-        <v>1927</v>
+        <v>1875</v>
       </c>
       <c r="C403" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D403" t="s">
-        <v>1920</v>
+        <v>1876</v>
       </c>
       <c r="E403" t="s">
-        <v>1921</v>
+        <v>1877</v>
       </c>
       <c r="F403" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G403" t="s">
-        <v>1928</v>
+        <v>1878</v>
       </c>
       <c r="H403" t="s">
-        <v>1929</v>
+        <v>1879</v>
       </c>
       <c r="I403" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J403" t="s">
-        <v>1895</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>54</v>
       </c>
       <c r="B404" t="s">
-        <v>1930</v>
+        <v>1881</v>
       </c>
       <c r="C404" t="s">
-        <v>13</v>
+        <v>1882</v>
       </c>
       <c r="D404" t="s">
-        <v>1920</v>
+        <v>1883</v>
       </c>
       <c r="E404" t="s">
-        <v>1921</v>
+        <v>1884</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G404" t="s">
-        <v>1931</v>
+        <v>1885</v>
       </c>
       <c r="H404" t="s">
-        <v>1932</v>
+        <v>1886</v>
       </c>
       <c r="I404" t="s">
-        <v>13</v>
+        <v>1887</v>
       </c>
       <c r="J404" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
         <v>54</v>
       </c>
       <c r="B405" t="s">
-        <v>1933</v>
+        <v>1347</v>
       </c>
       <c r="C405" t="s">
-        <v>13</v>
+        <v>1889</v>
       </c>
       <c r="D405" t="s">
-        <v>1920</v>
+        <v>1890</v>
       </c>
       <c r="E405" t="s">
-        <v>1921</v>
+        <v>1891</v>
       </c>
       <c r="F405" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G405" t="s">
-        <v>1934</v>
+        <v>1892</v>
       </c>
       <c r="H405" t="s">
-        <v>1935</v>
+        <v>1893</v>
       </c>
       <c r="I405" t="s">
-        <v>13</v>
+        <v>1889</v>
       </c>
       <c r="J405" t="s">
-        <v>1895</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
         <v>54</v>
       </c>
       <c r="B406" t="s">
-        <v>1936</v>
+        <v>1895</v>
       </c>
       <c r="C406" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D406" t="s">
-        <v>1920</v>
+        <v>1896</v>
       </c>
       <c r="E406" t="s">
-        <v>1937</v>
+        <v>1897</v>
       </c>
       <c r="F406" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G406" t="s">
-        <v>1938</v>
+        <v>1898</v>
       </c>
       <c r="H406" t="s">
-        <v>1939</v>
+        <v>1899</v>
       </c>
       <c r="I406" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J406" t="s">
-        <v>1940</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
         <v>54</v>
       </c>
       <c r="B407" t="s">
-        <v>1941</v>
+        <v>1901</v>
       </c>
       <c r="C407" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D407" t="s">
-        <v>1942</v>
+        <v>1902</v>
       </c>
       <c r="E407" t="s">
-        <v>1943</v>
+        <v>1903</v>
       </c>
       <c r="F407" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G407" t="s">
-        <v>1944</v>
+        <v>1904</v>
       </c>
       <c r="H407" t="s">
-        <v>1945</v>
+        <v>1905</v>
       </c>
       <c r="I407" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J407" t="s">
-        <v>1946</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
         <v>54</v>
       </c>
       <c r="B408" t="s">
-        <v>1947</v>
+        <v>1906</v>
       </c>
       <c r="C408" t="s">
-        <v>1948</v>
+        <v>11</v>
       </c>
       <c r="D408" t="s">
-        <v>1942</v>
+        <v>1907</v>
       </c>
       <c r="E408" t="s">
-        <v>1949</v>
+        <v>1908</v>
       </c>
       <c r="F408" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G408" t="s">
-        <v>1950</v>
+        <v>1909</v>
       </c>
       <c r="H408" t="s">
-        <v>1951</v>
+        <v>1910</v>
       </c>
       <c r="I408" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J408" t="s">
-        <v>1952</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
         <v>54</v>
       </c>
       <c r="B409" t="s">
-        <v>1953</v>
+        <v>1911</v>
       </c>
       <c r="C409" t="s">
-        <v>13</v>
+        <v>1912</v>
       </c>
       <c r="D409" t="s">
-        <v>1942</v>
+        <v>1913</v>
       </c>
       <c r="E409" t="s">
-        <v>1954</v>
+        <v>1914</v>
       </c>
       <c r="F409" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G409" t="s">
-        <v>1955</v>
+        <v>1915</v>
       </c>
       <c r="H409" t="s">
-        <v>1956</v>
+        <v>1916</v>
       </c>
       <c r="I409" t="s">
-        <v>13</v>
+        <v>1912</v>
       </c>
       <c r="J409" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
         <v>54</v>
       </c>
       <c r="B410" t="s">
-        <v>1957</v>
+        <v>1918</v>
       </c>
       <c r="C410" t="s">
-        <v>13</v>
+        <v>1919</v>
       </c>
       <c r="D410" t="s">
-        <v>1958</v>
+        <v>1913</v>
       </c>
       <c r="E410" t="s">
-        <v>1959</v>
+        <v>1914</v>
       </c>
       <c r="F410" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G410" t="s">
-        <v>1960</v>
+        <v>1920</v>
       </c>
       <c r="H410" t="s">
-        <v>1961</v>
+        <v>1921</v>
       </c>
       <c r="I410" t="s">
-        <v>13</v>
+        <v>1919</v>
       </c>
       <c r="J410" t="s">
-        <v>1962</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
         <v>54</v>
       </c>
       <c r="B411" t="s">
-        <v>1963</v>
+        <v>1923</v>
       </c>
       <c r="C411" t="s">
-        <v>1964</v>
+        <v>11</v>
       </c>
       <c r="D411" t="s">
-        <v>1958</v>
+        <v>1924</v>
       </c>
       <c r="E411" t="s">
-        <v>1965</v>
+        <v>1925</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G411" t="s">
-        <v>1966</v>
+        <v>1926</v>
       </c>
       <c r="H411" t="s">
-        <v>1967</v>
+        <v>1927</v>
       </c>
       <c r="I411" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J411" t="s">
-        <v>1952</v>
+        <v>11</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
         <v>54</v>
       </c>
       <c r="B412" t="s">
-        <v>1968</v>
+        <v>1928</v>
       </c>
       <c r="C412" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D412" t="s">
-        <v>1969</v>
+        <v>1929</v>
       </c>
       <c r="E412" t="s">
-        <v>1970</v>
+        <v>1930</v>
       </c>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G412" t="s">
-        <v>1971</v>
+        <v>1931</v>
       </c>
       <c r="H412" t="s">
-        <v>1972</v>
+        <v>1932</v>
       </c>
       <c r="I412" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J412" t="s">
-        <v>1973</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
         <v>54</v>
       </c>
       <c r="B413" t="s">
-        <v>1974</v>
+        <v>1934</v>
       </c>
       <c r="C413" t="s">
-        <v>1975</v>
+        <v>11</v>
       </c>
       <c r="D413" t="s">
-        <v>1976</v>
+        <v>1935</v>
       </c>
       <c r="E413" t="s">
-        <v>1970</v>
+        <v>1936</v>
       </c>
       <c r="F413" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G413" t="s">
-        <v>1977</v>
+        <v>1937</v>
       </c>
       <c r="H413" t="s">
-        <v>1978</v>
+        <v>1938</v>
       </c>
       <c r="I413" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J413" t="s">
-        <v>1979</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
         <v>54</v>
       </c>
       <c r="B414" t="s">
-        <v>1980</v>
+        <v>1940</v>
       </c>
       <c r="C414" t="s">
-        <v>1964</v>
+        <v>1941</v>
       </c>
       <c r="D414" t="s">
-        <v>1969</v>
+        <v>1942</v>
       </c>
       <c r="E414" t="s">
-        <v>1981</v>
+        <v>1943</v>
       </c>
       <c r="F414" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G414" t="s">
-        <v>1982</v>
+        <v>1944</v>
       </c>
       <c r="H414" t="s">
-        <v>1983</v>
+        <v>1945</v>
       </c>
       <c r="I414" t="s">
-        <v>13</v>
+        <v>1941</v>
       </c>
       <c r="J414" t="s">
-        <v>1852</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
         <v>54</v>
       </c>
       <c r="B415" t="s">
-        <v>1984</v>
+        <v>1947</v>
       </c>
       <c r="C415" t="s">
-        <v>1964</v>
+        <v>1948</v>
       </c>
       <c r="D415" t="s">
-        <v>1969</v>
+        <v>1942</v>
       </c>
       <c r="E415" t="s">
-        <v>1981</v>
+        <v>1943</v>
       </c>
       <c r="F415" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G415" t="s">
-        <v>1985</v>
+        <v>1949</v>
       </c>
       <c r="H415" t="s">
-        <v>1986</v>
+        <v>1950</v>
       </c>
       <c r="I415" t="s">
-        <v>13</v>
+        <v>1948</v>
       </c>
       <c r="J415" t="s">
-        <v>1987</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
         <v>54</v>
       </c>
       <c r="B416" t="s">
-        <v>1988</v>
+        <v>1951</v>
       </c>
       <c r="C416" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D416" t="s">
-        <v>1989</v>
+        <v>1942</v>
       </c>
       <c r="E416" t="s">
-        <v>1990</v>
+        <v>1952</v>
       </c>
       <c r="F416" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G416" t="s">
-        <v>1991</v>
+        <v>1953</v>
       </c>
       <c r="H416" t="s">
-        <v>1992</v>
+        <v>1954</v>
       </c>
       <c r="I416" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J416" t="s">
-        <v>1940</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
         <v>54</v>
       </c>
       <c r="B417" t="s">
-        <v>1993</v>
+        <v>1956</v>
       </c>
       <c r="C417" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D417" t="s">
-        <v>1994</v>
+        <v>1942</v>
       </c>
       <c r="E417" t="s">
-        <v>1995</v>
+        <v>1957</v>
       </c>
       <c r="F417" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G417" t="s">
-        <v>1996</v>
+        <v>1958</v>
       </c>
       <c r="H417" t="s">
-        <v>1997</v>
+        <v>1959</v>
       </c>
       <c r="I417" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J417" t="s">
-        <v>1998</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
         <v>54</v>
       </c>
       <c r="B418" t="s">
-        <v>1999</v>
+        <v>1960</v>
       </c>
       <c r="C418" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D418" t="s">
-        <v>2000</v>
+        <v>1961</v>
       </c>
       <c r="E418" t="s">
-        <v>2001</v>
+        <v>1962</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G418" t="s">
-        <v>2002</v>
+        <v>1963</v>
       </c>
       <c r="H418" t="s">
-        <v>2003</v>
+        <v>1964</v>
       </c>
       <c r="I418" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J418" t="s">
-        <v>2004</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
         <v>54</v>
       </c>
       <c r="B419" t="s">
-        <v>2005</v>
+        <v>1966</v>
       </c>
       <c r="C419" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D419" t="s">
-        <v>2000</v>
+        <v>1961</v>
       </c>
       <c r="E419" t="s">
-        <v>2006</v>
+        <v>1967</v>
       </c>
       <c r="F419" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G419" t="s">
-        <v>2007</v>
+        <v>1968</v>
       </c>
       <c r="H419" t="s">
-        <v>2008</v>
+        <v>1969</v>
       </c>
       <c r="I419" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J419" t="s">
-        <v>1618</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
         <v>54</v>
       </c>
       <c r="B420" t="s">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="C420" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D420" t="s">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="E420" t="s">
-        <v>2010</v>
+        <v>1973</v>
       </c>
       <c r="F420" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G420" t="s">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="H420" t="s">
-        <v>2012</v>
+        <v>1975</v>
       </c>
       <c r="I420" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J420" t="s">
-        <v>2013</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
         <v>54</v>
       </c>
       <c r="B421" t="s">
-        <v>2014</v>
+        <v>1977</v>
       </c>
       <c r="C421" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D421" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E421" t="s">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="F421" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G421" t="s">
-        <v>2016</v>
+        <v>1980</v>
       </c>
       <c r="H421" t="s">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="I421" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J421" t="s">
-        <v>1952</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
         <v>54</v>
       </c>
       <c r="B422" t="s">
-        <v>2018</v>
+        <v>1983</v>
       </c>
       <c r="C422" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="D422" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E422" t="s">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="F422" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G422" t="s">
-        <v>2019</v>
+        <v>1984</v>
       </c>
       <c r="H422" t="s">
-        <v>2020</v>
+        <v>1985</v>
       </c>
       <c r="I422" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="J422" t="s">
-        <v>2021</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
         <v>54</v>
       </c>
       <c r="B423" t="s">
-        <v>2022</v>
+        <v>1986</v>
       </c>
       <c r="C423" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D423" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E423" t="s">
-        <v>2015</v>
+        <v>1987</v>
       </c>
       <c r="F423" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G423" t="s">
-        <v>2023</v>
+        <v>1988</v>
       </c>
       <c r="H423" t="s">
-        <v>2024</v>
+        <v>1989</v>
       </c>
       <c r="I423" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J423" t="s">
-        <v>2021</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
         <v>54</v>
       </c>
       <c r="B424" t="s">
-        <v>2025</v>
+        <v>1991</v>
       </c>
       <c r="C424" t="s">
-        <v>2026</v>
+        <v>11</v>
       </c>
       <c r="D424" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E424" t="s">
-        <v>2027</v>
+        <v>1987</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G424" t="s">
-        <v>2028</v>
+        <v>1992</v>
       </c>
       <c r="H424" t="s">
-        <v>2029</v>
+        <v>1993</v>
       </c>
       <c r="I424" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J424" t="s">
-        <v>2030</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
         <v>54</v>
       </c>
       <c r="B425" t="s">
-        <v>2031</v>
+        <v>1994</v>
       </c>
       <c r="C425" t="s">
-        <v>13</v>
+        <v>1995</v>
       </c>
       <c r="D425" t="s">
-        <v>2032</v>
+        <v>1978</v>
       </c>
       <c r="E425" t="s">
-        <v>2033</v>
+        <v>1996</v>
       </c>
       <c r="F425" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G425" t="s">
-        <v>2034</v>
+        <v>1997</v>
       </c>
       <c r="H425" t="s">
-        <v>2035</v>
+        <v>1998</v>
       </c>
       <c r="I425" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J425" t="s">
-        <v>2021</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
         <v>54</v>
       </c>
       <c r="B426" t="s">
-        <v>2036</v>
+        <v>2000</v>
       </c>
       <c r="C426" t="s">
-        <v>13</v>
+        <v>2001</v>
       </c>
       <c r="D426" t="s">
-        <v>2032</v>
+        <v>2002</v>
       </c>
       <c r="E426" t="s">
-        <v>2033</v>
+        <v>2003</v>
       </c>
       <c r="F426" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G426" t="s">
-        <v>2037</v>
+        <v>2004</v>
       </c>
       <c r="H426" t="s">
-        <v>2038</v>
+        <v>2005</v>
       </c>
       <c r="I426" t="s">
-        <v>13</v>
+        <v>2001</v>
       </c>
       <c r="J426" t="s">
-        <v>2021</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
         <v>54</v>
       </c>
       <c r="B427" t="s">
-        <v>2039</v>
+        <v>2006</v>
       </c>
       <c r="C427" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="D427" t="s">
-        <v>2032</v>
+        <v>2007</v>
       </c>
       <c r="E427" t="s">
-        <v>2033</v>
+        <v>2008</v>
       </c>
       <c r="F427" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G427" t="s">
-        <v>2040</v>
+        <v>2009</v>
       </c>
       <c r="H427" t="s">
-        <v>2041</v>
+        <v>2010</v>
       </c>
       <c r="I427" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="J427" t="s">
-        <v>2021</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
         <v>54</v>
       </c>
       <c r="B428" t="s">
-        <v>2042</v>
+        <v>2011</v>
       </c>
       <c r="C428" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D428" t="s">
-        <v>2032</v>
+        <v>2007</v>
       </c>
       <c r="E428" t="s">
-        <v>2033</v>
+        <v>2008</v>
       </c>
       <c r="F428" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G428" t="s">
-        <v>2043</v>
+        <v>2012</v>
       </c>
       <c r="H428" t="s">
-        <v>2044</v>
+        <v>2013</v>
       </c>
       <c r="I428" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J428" t="s">
-        <v>2021</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
         <v>54</v>
       </c>
       <c r="B429" t="s">
-        <v>2045</v>
+        <v>2014</v>
       </c>
       <c r="C429" t="s">
-        <v>2046</v>
+        <v>11</v>
       </c>
       <c r="D429" t="s">
-        <v>2047</v>
+        <v>2007</v>
       </c>
       <c r="E429" t="s">
-        <v>2048</v>
+        <v>2008</v>
       </c>
       <c r="F429" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G429" t="s">
-        <v>2049</v>
+        <v>2015</v>
       </c>
       <c r="H429" t="s">
-        <v>2050</v>
+        <v>2016</v>
       </c>
       <c r="I429" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J429" t="s">
-        <v>1973</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
         <v>54</v>
       </c>
       <c r="B430" t="s">
-        <v>2051</v>
+        <v>2017</v>
       </c>
       <c r="C430" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D430" t="s">
-        <v>2047</v>
+        <v>2007</v>
       </c>
       <c r="E430" t="s">
-        <v>2052</v>
+        <v>2008</v>
       </c>
       <c r="F430" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G430" t="s">
-        <v>2053</v>
+        <v>2018</v>
       </c>
       <c r="H430" t="s">
-        <v>2054</v>
+        <v>2019</v>
       </c>
       <c r="I430" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J430" t="s">
-        <v>1952</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
         <v>54</v>
       </c>
       <c r="B431" t="s">
-        <v>2055</v>
+        <v>2020</v>
       </c>
       <c r="C431" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D431" t="s">
-        <v>2047</v>
+        <v>2007</v>
       </c>
       <c r="E431" t="s">
-        <v>2052</v>
+        <v>2008</v>
       </c>
       <c r="F431" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G431" t="s">
-        <v>2056</v>
+        <v>2021</v>
       </c>
       <c r="H431" t="s">
-        <v>2057</v>
+        <v>2022</v>
       </c>
       <c r="I431" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J431" t="s">
-        <v>1952</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
         <v>54</v>
       </c>
       <c r="B432" t="s">
-        <v>2058</v>
+        <v>2023</v>
       </c>
       <c r="C432" t="s">
-        <v>821</v>
+        <v>11</v>
       </c>
       <c r="D432" t="s">
-        <v>2059</v>
+        <v>2007</v>
       </c>
       <c r="E432" t="s">
-        <v>2060</v>
+        <v>2024</v>
       </c>
       <c r="F432" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G432" t="s">
-        <v>2061</v>
+        <v>2025</v>
       </c>
       <c r="H432" t="s">
-        <v>2062</v>
+        <v>2026</v>
       </c>
       <c r="I432" t="s">
-        <v>821</v>
+        <v>11</v>
       </c>
       <c r="J432" t="s">
-        <v>1859</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
         <v>54</v>
       </c>
       <c r="B433" t="s">
-        <v>2063</v>
+        <v>2028</v>
       </c>
       <c r="C433" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D433" t="s">
-        <v>2059</v>
+        <v>2029</v>
       </c>
       <c r="E433" t="s">
-        <v>2064</v>
+        <v>2030</v>
       </c>
       <c r="F433" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G433" t="s">
-        <v>2065</v>
+        <v>2031</v>
       </c>
       <c r="H433" t="s">
-        <v>2066</v>
+        <v>2032</v>
       </c>
       <c r="I433" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J433" t="s">
-        <v>2067</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
         <v>54</v>
       </c>
       <c r="B434" t="s">
-        <v>2068</v>
+        <v>2034</v>
       </c>
       <c r="C434" t="s">
-        <v>13</v>
+        <v>2035</v>
       </c>
       <c r="D434" t="s">
-        <v>2069</v>
+        <v>2029</v>
       </c>
       <c r="E434" t="s">
-        <v>2070</v>
+        <v>2036</v>
       </c>
       <c r="F434" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G434" t="s">
-        <v>2071</v>
+        <v>2037</v>
       </c>
       <c r="H434" t="s">
-        <v>2072</v>
+        <v>2038</v>
       </c>
       <c r="I434" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J434" t="s">
-        <v>451</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
         <v>54</v>
       </c>
       <c r="B435" t="s">
-        <v>2073</v>
+        <v>2040</v>
       </c>
       <c r="C435" t="s">
-        <v>2074</v>
+        <v>11</v>
       </c>
       <c r="D435" t="s">
-        <v>2075</v>
+        <v>2029</v>
       </c>
       <c r="E435" t="s">
-        <v>2076</v>
+        <v>2041</v>
       </c>
       <c r="F435" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G435" t="s">
-        <v>2077</v>
+        <v>2042</v>
       </c>
       <c r="H435" t="s">
-        <v>2078</v>
+        <v>2043</v>
       </c>
       <c r="I435" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J435" t="s">
-        <v>2079</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
         <v>54</v>
       </c>
       <c r="B436" t="s">
-        <v>2080</v>
+        <v>2044</v>
       </c>
       <c r="C436" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D436" t="s">
-        <v>2081</v>
+        <v>2045</v>
       </c>
       <c r="E436" t="s">
-        <v>2082</v>
+        <v>2046</v>
       </c>
       <c r="F436" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G436" t="s">
-        <v>2083</v>
+        <v>2047</v>
       </c>
       <c r="H436" t="s">
-        <v>2084</v>
+        <v>2048</v>
       </c>
       <c r="I436" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J436" t="s">
-        <v>2085</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
         <v>54</v>
       </c>
       <c r="B437" t="s">
-        <v>2086</v>
+        <v>2050</v>
       </c>
       <c r="C437" t="s">
-        <v>13</v>
+        <v>2051</v>
       </c>
       <c r="D437" t="s">
-        <v>2087</v>
+        <v>2045</v>
       </c>
       <c r="E437" t="s">
-        <v>2088</v>
+        <v>2052</v>
       </c>
       <c r="F437" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G437" t="s">
-        <v>2089</v>
+        <v>2053</v>
       </c>
       <c r="H437" t="s">
-        <v>2090</v>
+        <v>2054</v>
       </c>
       <c r="I437" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J437" t="s">
-        <v>1868</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
         <v>54</v>
       </c>
       <c r="B438" t="s">
-        <v>2091</v>
+        <v>2055</v>
       </c>
       <c r="C438" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D438" t="s">
-        <v>2092</v>
+        <v>2056</v>
       </c>
       <c r="E438" t="s">
-        <v>2093</v>
+        <v>2057</v>
       </c>
       <c r="F438" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G438" t="s">
-        <v>2094</v>
+        <v>2058</v>
       </c>
       <c r="H438" t="s">
-        <v>2095</v>
+        <v>2059</v>
       </c>
       <c r="I438" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J438" t="s">
-        <v>1946</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
         <v>54</v>
       </c>
       <c r="B439" t="s">
-        <v>2096</v>
+        <v>2061</v>
       </c>
       <c r="C439" t="s">
-        <v>13</v>
+        <v>2062</v>
       </c>
       <c r="D439" t="s">
-        <v>2092</v>
+        <v>2063</v>
       </c>
       <c r="E439" t="s">
-        <v>2097</v>
+        <v>2057</v>
       </c>
       <c r="F439" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G439" t="s">
-        <v>2098</v>
+        <v>2064</v>
       </c>
       <c r="H439" t="s">
-        <v>2099</v>
+        <v>2065</v>
       </c>
       <c r="I439" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J439" t="s">
-        <v>2100</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s">
         <v>54</v>
       </c>
       <c r="B440" t="s">
-        <v>2101</v>
+        <v>2067</v>
       </c>
       <c r="C440" t="s">
-        <v>13</v>
+        <v>2051</v>
       </c>
       <c r="D440" t="s">
-        <v>2102</v>
+        <v>2056</v>
       </c>
       <c r="E440" t="s">
-        <v>2103</v>
+        <v>2068</v>
       </c>
       <c r="F440" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G440" t="s">
-        <v>2104</v>
+        <v>2069</v>
       </c>
       <c r="H440" t="s">
-        <v>2105</v>
+        <v>2070</v>
       </c>
       <c r="I440" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J440" t="s">
-        <v>2106</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s">
         <v>54</v>
       </c>
       <c r="B441" t="s">
-        <v>2107</v>
+        <v>2071</v>
       </c>
       <c r="C441" t="s">
-        <v>13</v>
+        <v>2051</v>
       </c>
       <c r="D441" t="s">
-        <v>2108</v>
+        <v>2056</v>
       </c>
       <c r="E441" t="s">
-        <v>2109</v>
+        <v>2068</v>
       </c>
       <c r="F441" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G441" t="s">
-        <v>2110</v>
+        <v>2072</v>
       </c>
       <c r="H441" t="s">
-        <v>2111</v>
+        <v>2073</v>
       </c>
       <c r="I441" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J441" t="s">
-        <v>2112</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
         <v>54</v>
       </c>
       <c r="B442" t="s">
-        <v>2113</v>
+        <v>2075</v>
       </c>
       <c r="C442" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D442" t="s">
-        <v>2108</v>
+        <v>2076</v>
       </c>
       <c r="E442" t="s">
-        <v>2109</v>
+        <v>2077</v>
       </c>
       <c r="F442" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G442" t="s">
-        <v>2114</v>
+        <v>2078</v>
       </c>
       <c r="H442" t="s">
-        <v>2115</v>
+        <v>2079</v>
       </c>
       <c r="I442" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J442" t="s">
-        <v>2112</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
         <v>54</v>
       </c>
       <c r="B443" t="s">
-        <v>2116</v>
+        <v>2080</v>
       </c>
       <c r="C443" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D443" t="s">
-        <v>2108</v>
+        <v>2081</v>
       </c>
       <c r="E443" t="s">
-        <v>2109</v>
+        <v>2082</v>
       </c>
       <c r="F443" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G443" t="s">
-        <v>2117</v>
+        <v>2083</v>
       </c>
       <c r="H443" t="s">
-        <v>2118</v>
+        <v>2084</v>
       </c>
       <c r="I443" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J443" t="s">
-        <v>2112</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
         <v>54</v>
       </c>
       <c r="B444" t="s">
-        <v>2119</v>
+        <v>2086</v>
       </c>
       <c r="C444" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D444" t="s">
-        <v>2120</v>
+        <v>2087</v>
       </c>
       <c r="E444" t="s">
-        <v>2121</v>
+        <v>2088</v>
       </c>
       <c r="F444" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G444" t="s">
-        <v>2122</v>
+        <v>2089</v>
       </c>
       <c r="H444" t="s">
-        <v>2123</v>
+        <v>2090</v>
       </c>
       <c r="I444" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J444" t="s">
-        <v>2124</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s">
         <v>54</v>
       </c>
       <c r="B445" t="s">
-        <v>2125</v>
+        <v>2092</v>
       </c>
       <c r="C445" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D445" t="s">
-        <v>2126</v>
+        <v>2087</v>
       </c>
       <c r="E445" t="s">
-        <v>2121</v>
+        <v>2093</v>
       </c>
       <c r="F445" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G445" t="s">
-        <v>2127</v>
+        <v>2094</v>
       </c>
       <c r="H445" t="s">
-        <v>2128</v>
+        <v>2095</v>
       </c>
       <c r="I445" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J445" t="s">
-        <v>2129</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
         <v>54</v>
       </c>
       <c r="B446" t="s">
-        <v>2130</v>
+        <v>2096</v>
       </c>
       <c r="C446" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D446" t="s">
-        <v>2120</v>
+        <v>2081</v>
       </c>
       <c r="E446" t="s">
-        <v>2131</v>
+        <v>2097</v>
       </c>
       <c r="F446" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G446" t="s">
-        <v>2132</v>
+        <v>2098</v>
       </c>
       <c r="H446" t="s">
-        <v>2133</v>
+        <v>2099</v>
       </c>
       <c r="I446" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J446" t="s">
-        <v>2134</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s">
         <v>54</v>
       </c>
       <c r="B447" t="s">
-        <v>2135</v>
+        <v>2101</v>
       </c>
       <c r="C447" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D447" t="s">
-        <v>2120</v>
+        <v>2081</v>
       </c>
       <c r="E447" t="s">
-        <v>2131</v>
+        <v>2102</v>
       </c>
       <c r="F447" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G447" t="s">
-        <v>2136</v>
+        <v>2103</v>
       </c>
       <c r="H447" t="s">
-        <v>2137</v>
+        <v>2104</v>
       </c>
       <c r="I447" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J447" t="s">
-        <v>2134</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s">
         <v>54</v>
       </c>
       <c r="B448" t="s">
-        <v>2138</v>
+        <v>2105</v>
       </c>
       <c r="C448" t="s">
-        <v>2139</v>
+        <v>159</v>
       </c>
       <c r="D448" t="s">
-        <v>2140</v>
+        <v>2081</v>
       </c>
       <c r="E448" t="s">
-        <v>2141</v>
+        <v>2102</v>
       </c>
       <c r="F448" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G448" t="s">
-        <v>2142</v>
+        <v>2106</v>
       </c>
       <c r="H448" t="s">
-        <v>2143</v>
+        <v>2107</v>
       </c>
       <c r="I448" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="J448" t="s">
-        <v>1946</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s">
         <v>54</v>
       </c>
       <c r="B449" t="s">
-        <v>2144</v>
+        <v>2109</v>
       </c>
       <c r="C449" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D449" t="s">
-        <v>2145</v>
+        <v>2081</v>
       </c>
       <c r="E449" t="s">
-        <v>2145</v>
+        <v>2102</v>
       </c>
       <c r="F449" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G449" t="s">
-        <v>2146</v>
+        <v>2110</v>
       </c>
       <c r="H449" t="s">
-        <v>2147</v>
+        <v>2111</v>
       </c>
       <c r="I449" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J449" t="s">
-        <v>2148</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
         <v>54</v>
       </c>
       <c r="B450" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C450" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D450" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E450" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F450" t="s">
+        <v>11</v>
+      </c>
+      <c r="G450" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H450" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I450" t="s">
+        <v>11</v>
+      </c>
+      <c r="J450" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="s">
+        <v>54</v>
+      </c>
+      <c r="B451" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C451" t="s">
+        <v>11</v>
+      </c>
+      <c r="D451" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E451" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F451" t="s">
+        <v>11</v>
+      </c>
+      <c r="G451" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H451" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I451" t="s">
+        <v>11</v>
+      </c>
+      <c r="J451" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="s">
+        <v>54</v>
+      </c>
+      <c r="B452" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C452" t="s">
+        <v>11</v>
+      </c>
+      <c r="D452" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E452" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F452" t="s">
+        <v>11</v>
+      </c>
+      <c r="G452" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H452" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I452" t="s">
+        <v>11</v>
+      </c>
+      <c r="J452" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="s">
+        <v>54</v>
+      </c>
+      <c r="B453" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C453" t="s">
+        <v>87</v>
+      </c>
+      <c r="D453" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E453" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F453" t="s">
+        <v>11</v>
+      </c>
+      <c r="G453" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H453" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I453" t="s">
+        <v>87</v>
+      </c>
+      <c r="J453" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" t="s">
+        <v>54</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C454" t="s">
+        <v>11</v>
+      </c>
+      <c r="D454" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E454" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F454" t="s">
+        <v>11</v>
+      </c>
+      <c r="G454" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H454" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I454" t="s">
+        <v>11</v>
+      </c>
+      <c r="J454" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="s">
+        <v>54</v>
+      </c>
+      <c r="B455" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C455" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D455" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E455" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F455" t="s">
+        <v>11</v>
+      </c>
+      <c r="G455" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H455" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I455" t="s">
+        <v>11</v>
+      </c>
+      <c r="J455" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="s">
+        <v>54</v>
+      </c>
+      <c r="B456" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C456" t="s">
+        <v>11</v>
+      </c>
+      <c r="D456" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E456" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F456" t="s">
+        <v>11</v>
+      </c>
+      <c r="G456" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H456" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I456" t="s">
+        <v>11</v>
+      </c>
+      <c r="J456" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="s">
+        <v>54</v>
+      </c>
+      <c r="B457" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C457" t="s">
+        <v>11</v>
+      </c>
+      <c r="D457" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E457" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F457" t="s">
+        <v>11</v>
+      </c>
+      <c r="G457" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H457" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I457" t="s">
+        <v>11</v>
+      </c>
+      <c r="J457" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="s">
+        <v>54</v>
+      </c>
+      <c r="B458" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C458" t="s">
+        <v>915</v>
+      </c>
+      <c r="D458" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E458" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F458" t="s">
+        <v>11</v>
+      </c>
+      <c r="G458" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H458" t="s">
         <v>2149</v>
       </c>
-      <c r="C450" t="s">
-[...11 lines deleted...]
-      <c r="G450" t="s">
+      <c r="I458" t="s">
+        <v>915</v>
+      </c>
+      <c r="J458" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="s">
+        <v>54</v>
+      </c>
+      <c r="B459" t="s">
         <v>2150</v>
       </c>
-      <c r="H450" t="s">
+      <c r="C459" t="s">
+        <v>11</v>
+      </c>
+      <c r="D459" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E459" t="s">
         <v>2151</v>
       </c>
-      <c r="I450" t="s">
-[...3 lines deleted...]
-        <v>2148</v>
+      <c r="F459" t="s">
+        <v>11</v>
+      </c>
+      <c r="G459" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H459" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I459" t="s">
+        <v>11</v>
+      </c>
+      <c r="J459" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="s">
+        <v>54</v>
+      </c>
+      <c r="B460" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C460" t="s">
+        <v>11</v>
+      </c>
+      <c r="D460" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E460" t="s">
+        <v>2157</v>
+      </c>
+      <c r="F460" t="s">
+        <v>11</v>
+      </c>
+      <c r="G460" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H460" t="s">
+        <v>2159</v>
+      </c>
+      <c r="I460" t="s">
+        <v>11</v>
+      </c>
+      <c r="J460" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="s">
+        <v>54</v>
+      </c>
+      <c r="B461" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C461" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D461" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E461" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F461" t="s">
+        <v>11</v>
+      </c>
+      <c r="G461" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H461" t="s">
+        <v>2165</v>
+      </c>
+      <c r="I461" t="s">
+        <v>11</v>
+      </c>
+      <c r="J461" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="s">
+        <v>54</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C462" t="s">
+        <v>11</v>
+      </c>
+      <c r="D462" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E462" t="s">
+        <v>2169</v>
+      </c>
+      <c r="F462" t="s">
+        <v>11</v>
+      </c>
+      <c r="G462" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H462" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I462" t="s">
+        <v>11</v>
+      </c>
+      <c r="J462" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="s">
+        <v>54</v>
+      </c>
+      <c r="B463" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C463" t="s">
+        <v>11</v>
+      </c>
+      <c r="D463" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E463" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F463" t="s">
+        <v>11</v>
+      </c>
+      <c r="G463" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H463" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I463" t="s">
+        <v>11</v>
+      </c>
+      <c r="J463" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="s">
+        <v>54</v>
+      </c>
+      <c r="B464" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C464" t="s">
+        <v>11</v>
+      </c>
+      <c r="D464" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E464" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F464" t="s">
+        <v>11</v>
+      </c>
+      <c r="G464" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H464" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I464" t="s">
+        <v>11</v>
+      </c>
+      <c r="J464" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="s">
+        <v>54</v>
+      </c>
+      <c r="B465" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C465" t="s">
+        <v>11</v>
+      </c>
+      <c r="D465" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E465" t="s">
+        <v>2184</v>
+      </c>
+      <c r="F465" t="s">
+        <v>11</v>
+      </c>
+      <c r="G465" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H465" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I465" t="s">
+        <v>11</v>
+      </c>
+      <c r="J465" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="s">
+        <v>54</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C466" t="s">
+        <v>11</v>
+      </c>
+      <c r="D466" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E466" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F466" t="s">
+        <v>11</v>
+      </c>
+      <c r="G466" t="s">
+        <v>2191</v>
+      </c>
+      <c r="H466" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I466" t="s">
+        <v>11</v>
+      </c>
+      <c r="J466" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="s">
+        <v>54</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C467" t="s">
+        <v>11</v>
+      </c>
+      <c r="D467" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E467" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F467" t="s">
+        <v>11</v>
+      </c>
+      <c r="G467" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H467" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I467" t="s">
+        <v>11</v>
+      </c>
+      <c r="J467" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="s">
+        <v>54</v>
+      </c>
+      <c r="B468" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C468" t="s">
+        <v>11</v>
+      </c>
+      <c r="D468" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E468" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G468" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H468" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I468" t="s">
+        <v>11</v>
+      </c>
+      <c r="J468" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="s">
+        <v>54</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C469" t="s">
+        <v>11</v>
+      </c>
+      <c r="D469" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E469" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F469" t="s">
+        <v>11</v>
+      </c>
+      <c r="G469" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H469" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I469" t="s">
+        <v>11</v>
+      </c>
+      <c r="J469" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="s">
+        <v>54</v>
+      </c>
+      <c r="B470" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C470" t="s">
+        <v>11</v>
+      </c>
+      <c r="D470" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E470" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F470" t="s">
+        <v>11</v>
+      </c>
+      <c r="G470" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H470" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I470" t="s">
+        <v>11</v>
+      </c>
+      <c r="J470" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="s">
+        <v>54</v>
+      </c>
+      <c r="B471" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C471" t="s">
+        <v>11</v>
+      </c>
+      <c r="D471" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E471" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F471" t="s">
+        <v>11</v>
+      </c>
+      <c r="G471" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H471" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I471" t="s">
+        <v>11</v>
+      </c>
+      <c r="J471" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="s">
+        <v>54</v>
+      </c>
+      <c r="B472" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C472" t="s">
+        <v>11</v>
+      </c>
+      <c r="D472" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E472" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F472" t="s">
+        <v>11</v>
+      </c>
+      <c r="G472" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H472" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I472" t="s">
+        <v>11</v>
+      </c>
+      <c r="J472" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="s">
+        <v>54</v>
+      </c>
+      <c r="B473" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C473" t="s">
+        <v>11</v>
+      </c>
+      <c r="D473" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E473" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F473" t="s">
+        <v>11</v>
+      </c>
+      <c r="G473" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H473" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I473" t="s">
+        <v>11</v>
+      </c>
+      <c r="J473" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="s">
+        <v>54</v>
+      </c>
+      <c r="B474" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C474" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D474" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E474" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F474" t="s">
+        <v>11</v>
+      </c>
+      <c r="G474" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H474" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I474" t="s">
+        <v>11</v>
+      </c>
+      <c r="J474" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="s">
+        <v>54</v>
+      </c>
+      <c r="B475" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C475" t="s">
+        <v>11</v>
+      </c>
+      <c r="D475" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E475" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F475" t="s">
+        <v>11</v>
+      </c>
+      <c r="G475" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H475" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I475" t="s">
+        <v>11</v>
+      </c>
+      <c r="J475" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="s">
+        <v>54</v>
+      </c>
+      <c r="B476" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C476" t="s">
+        <v>11</v>
+      </c>
+      <c r="D476" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E476" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F476" t="s">
+        <v>11</v>
+      </c>
+      <c r="G476" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H476" t="s">
+        <v>2238</v>
+      </c>
+      <c r="I476" t="s">
+        <v>11</v>
+      </c>
+      <c r="J476" t="s">
+        <v>2235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B2" t="s">
-        <v>2153</v>
+        <v>2240</v>
       </c>
       <c r="C2" t="s">
-        <v>2154</v>
+        <v>2241</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2155</v>
+        <v>2242</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2156</v>
+        <v>2243</v>
       </c>
       <c r="H2" t="s">
-        <v>2157</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B3" t="s">
-        <v>2158</v>
+        <v>2245</v>
       </c>
       <c r="C3" t="s">
-        <v>2159</v>
+        <v>2246</v>
       </c>
       <c r="D3" t="s">
-        <v>2160</v>
+        <v>2247</v>
       </c>
       <c r="E3" t="s">
-        <v>2161</v>
+        <v>2248</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2162</v>
+        <v>2249</v>
       </c>
       <c r="H3" t="s">
-        <v>2163</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B4" t="s">
-        <v>2164</v>
+        <v>2251</v>
       </c>
       <c r="C4" t="s">
-        <v>2165</v>
+        <v>2252</v>
       </c>
       <c r="D4" t="s">
-        <v>2166</v>
+        <v>2253</v>
       </c>
       <c r="E4" t="s">
-        <v>2167</v>
+        <v>2254</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2168</v>
+        <v>2255</v>
       </c>
       <c r="H4" t="s">
-        <v>2169</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B5" t="s">
-        <v>2170</v>
+        <v>2257</v>
       </c>
       <c r="C5" t="s">
-        <v>2171</v>
+        <v>2258</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2172</v>
+        <v>2259</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2173</v>
+        <v>2260</v>
       </c>
       <c r="H5" t="s">
-        <v>2174</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B6" t="s">
-        <v>2175</v>
+        <v>2262</v>
       </c>
       <c r="C6" t="s">
-        <v>2176</v>
+        <v>2263</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2177</v>
+        <v>2264</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2178</v>
+        <v>2265</v>
       </c>
       <c r="H6" t="s">
-        <v>2179</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B7" t="s">
-        <v>2180</v>
+        <v>2267</v>
       </c>
       <c r="C7" t="s">
-        <v>2181</v>
+        <v>2268</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2177</v>
+        <v>2264</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2182</v>
+        <v>2269</v>
       </c>
       <c r="H7" t="s">
-        <v>2183</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B8" t="s">
-        <v>2184</v>
+        <v>2271</v>
       </c>
       <c r="C8" t="s">
-        <v>2185</v>
+        <v>2272</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2177</v>
+        <v>2264</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2186</v>
+        <v>2273</v>
       </c>
       <c r="H8" t="s">
-        <v>2187</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B9" t="s">
-        <v>2188</v>
+        <v>2275</v>
       </c>
       <c r="C9" t="s">
-        <v>2189</v>
+        <v>2276</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2190</v>
+        <v>2277</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2191</v>
+        <v>2278</v>
       </c>
       <c r="H9" t="s">
-        <v>2192</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B10" t="s">
-        <v>2193</v>
+        <v>2280</v>
       </c>
       <c r="C10" t="s">
-        <v>2194</v>
+        <v>2281</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2195</v>
+        <v>2282</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2196</v>
+        <v>2283</v>
       </c>
       <c r="H10" t="s">
-        <v>2197</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B11" t="s">
-        <v>2198</v>
+        <v>2285</v>
       </c>
       <c r="C11" t="s">
-        <v>2199</v>
+        <v>2286</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2200</v>
+        <v>2287</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2201</v>
+        <v>2288</v>
       </c>
       <c r="H11" t="s">
-        <v>2202</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B12" t="s">
-        <v>2203</v>
+        <v>2290</v>
       </c>
       <c r="C12" t="s">
-        <v>2204</v>
+        <v>2291</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2205</v>
+        <v>2292</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2206</v>
+        <v>2293</v>
       </c>
       <c r="H12" t="s">
-        <v>2207</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B13" t="s">
-        <v>2208</v>
+        <v>2295</v>
       </c>
       <c r="C13" t="s">
-        <v>2209</v>
+        <v>2296</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2210</v>
+        <v>2297</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2211</v>
+        <v>2298</v>
       </c>
       <c r="H13" t="s">
-        <v>2212</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B14" t="s">
-        <v>2213</v>
+        <v>2300</v>
       </c>
       <c r="C14" t="s">
-        <v>2214</v>
+        <v>2301</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2210</v>
+        <v>2297</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2215</v>
+        <v>2302</v>
       </c>
       <c r="H14" t="s">
-        <v>2216</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B15" t="s">
-        <v>2217</v>
+        <v>2304</v>
       </c>
       <c r="C15" t="s">
-        <v>2218</v>
+        <v>2305</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2219</v>
+        <v>2306</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2220</v>
+        <v>2307</v>
       </c>
       <c r="H15" t="s">
-        <v>2221</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B16" t="s">
-        <v>2222</v>
+        <v>2309</v>
       </c>
       <c r="C16" t="s">
-        <v>2223</v>
+        <v>2310</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2219</v>
+        <v>2306</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2224</v>
+        <v>2311</v>
       </c>
       <c r="H16" t="s">
-        <v>2225</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B17" t="s">
-        <v>2226</v>
+        <v>2313</v>
       </c>
       <c r="C17" t="s">
-        <v>2227</v>
+        <v>2314</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2219</v>
+        <v>2306</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2228</v>
+        <v>2315</v>
       </c>
       <c r="H17" t="s">
-        <v>2229</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B18" t="s">
-        <v>2230</v>
+        <v>2317</v>
       </c>
       <c r="C18" t="s">
-        <v>2231</v>
+        <v>2318</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2219</v>
+        <v>2306</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2232</v>
+        <v>2319</v>
       </c>
       <c r="H18" t="s">
-        <v>2233</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B19" t="s">
-        <v>2234</v>
+        <v>2321</v>
       </c>
       <c r="C19" t="s">
-        <v>2235</v>
+        <v>2322</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2219</v>
+        <v>2306</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2236</v>
+        <v>2323</v>
       </c>
       <c r="H19" t="s">
-        <v>2237</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B20" t="s">
-        <v>2238</v>
+        <v>2325</v>
       </c>
       <c r="C20" t="s">
-        <v>2239</v>
+        <v>2326</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2240</v>
+        <v>2327</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2241</v>
+        <v>2328</v>
       </c>
       <c r="H20" t="s">
-        <v>2242</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B21" t="s">
-        <v>2243</v>
+        <v>2330</v>
       </c>
       <c r="C21" t="s">
-        <v>2244</v>
+        <v>2331</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2245</v>
+        <v>2332</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2246</v>
+        <v>2333</v>
       </c>
       <c r="H21" t="s">
-        <v>2247</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B22" t="s">
-        <v>2248</v>
+        <v>2335</v>
       </c>
       <c r="C22" t="s">
-        <v>2249</v>
+        <v>2336</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2250</v>
+        <v>2337</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2251</v>
+        <v>2338</v>
       </c>
       <c r="H22" t="s">
-        <v>2252</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B23" t="s">
-        <v>2253</v>
+        <v>2340</v>
       </c>
       <c r="C23" t="s">
-        <v>2254</v>
+        <v>2341</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2255</v>
+        <v>2342</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2256</v>
+        <v>2343</v>
       </c>
       <c r="H23" t="s">
-        <v>2257</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B24" t="s">
-        <v>2258</v>
+        <v>2345</v>
       </c>
       <c r="C24" t="s">
-        <v>2259</v>
+        <v>2346</v>
       </c>
       <c r="D24" t="s">
-        <v>2260</v>
+        <v>2347</v>
       </c>
       <c r="E24" t="s">
-        <v>2261</v>
+        <v>2348</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2262</v>
+        <v>2349</v>
       </c>
       <c r="H24" t="s">
-        <v>2263</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B25" t="s">
-        <v>2264</v>
+        <v>2351</v>
       </c>
       <c r="C25" t="s">
-        <v>2265</v>
+        <v>2352</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2266</v>
+        <v>2353</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2267</v>
+        <v>2354</v>
       </c>
       <c r="H25" t="s">
-        <v>2268</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B26" t="s">
-        <v>2269</v>
+        <v>2356</v>
       </c>
       <c r="C26" t="s">
-        <v>2270</v>
+        <v>2357</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2271</v>
+        <v>2358</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2272</v>
+        <v>2359</v>
       </c>
       <c r="H26" t="s">
-        <v>2273</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2152</v>
+        <v>2239</v>
       </c>
       <c r="B27" t="s">
-        <v>2274</v>
+        <v>2361</v>
       </c>
       <c r="C27" t="s">
-        <v>2275</v>
+        <v>2362</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2276</v>
+        <v>2363</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2277</v>
+        <v>2364</v>
       </c>
       <c r="H27" t="s">
-        <v>2278</v>
+        <v>2365</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2279</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2280</v>
+        <v>2367</v>
       </c>
       <c r="B2" t="s">
-        <v>2281</v>
+        <v>2368</v>
       </c>
       <c r="C2" t="s">
-        <v>2282</v>
+        <v>2369</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2283</v>
+        <v>2370</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2284</v>
+        <v>2371</v>
       </c>
       <c r="H2" t="s">
-        <v>2285</v>
+        <v>2372</v>
       </c>
       <c r="I2" t="s">
-        <v>2286</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2280</v>
+        <v>2367</v>
       </c>
       <c r="B3" t="s">
-        <v>2287</v>
+        <v>2374</v>
       </c>
       <c r="C3" t="s">
-        <v>2288</v>
+        <v>2375</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2289</v>
+        <v>2376</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2290</v>
+        <v>2377</v>
       </c>
       <c r="H3" t="s">
-        <v>2291</v>
+        <v>2378</v>
       </c>
       <c r="I3" t="s">
-        <v>2286</v>
+        <v>2373</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2292</v>
+        <v>2379</v>
       </c>
       <c r="B2" t="s">
-        <v>2293</v>
+        <v>2380</v>
       </c>
       <c r="C2" t="s">
-        <v>2294</v>
+        <v>2381</v>
       </c>
       <c r="D2" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="E2" t="s">
-        <v>2295</v>
+        <v>2382</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2296</v>
+        <v>2383</v>
       </c>
       <c r="H2" t="s">
-        <v>2297</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2292</v>
+        <v>2379</v>
       </c>
       <c r="B3" t="s">
-        <v>2298</v>
+        <v>2385</v>
       </c>
       <c r="C3" t="s">
-        <v>2299</v>
+        <v>2386</v>
       </c>
       <c r="D3" t="s">
-        <v>2300</v>
+        <v>2387</v>
       </c>
       <c r="E3" t="s">
-        <v>2301</v>
+        <v>2388</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2302</v>
+        <v>2389</v>
       </c>
       <c r="H3" t="s">
-        <v>2303</v>
+        <v>2390</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2304</v>
+        <v>2391</v>
       </c>
       <c r="B2" t="s">
-        <v>2305</v>
+        <v>2392</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2306</v>
+        <v>2393</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2307</v>
+        <v>2394</v>
       </c>
       <c r="H2" t="s">
-        <v>2308</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2304</v>
+        <v>2391</v>
       </c>
       <c r="B3" t="s">
-        <v>2309</v>
+        <v>2396</v>
       </c>
       <c r="C3" t="s">
-        <v>2310</v>
+        <v>2397</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2311</v>
+        <v>2398</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2312</v>
+        <v>2399</v>
       </c>
       <c r="H3" t="s">
-        <v>2313</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2304</v>
+        <v>2391</v>
       </c>
       <c r="B4" t="s">
-        <v>2314</v>
+        <v>2401</v>
       </c>
       <c r="C4" t="s">
-        <v>2315</v>
+        <v>2402</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2316</v>
+        <v>2403</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2317</v>
+        <v>2404</v>
       </c>
       <c r="H4" t="s">
-        <v>2318</v>
+        <v>2405</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2319</v>
+        <v>2406</v>
       </c>
       <c r="B2" t="s">
-        <v>2320</v>
+        <v>2407</v>
       </c>
       <c r="C2" t="s">
-        <v>2321</v>
+        <v>2408</v>
       </c>
       <c r="D2" t="s">
-        <v>2322</v>
+        <v>2409</v>
       </c>
       <c r="E2" t="s">
-        <v>2323</v>
+        <v>2410</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2324</v>
+        <v>2411</v>
       </c>
       <c r="H2" t="s">
-        <v>2325</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2319</v>
+        <v>2406</v>
       </c>
       <c r="B3" t="s">
-        <v>2326</v>
+        <v>2413</v>
       </c>
       <c r="C3" t="s">
-        <v>2327</v>
+        <v>2414</v>
       </c>
       <c r="D3" t="s">
-        <v>2328</v>
+        <v>2415</v>
       </c>
       <c r="E3" t="s">
-        <v>2329</v>
+        <v>2416</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2330</v>
+        <v>2417</v>
       </c>
       <c r="H3" t="s">
-        <v>2331</v>
+        <v>2418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H36"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B2" t="s">
-        <v>2333</v>
+        <v>2420</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>2421</v>
       </c>
       <c r="D2" t="s">
-        <v>2334</v>
+        <v>100</v>
       </c>
       <c r="E2" t="s">
-        <v>2335</v>
+        <v>2422</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2336</v>
+        <v>2423</v>
       </c>
       <c r="H2" t="s">
-        <v>2337</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B3" t="s">
-        <v>2338</v>
+        <v>2425</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="E3" t="s">
-        <v>2339</v>
+        <v>2426</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2340</v>
+        <v>2427</v>
       </c>
       <c r="H3" t="s">
-        <v>2341</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B4" t="s">
-        <v>2342</v>
+        <v>2429</v>
       </c>
       <c r="C4" t="s">
-        <v>2343</v>
+        <v>2430</v>
       </c>
       <c r="D4" t="s">
-        <v>2344</v>
+        <v>2431</v>
       </c>
       <c r="E4" t="s">
-        <v>2345</v>
+        <v>2432</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2346</v>
+        <v>2433</v>
       </c>
       <c r="H4" t="s">
-        <v>2347</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B5" t="s">
-        <v>2348</v>
+        <v>2435</v>
       </c>
       <c r="C5" t="s">
-        <v>2349</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>2344</v>
+        <v>2436</v>
       </c>
       <c r="E5" t="s">
-        <v>2350</v>
+        <v>2437</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2351</v>
+        <v>2438</v>
       </c>
       <c r="H5" t="s">
-        <v>2352</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B6" t="s">
-        <v>2353</v>
+        <v>2440</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>230</v>
+        <v>296</v>
       </c>
       <c r="E6" t="s">
-        <v>2354</v>
+        <v>2441</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2355</v>
+        <v>2442</v>
       </c>
       <c r="H6" t="s">
-        <v>2356</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B7" t="s">
-        <v>2357</v>
+        <v>2444</v>
       </c>
       <c r="C7" t="s">
-        <v>2358</v>
+        <v>2445</v>
       </c>
       <c r="D7" t="s">
-        <v>2359</v>
+        <v>2446</v>
       </c>
       <c r="E7" t="s">
-        <v>2360</v>
+        <v>2447</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2361</v>
+        <v>2448</v>
       </c>
       <c r="H7" t="s">
-        <v>2362</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B8" t="s">
-        <v>2363</v>
+        <v>2450</v>
       </c>
       <c r="C8" t="s">
-        <v>2364</v>
+        <v>2451</v>
       </c>
       <c r="D8" t="s">
-        <v>2365</v>
+        <v>2446</v>
       </c>
       <c r="E8" t="s">
-        <v>2366</v>
+        <v>2452</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2367</v>
+        <v>2453</v>
       </c>
       <c r="H8" t="s">
-        <v>2368</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B9" t="s">
-        <v>2369</v>
+        <v>2455</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>331</v>
       </c>
       <c r="E9" t="s">
-        <v>2370</v>
+        <v>2456</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2371</v>
+        <v>2457</v>
       </c>
       <c r="H9" t="s">
-        <v>2372</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B10" t="s">
-        <v>2373</v>
+        <v>2459</v>
       </c>
       <c r="C10" t="s">
-        <v>2374</v>
+        <v>2460</v>
       </c>
       <c r="D10" t="s">
-        <v>2375</v>
+        <v>2461</v>
       </c>
       <c r="E10" t="s">
-        <v>2376</v>
+        <v>2462</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2377</v>
+        <v>2463</v>
       </c>
       <c r="H10" t="s">
-        <v>2378</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B11" t="s">
-        <v>2379</v>
+        <v>2465</v>
       </c>
       <c r="C11" t="s">
-        <v>2380</v>
+        <v>2466</v>
       </c>
       <c r="D11" t="s">
-        <v>2381</v>
+        <v>2467</v>
       </c>
       <c r="E11" t="s">
-        <v>2382</v>
+        <v>2468</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2383</v>
+        <v>2469</v>
       </c>
       <c r="H11" t="s">
-        <v>2384</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B12" t="s">
-        <v>2385</v>
+        <v>2471</v>
       </c>
       <c r="C12" t="s">
-        <v>2386</v>
+        <v>2472</v>
       </c>
       <c r="D12" t="s">
-        <v>2387</v>
+        <v>2473</v>
       </c>
       <c r="E12" t="s">
-        <v>2388</v>
+        <v>2474</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2389</v>
+        <v>2475</v>
       </c>
       <c r="H12" t="s">
-        <v>2390</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B13" t="s">
-        <v>2391</v>
+        <v>2477</v>
       </c>
       <c r="C13" t="s">
-        <v>2392</v>
+        <v>2478</v>
       </c>
       <c r="D13" t="s">
-        <v>2393</v>
+        <v>2479</v>
       </c>
       <c r="E13" t="s">
-        <v>2394</v>
+        <v>2480</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2395</v>
+        <v>2481</v>
       </c>
       <c r="H13" t="s">
-        <v>2396</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B14" t="s">
-        <v>2397</v>
+        <v>2483</v>
       </c>
       <c r="C14" t="s">
-        <v>2398</v>
+        <v>2484</v>
       </c>
       <c r="D14" t="s">
-        <v>2399</v>
+        <v>2485</v>
       </c>
       <c r="E14" t="s">
-        <v>2400</v>
+        <v>2486</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2401</v>
+        <v>2487</v>
       </c>
       <c r="H14" t="s">
-        <v>2402</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B15" t="s">
-        <v>2403</v>
+        <v>2489</v>
       </c>
       <c r="C15" t="s">
-        <v>2404</v>
+        <v>2490</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>2491</v>
       </c>
       <c r="E15" t="s">
-        <v>2405</v>
+        <v>2492</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2406</v>
+        <v>2493</v>
       </c>
       <c r="H15" t="s">
-        <v>2407</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B16" t="s">
-        <v>2408</v>
+        <v>2495</v>
       </c>
       <c r="C16" t="s">
-        <v>2409</v>
+        <v>2496</v>
       </c>
       <c r="D16" t="s">
-        <v>2410</v>
+        <v>2497</v>
       </c>
       <c r="E16" t="s">
-        <v>2411</v>
+        <v>2498</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2412</v>
+        <v>2499</v>
       </c>
       <c r="H16" t="s">
-        <v>2413</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B17" t="s">
-        <v>2414</v>
+        <v>2501</v>
       </c>
       <c r="C17" t="s">
-        <v>2415</v>
+        <v>2502</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2416</v>
+        <v>2503</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2417</v>
+        <v>2504</v>
       </c>
       <c r="H17" t="s">
-        <v>2418</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B18" t="s">
-        <v>2419</v>
+        <v>2506</v>
       </c>
       <c r="C18" t="s">
-        <v>2420</v>
+        <v>2507</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>2508</v>
       </c>
       <c r="E18" t="s">
-        <v>2421</v>
+        <v>2509</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2422</v>
+        <v>2510</v>
       </c>
       <c r="H18" t="s">
-        <v>2423</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B19" t="s">
-        <v>2424</v>
+        <v>2512</v>
       </c>
       <c r="C19" t="s">
-        <v>2425</v>
+        <v>2513</v>
       </c>
       <c r="D19" t="s">
-        <v>2426</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2427</v>
+        <v>2514</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2428</v>
+        <v>2515</v>
       </c>
       <c r="H19" t="s">
-        <v>2429</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B20" t="s">
-        <v>2430</v>
+        <v>2517</v>
       </c>
       <c r="C20" t="s">
-        <v>2431</v>
+        <v>2518</v>
       </c>
       <c r="D20" t="s">
-        <v>2432</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2432</v>
+        <v>2519</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2433</v>
+        <v>2520</v>
       </c>
       <c r="H20" t="s">
-        <v>2434</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B21" t="s">
-        <v>2435</v>
+        <v>2522</v>
       </c>
       <c r="C21" t="s">
-        <v>2436</v>
+        <v>2523</v>
       </c>
       <c r="D21" t="s">
-        <v>2437</v>
+        <v>2524</v>
       </c>
       <c r="E21" t="s">
-        <v>2438</v>
+        <v>2525</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2439</v>
+        <v>2526</v>
       </c>
       <c r="H21" t="s">
-        <v>2440</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B22" t="s">
-        <v>2441</v>
+        <v>2528</v>
       </c>
       <c r="C22" t="s">
-        <v>2442</v>
+        <v>2529</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>2530</v>
       </c>
       <c r="E22" t="s">
-        <v>2443</v>
+        <v>2530</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2444</v>
+        <v>2531</v>
       </c>
       <c r="H22" t="s">
-        <v>2445</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B23" t="s">
-        <v>2446</v>
+        <v>2533</v>
       </c>
       <c r="C23" t="s">
-        <v>2447</v>
+        <v>2534</v>
       </c>
       <c r="D23" t="s">
-        <v>2448</v>
+        <v>2535</v>
       </c>
       <c r="E23" t="s">
-        <v>2449</v>
+        <v>2536</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2450</v>
+        <v>2537</v>
       </c>
       <c r="H23" t="s">
-        <v>2451</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B24" t="s">
-        <v>2452</v>
+        <v>2539</v>
       </c>
       <c r="C24" t="s">
-        <v>2453</v>
+        <v>2540</v>
       </c>
       <c r="D24" t="s">
-        <v>2454</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2455</v>
+        <v>2541</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2456</v>
+        <v>2542</v>
       </c>
       <c r="H24" t="s">
-        <v>2457</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B25" t="s">
-        <v>2458</v>
+        <v>2544</v>
       </c>
       <c r="C25" t="s">
-        <v>2459</v>
+        <v>2545</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>2546</v>
       </c>
       <c r="E25" t="s">
-        <v>2460</v>
+        <v>2547</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2461</v>
+        <v>2548</v>
       </c>
       <c r="H25" t="s">
-        <v>2462</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B26" t="s">
-        <v>2463</v>
+        <v>2550</v>
       </c>
       <c r="C26" t="s">
-        <v>2464</v>
+        <v>2551</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>2552</v>
       </c>
       <c r="E26" t="s">
-        <v>2465</v>
+        <v>2553</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2466</v>
+        <v>2554</v>
       </c>
       <c r="H26" t="s">
-        <v>2467</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B27" t="s">
-        <v>2468</v>
+        <v>2556</v>
       </c>
       <c r="C27" t="s">
-        <v>2469</v>
+        <v>2557</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2470</v>
+        <v>2558</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2471</v>
+        <v>2559</v>
       </c>
       <c r="H27" t="s">
-        <v>2472</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B28" t="s">
-        <v>2473</v>
+        <v>2561</v>
       </c>
       <c r="C28" t="s">
-        <v>2474</v>
+        <v>2562</v>
       </c>
       <c r="D28" t="s">
-        <v>2475</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2476</v>
+        <v>2563</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2477</v>
+        <v>2564</v>
       </c>
       <c r="H28" t="s">
-        <v>2478</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B29" t="s">
-        <v>2479</v>
+        <v>2566</v>
       </c>
       <c r="C29" t="s">
-        <v>2480</v>
+        <v>2567</v>
       </c>
       <c r="D29" t="s">
-        <v>2481</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2481</v>
+        <v>2568</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2482</v>
+        <v>2569</v>
       </c>
       <c r="H29" t="s">
-        <v>2483</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B30" t="s">
-        <v>2484</v>
+        <v>2571</v>
       </c>
       <c r="C30" t="s">
-        <v>2425</v>
+        <v>2572</v>
       </c>
       <c r="D30" t="s">
-        <v>2426</v>
+        <v>2573</v>
       </c>
       <c r="E30" t="s">
-        <v>2485</v>
+        <v>2574</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2486</v>
+        <v>2575</v>
       </c>
       <c r="H30" t="s">
-        <v>2487</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B31" t="s">
-        <v>2488</v>
+        <v>2577</v>
       </c>
       <c r="C31" t="s">
-        <v>2489</v>
+        <v>2578</v>
       </c>
       <c r="D31" t="s">
-        <v>2490</v>
+        <v>2579</v>
       </c>
       <c r="E31" t="s">
-        <v>2491</v>
+        <v>2579</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2492</v>
+        <v>2580</v>
       </c>
       <c r="H31" t="s">
-        <v>2493</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B32" t="s">
-        <v>2494</v>
+        <v>2582</v>
       </c>
       <c r="C32" t="s">
-        <v>2495</v>
+        <v>2523</v>
       </c>
       <c r="D32" t="s">
-        <v>2496</v>
+        <v>2524</v>
       </c>
       <c r="E32" t="s">
-        <v>2497</v>
+        <v>2583</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2498</v>
+        <v>2584</v>
       </c>
       <c r="H32" t="s">
-        <v>2499</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B33" t="s">
-        <v>2500</v>
+        <v>2586</v>
       </c>
       <c r="C33" t="s">
-        <v>2501</v>
+        <v>2587</v>
       </c>
       <c r="D33" t="s">
-        <v>2502</v>
+        <v>2588</v>
       </c>
       <c r="E33" t="s">
-        <v>2503</v>
+        <v>2589</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2504</v>
+        <v>2590</v>
       </c>
       <c r="H33" t="s">
-        <v>2505</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B34" t="s">
-        <v>2506</v>
+        <v>2592</v>
       </c>
       <c r="C34" t="s">
-        <v>2507</v>
+        <v>2593</v>
       </c>
       <c r="D34" t="s">
-        <v>2508</v>
+        <v>2594</v>
       </c>
       <c r="E34" t="s">
-        <v>2509</v>
+        <v>2595</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2510</v>
+        <v>2596</v>
       </c>
       <c r="H34" t="s">
-        <v>2511</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B35" t="s">
-        <v>2512</v>
+        <v>2598</v>
       </c>
       <c r="C35" t="s">
-        <v>2513</v>
+        <v>2599</v>
       </c>
       <c r="D35" t="s">
-        <v>2514</v>
+        <v>2600</v>
       </c>
       <c r="E35" t="s">
-        <v>2515</v>
+        <v>2601</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2516</v>
+        <v>2602</v>
       </c>
       <c r="H35" t="s">
-        <v>2517</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2332</v>
+        <v>2419</v>
       </c>
       <c r="B36" t="s">
-        <v>2518</v>
+        <v>2604</v>
       </c>
       <c r="C36" t="s">
-        <v>2519</v>
+        <v>2605</v>
       </c>
       <c r="D36" t="s">
-        <v>2520</v>
+        <v>2606</v>
       </c>
       <c r="E36" t="s">
-        <v>2521</v>
+        <v>2607</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2522</v>
+        <v>2608</v>
       </c>
       <c r="H36" t="s">
-        <v>2523</v>
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2612</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2613</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2621</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>