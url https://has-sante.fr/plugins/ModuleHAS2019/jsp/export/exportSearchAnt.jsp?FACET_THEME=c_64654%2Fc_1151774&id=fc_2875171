--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -24,94 +24,112 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Press release" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="874">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1281" uniqueCount="887">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
     <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
   </si>
   <si>
     <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
   </si>
   <si>
     <t>07/10/2019 00:00:00</t>
   </si>
   <si>
     <t>07/11/2019 17:51:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
     <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
   </si>
   <si>
     <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>02/01/2003 00:00:00</t>
   </si>
   <si>
     <t>02/01/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
     <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
@@ -362,53 +380,50 @@
   <si>
     <t>c_2035591</t>
   </si>
   <si>
     <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
   </si>
   <si>
     <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
   </si>
   <si>
     <t>01/28/2015 00:00:00</t>
   </si>
   <si>
     <t>03/17/2015 18:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
     <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
     <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
   </si>
   <si>
     <t>To evaluate the clinical effectiveness of HIFU therapy for early localized prostate cancer. HIFU therapy is applied as primary treatment for low and intermediate risk localized prostate cancer (T1-2 NxM0) in patients older than 70 years, and for local recurrence of prostate cancer after radiotherapy failure</t>
   </si>
   <si>
     <t>12/16/2010 00:00:00</t>
   </si>
   <si>
     <t>01/28/2011 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
@@ -425,50 +440,215 @@
   <si>
     <t>The accreditation body for urologists, the AFU (Association française d'urologie), is proposing a list of key points for all professionals involved in the treatment of male urinary disorders or urinary calculi using laser energy (urologists, anaesthetists, biomedical engineers, risk managers, hospital pharmacists, nurses, etc.). These key points are detailed in the patient safety solution "Energies laser en urologie. How to avoid complications for patients (and professionals)? ".</t>
   </si>
   <si>
     <t>10/02/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545041/en/label-laser-energy-in-urology</t>
   </si>
   <si>
     <t>p_3545041</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466151/en/jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3466151</t>
+  </si>
+  <si>
+    <t>dostarlimab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466095/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296883/en/jemperli-500-mg-dostarlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488415/en/jemperli-dostarlimab-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547525/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547545/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578491/en/jemperli-dostarlimab-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639405/en/jemperli-dostarlimab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741961/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>IMFINZI</t>
+  </si>
+  <si>
+    <t>10/28/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982846/en/imfinzi</t>
+  </si>
+  <si>
+    <t>pprd_2982846</t>
+  </si>
+  <si>
+    <t>durvalumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908478/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239200/en/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242177/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372376/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418037/en/imfinzi-durvalumab-carcinome-hepato-cellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448228/en/imfinzi-durvalumab-and-imjudo-tremelimumab-hepatocellular-carcinoma-hcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451406/en/imfinzi-durvalumab-biliary-tract-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459834/en/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-metastatic-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468175/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506840/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555565/en/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562956/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590636/en/imfinzi-durvalumab-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609085/en/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>DUPHASTON (dydrogestérone)</t>
+  </si>
+  <si>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984207</t>
+  </si>
+  <si>
+    <t>dydrogestérone</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/en/duphaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>PHYSIOGINE (estriol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984633</t>
+  </si>
+  <si>
+    <t>estriol</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/en/physiogine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
     <t>KEYTRUDA</t>
   </si>
   <si>
     <t>08/08/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
@@ -605,186 +785,108 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639405/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>CAMCEVI (leuproréline)</t>
+  </si>
+  <si>
+    <t>07/24/2025 10:59:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637853/en/camcevi-leuproreline</t>
+  </si>
+  <si>
+    <t>p_3637853</t>
+  </si>
+  <si>
+    <t>leuproréline</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637601/en/camcevi-42-mg-leuprorelin-prostate-cancer</t>
   </si>
   <si>
     <t>GARDASIL - GARDASIL 9</t>
   </si>
   <si>
     <t>07/03/2025 17:06:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983518/en/gardasil-gardasil-9</t>
   </si>
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1232860/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1525559/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609085/en/imfinzi-durvalumab-cancer-de-la-vessie</t>
+    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
   </si>
   <si>
     <t>PLUVICTO (lutécium (177Lu) vipivotide tétraxétan)</t>
   </si>
   <si>
     <t>05/06/2025 14:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443413/en/pluvicto-lutecium-177lu-vipivotide-tetraxetan</t>
   </si>
   <si>
     <t>p_3443413</t>
   </si>
   <si>
     <t>lutécium (177Lu) vipivotide tétraxétan</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443283/en/pluvicto-lutetium-177lu-vipivotide-tetraxetan-prostate-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358995/en/pluvicto-177lu-lu-psma-617-cancer-de-la-prostate</t>
   </si>
@@ -1115,53 +1217,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352203/en/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3368278/en/radelumin-18f-psma-1007</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498747/en/radelumin-18f-psma-1007-prostate-cancer</t>
   </si>
   <si>
     <t>YSELTY (linzagolix)</t>
   </si>
   <si>
     <t>01/25/2024 08:43:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490952/en/yselty-linzagolix</t>
   </si>
   <si>
     <t>p_3490952</t>
   </si>
   <si>
     <t>linzagolix</t>
   </si>
   <si>
-    <t>THERAMEX</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3490827/en/yselty-linzagolix-uterine-fibroids</t>
   </si>
   <si>
     <t>LIBTAYO</t>
   </si>
   <si>
     <t>01/12/2024 16:39:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3167133/en/libtayo</t>
   </si>
   <si>
     <t>p_3167133</t>
   </si>
   <si>
     <t>cemiplimab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166985/en/libtayo-cemiplimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299037/en/libtayo-350-mg-cemiplimab-cbnpc</t>
@@ -1298,104 +1397,65 @@
   <si>
     <t>ZEJULA (niraparib), inhibiteur de PARP (poly-ADP ribose polymérase)</t>
   </si>
   <si>
     <t>08/03/2023 10:15:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983137/en/zejula-niraparib-inhibiteur-de-parp-poly-adp-ribose-polymerase</t>
   </si>
   <si>
     <t>pprd_2983137</t>
   </si>
   <si>
     <t>niraparib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867845/en/zejula-niraparib-parp-poly-adp-ribose-polymerase-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3243403/en/zejula-niraparib-tosilate-de-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456506/en/zejula-niraparib-cancer-de-l-ovaire</t>
   </si>
   <si>
-    <t>PHYSIOGINE (estriol)</t>
-[...34 lines deleted...]
-  <si>
     <t>ORGOVYX (relugolix)</t>
   </si>
   <si>
     <t>05/15/2023 14:09:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3434445/en/orgovyx-relugolix</t>
   </si>
   <si>
     <t>p_3434445</t>
   </si>
   <si>
     <t>relugolix</t>
   </si>
   <si>
-    <t>ACCORD HEALTHCARE FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3434157/en/orgovyx-relugolix-advanced-hormone-sensitive-prostate-cancer</t>
   </si>
   <si>
     <t>LOCAMETZ (gallium (68Ga) gozétotide)</t>
   </si>
   <si>
     <t>04/27/2023 17:03:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3430394/en/locametz-gallium-68ga-gozetotide</t>
   </si>
   <si>
     <t>p_3430394</t>
   </si>
   <si>
     <t>gallium (68Ga) gozétotide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3428422/en/locametz-gallium-68ga-gozetotide-prostate-cancer</t>
   </si>
   <si>
     <t>XTANDI</t>
   </si>
   <si>
     <t>03/20/2023 08:30:18</t>
@@ -2409,71 +2469,50 @@
     <t>02/19/2016 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984196/en/surgestone-promegestone</t>
   </si>
   <si>
     <t>pprd_2984196</t>
   </si>
   <si>
     <t>promégestone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399079/en/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_544791/en/surgestone-promegestone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1050835/en/surgestone-promegestone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753159/en/surgestone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2610503/en/surgestone-promegestone</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
   </si>
   <si>
     <t>01/29/2016 08:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
   </si>
   <si>
     <t>pprd_2984280</t>
   </si>
   <si>
     <t>gonadotrophine chorionique humaine</t>
   </si>
   <si>
     <t>GENEVRIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
   </si>
   <si>
     <t>PROGESTERONE RETARD PHARLON (caproate d'hydroxyprogestérone)</t>
   </si>
@@ -2696,51 +2735,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2788,3996 +2827,4066 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
-[...9 lines deleted...]
-        <v>25</v>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B4" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D4" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E4" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H4" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="E5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C8" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D8" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E8" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="H8" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C9" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D9" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="E9" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="H9" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="D10" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="E10" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="H10" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H11" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D13" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="E13" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H13" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM71"/>
+  <dimension ref="A1:BM72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="J1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="K1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="J2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="K2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="L2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="M2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="N2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="O2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Q2" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="R2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="S2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="T2" t="s">
-        <v>148</v>
-[...7 lines deleted...]
-      <c r="W2" t="s">
         <v>151</v>
-      </c>
-[...124 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B3" t="s">
-        <v>194</v>
+        <v>152</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="H3" t="s">
-        <v>197</v>
+        <v>155</v>
       </c>
       <c r="I3" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="J3" t="s">
-        <v>199</v>
+        <v>157</v>
       </c>
       <c r="K3" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="L3" t="s">
-        <v>201</v>
+        <v>159</v>
       </c>
       <c r="M3" t="s">
-        <v>202</v>
+        <v>160</v>
       </c>
       <c r="N3" t="s">
-        <v>202</v>
+        <v>161</v>
       </c>
       <c r="O3" t="s">
-        <v>203</v>
+        <v>162</v>
       </c>
       <c r="P3" t="s">
-        <v>204</v>
+        <v>163</v>
       </c>
       <c r="Q3" t="s">
-        <v>205</v>
+        <v>164</v>
       </c>
       <c r="R3" t="s">
-        <v>206</v>
+        <v>165</v>
+      </c>
+      <c r="S3" t="s">
+        <v>166</v>
+      </c>
+      <c r="T3" t="s">
+        <v>167</v>
+      </c>
+      <c r="U3" t="s">
+        <v>168</v>
+      </c>
+      <c r="V3" t="s">
+        <v>169</v>
+      </c>
+      <c r="W3" t="s">
+        <v>170</v>
+      </c>
+      <c r="X3" t="s">
+        <v>171</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B4" t="s">
-        <v>207</v>
+        <v>173</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>209</v>
+        <v>175</v>
       </c>
       <c r="H4" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="I4" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="J4" t="s">
-        <v>212</v>
+        <v>178</v>
       </c>
       <c r="K4" t="s">
-        <v>213</v>
+        <v>179</v>
       </c>
       <c r="L4" t="s">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="M4" t="s">
-        <v>215</v>
-[...8 lines deleted...]
-        <v>218</v>
+        <v>181</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B5" t="s">
-        <v>219</v>
+        <v>182</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>220</v>
+        <v>174</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>221</v>
+        <v>183</v>
       </c>
       <c r="H5" t="s">
-        <v>222</v>
+        <v>184</v>
       </c>
       <c r="I5" t="s">
-        <v>223</v>
+        <v>185</v>
       </c>
       <c r="J5" t="s">
-        <v>224</v>
+        <v>186</v>
       </c>
       <c r="K5" t="s">
-        <v>225</v>
+        <v>187</v>
       </c>
       <c r="L5" t="s">
-        <v>226</v>
+        <v>188</v>
       </c>
       <c r="M5" t="s">
-        <v>227</v>
+        <v>189</v>
       </c>
       <c r="N5" t="s">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="O5" t="s">
-        <v>229</v>
+        <v>191</v>
       </c>
       <c r="P5" t="s">
-        <v>230</v>
-[...23 lines deleted...]
-        <v>238</v>
+        <v>192</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B6" t="s">
+        <v>193</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>194</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>195</v>
+      </c>
+      <c r="H6" t="s">
+        <v>196</v>
+      </c>
+      <c r="I6" t="s">
+        <v>197</v>
+      </c>
+      <c r="J6" t="s">
+        <v>198</v>
+      </c>
+      <c r="K6" t="s">
+        <v>199</v>
+      </c>
+      <c r="L6" t="s">
+        <v>200</v>
+      </c>
+      <c r="M6" t="s">
+        <v>201</v>
+      </c>
+      <c r="N6" t="s">
+        <v>202</v>
+      </c>
+      <c r="O6" t="s">
+        <v>203</v>
+      </c>
+      <c r="P6" t="s">
+        <v>204</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>205</v>
+      </c>
+      <c r="R6" t="s">
+        <v>206</v>
+      </c>
+      <c r="S6" t="s">
+        <v>207</v>
+      </c>
+      <c r="T6" t="s">
+        <v>208</v>
+      </c>
+      <c r="U6" t="s">
+        <v>209</v>
+      </c>
+      <c r="V6" t="s">
+        <v>210</v>
+      </c>
+      <c r="W6" t="s">
+        <v>211</v>
+      </c>
+      <c r="X6" t="s">
+        <v>212</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>215</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>217</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>218</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>222</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>225</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>226</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>227</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>228</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>229</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>230</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>231</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>232</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>233</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>234</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>235</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>236</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>237</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>238</v>
+      </c>
+      <c r="AY6" t="s">
         <v>239</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="AZ6" t="s">
         <v>240</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="BA6" t="s">
         <v>241</v>
       </c>
-      <c r="H6" t="s">
+      <c r="BB6" t="s">
         <v>242</v>
       </c>
-      <c r="I6" t="s">
+      <c r="BC6" t="s">
         <v>243</v>
       </c>
-      <c r="J6" t="s">
+      <c r="BD6" t="s">
         <v>244</v>
       </c>
-      <c r="K6" t="s">
+      <c r="BE6" t="s">
         <v>245</v>
       </c>
-      <c r="L6" t="s">
+      <c r="BF6" t="s">
         <v>246</v>
       </c>
-      <c r="M6" t="s">
+      <c r="BG6" t="s">
         <v>247</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>248</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>249</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>250</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>251</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>252</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B7" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="H7" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="I7" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="J7" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="K7" t="s">
-        <v>254</v>
-[...14 lines deleted...]
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B8" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H8" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I8" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J8" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="K8" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="L8" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="M8" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="N8" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="O8" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P8" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-      <c r="R8" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
+        <v>273</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>274</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>275</v>
+      </c>
+      <c r="H9" t="s">
+        <v>276</v>
+      </c>
+      <c r="I9" t="s">
+        <v>277</v>
+      </c>
+      <c r="J9" t="s">
+        <v>278</v>
+      </c>
+      <c r="K9" t="s">
+        <v>279</v>
+      </c>
+      <c r="L9" t="s">
+        <v>280</v>
+      </c>
+      <c r="M9" t="s">
         <v>281</v>
-      </c>
-[...28 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B10" t="s">
+        <v>282</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>283</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>284</v>
+      </c>
+      <c r="H10" t="s">
+        <v>285</v>
+      </c>
+      <c r="I10" t="s">
+        <v>286</v>
+      </c>
+      <c r="J10" t="s">
+        <v>287</v>
+      </c>
+      <c r="K10" t="s">
+        <v>288</v>
+      </c>
+      <c r="L10" t="s">
         <v>289</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="M10" t="s">
         <v>290</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="N10" t="s">
         <v>291</v>
       </c>
-      <c r="H10" t="s">
+      <c r="O10" t="s">
         <v>292</v>
       </c>
-      <c r="I10" t="s">
+      <c r="P10" t="s">
         <v>293</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B11" t="s">
+        <v>294</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>295</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>296</v>
+      </c>
+      <c r="H11" t="s">
+        <v>297</v>
+      </c>
+      <c r="I11" t="s">
         <v>298</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
+        <v>157</v>
+      </c>
+      <c r="K11" t="s">
         <v>299</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="L11" t="s">
         <v>300</v>
       </c>
-      <c r="H11" t="s">
+      <c r="M11" t="s">
         <v>301</v>
       </c>
-      <c r="I11" t="s">
+      <c r="N11" t="s">
         <v>302</v>
       </c>
-      <c r="J11" t="s">
+      <c r="O11" t="s">
         <v>303</v>
       </c>
-      <c r="K11" t="s">
+      <c r="P11" t="s">
         <v>304</v>
       </c>
-      <c r="L11" t="s">
+      <c r="Q11" t="s">
         <v>305</v>
+      </c>
+      <c r="R11" t="s">
+        <v>306</v>
+      </c>
+      <c r="S11" t="s">
+        <v>307</v>
+      </c>
+      <c r="T11" t="s">
+        <v>308</v>
+      </c>
+      <c r="U11" t="s">
+        <v>309</v>
+      </c>
+      <c r="V11" t="s">
+        <v>310</v>
+      </c>
+      <c r="W11" t="s">
+        <v>311</v>
+      </c>
+      <c r="X11" t="s">
+        <v>312</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>313</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>314</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B12" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="H12" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="I12" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="J12" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="K12" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="L12" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B13" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="H13" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="I13" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="J13" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="K13" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="L13" t="s">
-        <v>321</v>
+        <v>330</v>
+      </c>
+      <c r="M13" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B14" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="H14" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="I14" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="J14" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="K14" t="s">
-        <v>328</v>
+        <v>338</v>
+      </c>
+      <c r="L14" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B15" t="s">
-        <v>329</v>
+        <v>340</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>330</v>
+        <v>341</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="H15" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="I15" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="J15" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="K15" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="L15" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-        <v>339</v>
+        <v>347</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B16" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="H16" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="I16" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="J16" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="K16" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="L16" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="H17" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="I17" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="J17" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="K17" t="s">
-        <v>354</v>
-[...8 lines deleted...]
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="H18" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="I18" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="J18" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="K18" t="s">
-        <v>364</v>
+        <v>369</v>
+      </c>
+      <c r="L18" t="s">
+        <v>370</v>
+      </c>
+      <c r="M18" t="s">
+        <v>371</v>
+      </c>
+      <c r="N18" t="s">
+        <v>372</v>
+      </c>
+      <c r="O18" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="H19" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="I19" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="J19" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="K19" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="L19" t="s">
-        <v>372</v>
-[...14 lines deleted...]
-        <v>377</v>
+        <v>381</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="H20" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="I20" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="J20" t="s">
-        <v>311</v>
+        <v>387</v>
       </c>
       <c r="K20" t="s">
-        <v>383</v>
+        <v>388</v>
+      </c>
+      <c r="L20" t="s">
+        <v>389</v>
+      </c>
+      <c r="M20" t="s">
+        <v>390</v>
+      </c>
+      <c r="N20" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="H21" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="I21" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="J21" t="s">
-        <v>389</v>
+        <v>178</v>
       </c>
       <c r="K21" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B22" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="H22" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I22" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="J22" t="s">
-        <v>311</v>
+        <v>403</v>
       </c>
       <c r="K22" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="L22" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="M22" t="s">
-        <v>399</v>
+        <v>406</v>
+      </c>
+      <c r="N22" t="s">
+        <v>407</v>
+      </c>
+      <c r="O22" t="s">
+        <v>408</v>
+      </c>
+      <c r="P22" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B23" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="H23" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="I23" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="J23" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="K23" t="s">
-        <v>405</v>
-[...11 lines deleted...]
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B24" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="H24" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="I24" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="J24" t="s">
-        <v>286</v>
+        <v>422</v>
       </c>
       <c r="K24" t="s">
-        <v>415</v>
+        <v>423</v>
+      </c>
+      <c r="L24" t="s">
+        <v>424</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="H25" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="I25" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="J25" t="s">
-        <v>199</v>
+        <v>345</v>
       </c>
       <c r="K25" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="L25" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="M25" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B26" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="H26" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="I26" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="J26" t="s">
-        <v>429</v>
+        <v>178</v>
       </c>
       <c r="K26" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="L26" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="M26" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="N26" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="O26" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>442</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B27" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="H27" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="I27" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="J27" t="s">
-        <v>441</v>
+        <v>320</v>
       </c>
       <c r="K27" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B28" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="H28" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="I28" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="J28" t="s">
-        <v>244</v>
+        <v>143</v>
       </c>
       <c r="K28" t="s">
-        <v>448</v>
+        <v>454</v>
+      </c>
+      <c r="L28" t="s">
+        <v>455</v>
+      </c>
+      <c r="M28" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B29" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="H29" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="I29" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="J29" t="s">
-        <v>454</v>
+        <v>259</v>
       </c>
       <c r="K29" t="s">
-        <v>455</v>
-[...17 lines deleted...]
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B30" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H30" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I30" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J30" t="s">
-        <v>467</v>
+        <v>278</v>
       </c>
       <c r="K30" t="s">
         <v>468</v>
       </c>
-      <c r="L30" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B31" t="s">
+        <v>469</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>470</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>471</v>
+      </c>
+      <c r="H31" t="s">
+        <v>472</v>
+      </c>
+      <c r="I31" t="s">
         <v>473</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="J31" t="s">
         <v>474</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="K31" t="s">
         <v>475</v>
       </c>
-      <c r="H31" t="s">
+      <c r="L31" t="s">
         <v>476</v>
       </c>
-      <c r="I31" t="s">
+      <c r="M31" t="s">
         <v>477</v>
       </c>
-      <c r="J31" t="s">
+      <c r="N31" t="s">
         <v>478</v>
       </c>
-      <c r="K31" t="s">
+      <c r="O31" t="s">
         <v>479</v>
       </c>
-      <c r="L31" t="s">
+      <c r="P31" t="s">
         <v>480</v>
       </c>
-      <c r="M31" t="s">
+      <c r="Q31" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B32" t="s">
+        <v>482</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
         <v>483</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>484</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>485</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>486</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
         <v>487</v>
       </c>
-      <c r="J32" t="s">
+      <c r="K32" t="s">
         <v>488</v>
       </c>
-      <c r="K32" t="s">
+      <c r="L32" t="s">
         <v>489</v>
+      </c>
+      <c r="M32" t="s">
+        <v>490</v>
+      </c>
+      <c r="N32" t="s">
+        <v>491</v>
+      </c>
+      <c r="O32" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="H33" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="I33" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="J33" t="s">
-        <v>389</v>
+        <v>498</v>
       </c>
       <c r="K33" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="L33" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M33" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="N33" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H34" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="I34" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J34" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="K34" t="s">
-        <v>506</v>
-[...7 lines deleted...]
-      <c r="N34" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
+        <v>510</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
         <v>511</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>512</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>513</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>514</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
+        <v>422</v>
+      </c>
+      <c r="K35" t="s">
         <v>515</v>
       </c>
-      <c r="J35" t="s">
-[...2 lines deleted...]
-      <c r="K35" t="s">
+      <c r="L35" t="s">
         <v>516</v>
       </c>
-      <c r="L35" t="s">
+      <c r="M35" t="s">
         <v>517</v>
       </c>
-      <c r="M35" t="s">
+      <c r="N35" t="s">
         <v>518</v>
       </c>
-      <c r="N35" t="s">
+      <c r="O35" t="s">
         <v>519</v>
-      </c>
-[...16 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
+        <v>520</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>521</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>522</v>
+      </c>
+      <c r="H36" t="s">
+        <v>523</v>
+      </c>
+      <c r="I36" t="s">
+        <v>524</v>
+      </c>
+      <c r="J36" t="s">
+        <v>525</v>
+      </c>
+      <c r="K36" t="s">
         <v>526</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="L36" t="s">
         <v>527</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="M36" t="s">
         <v>528</v>
       </c>
-      <c r="H36" t="s">
+      <c r="N36" t="s">
         <v>529</v>
       </c>
-      <c r="I36" t="s">
+      <c r="O36" t="s">
         <v>530</v>
-      </c>
-[...16 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B37" t="s">
+        <v>531</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>532</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>533</v>
+      </c>
+      <c r="H37" t="s">
+        <v>534</v>
+      </c>
+      <c r="I37" t="s">
+        <v>535</v>
+      </c>
+      <c r="J37" t="s">
+        <v>403</v>
+      </c>
+      <c r="K37" t="s">
         <v>536</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="L37" t="s">
         <v>537</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="M37" t="s">
         <v>538</v>
       </c>
-      <c r="H37" t="s">
+      <c r="N37" t="s">
         <v>539</v>
       </c>
-      <c r="I37" t="s">
+      <c r="O37" t="s">
         <v>540</v>
       </c>
-      <c r="J37" t="s">
-[...2 lines deleted...]
-      <c r="K37" t="s">
+      <c r="P37" t="s">
         <v>541</v>
       </c>
-      <c r="L37" t="s">
+      <c r="Q37" t="s">
         <v>542</v>
       </c>
-      <c r="M37" t="s">
+      <c r="R37" t="s">
         <v>543</v>
       </c>
-      <c r="N37" t="s">
-        <v>543</v>
+      <c r="S37" t="s">
+        <v>544</v>
+      </c>
+      <c r="T37" t="s">
+        <v>545</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B38" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H38" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="I38" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="J38" t="s">
-        <v>549</v>
+        <v>143</v>
       </c>
       <c r="K38" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="L38" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="M38" t="s">
-        <v>552</v>
+        <v>553</v>
+      </c>
+      <c r="N38" t="s">
+        <v>554</v>
+      </c>
+      <c r="O38" t="s">
+        <v>555</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B39" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="H39" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="I39" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="J39" t="s">
-        <v>558</v>
+        <v>422</v>
       </c>
       <c r="K39" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="L39" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="M39" t="s">
-        <v>561</v>
+        <v>563</v>
+      </c>
+      <c r="N39" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B40" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="H40" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="I40" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="J40" t="s">
-        <v>370</v>
+        <v>569</v>
       </c>
       <c r="K40" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="L40" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="M40" t="s">
-        <v>569</v>
-[...7 lines deleted...]
-      <c r="P40" t="s">
         <v>572</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B41" t="s">
+        <v>573</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>574</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>575</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>576</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="I41" t="s">
         <v>577</v>
       </c>
-      <c r="H41" t="s">
+      <c r="J41" t="s">
         <v>578</v>
       </c>
-      <c r="I41" t="s">
+      <c r="K41" t="s">
         <v>579</v>
       </c>
-      <c r="J41" t="s">
-[...2 lines deleted...]
-      <c r="K41" t="s">
+      <c r="L41" t="s">
         <v>580</v>
       </c>
-      <c r="L41" t="s">
+      <c r="M41" t="s">
         <v>581</v>
-      </c>
-[...7 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B42" t="s">
+        <v>582</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>583</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>584</v>
+      </c>
+      <c r="H42" t="s">
         <v>585</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>586</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="J42" t="s">
+        <v>403</v>
+      </c>
+      <c r="K42" t="s">
         <v>587</v>
       </c>
-      <c r="H42" t="s">
+      <c r="L42" t="s">
         <v>588</v>
       </c>
-      <c r="I42" t="s">
+      <c r="M42" t="s">
         <v>589</v>
       </c>
-      <c r="J42" t="s">
-[...2 lines deleted...]
-      <c r="K42" t="s">
+      <c r="N42" t="s">
         <v>590</v>
       </c>
-      <c r="L42" t="s">
+      <c r="O42" t="s">
         <v>591</v>
       </c>
-      <c r="M42" t="s">
+      <c r="P42" t="s">
         <v>592</v>
       </c>
-      <c r="N42" t="s">
+      <c r="Q42" t="s">
         <v>593</v>
       </c>
-      <c r="O42" t="s">
+      <c r="R42" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B43" t="s">
+        <v>595</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
         <v>596</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>597</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>598</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>599</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
+        <v>328</v>
+      </c>
+      <c r="K43" t="s">
         <v>600</v>
       </c>
-      <c r="J43" t="s">
-[...2 lines deleted...]
-      <c r="K43" t="s">
+      <c r="L43" t="s">
         <v>601</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" t="s">
         <v>602</v>
       </c>
-      <c r="M43" t="s">
+      <c r="N43" t="s">
         <v>603</v>
+      </c>
+      <c r="O43" t="s">
+        <v>604</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B44" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H44" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I44" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="J44" t="s">
-        <v>609</v>
+        <v>422</v>
       </c>
       <c r="K44" t="s">
         <v>610</v>
       </c>
       <c r="L44" t="s">
         <v>611</v>
       </c>
       <c r="M44" t="s">
         <v>612</v>
       </c>
       <c r="N44" t="s">
         <v>613</v>
       </c>
+      <c r="O44" t="s">
+        <v>614</v>
+      </c>
+      <c r="P44" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B45" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H45" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="I45" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="J45" t="s">
-        <v>619</v>
+        <v>403</v>
       </c>
       <c r="K45" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="L45" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M45" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="N45" t="s">
         <v>623</v>
-      </c>
-[...25 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B46" t="s">
+        <v>624</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>625</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>626</v>
+      </c>
+      <c r="H46" t="s">
+        <v>627</v>
+      </c>
+      <c r="I46" t="s">
+        <v>628</v>
+      </c>
+      <c r="J46" t="s">
+        <v>629</v>
+      </c>
+      <c r="K46" t="s">
+        <v>630</v>
+      </c>
+      <c r="L46" t="s">
+        <v>631</v>
+      </c>
+      <c r="M46" t="s">
+        <v>632</v>
+      </c>
+      <c r="N46" t="s">
         <v>633</v>
-      </c>
-[...25 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B47" t="s">
+        <v>634</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>635</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>636</v>
+      </c>
+      <c r="H47" t="s">
+        <v>637</v>
+      </c>
+      <c r="I47" t="s">
+        <v>638</v>
+      </c>
+      <c r="J47" t="s">
         <v>639</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="K47" t="s">
         <v>640</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="L47" t="s">
         <v>641</v>
       </c>
-      <c r="H47" t="s">
+      <c r="M47" t="s">
         <v>642</v>
       </c>
-      <c r="I47" t="s">
+      <c r="N47" t="s">
         <v>643</v>
       </c>
-      <c r="J47" t="s">
+      <c r="O47" t="s">
         <v>644</v>
       </c>
-      <c r="K47" t="s">
+      <c r="P47" t="s">
         <v>645</v>
       </c>
-      <c r="L47" t="s">
+      <c r="Q47" t="s">
         <v>646</v>
       </c>
-      <c r="M47" t="s">
+      <c r="R47" t="s">
         <v>647</v>
       </c>
-      <c r="N47" t="s">
+      <c r="S47" t="s">
         <v>648</v>
       </c>
-      <c r="O47" t="s">
+      <c r="T47" t="s">
         <v>649</v>
       </c>
-      <c r="P47" t="s">
+      <c r="U47" t="s">
         <v>650</v>
       </c>
-      <c r="Q47" t="s">
+      <c r="V47" t="s">
         <v>651</v>
       </c>
-      <c r="R47" t="s">
+      <c r="W47" t="s">
         <v>652</v>
-      </c>
-[...25 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B48" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="H48" t="s">
-        <v>665</v>
+        <v>656</v>
       </c>
       <c r="I48" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="J48" t="s">
-        <v>667</v>
+        <v>278</v>
       </c>
       <c r="K48" t="s">
-        <v>668</v>
-[...5 lines deleted...]
-        <v>670</v>
+        <v>658</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B49" t="s">
+        <v>659</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>660</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>661</v>
+      </c>
+      <c r="H49" t="s">
+        <v>662</v>
+      </c>
+      <c r="I49" t="s">
+        <v>663</v>
+      </c>
+      <c r="J49" t="s">
+        <v>664</v>
+      </c>
+      <c r="K49" t="s">
+        <v>665</v>
+      </c>
+      <c r="L49" t="s">
+        <v>666</v>
+      </c>
+      <c r="M49" t="s">
+        <v>667</v>
+      </c>
+      <c r="N49" t="s">
+        <v>668</v>
+      </c>
+      <c r="O49" t="s">
+        <v>669</v>
+      </c>
+      <c r="P49" t="s">
+        <v>670</v>
+      </c>
+      <c r="Q49" t="s">
         <v>671</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="R49" t="s">
         <v>672</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="S49" t="s">
         <v>673</v>
       </c>
-      <c r="H49" t="s">
+      <c r="T49" t="s">
         <v>674</v>
       </c>
-      <c r="I49" t="s">
+      <c r="U49" t="s">
         <v>675</v>
       </c>
-      <c r="J49" t="s">
+      <c r="V49" t="s">
         <v>676</v>
       </c>
-      <c r="K49" t="s">
+      <c r="W49" t="s">
         <v>677</v>
+      </c>
+      <c r="X49" t="s">
+        <v>678</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>679</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>680</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>681</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B50" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H50" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="I50" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="J50" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="K50" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="L50" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="M50" t="s">
-        <v>686</v>
-[...10 lines deleted...]
-      <c r="Q50" t="s">
         <v>690</v>
-      </c>
-[...22 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B51" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="H51" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="I51" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="J51" t="s">
-        <v>311</v>
+        <v>696</v>
       </c>
       <c r="K51" t="s">
-        <v>704</v>
-[...14 lines deleted...]
-        <v>709</v>
+        <v>697</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B52" t="s">
+        <v>698</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>699</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>700</v>
+      </c>
+      <c r="H52" t="s">
+        <v>701</v>
+      </c>
+      <c r="I52" t="s">
+        <v>702</v>
+      </c>
+      <c r="J52" t="s">
+        <v>703</v>
+      </c>
+      <c r="K52" t="s">
+        <v>704</v>
+      </c>
+      <c r="L52" t="s">
+        <v>705</v>
+      </c>
+      <c r="M52" t="s">
+        <v>706</v>
+      </c>
+      <c r="N52" t="s">
+        <v>707</v>
+      </c>
+      <c r="O52" t="s">
+        <v>708</v>
+      </c>
+      <c r="P52" t="s">
+        <v>709</v>
+      </c>
+      <c r="Q52" t="s">
         <v>710</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="R52" t="s">
         <v>711</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="S52" t="s">
         <v>712</v>
       </c>
-      <c r="H52" t="s">
+      <c r="T52" t="s">
         <v>713</v>
       </c>
-      <c r="I52" t="s">
+      <c r="U52" t="s">
         <v>714</v>
       </c>
-      <c r="J52" t="s">
+      <c r="V52" t="s">
         <v>715</v>
       </c>
-      <c r="K52" t="s">
+      <c r="W52" t="s">
         <v>716</v>
       </c>
-      <c r="L52" t="s">
+      <c r="X52" t="s">
         <v>717</v>
       </c>
-      <c r="M52" t="s">
+      <c r="Y52" t="s">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B53" t="s">
+        <v>719</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>720</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>721</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H53" t="s">
         <v>722</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>723</v>
       </c>
-      <c r="H53" t="s">
+      <c r="J53" t="s">
+        <v>345</v>
+      </c>
+      <c r="K53" t="s">
         <v>724</v>
       </c>
-      <c r="I53" t="s">
+      <c r="L53" t="s">
         <v>725</v>
       </c>
-      <c r="J53" t="s">
+      <c r="M53" t="s">
         <v>726</v>
       </c>
-      <c r="K53" t="s">
+      <c r="N53" t="s">
         <v>727</v>
+      </c>
+      <c r="O53" t="s">
+        <v>728</v>
+      </c>
+      <c r="P53" t="s">
+        <v>729</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B54" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H54" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="I54" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="J54" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="K54" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="L54" t="s">
-        <v>735</v>
+        <v>737</v>
+      </c>
+      <c r="M54" t="s">
+        <v>738</v>
+      </c>
+      <c r="N54" t="s">
+        <v>739</v>
+      </c>
+      <c r="O54" t="s">
+        <v>740</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B55" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="H55" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="I55" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="J55" t="s">
-        <v>199</v>
+        <v>746</v>
       </c>
       <c r="K55" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>747</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B56" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="H56" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="I56" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="J56" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="K56" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="L56" t="s">
-        <v>750</v>
-[...11 lines deleted...]
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B57" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H57" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I57" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J57" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="K57" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="L57" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="M57" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B58" t="s">
+        <v>763</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
         <v>764</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>765</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>766</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>767</v>
       </c>
-      <c r="I58" t="s">
+      <c r="J58" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="K58" t="s">
         <v>769</v>
       </c>
       <c r="L58" t="s">
         <v>770</v>
       </c>
       <c r="M58" t="s">
         <v>771</v>
       </c>
       <c r="N58" t="s">
         <v>772</v>
       </c>
       <c r="O58" t="s">
         <v>773</v>
       </c>
       <c r="P58" t="s">
         <v>774</v>
       </c>
-      <c r="Q58" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B59" t="s">
+        <v>775</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
         <v>776</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
         <v>777</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>778</v>
       </c>
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>779</v>
       </c>
-      <c r="I59" t="s">
+      <c r="J59" t="s">
+        <v>157</v>
+      </c>
+      <c r="K59" t="s">
         <v>780</v>
       </c>
-      <c r="J59" t="s">
-[...2 lines deleted...]
-      <c r="K59" t="s">
+      <c r="L59" t="s">
         <v>781</v>
       </c>
-      <c r="L59" t="s">
+      <c r="M59" t="s">
         <v>782</v>
       </c>
-      <c r="M59" t="s">
+      <c r="N59" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B60" t="s">
+        <v>784</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
         <v>785</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
         <v>786</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>787</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>788</v>
       </c>
-      <c r="I60" t="s">
+      <c r="J60" t="s">
+        <v>345</v>
+      </c>
+      <c r="K60" t="s">
         <v>789</v>
       </c>
-      <c r="J60" t="s">
-[...2 lines deleted...]
-      <c r="K60" t="s">
+      <c r="L60" t="s">
         <v>790</v>
       </c>
-      <c r="L60" t="s">
+      <c r="M60" t="s">
         <v>791</v>
       </c>
-      <c r="M60" t="s">
+      <c r="N60" t="s">
         <v>792</v>
       </c>
-      <c r="N60" t="s">
+      <c r="O60" t="s">
         <v>793</v>
       </c>
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>794</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>795</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B61" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>425</v>
+        <v>797</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="H61" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="I61" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="J61" t="s">
-        <v>363</v>
+        <v>403</v>
       </c>
       <c r="K61" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="L61" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="M61" t="s">
-        <v>801</v>
+        <v>803</v>
+      </c>
+      <c r="N61" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B62" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="H62" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="I62" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="J62" t="s">
-        <v>807</v>
+        <v>403</v>
       </c>
       <c r="K62" t="s">
-        <v>808</v>
+        <v>810</v>
+      </c>
+      <c r="L62" t="s">
+        <v>811</v>
+      </c>
+      <c r="M62" t="s">
+        <v>812</v>
+      </c>
+      <c r="N62" t="s">
+        <v>813</v>
+      </c>
+      <c r="O62" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B63" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="H63" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="I63" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="J63" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="K63" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B64" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="H64" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="I64" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="J64" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="K64" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B65" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="H65" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="I65" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="J65" t="s">
-        <v>821</v>
+        <v>834</v>
       </c>
       <c r="K65" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="H66" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="I66" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="J66" t="s">
         <v>834</v>
       </c>
       <c r="K66" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="H67" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="I67" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="J67" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="K67" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B68" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="H68" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="I68" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="J68" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="K68" t="s">
-        <v>849</v>
-[...8 lines deleted...]
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B69" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="H69" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="I69" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="J69" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="K69" t="s">
-        <v>859</v>
+        <v>862</v>
+      </c>
+      <c r="L69" t="s">
+        <v>863</v>
+      </c>
+      <c r="M69" t="s">
+        <v>864</v>
+      </c>
+      <c r="N69" t="s">
+        <v>865</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B70" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="H70" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="I70" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="J70" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="K70" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B71" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="H71" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="I71" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="J71" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="K71" t="s">
-        <v>873</v>
+        <v>879</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>137</v>
+      </c>
+      <c r="B72" t="s">
+        <v>880</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>881</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>882</v>
+      </c>
+      <c r="H72" t="s">
+        <v>883</v>
+      </c>
+      <c r="I72" t="s">
+        <v>884</v>
+      </c>
+      <c r="J72" t="s">
+        <v>885</v>
+      </c>
+      <c r="K72" t="s">
+        <v>886</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>