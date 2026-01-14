--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -24,406 +24,409 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Press release" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1281" uniqueCount="887">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1286" uniqueCount="893">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
   </si>
   <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+  </si>
+  <si>
+    <t>c_461999</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of female genital mutilation by primary healthcare professionals</t>
+  </si>
+  <si>
+    <t>This best practice guideline is concerned with improving the treatment and management of children, teenage girls, and women who have undergone or at a risk of undergoing female genital mutilation. Its objectives are as follows: to foster primary healthcare professionals’ knowledge of female genital mutilation; to prevent the occurrence of female genital mutilation through improved information delivered by healthcare professionals to women, young girls and parents; to foster improved management of children, young girls, and women who have been subjected to genital mutilation.</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+  </si>
+  <si>
+    <t>p_3150640</t>
+  </si>
+  <si>
+    <t>Management of endometriosis</t>
+  </si>
+  <si>
+    <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
+  </si>
+  <si>
+    <t>12/13/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+  </si>
+  <si>
+    <t>c_2819733</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of benign prostatic hyperplasia</t>
+  </si>
+  <si>
+    <t>These guidelines are limited to the diagnosis and treatment of uncomplicated benign prostatic hyperplasia (BPH) in men aged over 50. The topics of the guidelines are: 1. Diagnosis criteria for BPH 2. Initial workup for a patient with symptomatic BPH 3. Monitoring of BPH 4. Treatment of BPH</t>
+  </si>
+  <si>
+    <t>03/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+  </si>
+  <si>
+    <t>c_272237</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>Taking a look at female genital mutilation: risk assessment and safeguarding</t>
+  </si>
+  <si>
+    <t>Condemned by law, female genital mutilation remains nonetheless a reality and prevalent in France, the second-most affected European country following the United Kingdom. To take action and respond to this largely unknown issue amongst the French people and health professionals, the French National Authority for Health (HAS) has recently drawn up a set of recommendations aimed at preventing this harmful practice and improving the care of the victims involved.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150677/en/taking-a-look-at-female-genital-mutilation-risk-assessment-and-safeguarding</t>
+  </si>
+  <si>
+    <t>p_3150677</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+  </si>
+  <si>
+    <t>p_3445536</t>
+  </si>
+  <si>
+    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
+  </si>
+  <si>
+    <t>Aim To assess the self-referral by the HAS in July 2023 relating to the clinical utility of the Endotest® saliva test for complex endometriosis diagnosis situations. The objective is to inform the HAS Board’s decision with a view to determining whether reimbursement of the test by the French national health insurance system is valid in a relevant indication. At the time of the assessment, this 109-miRNA saliva signature test using a sophisticated next-generation sequencing method is in the validation phase and is the only test currently with CE marking in endometriosis.</t>
+  </si>
+  <si>
+    <t>12/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
+  </si>
+  <si>
+    <t>p_3486036</t>
+  </si>
+  <si>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305614</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749006</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of schistosomiasis (bilharzia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications for the procedures for which changes are proposed and the techniques used in the diagnosis and follow-up of schistosomiasis (bilharzia)</t>
+  </si>
+  <si>
+    <t>01/18/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/24/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2678400</t>
+  </si>
+  <si>
+    <t>Assessment of Clinical and Organisational Aspects of Robot-Assisted Surgery for Radical Prostatectomy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to evaluate the clinical and organisational aspects of robot-assisted radical prostatectomy (RARP) compared with open radical prostatectomy (ORP) and conventional laparoscopic radical prostatectomy (LRP), in order to decide whether it should be reimbursed for hospital use</t>
+  </si>
+  <si>
+    <t>11/30/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/22/2016 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037513/en/assessment-of-clinical-and-organisational-aspects-of-robot-assisted-surgery-for-radical-prostatectomy-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2037513</t>
+  </si>
+  <si>
+    <t>Evaluation of nucleic acid amplification tests (NAATs) for detecting Neisseria gonorrhoeae - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to evaluate the benefit of detecting Neisseria gonorrhoeae (NG), a pathogen that causes sexually transmitted infections (STIs), by a nucleic acid amplification test (NAAT) in symptomatic patients, asymptomatic patients (screening of persons at risk) and in other clinical situations (post-treatment follow-up, reactive arthritis in adults, investigations of male infertility, suspected conjunctival infection in neonates) with a view to deciding on the reimbursement of NAAT by the French National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>11/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035591/en/evaluation-of-nucleic-acid-amplification-tests-naats-for-detecting-neisseria-gonorrhoeae-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2035591</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+  </si>
+  <si>
+    <t>c_2019236</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
-    <t>10/02/2025 00:00:00</t>
-[...319 lines deleted...]
-  <si>
     <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
     <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
   </si>
   <si>
     <t>To evaluate the clinical effectiveness of HIFU therapy for early localized prostate cancer. HIFU therapy is applied as primary treatment for low and intermediate risk localized prostate cancer (T1-2 NxM0) in patients older than 70 years, and for local recurrence of prostate cancer after radiotherapy failure</t>
   </si>
   <si>
     <t>12/16/2010 00:00:00</t>
   </si>
   <si>
     <t>01/28/2011 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
@@ -440,155 +443,353 @@
   <si>
     <t>The accreditation body for urologists, the AFU (Association française d'urologie), is proposing a list of key points for all professionals involved in the treatment of male urinary disorders or urinary calculi using laser energy (urologists, anaesthetists, biomedical engineers, risk managers, hospital pharmacists, nurses, etc.). These key points are detailed in the patient safety solution "Energies laser en urologie. How to avoid complications for patients (and professionals)? ".</t>
   </si>
   <si>
     <t>10/02/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545041/en/label-laser-energy-in-urology</t>
   </si>
   <si>
     <t>p_3545041</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>KEYTRUDA</t>
+  </si>
+  <si>
+    <t>12/19/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/en/keytruda-pembrolizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/en/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/en/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/en/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/en/keytruda-kidney-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/en/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/en/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/en/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/en/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/en/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/en/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/en/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/en/keytruda-pembrolizumab-clear-cell-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/en/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/en/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/en/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/en/keytruda-pembrolizumab-renal-cell-carcinoma-rcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/en/keytruda-pembrolizumab-gastro-oesophageal-junction-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/en/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/en/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/en/keytruda-pembrolizumab-metastatic-biliary</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/en/keytruda-pembrolizumab-adjuvant-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>IMFINZI</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982846/en/imfinzi</t>
+  </si>
+  <si>
+    <t>pprd_2982846</t>
+  </si>
+  <si>
+    <t>durvalumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908478/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239200/en/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242177/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372376/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418037/en/imfinzi-durvalumab-carcinome-hepato-cellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448228/en/imfinzi-durvalumab-and-imjudo-tremelimumab-hepatocellular-carcinoma-hcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451406/en/imfinzi-durvalumab-biliary-tract-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459834/en/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-metastatic-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468175/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506840/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555565/en/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562956/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590636/en/imfinzi-durvalumab-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609085/en/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
     <t>JEMPERLI (dostarlimab)</t>
   </si>
   <si>
     <t>11/21/2025 09:16:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466151/en/jemperli-dostarlimab</t>
   </si>
   <si>
     <t>p_3466151</t>
   </si>
   <si>
     <t>dostarlimab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466095/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296883/en/jemperli-500-mg-dostarlimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3488415/en/jemperli-dostarlimab-endometrial-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547525/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547545/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578491/en/jemperli-dostarlimab-endometrial-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639405/en/jemperli-dostarlimab-endometrial-cancer-ec</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741961/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
-    <t>IMFINZI</t>
-[...61 lines deleted...]
-  <si>
     <t>DUPHASTON (dydrogestérone)</t>
   </si>
   <si>
     <t>10/14/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>pprd_2984207</t>
   </si>
   <si>
     <t>dydrogestérone</t>
   </si>
   <si>
     <t>THERAMEX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753190/en/duphaston</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
@@ -603,233 +804,50 @@
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753162/en/physiogine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2000743/en/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399510/en/physiogine-estriol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
-  </si>
-[...181 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
   </si>
   <si>
     <t>CAMCEVI (leuproréline)</t>
   </si>
   <si>
     <t>07/24/2025 10:59:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637853/en/camcevi-leuproreline</t>
   </si>
   <si>
     <t>p_3637853</t>
   </si>
   <si>
     <t>leuproréline</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637601/en/camcevi-42-mg-leuprorelin-prostate-cancer</t>
   </si>
   <si>
     <t>GARDASIL - GARDASIL 9</t>
   </si>
@@ -3363,3530 +3381,3545 @@
       </c>
       <c r="D11" t="s">
         <v>113</v>
       </c>
       <c r="E11" t="s">
         <v>114</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>115</v>
       </c>
       <c r="H11" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="D12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM72"/>
+  <dimension ref="A1:BP72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="O2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="Q2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="R2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="S2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="T2" t="s">
-        <v>151</v>
+        <v>154</v>
+      </c>
+      <c r="U2" t="s">
+        <v>155</v>
+      </c>
+      <c r="V2" t="s">
+        <v>156</v>
+      </c>
+      <c r="W2" t="s">
+        <v>157</v>
+      </c>
+      <c r="X2" t="s">
+        <v>158</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>159</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>160</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>161</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>162</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>163</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>164</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>165</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>166</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>167</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>168</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>169</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>172</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>173</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>174</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>175</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>176</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>177</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>178</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>179</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>180</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>181</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>182</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>183</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>184</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>185</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>186</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>187</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>188</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>189</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>190</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>191</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>192</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>193</v>
+      </c>
+      <c r="BH2" t="s">
+        <v>194</v>
+      </c>
+      <c r="BI2" t="s">
+        <v>195</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>196</v>
+      </c>
+      <c r="BK2" t="s">
+        <v>197</v>
+      </c>
+      <c r="BL2" t="s">
+        <v>198</v>
+      </c>
+      <c r="BM2" t="s">
+        <v>199</v>
+      </c>
+      <c r="BN2" t="s">
+        <v>200</v>
+      </c>
+      <c r="BO2" t="s">
+        <v>201</v>
+      </c>
+      <c r="BP2" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>152</v>
+        <v>203</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>153</v>
+        <v>204</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>154</v>
+        <v>205</v>
       </c>
       <c r="H3" t="s">
-        <v>155</v>
+        <v>206</v>
       </c>
       <c r="I3" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="J3" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="K3" t="s">
-        <v>158</v>
+        <v>209</v>
       </c>
       <c r="L3" t="s">
-        <v>159</v>
+        <v>210</v>
       </c>
       <c r="M3" t="s">
-        <v>160</v>
+        <v>211</v>
       </c>
       <c r="N3" t="s">
-        <v>161</v>
+        <v>212</v>
       </c>
       <c r="O3" t="s">
-        <v>162</v>
+        <v>213</v>
       </c>
       <c r="P3" t="s">
-        <v>163</v>
+        <v>214</v>
       </c>
       <c r="Q3" t="s">
-        <v>164</v>
+        <v>215</v>
       </c>
       <c r="R3" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="S3" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="T3" t="s">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="U3" t="s">
-        <v>168</v>
+        <v>219</v>
       </c>
       <c r="V3" t="s">
-        <v>169</v>
+        <v>220</v>
       </c>
       <c r="W3" t="s">
-        <v>170</v>
+        <v>221</v>
       </c>
       <c r="X3" t="s">
-        <v>171</v>
+        <v>222</v>
       </c>
       <c r="Y3" t="s">
-        <v>172</v>
+        <v>223</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B4" t="s">
-        <v>173</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>174</v>
+        <v>227</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>175</v>
+        <v>228</v>
       </c>
       <c r="H4" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="I4" t="s">
-        <v>177</v>
+        <v>230</v>
       </c>
       <c r="J4" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="K4" t="s">
-        <v>179</v>
+        <v>232</v>
       </c>
       <c r="L4" t="s">
-        <v>180</v>
+        <v>233</v>
       </c>
       <c r="M4" t="s">
-        <v>181</v>
+        <v>234</v>
+      </c>
+      <c r="N4" t="s">
+        <v>234</v>
+      </c>
+      <c r="O4" t="s">
+        <v>235</v>
+      </c>
+      <c r="P4" t="s">
+        <v>236</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>237</v>
+      </c>
+      <c r="R4" t="s">
+        <v>238</v>
+      </c>
+      <c r="S4" t="s">
+        <v>239</v>
+      </c>
+      <c r="T4" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B5" t="s">
-        <v>182</v>
+        <v>240</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>174</v>
+        <v>241</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="H5" t="s">
-        <v>184</v>
+        <v>243</v>
       </c>
       <c r="I5" t="s">
-        <v>185</v>
+        <v>244</v>
       </c>
       <c r="J5" t="s">
-        <v>186</v>
+        <v>245</v>
       </c>
       <c r="K5" t="s">
-        <v>187</v>
+        <v>246</v>
       </c>
       <c r="L5" t="s">
-        <v>188</v>
+        <v>247</v>
       </c>
       <c r="M5" t="s">
-        <v>189</v>
-[...8 lines deleted...]
-        <v>192</v>
+        <v>248</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B6" t="s">
-        <v>193</v>
+        <v>249</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>194</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>195</v>
+        <v>250</v>
       </c>
       <c r="H6" t="s">
-        <v>196</v>
+        <v>251</v>
       </c>
       <c r="I6" t="s">
-        <v>197</v>
+        <v>252</v>
       </c>
       <c r="J6" t="s">
-        <v>198</v>
+        <v>253</v>
       </c>
       <c r="K6" t="s">
-        <v>199</v>
+        <v>254</v>
       </c>
       <c r="L6" t="s">
-        <v>200</v>
+        <v>255</v>
       </c>
       <c r="M6" t="s">
-        <v>201</v>
+        <v>256</v>
       </c>
       <c r="N6" t="s">
-        <v>202</v>
+        <v>257</v>
       </c>
       <c r="O6" t="s">
-        <v>203</v>
+        <v>258</v>
       </c>
       <c r="P6" t="s">
-        <v>204</v>
-[...146 lines deleted...]
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B7" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="H7" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="I7" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="J7" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K7" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B8" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="H8" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="I8" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="J8" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="K8" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="L8" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="M8" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="N8" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="O8" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="P8" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="H9" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="I9" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="J9" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="K9" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="L9" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="M9" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="H10" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="I10" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="J10" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="K10" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="L10" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M10" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="N10" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="O10" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="P10" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B11" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="H11" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="I11" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="J11" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="K11" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="L11" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="M11" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="N11" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="O11" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="P11" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="Q11" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="R11" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="S11" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="T11" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="U11" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="V11" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="W11" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="X11" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="Y11" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="Z11" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B12" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="H12" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="I12" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="J12" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="K12" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="L12" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B13" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="H13" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="I13" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="J13" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="K13" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="L13" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="M13" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B14" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H14" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I14" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="J14" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="K14" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="L14" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B15" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="H15" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="I15" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="J15" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K15" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="L15" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="H16" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="I16" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="J16" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="K16" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="L16" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="H17" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="I17" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="J17" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="K17" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="H18" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="I18" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="J18" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="K18" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="L18" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="M18" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="N18" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="O18" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="H19" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="I19" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="J19" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="K19" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="L19" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="H20" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I20" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J20" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="K20" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="L20" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="M20" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="N20" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="H21" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I21" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="J21" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="K21" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="H22" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="I22" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="J22" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K22" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="L22" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="M22" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="N22" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="O22" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="P22" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="Q22" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="H23" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="I23" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="J23" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K23" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="H24" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="I24" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="J24" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="K24" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="L24" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="H25" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="I25" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="J25" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K25" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="L25" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="M25" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="H26" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="I26" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="K26" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="L26" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="M26" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="N26" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="O26" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B27" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="H27" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="I27" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="J27" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="K27" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="H28" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="I28" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="J28" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="K28" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="L28" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="M28" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B29" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="H29" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="I29" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="J29" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K29" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B30" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="H30" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="I30" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="J30" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="K30" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B31" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="H31" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="I31" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="J31" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="K31" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="L31" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="M31" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="N31" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="O31" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="P31" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="Q31" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B32" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="H32" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="I32" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="J32" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="K32" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="L32" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="M32" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="N32" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="O32" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="H33" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="I33" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="J33" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="K33" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="L33" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="M33" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="N33" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="H34" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="I34" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="J34" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="K34" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="H35" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="I35" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="J35" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="K35" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="L35" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="M35" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="N35" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="O35" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="H36" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="I36" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="J36" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="K36" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="L36" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="M36" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="N36" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="O36" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="H37" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="I37" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="J37" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K37" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="L37" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="M37" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="N37" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="O37" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="P37" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="Q37" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="R37" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="S37" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="T37" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="H38" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="I38" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="J38" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="K38" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="L38" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="M38" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="N38" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="O38" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B39" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="H39" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="I39" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="J39" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="K39" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="L39" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="M39" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="N39" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B40" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="H40" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="I40" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="J40" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="K40" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="L40" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="M40" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="H41" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="I41" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="J41" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="K41" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="L41" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="M41" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="H42" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="I42" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="J42" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K42" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="L42" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="M42" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="N42" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="O42" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="P42" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="Q42" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="R42" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="H43" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="I43" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="J43" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="K43" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="L43" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="M43" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="N43" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="O43" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B44" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="H44" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="I44" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="J44" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="K44" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="L44" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="M44" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="N44" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="O44" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="P44" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B45" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H45" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="I45" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="J45" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K45" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="L45" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="M45" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B46" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="H46" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="I46" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="J46" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="K46" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="L46" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="M46" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="N46" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="H47" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="I47" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="J47" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="K47" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="L47" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="M47" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="N47" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="O47" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="P47" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="Q47" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="R47" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="S47" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="T47" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="U47" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="V47" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="W47" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B48" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="H48" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="I48" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="J48" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="K48" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B49" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="H49" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="I49" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="J49" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="K49" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="L49" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="M49" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="N49" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="O49" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="P49" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="Q49" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="R49" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="S49" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="T49" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="U49" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="V49" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="W49" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="X49" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="Y49" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="Z49" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="AA49" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B50" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="H50" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="I50" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="J50" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="K50" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="L50" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="M50" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B51" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="H51" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I51" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="J51" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="K51" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B52" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="H52" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="I52" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="J52" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="K52" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="L52" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="M52" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="N52" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="O52" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="P52" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="Q52" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="R52" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="S52" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="T52" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="U52" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="V52" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="W52" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="X52" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="Y52" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B53" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="H53" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="I53" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="J53" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K53" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="L53" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="M53" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="N53" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="O53" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="P53" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="H54" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="I54" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="J54" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="K54" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="L54" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="M54" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="N54" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="O54" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B55" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="H55" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="I55" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="J55" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="K55" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B56" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="H56" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="I56" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="J56" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="K56" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="L56" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B57" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="H57" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="I57" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="J57" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="K57" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="L57" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B58" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="H58" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="I58" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="J58" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="K58" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="L58" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="M58" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="N58" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="O58" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="P58" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B59" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="H59" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="I59" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J59" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="K59" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="L59" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="M59" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="N59" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B60" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="H60" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="I60" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="J60" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K60" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="L60" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="M60" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="N60" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="O60" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="P60" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="Q60" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B61" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="H61" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="I61" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="J61" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K61" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="L61" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="M61" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="N61" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B62" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="H62" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="I62" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J62" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="K62" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="L62" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="M62" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="N62" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="O62" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B63" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="H63" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="I63" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="J63" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="K63" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B64" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="H64" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="I64" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="J64" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="K64" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B65" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="H65" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="I65" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="J65" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="K65" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="H66" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="I66" t="s">
+        <v>846</v>
+      </c>
+      <c r="J66" t="s">
         <v>840</v>
       </c>
-      <c r="J66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K66" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="H67" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="I67" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="J67" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="K67" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="H68" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="I68" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="J68" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="K68" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="H69" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="I69" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="J69" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="K69" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="L69" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="M69" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="N69" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B70" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="H70" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="I70" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="J70" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="K70" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B71" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="H71" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="I71" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="J71" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="K71" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B72" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="H72" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="I72" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="J72" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="K72" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>