--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Press release" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1286" uniqueCount="893">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1291" uniqueCount="898">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -443,50 +443,155 @@
   <si>
     <t>The accreditation body for urologists, the AFU (Association française d'urologie), is proposing a list of key points for all professionals involved in the treatment of male urinary disorders or urinary calculi using laser energy (urologists, anaesthetists, biomedical engineers, risk managers, hospital pharmacists, nurses, etc.). These key points are detailed in the patient safety solution "Energies laser en urologie. How to avoid complications for patients (and professionals)? ".</t>
   </si>
   <si>
     <t>10/02/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545041/en/label-laser-energy-in-urology</t>
   </si>
   <si>
     <t>p_3545041</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>IMFINZI</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:38:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982846/en/imfinzi</t>
+  </si>
+  <si>
+    <t>pprd_2982846</t>
+  </si>
+  <si>
+    <t>durvalumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908478/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239200/en/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242177/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372376/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418037/en/imfinzi-durvalumab-carcinome-hepato-cellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448228/en/imfinzi-durvalumab-and-imjudo-tremelimumab-hepatocellular-carcinoma-hcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451406/en/imfinzi-durvalumab-biliary-tract-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459834/en/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-metastatic-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468175/en/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506840/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555565/en/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562956/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590636/en/imfinzi-durvalumab-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609085/en/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/en/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809520/en/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859386/en/imfinzi-durvalumab-cancer-de-la-vessie-tvim</t>
+  </si>
+  <si>
+    <t>AKEEGA (niraparib/acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477953/en/akeega-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3477953</t>
+  </si>
+  <si>
+    <t>niraparib,acétate d’abiratérone</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477883/en/akeega-niraparib/abiraterone-acetate-prostate-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421297/en/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516751/en/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840754/en/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
     <t>KEYTRUDA</t>
   </si>
   <si>
     <t>12/19/2025 11:48:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
@@ -635,119 +740,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
   </si>
   <si>
-    <t>IMFINZI</t>
-[...67 lines deleted...]
-  <si>
     <t>JEMPERLI (dostarlimab)</t>
   </si>
   <si>
     <t>11/21/2025 09:16:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466151/en/jemperli-dostarlimab</t>
   </si>
   <si>
     <t>p_3466151</t>
   </si>
   <si>
     <t>dostarlimab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466095/en/jemperli-dostarlimab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296883/en/jemperli-500-mg-dostarlimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3488415/en/jemperli-dostarlimab-endometrial-cancer</t>
@@ -1079,53 +1115,50 @@
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400463/en/effortil-chlorhydrate-d-etilefrine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547438/en/effortil-etilefrine-low-flow-priapism</t>
   </si>
   <si>
     <t>TALVEY (talquetamab)</t>
   </si>
   <si>
     <t>07/15/2024 09:27:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3520243/en/talvey-talquetamab</t>
   </si>
   <si>
     <t>p_3520243</t>
   </si>
   <si>
     <t>talquetamab</t>
   </si>
   <si>
-    <t>JANSSEN-CILAG</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3520176/en/talvey-talquetamab-myelome-multiple</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530109/en/talvey-talquetamab-multiple-myeloma</t>
   </si>
   <si>
     <t>PYLCLARI ((18F) piflufolastat)</t>
   </si>
   <si>
     <t>05/31/2024 09:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474617/en/pylclari-18f-piflufolastat</t>
   </si>
   <si>
     <t>p_3474617</t>
   </si>
   <si>
     <t>(18F) piflufolastat</t>
   </si>
   <si>
     <t>CURIUM PET FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474603/en/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
@@ -1275,68 +1308,50 @@
     <t>cemiplimab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166985/en/libtayo-cemiplimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299037/en/libtayo-350-mg-cemiplimab-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3308691/en/libtayo-350-mg-cemiplimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367549/en/libtayo-cemiplimab-cbcla-ou-cbcm</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3430191/en/libtayo-cemiplimab-cervical-cancer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3461359/en/libtayo-cemiplimab-carcinome-epidermoide-cutane-metastatique-ou-localement-avance-cecm-ou-cecla</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3488409/en/libtayo-cemiplimab-non-small-cell-lung-cancer-nsclc</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3477883/en/akeega-niraparib/abiraterone-acetate-prostate-cancer</t>
   </si>
   <si>
     <t>NUBEQA</t>
   </si>
   <si>
     <t>12/06/2023 16:48:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3212588/en/nubeqa</t>
   </si>
   <si>
     <t>p_3212588</t>
   </si>
   <si>
     <t>darolutamide</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3212149/en/nubeqa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477070/en/nubeqa-darolutamide-metastatic-hormone-sensitive-prostate-cancer</t>
   </si>
@@ -3628,3298 +3643,3313 @@
       </c>
       <c r="V2" t="s">
         <v>156</v>
       </c>
       <c r="W2" t="s">
         <v>157</v>
       </c>
       <c r="X2" t="s">
         <v>158</v>
       </c>
       <c r="Y2" t="s">
         <v>159</v>
       </c>
       <c r="Z2" t="s">
         <v>160</v>
       </c>
       <c r="AA2" t="s">
         <v>161</v>
       </c>
       <c r="AB2" t="s">
         <v>162</v>
       </c>
       <c r="AC2" t="s">
         <v>163</v>
       </c>
-      <c r="AD2" t="s">
-[...115 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>203</v>
+        <v>164</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>205</v>
+        <v>166</v>
       </c>
       <c r="H3" t="s">
-        <v>206</v>
+        <v>167</v>
       </c>
       <c r="I3" t="s">
-        <v>207</v>
+        <v>168</v>
       </c>
       <c r="J3" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="K3" t="s">
-        <v>209</v>
+        <v>170</v>
       </c>
       <c r="L3" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="M3" t="s">
-        <v>211</v>
+        <v>172</v>
       </c>
       <c r="N3" t="s">
-        <v>212</v>
-[...38 lines deleted...]
-        <v>225</v>
+        <v>173</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>138</v>
       </c>
       <c r="B4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>175</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>176</v>
+      </c>
+      <c r="H4" t="s">
+        <v>177</v>
+      </c>
+      <c r="I4" t="s">
+        <v>178</v>
+      </c>
+      <c r="J4" t="s">
+        <v>179</v>
+      </c>
+      <c r="K4" t="s">
+        <v>180</v>
+      </c>
+      <c r="L4" t="s">
+        <v>181</v>
+      </c>
+      <c r="M4" t="s">
+        <v>182</v>
+      </c>
+      <c r="N4" t="s">
+        <v>183</v>
+      </c>
+      <c r="O4" t="s">
+        <v>184</v>
+      </c>
+      <c r="P4" t="s">
+        <v>185</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>186</v>
+      </c>
+      <c r="R4" t="s">
+        <v>187</v>
+      </c>
+      <c r="S4" t="s">
+        <v>188</v>
+      </c>
+      <c r="T4" t="s">
+        <v>189</v>
+      </c>
+      <c r="U4" t="s">
+        <v>190</v>
+      </c>
+      <c r="V4" t="s">
+        <v>191</v>
+      </c>
+      <c r="W4" t="s">
+        <v>192</v>
+      </c>
+      <c r="X4" t="s">
+        <v>193</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>194</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>195</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>196</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>197</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>198</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>199</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>201</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>202</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>203</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>204</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>205</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>206</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>207</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>208</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>209</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>210</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>211</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>212</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>213</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>215</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>216</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>217</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>218</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>219</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>220</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>221</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>222</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>223</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>224</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>225</v>
+      </c>
+      <c r="BE4" t="s">
         <v>226</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="BF4" t="s">
         <v>227</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="BG4" t="s">
         <v>228</v>
       </c>
-      <c r="H4" t="s">
+      <c r="BH4" t="s">
         <v>229</v>
       </c>
-      <c r="I4" t="s">
+      <c r="BI4" t="s">
         <v>230</v>
       </c>
-      <c r="J4" t="s">
+      <c r="BJ4" t="s">
         <v>231</v>
       </c>
-      <c r="K4" t="s">
+      <c r="BK4" t="s">
         <v>232</v>
       </c>
-      <c r="L4" t="s">
+      <c r="BL4" t="s">
         <v>233</v>
       </c>
-      <c r="M4" t="s">
+      <c r="BM4" t="s">
         <v>234</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="BN4" t="s">
         <v>235</v>
       </c>
-      <c r="P4" t="s">
+      <c r="BO4" t="s">
         <v>236</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="BP4" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>138</v>
       </c>
       <c r="B5" t="s">
+        <v>238</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>239</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>240</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>241</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>242</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>243</v>
       </c>
-      <c r="I5" t="s">
+      <c r="K5" t="s">
         <v>244</v>
       </c>
-      <c r="J5" t="s">
+      <c r="L5" t="s">
         <v>245</v>
       </c>
-      <c r="K5" t="s">
+      <c r="M5" t="s">
         <v>246</v>
       </c>
-      <c r="L5" t="s">
+      <c r="N5" t="s">
+        <v>246</v>
+      </c>
+      <c r="O5" t="s">
         <v>247</v>
       </c>
-      <c r="M5" t="s">
+      <c r="P5" t="s">
         <v>248</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>249</v>
+      </c>
+      <c r="R5" t="s">
+        <v>250</v>
+      </c>
+      <c r="S5" t="s">
+        <v>251</v>
+      </c>
+      <c r="T5" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>138</v>
       </c>
       <c r="B6" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="H6" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="I6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="J6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="K6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="L6" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="M6" t="s">
-        <v>256</v>
-[...8 lines deleted...]
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>138</v>
       </c>
       <c r="B7" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>262</v>
       </c>
       <c r="H7" t="s">
         <v>263</v>
       </c>
       <c r="I7" t="s">
         <v>264</v>
       </c>
       <c r="J7" t="s">
         <v>265</v>
       </c>
       <c r="K7" t="s">
         <v>266</v>
       </c>
+      <c r="L7" t="s">
+        <v>267</v>
+      </c>
+      <c r="M7" t="s">
+        <v>268</v>
+      </c>
+      <c r="N7" t="s">
+        <v>269</v>
+      </c>
+      <c r="O7" t="s">
+        <v>270</v>
+      </c>
+      <c r="P7" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>138</v>
       </c>
       <c r="B8" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H8" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="I8" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="J8" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K8" t="s">
-        <v>273</v>
-[...13 lines deleted...]
-      <c r="P8" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>138</v>
       </c>
       <c r="B9" t="s">
         <v>279</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>280</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>281</v>
       </c>
       <c r="H9" t="s">
         <v>282</v>
       </c>
       <c r="I9" t="s">
         <v>283</v>
       </c>
       <c r="J9" t="s">
         <v>284</v>
       </c>
       <c r="K9" t="s">
         <v>285</v>
       </c>
       <c r="L9" t="s">
         <v>286</v>
       </c>
       <c r="M9" t="s">
         <v>287</v>
       </c>
+      <c r="N9" t="s">
+        <v>288</v>
+      </c>
+      <c r="O9" t="s">
+        <v>289</v>
+      </c>
+      <c r="P9" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="H10" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I10" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="J10" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K10" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L10" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M10" t="s">
-        <v>296</v>
-[...7 lines deleted...]
-      <c r="P10" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>138</v>
       </c>
       <c r="B11" t="s">
         <v>300</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>301</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>302</v>
       </c>
       <c r="H11" t="s">
         <v>303</v>
       </c>
       <c r="I11" t="s">
         <v>304</v>
       </c>
       <c r="J11" t="s">
-        <v>208</v>
+        <v>305</v>
       </c>
       <c r="K11" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="L11" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M11" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N11" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="O11" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P11" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="Q11" t="s">
         <v>311</v>
-      </c>
-[...25 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>138</v>
       </c>
       <c r="B12" t="s">
+        <v>312</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>313</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>314</v>
+      </c>
+      <c r="H12" t="s">
+        <v>315</v>
+      </c>
+      <c r="I12" t="s">
+        <v>316</v>
+      </c>
+      <c r="J12" t="s">
+        <v>144</v>
+      </c>
+      <c r="K12" t="s">
+        <v>317</v>
+      </c>
+      <c r="L12" t="s">
+        <v>318</v>
+      </c>
+      <c r="M12" t="s">
+        <v>319</v>
+      </c>
+      <c r="N12" t="s">
+        <v>320</v>
+      </c>
+      <c r="O12" t="s">
         <v>321</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="P12" t="s">
         <v>322</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="Q12" t="s">
         <v>323</v>
       </c>
-      <c r="H12" t="s">
+      <c r="R12" t="s">
         <v>324</v>
       </c>
-      <c r="I12" t="s">
+      <c r="S12" t="s">
         <v>325</v>
       </c>
-      <c r="J12" t="s">
+      <c r="T12" t="s">
         <v>326</v>
       </c>
-      <c r="K12" t="s">
+      <c r="U12" t="s">
         <v>327</v>
       </c>
-      <c r="L12" t="s">
+      <c r="V12" t="s">
         <v>328</v>
+      </c>
+      <c r="W12" t="s">
+        <v>329</v>
+      </c>
+      <c r="X12" t="s">
+        <v>330</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>331</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>332</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>138</v>
       </c>
       <c r="B13" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H13" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="I13" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="J13" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="K13" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="L13" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>138</v>
       </c>
       <c r="B14" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="H14" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="I14" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="J14" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="K14" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="L14" t="s">
-        <v>345</v>
+        <v>348</v>
+      </c>
+      <c r="M14" t="s">
+        <v>349</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="H15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="I15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="J15" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="K15" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="L15" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="H16" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="I16" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="J16" t="s">
-        <v>359</v>
+        <v>169</v>
       </c>
       <c r="K16" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="L16" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="H17" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="I17" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="J17" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="K17" t="s">
-        <v>368</v>
+        <v>371</v>
+      </c>
+      <c r="L17" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="H18" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I18" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="J18" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="K18" t="s">
-        <v>375</v>
-[...10 lines deleted...]
-      <c r="O18" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>138</v>
       </c>
       <c r="B19" t="s">
         <v>380</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>381</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>382</v>
       </c>
       <c r="H19" t="s">
         <v>383</v>
       </c>
       <c r="I19" t="s">
         <v>384</v>
       </c>
       <c r="J19" t="s">
         <v>385</v>
       </c>
       <c r="K19" t="s">
         <v>386</v>
       </c>
       <c r="L19" t="s">
         <v>387</v>
       </c>
+      <c r="M19" t="s">
+        <v>388</v>
+      </c>
+      <c r="N19" t="s">
+        <v>389</v>
+      </c>
+      <c r="O19" t="s">
+        <v>390</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H20" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="I20" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="J20" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="K20" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="L20" t="s">
-        <v>395</v>
-[...5 lines deleted...]
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H21" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I21" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J21" t="s">
-        <v>245</v>
+        <v>404</v>
       </c>
       <c r="K21" t="s">
-        <v>403</v>
+        <v>405</v>
+      </c>
+      <c r="L21" t="s">
+        <v>406</v>
+      </c>
+      <c r="M21" t="s">
+        <v>407</v>
+      </c>
+      <c r="N21" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H22" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="I22" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="J22" t="s">
-        <v>409</v>
+        <v>257</v>
       </c>
       <c r="K22" t="s">
-        <v>410</v>
-[...10 lines deleted...]
-      <c r="O22" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>138</v>
       </c>
       <c r="B23" t="s">
+        <v>415</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>416</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>417</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>418</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>419</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
         <v>420</v>
       </c>
-      <c r="I23" t="s">
+      <c r="K23" t="s">
         <v>421</v>
       </c>
-      <c r="J23" t="s">
-[...2 lines deleted...]
-      <c r="K23" t="s">
+      <c r="L23" t="s">
         <v>422</v>
+      </c>
+      <c r="M23" t="s">
+        <v>423</v>
+      </c>
+      <c r="N23" t="s">
+        <v>424</v>
+      </c>
+      <c r="O23" t="s">
+        <v>425</v>
+      </c>
+      <c r="P23" t="s">
+        <v>426</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H24" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="I24" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="J24" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="K24" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="L24" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="H25" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="I25" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="J25" t="s">
-        <v>351</v>
+        <v>169</v>
       </c>
       <c r="K25" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="L25" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="M25" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="H26" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="I26" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="J26" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="K26" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="L26" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="M26" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="N26" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="O26" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="H27" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="I27" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="J27" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="K27" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="H28" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="I28" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="J28" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="K28" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="L28" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="M28" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>138</v>
       </c>
       <c r="B29" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H29" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="I29" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="J29" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="K29" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>138</v>
       </c>
       <c r="B30" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="H30" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="I30" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="J30" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="K30" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>138</v>
       </c>
       <c r="B31" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H31" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="I31" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="J31" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="K31" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="L31" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="M31" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="N31" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="O31" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="P31" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="Q31" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>138</v>
       </c>
       <c r="B32" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H32" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="I32" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="J32" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="K32" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="L32" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="M32" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="N32" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="O32" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="H33" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="I33" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="J33" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="K33" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="L33" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="M33" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="N33" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H34" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I34" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J34" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K34" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H35" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I35" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J35" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="K35" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="L35" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="M35" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="N35" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="O35" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="H36" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="I36" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="J36" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="K36" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="L36" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="M36" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="N36" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="O36" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="H37" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="I37" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="J37" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="K37" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="L37" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="M37" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="N37" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="O37" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="P37" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="Q37" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="R37" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="S37" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="T37" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H38" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="I38" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="J38" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="K38" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="L38" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="M38" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="N38" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="O38" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>138</v>
       </c>
       <c r="B39" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H39" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="I39" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="J39" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="K39" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="L39" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="M39" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="N39" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>138</v>
       </c>
       <c r="B40" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="H40" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="I40" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="J40" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="K40" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="L40" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="M40" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>138</v>
       </c>
       <c r="B41" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="H41" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="I41" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="J41" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="K41" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="L41" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="M41" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>138</v>
       </c>
       <c r="B42" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="H42" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="I42" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="J42" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="K42" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="L42" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="M42" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="N42" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="O42" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="P42" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="Q42" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="R42" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="H43" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="I43" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="J43" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="K43" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="L43" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="M43" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="N43" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="O43" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>138</v>
       </c>
       <c r="B44" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H44" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="I44" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="J44" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="K44" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="L44" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="M44" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="N44" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="O44" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="P44" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>138</v>
       </c>
       <c r="B45" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H45" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="I45" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="J45" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="K45" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="L45" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="M45" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>138</v>
       </c>
       <c r="B46" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H46" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="I46" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J46" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="K46" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="L46" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="M46" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="N46" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>138</v>
       </c>
       <c r="B47" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="H47" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="I47" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="J47" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="K47" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="L47" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="M47" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="N47" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="O47" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="P47" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="Q47" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="R47" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="S47" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="T47" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="U47" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="V47" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="W47" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>138</v>
       </c>
       <c r="B48" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="H48" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="I48" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="J48" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="K48" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>138</v>
       </c>
       <c r="B49" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="H49" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="I49" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="J49" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="K49" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="L49" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="M49" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="N49" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="O49" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="P49" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="Q49" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="R49" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="S49" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="T49" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="U49" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="V49" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="W49" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="X49" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="Y49" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="Z49" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="AA49" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>138</v>
       </c>
       <c r="B50" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="H50" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="I50" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="J50" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="K50" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="L50" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="M50" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>138</v>
       </c>
       <c r="B51" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="H51" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="I51" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="J51" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="K51" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>138</v>
       </c>
       <c r="B52" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="H52" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="I52" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="J52" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="K52" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="L52" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="M52" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="N52" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="O52" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="P52" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="Q52" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="R52" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="S52" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="T52" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="U52" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="V52" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="W52" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="X52" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="Y52" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>138</v>
       </c>
       <c r="B53" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="H53" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="I53" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="J53" t="s">
-        <v>351</v>
+        <v>169</v>
       </c>
       <c r="K53" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="L53" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="M53" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="N53" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="O53" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="P53" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="H54" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="I54" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="J54" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="K54" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="L54" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="M54" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="N54" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="O54" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>138</v>
       </c>
       <c r="B55" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="H55" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="I55" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="J55" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="K55" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>138</v>
       </c>
       <c r="B56" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="H56" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="I56" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="J56" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="K56" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="L56" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>138</v>
       </c>
       <c r="B57" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="H57" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="I57" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="J57" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="K57" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="L57" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>138</v>
       </c>
       <c r="B58" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="H58" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="I58" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="J58" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="K58" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="L58" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="M58" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="N58" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="O58" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="P58" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>138</v>
       </c>
       <c r="B59" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="H59" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="I59" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="J59" t="s">
-        <v>208</v>
+        <v>144</v>
       </c>
       <c r="K59" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="L59" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="M59" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="N59" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>138</v>
       </c>
       <c r="B60" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="H60" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="I60" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="J60" t="s">
-        <v>351</v>
+        <v>169</v>
       </c>
       <c r="K60" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="L60" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="M60" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="N60" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="O60" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="P60" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="Q60" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>138</v>
       </c>
       <c r="B61" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="H61" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="I61" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="J61" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="K61" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="L61" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="M61" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="N61" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>138</v>
       </c>
       <c r="B62" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="H62" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="I62" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="J62" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="K62" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="L62" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="M62" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="N62" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="O62" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>138</v>
       </c>
       <c r="B63" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="H63" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="I63" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="J63" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="K63" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>138</v>
       </c>
       <c r="B64" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="H64" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="I64" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="J64" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="K64" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>138</v>
       </c>
       <c r="B65" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="H65" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="I65" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="J65" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="K65" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="H66" t="s">
+        <v>850</v>
+      </c>
+      <c r="I66" t="s">
+        <v>851</v>
+      </c>
+      <c r="J66" t="s">
         <v>845</v>
       </c>
-      <c r="I66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K66" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="H67" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="I67" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="J67" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="K67" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="H68" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="I68" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="J68" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="K68" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="H69" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="I69" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="J69" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="K69" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="L69" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="M69" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="N69" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>138</v>
       </c>
       <c r="B70" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="H70" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="I70" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="J70" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="K70" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>138</v>
       </c>
       <c r="B71" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="H71" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="I71" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="J71" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="K71" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>138</v>
       </c>
       <c r="B72" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="H72" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="I72" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="J72" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="K72" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>