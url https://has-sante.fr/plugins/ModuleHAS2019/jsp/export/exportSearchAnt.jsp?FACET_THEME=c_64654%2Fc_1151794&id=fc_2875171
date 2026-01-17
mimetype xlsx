--- v0 (2025-10-25)
+++ v1 (2026-01-17)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2463" uniqueCount="1515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2477" uniqueCount="1525">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1985,267 +1985,297 @@
   <si>
     <t>AVIS n°2013.0031/AC/SEESP du 27 mars 2013 du collège de la Haute Autorité de Santé relatif à l’établissement d’un taux cible d’association mammographie échographie mammaire dans le cadre du dépistage organisé du cancer du sein</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein.</t>
   </si>
   <si>
     <t>22/04/2013 18:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1520402/fr/avis-n2013-0031/ac/seesp-du-27-mars-2013-du-college-de-la-haute-autorite-de-sante-relatif-a-l-etablissement-d-un-taux-cible-d-association-mammographie-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_1520402</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>ITOVEBI (inavolisib)</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:58:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806090/fr/itovebi-inavolisib</t>
+  </si>
+  <si>
+    <t>p_3806090</t>
+  </si>
+  <si>
+    <t>inavolisib</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806073/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
     <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
   </si>
   <si>
     <t>14/10/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984105/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>pprd_2984105</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951417/fr/progestogel-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2633557/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753199/fr/utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951432/fr/utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400833/fr/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
-  </si>
-[...181 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>EPIRUBICINE (épirubicine (chlorhydrate d'))</t>
   </si>
   <si>
     <t>31/07/2025 09:51:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983562/fr/epirubicine-epirubicine-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2983562</t>
   </si>
   <si>
     <t>épirubicine (chlorhydrate d')</t>
   </si>
   <si>
     <t>LABORATOIRES DELBERT / MEDIPHA SANTE SAS / TEVA SANTE / VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780896/fr/epirubicine-medipha-sante-epirubicine-chlorhydrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182791/fr/epirubicine-hikma-chlorhydrate-d-epirubicine</t>
   </si>
@@ -5176,51 +5206,51 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>640</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>641</v>
       </c>
       <c r="H3" t="s">
         <v>642</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM79"/>
+  <dimension ref="A1:BP80"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5266,1650 +5296,1650 @@
       </c>
       <c r="I2" t="s">
         <v>650</v>
       </c>
       <c r="J2" t="s">
         <v>651</v>
       </c>
       <c r="K2" t="s">
         <v>652</v>
       </c>
       <c r="L2" t="s">
         <v>653</v>
       </c>
       <c r="M2" t="s">
         <v>654</v>
       </c>
       <c r="N2" t="s">
         <v>655</v>
       </c>
       <c r="O2" t="s">
         <v>656</v>
       </c>
       <c r="P2" t="s">
         <v>657</v>
       </c>
+      <c r="Q2" t="s">
+        <v>658</v>
+      </c>
+      <c r="R2" t="s">
+        <v>659</v>
+      </c>
+      <c r="S2" t="s">
+        <v>660</v>
+      </c>
+      <c r="T2" t="s">
+        <v>661</v>
+      </c>
+      <c r="U2" t="s">
+        <v>662</v>
+      </c>
+      <c r="V2" t="s">
+        <v>663</v>
+      </c>
+      <c r="W2" t="s">
+        <v>664</v>
+      </c>
+      <c r="X2" t="s">
+        <v>665</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>666</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>667</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>668</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>669</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>670</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>671</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>672</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>673</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>674</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>675</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>676</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>677</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>678</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>679</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>680</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>681</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>682</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>683</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>684</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>685</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>686</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>687</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>688</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>689</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>690</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>691</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>692</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>693</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>694</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>695</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>696</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>697</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>698</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>699</v>
+      </c>
+      <c r="BG2" t="s">
+        <v>700</v>
+      </c>
+      <c r="BH2" t="s">
+        <v>701</v>
+      </c>
+      <c r="BI2" t="s">
+        <v>702</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>703</v>
+      </c>
+      <c r="BK2" t="s">
+        <v>704</v>
+      </c>
+      <c r="BL2" t="s">
+        <v>705</v>
+      </c>
+      <c r="BM2" t="s">
+        <v>706</v>
+      </c>
+      <c r="BN2" t="s">
+        <v>707</v>
+      </c>
+      <c r="BO2" t="s">
+        <v>708</v>
+      </c>
+      <c r="BP2" t="s">
+        <v>709</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>645</v>
       </c>
       <c r="B3" t="s">
-        <v>658</v>
+        <v>710</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>659</v>
+        <v>711</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>660</v>
+        <v>712</v>
       </c>
       <c r="H3" t="s">
-        <v>661</v>
+        <v>713</v>
       </c>
       <c r="I3" t="s">
-        <v>662</v>
+        <v>714</v>
       </c>
       <c r="J3" t="s">
-        <v>663</v>
+        <v>715</v>
       </c>
       <c r="K3" t="s">
-        <v>664</v>
-[...154 lines deleted...]
-      <c r="BK3" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>645</v>
       </c>
       <c r="B4" t="s">
+        <v>717</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>718</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>719</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>720</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>721</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>722</v>
       </c>
-      <c r="I4" t="s">
+      <c r="K4" t="s">
         <v>723</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
         <v>724</v>
       </c>
-      <c r="K4" t="s">
+      <c r="M4" t="s">
         <v>725</v>
       </c>
-      <c r="L4" t="s">
+      <c r="N4" t="s">
         <v>726</v>
       </c>
-      <c r="M4" t="s">
+      <c r="O4" t="s">
         <v>727</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>645</v>
       </c>
       <c r="B5" t="s">
         <v>729</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="H5" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="I5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="J5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="K5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L5" t="s">
-        <v>735</v>
+        <v>736</v>
+      </c>
+      <c r="M5" t="s">
+        <v>737</v>
+      </c>
+      <c r="N5" t="s">
+        <v>738</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>645</v>
       </c>
       <c r="B6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="H6" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="I6" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J6" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="K6" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="L6" t="s">
-        <v>743</v>
-[...4 lines deleted...]
-      <c r="N6" t="s">
         <v>745</v>
-      </c>
-[...10 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>645</v>
       </c>
       <c r="B7" t="s">
+        <v>746</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>747</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>748</v>
+      </c>
+      <c r="H7" t="s">
+        <v>749</v>
+      </c>
+      <c r="I7" t="s">
         <v>750</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
         <v>751</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="K7" t="s">
         <v>752</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
         <v>753</v>
       </c>
-      <c r="I7" t="s">
+      <c r="M7" t="s">
         <v>754</v>
       </c>
-      <c r="J7" t="s">
+      <c r="N7" t="s">
         <v>755</v>
       </c>
-      <c r="K7" t="s">
+      <c r="O7" t="s">
         <v>756</v>
       </c>
-      <c r="L7" t="s">
+      <c r="P7" t="s">
         <v>757</v>
       </c>
-      <c r="M7" t="s">
+      <c r="Q7" t="s">
         <v>758</v>
       </c>
-      <c r="N7" t="s">
+      <c r="R7" t="s">
         <v>759</v>
-      </c>
-[...28 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>645</v>
       </c>
       <c r="B8" t="s">
+        <v>760</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>761</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>762</v>
+      </c>
+      <c r="H8" t="s">
+        <v>763</v>
+      </c>
+      <c r="I8" t="s">
+        <v>764</v>
+      </c>
+      <c r="J8" t="s">
+        <v>765</v>
+      </c>
+      <c r="K8" t="s">
+        <v>766</v>
+      </c>
+      <c r="L8" t="s">
+        <v>767</v>
+      </c>
+      <c r="M8" t="s">
+        <v>768</v>
+      </c>
+      <c r="N8" t="s">
+        <v>769</v>
+      </c>
+      <c r="O8" t="s">
         <v>770</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="P8" t="s">
         <v>771</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="Q8" t="s">
         <v>772</v>
       </c>
-      <c r="H8" t="s">
+      <c r="R8" t="s">
         <v>773</v>
       </c>
-      <c r="I8" t="s">
+      <c r="S8" t="s">
         <v>774</v>
       </c>
-      <c r="J8" t="s">
+      <c r="T8" t="s">
         <v>775</v>
       </c>
-      <c r="K8" t="s">
+      <c r="U8" t="s">
         <v>776</v>
       </c>
-      <c r="L8" t="s">
+      <c r="V8" t="s">
         <v>777</v>
       </c>
-      <c r="M8" t="s">
+      <c r="W8" t="s">
         <v>778</v>
       </c>
-      <c r="N8" t="s">
+      <c r="X8" t="s">
         <v>779</v>
-      </c>
-[...22 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>645</v>
       </c>
       <c r="B9" t="s">
+        <v>780</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>781</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>782</v>
+      </c>
+      <c r="H9" t="s">
+        <v>783</v>
+      </c>
+      <c r="I9" t="s">
+        <v>784</v>
+      </c>
+      <c r="J9" t="s">
+        <v>785</v>
+      </c>
+      <c r="K9" t="s">
+        <v>786</v>
+      </c>
+      <c r="L9" t="s">
+        <v>787</v>
+      </c>
+      <c r="M9" t="s">
         <v>788</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="N9" t="s">
         <v>789</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="O9" t="s">
         <v>790</v>
       </c>
-      <c r="H9" t="s">
+      <c r="P9" t="s">
         <v>791</v>
       </c>
-      <c r="I9" t="s">
+      <c r="Q9" t="s">
         <v>792</v>
       </c>
-      <c r="J9" t="s">
+      <c r="R9" t="s">
         <v>793</v>
       </c>
-      <c r="K9" t="s">
+      <c r="S9" t="s">
         <v>794</v>
       </c>
-      <c r="L9" t="s">
+      <c r="T9" t="s">
         <v>795</v>
       </c>
-      <c r="M9" t="s">
+      <c r="U9" t="s">
         <v>796</v>
       </c>
-      <c r="N9" t="s">
+      <c r="V9" t="s">
         <v>797</v>
-      </c>
-[...4 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>645</v>
       </c>
       <c r="B10" t="s">
+        <v>798</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>799</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>800</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>801</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>802</v>
       </c>
-      <c r="H10" t="s">
+      <c r="J10" t="s">
         <v>803</v>
       </c>
-      <c r="I10" t="s">
+      <c r="K10" t="s">
         <v>804</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>805</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>806</v>
       </c>
-      <c r="M10" t="s">
+      <c r="N10" t="s">
         <v>807</v>
       </c>
-      <c r="N10" t="s">
+      <c r="O10" t="s">
         <v>808</v>
       </c>
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>809</v>
-      </c>
-[...31 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>645</v>
       </c>
       <c r="B11" t="s">
+        <v>810</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>811</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>812</v>
+      </c>
+      <c r="H11" t="s">
+        <v>813</v>
+      </c>
+      <c r="I11" t="s">
+        <v>814</v>
+      </c>
+      <c r="J11" t="s">
+        <v>743</v>
+      </c>
+      <c r="K11" t="s">
+        <v>815</v>
+      </c>
+      <c r="L11" t="s">
+        <v>816</v>
+      </c>
+      <c r="M11" t="s">
+        <v>817</v>
+      </c>
+      <c r="N11" t="s">
+        <v>818</v>
+      </c>
+      <c r="O11" t="s">
+        <v>819</v>
+      </c>
+      <c r="P11" t="s">
+        <v>820</v>
+      </c>
+      <c r="Q11" t="s">
         <v>821</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="R11" t="s">
         <v>822</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="S11" t="s">
         <v>823</v>
       </c>
-      <c r="H11" t="s">
+      <c r="T11" t="s">
         <v>824</v>
       </c>
-      <c r="I11" t="s">
+      <c r="U11" t="s">
         <v>825</v>
       </c>
-      <c r="J11" t="s">
+      <c r="V11" t="s">
         <v>826</v>
       </c>
-      <c r="K11" t="s">
+      <c r="W11" t="s">
         <v>827</v>
       </c>
-      <c r="L11" t="s">
+      <c r="X11" t="s">
         <v>828</v>
       </c>
-      <c r="M11" t="s">
+      <c r="Y11" t="s">
         <v>829</v>
       </c>
-      <c r="N11" t="s">
+      <c r="Z11" t="s">
         <v>830</v>
-      </c>
-[...10 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>645</v>
       </c>
       <c r="B12" t="s">
+        <v>831</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>832</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>833</v>
+      </c>
+      <c r="H12" t="s">
         <v>834</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>835</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="J12" t="s">
         <v>836</v>
       </c>
-      <c r="H12" t="s">
+      <c r="K12" t="s">
         <v>837</v>
       </c>
-      <c r="I12" t="s">
+      <c r="L12" t="s">
         <v>838</v>
       </c>
-      <c r="J12" t="s">
+      <c r="M12" t="s">
         <v>839</v>
       </c>
-      <c r="K12" t="s">
+      <c r="N12" t="s">
         <v>840</v>
       </c>
-      <c r="L12" t="s">
+      <c r="O12" t="s">
+        <v>839</v>
+      </c>
+      <c r="P12" t="s">
         <v>841</v>
       </c>
-      <c r="M12" t="s">
+      <c r="Q12" t="s">
         <v>842</v>
       </c>
-      <c r="N12" t="s">
+      <c r="R12" t="s">
         <v>843</v>
-      </c>
-[...10 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>645</v>
       </c>
       <c r="B13" t="s">
+        <v>844</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>845</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>846</v>
+      </c>
+      <c r="H13" t="s">
+        <v>847</v>
+      </c>
+      <c r="I13" t="s">
         <v>848</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="J13" t="s">
         <v>849</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="K13" t="s">
         <v>850</v>
       </c>
-      <c r="H13" t="s">
+      <c r="L13" t="s">
         <v>851</v>
       </c>
-      <c r="I13" t="s">
+      <c r="M13" t="s">
         <v>852</v>
       </c>
-      <c r="J13" t="s">
+      <c r="N13" t="s">
         <v>853</v>
       </c>
-      <c r="K13" t="s">
+      <c r="O13" t="s">
         <v>854</v>
       </c>
-      <c r="L13" t="s">
+      <c r="P13" t="s">
         <v>855</v>
       </c>
-      <c r="M13" t="s">
+      <c r="Q13" t="s">
         <v>856</v>
       </c>
-      <c r="N13" t="s">
+      <c r="R13" t="s">
         <v>857</v>
-      </c>
-[...7 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>645</v>
       </c>
       <c r="B14" t="s">
+        <v>858</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>859</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>860</v>
+      </c>
+      <c r="H14" t="s">
         <v>861</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>862</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="J14" t="s">
         <v>863</v>
       </c>
-      <c r="H14" t="s">
+      <c r="K14" t="s">
         <v>864</v>
       </c>
-      <c r="I14" t="s">
+      <c r="L14" t="s">
         <v>865</v>
       </c>
-      <c r="J14" t="s">
+      <c r="M14" t="s">
         <v>866</v>
       </c>
-      <c r="K14" t="s">
+      <c r="N14" t="s">
         <v>867</v>
       </c>
-      <c r="L14" t="s">
+      <c r="O14" t="s">
         <v>868</v>
+      </c>
+      <c r="P14" t="s">
+        <v>869</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>870</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>645</v>
       </c>
       <c r="B15" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="H15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="I15" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="J15" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="K15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="L15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>645</v>
       </c>
       <c r="B16" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="H16" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="I16" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="J16" t="s">
-        <v>741</v>
+        <v>884</v>
       </c>
       <c r="K16" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="L16" t="s">
-        <v>883</v>
-[...7 lines deleted...]
-      <c r="O16" t="s">
         <v>886</v>
-      </c>
-[...13 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>645</v>
       </c>
       <c r="B17" t="s">
+        <v>887</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>888</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>889</v>
+      </c>
+      <c r="H17" t="s">
+        <v>890</v>
+      </c>
+      <c r="I17" t="s">
+        <v>891</v>
+      </c>
+      <c r="J17" t="s">
+        <v>751</v>
+      </c>
+      <c r="K17" t="s">
         <v>892</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="L17" t="s">
         <v>893</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="M17" t="s">
         <v>894</v>
       </c>
-      <c r="H17" t="s">
+      <c r="N17" t="s">
         <v>895</v>
       </c>
-      <c r="I17" t="s">
+      <c r="O17" t="s">
         <v>896</v>
       </c>
-      <c r="J17" t="s">
+      <c r="P17" t="s">
         <v>897</v>
       </c>
-      <c r="K17" t="s">
+      <c r="Q17" t="s">
         <v>898</v>
       </c>
-      <c r="L17" t="s">
+      <c r="R17" t="s">
         <v>899</v>
       </c>
-      <c r="M17" t="s">
+      <c r="S17" t="s">
         <v>900</v>
       </c>
-      <c r="N17" t="s">
+      <c r="T17" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>645</v>
       </c>
       <c r="B18" t="s">
+        <v>902</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>903</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>904</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>905</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>906</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="K18" t="s">
         <v>908</v>
       </c>
       <c r="L18" t="s">
         <v>909</v>
       </c>
       <c r="M18" t="s">
         <v>910</v>
       </c>
       <c r="N18" t="s">
         <v>911</v>
+      </c>
+      <c r="O18" t="s">
+        <v>912</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>645</v>
       </c>
       <c r="B19" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H19" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I19" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J19" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="K19" t="s">
         <v>918</v>
       </c>
       <c r="L19" t="s">
         <v>919</v>
       </c>
       <c r="M19" t="s">
         <v>920</v>
       </c>
       <c r="N19" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>645</v>
       </c>
       <c r="B20" t="s">
+        <v>922</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>923</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>924</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>925</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>926</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>927</v>
       </c>
-      <c r="J20" t="s">
+      <c r="K20" t="s">
         <v>928</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>929</v>
+      </c>
+      <c r="M20" t="s">
+        <v>930</v>
+      </c>
+      <c r="N20" t="s">
+        <v>931</v>
+      </c>
+      <c r="O20" t="s">
+        <v>932</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>645</v>
       </c>
       <c r="B21" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="H21" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="I21" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="J21" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="K21" t="s">
-        <v>936</v>
-[...7 lines deleted...]
-      <c r="N21" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>645</v>
       </c>
       <c r="B22" t="s">
         <v>940</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>941</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>942</v>
       </c>
       <c r="H22" t="s">
         <v>943</v>
       </c>
       <c r="I22" t="s">
         <v>944</v>
       </c>
       <c r="J22" t="s">
         <v>945</v>
       </c>
       <c r="K22" t="s">
         <v>946</v>
       </c>
       <c r="L22" t="s">
         <v>947</v>
       </c>
+      <c r="M22" t="s">
+        <v>948</v>
+      </c>
+      <c r="N22" t="s">
+        <v>949</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>645</v>
       </c>
       <c r="B23" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H23" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="I23" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="J23" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="K23" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="L23" t="s">
-        <v>955</v>
-[...4 lines deleted...]
-      <c r="N23" t="s">
         <v>957</v>
-      </c>
-[...31 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>645</v>
       </c>
       <c r="B24" t="s">
+        <v>958</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>959</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>960</v>
+      </c>
+      <c r="H24" t="s">
+        <v>961</v>
+      </c>
+      <c r="I24" t="s">
+        <v>962</v>
+      </c>
+      <c r="J24" t="s">
+        <v>963</v>
+      </c>
+      <c r="K24" t="s">
+        <v>964</v>
+      </c>
+      <c r="L24" t="s">
+        <v>965</v>
+      </c>
+      <c r="M24" t="s">
+        <v>966</v>
+      </c>
+      <c r="N24" t="s">
+        <v>967</v>
+      </c>
+      <c r="O24" t="s">
+        <v>968</v>
+      </c>
+      <c r="P24" t="s">
         <v>969</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="Q24" t="s">
         <v>970</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="R24" t="s">
         <v>971</v>
       </c>
-      <c r="H24" t="s">
+      <c r="S24" t="s">
         <v>972</v>
       </c>
-      <c r="I24" t="s">
+      <c r="T24" t="s">
         <v>973</v>
       </c>
-      <c r="J24" t="s">
+      <c r="U24" t="s">
         <v>974</v>
       </c>
-      <c r="K24" t="s">
+      <c r="V24" t="s">
         <v>975</v>
       </c>
-      <c r="L24" t="s">
+      <c r="W24" t="s">
         <v>976</v>
       </c>
-      <c r="M24" t="s">
+      <c r="X24" t="s">
         <v>977</v>
       </c>
-      <c r="N24" t="s">
+      <c r="Y24" t="s">
         <v>978</v>
-      </c>
-[...16 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>645</v>
       </c>
       <c r="B25" t="s">
+        <v>979</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>980</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>981</v>
+      </c>
+      <c r="H25" t="s">
+        <v>982</v>
+      </c>
+      <c r="I25" t="s">
+        <v>983</v>
+      </c>
+      <c r="J25" t="s">
+        <v>984</v>
+      </c>
+      <c r="K25" t="s">
         <v>985</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="L25" t="s">
         <v>986</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="M25" t="s">
         <v>987</v>
       </c>
-      <c r="H25" t="s">
+      <c r="N25" t="s">
         <v>988</v>
       </c>
-      <c r="I25" t="s">
+      <c r="O25" t="s">
         <v>989</v>
       </c>
-      <c r="J25" t="s">
+      <c r="P25" t="s">
         <v>990</v>
       </c>
-      <c r="K25" t="s">
+      <c r="Q25" t="s">
         <v>991</v>
+      </c>
+      <c r="R25" t="s">
+        <v>992</v>
+      </c>
+      <c r="S25" t="s">
+        <v>993</v>
+      </c>
+      <c r="T25" t="s">
+        <v>994</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>645</v>
       </c>
       <c r="B26" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="H26" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="I26" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="J26" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="K26" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>645</v>
       </c>
       <c r="B27" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="H27" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="I27" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="J27" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="K27" t="s">
-        <v>1005</v>
-[...5 lines deleted...]
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>645</v>
       </c>
       <c r="B28" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H28" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="I28" t="s">
-        <v>865</v>
+        <v>1013</v>
       </c>
       <c r="J28" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="K28" t="s">
-        <v>1013</v>
+        <v>1015</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1017</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>645</v>
       </c>
       <c r="B29" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="H29" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="I29" t="s">
-        <v>1018</v>
+        <v>875</v>
       </c>
       <c r="J29" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="K29" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>645</v>
       </c>
       <c r="B30" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="H30" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="I30" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="J30" t="s">
-        <v>755</v>
+        <v>1029</v>
       </c>
       <c r="K30" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>645</v>
       </c>
       <c r="B31" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="H31" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="I31" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="J31" t="s">
-        <v>1032</v>
+        <v>765</v>
       </c>
       <c r="K31" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>645</v>
       </c>
       <c r="B32" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="H32" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="I32" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="J32" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="K32" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="L32" t="s">
-        <v>1042</v>
-[...4 lines deleted...]
-      <c r="N32" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>645</v>
       </c>
       <c r="B33" t="s">
         <v>1045</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>1046</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>1047</v>
       </c>
@@ -6953,2276 +6983,2320 @@
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>1057</v>
       </c>
       <c r="H34" t="s">
         <v>1058</v>
       </c>
       <c r="I34" t="s">
         <v>1059</v>
       </c>
       <c r="J34" t="s">
         <v>1060</v>
       </c>
       <c r="K34" t="s">
         <v>1061</v>
       </c>
       <c r="L34" t="s">
         <v>1062</v>
       </c>
       <c r="M34" t="s">
         <v>1063</v>
       </c>
+      <c r="N34" t="s">
+        <v>1064</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>645</v>
       </c>
       <c r="B35" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H35" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="I35" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="J35" t="s">
-        <v>997</v>
+        <v>1070</v>
       </c>
       <c r="K35" t="s">
-        <v>1069</v>
+        <v>1071</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1073</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>645</v>
       </c>
       <c r="B36" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="H36" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="I36" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="J36" t="s">
-        <v>1075</v>
+        <v>1007</v>
       </c>
       <c r="K36" t="s">
-        <v>1076</v>
-[...7 lines deleted...]
-      <c r="N36" t="s">
         <v>1079</v>
-      </c>
-[...16 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>645</v>
       </c>
       <c r="B37" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1084</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1085</v>
+      </c>
+      <c r="K37" t="s">
         <v>1086</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="L37" t="s">
         <v>1087</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="M37" t="s">
         <v>1088</v>
       </c>
-      <c r="H37" t="s">
+      <c r="N37" t="s">
         <v>1089</v>
       </c>
-      <c r="I37" t="s">
+      <c r="O37" t="s">
         <v>1090</v>
       </c>
-      <c r="J37" t="s">
-[...2 lines deleted...]
-      <c r="K37" t="s">
+      <c r="P37" t="s">
         <v>1091</v>
       </c>
-      <c r="L37" t="s">
+      <c r="Q37" t="s">
         <v>1092</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1093</v>
+      </c>
+      <c r="S37" t="s">
+        <v>1094</v>
+      </c>
+      <c r="T37" t="s">
+        <v>1095</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>645</v>
       </c>
       <c r="B38" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="H38" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="I38" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="J38" t="s">
-        <v>1098</v>
+        <v>765</v>
       </c>
       <c r="K38" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="L38" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>645</v>
       </c>
       <c r="B39" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="H39" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="I39" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="J39" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="K39" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L39" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>645</v>
       </c>
       <c r="B40" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="H40" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="I40" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="J40" t="s">
-        <v>897</v>
+        <v>1116</v>
       </c>
       <c r="K40" t="s">
-        <v>1114</v>
+        <v>1117</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1118</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>645</v>
       </c>
       <c r="B41" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="H41" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="I41" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="J41" t="s">
-        <v>1120</v>
+        <v>907</v>
       </c>
       <c r="K41" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>645</v>
       </c>
       <c r="B42" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="H42" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="I42" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="J42" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="K42" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="L42" t="s">
-        <v>1130</v>
-[...4 lines deleted...]
-      <c r="N42" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>645</v>
       </c>
       <c r="B43" t="s">
         <v>1133</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>1134</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>1135</v>
       </c>
       <c r="H43" t="s">
         <v>1136</v>
       </c>
       <c r="I43" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
       <c r="J43" t="s">
-        <v>897</v>
+        <v>1138</v>
       </c>
       <c r="K43" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="L43" t="s">
-        <v>1138</v>
+        <v>1140</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1141</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1142</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>645</v>
       </c>
       <c r="B44" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="H44" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="I44" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="J44" t="s">
-        <v>755</v>
+        <v>907</v>
       </c>
       <c r="K44" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="L44" t="s">
-        <v>1145</v>
-[...5 lines deleted...]
-        <v>1144</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>645</v>
       </c>
       <c r="B45" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H45" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="I45" t="s">
-        <v>1119</v>
+        <v>1153</v>
       </c>
       <c r="J45" t="s">
-        <v>663</v>
+        <v>765</v>
       </c>
       <c r="K45" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="L45" t="s">
-        <v>1152</v>
+        <v>1155</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1154</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>645</v>
       </c>
       <c r="B46" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="H46" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="I46" t="s">
-        <v>1059</v>
+        <v>1129</v>
       </c>
       <c r="J46" t="s">
-        <v>733</v>
+        <v>651</v>
       </c>
       <c r="K46" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="L46" t="s">
-        <v>1158</v>
-[...5 lines deleted...]
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>645</v>
       </c>
       <c r="B47" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="H47" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="I47" t="s">
-        <v>1119</v>
+        <v>1069</v>
       </c>
       <c r="J47" t="s">
-        <v>1165</v>
+        <v>743</v>
       </c>
       <c r="K47" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="L47" t="s">
-        <v>1167</v>
+        <v>1168</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1170</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>645</v>
       </c>
       <c r="B48" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="H48" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="I48" t="s">
-        <v>1172</v>
+        <v>1129</v>
       </c>
       <c r="J48" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="K48" t="s">
-        <v>1174</v>
+        <v>1176</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1177</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>645</v>
       </c>
       <c r="B49" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="H49" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="I49" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="J49" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="K49" t="s">
-        <v>1181</v>
-[...7 lines deleted...]
-      <c r="N49" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>645</v>
       </c>
       <c r="B50" t="s">
         <v>1185</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>1186</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
         <v>1187</v>
       </c>
       <c r="H50" t="s">
         <v>1188</v>
       </c>
       <c r="I50" t="s">
         <v>1189</v>
       </c>
       <c r="J50" t="s">
         <v>1190</v>
       </c>
       <c r="K50" t="s">
         <v>1191</v>
       </c>
+      <c r="L50" t="s">
+        <v>1192</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1193</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1194</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>645</v>
       </c>
       <c r="B51" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="H51" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="I51" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="J51" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="K51" t="s">
-        <v>1198</v>
-[...7 lines deleted...]
-      <c r="N51" t="s">
         <v>1201</v>
-      </c>
-[...25 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>645</v>
       </c>
       <c r="B52" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1207</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N52" t="s">
         <v>1211</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="O52" t="s">
         <v>1212</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="P52" t="s">
         <v>1213</v>
       </c>
-      <c r="H52" t="s">
+      <c r="Q52" t="s">
         <v>1214</v>
       </c>
-      <c r="I52" t="s">
+      <c r="R52" t="s">
         <v>1215</v>
       </c>
-      <c r="J52" t="s">
-[...2 lines deleted...]
-      <c r="K52" t="s">
+      <c r="S52" t="s">
         <v>1216</v>
       </c>
-      <c r="L52" t="s">
+      <c r="T52" t="s">
         <v>1217</v>
       </c>
-      <c r="M52" t="s">
+      <c r="U52" t="s">
         <v>1218</v>
+      </c>
+      <c r="V52" t="s">
+        <v>1219</v>
+      </c>
+      <c r="W52" t="s">
+        <v>1220</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>645</v>
       </c>
       <c r="B53" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="H53" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="I53" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="J53" t="s">
-        <v>1224</v>
+        <v>743</v>
       </c>
       <c r="K53" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="L53" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="M53" t="s">
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="N53" t="s">
         <v>1228</v>
-      </c>
-[...13 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>645</v>
       </c>
       <c r="B54" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J54" t="s">
         <v>1234</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="K54" t="s">
         <v>1235</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="L54" t="s">
         <v>1236</v>
       </c>
-      <c r="H54" t="s">
+      <c r="M54" t="s">
         <v>1237</v>
       </c>
-      <c r="I54" t="s">
+      <c r="N54" t="s">
         <v>1238</v>
       </c>
-      <c r="J54" t="s">
-[...2 lines deleted...]
-      <c r="K54" t="s">
+      <c r="O54" t="s">
         <v>1239</v>
       </c>
-      <c r="L54" t="s">
+      <c r="P54" t="s">
         <v>1240</v>
       </c>
-      <c r="M54" t="s">
+      <c r="Q54" t="s">
         <v>1241</v>
       </c>
-      <c r="N54" t="s">
+      <c r="R54" t="s">
         <v>1242</v>
       </c>
-      <c r="O54" t="s">
+      <c r="S54" t="s">
         <v>1243</v>
-      </c>
-[...34 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>645</v>
       </c>
       <c r="B55" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J55" t="s">
+        <v>765</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1251</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1252</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>1255</v>
+      </c>
+      <c r="R55" t="s">
         <v>1256</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="S55" t="s">
         <v>1257</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="T55" t="s">
         <v>1258</v>
       </c>
-      <c r="H55" t="s">
+      <c r="U55" t="s">
         <v>1259</v>
       </c>
-      <c r="I55" t="s">
-[...2 lines deleted...]
-      <c r="J55" t="s">
+      <c r="V55" t="s">
         <v>1260</v>
       </c>
-      <c r="K55" t="s">
+      <c r="W55" t="s">
         <v>1261</v>
+      </c>
+      <c r="X55" t="s">
+        <v>1262</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>1264</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>1265</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>645</v>
       </c>
       <c r="B56" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="H56" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="I56" t="s">
-        <v>1266</v>
+        <v>1129</v>
       </c>
       <c r="J56" t="s">
-        <v>1098</v>
+        <v>1270</v>
       </c>
       <c r="K56" t="s">
-        <v>1267</v>
-[...5 lines deleted...]
-        <v>1269</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>645</v>
       </c>
       <c r="B57" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="H57" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="I57" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="J57" t="s">
-        <v>1274</v>
+        <v>1108</v>
       </c>
       <c r="K57" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="L57" t="s">
-        <v>1276</v>
+        <v>1278</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1279</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>645</v>
       </c>
       <c r="B58" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="H58" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="I58" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="J58" t="s">
-        <v>897</v>
+        <v>1284</v>
       </c>
       <c r="K58" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="L58" t="s">
-        <v>1283</v>
-[...2 lines deleted...]
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>645</v>
       </c>
       <c r="B59" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="H59" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="I59" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="J59" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="K59" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="L59" t="s">
-        <v>1291</v>
+        <v>1293</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1294</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>645</v>
       </c>
       <c r="B60" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H60" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="I60" t="s">
-        <v>1074</v>
+        <v>1299</v>
       </c>
       <c r="J60" t="s">
-        <v>1296</v>
+        <v>907</v>
       </c>
       <c r="K60" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="L60" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>645</v>
       </c>
       <c r="B61" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="H61" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="I61" t="s">
-        <v>1303</v>
+        <v>1084</v>
       </c>
       <c r="J61" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="K61" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="L61" t="s">
-        <v>1306</v>
-[...4 lines deleted...]
-      <c r="N61" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>645</v>
       </c>
       <c r="B62" t="s">
         <v>1309</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>1310</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
         <v>1311</v>
       </c>
       <c r="H62" t="s">
         <v>1312</v>
       </c>
       <c r="I62" t="s">
         <v>1313</v>
       </c>
       <c r="J62" t="s">
-        <v>1128</v>
+        <v>1314</v>
       </c>
       <c r="K62" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="L62" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="M62" t="s">
-        <v>1316</v>
+        <v>1317</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1318</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>645</v>
       </c>
       <c r="B63" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="H63" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="I63" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="J63" t="s">
-        <v>1322</v>
+        <v>1138</v>
       </c>
       <c r="K63" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="L63" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="M63" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="N63" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>645</v>
       </c>
       <c r="B64" t="s">
         <v>1327</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>1328</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
         <v>1329</v>
       </c>
       <c r="H64" t="s">
         <v>1330</v>
       </c>
       <c r="I64" t="s">
         <v>1331</v>
       </c>
       <c r="J64" t="s">
         <v>1332</v>
       </c>
       <c r="K64" t="s">
         <v>1333</v>
       </c>
       <c r="L64" t="s">
         <v>1334</v>
       </c>
       <c r="M64" t="s">
         <v>1335</v>
       </c>
+      <c r="N64" t="s">
+        <v>1336</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>645</v>
       </c>
       <c r="B65" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H65" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="I65" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="J65" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="K65" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="L65" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="M65" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>645</v>
       </c>
       <c r="B66" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="H66" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="I66" t="s">
-        <v>1119</v>
+        <v>1350</v>
       </c>
       <c r="J66" t="s">
-        <v>755</v>
+        <v>1351</v>
       </c>
       <c r="K66" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="L66" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="M66" t="s">
-        <v>1351</v>
-[...7 lines deleted...]
-      <c r="P66" t="s">
         <v>1354</v>
-      </c>
-[...10 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>645</v>
       </c>
       <c r="B67" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J67" t="s">
+        <v>765</v>
+      </c>
+      <c r="K67" t="s">
         <v>1359</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="L67" t="s">
         <v>1360</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="M67" t="s">
         <v>1361</v>
       </c>
-      <c r="H67" t="s">
+      <c r="N67" t="s">
         <v>1362</v>
       </c>
-      <c r="I67" t="s">
-[...2 lines deleted...]
-      <c r="J67" t="s">
+      <c r="O67" t="s">
         <v>1363</v>
       </c>
-      <c r="K67" t="s">
+      <c r="P67" t="s">
         <v>1364</v>
       </c>
-      <c r="L67" t="s">
+      <c r="Q67" t="s">
         <v>1365</v>
       </c>
-      <c r="M67" t="s">
+      <c r="R67" t="s">
         <v>1366</v>
       </c>
-      <c r="N67" t="s">
+      <c r="S67" t="s">
         <v>1367</v>
       </c>
-      <c r="O67" t="s">
+      <c r="T67" t="s">
         <v>1368</v>
-      </c>
-[...4 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>645</v>
       </c>
       <c r="B68" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
         <v>1371</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68" t="s">
+      <c r="H68" t="s">
         <v>1372</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="I68" t="s">
+        <v>1276</v>
+      </c>
+      <c r="J68" t="s">
         <v>1373</v>
       </c>
-      <c r="H68" t="s">
+      <c r="K68" t="s">
         <v>1374</v>
       </c>
-      <c r="I68" t="s">
-[...2 lines deleted...]
-      <c r="J68" t="s">
+      <c r="L68" t="s">
         <v>1375</v>
       </c>
-      <c r="K68" t="s">
+      <c r="M68" t="s">
         <v>1376</v>
       </c>
-      <c r="L68" t="s">
+      <c r="N68" t="s">
         <v>1377</v>
       </c>
-      <c r="M68" t="s">
+      <c r="O68" t="s">
         <v>1378</v>
       </c>
-      <c r="N68" t="s">
+      <c r="P68" t="s">
         <v>1379</v>
       </c>
-      <c r="O68" t="s">
+      <c r="Q68" t="s">
         <v>1380</v>
-      </c>
-[...4 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>645</v>
       </c>
       <c r="B69" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
         <v>1383</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>1384</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="I69" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J69" t="s">
         <v>1385</v>
       </c>
-      <c r="H69" t="s">
+      <c r="K69" t="s">
         <v>1386</v>
       </c>
-      <c r="I69" t="s">
+      <c r="L69" t="s">
         <v>1387</v>
       </c>
-      <c r="J69" t="s">
-[...2 lines deleted...]
-      <c r="K69" t="s">
+      <c r="M69" t="s">
         <v>1388</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1389</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1391</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>1392</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>645</v>
       </c>
       <c r="B70" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="H70" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="I70" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="J70" t="s">
-        <v>741</v>
+        <v>1007</v>
       </c>
       <c r="K70" t="s">
-        <v>1394</v>
-[...10 lines deleted...]
-      <c r="O70" t="s">
         <v>1398</v>
-      </c>
-[...7 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>645</v>
       </c>
       <c r="B71" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H71" t="s">
         <v>1402</v>
       </c>
-      <c r="C71" t="s">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>1403</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="J71" t="s">
+        <v>751</v>
+      </c>
+      <c r="K71" t="s">
         <v>1404</v>
       </c>
-      <c r="H71" t="s">
+      <c r="L71" t="s">
         <v>1405</v>
       </c>
-      <c r="I71" t="s">
+      <c r="M71" t="s">
         <v>1406</v>
       </c>
-      <c r="J71" t="s">
-[...2 lines deleted...]
-      <c r="K71" t="s">
+      <c r="N71" t="s">
         <v>1407</v>
       </c>
-      <c r="L71" t="s">
+      <c r="O71" t="s">
         <v>1408</v>
       </c>
-      <c r="M71" t="s">
+      <c r="P71" t="s">
         <v>1409</v>
       </c>
-      <c r="N71" t="s">
+      <c r="Q71" t="s">
         <v>1410</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1411</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>645</v>
       </c>
       <c r="B72" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="H72" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="I72" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="J72" t="s">
-        <v>1416</v>
+        <v>743</v>
       </c>
       <c r="K72" t="s">
         <v>1417</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1418</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1419</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1420</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>645</v>
       </c>
       <c r="B73" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="H73" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="I73" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="J73" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="K73" t="s">
-        <v>1424</v>
-[...5 lines deleted...]
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>645</v>
       </c>
       <c r="B74" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="H74" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="I74" t="s">
-        <v>1321</v>
+        <v>1432</v>
       </c>
       <c r="J74" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="K74" t="s">
-        <v>1432</v>
+        <v>1434</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1435</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1436</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>645</v>
       </c>
       <c r="B75" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="H75" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="I75" t="s">
-        <v>1437</v>
+        <v>1331</v>
       </c>
       <c r="J75" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="K75" t="s">
-        <v>1439</v>
-[...7 lines deleted...]
-      <c r="N75" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>645</v>
       </c>
       <c r="B76" t="s">
         <v>1443</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>1444</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
         <v>1445</v>
       </c>
       <c r="H76" t="s">
         <v>1446</v>
       </c>
       <c r="I76" t="s">
         <v>1447</v>
       </c>
       <c r="J76" t="s">
         <v>1448</v>
       </c>
       <c r="K76" t="s">
         <v>1449</v>
       </c>
       <c r="L76" t="s">
         <v>1450</v>
       </c>
+      <c r="M76" t="s">
+        <v>1451</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1452</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>645</v>
       </c>
       <c r="B77" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="H77" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="I77" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="J77" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="K77" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="L77" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>645</v>
       </c>
       <c r="B78" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="H78" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="I78" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="J78" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="K78" t="s">
-        <v>1466</v>
+        <v>1467</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1468</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1469</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>645</v>
       </c>
       <c r="B79" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="H79" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="I79" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="J79" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="K79" t="s">
-        <v>1473</v>
-[...5 lines deleted...]
-        <v>955</v>
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>645</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1484</v>
+      </c>
+      <c r="M80" t="s">
+        <v>965</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B2" t="s">
-        <v>1476</v>
+        <v>1486</v>
       </c>
       <c r="C2" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>370</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="H2" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B3" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="C3" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
       <c r="H3" t="s">
-        <v>1484</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B4" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="C4" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>370</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1487</v>
+        <v>1497</v>
       </c>
       <c r="H4" t="s">
-        <v>1488</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B5" t="s">
-        <v>1489</v>
+        <v>1499</v>
       </c>
       <c r="C5" t="s">
-        <v>1490</v>
+        <v>1500</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>370</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1491</v>
+        <v>1501</v>
       </c>
       <c r="H5" t="s">
-        <v>1492</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B6" t="s">
-        <v>1493</v>
+        <v>1503</v>
       </c>
       <c r="C6" t="s">
-        <v>1494</v>
+        <v>1504</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>370</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1495</v>
+        <v>1505</v>
       </c>
       <c r="H6" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B7" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
       <c r="C7" t="s">
-        <v>1498</v>
+        <v>1508</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>370</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="H7" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B8" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="C8" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="H8" t="s">
-        <v>1505</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B9" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
       <c r="C9" t="s">
-        <v>1507</v>
+        <v>1517</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1508</v>
+        <v>1518</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="H9" t="s">
-        <v>1510</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="B10" t="s">
-        <v>1511</v>
+        <v>1521</v>
       </c>
       <c r="C10" t="s">
-        <v>1512</v>
+        <v>1522</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>420</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1513</v>
+        <v>1523</v>
       </c>
       <c r="H10" t="s">
-        <v>1514</v>
+        <v>1524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J69"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>