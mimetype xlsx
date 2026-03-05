--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2477" uniqueCount="1525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2523" uniqueCount="1550">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -101,50 +101,86 @@
   <si>
     <t>Panorama des principales publications de la HAS sur le cancer du sein</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>10/01/2025 08:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3261756/fr/cancer-du-sein</t>
   </si>
   <si>
     <t>p_3261756</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>PERLE</t>
+  </si>
+  <si>
+    <t>09/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2026 18:13:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807257/fr/perle</t>
+  </si>
+  <si>
+    <t>p_3807257</t>
+  </si>
+  <si>
+    <t>Implant mammaire rond, lisse, pré-rempli de gel de silicone</t>
+  </si>
+  <si>
+    <t>EUROSILICONE S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>LUNA XT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807261/fr/luna-xt</t>
+  </si>
+  <si>
+    <t>p_3807261</t>
+  </si>
+  <si>
+    <t>Gabarits associés aux implants mammaires anatomiques micro-texturés préremplis de gel de silicone</t>
+  </si>
+  <si>
+    <t>EUROSILICONE SAS</t>
+  </si>
+  <si>
     <t>SEBBIN</t>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>16/09/2025 14:51:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643242/fr/sebbin</t>
   </si>
   <si>
     <t>p_3643242</t>
   </si>
   <si>
     <t>Implant mammaire pré-rempli de gel de silicone, rond, texturé et gabarit associé</t>
   </si>
   <si>
     <t>GROUPE SEBBIN</t>
   </si>
   <si>
     <t>ALLROUND SOFTLITE (1037X)</t>
   </si>
   <si>
     <t>15/07/2025 00:00:00</t>
@@ -482,110 +518,104 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445746/fr/monobloc</t>
   </si>
   <si>
     <t>p_3445746</t>
   </si>
   <si>
     <t>Implant mammaire, rond, macro-texturé, pré rempli de gel de silicone</t>
   </si>
   <si>
     <t>07/02/2023 00:00:00</t>
   </si>
   <si>
     <t>06/04/2023 11:57:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3417618/fr/monobloc</t>
   </si>
   <si>
     <t>p_3417618</t>
   </si>
   <si>
     <t>Implant mammaire, rond, lisse, pré-rempli de gel de silicone</t>
   </si>
   <si>
-    <t>LUNA XT</t>
-[...1 lines deleted...]
-  <si>
     <t>21/02/2023 00:00:00</t>
   </si>
   <si>
-    <t>17/03/2023 16:35:20</t>
+    <t>17/03/2023 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3418553/fr/luna-xt</t>
   </si>
   <si>
     <t>p_3418553</t>
   </si>
   <si>
     <t>EUROSILICONE S.A.S</t>
   </si>
   <si>
     <t>28/02/2023 17:03:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3417612/fr/monobloc</t>
   </si>
   <si>
     <t>p_3417612</t>
   </si>
   <si>
     <t>Implant mammaire anatomique, micro-texturé et pré-rempli de gel de silicone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3417615/fr/monobloc</t>
   </si>
   <si>
     <t>p_3417615</t>
   </si>
   <si>
     <t>Implant mammaire rond, micro-texturé, pré-rempli de gel de silicone</t>
   </si>
   <si>
     <t>GABARIT MAMMAIRE références GS-RHP et GS-REHP</t>
   </si>
   <si>
     <t>10/01/2023 00:00:00</t>
   </si>
   <si>
     <t>02/02/2023 09:18:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3407294/fr/gabarit-mammaire-references-gs-rhp-et-gs-rehp</t>
   </si>
   <si>
     <t>p_3407294</t>
   </si>
   <si>
     <t>Gabarit mammaire, rond, lisse, pré-rempli de gel de silicone</t>
   </si>
   <si>
-    <t>EUROSILICONE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>GABARIT MAMMAIRE référence INF-RS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3407307/fr/gabarit-mammaire-reference-inf-rs</t>
   </si>
   <si>
     <t>p_3407307</t>
   </si>
   <si>
     <t>GABARIT MAMMAIRE références ES.30 et ES.33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3407310/fr/gabarit-mammaire-references-es-30-et-es-33</t>
   </si>
   <si>
     <t>p_3407310</t>
   </si>
   <si>
     <t>IMPLEO SMOOTH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3407313/fr/impleo-smooth</t>
   </si>
   <si>
     <t>p_3407313</t>
@@ -923,68 +953,62 @@
   <si>
     <t>AMOENA ESSENTIAL LIGHT &amp; AMOENA ADAPT LIGHT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3267526/fr/amoena-essential-light-amoena-adapt-light</t>
   </si>
   <si>
     <t>p_3267526</t>
   </si>
   <si>
     <t>30/03/2021 00:00:00</t>
   </si>
   <si>
     <t>04/05/2021 10:03:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264250/fr/pink-perfect</t>
   </si>
   <si>
     <t>p_3264250</t>
   </si>
   <si>
     <t>Prothèses externes en silicone de la plaque aréolo mamelonnaire</t>
   </si>
   <si>
-    <t>PERLE</t>
-[...1 lines deleted...]
-  <si>
     <t>16/02/2021 00:00:00</t>
   </si>
   <si>
     <t>03/05/2021 17:02:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242543/fr/perle</t>
   </si>
   <si>
     <t>p_3242543</t>
   </si>
   <si>
-    <t>Implant mammaire rond, lisse, pré-rempli de gel de silicone</t>
-[...1 lines deleted...]
-  <si>
     <t>02/02/2021 00:00:00</t>
   </si>
   <si>
     <t>16/03/2021 17:26:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239015/fr/mentor</t>
   </si>
   <si>
     <t>p_3239015</t>
   </si>
   <si>
     <t>Implants mammaires pré-remplis de gel de silicone ou de serum physiologique et gabarits associés</t>
   </si>
   <si>
     <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
   </si>
   <si>
     <t>AMOENA BALANCE ESSENTIAL ET ESSENTIAL LIGHT</t>
   </si>
   <si>
     <t>20/10/2020 00:00:00</t>
   </si>
   <si>
     <t>23/12/2020 17:36:51</t>
@@ -1985,50 +2009,233 @@
   <si>
     <t>AVIS n°2013.0031/AC/SEESP du 27 mars 2013 du collège de la Haute Autorité de Santé relatif à l’établissement d’un taux cible d’association mammographie échographie mammaire dans le cadre du dépistage organisé du cancer du sein</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein.</t>
   </si>
   <si>
     <t>22/04/2013 18:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1520402/fr/avis-n2013-0031/ac/seesp-du-27-mars-2013-du-college-de-la-haute-autorite-de-sante-relatif-a-l-etablissement-d-un-taux-cible-d-association-mammographie-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_1520402</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>DEPO-PRODASONE (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983499/fr/depo-prodasone-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2983499</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650020/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800443/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807416/fr/depo-prodasone-acetate-de-medroxyprogesterone-cancer-du-sein-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>ZOLADEX (goséréline (acétate de))</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:20:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983948/fr/zoladex-gosereline-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983948</t>
+  </si>
+  <si>
+    <t>goséréline (acétate de)</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399716/fr/zoladex-gosereline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401040/fr/zoladex-gosereline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672233/fr/zoladex-gosereline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861014/fr/zoladex-acetate-de-gosereline-cancer-du-sein-et-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>KISQALI (ribociclib)</t>
+  </si>
+  <si>
+    <t>11/02/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983389/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>pprd_2983389</t>
+  </si>
+  <si>
+    <t>ribociclib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827573/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097597/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3103868/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199713/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229924/fr/kisqali-ribociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404153/fr/kisqali-ribociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601428/fr/kisqali-ribociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637179/fr/kisqali-ribociclib-cancer-du-sein-precoce</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859851/fr/kisqali-ribociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>11/02/2026 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3273604</t>
+  </si>
+  <si>
+    <t>trastuzumab déruxtécan</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique-jog</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/fr/enhertu-trastuzumab-deruxtecan-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859779/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>ITOVEBI (inavolisib)</t>
+  </si>
+  <si>
+    <t>21/01/2026 15:56:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806090/fr/itovebi-inavolisib</t>
+  </si>
+  <si>
+    <t>p_3806090</t>
+  </si>
+  <si>
+    <t>inavolisib</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806073/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826119/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
     <t>KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>19/12/2025 11:48:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
@@ -2177,71 +2384,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806169/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806203/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806214/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
   </si>
   <si>
-    <t>ITOVEBI (inavolisib)</t>
-[...19 lines deleted...]
-  <si>
     <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
   </si>
   <si>
     <t>14/10/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984105/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>pprd_2984105</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951417/fr/progestogel-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2633557/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753199/fr/utrogestan-progesterone</t>
@@ -2276,101 +2462,56 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780896/fr/epirubicine-medipha-sante-epirubicine-chlorhydrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182791/fr/epirubicine-hikma-chlorhydrate-d-epirubicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477881/fr/epirubicine-teva-classics-epirubicine-chlorhydrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639099/fr/epirubicine-viatris-chlorhydrate-d-epirubicine-cancer-de-la-vessie</t>
   </si>
   <si>
     <t>TRUQAP (capivasertib)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521958/fr/truqap-capivasertib</t>
   </si>
   <si>
     <t>p_3521958</t>
   </si>
   <si>
     <t>capivasertib</t>
   </si>
   <si>
-    <t>ASTRAZENECA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3521945/fr/truqap-capivasertib-cancer-du-sein</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639102/fr/truqap-capivasertib-cancer-du-sein-her2-negatif</t>
   </si>
   <si>
-    <t>KISQALI (ribociclib)</t>
-[...40 lines deleted...]
-  <si>
     <t>TECENTRIQ (atézolizumab)</t>
   </si>
   <si>
     <t>18/06/2025 15:54:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982779/fr/tecentriq-atezolizumab</t>
   </si>
   <si>
     <t>pprd_2982779</t>
   </si>
   <si>
     <t>atézolizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2856045/fr/tecentriq-cancer-bronchique-non-a-petites-cellules-2eme-ligne-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2965862/fr/tecentriq-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3113584/fr/tecentriq-cancer-bronchique-non-a-petites-cellules-1ere-ligne-atezolizumab</t>
@@ -2387,104 +2528,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214273/fr/tecentriq-atezolizumab-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240699/fr/tecentriq-atezolizumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298586/fr/tecentriq-840-1200-mg-atezolizumab-monotherapie-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302587/fr/tecentriq-840-mg-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390617/fr/tecentriq-atezolizumab-cancer-du-poumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3406124/fr/tecentriq-atezolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517160/fr/tecentriq-atezolizumab-oncologie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610371/fr/tecentriq-atezolizumab-cancer-du-poumon</t>
   </si>
   <si>
-    <t>ENHERTU (trastuzumab déruxtécan)</t>
-[...52 lines deleted...]
-  <si>
     <t>VERZENIOS (abémaciclib)</t>
   </si>
   <si>
     <t>10/04/2025 16:48:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982950/fr/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>pprd_2982950</t>
   </si>
   <si>
     <t>abémaciclib</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2892921/fr/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3237418/fr/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3359071/fr/verzenios-abemaciclib-cancer-du-sein</t>
@@ -2768,53 +2855,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780977/fr/afinitor-everolimus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098032/fr/afinitor-everolimus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3527216/fr/afinitor-everolimus-tumeurs-neuroendocrines-d-origine-pancreatique</t>
   </si>
   <si>
     <t>TALZENNA (talazoparib)</t>
   </si>
   <si>
     <t>29/04/2024 11:41:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3143436/fr/talzenna-talazoparib</t>
   </si>
   <si>
     <t>p_3143436</t>
   </si>
   <si>
     <t>talazoparib</t>
   </si>
   <si>
-    <t>PFIZER PFE FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3135577/fr/talzenna-talazoparib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245412/fr/talzenna-talazoparib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433922/fr/talzenna-talazoparib-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478113/fr/talzenna-talazoparib-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3512093/fr/talzenna-talazoparib-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>IBRANCE (palbociclib)</t>
   </si>
   <si>
     <t>09/11/2023 10:26:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982792/fr/ibrance-palbociclib</t>
   </si>
   <si>
     <t>pprd_2982792</t>
@@ -3932,71 +4016,50 @@
   <si>
     <t>AROMASINE (exémestane)</t>
   </si>
   <si>
     <t>01/12/2017 11:49:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983470/fr/aromasine-exemestane</t>
   </si>
   <si>
     <t>pprd_2983470</t>
   </si>
   <si>
     <t>exémestane</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_653820/fr/aromasine-exemestane</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_455079/fr/aromasine-exemestane</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2807270/fr/aromasine-exemestane</t>
   </si>
   <si>
-    <t>DEPO-PRODASONE (médroxyprogestérone (acétate de))</t>
-[...19 lines deleted...]
-  <si>
     <t>DOCETAXEL AMRING (docétaxel)</t>
   </si>
   <si>
     <t>13/10/2017 15:08:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983509/fr/docetaxel-amring-docetaxel</t>
   </si>
   <si>
     <t>pprd_2983509</t>
   </si>
   <si>
     <t>AMRING</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676723/fr/docetaxel-seacross-docetaxel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2798160/fr/docetaxel-amring-docetaxel</t>
   </si>
   <si>
     <t>MEGACE (mégestrol (acétate de))</t>
   </si>
   <si>
     <t>20/09/2017 09:37:00</t>
@@ -4418,53 +4481,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_399236/fr/tamoxifene-biogaran-30-mg-comprime-boite-de-30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400639/fr/tamoxifene-teva-30-mg-comprime-pellicule-boite-de-30-cip-361-436-9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_456588/fr/tamoxifene-biogaran-tamoxifene</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1057904/fr/tamoxifene-biogaran-tamoxifene</t>
   </si>
   <si>
     <t>FARLUTAL (acétate de médroxyprogestérone)</t>
   </si>
   <si>
     <t>16/02/2011 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985197/fr/farlutal-acetate-de-medroxyprogesterone</t>
   </si>
   <si>
     <t>pprd_2985197</t>
   </si>
   <si>
-    <t>acétate de médroxyprogestérone</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire PFIZER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400862/fr/farlutal-500-mg-comprime-b/30-cip-326-573-3-farlutal-500-mg/2-5-ml-suspension-injectable-i-m-a-liberation-prolongee-b/1-flacon-de-2-5-ml-cip-314-499-8</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1036297/fr/farlutal-acetate-de-medroxyprogesterone</t>
   </si>
   <si>
     <t>AMETYCINE (mitomycine C)</t>
   </si>
   <si>
     <t>15/12/2010 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985225/fr/ametycine-mitomycine-c</t>
   </si>
   <si>
     <t>pprd_2985225</t>
   </si>
   <si>
     <t>mitomycine C</t>
   </si>
   <si>
     <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
@@ -4503,50 +4563,65 @@
     <t>LEDERTREXATE (methotrexate)</t>
   </si>
   <si>
     <t>21/04/2016 15:55:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985312/fr/ledertrexate-methotrexate</t>
   </si>
   <si>
     <t>pprd_2985312</t>
   </si>
   <si>
     <t>methotrexate</t>
   </si>
   <si>
     <t>BIODIM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400929/fr/ledertrexate-25-mg-solution-injectable-ampoule-de-1-ml-316-021-8-ledertrexate-5-mg-solution-injectable-ampoule-de-2-ml-315-012-5-ledertrexate-50-mg-solution-injectable-ampoule-de-2-ml-315-014-8</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
   </si>
   <si>
     <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Cancer du sein précoce : suites données au droit d’alerte portant sur l’information des femmes, notamment concernant les inhibiteurs de CDK4/6</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) rend publiques les suites qu'elle apporte à l'association Le Lien, qui l'a saisie au titre du droit d'alerte des associations agréées du système de santé, concernant l'information des femmes, notamment au sujet des inhibiteurs de CDK4/6.</t>
+  </si>
+  <si>
+    <t>04/03/2026 08:55:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878121/fr/cancer-du-sein-precoce-suites-donnees-au-droit-d-alerte-portant-sur-l-information-des-femmes-notamment-concernant-les-inhibiteurs-de-cdk4/6</t>
+  </si>
+  <si>
+    <t>p_3878121</t>
   </si>
   <si>
     <t>Reconstruction mammaire : où vous faire opérer ?</t>
   </si>
   <si>
     <t>Une carte de France pour rechercher les hôpitaux et cliniques qui réalisent des reconstructions mammaires, y compris de lipomodelage, aussi utilisé pour améliorer l'aspect d'un buste plat.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3351497/fr/reconstruction-mammaire-ou-vous-faire-operer</t>
   </si>
   <si>
     <t>p_3351497</t>
   </si>
   <si>
     <t>Reconstruction mammaire : la HAS récompensée pour ses travaux sur l’aide à une prise de décision médicale partagée entre les professionnels de santé et leur patiente</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) a obtenu la 3e place du prix David Hailey pour l’impact de l’évaluation des techniques de reconstruction mammaire et pour son outil d’aide à la prise de décision partagée « Reconstruction mammaire : de la réflexion à la décision ».</t>
   </si>
   <si>
     <t>09/12/2024 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563451/fr/reconstruction-mammaire-la-has-recompensee-pour-ses-travaux-sur-l-aide-a-une-prise-de-decision-medicale-partagee-entre-les-professionnels-de-sante-et-leur-patiente</t>
   </si>
@@ -4770,4544 +4845,4626 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B2" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="C2" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="D2" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="E2" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="H2" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B3" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="C3" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="D3" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="E3" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="H3" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B4" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="C4" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="D4" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="E4" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="H4" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B5" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="C5" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="D5" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="E5" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="H5" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B6" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="C6" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="D6" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="E6" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="H6" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B7" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="C7" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="D7" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="E7" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="H7" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B8" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="C8" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="D8" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="E8" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="H8" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B9" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="C9" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H9" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B10" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="C10" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="D10" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="E10" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="H10" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B11" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="C11" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="D11" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="E11" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="H11" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B12" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="C12" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="D12" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="E12" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="H12" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B13" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="C13" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="D13" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="E13" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="H13" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B14" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="C14" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="D14" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="E14" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="H14" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B2" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="C2" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="D2" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="E2" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="H2" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B3" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="C3" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="H3" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BP80"/>
+  <dimension ref="A1:BP81"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="J1" t="s">
         <v>16</v>
       </c>
       <c r="K1" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B2" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="H2" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="I2" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="J2" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="K2" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="L2" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="M2" t="s">
-        <v>654</v>
-[...22 lines deleted...]
-      <c r="U2" t="s">
         <v>662</v>
-      </c>
-[...139 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B3" t="s">
-        <v>710</v>
+        <v>663</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>711</v>
+        <v>664</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>712</v>
+        <v>665</v>
       </c>
       <c r="H3" t="s">
-        <v>713</v>
+        <v>666</v>
       </c>
       <c r="I3" t="s">
-        <v>714</v>
+        <v>667</v>
       </c>
       <c r="J3" t="s">
-        <v>715</v>
+        <v>668</v>
       </c>
       <c r="K3" t="s">
-        <v>716</v>
+        <v>669</v>
+      </c>
+      <c r="L3" t="s">
+        <v>670</v>
+      </c>
+      <c r="M3" t="s">
+        <v>671</v>
+      </c>
+      <c r="N3" t="s">
+        <v>672</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B4" t="s">
-        <v>717</v>
+        <v>673</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>718</v>
+        <v>674</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>719</v>
+        <v>675</v>
       </c>
       <c r="H4" t="s">
-        <v>720</v>
+        <v>676</v>
       </c>
       <c r="I4" t="s">
-        <v>721</v>
+        <v>677</v>
       </c>
       <c r="J4" t="s">
-        <v>722</v>
+        <v>678</v>
       </c>
       <c r="K4" t="s">
-        <v>723</v>
+        <v>679</v>
       </c>
       <c r="L4" t="s">
-        <v>724</v>
+        <v>680</v>
       </c>
       <c r="M4" t="s">
-        <v>725</v>
+        <v>681</v>
       </c>
       <c r="N4" t="s">
-        <v>726</v>
+        <v>682</v>
       </c>
       <c r="O4" t="s">
-        <v>727</v>
+        <v>683</v>
       </c>
       <c r="P4" t="s">
-        <v>728</v>
+        <v>684</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>685</v>
+      </c>
+      <c r="R4" t="s">
+        <v>686</v>
+      </c>
+      <c r="S4" t="s">
+        <v>687</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B5" t="s">
-        <v>729</v>
+        <v>688</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>730</v>
+        <v>689</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>731</v>
+        <v>690</v>
       </c>
       <c r="H5" t="s">
-        <v>732</v>
+        <v>691</v>
       </c>
       <c r="I5" t="s">
-        <v>733</v>
+        <v>692</v>
       </c>
       <c r="J5" t="s">
-        <v>734</v>
+        <v>693</v>
       </c>
       <c r="K5" t="s">
-        <v>735</v>
+        <v>694</v>
       </c>
       <c r="L5" t="s">
-        <v>736</v>
+        <v>695</v>
       </c>
       <c r="M5" t="s">
-        <v>737</v>
+        <v>696</v>
       </c>
       <c r="N5" t="s">
-        <v>738</v>
+        <v>697</v>
+      </c>
+      <c r="O5" t="s">
+        <v>698</v>
+      </c>
+      <c r="P5" t="s">
+        <v>699</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>700</v>
+      </c>
+      <c r="R5" t="s">
+        <v>701</v>
+      </c>
+      <c r="S5" t="s">
+        <v>702</v>
+      </c>
+      <c r="T5" t="s">
+        <v>703</v>
+      </c>
+      <c r="U5" t="s">
+        <v>704</v>
+      </c>
+      <c r="V5" t="s">
+        <v>705</v>
+      </c>
+      <c r="W5" t="s">
+        <v>706</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>707</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>730</v>
+        <v>708</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>740</v>
+        <v>709</v>
       </c>
       <c r="H6" t="s">
-        <v>741</v>
+        <v>710</v>
       </c>
       <c r="I6" t="s">
-        <v>742</v>
+        <v>711</v>
       </c>
       <c r="J6" t="s">
-        <v>743</v>
+        <v>712</v>
       </c>
       <c r="K6" t="s">
-        <v>744</v>
+        <v>713</v>
       </c>
       <c r="L6" t="s">
-        <v>745</v>
+        <v>714</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B7" t="s">
+        <v>715</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>716</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>717</v>
+      </c>
+      <c r="H7" t="s">
+        <v>718</v>
+      </c>
+      <c r="I7" t="s">
+        <v>719</v>
+      </c>
+      <c r="J7" t="s">
+        <v>720</v>
+      </c>
+      <c r="K7" t="s">
+        <v>721</v>
+      </c>
+      <c r="L7" t="s">
+        <v>722</v>
+      </c>
+      <c r="M7" t="s">
+        <v>723</v>
+      </c>
+      <c r="N7" t="s">
+        <v>724</v>
+      </c>
+      <c r="O7" t="s">
+        <v>725</v>
+      </c>
+      <c r="P7" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>727</v>
+      </c>
+      <c r="R7" t="s">
+        <v>728</v>
+      </c>
+      <c r="S7" t="s">
+        <v>729</v>
+      </c>
+      <c r="T7" t="s">
+        <v>730</v>
+      </c>
+      <c r="U7" t="s">
+        <v>731</v>
+      </c>
+      <c r="V7" t="s">
+        <v>732</v>
+      </c>
+      <c r="W7" t="s">
+        <v>733</v>
+      </c>
+      <c r="X7" t="s">
+        <v>734</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>735</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>736</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>737</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>738</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>739</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>740</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>741</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>742</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>743</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>744</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>745</v>
+      </c>
+      <c r="AJ7" t="s">
         <v>746</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="AK7" t="s">
         <v>747</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="AL7" t="s">
         <v>748</v>
       </c>
-      <c r="H7" t="s">
+      <c r="AM7" t="s">
         <v>749</v>
       </c>
-      <c r="I7" t="s">
+      <c r="AN7" t="s">
         <v>750</v>
       </c>
-      <c r="J7" t="s">
+      <c r="AO7" t="s">
         <v>751</v>
       </c>
-      <c r="K7" t="s">
+      <c r="AP7" t="s">
         <v>752</v>
       </c>
-      <c r="L7" t="s">
+      <c r="AQ7" t="s">
         <v>753</v>
       </c>
-      <c r="M7" t="s">
+      <c r="AR7" t="s">
         <v>754</v>
       </c>
-      <c r="N7" t="s">
+      <c r="AS7" t="s">
         <v>755</v>
       </c>
-      <c r="O7" t="s">
+      <c r="AT7" t="s">
         <v>756</v>
       </c>
-      <c r="P7" t="s">
+      <c r="AU7" t="s">
         <v>757</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="AV7" t="s">
         <v>758</v>
       </c>
-      <c r="R7" t="s">
+      <c r="AW7" t="s">
         <v>759</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>760</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>761</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>762</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>763</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>764</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>765</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>766</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>767</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>768</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>769</v>
+      </c>
+      <c r="BH7" t="s">
+        <v>770</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>771</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>772</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>773</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>774</v>
+      </c>
+      <c r="BM7" t="s">
+        <v>775</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>776</v>
+      </c>
+      <c r="BO7" t="s">
+        <v>777</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>778</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B8" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="H8" t="s">
-        <v>763</v>
+        <v>782</v>
       </c>
       <c r="I8" t="s">
-        <v>764</v>
+        <v>783</v>
       </c>
       <c r="J8" t="s">
-        <v>765</v>
+        <v>784</v>
       </c>
       <c r="K8" t="s">
-        <v>766</v>
+        <v>785</v>
       </c>
       <c r="L8" t="s">
-        <v>767</v>
+        <v>786</v>
       </c>
       <c r="M8" t="s">
-        <v>768</v>
+        <v>787</v>
       </c>
       <c r="N8" t="s">
-        <v>769</v>
+        <v>788</v>
       </c>
       <c r="O8" t="s">
-        <v>770</v>
+        <v>789</v>
       </c>
       <c r="P8" t="s">
-        <v>771</v>
-[...23 lines deleted...]
-        <v>779</v>
+        <v>790</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B9" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>782</v>
+        <v>793</v>
       </c>
       <c r="H9" t="s">
-        <v>783</v>
+        <v>794</v>
       </c>
       <c r="I9" t="s">
-        <v>784</v>
+        <v>795</v>
       </c>
       <c r="J9" t="s">
-        <v>785</v>
+        <v>796</v>
       </c>
       <c r="K9" t="s">
-        <v>786</v>
+        <v>797</v>
       </c>
       <c r="L9" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="M9" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="N9" t="s">
-        <v>789</v>
-[...23 lines deleted...]
-        <v>797</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B10" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="H10" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="I10" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="J10" t="s">
-        <v>803</v>
+        <v>668</v>
       </c>
       <c r="K10" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="L10" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="M10" t="s">
         <v>806</v>
-      </c>
-[...7 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B11" t="s">
+        <v>807</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>808</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>809</v>
+      </c>
+      <c r="H11" t="s">
         <v>810</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>811</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
         <v>812</v>
       </c>
-      <c r="H11" t="s">
+      <c r="K11" t="s">
         <v>813</v>
       </c>
-      <c r="I11" t="s">
+      <c r="L11" t="s">
         <v>814</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="M11" t="s">
         <v>815</v>
       </c>
-      <c r="L11" t="s">
+      <c r="N11" t="s">
         <v>816</v>
       </c>
-      <c r="M11" t="s">
+      <c r="O11" t="s">
         <v>817</v>
       </c>
-      <c r="N11" t="s">
+      <c r="P11" t="s">
         <v>818</v>
       </c>
-      <c r="O11" t="s">
+      <c r="Q11" t="s">
         <v>819</v>
       </c>
-      <c r="P11" t="s">
+      <c r="R11" t="s">
         <v>820</v>
       </c>
-      <c r="Q11" t="s">
+      <c r="S11" t="s">
         <v>821</v>
       </c>
-      <c r="R11" t="s">
+      <c r="T11" t="s">
         <v>822</v>
       </c>
-      <c r="S11" t="s">
+      <c r="U11" t="s">
         <v>823</v>
       </c>
-      <c r="T11" t="s">
+      <c r="V11" t="s">
         <v>824</v>
       </c>
-      <c r="U11" t="s">
+      <c r="W11" t="s">
         <v>825</v>
       </c>
-      <c r="V11" t="s">
+      <c r="X11" t="s">
         <v>826</v>
-      </c>
-[...10 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B12" t="s">
+        <v>827</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>828</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>829</v>
+      </c>
+      <c r="H12" t="s">
+        <v>830</v>
+      </c>
+      <c r="I12" t="s">
         <v>831</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="J12" t="s">
         <v>832</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="K12" t="s">
         <v>833</v>
       </c>
-      <c r="H12" t="s">
+      <c r="L12" t="s">
         <v>834</v>
       </c>
-      <c r="I12" t="s">
+      <c r="M12" t="s">
         <v>835</v>
       </c>
-      <c r="J12" t="s">
+      <c r="N12" t="s">
         <v>836</v>
       </c>
-      <c r="K12" t="s">
+      <c r="O12" t="s">
         <v>837</v>
       </c>
-      <c r="L12" t="s">
+      <c r="P12" t="s">
         <v>838</v>
-      </c>
-[...16 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B13" t="s">
+        <v>839</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>840</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>841</v>
+      </c>
+      <c r="H13" t="s">
+        <v>842</v>
+      </c>
+      <c r="I13" t="s">
+        <v>843</v>
+      </c>
+      <c r="J13" t="s">
+        <v>668</v>
+      </c>
+      <c r="K13" t="s">
         <v>844</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="L13" t="s">
         <v>845</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="M13" t="s">
         <v>846</v>
       </c>
-      <c r="H13" t="s">
+      <c r="N13" t="s">
         <v>847</v>
       </c>
-      <c r="I13" t="s">
+      <c r="O13" t="s">
         <v>848</v>
       </c>
-      <c r="J13" t="s">
+      <c r="P13" t="s">
         <v>849</v>
       </c>
-      <c r="K13" t="s">
+      <c r="Q13" t="s">
         <v>850</v>
       </c>
-      <c r="L13" t="s">
+      <c r="R13" t="s">
         <v>851</v>
       </c>
-      <c r="M13" t="s">
+      <c r="S13" t="s">
         <v>852</v>
       </c>
-      <c r="N13" t="s">
+      <c r="T13" t="s">
         <v>853</v>
       </c>
-      <c r="O13" t="s">
+      <c r="U13" t="s">
         <v>854</v>
       </c>
-      <c r="P13" t="s">
+      <c r="V13" t="s">
         <v>855</v>
       </c>
-      <c r="Q13" t="s">
+      <c r="W13" t="s">
         <v>856</v>
       </c>
-      <c r="R13" t="s">
+      <c r="X13" t="s">
         <v>857</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>858</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>859</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B14" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="H14" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="I14" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="J14" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="K14" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="L14" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="M14" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="N14" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="O14" t="s">
         <v>868</v>
       </c>
       <c r="P14" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="Q14" t="s">
-        <v>870</v>
+        <v>871</v>
+      </c>
+      <c r="R14" t="s">
+        <v>872</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B15" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="H15" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="I15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="J15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="K15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="L15" t="s">
-        <v>878</v>
+        <v>880</v>
+      </c>
+      <c r="M15" t="s">
+        <v>881</v>
+      </c>
+      <c r="N15" t="s">
+        <v>882</v>
+      </c>
+      <c r="O15" t="s">
+        <v>883</v>
+      </c>
+      <c r="P15" t="s">
+        <v>884</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>885</v>
+      </c>
+      <c r="R15" t="s">
+        <v>886</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B16" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="H16" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="I16" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="J16" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="K16" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="L16" t="s">
-        <v>886</v>
+        <v>894</v>
+      </c>
+      <c r="M16" t="s">
+        <v>895</v>
+      </c>
+      <c r="N16" t="s">
+        <v>896</v>
+      </c>
+      <c r="O16" t="s">
+        <v>897</v>
+      </c>
+      <c r="P16" t="s">
+        <v>898</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>899</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B17" t="s">
-        <v>887</v>
+        <v>900</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>888</v>
+        <v>901</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>889</v>
+        <v>902</v>
       </c>
       <c r="H17" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="I17" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="J17" t="s">
-        <v>751</v>
+        <v>905</v>
       </c>
       <c r="K17" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="L17" t="s">
-        <v>893</v>
-[...23 lines deleted...]
-        <v>901</v>
+        <v>907</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B18" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="H18" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="I18" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="J18" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="K18" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="L18" t="s">
-        <v>909</v>
-[...8 lines deleted...]
-        <v>912</v>
+        <v>915</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B19" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="H19" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I19" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="J19" t="s">
-        <v>907</v>
+        <v>678</v>
       </c>
       <c r="K19" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="L19" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="M19" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="N19" t="s">
-        <v>921</v>
+        <v>924</v>
+      </c>
+      <c r="O19" t="s">
+        <v>925</v>
+      </c>
+      <c r="P19" t="s">
+        <v>926</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>927</v>
+      </c>
+      <c r="R19" t="s">
+        <v>928</v>
+      </c>
+      <c r="S19" t="s">
+        <v>929</v>
+      </c>
+      <c r="T19" t="s">
+        <v>930</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B20" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="H20" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="I20" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="J20" t="s">
-        <v>927</v>
+        <v>659</v>
       </c>
       <c r="K20" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="L20" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="M20" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="N20" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="O20" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B21" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="H21" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="I21" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="J21" t="s">
-        <v>938</v>
+        <v>659</v>
       </c>
       <c r="K21" t="s">
-        <v>939</v>
+        <v>946</v>
+      </c>
+      <c r="L21" t="s">
+        <v>947</v>
+      </c>
+      <c r="M21" t="s">
+        <v>948</v>
+      </c>
+      <c r="N21" t="s">
+        <v>949</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B22" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="H22" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="I22" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="J22" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="K22" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="L22" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="M22" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="N22" t="s">
-        <v>949</v>
+        <v>959</v>
+      </c>
+      <c r="O22" t="s">
+        <v>960</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B23" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="H23" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
       <c r="I23" t="s">
-        <v>954</v>
+        <v>965</v>
       </c>
       <c r="J23" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="K23" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>967</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B24" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="H24" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="I24" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="J24" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="K24" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="L24" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="M24" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="N24" t="s">
-        <v>967</v>
-[...28 lines deleted...]
-      <c r="X24" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B25" t="s">
+        <v>978</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>979</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>980</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>981</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>982</v>
       </c>
-      <c r="I25" t="s">
+      <c r="J25" t="s">
         <v>983</v>
       </c>
-      <c r="J25" t="s">
+      <c r="K25" t="s">
         <v>984</v>
       </c>
-      <c r="K25" t="s">
+      <c r="L25" t="s">
         <v>985</v>
-      </c>
-[...25 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B26" t="s">
+        <v>986</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>987</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>988</v>
+      </c>
+      <c r="H26" t="s">
+        <v>989</v>
+      </c>
+      <c r="I26" t="s">
+        <v>990</v>
+      </c>
+      <c r="J26" t="s">
+        <v>991</v>
+      </c>
+      <c r="K26" t="s">
+        <v>992</v>
+      </c>
+      <c r="L26" t="s">
+        <v>993</v>
+      </c>
+      <c r="M26" t="s">
+        <v>994</v>
+      </c>
+      <c r="N26" t="s">
         <v>995</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="O26" t="s">
         <v>996</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="P26" t="s">
         <v>997</v>
       </c>
-      <c r="H26" t="s">
+      <c r="Q26" t="s">
         <v>998</v>
       </c>
-      <c r="I26" t="s">
+      <c r="R26" t="s">
         <v>999</v>
       </c>
-      <c r="J26" t="s">
+      <c r="S26" t="s">
         <v>1000</v>
       </c>
-      <c r="K26" t="s">
+      <c r="T26" t="s">
         <v>1001</v>
+      </c>
+      <c r="U26" t="s">
+        <v>1002</v>
+      </c>
+      <c r="V26" t="s">
+        <v>1003</v>
+      </c>
+      <c r="W26" t="s">
+        <v>1004</v>
+      </c>
+      <c r="X26" t="s">
+        <v>1005</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>1006</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B27" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="H27" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="I27" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="J27" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="K27" t="s">
-        <v>1008</v>
+        <v>1013</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1015</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1016</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1018</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1019</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1020</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1021</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1022</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B28" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="H28" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="I28" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="J28" t="s">
-        <v>1014</v>
+        <v>1028</v>
       </c>
       <c r="K28" t="s">
-        <v>1015</v>
-[...5 lines deleted...]
-        <v>1017</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B29" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="H29" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="I29" t="s">
-        <v>875</v>
+        <v>1034</v>
       </c>
       <c r="J29" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="K29" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B30" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
       <c r="H30" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="I30" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="J30" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="K30" t="s">
-        <v>1030</v>
+        <v>1043</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B31" t="s">
-        <v>1031</v>
+        <v>1046</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
       <c r="H31" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="I31" t="s">
-        <v>1035</v>
+        <v>904</v>
       </c>
       <c r="J31" t="s">
-        <v>765</v>
+        <v>1050</v>
       </c>
       <c r="K31" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B32" t="s">
-        <v>1037</v>
+        <v>1052</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1039</v>
+        <v>1054</v>
       </c>
       <c r="H32" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
       <c r="I32" t="s">
-        <v>1041</v>
+        <v>1056</v>
       </c>
       <c r="J32" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="K32" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-        <v>1044</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B33" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="H33" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="I33" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="J33" t="s">
-        <v>1050</v>
+        <v>812</v>
       </c>
       <c r="K33" t="s">
-        <v>1051</v>
-[...8 lines deleted...]
-        <v>1054</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B34" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="H34" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="I34" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="J34" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="K34" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="L34" t="s">
-        <v>1062</v>
-[...5 lines deleted...]
-        <v>1064</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B35" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="H35" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="I35" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="J35" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="K35" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="L35" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="M35" t="s">
-        <v>1073</v>
+        <v>1081</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1082</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B36" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="H36" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="I36" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="J36" t="s">
-        <v>1007</v>
+        <v>1088</v>
       </c>
       <c r="K36" t="s">
-        <v>1079</v>
+        <v>1089</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1091</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1092</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B37" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
       <c r="H37" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="I37" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="J37" t="s">
-        <v>1085</v>
+        <v>1098</v>
       </c>
       <c r="K37" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="L37" t="s">
-        <v>1087</v>
+        <v>1100</v>
       </c>
       <c r="M37" t="s">
-        <v>1088</v>
-[...20 lines deleted...]
-        <v>1095</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B38" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="H38" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="I38" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="J38" t="s">
-        <v>765</v>
+        <v>1035</v>
       </c>
       <c r="K38" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B39" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="H39" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="I39" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="J39" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="K39" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="L39" t="s">
-        <v>1110</v>
+        <v>1115</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1117</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1119</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1120</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1121</v>
+      </c>
+      <c r="S39" t="s">
+        <v>1122</v>
+      </c>
+      <c r="T39" t="s">
+        <v>1123</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B40" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="H40" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="I40" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="J40" t="s">
-        <v>1116</v>
+        <v>812</v>
       </c>
       <c r="K40" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
       <c r="L40" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B41" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="H41" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="I41" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="J41" t="s">
-        <v>907</v>
+        <v>1136</v>
       </c>
       <c r="K41" t="s">
-        <v>1124</v>
+        <v>1137</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1138</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B42" t="s">
-        <v>1125</v>
+        <v>1139</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1126</v>
+        <v>1140</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1127</v>
+        <v>1141</v>
       </c>
       <c r="H42" t="s">
-        <v>1128</v>
+        <v>1142</v>
       </c>
       <c r="I42" t="s">
-        <v>1129</v>
+        <v>1143</v>
       </c>
       <c r="J42" t="s">
-        <v>1130</v>
+        <v>1144</v>
       </c>
       <c r="K42" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="L42" t="s">
-        <v>1132</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B43" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1135</v>
+        <v>1149</v>
       </c>
       <c r="H43" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="I43" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="J43" t="s">
-        <v>1138</v>
+        <v>659</v>
       </c>
       <c r="K43" t="s">
-        <v>1139</v>
-[...8 lines deleted...]
-        <v>1142</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B44" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="H44" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="I44" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="J44" t="s">
-        <v>907</v>
+        <v>1158</v>
       </c>
       <c r="K44" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="L44" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B45" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="H45" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="I45" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="J45" t="s">
-        <v>765</v>
+        <v>1166</v>
       </c>
       <c r="K45" t="s">
-        <v>1154</v>
+        <v>1167</v>
       </c>
       <c r="L45" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="M45" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="N45" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B46" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I46" t="s">
         <v>1157</v>
       </c>
-      <c r="C46" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="K46" t="s">
-        <v>1161</v>
+        <v>1175</v>
       </c>
       <c r="L46" t="s">
-        <v>1162</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B47" t="s">
-        <v>1163</v>
+        <v>1177</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>1164</v>
+        <v>1178</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1165</v>
+        <v>1179</v>
       </c>
       <c r="H47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="I47" t="s">
-        <v>1069</v>
+        <v>1181</v>
       </c>
       <c r="J47" t="s">
-        <v>743</v>
+        <v>812</v>
       </c>
       <c r="K47" t="s">
-        <v>1167</v>
+        <v>1182</v>
       </c>
       <c r="L47" t="s">
-        <v>1168</v>
+        <v>1183</v>
       </c>
       <c r="M47" t="s">
-        <v>1169</v>
+        <v>1184</v>
       </c>
       <c r="N47" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B48" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="H48" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="I48" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="J48" t="s">
-        <v>1175</v>
+        <v>720</v>
       </c>
       <c r="K48" t="s">
-        <v>1176</v>
+        <v>1189</v>
       </c>
       <c r="L48" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B49" t="s">
-        <v>1178</v>
+        <v>1191</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1179</v>
+        <v>1192</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1180</v>
+        <v>1193</v>
       </c>
       <c r="H49" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="I49" t="s">
-        <v>1182</v>
+        <v>1097</v>
       </c>
       <c r="J49" t="s">
-        <v>1183</v>
+        <v>668</v>
       </c>
       <c r="K49" t="s">
-        <v>1184</v>
+        <v>1195</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1196</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1197</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1198</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B50" t="s">
-        <v>1185</v>
+        <v>1199</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1186</v>
+        <v>1200</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="H50" t="s">
-        <v>1188</v>
+        <v>1202</v>
       </c>
       <c r="I50" t="s">
-        <v>1189</v>
+        <v>1157</v>
       </c>
       <c r="J50" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="K50" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="L50" t="s">
-        <v>1192</v>
-[...5 lines deleted...]
-        <v>1194</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B51" t="s">
-        <v>1195</v>
+        <v>1206</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1196</v>
+        <v>1207</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
       <c r="H51" t="s">
-        <v>1198</v>
+        <v>1209</v>
       </c>
       <c r="I51" t="s">
-        <v>1199</v>
+        <v>1210</v>
       </c>
       <c r="J51" t="s">
-        <v>1200</v>
+        <v>1211</v>
       </c>
       <c r="K51" t="s">
-        <v>1201</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B52" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="H52" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="I52" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="J52" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="K52" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="L52" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="M52" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
       <c r="N52" t="s">
-        <v>1211</v>
-[...26 lines deleted...]
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B53" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="H53" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="I53" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="J53" t="s">
-        <v>743</v>
+        <v>1228</v>
       </c>
       <c r="K53" t="s">
-        <v>1226</v>
-[...5 lines deleted...]
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B54" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="H54" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="I54" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="J54" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="K54" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="L54" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="M54" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="N54" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="O54" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="P54" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="Q54" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="R54" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="S54" t="s">
-        <v>1243</v>
+        <v>1244</v>
+      </c>
+      <c r="T54" t="s">
+        <v>1245</v>
+      </c>
+      <c r="U54" t="s">
+        <v>1246</v>
+      </c>
+      <c r="V54" t="s">
+        <v>1247</v>
+      </c>
+      <c r="W54" t="s">
+        <v>1248</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B55" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="H55" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="I55" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="J55" t="s">
-        <v>765</v>
+        <v>668</v>
       </c>
       <c r="K55" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="L55" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="M55" t="s">
-        <v>1251</v>
-[...13 lines deleted...]
-      <c r="R55" t="s">
         <v>1256</v>
-      </c>
-[...25 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B56" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1265</v>
+      </c>
+      <c r="N56" t="s">
         <v>1266</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="O56" t="s">
         <v>1267</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="P56" t="s">
         <v>1268</v>
       </c>
-      <c r="H56" t="s">
+      <c r="Q56" t="s">
         <v>1269</v>
       </c>
-      <c r="I56" t="s">
-[...2 lines deleted...]
-      <c r="J56" t="s">
+      <c r="R56" t="s">
         <v>1270</v>
       </c>
-      <c r="K56" t="s">
+      <c r="S56" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B57" t="s">
         <v>1272</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>1273</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
         <v>1274</v>
       </c>
       <c r="H57" t="s">
         <v>1275</v>
       </c>
       <c r="I57" t="s">
         <v>1276</v>
       </c>
       <c r="J57" t="s">
-        <v>1108</v>
+        <v>812</v>
       </c>
       <c r="K57" t="s">
         <v>1277</v>
       </c>
       <c r="L57" t="s">
         <v>1278</v>
       </c>
       <c r="M57" t="s">
         <v>1279</v>
       </c>
+      <c r="N57" t="s">
+        <v>1280</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1281</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S57" t="s">
+        <v>1285</v>
+      </c>
+      <c r="T57" t="s">
+        <v>1286</v>
+      </c>
+      <c r="U57" t="s">
+        <v>1287</v>
+      </c>
+      <c r="V57" t="s">
+        <v>1288</v>
+      </c>
+      <c r="W57" t="s">
+        <v>1289</v>
+      </c>
+      <c r="X57" t="s">
+        <v>1290</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>1291</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>1292</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>1293</v>
+      </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B58" t="s">
-        <v>1280</v>
+        <v>1294</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>1281</v>
+        <v>1295</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1282</v>
+        <v>1296</v>
       </c>
       <c r="H58" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="I58" t="s">
-        <v>1276</v>
+        <v>1157</v>
       </c>
       <c r="J58" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="K58" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-        <v>1286</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B59" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="H59" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="I59" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="J59" t="s">
-        <v>907</v>
+        <v>1136</v>
       </c>
       <c r="K59" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="L59" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="M59" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B60" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="H60" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="I60" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="J60" t="s">
-        <v>907</v>
+        <v>1312</v>
       </c>
       <c r="K60" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="L60" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B61" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="H61" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="I61" t="s">
-        <v>1084</v>
+        <v>1319</v>
       </c>
       <c r="J61" t="s">
-        <v>1306</v>
+        <v>659</v>
       </c>
       <c r="K61" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
       <c r="L61" t="s">
-        <v>1308</v>
+        <v>1321</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1322</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B62" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="H62" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="I62" t="s">
-        <v>1313</v>
+        <v>1112</v>
       </c>
       <c r="J62" t="s">
-        <v>1314</v>
+        <v>1327</v>
       </c>
       <c r="K62" t="s">
-        <v>1315</v>
+        <v>1328</v>
       </c>
       <c r="L62" t="s">
-        <v>1316</v>
-[...5 lines deleted...]
-        <v>1318</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B63" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="H63" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="I63" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="J63" t="s">
-        <v>1138</v>
+        <v>1335</v>
       </c>
       <c r="K63" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="L63" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="M63" t="s">
-        <v>1326</v>
+        <v>1338</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1339</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B64" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
       <c r="H64" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="I64" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="J64" t="s">
-        <v>1332</v>
+        <v>1166</v>
       </c>
       <c r="K64" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="L64" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="M64" t="s">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>1336</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B65" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="H65" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="I65" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="J65" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="K65" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="L65" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="M65" t="s">
-        <v>1345</v>
+        <v>1356</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1357</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B66" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1348</v>
+        <v>1360</v>
       </c>
       <c r="H66" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
       <c r="I66" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="J66" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="K66" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="L66" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="M66" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B67" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="H67" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="I67" t="s">
-        <v>1129</v>
+        <v>1371</v>
       </c>
       <c r="J67" t="s">
-        <v>765</v>
+        <v>1372</v>
       </c>
       <c r="K67" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="L67" t="s">
-        <v>1360</v>
+        <v>1374</v>
       </c>
       <c r="M67" t="s">
-        <v>1361</v>
-[...20 lines deleted...]
-        <v>1368</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B68" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="H68" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="I68" t="s">
-        <v>1276</v>
+        <v>1157</v>
       </c>
       <c r="J68" t="s">
-        <v>1373</v>
+        <v>812</v>
       </c>
       <c r="K68" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="L68" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="M68" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="N68" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="O68" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="P68" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="Q68" t="s">
-        <v>1380</v>
+        <v>1386</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1387</v>
+      </c>
+      <c r="S68" t="s">
+        <v>1388</v>
+      </c>
+      <c r="T68" t="s">
+        <v>1389</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B69" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>1382</v>
+        <v>1391</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="H69" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="I69" t="s">
-        <v>1078</v>
+        <v>1304</v>
       </c>
       <c r="J69" t="s">
-        <v>1385</v>
+        <v>1394</v>
       </c>
       <c r="K69" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
       <c r="L69" t="s">
-        <v>1387</v>
+        <v>1396</v>
       </c>
       <c r="M69" t="s">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="N69" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="O69" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="P69" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="Q69" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B70" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="H70" t="s">
-        <v>1396</v>
+        <v>1405</v>
       </c>
       <c r="I70" t="s">
-        <v>1397</v>
+        <v>1106</v>
       </c>
       <c r="J70" t="s">
-        <v>1007</v>
+        <v>1406</v>
       </c>
       <c r="K70" t="s">
-        <v>1398</v>
+        <v>1407</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1408</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1409</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1410</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1411</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>1413</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B71" t="s">
-        <v>1399</v>
+        <v>1414</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>1400</v>
+        <v>1415</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1401</v>
+        <v>1416</v>
       </c>
       <c r="H71" t="s">
-        <v>1402</v>
+        <v>1417</v>
       </c>
       <c r="I71" t="s">
-        <v>1403</v>
+        <v>1418</v>
       </c>
       <c r="J71" t="s">
-        <v>751</v>
+        <v>1035</v>
       </c>
       <c r="K71" t="s">
-        <v>1404</v>
-[...20 lines deleted...]
-        <v>1411</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B72" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="H72" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="I72" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="J72" t="s">
-        <v>743</v>
+        <v>678</v>
       </c>
       <c r="K72" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="L72" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="M72" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="N72" t="s">
-        <v>1420</v>
+        <v>1428</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1429</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1430</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>1431</v>
+      </c>
+      <c r="R72" t="s">
+        <v>1432</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B73" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="H73" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="I73" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="J73" t="s">
-        <v>1426</v>
+        <v>668</v>
       </c>
       <c r="K73" t="s">
-        <v>1427</v>
+        <v>1438</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1439</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1440</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1441</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B74" t="s">
-        <v>1428</v>
+        <v>1442</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="H74" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="I74" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="J74" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="K74" t="s">
-        <v>1434</v>
-[...5 lines deleted...]
-        <v>1436</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B75" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="H75" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="I75" t="s">
-        <v>1331</v>
+        <v>1453</v>
       </c>
       <c r="J75" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="K75" t="s">
-        <v>1442</v>
+        <v>1455</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1456</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1457</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B76" t="s">
-        <v>1443</v>
+        <v>1458</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>1444</v>
+        <v>1459</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1445</v>
+        <v>1460</v>
       </c>
       <c r="H76" t="s">
-        <v>1446</v>
+        <v>1461</v>
       </c>
       <c r="I76" t="s">
-        <v>1447</v>
+        <v>1352</v>
       </c>
       <c r="J76" t="s">
-        <v>1448</v>
+        <v>1462</v>
       </c>
       <c r="K76" t="s">
-        <v>1449</v>
-[...8 lines deleted...]
-        <v>1452</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B77" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
       <c r="H77" t="s">
-        <v>1456</v>
+        <v>1467</v>
       </c>
       <c r="I77" t="s">
-        <v>1457</v>
+        <v>1468</v>
       </c>
       <c r="J77" t="s">
-        <v>1458</v>
+        <v>1469</v>
       </c>
       <c r="K77" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="L77" t="s">
-        <v>1460</v>
+        <v>1471</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1472</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1473</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B78" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1463</v>
+        <v>1476</v>
       </c>
       <c r="H78" t="s">
-        <v>1464</v>
+        <v>1477</v>
       </c>
       <c r="I78" t="s">
-        <v>1465</v>
+        <v>658</v>
       </c>
       <c r="J78" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="K78" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="L78" t="s">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>1469</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B79" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="H79" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="I79" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
       <c r="J79" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="K79" t="s">
-        <v>1476</v>
+        <v>1487</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1488</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1489</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B80" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>1478</v>
+        <v>1491</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1479</v>
+        <v>1492</v>
       </c>
       <c r="H80" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="I80" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="J80" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
       <c r="K80" t="s">
-        <v>1483</v>
-[...5 lines deleted...]
-        <v>965</v>
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>653</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1502</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1503</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1504</v>
+      </c>
+      <c r="M81" t="s">
+        <v>993</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B2" t="s">
-        <v>1486</v>
+        <v>1506</v>
       </c>
       <c r="C2" t="s">
-        <v>1487</v>
+        <v>1507</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>370</v>
+        <v>1508</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1488</v>
+        <v>1509</v>
       </c>
       <c r="H2" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B3" t="s">
-        <v>1490</v>
+        <v>1511</v>
       </c>
       <c r="C3" t="s">
-        <v>1491</v>
+        <v>1512</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1492</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1493</v>
+        <v>1513</v>
       </c>
       <c r="H3" t="s">
-        <v>1494</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B4" t="s">
-        <v>1495</v>
+        <v>1515</v>
       </c>
       <c r="C4" t="s">
-        <v>1496</v>
+        <v>1516</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>370</v>
+        <v>1517</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1497</v>
+        <v>1518</v>
       </c>
       <c r="H4" t="s">
-        <v>1498</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B5" t="s">
-        <v>1499</v>
+        <v>1520</v>
       </c>
       <c r="C5" t="s">
-        <v>1500</v>
+        <v>1521</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1501</v>
+        <v>1522</v>
       </c>
       <c r="H5" t="s">
-        <v>1502</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B6" t="s">
-        <v>1503</v>
+        <v>1524</v>
       </c>
       <c r="C6" t="s">
-        <v>1504</v>
+        <v>1525</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1505</v>
+        <v>1526</v>
       </c>
       <c r="H6" t="s">
-        <v>1506</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B7" t="s">
-        <v>1507</v>
+        <v>1528</v>
       </c>
       <c r="C7" t="s">
-        <v>1508</v>
+        <v>1529</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
       <c r="H7" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B8" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C8" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1513</v>
+        <v>378</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="H8" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B9" t="s">
-        <v>1516</v>
+        <v>1536</v>
       </c>
       <c r="C9" t="s">
-        <v>1517</v>
+        <v>1537</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1518</v>
+        <v>1538</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1519</v>
+        <v>1539</v>
       </c>
       <c r="H9" t="s">
-        <v>1520</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="B10" t="s">
-        <v>1521</v>
+        <v>1541</v>
       </c>
       <c r="C10" t="s">
-        <v>1522</v>
+        <v>1542</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>420</v>
+        <v>1543</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1523</v>
+        <v>1544</v>
       </c>
       <c r="H10" t="s">
-        <v>1524</v>
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>428</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1549</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J69"/>
+  <dimension ref="A1:J71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9344,3418 +9501,3482 @@
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="I2" t="s">
         <v>23</v>
       </c>
       <c r="J2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
         <v>27</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>28</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>31</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>32</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>34</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>35</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>39</v>
       </c>
       <c r="H5" t="s">
         <v>40</v>
       </c>
       <c r="I5" t="s">
         <v>41</v>
       </c>
       <c r="J5" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="I7" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="J7" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="J8" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I9" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" t="s">
+        <v>73</v>
+      </c>
+      <c r="J12" t="s">
         <v>69</v>
-      </c>
-[...22 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E13" t="s">
         <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>77</v>
       </c>
       <c r="H13" t="s">
         <v>78</v>
       </c>
       <c r="I13" t="s">
         <v>79</v>
       </c>
       <c r="J13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
+        <v>41</v>
+      </c>
+      <c r="J14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>87</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
         <v>88</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>89</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
         <v>94</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>95</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>96</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>97</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>98</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
         <v>101</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>103</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>104</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J17" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>109</v>
       </c>
       <c r="H18" t="s">
         <v>110</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="E19" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H19" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="J19" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>115</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="H20" t="s">
+        <v>122</v>
+      </c>
+      <c r="I20" t="s">
         <v>118</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" t="s">
         <v>115</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H21" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="I21" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="J21" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H22" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="J22" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>17</v>
       </c>
       <c r="B23" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H23" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I23" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="J23" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>17</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E24" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J24" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E25" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>61</v>
+        <v>118</v>
       </c>
       <c r="J25" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
+        <v>143</v>
+      </c>
+      <c r="H26" t="s">
+        <v>144</v>
+      </c>
+      <c r="I26" t="s">
+        <v>145</v>
+      </c>
+      <c r="J26" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="E27" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H27" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="I27" t="s">
-        <v>144</v>
+        <v>73</v>
       </c>
       <c r="J27" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>17</v>
       </c>
       <c r="B28" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="E28" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="J28" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>17</v>
       </c>
       <c r="B29" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="E29" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H29" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="J29" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>17</v>
       </c>
       <c r="B30" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="E30" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H30" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="I30" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="J30" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>17</v>
       </c>
       <c r="B31" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="E31" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="I31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="J31" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>17</v>
       </c>
       <c r="B32" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="E32" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>166</v>
       </c>
       <c r="H32" t="s">
         <v>167</v>
       </c>
       <c r="I32" t="s">
-        <v>11</v>
+        <v>168</v>
       </c>
       <c r="J32" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>17</v>
       </c>
       <c r="B33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E33" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="H33" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="I33" t="s">
-        <v>11</v>
+        <v>174</v>
       </c>
       <c r="J33" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>17</v>
       </c>
       <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>170</v>
+      </c>
+      <c r="E34" t="s">
         <v>171</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="H34" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I34" t="s">
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="J34" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>17</v>
       </c>
       <c r="B35" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E35" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H35" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="I35" t="s">
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="J35" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>17</v>
       </c>
       <c r="B36" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E36" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="H36" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I36" t="s">
-        <v>144</v>
+        <v>184</v>
       </c>
       <c r="J36" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>17</v>
       </c>
       <c r="B37" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E37" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="H37" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="I37" t="s">
         <v>184</v>
       </c>
       <c r="J37" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>17</v>
       </c>
       <c r="B38" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E38" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H38" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="I38" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="J38" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>17</v>
       </c>
       <c r="B39" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="E39" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H39" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I39" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J39" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>17</v>
       </c>
       <c r="B40" t="s">
         <v>195</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
+        <v>170</v>
+      </c>
+      <c r="E40" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>196</v>
       </c>
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>197</v>
       </c>
-      <c r="F40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>200</v>
+        <v>174</v>
       </c>
       <c r="J40" t="s">
-        <v>201</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>17</v>
       </c>
       <c r="B41" t="s">
+        <v>198</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>199</v>
+      </c>
+      <c r="E41" t="s">
+        <v>200</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>201</v>
+      </c>
+      <c r="H41" t="s">
         <v>202</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="s">
+      <c r="I41" t="s">
         <v>203</v>
       </c>
-      <c r="E41" t="s">
+      <c r="J41" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>17</v>
       </c>
       <c r="B42" t="s">
-        <v>130</v>
+        <v>205</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E42" t="s">
+        <v>207</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>208</v>
+      </c>
+      <c r="H42" t="s">
         <v>209</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="I42" t="s">
         <v>210</v>
       </c>
-      <c r="H42" t="s">
+      <c r="J42" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>17</v>
       </c>
       <c r="B43" t="s">
+        <v>212</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
         <v>213</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>214</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
         <v>215</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>216</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>217</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>17</v>
       </c>
       <c r="B44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>213</v>
+      </c>
+      <c r="E44" t="s">
+        <v>219</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
         <v>220</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="H44" t="s">
         <v>221</v>
       </c>
-      <c r="E44" t="s">
+      <c r="I44" t="s">
         <v>222</v>
       </c>
-      <c r="F44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>226</v>
+        <v>137</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>17</v>
       </c>
       <c r="B45" t="s">
+        <v>223</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>224</v>
+      </c>
+      <c r="E45" t="s">
+        <v>225</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>226</v>
+      </c>
+      <c r="H45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="I45" t="s">
         <v>228</v>
       </c>
-      <c r="E45" t="s">
+      <c r="J45" t="s">
         <v>229</v>
-      </c>
-[...13 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>17</v>
       </c>
       <c r="B46" t="s">
+        <v>230</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>231</v>
+      </c>
+      <c r="E46" t="s">
+        <v>232</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
         <v>233</v>
       </c>
-      <c r="C46" t="s">
-[...11 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
       </c>
-      <c r="I46" t="s">
+      <c r="J46" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
         <v>237</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>238</v>
       </c>
       <c r="E47" t="s">
         <v>239</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
         <v>240</v>
       </c>
       <c r="H47" t="s">
         <v>241</v>
       </c>
       <c r="I47" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="J47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>17</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
+        <v>238</v>
+      </c>
+      <c r="E48" t="s">
+        <v>239</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>244</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>245</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="I48" t="s">
         <v>246</v>
       </c>
-      <c r="H48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>194</v>
+        <v>242</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>17</v>
       </c>
       <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>248</v>
+      </c>
+      <c r="E49" t="s">
         <v>249</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
         <v>250</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>251</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
+        <v>156</v>
+      </c>
+      <c r="J49" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
         <v>253</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>254</v>
       </c>
       <c r="E50" t="s">
         <v>255</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
         <v>256</v>
       </c>
       <c r="H50" t="s">
         <v>257</v>
       </c>
       <c r="I50" t="s">
         <v>258</v>
       </c>
       <c r="J50" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
         <v>259</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H51" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="J51" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>17</v>
       </c>
       <c r="B52" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="E52" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H52" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="I52" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="J52" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>17</v>
       </c>
       <c r="B53" t="s">
+        <v>269</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>264</v>
+      </c>
+      <c r="E53" t="s">
         <v>265</v>
       </c>
-      <c r="C53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H53" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="I53" t="s">
-        <v>248</v>
+        <v>272</v>
       </c>
       <c r="J53" t="s">
-        <v>270</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>17</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="E54" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H54" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I54" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="J54" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>17</v>
       </c>
       <c r="B55" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E55" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H55" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I55" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="J55" t="s">
-        <v>208</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>17</v>
       </c>
       <c r="B56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E56" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>282</v>
       </c>
       <c r="H56" t="s">
         <v>283</v>
       </c>
       <c r="I56" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="J56" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>17</v>
       </c>
       <c r="B57" t="s">
         <v>284</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="E57" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H57" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I57" t="s">
-        <v>248</v>
+        <v>289</v>
       </c>
       <c r="J57" t="s">
-        <v>270</v>
+        <v>218</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>17</v>
       </c>
       <c r="B58" t="s">
-        <v>62</v>
+        <v>290</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E58" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
+        <v>292</v>
+      </c>
+      <c r="H58" t="s">
+        <v>293</v>
+      </c>
+      <c r="I58" t="s">
         <v>289</v>
       </c>
-      <c r="H58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>68</v>
+        <v>218</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>17</v>
       </c>
       <c r="B59" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="E59" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
         <v>295</v>
       </c>
       <c r="H59" t="s">
         <v>296</v>
       </c>
       <c r="I59" t="s">
-        <v>297</v>
+        <v>258</v>
       </c>
       <c r="J59" t="s">
-        <v>164</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>17</v>
       </c>
       <c r="B60" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
+        <v>297</v>
+      </c>
+      <c r="E60" t="s">
         <v>298</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
         <v>299</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>300</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>301</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>303</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>17</v>
       </c>
       <c r="B61" t="s">
+        <v>18</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>302</v>
+      </c>
+      <c r="E61" t="s">
+        <v>303</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
         <v>304</v>
       </c>
-      <c r="C61" t="s">
-[...2 lines deleted...]
-      <c r="D61" t="s">
+      <c r="H61" t="s">
         <v>305</v>
       </c>
-      <c r="E61" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I61" t="s">
-        <v>309</v>
+        <v>23</v>
       </c>
       <c r="J61" t="s">
-        <v>270</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>17</v>
       </c>
       <c r="B62" t="s">
+        <v>99</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" t="s">
+        <v>306</v>
+      </c>
+      <c r="E62" t="s">
+        <v>307</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>308</v>
+      </c>
+      <c r="H62" t="s">
+        <v>309</v>
+      </c>
+      <c r="I62" t="s">
         <v>310</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="J62" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>17</v>
       </c>
       <c r="B63" t="s">
+        <v>312</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>313</v>
+      </c>
+      <c r="E63" t="s">
+        <v>314</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
         <v>315</v>
       </c>
-      <c r="C63" t="s">
-[...2 lines deleted...]
-      <c r="D63" t="s">
+      <c r="H63" t="s">
         <v>316</v>
       </c>
-      <c r="E63" t="s">
+      <c r="I63" t="s">
         <v>317</v>
       </c>
-      <c r="F63" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>17</v>
       </c>
       <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" t="s">
+        <v>313</v>
+      </c>
+      <c r="E64" t="s">
+        <v>319</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
         <v>320</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" t="s">
+      <c r="H64" t="s">
         <v>321</v>
       </c>
-      <c r="E64" t="s">
+      <c r="I64" t="s">
         <v>322</v>
       </c>
-      <c r="F64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>326</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>17</v>
       </c>
       <c r="B65" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>324</v>
+      </c>
+      <c r="E65" t="s">
+        <v>325</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>326</v>
+      </c>
+      <c r="H65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>41</v>
       </c>
       <c r="J65" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>17</v>
       </c>
       <c r="B66" t="s">
+        <v>328</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>329</v>
+      </c>
+      <c r="E66" t="s">
+        <v>330</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>331</v>
+      </c>
+      <c r="H66" t="s">
+        <v>332</v>
+      </c>
+      <c r="I66" t="s">
         <v>333</v>
       </c>
-      <c r="C66" t="s">
-[...2 lines deleted...]
-      <c r="D66" t="s">
+      <c r="J66" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>17</v>
       </c>
       <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>336</v>
+      </c>
+      <c r="E67" t="s">
+        <v>337</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>338</v>
+      </c>
+      <c r="H67" t="s">
         <v>339</v>
       </c>
-      <c r="C67" t="s">
-[...2 lines deleted...]
-      <c r="D67" t="s">
+      <c r="I67" t="s">
         <v>340</v>
       </c>
-      <c r="E67" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>338</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>17</v>
       </c>
       <c r="B68" t="s">
+        <v>341</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>342</v>
+      </c>
+      <c r="E68" t="s">
+        <v>343</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
         <v>344</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="H68" t="s">
         <v>345</v>
       </c>
-      <c r="E68" t="s">
+      <c r="I68" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" t="s">
         <v>346</v>
-      </c>
-[...13 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>17</v>
       </c>
       <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>348</v>
+      </c>
+      <c r="E69" t="s">
         <v>349</v>
       </c>
-      <c r="C69" t="s">
-[...2 lines deleted...]
-      <c r="D69" t="s">
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
         <v>350</v>
       </c>
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="I69" t="s">
+        <v>11</v>
+      </c>
+      <c r="J69" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>17</v>
+      </c>
+      <c r="B70" t="s">
         <v>352</v>
       </c>
-      <c r="H69" t="s">
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
         <v>353</v>
       </c>
-      <c r="I69" t="s">
-[...2 lines deleted...]
-      <c r="J69" t="s">
+      <c r="E70" t="s">
         <v>354</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>355</v>
+      </c>
+      <c r="H70" t="s">
+        <v>356</v>
+      </c>
+      <c r="I70" t="s">
+        <v>11</v>
+      </c>
+      <c r="J70" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>17</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>358</v>
+      </c>
+      <c r="E71" t="s">
+        <v>359</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>360</v>
+      </c>
+      <c r="H71" t="s">
+        <v>361</v>
+      </c>
+      <c r="I71" t="s">
+        <v>11</v>
+      </c>
+      <c r="J71" t="s">
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="B2" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="C2" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="H2" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="B3" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="C3" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="D3" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E3" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="H3" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="B2" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="C2" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="H2" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="B3" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="H3" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="B4" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="H4" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="B2" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="C2" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="H2" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B2" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="C2" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="D2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="E2" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="H2" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B3" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C3" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="D3" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="E3" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="H3" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B4" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="D4" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="E4" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H4" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B5" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="C5" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="D5" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="E5" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="H5" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B6" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C6" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="D6" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="E6" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="H6" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B7" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="C7" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="D7" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="E7" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="H7" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B8" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C8" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="D8" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="E8" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="H8" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B9" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="C9" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="D9" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="E9" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="H9" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B10" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="C10" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="D10" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="E10" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="H10" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B11" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="D11" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="E11" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="H11" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="C12" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="D12" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="E12" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="H12" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B2" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C2" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="D2" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="E2" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="H2" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B2" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="C2" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="D2" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="E2" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="H2" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B3" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C3" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="D3" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="E3" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="H3" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B4" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="C4" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="H4" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B5" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="C5" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="H5" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B6" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="C6" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="D6" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="E6" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="H6" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B2" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C2" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="H2" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B3" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="C3" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="H3" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B4" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="C4" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="H4" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B5" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="C5" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="H5" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B6" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="C6" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="H6" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B7" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="C7" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="H7" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B8" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="C8" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="H8" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B9" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="C9" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="H9" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B10" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="C10" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="H10" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B11" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="H11" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B12" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="C12" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="H12" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B13" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="C13" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="H13" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B14" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="C14" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="H14" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B15" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="C15" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="H15" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>