--- v0 (2025-11-20)
+++ v1 (2026-01-07)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -240,50 +240,68 @@
     <t>En vue d’améliorer la qualité de l’accompagnement des personnes ayant des troubles du comportement modérés, consécutifs particulièrement d’une maladie neuro-dégénérative associée à un syndrome démentiel, hébergées en Ehpad et admises en PASA, ces recommandations viennent compléter le décret du 26 août 2016 qui fixe les conditions minimales de fonctionnement et d’organisation des PASA. En conséquence, pour les Ehpad, le décret susvisé et les recommandations de l’Anesm se substituent au cahier des charges PASA.</t>
   </si>
   <si>
     <t>13/12/2016 10:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833747/fr/l-accueil-et-l-accompagnement-des-personnes-atteintes-d-une-maladie-neuro-degenerative-en-pole-d-activites-et-de-soins-adaptes-pasa</t>
   </si>
   <si>
     <t>c_2833747</t>
   </si>
   <si>
     <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
   </si>
   <si>
     <t>13/12/2016 16:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
   </si>
   <si>
     <t>c_2833796</t>
   </si>
   <si>
     <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Personne âgée - Je peux donner mon avis sur mon accompagnement</t>
+  </si>
+  <si>
+    <t>Vous êtes une personne âgée et vous vivez dans un EHPAD ou vous êtes accompagnée par des professionnels à votre domicile ou dans un centre ? Votre avis est important. Il permet aux professionnels d'améliorer la qualité des accompagnements qu'ils vous proposent. Ce document est pour vous. Il vous explique quels sont vos droits et ce qui sera fait de votre avis.</t>
+  </si>
+  <si>
+    <t>31/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770362/fr/personne-agee-je-peux-donner-mon-avis-sur-mon-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3770362</t>
   </si>
   <si>
     <t>FALC - L'activité physique : votre meilleure amie pour votre santé</t>
   </si>
   <si>
     <t>Ce document écrit en « facile à lire et à comprendre » (FALC) apporte des informations générales pour augmenter son activité physique. Il donne des conseils pratiques lorsqu’un médecin prescrit du sport santé ou de l’activité physique adaptée ou tout simplement lorsque l’on veut augmenter son activité physique dans la vie quotidienne.</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>22/04/2025 11:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590419/fr/falc-l-activite-physique-votre-meilleure-amie-pour-votre-sante</t>
   </si>
   <si>
     <t>p_3590419</t>
   </si>
   <si>
     <t>FALC - Accompagner la personne nécessitant une mesure de protection juridique</t>
   </si>
   <si>
     <t>Certaines personnes ont besoin d’une mesure de protection juridique, par exemple : une tutelle, une curatelle, une habilitation familiale, une sauvegarde de justice. Il est important qu’elles connaissent leurs droits pour les actes de la vie de tous les jours. Par exemple, pour leurs relations avec leur famille, pour voter, pour leur santé, pour se loger, pour gérer leur argent. Ce texte écrit en « facile à lire et à comprendre » fait le point sur ces droits et le rôle du mandataire.</t>
   </si>
@@ -865,51 +883,51 @@
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>66</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>67</v>
       </c>
       <c r="H9" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -960,426 +978,452 @@
       </c>
       <c r="E3" t="s">
         <v>79</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>80</v>
       </c>
       <c r="H3" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>69</v>
       </c>
       <c r="B4" t="s">
         <v>82</v>
       </c>
       <c r="C4" t="s">
         <v>83</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D5" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
         <v>90</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>91</v>
       </c>
       <c r="H5" t="s">
         <v>92</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>97</v>
+      </c>
+      <c r="H6" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B2" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="C2" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C2" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D2" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="E2" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B3" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B4" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C4" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="H4" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B3" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C3" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="H3" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>