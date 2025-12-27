--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -1,1330 +1,4925 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Tool to improve professi" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Web page" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="606">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...5 lines deleted...]
-    <t>" "</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BALLON BIOPROTECT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/26/2024 08:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3502633/en/focus-on-patient-safety-intrahospital-transport-of-critically-ill-patients-transport-is-critical-too</t>
+    <t>25/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 15:33:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602984/fr/ballon-bioprotect</t>
+  </si>
+  <si>
+    <t>p_3602984</t>
+  </si>
+  <si>
+    <t>Espaceur ballon biodégradable</t>
+  </si>
+  <si>
+    <t>BIOPROTECT</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2025 12:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3639420</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Conduite à tenir chez un patient suspecté d’allergies aux antibiotiques – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Contexte Les suspicions d’allergies aux antibiotiques constituent un problème de santé publique aux multiples enjeux, notamment organisationnels, financiers, éthiques et sociétaux. Or il n’existe pas de recommandations de bonne pratique en France définissant la conduite à tenir devant de telles suspicions, de manière à répondre aux enjeux exposés ci-dessus. Le Conseil national professionnel (CNP) d’allergologie a été sollicité par la Direction générale de la santé et plus particulièrement par la mission antibiorésistance, pour produire une recommandation de bonne pratique. La HAS a donné son accord pour accompagner le CNP d’allergologie dans l’élaboration de la recommandation de bonne pratique selon la procédure de labellisation. Objectifs Il s’agit d’élaborer une recommandation de bonne pratique exposant la conduite à tenir devant un patient pour lequel une allergie aux antibiotiques est suspectée, de manière à répondre aux enjeux exposés ci-dessus. La finalité sera d’améliorer la prise en charge de ces patients, et donc la qualité et la sécurité des soins qui leur sont délivrés, ainsi que leur qualité de vie. Cibles La recommandation de bonne pratique concerne les patients pour lesquels une allergie aux antibiotiques est suspectée et s’adresse aux professionnels de santé susceptibles de prendre en charge de tels patients (médecins, chirurgiens-dentistes, pharmaciens).</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544681/fr/conduite-a-tenir-chez-un-patient-suspecte-d-allergies-aux-antibiotiques-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3544681</t>
+  </si>
+  <si>
+    <t>Pertinence du dosage de la chlordéconémie et  prise en charge des patients avec une chlordéconémie élevée - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L'élaboration de ces recommandations va servir à préciser la pertinence et les modalités du dosage de la chlordéconémie, dans les populations exposées ou susceptibles d’être exposées à cette substance ; proposer aux professionnels de santé des modalités de prise en charge et de suivi de ces populations ; informer la population concernée sur les modalités de la prise en charge.</t>
+  </si>
+  <si>
+    <t>31/07/2023 13:57:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455673/fr/pertinence-du-dosage-de-la-chlordeconemie-et-prise-en-charge-des-patients-avec-une-chlordeconemie-elevee-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3455673</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Fiche mémo : conduite à tenir en cas de pic de pollution atmosphérique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>De nombreuses études et rapports d’organismes internationaux telle que l’Organisation mondiale de la santé (OMS), montrent que la pollution atmosphérique a des conséquences importantes en termes de santé publique et que la mise en place d’actions visant à réduire durablement la pollution atmosphérique permettrait d’améliorer de façon considérable la santé et la qualité de vie de la population.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2021 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244760/fr/fiche-memo-conduite-a-tenir-en-cas-de-pic-de-pollution-atmospherique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3244760</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle de l’exposition interne aux radionucléides en installation nucléaire de base - Actualisation - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour objectifs d’aider les professionnels de santé sur les aspects suivants : Mise en place des modalités de surveillance en fonction des caractéristiques de l’exposition, Evaluation de la dose efficace engagée et enregistrement de celle-ci, Evaluation du risque sanitaire lié à la dose.</t>
+  </si>
+  <si>
+    <t>12/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2020 08:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215118/fr/label-surveillance-medico-professionnelle-de-l-exposition-interne-aux-radionucleides-en-installation-nucleaire-de-base-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3215118</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Exposition au mercure organique et grossesse : Prise en charge de la femme enceinte et de l’enfant à naître</t>
+  </si>
+  <si>
+    <t>Les concentrations de mercure observées dans l’environnement résultent de différentes sources issues de processus naturels et de nombreuses activités humaines. Le mercure présent dans les milieux aquatiques est converti en méthylmercure (MeHg) et s’accumule tout au long de la chaîne trophique aquatique (poissons prédateurs). L’homme est ainsi exposé au MeHg, principalement par la consommation de poissons contaminés. La toxicité du MeHg est essentiellement neurologique ; la contamination in utero des enfants étant la plus préoccupante.</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819700/fr/label-de-la-has-exposition-au-mercure-organique-et-grossesse-prise-en-charge-de-la-femme-enceinte-et-de-l-enfant-a-naitre</t>
+  </si>
+  <si>
+    <t>c_2819700</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Label INCa-HAS - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes chimiques : application aux cancérogènes pour la vessie</t>
+  </si>
+  <si>
+    <t>La surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes nécessite de repérer les substances cancérogènes ou situations exposant à des cancérogènes dans l’environnement de travail et d’évaluer les expositions individuelle et collective, afin de supprimer et/ou de contrôler l’exposition à ces cancérogènes.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1246108/fr/label-inca-has-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-des-agents-cancerogenes-chimiques-application-aux-cancerogenes-pour-la-vessie</t>
+  </si>
+  <si>
+    <t>c_1246108</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Sols pollués par l’arsenic : information à destination des habitants</t>
+  </si>
+  <si>
+    <t>Vous habitez dans un site où la concentration d’arsenic dans le sol pourrait présenter des risques pour votre santé en cas d’exposition prolongée. L’agence régionale de santé y coordonne une politique de limitation de ces risques. Ce document explique comment limiter votre exposition à l’arsenic, dans quels cas votre médecin propose de dépister une surexposition, et quelle est la prise en charge d’une intoxication par l’arsenic.</t>
+  </si>
+  <si>
+    <t>09/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2020 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193513/fr/sols-pollues-par-l-arsenic-information-a-destination-des-habitants</t>
+  </si>
+  <si>
+    <t>p_3193513</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Opioïdes : éviter leur banalisation pour limiter les risques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie aujourd’hui les premières recommandations détaillées sur la prescription et la consommation d’opioïdes dans chacune des indications où ils sont utiles pour soulager la douleur. Alors qu’à l’étranger, notamment aux États-Unis, on déplore une crise sanitaire induite par la surconsommation de ces médicaments, l’objectif en France est de prévenir ce type de situation en favorisant leur bon usage. La HAS expose les stratégies thérapeutiques précises et encadrées qui doivent permettre d’éviter tout risque de mésusage et par conséquent d’addiction chez un patient.</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326113/fr/opioides-eviter-leur-banalisation-pour-limiter-les-risques</t>
+  </si>
+  <si>
+    <t>p_3326113</t>
+  </si>
+  <si>
+    <t>Que faire quand un enfant a ingéré une pile bouton ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et la Société de Toxicologie Clinique (STC) publient aujourd’hui des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est en effet essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des arbres décisionnels sont déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316737/fr/que-faire-quand-un-enfant-a-ingere-une-pile-bouton</t>
+  </si>
+  <si>
+    <t>p_3316737</t>
+  </si>
+  <si>
+    <t>Infection sur prothèse de hanche ou de genou : pour une meilleure prise en charge de l’urgence</t>
+  </si>
+  <si>
+    <t>En 2012, 220 934 prothèses de hanche et de genou ont été posées. L’infection sur prothèse est une complication rare mais qui touche près de 2 500 patients par an. Lorsqu’elle survient dans le premier mois suivant l’intervention, c’est une urgence qui nécessite une stratégie de diagnostic et de prise en charge optimale de différents professionnels afin d’éviter aux patients hospitalisation, séquelles importantes et chronicité de l’infection.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735146/fr/infection-sur-prothese-de-hanche-ou-de-genou-pour-une-meilleure-prise-en-charge-de-l-urgence</t>
+  </si>
+  <si>
+    <t>c_1735146</t>
+  </si>
+  <si>
+    <t>Exposition à l’amiante : quel suivi post-professionnel proposer ?</t>
+  </si>
+  <si>
+    <t>La problématique de santé publique concernant l’amiante est double : * médicale, liée au temps de latence très long entre l’exposition à l’amiante et la survenue d’une pathologie liée à cette exposition ; * sociale, de prise en compte du risque de l’exposition à l’amiante et d’indemnisation des travailleurs ayant été exposés à l’amiante. Un mécanisme de suivi post-professionnel pour les travailleurs du secteur privé exposés à l’amiante existe en France depuis 1993. Il a été étendu en 2009 aux agents de l’État mais ce dispositif fonctionne mal : moins de 10% des hommes qui pourraient demander une prise en charge le feraient. # L’enjeu que représente le suivi post-professionnel est donc majeur. Le rapport de la Commission d’Audition présenté ce jour contribue à y répondre, notamment car il comporte des recommandations qui figurent parmi les premières produites sur le sujet.</t>
+  </si>
+  <si>
+    <t>11/05/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951692/fr/exposition-a-l-amiante-quel-suivi-post-professionnel-proposer</t>
+  </si>
+  <si>
+    <t>c_951692</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Fiche BUM - Médicaments antiémétiques dans le traitement symptomatique des nausées et des vomissements</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2022 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390782/fr/fiche-bum-medicaments-antiemetiques-dans-le-traitement-symptomatique-des-nausees-et-des-vomissements</t>
+  </si>
+  <si>
+    <t>p_3390782</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
+  </si>
+  <si>
+    <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
+  </si>
+  <si>
+    <t>08/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>p_3372966</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur les spécialités à base d’amphotéricine B injectable : Risques d’erreurs médicamenteuses avec Ambisome et Fungizone</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur les risques d’erreurs médicamenteuses avec les spécialités à base d’amphotéricine B injecable : Ambisome et Fungizone ne sont pas interchangeables. Prescrire en nom de marque en sus de la DCI. Ne délivrer que la spécialité prescrite.</t>
+  </si>
+  <si>
+    <t>10/11/2025 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730126/fr/sam-de-l-ansm-sur-les-specialites-a-base-d-amphotericine-b-injectable-risques-d-erreurs-medicamenteuses-avec-ambisome-et-fungizone</t>
+  </si>
+  <si>
+    <t>p_3730126</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
+  </si>
+  <si>
+    <t>Rapport : Analyse des déclarations des évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644100/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-lors-de-la-prescription-medicamenteuse</t>
+  </si>
+  <si>
+    <t>p_3644100</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le valproate : Alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception.</t>
+  </si>
+  <si>
+    <t>06/01/2025 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576102/fr/sam-de-l-ansm-sur-le-valproate-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-valproate-pour-les-patients-adolescents-et-hommes-afin-de-limiter-les-risques-potentiels-de-troubles-neurodeveloppementaux-pour-les-enfants-a-naitre-lies-a-l-exposition-paternelle-dans-les-trois-mois-precedant-la-conception</t>
+  </si>
+  <si>
+    <t>p_3576102</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la carbamazépine : Alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero.</t>
+  </si>
+  <si>
+    <t>06/01/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576148/fr/sam-de-l-ansm-sur-la-carbamazepine-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-des-medicaments-a-base-de-carbamazepine-pour-les-patientes-afin-de-reduire-les-risques-malformatifs-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3576148</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la codéine : modification des conditions de prescription et de délivrance (CPD), afin de réduire le risque de mésusage, d'addiction et de surdosage</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) de la codéine , afin de réduire le risque de mésusage, d'addiction et de surdosage.</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589971/fr/sam-de-l-ansm-sur-la-codeine-modification-des-conditions-de-prescription-et-de-delivrance-cpd-afin-de-reduire-le-risque-de-mesusage-d-addiction-et-de-surdosage</t>
+  </si>
+  <si>
+    <t>p_3589971</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le topiramate : modification des conditions de prescription et de délivrance (CPD) pour les patientes, afin de limiter les risques liés à l'exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate chez les patientes en raison de nouveaux risques en cas d'exposition in utéro.</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382539/fr/sam-de-l-ansm-sur-le-topiramate-modification-des-conditions-de-prescription-et-de-delivrance-cpd-pour-les-patientes-afin-de-limiter-les-risques-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3382539</t>
+  </si>
+  <si>
+    <t>SAM de la CNAM sur le valproate : alerter en cas de prescription chez une patiente</t>
+  </si>
+  <si>
+    <t>SAM pour alerter en cas de prescription de médicament à base de valproate chez une patiente</t>
+  </si>
+  <si>
+    <t>13/10/2023 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467805/fr/sam-de-la-cnam-sur-le-valproate-alerter-en-cas-de-prescription-chez-une-patiente</t>
+  </si>
+  <si>
+    <t>p_3467805</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Utilisation des morphiniques. Opiacé mal utilisé, surdosage assuré »</t>
+  </si>
+  <si>
+    <t>À la suite des plans d’action successifs de lutte contre la douleur, débutés en 1998, le recours aux médicaments opioïdes antalgiques a grandement contribué à l’amélioration de la prise en charge de la douleur, quel que soit le lieu des soins (ville, établissements sanitaires, établissements médico-sociaux). En mars 2022, afin de diminuer les cas de surdoses et de dépendance physique aux opioïdes, la HAS a publié des recommandations de bonnes pratiques concernant le « bon usage des médicaments opioïdes ». En 2024, l’analyse de la base de données des événements indésirables graves associés aux soins (EIGS) a permis d’identifier 321 EIGS liés à l’administration des traitements morphiniques déclarés depuis 2017. Parmi eux, le surdosage est l’erreur médicamenteuse la plus fréquemment déclarée.</t>
+  </si>
+  <si>
+    <t>19/11/2024 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556973/fr/flash-securite-patient-utilisation-des-morphiniques-opiace-mal-utilise-surdosage-assure</t>
+  </si>
+  <si>
+    <t>p_3556973</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Transport intrahospitalier des patients de soins critiques. Le transport lui aussi est critique »</t>
+  </si>
+  <si>
+    <t>Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le transport intrahospitalier des patients de soins critiques pouvait être impliqué dans la survenue d’évènements indésirables graves très souvent évitables. Le transport intrahospitalier est nécessaire à la prise en charge des patients de soins critiques. La fréquence des évènements indésirables qui y sont associés est très variable selon les études mais des complications menaçant le pronostic vital sont signalées dans 6,7 % à 16,8 % des transports. Il est donc apparu important de publier un retour d'expérience sur le sujet.</t>
+  </si>
+  <si>
+    <t>26/03/2024 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502633/fr/flash-securite-patient-transport-intrahospitalier-des-patients-de-soins-critiques-le-transport-lui-aussi-est-critique</t>
   </si>
   <si>
     <t>p_3502633</t>
   </si>
   <si>
-    <t>Focus on patient safety - "Curare storage : Not so uncommon mistakes"</t>
+    <t>Flash Sécurité Patient – « Le stockage des curares. Des erreurs pas si rares »</t>
   </si>
   <si>
     <t>La HAS publie un flash sécurité patient qui sensibilise aux conséquences du non-respect des bonnes pratiques de stockage des curares. En effet, parmi les erreurs liées aux produits de santé issues de la base EIGS reçues à la HAS entre mars 2017 et le 31 décembre 2019, les erreurs liées aux curares représentent 11 % (20/177) de l’ensemble des erreurs médicamenteuses issues de la base nationale de retour d’expérience des EIGS. Plus de la moitié de ces erreurs ont pour origine le non-respect des bonnes pratiques de stockage.</t>
   </si>
   <si>
-    <t>05/13/2022 11:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3338991/en/focus-on-patient-safety-curare-storage-not-so-uncommon-mistakes</t>
+    <t>13/05/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338991/fr/flash-securite-patient-le-stockage-des-curares-des-erreurs-pas-si-rares</t>
   </si>
   <si>
     <t>p_3338991</t>
   </si>
   <si>
-    <t>Focus on patient safety - "Medicinal product dose calculation. The rule of three must remain the rule."</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3309392/en/focus-on-patient-safety-medicinal-product-dose-calculation-the-rule-of-three-must-remain-the-rule</t>
+    <t>Flash sécurité patient – « Calcul de doses médicamenteuses. La règle de trois doit rester la règle »</t>
+  </si>
+  <si>
+    <t>Le rapport annuel relatif aux évènements indésirables graves associés aux soins (EIGS) a mis en évidence, dès 2018, que les évènements indésirables liés aux médicaments représentaient la troisième cause d’EIGS déclarés. Parmi ces erreurs médicamenteuses, les erreurs de doses constituent le type d’erreur le plus déclaré (169/362) avec une sur-représentation de l’erreur de dose liée à un calcul de dose incorrect (80/169). La HAS publie un flash sécurité patient pour sensibiliser les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>17/01/2022 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309392/fr/flash-securite-patient-calcul-de-doses-medicamenteuses-la-regle-de-trois-doit-rester-la-regle</t>
   </si>
   <si>
     <t>p_3309392</t>
   </si>
   <si>
-    <t>Focus on patient safety  - "Medical devices. Using them well... to prevent the worst."</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3300149/en/focus-on-patient-safety-medical-devices-using-them-well-to-prevent-the-worst</t>
+    <t>Flash sécurité patient – « Dispositifs médicaux. Bien s’en servir...pour éviter le pire »</t>
+  </si>
+  <si>
+    <t>Ce flash s’intéresse à la survenue d’événements indésirables mettant en cause une utilisation inadaptée du dispositif médical. Il relate des événements auxquels des professionnels de santé ont été confrontés et qui sont toujours liés à une succession de dysfonctionnements.</t>
+  </si>
+  <si>
+    <t>19/11/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300149/fr/flash-securite-patient-dispositifs-medicaux-bien-s-en-servir-pour-eviter-le-pire</t>
   </si>
   <si>
     <t>p_3300149</t>
   </si>
   <si>
-    <t>Focus on patient safety - "Accidents related to a high-risk medicinal product. Who says potassium (KCI) says maximum vigilance"</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273644/en/focus-on-patientsafety-accidents-related-to-a-high-risk-medicinal-product-who-says-potassium-kci-says-maximum-vigilance</t>
+    <t>Flash sécurité patient – « Accidents liés à un médicament à risque. Qui dit potassium (KCl), dit vigilance maximale »</t>
+  </si>
+  <si>
+    <t>Les médicaments à base de KCl doivent faire l’objet d’une évaluation régulière de l’organisation par tous les acteurs de santé. Toujours privilégier la forme orale de potassium lorsque la clinique le permet. Toujours diluer le potassium injectable (KCl) lors de son administration.</t>
+  </si>
+  <si>
+    <t>05/07/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273644/fr/flash-securite-patient-accidents-lies-a-un-medicament-a-risque-qui-dit-potassium-kcl-dit-vigilance-maximale</t>
   </si>
   <si>
     <t>p_3273644</t>
   </si>
   <si>
-    <t>Focus on patient safety -  "High-alert medications. Underestimating the risk is risky."</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3275489/en/focus-on-patient-safety-high-alert-medications-underestimating-the-risk-is-risky</t>
+    <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
+  </si>
+  <si>
+    <t>Ce flash sécurité met en lumière, de façon généraliste, que ces erreurs mettent en cause le plus souvent, un non-respect des bonnes pratiques, un encadrement et/ou une formation insuffisantes, un environnement de travail défaillant et entrainent systématiquement des conséquences graves pour le patient.</t>
+  </si>
+  <si>
+    <t>02/07/2021 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RICIMED (fragments F(ab')2 d’immunoglobuline équine anti-ricine)</t>
+  </si>
+  <si>
+    <t>19/12/2025 12:00:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806165/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine</t>
+  </si>
+  <si>
+    <t>p_3806165</t>
+  </si>
+  <si>
+    <t>fragments F(ab')2 d’immunoglobuline équine anti-ricine</t>
+  </si>
+  <si>
+    <t>FABENTECH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806133/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine-antidote-a-la-ricine</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>RIZMOIC (naldémédine)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323735/fr/rizmoic-naldemedine</t>
+  </si>
+  <si>
+    <t>p_3323735</t>
+  </si>
+  <si>
+    <t>naldémédine</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323281/fr/rizmoic-naldemedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473438/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides-cio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643666/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides</t>
   </si>
   <si>
     <t>VORAXAZE (glucarpidase)</t>
   </si>
   <si>
-    <t>08/22/2024 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+    <t>22/08/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/fr/voraxaze-glucarpidase</t>
   </si>
   <si>
     <t>p_3334742</t>
   </si>
   <si>
     <t>glucarpidase</t>
   </si>
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/p_3334621/fr/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/fr/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/fr/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
   </si>
   <si>
     <t>VIPERFAV (fragment F(ab’)2 d’immunoglobulines équines antivénimeuses de vipères européennes (Vipera aspis, Vipera berus, Vipera ammodytes))</t>
   </si>
   <si>
-    <t>01/09/2025 09:30:55</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576799/en/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes</t>
+    <t>09/01/2025 09:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576799/fr/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes</t>
   </si>
   <si>
     <t>p_3576799</t>
   </si>
   <si>
     <t>fragment F(ab’)2 d’immunoglobulines équines antivénimeuses de vipères européennes (Vipera aspis, Vipera berus, Vipera ammodytes)</t>
   </si>
   <si>
     <t>MICROPHARM LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3576426/en/viperfav-fragments-f-ab-2-of-european-viper-antivenom-equine-immunoglobulin-vipera-aspis-vipera-berus-vipera-ammodytes</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>https://www.has-sante.fr/jcms/p_3576426/fr/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes-immunoglobulines</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>FOLINATE DE CALCIUM (folinate de calcium)</t>
+  </si>
+  <si>
+    <t>19/04/2024 08:43:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983255/fr/folinate-de-calcium-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983255</t>
+  </si>
+  <si>
+    <t>folinate de calcium</t>
+  </si>
+  <si>
+    <t>AGUETTANT / EVER PHARMA FRANCE / LABORATOIRES DELBERT / MEDIPHA SANTE / SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399253/fr/folinate-de-calcium-aguettant-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854439/fr/folinate-de-calcium-ebewe-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259736/fr/folinate-de-calcium-altan-acide-folinique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146308/fr/folinate-de-calcium-hikma-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508907/fr/folinate-de-calcium-kalceks-folinate-de-calcium-hydrate-oncologie</t>
+  </si>
+  <si>
+    <t>LEPTICUR (tropatépine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>14/03/2024 11:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984521/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984521</t>
+  </si>
+  <si>
+    <t>tropatépine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT / SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400250/fr/lepticur-10-mg/2-ml-solution-injectable-boite-de-1-ampoule-en-verre-de-2-ml-renouvellement-conjoint-des-specialites-lepticur-park-5-mg-comprime-secable-boite-de-30-lepticur-10-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007490/fr/lepticur-park-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038128/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500390/fr/lepticur-chlorhydrate-de-tropatepine-syndrome-parkinsonien-induit-par-les-neuroleptiques</t>
   </si>
   <si>
     <t>MANTADIX (amantadine (chlorhydrate d’))</t>
   </si>
   <si>
-    <t>09/08/2023 11:26:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+    <t>08/09/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/fr/mantadix-amantadine-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2984919</t>
   </si>
   <si>
     <t>amantadine (chlorhydrate d’)</t>
   </si>
   <si>
     <t>LABORATOIRE X.O</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459838/en/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+    <t>https://www.has-sante.fr/jcms/c_474411/fr/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/fr/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/fr/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/fr/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/fr/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
   </si>
   <si>
     <t>LONQUEX (lipegfilgrastim)</t>
   </si>
   <si>
-    <t>05/15/2023 14:07:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984757/en/lonquex-lipegfilgrastim</t>
+    <t>15/05/2023 14:07:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984757/fr/lonquex-lipegfilgrastim</t>
   </si>
   <si>
     <t>pprd_2984757</t>
   </si>
   <si>
     <t>lipegfilgrastim</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1745375/en/lonquex</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3434163/en/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+    <t>https://www.has-sante.fr/jcms/c_1745375/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108945/fr/lonquex-lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434163/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
   </si>
   <si>
     <t>BUVIDAL (buprénorphine)</t>
   </si>
   <si>
-    <t>03/10/2023 17:32:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217096/en/buvidal-buprenorphine</t>
+    <t>10/03/2023 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217096/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>p_3217096</t>
   </si>
   <si>
     <t>buprénorphine</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3217092/en/buvidal-buprenorphine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168234/en/lysakare</t>
+    <t>https://www.has-sante.fr/jcms/p_3217092/fr/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244165/fr/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419439/fr/buvidal-buprenorphine-dependance-aux-opiaces</t>
+  </si>
+  <si>
+    <t>ATROPINE (sulfate d'atropine)</t>
+  </si>
+  <si>
+    <t>21/01/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983352/fr/atropine-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>pprd_2983352</t>
+  </si>
+  <si>
+    <t>sulfate d'atropine</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ ALCON SAS/ RENAUDIN / ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473510/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121575/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739151/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739154/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019735/fr/atropine-sulfate-renaudin-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676708/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834504/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>LYSAKARE (chlorhydrate de L-Arginine/ chlorhydrate de L-Lysine)</t>
+  </si>
+  <si>
+    <t>31/03/2020 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168234/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
   </si>
   <si>
     <t>p_3168234</t>
   </si>
   <si>
     <t>chlorhydrate de L-Arginine,chlorhydrate de L-Lysine</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3167729/en/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+    <t>https://www.has-sante.fr/jcms/p_3167729/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+  </si>
+  <si>
+    <t>GRANOCYTE (lénograstim)</t>
+  </si>
+  <si>
+    <t>14/10/2019 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985314/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>pprd_2985314</t>
+  </si>
+  <si>
+    <t>lénograstim</t>
+  </si>
+  <si>
+    <t>CHUGAÏ PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400008/fr/granocyte-13-granocyte-34-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653857/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887281/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109524/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>FLUMAZENIL HIKMA (flumazénil)</t>
+  </si>
+  <si>
+    <t>22/05/2019 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982747/fr/flumazenil-hikma-flumazenil</t>
+  </si>
+  <si>
+    <t>pprd_2982747</t>
+  </si>
+  <si>
+    <t>flumazénil</t>
+  </si>
+  <si>
+    <t>DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625594/fr/flumazenil-intsel-chimos-flumazenil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969207/fr/flumazenil-hikma-flumazenil</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM VIAFLO (calcium (chlorure de) hexahydraté/ magnésium (chlorure de)/ méthylthio...)</t>
+  </si>
+  <si>
+    <t>01/04/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982818/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>pprd_2982818</t>
+  </si>
+  <si>
+    <t>calcium (chlorure de) hexahydraté,magnésium (chlorure de),méthylthioninium (chlorure de),potassium (chlorure de),sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400154/fr/chlorure-de-potassium-0-15-et-glucose-5-viaflo-chlorure-de-potassium-0-3-et-glucose-5-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400155/fr/chlorure-de-potassium-0-3-et-chlorure-de-sodium-0-9-viaflo-solution-pour-perfusion-en-poche-poche-polyolefine/polyamide-de-500-ml-code-cip-360-809-6-poche-polyolefine/polyamide-de-1-000-ml-code-cip-360-810-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400697/fr/chlorure-de-sodium-lavoisier-0-9-solution-injectable-pour-perfusion-boite-de-1-flacon-de-125-ml-code-cip-305-784-5-boite-de-1flacon-de-250-ml-code-cip-305-789-7-boite-de-1-flacon-de-500-ml-code-cip-305-794-0-boite-de-1-flacon-de-1000-ml-code-cip-305-783-9-boite-de-1-poche-pvc-suremballee-de-50-ml-code-cip-354-702-9-boite-de-1-poche-pvc-suremballee-de-100-ml-code-cip-354-705-8-boite-de-1-poche-pvc-suremballee-de-250-ml-code-cip-354-708-7-boite-de-1-poche-pvc-suremballee-de-500-ml-code-cip-354-712-4-boite-de-1-poche-pvc-suremballee-de-1000-ml-code-cip-354-717-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400698/fr/chlorure-de-sodium-aguettant-0-9-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-code-cip-318-438-3-boite-de-1-flacon-de-500-ml-code-cip-318-440-8-boite-de-1-flacon-de-1000-ml-code-cip-318-441-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487122/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539583/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555805/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983243/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084360/fr/chlorure-de-methylthioninium-proveblue-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109525/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250044/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543930/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598720/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671491/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701794/fr/chlorure-de-sodium-0-9-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028101/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028119/fr/chlorure-de-sodium-hypertonique-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035713/fr/chlorure-de-potassium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572163/fr/chlorure-de-calcium-renaudin-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613522/fr/chlorure-de-sodium-aguettant-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635795/fr/chlorure-de-potassium-b-braun-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642065/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658534/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658492/fr/chlorure-de-potassium-et-chlorure-de-sodium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680665/fr/chlorure-de-magnesium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679260/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730767/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745263/fr/chlorure-de-sodium-hypertronique-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773797/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789187/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791909/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830616/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913720/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>MESNA EG (mesna)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983058/fr/mesna-eg-mesna</t>
+  </si>
+  <si>
+    <t>pprd_2983058</t>
+  </si>
+  <si>
+    <t>mesna</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739142/fr/mesna-eg-mesna</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879794/fr/mesna-eg-mesna</t>
+  </si>
+  <si>
+    <t>DENSICAL - DENSICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983224/fr/densical-densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983224</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de)</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399320/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400302/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523308/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954781/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075799/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625064/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857781/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>NALSCUE (naloxone)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983382/fr/nalscue-naloxone</t>
+  </si>
+  <si>
+    <t>pprd_2983382</t>
+  </si>
+  <si>
+    <t>naloxone</t>
+  </si>
+  <si>
+    <t>INDIVIOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829037/fr/nalscue-naloxone</t>
   </si>
   <si>
     <t>RADIOGARDASE (bleu de Prusse)</t>
   </si>
   <si>
-    <t>04/12/2018 15:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983507/en/radiogardase-bleu-de-prusse</t>
+    <t>12/04/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983507/fr/radiogardase-bleu-de-prusse</t>
   </si>
   <si>
     <t>pprd_2983507</t>
   </si>
   <si>
     <t>bleu de Prusse</t>
   </si>
   <si>
     <t>SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2798546/en/radiogardase-prussian-blue-antidote-to-caesium-and-thallium</t>
+    <t>https://www.has-sante.fr/jcms/c_2798546/fr/radiogardase-bleu-de-prusse-antidote-au-cesium-et-au-thallium</t>
   </si>
   <si>
     <t>TROLOVOL (pénicillamine)</t>
   </si>
   <si>
-    <t>09/06/2017 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+    <t>06/09/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/fr/trolovol-penicillamine</t>
   </si>
   <si>
     <t>pprd_2983536</t>
   </si>
   <si>
     <t>pénicillamine</t>
   </si>
   <si>
     <t>EREMPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_400832/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/fr/trolovol-d-penicillamine-agent-chelateur-plomb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/fr/trolovol-d-penicillamine-agent-chelateur-cystinurie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/fr/trolovol-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>KALEORID (potassium (chlorure de))</t>
+  </si>
+  <si>
+    <t>09/02/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983738/fr/kaleorid-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2983738</t>
+  </si>
+  <si>
+    <t>potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399384/fr/kaleorid-lp-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399385/fr/kaleorid-lp-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460087/fr/kaleorid-lp-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062706/fr/kaleorid-lp-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744505/fr/kaleorid-lp-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>LEDERFOLINE (folinate de calcium)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983802/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983802</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468602/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671513/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730839/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>CALCIUM ET CALCIUM VITAMINE D3 (calcium (carbonate de)/ calcium (gluconolactate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983803/fr/calcium-et-calcium-vitamine-d3-calcium-carbonate-de-/-calcium-gluconolactate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983803</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),calcium (gluconolactate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>ARKOMEDIKA/ BIOGARAN / EG LABO-LABORATOIRES EUROGENERICS/ MYLAN S.A.S/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398847/fr/calcium-vitamine-d3-gnr-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399128/fr/calcium-vitamine-d3-arkomedika-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399129/fr/calcium-vitamine-d3-merck-500-mg/400-ui-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400221/fr/calcium-vitamine-d3-500-mg/400-ui-sandoz-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400294/fr/calcium-merck-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400855/fr/calcium-vitamine-d3-gnr-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446697/fr/calcium-vitamine-d3-teva-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455243/fr/calcium-sandoz-gluconolactate/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477420/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763762/fr/calcium-vitamine-d3-teva-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793442/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832539/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854103/fr/calcium-vitamine-d3-ratiopharm-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944546/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983244/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018490/fr/calcium-vitamine-d3-sandoz-cholecalciferol/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242852/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298565/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623633/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747529/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792842/fr/calcium-vitamine-d3-eg-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003838/fr/calcium-vitamine-d3-sandoz-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032511/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663233/fr/calcium-sandoz-calcium-carbonate-et-gluconolactate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730836/fr/calcium-vitamine-d3-mylan-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>ELVORINE (lévofolinate de calcium)</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983969/fr/elvorine-levofolinate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983969</t>
+  </si>
+  <si>
+    <t>lévofolinate de calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400973/fr/elvorine-25-mg/2-5-ml-solution-injectable-1-flacon-en-verre-brun-de-2-5-ml-348-988-1-elvorine-50-mg/5-ml-solution-injectable-1-flacon-en-verre-brun-de-5-ml-348-989-8-elvorine-100-mg/10-ml-solution-injectable-1-flacon-en-verre-brun-de-10-ml-348-990-6-elvorine-175-mg/17-5-ml-solution-injectable-1-flacon-en-verre-brun-de-17-5-ml-348-991-2-levofolinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118587/fr/elvorine-levofolinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671740/fr/elvorine-levofolinate-de-calcium</t>
+  </si>
+  <si>
+    <t>SUCCICAPTAL (succimer)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984066/fr/succicaptal-succimer</t>
+  </si>
+  <si>
+    <t>pprd_2984066</t>
+  </si>
+  <si>
+    <t>succimer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400829/fr/succicaptal-200-mg-gelule-plaquette-s-thermoformee-s-pvc-aluminium-de-15-gelule-s-365-710-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100627/fr/succicaptal-succimer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718028/fr/succicaptal-100-mg-succimer-antidote</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655938/fr/succicaptal-succimer</t>
+  </si>
+  <si>
+    <t>DESFERAL (déféroxamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984128/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984128</t>
+  </si>
+  <si>
+    <t>déféroxamine (mésilate de)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398889/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400960/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046790/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626291/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>CYTOTEC (misoprostol)</t>
+  </si>
+  <si>
+    <t>14/03/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/fr/cytotec-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984328</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2787338/en/serious-adverse-events-in-france-a-reporting-and-learning-system</t>
+    <t>https://www.has-sante.fr/jcms/c_400778/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/fr/cytotec-misoprostol-prostaglandine</t>
+  </si>
+  <si>
+    <t>CALPEROS (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984618/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984618</t>
+  </si>
+  <si>
+    <t>cholécalciférol,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400222/fr/calperos-500-mg-comprime-a-sucer-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400223/fr/calperos-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880231/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880233/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008298/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008805/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>PHYSIONEAL 35 et 40 GLUCOSE (chlorure de sodium/ chlorure de calcium dihydraté/ lactate de sodium a...)</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984834/fr/physioneal-35-et-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>pprd_2984834</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de calcium dihydraté,lactate de sodium anhydre,chlorure de magnésium hexahydraté,glucose monohydraté,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400012/fr/physioneal-35-glucose-1-36-physioneal-35-glucose-2-27-physioneal-35-glucose-3-86-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720503/fr/physioneal-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Déclarer les événements indésirables graves associés aux soins (EIGS)</t>
+  </si>
+  <si>
+    <t>Un évènement indésirable graves (EIGS) (...) est un évènement inattendu au regard de l’état de santé et de la pathologie de la personne et dont les conséquences sont le décès, la mise en jeu du pronostic vital, la survenue probable d’un définit fonctionnel permanent, y compris une anomalie ou une malformation congénitale.</t>
+  </si>
+  <si>
+    <t>20/01/2022 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787338/fr/declarer-les-evenements-indesirables-graves-associes-aux-soins-eigs</t>
   </si>
   <si>
     <t>c_2787338</t>
+  </si>
+  <si>
+    <t>Arsenic : un dépistage pour identifier les patients intoxiqués</t>
+  </si>
+  <si>
+    <t>Si une pollution à l’arsenic inorganique a été détectée dans votre région, un dépistage est mis en place par les pouvoirs publics.</t>
+  </si>
+  <si>
+    <t>31/03/2020 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163171/fr/arsenic-un-depistage-pour-identifier-les-patients-intoxiques</t>
+  </si>
+  <si>
+    <t>p_3163171</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
-[...105 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD11"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
-[...14 lines deleted...]
-        <v>52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>59</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E4" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>63</v>
-[...65 lines deleted...]
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
         <v>43</v>
-      </c>
-[...40 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>100</v>
-[...14 lines deleted...]
-        <v>105</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="E7" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
       <c r="H7" t="s">
-        <v>109</v>
-[...14 lines deleted...]
-        <v>114</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="H8" t="s">
-        <v>118</v>
-[...8 lines deleted...]
-        <v>121</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E9" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
       <c r="H9" t="s">
-        <v>125</v>
-[...8 lines deleted...]
-        <v>128</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="H10" t="s">
-        <v>132</v>
-[...20 lines deleted...]
-        <v>139</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="H11" t="s">
-        <v>143</v>
-[...14 lines deleted...]
-        <v>148</v>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>112</v>
+      </c>
+      <c r="H17" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>146</v>
+      </c>
+      <c r="H3" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C4" t="s">
         <v>149</v>
       </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>93</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>150</v>
+      </c>
+      <c r="H4" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>154</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
       <c r="B2" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C2" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>159</v>
       </c>
       <c r="E2" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="H2" t="s">
-        <v>154</v>
+        <v>162</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>167</v>
+      </c>
+      <c r="H3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>173</v>
+      </c>
+      <c r="H2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>187</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>188</v>
+      </c>
+      <c r="H5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B6" t="s">
+        <v>190</v>
+      </c>
+      <c r="C6" t="s">
+        <v>191</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>193</v>
+      </c>
+      <c r="H6" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>169</v>
+      </c>
+      <c r="B7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C7" t="s">
+        <v>196</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>198</v>
+      </c>
+      <c r="H7" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>169</v>
+      </c>
+      <c r="B8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>202</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>203</v>
+      </c>
+      <c r="H8" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>169</v>
+      </c>
+      <c r="B9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C9" t="s">
+        <v>206</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>207</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>208</v>
+      </c>
+      <c r="H9" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B10" t="s">
+        <v>210</v>
+      </c>
+      <c r="C10" t="s">
+        <v>211</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>212</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>213</v>
+      </c>
+      <c r="H10" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>169</v>
+      </c>
+      <c r="B11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" t="s">
+        <v>216</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>217</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>218</v>
+      </c>
+      <c r="H11" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>169</v>
+      </c>
+      <c r="B12" t="s">
+        <v>220</v>
+      </c>
+      <c r="C12" t="s">
+        <v>221</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>222</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>223</v>
+      </c>
+      <c r="H12" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>169</v>
+      </c>
+      <c r="B13" t="s">
+        <v>225</v>
+      </c>
+      <c r="C13" t="s">
+        <v>226</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>227</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>228</v>
+      </c>
+      <c r="H13" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>169</v>
+      </c>
+      <c r="B14" t="s">
+        <v>230</v>
+      </c>
+      <c r="C14" t="s">
+        <v>231</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>232</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>233</v>
+      </c>
+      <c r="H14" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>169</v>
+      </c>
+      <c r="B15" t="s">
+        <v>235</v>
+      </c>
+      <c r="C15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>237</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>238</v>
+      </c>
+      <c r="H15" t="s">
+        <v>239</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AW31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>240</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H2" t="s">
+        <v>246</v>
+      </c>
+      <c r="I2" t="s">
+        <v>247</v>
+      </c>
+      <c r="J2" t="s">
+        <v>248</v>
+      </c>
+      <c r="K2" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H3" t="s">
+        <v>253</v>
+      </c>
+      <c r="I3" t="s">
+        <v>254</v>
+      </c>
+      <c r="J3" t="s">
+        <v>255</v>
+      </c>
+      <c r="K3" t="s">
+        <v>256</v>
+      </c>
+      <c r="L3" t="s">
+        <v>257</v>
+      </c>
+      <c r="M3" t="s">
+        <v>258</v>
+      </c>
+      <c r="N3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>242</v>
+      </c>
+      <c r="B4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>261</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>262</v>
+      </c>
+      <c r="H4" t="s">
+        <v>263</v>
+      </c>
+      <c r="I4" t="s">
+        <v>264</v>
+      </c>
+      <c r="J4" t="s">
+        <v>265</v>
+      </c>
+      <c r="K4" t="s">
+        <v>266</v>
+      </c>
+      <c r="L4" t="s">
+        <v>267</v>
+      </c>
+      <c r="M4" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>242</v>
+      </c>
+      <c r="B5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>270</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>271</v>
+      </c>
+      <c r="H5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K5" t="s">
+        <v>275</v>
+      </c>
+      <c r="L5" t="s">
+        <v>276</v>
+      </c>
+      <c r="M5" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>242</v>
+      </c>
+      <c r="B6" t="s">
+        <v>278</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>279</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>280</v>
+      </c>
+      <c r="H6" t="s">
+        <v>281</v>
+      </c>
+      <c r="I6" t="s">
+        <v>282</v>
+      </c>
+      <c r="J6" t="s">
+        <v>283</v>
+      </c>
+      <c r="K6" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B7" t="s">
+        <v>285</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>286</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>287</v>
+      </c>
+      <c r="H7" t="s">
+        <v>288</v>
+      </c>
+      <c r="I7" t="s">
+        <v>289</v>
+      </c>
+      <c r="J7" t="s">
+        <v>290</v>
+      </c>
+      <c r="K7" t="s">
+        <v>291</v>
+      </c>
+      <c r="L7" t="s">
+        <v>292</v>
+      </c>
+      <c r="M7" t="s">
+        <v>293</v>
+      </c>
+      <c r="N7" t="s">
+        <v>294</v>
+      </c>
+      <c r="O7" t="s">
+        <v>295</v>
+      </c>
+      <c r="P7" t="s">
+        <v>296</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>297</v>
+      </c>
+      <c r="R7" t="s">
+        <v>298</v>
+      </c>
+      <c r="S7" t="s">
+        <v>299</v>
+      </c>
+      <c r="T7" t="s">
+        <v>300</v>
+      </c>
+      <c r="U7" t="s">
+        <v>301</v>
+      </c>
+      <c r="V7" t="s">
+        <v>302</v>
+      </c>
+      <c r="W7" t="s">
+        <v>303</v>
+      </c>
+      <c r="X7" t="s">
+        <v>304</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>305</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>306</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>307</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>308</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>309</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>242</v>
+      </c>
+      <c r="B8" t="s">
+        <v>311</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>312</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>313</v>
+      </c>
+      <c r="H8" t="s">
+        <v>314</v>
+      </c>
+      <c r="I8" t="s">
+        <v>315</v>
+      </c>
+      <c r="J8" t="s">
+        <v>316</v>
+      </c>
+      <c r="K8" t="s">
+        <v>317</v>
+      </c>
+      <c r="L8" t="s">
+        <v>318</v>
+      </c>
+      <c r="M8" t="s">
+        <v>319</v>
+      </c>
+      <c r="N8" t="s">
+        <v>320</v>
+      </c>
+      <c r="O8" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>242</v>
+      </c>
+      <c r="B9" t="s">
+        <v>322</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>323</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>324</v>
+      </c>
+      <c r="H9" t="s">
+        <v>325</v>
+      </c>
+      <c r="I9" t="s">
+        <v>326</v>
+      </c>
+      <c r="J9" t="s">
+        <v>327</v>
+      </c>
+      <c r="K9" t="s">
+        <v>328</v>
+      </c>
+      <c r="L9" t="s">
+        <v>329</v>
+      </c>
+      <c r="M9" t="s">
+        <v>330</v>
+      </c>
+      <c r="N9" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>242</v>
+      </c>
+      <c r="B10" t="s">
+        <v>332</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>333</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>334</v>
+      </c>
+      <c r="H10" t="s">
+        <v>335</v>
+      </c>
+      <c r="I10" t="s">
+        <v>336</v>
+      </c>
+      <c r="J10" t="s">
+        <v>337</v>
+      </c>
+      <c r="K10" t="s">
+        <v>338</v>
+      </c>
+      <c r="L10" t="s">
+        <v>339</v>
+      </c>
+      <c r="M10" t="s">
+        <v>340</v>
+      </c>
+      <c r="N10" t="s">
+        <v>341</v>
+      </c>
+      <c r="O10" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>242</v>
+      </c>
+      <c r="B11" t="s">
+        <v>343</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>344</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>345</v>
+      </c>
+      <c r="H11" t="s">
+        <v>346</v>
+      </c>
+      <c r="I11" t="s">
+        <v>347</v>
+      </c>
+      <c r="J11" t="s">
+        <v>348</v>
+      </c>
+      <c r="K11" t="s">
+        <v>349</v>
+      </c>
+      <c r="L11" t="s">
+        <v>350</v>
+      </c>
+      <c r="M11" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>242</v>
+      </c>
+      <c r="B12" t="s">
+        <v>352</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>353</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>354</v>
+      </c>
+      <c r="H12" t="s">
+        <v>355</v>
+      </c>
+      <c r="I12" t="s">
+        <v>356</v>
+      </c>
+      <c r="J12" t="s">
+        <v>357</v>
+      </c>
+      <c r="K12" t="s">
+        <v>358</v>
+      </c>
+      <c r="L12" t="s">
+        <v>359</v>
+      </c>
+      <c r="M12" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>242</v>
+      </c>
+      <c r="B13" t="s">
+        <v>361</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>362</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>363</v>
+      </c>
+      <c r="H13" t="s">
+        <v>364</v>
+      </c>
+      <c r="I13" t="s">
+        <v>365</v>
+      </c>
+      <c r="J13" t="s">
+        <v>366</v>
+      </c>
+      <c r="K13" t="s">
+        <v>367</v>
+      </c>
+      <c r="L13" t="s">
+        <v>368</v>
+      </c>
+      <c r="M13" t="s">
+        <v>369</v>
+      </c>
+      <c r="N13" t="s">
+        <v>370</v>
+      </c>
+      <c r="O13" t="s">
+        <v>371</v>
+      </c>
+      <c r="P13" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>373</v>
+      </c>
+      <c r="R13" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>242</v>
+      </c>
+      <c r="B14" t="s">
+        <v>375</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>376</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>377</v>
+      </c>
+      <c r="H14" t="s">
+        <v>378</v>
+      </c>
+      <c r="I14" t="s">
+        <v>379</v>
+      </c>
+      <c r="J14" t="s">
+        <v>380</v>
+      </c>
+      <c r="K14" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>242</v>
+      </c>
+      <c r="B15" t="s">
+        <v>382</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>383</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>384</v>
+      </c>
+      <c r="H15" t="s">
+        <v>385</v>
+      </c>
+      <c r="I15" t="s">
+        <v>386</v>
+      </c>
+      <c r="J15" t="s">
+        <v>387</v>
+      </c>
+      <c r="K15" t="s">
+        <v>388</v>
+      </c>
+      <c r="L15" t="s">
+        <v>389</v>
+      </c>
+      <c r="M15" t="s">
+        <v>390</v>
+      </c>
+      <c r="N15" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>242</v>
+      </c>
+      <c r="B16" t="s">
+        <v>392</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>393</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>394</v>
+      </c>
+      <c r="H16" t="s">
+        <v>395</v>
+      </c>
+      <c r="I16" t="s">
+        <v>396</v>
+      </c>
+      <c r="J16" t="s">
+        <v>397</v>
+      </c>
+      <c r="K16" t="s">
+        <v>398</v>
+      </c>
+      <c r="L16" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>242</v>
+      </c>
+      <c r="B17" t="s">
+        <v>400</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>401</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>402</v>
+      </c>
+      <c r="H17" t="s">
+        <v>403</v>
+      </c>
+      <c r="I17" t="s">
+        <v>404</v>
+      </c>
+      <c r="J17" t="s">
+        <v>405</v>
+      </c>
+      <c r="K17" t="s">
+        <v>406</v>
+      </c>
+      <c r="L17" t="s">
+        <v>407</v>
+      </c>
+      <c r="M17" t="s">
+        <v>408</v>
+      </c>
+      <c r="N17" t="s">
+        <v>409</v>
+      </c>
+      <c r="O17" t="s">
+        <v>410</v>
+      </c>
+      <c r="P17" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>412</v>
+      </c>
+      <c r="R17" t="s">
+        <v>413</v>
+      </c>
+      <c r="S17" t="s">
+        <v>414</v>
+      </c>
+      <c r="T17" t="s">
+        <v>415</v>
+      </c>
+      <c r="U17" t="s">
+        <v>416</v>
+      </c>
+      <c r="V17" t="s">
+        <v>417</v>
+      </c>
+      <c r="W17" t="s">
+        <v>418</v>
+      </c>
+      <c r="X17" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>420</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>421</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>422</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>423</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>424</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>425</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>426</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>427</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>428</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>429</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>430</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>431</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>432</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>433</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>434</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>435</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>436</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>437</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>438</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>439</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>440</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>441</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>442</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>443</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>242</v>
+      </c>
+      <c r="B18" t="s">
+        <v>445</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>446</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>447</v>
+      </c>
+      <c r="H18" t="s">
+        <v>448</v>
+      </c>
+      <c r="I18" t="s">
+        <v>449</v>
+      </c>
+      <c r="J18" t="s">
+        <v>450</v>
+      </c>
+      <c r="K18" t="s">
+        <v>451</v>
+      </c>
+      <c r="L18" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>242</v>
+      </c>
+      <c r="B19" t="s">
+        <v>453</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>454</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>455</v>
+      </c>
+      <c r="H19" t="s">
+        <v>456</v>
+      </c>
+      <c r="I19" t="s">
+        <v>457</v>
+      </c>
+      <c r="J19" t="s">
+        <v>458</v>
+      </c>
+      <c r="K19" t="s">
+        <v>459</v>
+      </c>
+      <c r="L19" t="s">
+        <v>460</v>
+      </c>
+      <c r="M19" t="s">
+        <v>461</v>
+      </c>
+      <c r="N19" t="s">
+        <v>462</v>
+      </c>
+      <c r="O19" t="s">
+        <v>463</v>
+      </c>
+      <c r="P19" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>242</v>
+      </c>
+      <c r="B20" t="s">
+        <v>466</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>467</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>468</v>
+      </c>
+      <c r="H20" t="s">
+        <v>469</v>
+      </c>
+      <c r="I20" t="s">
+        <v>470</v>
+      </c>
+      <c r="J20" t="s">
+        <v>471</v>
+      </c>
+      <c r="K20" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>242</v>
+      </c>
+      <c r="B21" t="s">
+        <v>473</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>474</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>475</v>
+      </c>
+      <c r="H21" t="s">
+        <v>476</v>
+      </c>
+      <c r="I21" t="s">
+        <v>477</v>
+      </c>
+      <c r="J21" t="s">
+        <v>478</v>
+      </c>
+      <c r="K21" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>242</v>
+      </c>
+      <c r="B22" t="s">
+        <v>480</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>481</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>482</v>
+      </c>
+      <c r="H22" t="s">
+        <v>483</v>
+      </c>
+      <c r="I22" t="s">
+        <v>484</v>
+      </c>
+      <c r="J22" t="s">
+        <v>485</v>
+      </c>
+      <c r="K22" t="s">
+        <v>486</v>
+      </c>
+      <c r="L22" t="s">
+        <v>487</v>
+      </c>
+      <c r="M22" t="s">
+        <v>488</v>
+      </c>
+      <c r="N22" t="s">
+        <v>489</v>
+      </c>
+      <c r="O22" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>242</v>
+      </c>
+      <c r="B23" t="s">
+        <v>491</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>492</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>493</v>
+      </c>
+      <c r="H23" t="s">
+        <v>494</v>
+      </c>
+      <c r="I23" t="s">
+        <v>495</v>
+      </c>
+      <c r="J23" t="s">
+        <v>496</v>
+      </c>
+      <c r="K23" t="s">
+        <v>497</v>
+      </c>
+      <c r="L23" t="s">
+        <v>498</v>
+      </c>
+      <c r="M23" t="s">
+        <v>499</v>
+      </c>
+      <c r="N23" t="s">
+        <v>500</v>
+      </c>
+      <c r="O23" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>242</v>
+      </c>
+      <c r="B24" t="s">
+        <v>502</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>503</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>504</v>
+      </c>
+      <c r="H24" t="s">
+        <v>505</v>
+      </c>
+      <c r="I24" t="s">
+        <v>315</v>
+      </c>
+      <c r="J24" t="s">
+        <v>506</v>
+      </c>
+      <c r="K24" t="s">
+        <v>507</v>
+      </c>
+      <c r="L24" t="s">
+        <v>508</v>
+      </c>
+      <c r="M24" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>242</v>
+      </c>
+      <c r="B25" t="s">
+        <v>510</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>503</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>511</v>
+      </c>
+      <c r="H25" t="s">
+        <v>512</v>
+      </c>
+      <c r="I25" t="s">
+        <v>513</v>
+      </c>
+      <c r="J25" t="s">
+        <v>514</v>
+      </c>
+      <c r="K25" t="s">
+        <v>515</v>
+      </c>
+      <c r="L25" t="s">
+        <v>516</v>
+      </c>
+      <c r="M25" t="s">
+        <v>517</v>
+      </c>
+      <c r="N25" t="s">
+        <v>518</v>
+      </c>
+      <c r="O25" t="s">
+        <v>519</v>
+      </c>
+      <c r="P25" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>521</v>
+      </c>
+      <c r="R25" t="s">
+        <v>522</v>
+      </c>
+      <c r="S25" t="s">
+        <v>523</v>
+      </c>
+      <c r="T25" t="s">
+        <v>524</v>
+      </c>
+      <c r="U25" t="s">
+        <v>525</v>
+      </c>
+      <c r="V25" t="s">
+        <v>526</v>
+      </c>
+      <c r="W25" t="s">
+        <v>527</v>
+      </c>
+      <c r="X25" t="s">
+        <v>528</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>529</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>530</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>531</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>532</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>533</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>534</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>535</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>536</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>537</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>538</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>242</v>
+      </c>
+      <c r="B26" t="s">
+        <v>540</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>541</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>542</v>
+      </c>
+      <c r="H26" t="s">
+        <v>543</v>
+      </c>
+      <c r="I26" t="s">
+        <v>544</v>
+      </c>
+      <c r="J26" t="s">
+        <v>506</v>
+      </c>
+      <c r="K26" t="s">
+        <v>545</v>
+      </c>
+      <c r="L26" t="s">
+        <v>546</v>
+      </c>
+      <c r="M26" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>242</v>
+      </c>
+      <c r="B27" t="s">
+        <v>548</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>549</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>550</v>
+      </c>
+      <c r="H27" t="s">
+        <v>551</v>
+      </c>
+      <c r="I27" t="s">
+        <v>552</v>
+      </c>
+      <c r="J27" t="s">
+        <v>478</v>
+      </c>
+      <c r="K27" t="s">
+        <v>553</v>
+      </c>
+      <c r="L27" t="s">
+        <v>554</v>
+      </c>
+      <c r="M27" t="s">
+        <v>555</v>
+      </c>
+      <c r="N27" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>242</v>
+      </c>
+      <c r="B28" t="s">
+        <v>557</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>558</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>559</v>
+      </c>
+      <c r="H28" t="s">
+        <v>560</v>
+      </c>
+      <c r="I28" t="s">
+        <v>561</v>
+      </c>
+      <c r="J28" t="s">
+        <v>562</v>
+      </c>
+      <c r="K28" t="s">
+        <v>563</v>
+      </c>
+      <c r="L28" t="s">
+        <v>564</v>
+      </c>
+      <c r="M28" t="s">
+        <v>565</v>
+      </c>
+      <c r="N28" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>242</v>
+      </c>
+      <c r="B29" t="s">
+        <v>567</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>568</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>569</v>
+      </c>
+      <c r="H29" t="s">
+        <v>570</v>
+      </c>
+      <c r="I29" t="s">
+        <v>571</v>
+      </c>
+      <c r="J29" t="s">
+        <v>572</v>
+      </c>
+      <c r="K29" t="s">
+        <v>573</v>
+      </c>
+      <c r="L29" t="s">
+        <v>574</v>
+      </c>
+      <c r="M29" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>242</v>
+      </c>
+      <c r="B30" t="s">
+        <v>576</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>577</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>578</v>
+      </c>
+      <c r="H30" t="s">
+        <v>579</v>
+      </c>
+      <c r="I30" t="s">
+        <v>580</v>
+      </c>
+      <c r="J30" t="s">
+        <v>581</v>
+      </c>
+      <c r="K30" t="s">
+        <v>582</v>
+      </c>
+      <c r="L30" t="s">
+        <v>583</v>
+      </c>
+      <c r="M30" t="s">
+        <v>584</v>
+      </c>
+      <c r="N30" t="s">
+        <v>585</v>
+      </c>
+      <c r="O30" t="s">
+        <v>586</v>
+      </c>
+      <c r="P30" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>242</v>
+      </c>
+      <c r="B31" t="s">
+        <v>588</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>589</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>590</v>
+      </c>
+      <c r="H31" t="s">
+        <v>591</v>
+      </c>
+      <c r="I31" t="s">
+        <v>592</v>
+      </c>
+      <c r="J31" t="s">
+        <v>405</v>
+      </c>
+      <c r="K31" t="s">
+        <v>593</v>
+      </c>
+      <c r="L31" t="s">
+        <v>594</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>595</v>
+      </c>
+      <c r="B2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>598</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>599</v>
+      </c>
+      <c r="H2" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C3" t="s">
+        <v>602</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>604</v>
+      </c>
+      <c r="H3" t="s">
+        <v>605</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>