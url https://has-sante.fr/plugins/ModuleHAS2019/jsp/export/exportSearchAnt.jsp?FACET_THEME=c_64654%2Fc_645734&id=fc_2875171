--- v1 (2025-12-27)
+++ v2 (2026-03-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="606">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="917" uniqueCount="618">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -95,50 +95,68 @@
   <si>
     <t/>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 15:33:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602984/fr/ballon-bioprotect</t>
   </si>
   <si>
     <t>p_3602984</t>
   </si>
   <si>
     <t>Espaceur ballon biodégradable</t>
   </si>
   <si>
     <t>BIOPROTECT</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Prise en charge des effets indésirables des fluoroquinolones - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note contient les informations relatives au cadrage du thème « Prise en charge des effets indésirables (EI) des fluoroquinolones (FQ) » inscrit au programme de la Haute Autorité de santé (HAS). Il s’agit d’une auto-saisine de la HAS suite à la demande de France Assos Santé, association agréée au titre de la représentation des usagers du système de santé, d’élaborer des recommandations de prise en charge des victimes des EI graves liés à la prise de FQ. Cette demande portée auprès de la HAS a été examinée telle une saisine au titre du droit d’alerte figurant à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>07/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:37:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826266/fr/prise-en-charge-des-effets-indesirables-des-fluoroquinolones-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3826266</t>
+  </si>
+  <si>
     <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
   </si>
   <si>
     <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>15/10/2025 00:00:00</t>
   </si>
   <si>
     <t>21/10/2025 10:59:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3701093</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>23/07/2025 00:00:00</t>
@@ -545,50 +563,65 @@
   <si>
     <t>p_3390782</t>
   </si>
   <si>
     <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
   </si>
   <si>
     <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
   </si>
   <si>
     <t>08/09/2022 00:00:00</t>
   </si>
   <si>
     <t>14/10/2022 14:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
   </si>
   <si>
     <t>p_3372966</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Flash Sécurité Patient « (Re)transcription des prescriptions médicamenteuses. Copier une prescription, c’est risquer de coller des erreurs»</t>
+  </si>
+  <si>
+    <t>Dans son rapport publié en septembre 2025 sur les évènements indésirables graves associés aux soins (EIGS) liés aux prescriptions médicamenteuses, la Haute Autorité de Santé a mis en évidence l’existence d’erreurs causées par des retranscriptions. La (re)transcription d’une prescription médicamenteuse (copie d’un support papier vers un logiciel, d’un logiciel vers un autre ou d’un logiciel vers un support papier) expose à de multiples risques : erreur de dose, confusion d’unité, mauvaise molécule, date d’administration incorrecte ou omission d’une information essentielle.</t>
+  </si>
+  <si>
+    <t>28/02/2026 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3887483/fr/flash-securite-patient-re-transcription-des-prescriptions-medicamenteuses-copier-une-prescription-c-est-risquer-de-coller-des-erreurs</t>
+  </si>
+  <si>
+    <t>p_3887483</t>
+  </si>
+  <si>
     <t>SAM de l'ANSM sur les spécialités à base d’amphotéricine B injectable : Risques d’erreurs médicamenteuses avec Ambisome et Fungizone</t>
   </si>
   <si>
     <t>SAM pour alerter sur les risques d’erreurs médicamenteuses avec les spécialités à base d’amphotéricine B injecable : Ambisome et Fungizone ne sont pas interchangeables. Prescrire en nom de marque en sus de la DCI. Ne délivrer que la spécialité prescrite.</t>
   </si>
   <si>
     <t>10/11/2025 16:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3730126/fr/sam-de-l-ansm-sur-les-specialites-a-base-d-amphotericine-b-injectable-risques-d-erreurs-medicamenteuses-avec-ambisome-et-fungizone</t>
   </si>
   <si>
     <t>p_3730126</t>
   </si>
   <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
   </si>
   <si>
     <t>Rapport : Analyse des déclarations des évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
   </si>
   <si>
     <t>12/09/2025 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644100/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-lors-de-la-prescription-medicamenteuse</t>
@@ -764,50 +797,95 @@
   <si>
     <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
   </si>
   <si>
     <t>Ce flash sécurité met en lumière, de façon généraliste, que ces erreurs mettent en cause le plus souvent, un non-respect des bonnes pratiques, un encadrement et/ou une formation insuffisantes, un environnement de travail défaillant et entrainent systématiquement des conséquences graves pour le patient.</t>
   </si>
   <si>
     <t>02/07/2021 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ATROPINE (sulfate d'atropine)</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:45:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983352/fr/atropine-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>pprd_2983352</t>
+  </si>
+  <si>
+    <t>sulfate d'atropine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / AGUETTANT / LABORATOIRES ALCON SAS / RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473510/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121575/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739151/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739154/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019735/fr/atropine-sulfate-renaudin-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676708/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834504/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861011/fr/atropine-alcon-sulfate-d-atropine-uveites-/-cyclopegie-pour-refraction-/-penalisation-optique</t>
+  </si>
+  <si>
     <t>RICIMED (fragments F(ab')2 d’immunoglobuline équine anti-ricine)</t>
   </si>
   <si>
     <t>19/12/2025 12:00:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806165/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine</t>
   </si>
   <si>
     <t>p_3806165</t>
   </si>
   <si>
     <t>fragments F(ab')2 d’immunoglobuline équine anti-ricine</t>
   </si>
   <si>
     <t>FABENTECH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806133/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine-antidote-a-la-ricine</t>
   </si>
   <si>
     <t>ZOKINVY (lonafarnib)</t>
   </si>
   <si>
     <t>10/11/2025 15:58:00</t>
@@ -1116,92 +1194,50 @@
     <t>BUVIDAL (buprénorphine)</t>
   </si>
   <si>
     <t>10/03/2023 17:32:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3217096/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>p_3217096</t>
   </si>
   <si>
     <t>buprénorphine</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3217092/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244165/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3419439/fr/buvidal-buprenorphine-dependance-aux-opiaces</t>
-  </si>
-[...40 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
   </si>
   <si>
     <t>LYSAKARE (chlorhydrate de L-Arginine/ chlorhydrate de L-Lysine)</t>
   </si>
   <si>
     <t>31/03/2020 16:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168234/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
   </si>
   <si>
     <t>p_3168234</t>
   </si>
   <si>
     <t>chlorhydrate de L-Arginine,chlorhydrate de L-Lysine</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3167729/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
   </si>
   <si>
     <t>GRANOCYTE (lénograstim)</t>
   </si>
@@ -1979,51 +2015,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2126,77 +2162,77 @@
       </c>
       <c r="E5" t="s">
         <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>53</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
@@ -2253,77 +2289,77 @@
       </c>
       <c r="D10" t="s">
         <v>69</v>
       </c>
       <c r="E10" t="s">
         <v>70</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>71</v>
       </c>
       <c r="H10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>80</v>
       </c>
       <c r="E12" t="s">
         <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>82</v>
       </c>
       <c r="H12" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>84</v>
       </c>
       <c r="C13" t="s">
@@ -2425,2501 +2461,2556 @@
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
       <c r="C17" t="s">
         <v>109</v>
       </c>
       <c r="D17" t="s">
         <v>110</v>
       </c>
       <c r="E17" t="s">
         <v>111</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>112</v>
       </c>
       <c r="H17" t="s">
         <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="H3" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="H2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B3" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="H2" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D2" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="D3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E3" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="H2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B3" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C3" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="H3" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B4" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C4" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C5" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="H5" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B6" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C6" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="H6" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B7" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H7" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B8" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C8" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H8" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B9" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C9" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="H9" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B10" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C10" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="H10" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B11" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C11" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="H11" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B12" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C12" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H12" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B13" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C13" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H13" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B14" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C14" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H14" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B15" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C15" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="H15" t="s">
-        <v>239</v>
+        <v>245</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" t="s">
+        <v>246</v>
+      </c>
+      <c r="C16" t="s">
+        <v>247</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>248</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>249</v>
+      </c>
+      <c r="H16" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AW31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B2" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="H2" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="I2" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="J2" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="K2" t="s">
-        <v>249</v>
+        <v>260</v>
+      </c>
+      <c r="L2" t="s">
+        <v>261</v>
+      </c>
+      <c r="M2" t="s">
+        <v>262</v>
+      </c>
+      <c r="N2" t="s">
+        <v>263</v>
+      </c>
+      <c r="O2" t="s">
+        <v>264</v>
+      </c>
+      <c r="P2" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>266</v>
+      </c>
+      <c r="R2" t="s">
+        <v>267</v>
+      </c>
+      <c r="S2" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B3" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="H3" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="I3" t="s">
-        <v>254</v>
+        <v>273</v>
       </c>
       <c r="J3" t="s">
-        <v>255</v>
+        <v>274</v>
       </c>
       <c r="K3" t="s">
-        <v>256</v>
-[...8 lines deleted...]
-        <v>259</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B4" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="H4" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="I4" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="J4" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="K4" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="L4" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
       <c r="M4" t="s">
-        <v>268</v>
+        <v>284</v>
+      </c>
+      <c r="N4" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B5" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>271</v>
+        <v>288</v>
       </c>
       <c r="H5" t="s">
-        <v>272</v>
+        <v>289</v>
       </c>
       <c r="I5" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="J5" t="s">
-        <v>274</v>
+        <v>291</v>
       </c>
       <c r="K5" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="L5" t="s">
-        <v>276</v>
+        <v>293</v>
       </c>
       <c r="M5" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B6" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="H6" t="s">
-        <v>281</v>
+        <v>298</v>
       </c>
       <c r="I6" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="J6" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="K6" t="s">
-        <v>284</v>
+        <v>301</v>
+      </c>
+      <c r="L6" t="s">
+        <v>302</v>
+      </c>
+      <c r="M6" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B7" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="H7" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="I7" t="s">
-        <v>289</v>
+        <v>308</v>
       </c>
       <c r="J7" t="s">
-        <v>290</v>
+        <v>309</v>
       </c>
       <c r="K7" t="s">
-        <v>291</v>
-[...55 lines deleted...]
-      <c r="AD7" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B8" t="s">
         <v>311</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>312</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>313</v>
       </c>
       <c r="H8" t="s">
         <v>314</v>
       </c>
       <c r="I8" t="s">
         <v>315</v>
       </c>
       <c r="J8" t="s">
         <v>316</v>
       </c>
       <c r="K8" t="s">
         <v>317</v>
       </c>
       <c r="L8" t="s">
         <v>318</v>
       </c>
       <c r="M8" t="s">
         <v>319</v>
       </c>
       <c r="N8" t="s">
         <v>320</v>
       </c>
       <c r="O8" t="s">
         <v>321</v>
       </c>
+      <c r="P8" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>323</v>
+      </c>
+      <c r="R8" t="s">
+        <v>324</v>
+      </c>
+      <c r="S8" t="s">
+        <v>325</v>
+      </c>
+      <c r="T8" t="s">
+        <v>326</v>
+      </c>
+      <c r="U8" t="s">
+        <v>327</v>
+      </c>
+      <c r="V8" t="s">
+        <v>328</v>
+      </c>
+      <c r="W8" t="s">
+        <v>329</v>
+      </c>
+      <c r="X8" t="s">
+        <v>330</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>331</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>332</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>333</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>334</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>335</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>336</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B9" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="H9" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="I9" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="J9" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="K9" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
       <c r="L9" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="M9" t="s">
-        <v>330</v>
+        <v>345</v>
       </c>
       <c r="N9" t="s">
-        <v>331</v>
+        <v>346</v>
+      </c>
+      <c r="O9" t="s">
+        <v>347</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B10" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="H10" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="I10" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="J10" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="K10" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="L10" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="M10" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="N10" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>357</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B11" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="H11" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
       <c r="I11" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="J11" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="K11" t="s">
-        <v>349</v>
+        <v>364</v>
       </c>
       <c r="L11" t="s">
-        <v>350</v>
+        <v>365</v>
       </c>
       <c r="M11" t="s">
-        <v>351</v>
+        <v>366</v>
+      </c>
+      <c r="N11" t="s">
+        <v>367</v>
+      </c>
+      <c r="O11" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B12" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="H12" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="I12" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="J12" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="K12" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="L12" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="M12" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B13" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="H13" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="I13" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="J13" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="K13" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="L13" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="M13" t="s">
-        <v>369</v>
-[...14 lines deleted...]
-        <v>374</v>
+        <v>386</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B14" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="H14" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="I14" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="J14" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="K14" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B15" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="H15" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="I15" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="J15" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="K15" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="L15" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
       <c r="M15" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="N15" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B16" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="H16" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
       <c r="I16" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="J16" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="K16" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="L16" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B17" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="H17" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="I17" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="J17" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="K17" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="L17" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="M17" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="N17" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="O17" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="P17" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="Q17" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="R17" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="S17" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="T17" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="U17" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="V17" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="W17" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="X17" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="Y17" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="Z17" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="AA17" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="AB17" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="AC17" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="AD17" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="AE17" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="AF17" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="AG17" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="AH17" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="AI17" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="AJ17" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="AK17" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="AL17" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="AM17" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="AN17" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="AO17" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="AP17" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="AQ17" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="AR17" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="AS17" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="AT17" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="AU17" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="AV17" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="AW17" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="H18" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="I18" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="J18" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="K18" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="L18" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B19" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="H19" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="I19" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="J19" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="K19" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="L19" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="M19" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="N19" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="O19" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="P19" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="Q19" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B20" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="H20" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="I20" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="J20" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="K20" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B21" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="H21" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="I21" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="J21" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="K21" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B22" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="H22" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="I22" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
       <c r="J22" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="K22" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="L22" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="M22" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="N22" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
       <c r="O22" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B23" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="H23" t="s">
-        <v>494</v>
+        <v>506</v>
       </c>
       <c r="I23" t="s">
-        <v>495</v>
+        <v>507</v>
       </c>
       <c r="J23" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="K23" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
       <c r="L23" t="s">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="M23" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="N23" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="O23" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B24" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="H24" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="I24" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
       <c r="J24" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="K24" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="L24" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="M24" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B25" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="H25" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
       <c r="I25" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="J25" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="K25" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="L25" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="M25" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="N25" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="O25" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="P25" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="Q25" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="R25" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="S25" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="T25" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="U25" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="V25" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="W25" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="X25" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="Y25" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="Z25" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
       <c r="AA25" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="AB25" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="AC25" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="AD25" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="AE25" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="AF25" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="AG25" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="AH25" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="AI25" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B26" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="H26" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="I26" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="J26" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="K26" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="L26" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="M26" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B27" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="H27" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="I27" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="J27" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="K27" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="L27" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="M27" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="N27" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B28" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="H28" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="I28" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="J28" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="K28" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="L28" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="M28" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="N28" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B29" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="H29" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="I29" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="J29" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="K29" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="L29" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="M29" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B30" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="H30" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="I30" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="J30" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="K30" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="L30" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="M30" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="N30" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="O30" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="P30" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B31" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="H31" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="I31" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="J31" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="K31" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="L31" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="B2" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="C2" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="H2" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="B3" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="C3" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
       <c r="H3" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>