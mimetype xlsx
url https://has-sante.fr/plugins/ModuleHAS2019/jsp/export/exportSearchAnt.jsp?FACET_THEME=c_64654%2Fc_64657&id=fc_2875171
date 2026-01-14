--- v0 (2025-10-21)
+++ v1 (2026-01-14)
@@ -1,32300 +1,13815 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6292" uniqueCount="4031">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2619" uniqueCount="1809">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l’infection par le VIH</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>PARADIGM VEO system - 21 december 2010 (2711) - Opinion</t>
+  </si>
+  <si>
+    <t>Insulin pump and continuous interstitial glucose monitoring device</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/07/2025 17:38:00</t>
-[...887 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
-    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
-[...770 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>La sclérose en plaques</t>
-[...419 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Évaluation des postiches pour homme et femme</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983125/fr/juluca-dolutegravir/rilpivirine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>RINVOQ</t>
+  </si>
+  <si>
+    <t>12/01/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/en/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/en/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/en/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/en/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/en/rinvoq-upadacitinib-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/en/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/en/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/en/rinvoq-upadacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/en/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/en/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/en/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>REKAMBYS (rilpivirine)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>p_3263205</t>
+  </si>
+  <si>
+    <t>rilpivirine</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/en/rekambys-rilpivirine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>VOCABRIA (cabotégravir)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3263213</t>
+  </si>
+  <si>
+    <t>cabotégravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>JULUCA (dolutégravir sodique/ rilpivirine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:43:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983125/en/juluca-dolutegravir-sodique/-rilpivirine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983125</t>
   </si>
   <si>
     <t>dolutégravir,rilpivirine</t>
   </si>
   <si>
     <t>ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2869239/fr/juluca-dolutegravir/rilpivirine-association-d-antiviraux</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983497/fr/tivicay-dolutegravir</t>
+    <t>https://www.has-sante.fr/jcms/c_2869239/en/juluca-dolutegravir/rilpivirine-combination-of-anti-viral-agents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293338/en/juluca-50-mg/25-mg-rilpivirine-/-dolutegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685906/en/juluca-dolutegravir/rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1748396/fr/tivicay-50-mg-dolutegravir-inhibiteur-de-l-integrase</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984619/fr/triumeq-dolutegravir/abacavir/lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/en/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/en/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine),  association fixe d’antirétroviraux</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
   </si>
   <si>
     <t>pprd_2984619</t>
   </si>
   <si>
     <t>dolutégravir,abacavir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008464/fr/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/en/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/en/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/ lamivudine)</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3685921/fr/dovato-dolutegravir/lamivudine-antiretroviral</t>
+    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
   </si>
   <si>
     <t>TREMFYA (guselkumab)</t>
   </si>
   <si>
-    <t>10/09/2025 11:10:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
+    <t>09/10/2025 11:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
   </si>
   <si>
     <t>pprd_2982857</t>
   </si>
   <si>
     <t>guselkumab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-active-ulcerative-colitis-uc</t>
   </si>
   <si>
     <t>TYSABRI (natalizumab)</t>
   </si>
   <si>
-    <t>07/08/2025 11:06:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983073/fr/tysabri-natalizumab</t>
+    <t>08/07/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
   </si>
   <si>
     <t>pprd_2983073</t>
   </si>
   <si>
     <t>natalizumab</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490369/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3638314/fr/rezurock-gvhd-adultes-et-adolescents-12-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/en/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/en/tysabri-natalizumab-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
   </si>
   <si>
     <t>ALBEY VENIN D’ABEILLE Apis mellifera (venin d'abeille) / ALBEY VENIN DE GUEPE Polistes spp (venin de guêpe poliste) / ALBEY VENIN DE GUEPE Vespula spp (venin de guêpe vespula)</t>
   </si>
   <si>
-    <t>24/07/2025 10:55:27</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983656/fr/albey-venin-d-abeille-apis-mellifera-venin-d-abeille-/-albey-venin-de-guepe-polistes-spp-venin-de-guepe-poliste-/-albey-venin-de-guepe-vespula-spp-venin-de-guepe-vespula</t>
+    <t>07/24/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983656/en/albey-venin-d-abeille-apis-mellifera-venin-d-abeille-/-albey-venin-de-guepe-polistes-spp-venin-de-guepe-poliste-/-albey-venin-de-guepe-vespula-spp-venin-de-guepe-vespula</t>
   </si>
   <si>
     <t>pprd_2983656</t>
   </si>
   <si>
     <t>Venin de guêpe (Vespula spp)</t>
   </si>
   <si>
     <t>STALLERGENES SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455000/fr/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984024/fr/jakavi-ruxolitinib</t>
+    <t>https://www.has-sante.fr/jcms/c_455000/en/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454870/en/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359721/en/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359736/en/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755792/en/albey-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755801/en/albey-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637325/en/albey-paper-wasp-venom-polistes-spp-venom-allergen-hymenoptera-venoms</t>
+  </si>
+  <si>
+    <t>JAKAVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
   </si>
   <si>
     <t>pprd_2984024</t>
   </si>
   <si>
     <t>ruxolitinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1359739/fr/jakavi-ruxolitinib-inhibiteur-de-tyrosine-kinase</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3637170/fr/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
+    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/en/jakavi-ruxolitinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/en/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/en/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/en/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-graft-versus-host-disease-gvhd</t>
   </si>
   <si>
     <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>10/07/2025 15:45:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983868/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>07/10/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983868</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>OCTAPHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682145/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634950/fr/panzyga-immunoglobuline-humaine-normale-immunoglobulines</t>
+    <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
   </si>
   <si>
     <t>VYVGART (efgartigimod alfa)</t>
   </si>
   <si>
-    <t>24/06/2025 15:31:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3359145/fr/vyvgart-efgartigimod-alfa</t>
+    <t>06/24/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
   </si>
   <si>
     <t>p_3359145</t>
   </si>
   <si>
     <t>efgartigimod alfa</t>
   </si>
   <si>
     <t>ARGENX BV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3359123/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3632389/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
   </si>
   <si>
     <t>GILENYA (fingolimod)</t>
   </si>
   <si>
-    <t>12/06/2025 11:43:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982821/fr/gilenya-fingolimod</t>
+    <t>06/12/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
   </si>
   <si>
     <t>pprd_2982821</t>
   </si>
   <si>
     <t>fingolimod</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084362/fr/gilenya-fingolimod</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983075/fr/mavenclad-cladribine</t>
+    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/en/gilenya-fingolimod-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>MAVENCLAD</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
   </si>
   <si>
     <t>pprd_2983075</t>
   </si>
   <si>
     <t>cladribine</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877329/fr/mavenclad-cladribine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983136/fr/ocrevus-ocrelizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/en/mavenclad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>OCREVUS</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
   </si>
   <si>
     <t>pprd_2983136</t>
   </si>
   <si>
     <t>ocrelizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2868189/fr/ocrevus-sep-recurrente</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609553/fr/ocrevus-ocrelizumab-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/en/ocrevus-ocrelizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/en/ocrevus-ocrelizumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
   </si>
   <si>
     <t>ZEPOSIA (ozanimod)</t>
   </si>
   <si>
-    <t>12/06/2025 12:00:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3226320/fr/zeposia-ozanimod</t>
+    <t>06/12/2025 12:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226320/en/zeposia-ozanimod</t>
   </si>
   <si>
     <t>p_3226320</t>
   </si>
   <si>
     <t>ozanimod</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3226174/fr/zeposia-ozanimod</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608837/fr/zeposia-ozanimod-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/p_3226174/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352182/en/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410991/en/zeposia-ozanimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608837/en/zeposia-ozanimod-relapsing-remitting-multiple-sclerosis-rrms</t>
   </si>
   <si>
     <t>KESIMPTA (ofatumumab)</t>
   </si>
   <si>
-    <t>12/06/2025 11:52:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3270867/fr/kesimpta-ofatumumab</t>
+    <t>06/12/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
   </si>
   <si>
     <t>p_3270867</t>
   </si>
   <si>
     <t>ofatumumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3270638/fr/kesimpta-ofatumumab</t>
-[...20 lines deleted...]
-    <t>elranatamab</t>
+    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>FAMPYRA (fampridine)</t>
+  </si>
+  <si>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983039/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>pprd_2983039</t>
+  </si>
+  <si>
+    <t>fampridine</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244156/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034297/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883451/en/fampyra-fampridine-voltage-dependent-potassium-channel-blocker</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603354/en/fampyra-fampridine-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>NORDIMET (méthotrexate)</t>
+  </si>
+  <si>
+    <t>03/25/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983809</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/en/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/en/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983419</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/en/hyqvia-human-normal-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/en/hyqvia-normal-human-immunoglobulin-co-administered-with-recombinant-human-hya-luronidase-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+  </si>
+  <si>
+    <t>VORAXAZE (glucarpidase)</t>
+  </si>
+  <si>
+    <t>08/22/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>p_3334742</t>
+  </si>
+  <si>
+    <t>glucarpidase</t>
+  </si>
+  <si>
+    <t>SERB SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/en/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+  </si>
+  <si>
+    <t>BRIUMVI (ublituximab)</t>
+  </si>
+  <si>
+    <t>01/22/2025 11:53:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
+  </si>
+  <si>
+    <t>p_3585042</t>
+  </si>
+  <si>
+    <t>ublituximab</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/10/2025 08:37:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>belimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>BIMZELX (bimekizumab)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>p_3324069</t>
+  </si>
+  <si>
+    <t>bimekizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/en/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/en/bimzelx-bimekizumab-axial-spondyloarthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/en/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/en/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/en/bimzelx-bimekizumab-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/en/bimzelx-bimekizumab-in-plaque-psoriasis-psoriatic-arthritis-and-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>12/05/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+  </si>
+  <si>
+    <t>ORENCIA (abatacept)</t>
+  </si>
+  <si>
+    <t>12/02/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>pprd_2983388</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/en/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/en/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>ZILBRYSQ (zilucoplan sodique)</t>
+  </si>
+  <si>
+    <t>11/29/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+  </si>
+  <si>
+    <t>p_3505560</t>
+  </si>
+  <si>
+    <t>zilucoplan sodique</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503160/en/zilbrysq-zilucoplan-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/en/zilbrysq-zilucoplan-myasthenie</t>
+  </si>
+  <si>
+    <t>ILARIS</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+  </si>
+  <si>
+    <t>pprd_2982751</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/en/ilaris-canakinumab-interleukin-1-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/en/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/en/ilaris-canakinumab-gouty-arthritis-attacks</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/en/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+  </si>
+  <si>
+    <t>pprd_2982795</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CIMZIA (certolizumab pegol)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982837</t>
+  </si>
+  <si>
+    <t>certolizumab pegol</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/en/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SIMPONI (golimumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982937</t>
+  </si>
+  <si>
+    <t>golimumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/en/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/en/simponi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/en/simponi-golimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+  </si>
+  <si>
+    <t>pprd_2983124</t>
+  </si>
+  <si>
+    <t>adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/en/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/en/humira-adalimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/en/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/en/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/en/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+  </si>
+  <si>
+    <t>pprd_2983313</t>
+  </si>
+  <si>
+    <t>ixékizumab</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ENBREL (etanercept)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983439</t>
+  </si>
+  <si>
+    <t>etanercept</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/en/enbrel-etanercept-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/en/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/en/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/en/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/en/enbrel-etanercept-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KEVZARA (sarilumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983463/en/kevzara-sarilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983463</t>
+  </si>
+  <si>
+    <t>sarilumab</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810337/en/kevzara-sarilumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498124/en/kevzara-sarilumab-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539144/en/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+  </si>
+  <si>
+    <t>pprd_2983547</t>
+  </si>
+  <si>
+    <t>omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+  </si>
+  <si>
+    <t>pprd_2983689</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/en/stelara-ustekinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/en/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+  </si>
+  <si>
+    <t>pprd_2983874</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>CELLTRION HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/en/remsima-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/en/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/en/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/en/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+  </si>
+  <si>
+    <t>pprd_2984104</t>
+  </si>
+  <si>
+    <t>sécukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/en/cosentyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/en/cosentyx-children-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/en/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/en/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/en/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/en/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/en/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ILUMETRI (tildrakizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>p_3190412</t>
+  </si>
+  <si>
+    <t>tildrakizumab</t>
+  </si>
+  <si>
+    <t>ALMIRALL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/en/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/en/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ADTRALZA (tralokinumab)</t>
+  </si>
+  <si>
+    <t>09/12/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>p_3298686</t>
+  </si>
+  <si>
+    <t>tralokinumab</t>
+  </si>
+  <si>
+    <t>LEO PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297690/en/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/en/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/en/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TRECONDI</t>
+  </si>
+  <si>
+    <t>09/05/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+  </si>
+  <si>
+    <t>p_3196796</t>
+  </si>
+  <si>
+    <t>tréosulfan</t>
+  </si>
+  <si>
+    <t>MEDAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/en/trecondi-treosulfan-haematopoietic-stem-cell-transplantation-allohsct</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/en/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/en/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/en/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/en/ultomiris-ravulizumab-atypical-haemolytic-uremic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>APRETUDE (cabotégravir)</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3527311</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526084/en/apretude-cabotegravir-prep-/-hiv</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>05/17/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+  </si>
+  <si>
+    <t>pprd_2983133</t>
+  </si>
+  <si>
+    <t>eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/en/soliris-eculizumab-atypical-haemolytic-uraemic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/en/soliris-eculizumab-myasthenia</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>NPLATE</t>
+  </si>
+  <si>
+    <t>01/12/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+  </si>
+  <si>
+    <t>pprd_2983677</t>
+  </si>
+  <si>
+    <t>romiplostim</t>
+  </si>
+  <si>
+    <t>AMGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/en/nplate-romiplostim-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+  </si>
+  <si>
+    <t>pprd_2982764</t>
+  </si>
+  <si>
+    <t>toxine botulinique de type A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>XELJANZ</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/en/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>JYSELECA (filgotinib)</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:11:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>p_3242626</t>
+  </si>
+  <si>
+    <t>filgotinib</t>
+  </si>
+  <si>
+    <t>GALAPAGOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343855/en/jyseleca-filgotinib-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412613/en/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482855/en/jyseleca-filgotinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486160/en/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>ENJAYMO (sutimlimab)</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+  </si>
+  <si>
+    <t>p_3460298</t>
+  </si>
+  <si>
+    <t>sutimlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/en/gamunex-normal-human-immunoglobulin-measles-pre-/post-exposure-prophylaxis-for-susceptible-adults-children-and-adolescents-0-18-years</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/ bictégravir sodique/ ténofovir alafénamide (fumarate de...)</t>
+  </si>
+  <si>
+    <t>06/14/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983103</t>
+  </si>
+  <si>
+    <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873692/en/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide-hiv</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>LUPKYNIS (voclosporine)</t>
+  </si>
+  <si>
+    <t>04/14/2023 08:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427455/en/lupkynis-voclosporine</t>
+  </si>
+  <si>
+    <t>p_3427455</t>
+  </si>
+  <si>
+    <t>voclosporine</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427323/en/lupkynis-voclosporine-active-lupus-nephritis</t>
+  </si>
+  <si>
+    <t>REMICADE (infliximab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983949</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/en/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/en/remicade-100-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/en/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/en/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/en/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/en/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>SAPHNELO (anifrolumab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:33:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396728/en/saphnelo-anifrolumab</t>
+  </si>
+  <si>
+    <t>p_3396728</t>
+  </si>
+  <si>
+    <t>anifrolumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395767/en/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+  </si>
+  <si>
+    <t>IKERVIS (ciclosporine)</t>
+  </si>
+  <si>
+    <t>10/04/2022 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983027/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983027</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>SANTEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563018/en/ikervis-ciclosporin-ophthalmic-medicinal-product</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806289/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884358/en/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372790/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>ULTARCORLENE (pivalate de prednisolone)</t>
+  </si>
+  <si>
+    <t>10/04/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>p_3372868</t>
+  </si>
+  <si>
+    <t>pivalate de prednisolone</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>PROTOPIC (tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982721</t>
+  </si>
+  <si>
+    <t>tacrolimus monohydraté</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/en/protopic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/en/protopic-ointment</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/en/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>DELSTRIGO</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
+  </si>
+  <si>
+    <t>pprd_2982781</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil,doravirine,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+  </si>
+  <si>
+    <t>SATIVEX (cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de)</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984661/en/sativex-cannabis-feuille-et-fleur-de-riche-en-cannabidiol-extrait-mou-de</t>
+  </si>
+  <si>
+    <t>pprd_2984661</t>
+  </si>
+  <si>
+    <t>cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775578/en/sativex-delta-9-tetrahydrocannabinol/cannabidiol-analgesic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361559/en/sativex-cannabis-feuille-et-fleur-de-riche-en-tetrahydrocannabinol-traitement-des-symptomes-lies-a-une-spasticite-moderee-a-severe-due-a-une-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>ALUTARD (Venin d’abeille Apis mellifera et venin de guêpe Vespula)</t>
+  </si>
+  <si>
+    <t>09/01/2022 18:38:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361479/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>p_3361479</t>
+  </si>
+  <si>
+    <t>Venin d’abeille Apis mellifera et venin de guêpe Vespula spp</t>
+  </si>
+  <si>
+    <t>ALK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361541/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
+  </si>
+  <si>
+    <t>PIFELTRO</t>
+  </si>
+  <si>
+    <t>08/22/2022 17:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982782/en/pifeltro</t>
+  </si>
+  <si>
+    <t>pprd_2982782</t>
+  </si>
+  <si>
+    <t>doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965620/en/pifeltro-doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360844/en/pifeltro-doravirine-adolescents-ages-de-12-ans-a-moins-de-18-ans-et-pesant-au-moins-35-kg-infectes-par-le-vih-1</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>06/07/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983129</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>AUBAGIO (tériflunomide)</t>
+  </si>
+  <si>
+    <t>04/12/2022 18:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983852/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>pprd_2983852</t>
+  </si>
+  <si>
+    <t>tériflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730041/en/aubagio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722045/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117100/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330878/en/aubagio-teriflunomide-sep-recurrentes-remittentes</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (hydroxychloroquine (sulfate d'))</t>
+  </si>
+  <si>
+    <t>03/22/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985332</t>
+  </si>
+  <si>
+    <t>sulfate d’hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/en/plaquenil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/en/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:05:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983295/en/lantus-toujeo</t>
+  </si>
+  <si>
+    <t>pprd_2983295</t>
+  </si>
+  <si>
+    <t>insuline glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569089/en/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098014/en/toujeo-doublestar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194972/en/toujeo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315981/en/toujeo-solostar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>ENSPRYNG (satralizumab)</t>
+  </si>
+  <si>
+    <t>02/10/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>p_3316380</t>
+  </si>
+  <si>
+    <t>satralizumab</t>
+  </si>
+  <si>
+    <t>ROCHE France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>IBUPROFENE (ibuprofène)</t>
+  </si>
+  <si>
+    <t>02/08/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189803/en/ibuprofene-ibuprofene</t>
+  </si>
+  <si>
+    <t>p_3189803</t>
+  </si>
+  <si>
+    <t>ibuprofène</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES / SANOFI-AVENTIS FRANCE / ACCORD HEALTHCARE FRANCE SAS / MYLAN SAS / EVOLUPHARM / ARROW GÉNÉRIQUES / B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725218/en/ibuprofene-rpg-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732658/en/ibuprofene-zentiva-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788644/en/ibuprofene-accord-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296239/en/ibuprofene-mylan-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797155/en/ibuprofene-mylan-enfants-et-nourrissons-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166642/en/ibuprofene-evolugen-pharma-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189752/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972287/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315461/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967148/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>PALFORZIA (poudre de graines d’arachis hypogaea)</t>
+  </si>
+  <si>
+    <t>02/07/2022 16:56:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312182/en/palforzia-poudre-de-graines-d-arachis-hypogaea</t>
+  </si>
+  <si>
+    <t>p_3312182</t>
+  </si>
+  <si>
+    <t>poudre de graines d’arachis hypogaea</t>
+  </si>
+  <si>
+    <t>AIMMUNE THERAPEUTICS IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308697/en/palforzia-poudre-de-graine-d-arachis-hypogaea-l</t>
+  </si>
+  <si>
+    <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>10/19/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982985</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/en/truvada</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/en/truvada-emtricitabine-tenofovir-disoproxil-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/en/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
+  </si>
+  <si>
+    <t>08/26/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2983447</t>
+  </si>
+  <si>
+    <t>insuline dégludec,liraglutide,insuline degludec</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+  </si>
+  <si>
+    <t>INFLECTRA (infliximab)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983873/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983873</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682121/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775087/en/inflectra-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280960/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>RUKOBIA (fostemsavir)</t>
+  </si>
+  <si>
+    <t>06/18/2021 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272198/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>p_3272198</t>
+  </si>
+  <si>
+    <t>fostemsavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271861/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>TECFIDERA</t>
+  </si>
+  <si>
+    <t>05/18/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
+  </si>
+  <si>
+    <t>pprd_2984760</t>
+  </si>
+  <si>
+    <t>diméthyle fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/en/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/en/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+  </si>
+  <si>
+    <t>RUCONEST (conestat alpha)</t>
+  </si>
+  <si>
+    <t>03/31/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982871</t>
+  </si>
+  <si>
+    <t>conestat alpha</t>
+  </si>
+  <si>
+    <t>PHARMING GROUP NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/en/ruconest-conestat-alpha-hereditary-angioedema-medicines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>PLEGRIDY</t>
+  </si>
+  <si>
+    <t>03/16/2021 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984539/en/plegridy</t>
+  </si>
+  <si>
+    <t>pprd_2984539</t>
+  </si>
+  <si>
+    <t>péginterféron bêta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034337/en/plegridy-peginterferon-beta-1a-disease-modifying-therapy-for-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243409/en/plegridy-peginterferon-beta-1a</t>
+  </si>
+  <si>
+    <t>INTELENCE</t>
+  </si>
+  <si>
+    <t>11/19/2020 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982724/en/intelence</t>
+  </si>
+  <si>
+    <t>pprd_2982724</t>
+  </si>
+  <si>
+    <t>étravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748325/en/intelence</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251931/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701293/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711205/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047000/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972771/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217751/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>KALETRA</t>
+  </si>
+  <si>
+    <t>11/04/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+  </si>
+  <si>
+    <t>pprd_2982922</t>
+  </si>
+  <si>
+    <t>lopinavir,ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/en/kaletra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/en/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>ITULAZAX</t>
+  </si>
+  <si>
+    <t>10/19/2020 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213245/en/itulazax</t>
+  </si>
+  <si>
+    <t>p_3213245</t>
+  </si>
+  <si>
+    <t>extrait allergénique standardisé de pollen de bouleau</t>
+  </si>
+  <si>
+    <t>ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213242/en/itulazax</t>
+  </si>
+  <si>
+    <t>SYLVANT</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+  </si>
+  <si>
+    <t>pprd_2984554</t>
+  </si>
+  <si>
+    <t>siltuximab</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/en/sylvant</t>
+  </si>
+  <si>
+    <t>JORVEZA</t>
+  </si>
+  <si>
+    <t>09/15/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/en/jorveza</t>
+  </si>
+  <si>
+    <t>p_3201388</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>DR. FALK PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201256/en/jorveza</t>
+  </si>
+  <si>
+    <t>MAYZENT</t>
+  </si>
+  <si>
+    <t>07/24/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196769/en/mayzent</t>
+  </si>
+  <si>
+    <t>p_3196769</t>
+  </si>
+  <si>
+    <t>siponimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196679/en/mayzent</t>
+  </si>
+  <si>
+    <t>PREVENAR 13</t>
+  </si>
+  <si>
+    <t>07/22/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>pprd_2982717</t>
+  </si>
+  <si>
+    <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/en/prevenar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/en/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>Copie de LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>05/09/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+  </si>
+  <si>
+    <t>p_3195251</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/en/lantus</t>
+  </si>
+  <si>
+    <t>CYRAMZA</t>
+  </si>
+  <si>
+    <t>05/29/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983894/en/cyramza</t>
+  </si>
+  <si>
+    <t>pprd_2983894</t>
+  </si>
+  <si>
+    <t>ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048967/en/cyramza-ramucirumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680638/en/cyramza-cancer-bronchique-avance-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678892/en/cyramza-ramucirumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180087/en/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186709/en/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>TROGARZO</t>
+  </si>
+  <si>
+    <t>05/18/2020 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184817/en/trogarzo</t>
+  </si>
+  <si>
+    <t>p_3184817</t>
+  </si>
+  <si>
+    <t>ibalizumab</t>
+  </si>
+  <si>
+    <t>THERATECHNOLOGIES INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184445/en/trogarzo</t>
+  </si>
+  <si>
+    <t>VIREAD</t>
+  </si>
+  <si>
+    <t>04/03/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/en/viread</t>
+  </si>
+  <si>
+    <t>pprd_2983062</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399667/en/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/en/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>NASACORT (triamcinolone (acétonide de))</t>
+  </si>
+  <si>
+    <t>03/06/2020 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983902/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>pprd_2983902</t>
+  </si>
+  <si>
+    <t>triamcinolone (acétonide de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399273/en/nasacort-55-g/dose-suspension-pour-pulverisation-nasale-flacon-pulverisateur-de-15-ml-120-doses-avec-pompe-doseuse-et-embout-nasal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446990/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147534/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679440/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159927/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>METOJECT</t>
+  </si>
+  <si>
+    <t>03/05/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+  </si>
+  <si>
+    <t>pprd_2982919</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>REVOLADE (eltrombopag)</t>
+  </si>
+  <si>
+    <t>03/04/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>pprd_2983678</t>
+  </si>
+  <si>
+    <t>eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/en/revolade-eltrombopag-thrombopoietin-receptor-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/en/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/en/revolade-eltrombopag-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>CORTIMENT (budésonide)</t>
+  </si>
+  <si>
+    <t>11/18/2019 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983023/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983023</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744499/en/cortiment-budesonide-corticosteroid-for-local-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884371/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118419/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294127/en/cortiment-9-mg-budesonide-traitement-d-induction-d-une-remission-chez-des-patients-souffrant-d-une-colite-microscopique-active</t>
+  </si>
+  <si>
+    <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>pprd_2983010</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>pprd_2983132</t>
+  </si>
+  <si>
+    <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/en/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/en/stribild-emtricitabine-cobicistat-elvitegravir-and-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>09/06/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>pprd_2984481</t>
+  </si>
+  <si>
+    <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/en/atripla-efavirenz-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>TRESIBA, analogue lent de l’insuline (insuline dégludec/ insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE...)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982862/en/tresiba-analogue-lent-de-l-insuline-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>pprd_2982862</t>
+  </si>
+  <si>
+    <t>insuline dégludec,insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738609/en/tresiba</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808589/en/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879333/en/tresiba-insulin-degludec-long-acting-insulin-analogue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906439/en/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>ISENTRESS (raltégravir potassique)</t>
+  </si>
+  <si>
+    <t>05/14/2019 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982756/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>pprd_2982756</t>
+  </si>
+  <si>
+    <t>raltégravir potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657726/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001255/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701815/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702552/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776508/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580837/en/isentress-100-mg-raltegravir-granules-for-oral-suspension-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818004/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966049/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967178/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>EPIPEN (adrénaline/ épinéphrine)</t>
+  </si>
+  <si>
+    <t>05/07/2019 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982772/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>pprd_2982772</t>
+  </si>
+  <si>
+    <t>adrénaline,épinéphrine</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810820/en/epipen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719401/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966046/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>SALAZOPYRINE (sulfasalazine)</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982845/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>pprd_2982845</t>
+  </si>
+  <si>
+    <t>sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605772/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908481/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759083/en/salazopyrine</t>
+  </si>
+  <si>
+    <t>ALOFISEL (darvadstrocel)</t>
+  </si>
+  <si>
+    <t>03/22/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982880/en/alofisel-darvadstrocel</t>
+  </si>
+  <si>
+    <t>pprd_2982880</t>
+  </si>
+  <si>
+    <t>darvadstrocel</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904636/en/alofisel-darvadstrocel-stem-cell-therapy</t>
+  </si>
+  <si>
+    <t>WYSTAMM (N/R/ fumarate de rupatadine/ rupatadine (fumarate de))</t>
+  </si>
+  <si>
+    <t>01/31/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982886</t>
+  </si>
+  <si>
+    <t>rupatadine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/en/wystamm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>ACARIZAX (Extrait allergénique standardisé d’acariens Dermatophagoides pteronyss...)</t>
+  </si>
+  <si>
+    <t>01/14/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982916/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>pprd_2982916</t>
+  </si>
+  <si>
+    <t>Extrait allergénique standardisé d’acariens Dermatophagoides pteronyssinus,Extrait allergénique standardisé d’acariens Dermatophagoides farinae</t>
+  </si>
+  <si>
+    <t>SA ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748733/en/acarizax-standardised-allergen-extract-from-the-house-dust-mites-dermatophagoides-pteronyssinus-and-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896998/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>ORALAIR (extrait allergénique de pollens des graminées/ extrait allergénique de...)</t>
+  </si>
+  <si>
+    <t>01/10/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982933/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982933</t>
+  </si>
+  <si>
+    <t>extrait allergénique de pollens des graminées,extrait allergénique de pollen de fléole des prés,extrait allergénique de pollen de pâturin des prés,extrait allergénique de pollen de flouve odorante,extrait allergénique de pollen d'ivraie vivace,extrait allergénique de pollen de dactyle vulgaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250035/en/oralair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894900/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>LEVOFREE (lévocabastine/ lévocabastine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/26/2018 08:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983054/en/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983054</t>
+  </si>
+  <si>
+    <t>lévocabastine,lévocabastine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969542/en/levofree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880169/en/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>10/25/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+  </si>
+  <si>
+    <t>pprd_2983077</t>
+  </si>
+  <si>
+    <t>alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/en/lemtrada-alemtuzumab-selective-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>FLECTOR (diclofénac (épolamine de))</t>
+  </si>
+  <si>
+    <t>10/26/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983081/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>pprd_2983081</t>
+  </si>
+  <si>
+    <t>diclofénac (épolamine de)</t>
+  </si>
+  <si>
+    <t>GENEVRIER SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400784/en/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962477/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052629/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877305/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727807/en/flector</t>
+  </si>
+  <si>
+    <t>PREZISTA (darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>10/09/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983092</t>
+  </si>
+  <si>
+    <t>darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
+  </si>
+  <si>
+    <t>02/08/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>pprd_2983098</t>
+  </si>
+  <si>
+    <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/en/berinert-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+  </si>
+  <si>
+    <t>FIRAZYR (icatibant (acétate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983101</t>
+  </si>
+  <si>
+    <t>icatibant (acétate d')</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+  </si>
+  <si>
+    <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983102</t>
+  </si>
+  <si>
+    <t>inhibiteur de la C1 estérase humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/en/cinryze-c1-esterase-inhibitor-human-antifibrinolytic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>CELSENTRI (maraviroc)</t>
+  </si>
+  <si>
+    <t>09/18/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983122/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>pprd_2983122</t>
+  </si>
+  <si>
+    <t>maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676960/en/celsentri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561558/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848372/en/celsentri-maraviroc-ccr5-receptor-antagonist-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869665/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>GENVOYA</t>
+  </si>
+  <si>
+    <t>11/27/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+  </si>
+  <si>
+    <t>pprd_2983131</t>
+  </si>
+  <si>
+    <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>FLIXOVATE (fluticasone (propionate de))</t>
+  </si>
+  <si>
+    <t>06/01/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983270/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983270</t>
+  </si>
+  <si>
+    <t>fluticasone (propionate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400122/en/flixovate-0-05-creme-tube-de-30-g-flixovate-0-005-pommade-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400918/en/flixovate-0-05-emulsion-pour-application-cutanee-1-flacon-polyethylene-haute-densite-pehd-de-30-ml-368-165-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538679/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079022/en/flixovate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254513/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588374/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852604/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>ENTOCORT (budésonide)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983310/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983310</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401002/en/entocort</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603007/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036312/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559094/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847925/en/entocort-budesonide-locally-acting-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399629/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>CERTICAN (évérolimus)</t>
+  </si>
+  <si>
+    <t>04/09/2018 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983335/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>pprd_2983335</t>
+  </si>
+  <si>
+    <t>évérolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400116/en/certican-0-10-mg-0-25-mg-comprime-dispersible-boite-de-60-certican-0-25-mg-0-50-mg-0-75-mg-comprime-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973824/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622347/en/certican</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722048/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841753/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>MOBIC (méloxicam)</t>
+  </si>
+  <si>
+    <t>03/12/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983358</t>
+  </si>
+  <si>
+    <t>méloxicam</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/en/mobic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>ZINBRYTA (daclizumab)</t>
+  </si>
+  <si>
+    <t>02/16/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983405/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983405</t>
+  </si>
+  <si>
+    <t>daclizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742059/en/zinbryta-daclizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825864/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>SORIATANE (acitrétine)</t>
+  </si>
+  <si>
+    <t>01/15/2018 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983437/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>pprd_2983437</t>
+  </si>
+  <si>
+    <t>acitrétine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399462/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517567/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773263/en/soriatane-acitretin-retinoid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819903/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
+  </si>
+  <si>
+    <t>01/03/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>pprd_2983454</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/en/eviplera-rilpivirine-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>TROLOVOL (pénicillamine)</t>
+  </si>
+  <si>
+    <t>09/06/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>pprd_2983536</t>
+  </si>
+  <si>
+    <t>pénicillamine</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/en/trolovol</t>
+  </si>
+  <si>
+    <t>BENEPALI (étanercept)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983537</t>
+  </si>
+  <si>
+    <t>étanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682115/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+  </si>
+  <si>
+    <t>NEORAL (ciclosporine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983568</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>COMBIVIR (N/R/ lamivudine/ zidovudine/ lamivudine et zidovudine)</t>
+  </si>
+  <si>
+    <t>06/29/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2983579</t>
+  </si>
+  <si>
+    <t>lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/en/combivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983591</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>ZELITREX (N/R/ valaciclovir/ valaciclovir (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983614</t>
+  </si>
+  <si>
+    <t>valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/en/zelitrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>INSUMAN (insuline humaine biogénétique)</t>
+  </si>
+  <si>
+    <t>05/18/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983624/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>pprd_2983624</t>
+  </si>
+  <si>
+    <t>insuline humaine biogénétique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399559/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594448/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735621/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774160/en/insuman-implantable-insulin-human-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762900/en/insuman-infusat-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>MIKICORT (budésonide)</t>
+  </si>
+  <si>
+    <t>05/02/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983644/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983644</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736004/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743375/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638248/en/mikicort-budesonide-corticosteroid-for-local-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740886/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758093/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>FIRDAPSE (amifampridine (phosphate d'))</t>
+  </si>
+  <si>
+    <t>04/21/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983648</t>
+  </si>
+  <si>
+    <t>amifampridine (phosphate d')</t>
+  </si>
+  <si>
+    <t>BIOMARIN EUROPE Limited</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>APTIVUS (tipranavir)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983697/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>pprd_2983697</t>
+  </si>
+  <si>
+    <t>tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400997/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945883/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945898/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945910/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219566/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749464/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>03/29/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983792</t>
+  </si>
+  <si>
+    <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>FLIXABI (infliximab)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983867</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>LEVEMIR (insuline détémir)</t>
+  </si>
+  <si>
+    <t>03/03/2017 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983903/en/levemir-insuline-detemir</t>
+  </si>
+  <si>
+    <t>pprd_2983903</t>
+  </si>
+  <si>
+    <t>insuline détémir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400209/en/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598147/en/levemir-penfill-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277937/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719432/en/levemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022087/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679437/en/levemir-insulin-detemir-long-acting-human-insulin-analogue</t>
+  </si>
+  <si>
+    <t>NIVAQUINE (chloroquine (sulfate de))</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983955</t>
+  </si>
+  <si>
+    <t>chloroquine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>COPAXONE (glatiramère (acétate de))</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984014/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984014</t>
+  </si>
+  <si>
+    <t>glatiramère (acétate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399786/en/copaxone-20-mg/ml-poudre-et-solvant-pour-solution-injectable-flacon-de-20mg-de-poudre-ampoule-de-solvant-de-1ml-boite-de-28-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057078/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970611/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658567/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658573/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>ACADIONE (tiopronine)</t>
+  </si>
+  <si>
+    <t>02/19/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984215/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>pprd_2984215</t>
+  </si>
+  <si>
+    <t>tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400754/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609214/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759074/en/acadione</t>
+  </si>
+  <si>
+    <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>04/06/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/en/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984224</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607076/en/rezolsta-darunavir/cobicistat-antiretroviral</t>
+  </si>
+  <si>
+    <t>GRAZAX (extrait allergénique de pollen de fléole des prés)</t>
+  </si>
+  <si>
+    <t>02/11/2016 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984225/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>pprd_2984225</t>
+  </si>
+  <si>
+    <t>extrait allergénique de pollen de fléole des prés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834970/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614416/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969963/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036281/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607070/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>IMUREL (azathioprine)</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>pprd_2984367</t>
+  </si>
+  <si>
+    <t>azathioprine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+  </si>
+  <si>
+    <t>REYATAZ (atazanavir)</t>
+  </si>
+  <si>
+    <t>10/21/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>pprd_2984372</t>
+  </si>
+  <si>
+    <t>atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>CELEBREX (celecoxib)</t>
+  </si>
+  <si>
+    <t>06/24/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984505/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>pprd_2984505</t>
+  </si>
+  <si>
+    <t>celecoxib</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3411556/fr/elrexfio-elranatamab-myelome-multiple</t>
-[...5837 lines deleted...]
-    <t>pprd_2983572</t>
+    <t>https://www.has-sante.fr/jcms/c_399997/en/celebrex-100-mg-gelule-boites-de-30-et-100-celebrex-200-mg-gelule-boites-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537895/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013257/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874882/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215844/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040117/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>LEVOPHTA - LEVOFREE (levocabastine (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984549/en/levophta-levofree-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984549</t>
+  </si>
+  <si>
+    <t>levocabastine (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400792/en/levophta-0-05-collyre-flacon-de-5-ml-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400793/en/levophta-0-05-pour-cent-collyre-1-flacon-compte-gouttes-de-5-ml-cip-347-398-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881782/en/levophta-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030577/en/levophta-levofree-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
+  </si>
+  <si>
+    <t>05/22/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2984597</t>
+  </si>
+  <si>
+    <t>paraffine liquide,vaseline,glycérol</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+  </si>
+  <si>
+    <t>DAUNOXOME (daunorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>08/07/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984722/en/daunoxome-daunorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984722</t>
+  </si>
+  <si>
+    <t>daunorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>NOVEX PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758549/en/daunoxome</t>
+  </si>
+  <si>
+    <t>TYBOST (cobicistat)</t>
+  </si>
+  <si>
+    <t>09/09/2014 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984768/en/tybost-cobicistat</t>
+  </si>
+  <si>
+    <t>pprd_2984768</t>
+  </si>
+  <si>
+    <t>cobicistat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742475/en/tybost</t>
+  </si>
+  <si>
+    <t>VOLTARENE (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>05/16/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984817/en/voltarene-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984817</t>
+  </si>
+  <si>
+    <t>diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726947/en/voltarene</t>
+  </si>
+  <si>
+    <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
+  </si>
+  <si>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>pprd_2984822</t>
+  </si>
+  <si>
+    <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
+  </si>
+  <si>
+    <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984872</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>VIRAFERONPEG (N/R/ peginterféron alfa 2b/ peginterféron alfa-2b ((BACTERIE/ESCHERICH...)</t>
+  </si>
+  <si>
+    <t>09/24/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984999/en/viraferonpeg-n/r/-peginterferon-alfa-2b/-peginterferon-alfa-2b-bacterie/escherich</t>
+  </si>
+  <si>
+    <t>pprd_2984999</t>
+  </si>
+  <si>
+    <t>peginterféron alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399205/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701486/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698217/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736838/en/viraferonpeg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977225/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298582/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>PROXALYOC (piroxicam)</t>
+  </si>
+  <si>
+    <t>11/30/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985092</t>
   </si>
   <si>
     <t>piroxicam</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
-[...1472 lines deleted...]
-    <t>pprd_2984208</t>
+    <t>Laboratoire CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/en/proxalyoc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>RHESONATIV (immunoglobuline humaine anti-D)</t>
+  </si>
+  <si>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985242/en/rhesonativ-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>pprd_2985242</t>
   </si>
   <si>
     <t>immunoglobuline humaine anti-D</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400105/fr/rhophylac-200-microgrammesg/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1-rhophylac-300-microgrammes/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
-[...1369 lines deleted...]
-  <si>
     <t>Laboratoire OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996900/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_970617/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
+    <t>https://www.has-sante.fr/jcms/c_996900/en/rhesonativ</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>16/06/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
+    <t>06/16/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_958840/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/en/subcuvia</t>
   </si>
   <si>
     <t>ALLOCHRYSINE (sodium (aurothiopropanolsulfonate de))</t>
   </si>
   <si>
-    <t>25/02/2015 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985597/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+    <t>02/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985597/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
   </si>
   <si>
     <t>pprd_2985597</t>
   </si>
   <si>
     <t>sodium (aurothiopropanolsulfonate de)</t>
   </si>
   <si>
     <t>PRIMIUS LAB LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400961/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
-[...65 lines deleted...]
-    <t>pprd_2974199</t>
+    <t>https://www.has-sante.fr/jcms/c_400961/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761608/en/allochrysine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...429 lines deleted...]
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>858</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>859</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>860</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>861</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>862</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>863</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>864</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>858</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>865</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>866</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>861</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>862</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>867</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>868</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...16868 lines deleted...]
-
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1260 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>540</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>541</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>542</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>543</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>544</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>545</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>540</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>546</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>547</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>548</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>549</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>550</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>540</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>551</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>552</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>553</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>554</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>555</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:AQ163"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>556</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>557</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>558</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>559</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>560</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>561</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>562</v>
-[...65 lines deleted...]
-        <v>569</v>
+        <v>82</v>
+      </c>
+      <c r="I2" t="s">
+        <v>83</v>
+      </c>
+      <c r="J2" t="s">
+        <v>84</v>
+      </c>
+      <c r="K2" t="s">
+        <v>85</v>
+      </c>
+      <c r="L2" t="s">
+        <v>86</v>
+      </c>
+      <c r="M2" t="s">
+        <v>87</v>
+      </c>
+      <c r="N2" t="s">
+        <v>88</v>
+      </c>
+      <c r="O2" t="s">
+        <v>89</v>
+      </c>
+      <c r="P2" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>91</v>
+      </c>
+      <c r="R2" t="s">
+        <v>92</v>
+      </c>
+      <c r="S2" t="s">
+        <v>93</v>
+      </c>
+      <c r="T2" t="s">
+        <v>94</v>
+      </c>
+      <c r="U2" t="s">
+        <v>95</v>
+      </c>
+      <c r="V2" t="s">
+        <v>96</v>
+      </c>
+      <c r="W2" t="s">
+        <v>97</v>
+      </c>
+      <c r="X2" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>563</v>
+        <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>570</v>
+        <v>100</v>
       </c>
       <c r="C3" t="s">
-        <v>571</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>572</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>573</v>
+        <v>101</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>574</v>
+        <v>102</v>
       </c>
       <c r="H3" t="s">
-        <v>575</v>
+        <v>103</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J3" t="s">
+        <v>105</v>
+      </c>
+      <c r="K3" t="s">
+        <v>106</v>
+      </c>
+      <c r="L3" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>563</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>576</v>
+        <v>109</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>577</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>578</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>579</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>580</v>
+        <v>112</v>
+      </c>
+      <c r="I4" t="s">
+        <v>113</v>
+      </c>
+      <c r="J4" t="s">
+        <v>105</v>
+      </c>
+      <c r="K4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L4" t="s">
+        <v>115</v>
+      </c>
+      <c r="M4" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>563</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>581</v>
+        <v>117</v>
       </c>
       <c r="C5" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>583</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>584</v>
+        <v>118</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>585</v>
+        <v>119</v>
       </c>
       <c r="H5" t="s">
-        <v>586</v>
+        <v>120</v>
+      </c>
+      <c r="I5" t="s">
+        <v>121</v>
+      </c>
+      <c r="J5" t="s">
+        <v>122</v>
+      </c>
+      <c r="K5" t="s">
+        <v>123</v>
+      </c>
+      <c r="L5" t="s">
+        <v>124</v>
+      </c>
+      <c r="M5" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>563</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>587</v>
+        <v>126</v>
       </c>
       <c r="C6" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>589</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>590</v>
+        <v>127</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>591</v>
+        <v>128</v>
       </c>
       <c r="H6" t="s">
-        <v>592</v>
+        <v>129</v>
+      </c>
+      <c r="I6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J6" t="s">
+        <v>131</v>
+      </c>
+      <c r="K6" t="s">
+        <v>132</v>
+      </c>
+      <c r="L6" t="s">
+        <v>133</v>
+      </c>
+      <c r="M6" t="s">
+        <v>134</v>
+      </c>
+      <c r="N6" t="s">
+        <v>135</v>
+      </c>
+      <c r="O6" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>563</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
-        <v>593</v>
+        <v>137</v>
       </c>
       <c r="C7" t="s">
-        <v>594</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>595</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>596</v>
+        <v>138</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>597</v>
+        <v>139</v>
       </c>
       <c r="H7" t="s">
-        <v>598</v>
-[...195 lines deleted...]
-        <v>630</v>
+        <v>140</v>
+      </c>
+      <c r="I7" t="s">
+        <v>141</v>
+      </c>
+      <c r="J7" t="s">
+        <v>131</v>
+      </c>
+      <c r="K7" t="s">
+        <v>142</v>
+      </c>
+      <c r="L7" t="s">
+        <v>143</v>
+      </c>
+      <c r="M7" t="s">
+        <v>144</v>
+      </c>
+      <c r="N7" t="s">
+        <v>145</v>
+      </c>
+      <c r="O7" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>631</v>
+        <v>147</v>
       </c>
       <c r="C8" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>632</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>633</v>
+        <v>148</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>634</v>
+        <v>149</v>
       </c>
       <c r="H8" t="s">
-        <v>635</v>
+        <v>150</v>
+      </c>
+      <c r="I8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J8" t="s">
+        <v>131</v>
+      </c>
+      <c r="K8" t="s">
+        <v>152</v>
+      </c>
+      <c r="L8" t="s">
+        <v>153</v>
+      </c>
+      <c r="M8" t="s">
+        <v>154</v>
+      </c>
+      <c r="N8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O8" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>636</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>637</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>638</v>
+        <v>158</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>639</v>
+        <v>159</v>
       </c>
       <c r="H9" t="s">
-        <v>640</v>
+        <v>160</v>
+      </c>
+      <c r="I9" t="s">
+        <v>161</v>
+      </c>
+      <c r="J9" t="s">
+        <v>162</v>
+      </c>
+      <c r="K9" t="s">
+        <v>163</v>
+      </c>
+      <c r="L9" t="s">
+        <v>164</v>
+      </c>
+      <c r="M9" t="s">
+        <v>165</v>
+      </c>
+      <c r="N9" t="s">
+        <v>166</v>
+      </c>
+      <c r="O9" t="s">
+        <v>167</v>
+      </c>
+      <c r="P9" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>168</v>
+      </c>
+      <c r="R9" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>641</v>
+        <v>170</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>642</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>643</v>
+        <v>171</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>644</v>
+        <v>172</v>
       </c>
       <c r="H10" t="s">
-        <v>645</v>
+        <v>173</v>
+      </c>
+      <c r="I10" t="s">
+        <v>174</v>
+      </c>
+      <c r="J10" t="s">
+        <v>175</v>
+      </c>
+      <c r="K10" t="s">
+        <v>176</v>
+      </c>
+      <c r="L10" t="s">
+        <v>177</v>
+      </c>
+      <c r="M10" t="s">
+        <v>178</v>
+      </c>
+      <c r="N10" t="s">
+        <v>179</v>
+      </c>
+      <c r="O10" t="s">
+        <v>180</v>
+      </c>
+      <c r="P10" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>646</v>
+        <v>183</v>
       </c>
       <c r="C11" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>648</v>
+        <v>184</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>649</v>
+        <v>185</v>
       </c>
       <c r="H11" t="s">
-        <v>650</v>
+        <v>186</v>
+      </c>
+      <c r="I11" t="s">
+        <v>187</v>
+      </c>
+      <c r="J11" t="s">
+        <v>188</v>
+      </c>
+      <c r="K11" t="s">
+        <v>189</v>
+      </c>
+      <c r="L11" t="s">
+        <v>190</v>
+      </c>
+      <c r="M11" t="s">
+        <v>191</v>
+      </c>
+      <c r="N11" t="s">
+        <v>192</v>
+      </c>
+      <c r="O11" t="s">
+        <v>193</v>
+      </c>
+      <c r="P11" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
-        <v>651</v>
+        <v>196</v>
       </c>
       <c r="C12" t="s">
-        <v>652</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>653</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>654</v>
+        <v>184</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>655</v>
+        <v>197</v>
       </c>
       <c r="H12" t="s">
-        <v>656</v>
+        <v>198</v>
+      </c>
+      <c r="I12" t="s">
+        <v>199</v>
+      </c>
+      <c r="J12" t="s">
+        <v>200</v>
+      </c>
+      <c r="K12" t="s">
+        <v>201</v>
+      </c>
+      <c r="L12" t="s">
+        <v>202</v>
+      </c>
+      <c r="M12" t="s">
+        <v>203</v>
+      </c>
+      <c r="N12" t="s">
+        <v>204</v>
+      </c>
+      <c r="O12" t="s">
+        <v>205</v>
+      </c>
+      <c r="P12" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>207</v>
+      </c>
+      <c r="R12" t="s">
+        <v>208</v>
+      </c>
+      <c r="S12" t="s">
+        <v>209</v>
+      </c>
+      <c r="T12" t="s">
+        <v>210</v>
+      </c>
+      <c r="U12" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B13" t="s">
-        <v>657</v>
+        <v>212</v>
       </c>
       <c r="C13" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>659</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>660</v>
+        <v>213</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>661</v>
+        <v>214</v>
       </c>
       <c r="H13" t="s">
-        <v>662</v>
+        <v>215</v>
+      </c>
+      <c r="I13" t="s">
+        <v>216</v>
+      </c>
+      <c r="J13" t="s">
+        <v>217</v>
+      </c>
+      <c r="K13" t="s">
+        <v>218</v>
+      </c>
+      <c r="L13" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B14" t="s">
-        <v>663</v>
+        <v>220</v>
       </c>
       <c r="C14" t="s">
-        <v>664</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>665</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>666</v>
+        <v>221</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>667</v>
+        <v>222</v>
       </c>
       <c r="H14" t="s">
-        <v>668</v>
+        <v>223</v>
+      </c>
+      <c r="I14" t="s">
+        <v>224</v>
+      </c>
+      <c r="J14" t="s">
+        <v>225</v>
+      </c>
+      <c r="K14" t="s">
+        <v>226</v>
+      </c>
+      <c r="L14" t="s">
+        <v>227</v>
+      </c>
+      <c r="M14" t="s">
+        <v>228</v>
+      </c>
+      <c r="N14" t="s">
+        <v>229</v>
+      </c>
+      <c r="O14" t="s">
+        <v>230</v>
+      </c>
+      <c r="P14" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>669</v>
+        <v>233</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>670</v>
+        <v>234</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>671</v>
+        <v>235</v>
       </c>
       <c r="H15" t="s">
-        <v>672</v>
+        <v>236</v>
+      </c>
+      <c r="I15" t="s">
+        <v>237</v>
+      </c>
+      <c r="J15" t="s">
+        <v>200</v>
+      </c>
+      <c r="K15" t="s">
+        <v>238</v>
+      </c>
+      <c r="L15" t="s">
+        <v>239</v>
+      </c>
+      <c r="M15" t="s">
+        <v>240</v>
+      </c>
+      <c r="N15" t="s">
+        <v>241</v>
+      </c>
+      <c r="O15" t="s">
+        <v>242</v>
+      </c>
+      <c r="P15" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>673</v>
+        <v>245</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>670</v>
+        <v>246</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>674</v>
+        <v>247</v>
       </c>
       <c r="H16" t="s">
-        <v>675</v>
+        <v>248</v>
+      </c>
+      <c r="I16" t="s">
+        <v>249</v>
+      </c>
+      <c r="J16" t="s">
+        <v>250</v>
+      </c>
+      <c r="K16" t="s">
+        <v>251</v>
+      </c>
+      <c r="L16" t="s">
+        <v>252</v>
+      </c>
+      <c r="M16" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
-        <v>676</v>
+        <v>254</v>
       </c>
       <c r="C17" t="s">
-        <v>677</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>678</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>679</v>
+        <v>255</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>680</v>
+        <v>256</v>
       </c>
       <c r="H17" t="s">
-        <v>681</v>
+        <v>257</v>
+      </c>
+      <c r="I17" t="s">
+        <v>258</v>
+      </c>
+      <c r="J17" t="s">
+        <v>259</v>
+      </c>
+      <c r="K17" t="s">
+        <v>260</v>
+      </c>
+      <c r="L17" t="s">
+        <v>261</v>
+      </c>
+      <c r="M17" t="s">
+        <v>262</v>
+      </c>
+      <c r="N17" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>682</v>
+        <v>264</v>
       </c>
       <c r="C18" t="s">
-        <v>683</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>684</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>685</v>
+        <v>265</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>686</v>
+        <v>266</v>
       </c>
       <c r="H18" t="s">
-        <v>687</v>
+        <v>267</v>
+      </c>
+      <c r="I18" t="s">
+        <v>268</v>
+      </c>
+      <c r="J18" t="s">
+        <v>269</v>
+      </c>
+      <c r="K18" t="s">
+        <v>270</v>
+      </c>
+      <c r="L18" t="s">
+        <v>271</v>
+      </c>
+      <c r="M18" t="s">
+        <v>272</v>
+      </c>
+      <c r="N18" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>599</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>688</v>
+        <v>274</v>
       </c>
       <c r="C19" t="s">
-        <v>689</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>690</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>691</v>
+        <v>275</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>692</v>
+        <v>276</v>
       </c>
       <c r="H19" t="s">
-        <v>693</v>
+        <v>277</v>
+      </c>
+      <c r="I19" t="s">
+        <v>278</v>
+      </c>
+      <c r="J19" t="s">
+        <v>279</v>
+      </c>
+      <c r="K19" t="s">
+        <v>280</v>
+      </c>
+      <c r="L19" t="s">
+        <v>281</v>
+      </c>
+      <c r="M19" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" t="s">
+        <v>283</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>284</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>285</v>
+      </c>
+      <c r="H20" t="s">
+        <v>286</v>
+      </c>
+      <c r="I20" t="s">
+        <v>287</v>
+      </c>
+      <c r="J20" t="s">
+        <v>288</v>
+      </c>
+      <c r="K20" t="s">
+        <v>289</v>
+      </c>
+      <c r="L20" t="s">
+        <v>290</v>
+      </c>
+      <c r="M20" t="s">
+        <v>291</v>
+      </c>
+      <c r="N20" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>294</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>295</v>
+      </c>
+      <c r="H21" t="s">
+        <v>296</v>
+      </c>
+      <c r="I21" t="s">
+        <v>297</v>
+      </c>
+      <c r="J21" t="s">
+        <v>298</v>
+      </c>
+      <c r="K21" t="s">
+        <v>299</v>
+      </c>
+      <c r="L21" t="s">
+        <v>300</v>
+      </c>
+      <c r="M21" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>303</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>304</v>
+      </c>
+      <c r="H22" t="s">
+        <v>305</v>
+      </c>
+      <c r="I22" t="s">
+        <v>216</v>
+      </c>
+      <c r="J22" t="s">
+        <v>306</v>
+      </c>
+      <c r="K22" t="s">
+        <v>307</v>
+      </c>
+      <c r="L22" t="s">
+        <v>308</v>
+      </c>
+      <c r="M22" t="s">
+        <v>309</v>
+      </c>
+      <c r="N22" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" t="s">
+        <v>311</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>312</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>313</v>
+      </c>
+      <c r="H23" t="s">
+        <v>314</v>
+      </c>
+      <c r="I23" t="s">
+        <v>315</v>
+      </c>
+      <c r="J23" t="s">
+        <v>316</v>
+      </c>
+      <c r="K23" t="s">
+        <v>317</v>
+      </c>
+      <c r="L23" t="s">
+        <v>318</v>
+      </c>
+      <c r="M23" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>320</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>321</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>322</v>
+      </c>
+      <c r="H24" t="s">
+        <v>323</v>
+      </c>
+      <c r="I24" t="s">
+        <v>324</v>
+      </c>
+      <c r="J24" t="s">
+        <v>325</v>
+      </c>
+      <c r="K24" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>78</v>
+      </c>
+      <c r="B25" t="s">
+        <v>327</v>
+      </c>
+      <c r="C25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>328</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>329</v>
+      </c>
+      <c r="H25" t="s">
+        <v>330</v>
+      </c>
+      <c r="I25" t="s">
+        <v>331</v>
+      </c>
+      <c r="J25" t="s">
+        <v>332</v>
+      </c>
+      <c r="K25" t="s">
+        <v>333</v>
+      </c>
+      <c r="L25" t="s">
+        <v>334</v>
+      </c>
+      <c r="M25" t="s">
+        <v>335</v>
+      </c>
+      <c r="N25" t="s">
+        <v>336</v>
+      </c>
+      <c r="O25" t="s">
+        <v>337</v>
+      </c>
+      <c r="P25" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" t="s">
+        <v>339</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>340</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>341</v>
+      </c>
+      <c r="H26" t="s">
+        <v>342</v>
+      </c>
+      <c r="I26" t="s">
+        <v>343</v>
+      </c>
+      <c r="J26" t="s">
+        <v>344</v>
+      </c>
+      <c r="K26" t="s">
+        <v>345</v>
+      </c>
+      <c r="L26" t="s">
+        <v>346</v>
+      </c>
+      <c r="M26" t="s">
+        <v>347</v>
+      </c>
+      <c r="N26" t="s">
+        <v>348</v>
+      </c>
+      <c r="O26" t="s">
+        <v>349</v>
+      </c>
+      <c r="P26" t="s">
+        <v>350</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>351</v>
+      </c>
+      <c r="R26" t="s">
+        <v>352</v>
+      </c>
+      <c r="S26" t="s">
+        <v>353</v>
+      </c>
+      <c r="T26" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" t="s">
+        <v>355</v>
+      </c>
+      <c r="C27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>356</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H27" t="s">
+        <v>358</v>
+      </c>
+      <c r="I27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J27" t="s">
+        <v>360</v>
+      </c>
+      <c r="K27" t="s">
+        <v>361</v>
+      </c>
+      <c r="L27" t="s">
+        <v>362</v>
+      </c>
+      <c r="M27" t="s">
+        <v>363</v>
+      </c>
+      <c r="N27" t="s">
+        <v>364</v>
+      </c>
+      <c r="O27" t="s">
+        <v>365</v>
+      </c>
+      <c r="P27" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>367</v>
+      </c>
+      <c r="R27" t="s">
+        <v>368</v>
+      </c>
+      <c r="S27" t="s">
+        <v>369</v>
+      </c>
+      <c r="T27" t="s">
+        <v>370</v>
+      </c>
+      <c r="U27" t="s">
+        <v>371</v>
+      </c>
+      <c r="V27" t="s">
+        <v>372</v>
+      </c>
+      <c r="W27" t="s">
+        <v>373</v>
+      </c>
+      <c r="X27" t="s">
+        <v>374</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>375</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>376</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>377</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>378</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>379</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" t="s">
+        <v>381</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>382</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>383</v>
+      </c>
+      <c r="H28" t="s">
+        <v>384</v>
+      </c>
+      <c r="I28" t="s">
+        <v>385</v>
+      </c>
+      <c r="J28" t="s">
+        <v>269</v>
+      </c>
+      <c r="K28" t="s">
+        <v>386</v>
+      </c>
+      <c r="L28" t="s">
+        <v>387</v>
+      </c>
+      <c r="M28" t="s">
+        <v>388</v>
+      </c>
+      <c r="N28" t="s">
+        <v>389</v>
+      </c>
+      <c r="O28" t="s">
+        <v>390</v>
+      </c>
+      <c r="P28" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>392</v>
+      </c>
+      <c r="R28" t="s">
+        <v>393</v>
+      </c>
+      <c r="S28" t="s">
+        <v>394</v>
+      </c>
+      <c r="T28" t="s">
+        <v>395</v>
+      </c>
+      <c r="U28" t="s">
+        <v>396</v>
+      </c>
+      <c r="V28" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" t="s">
+        <v>398</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>399</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>400</v>
+      </c>
+      <c r="H29" t="s">
+        <v>401</v>
+      </c>
+      <c r="I29" t="s">
+        <v>402</v>
+      </c>
+      <c r="J29" t="s">
+        <v>403</v>
+      </c>
+      <c r="K29" t="s">
+        <v>404</v>
+      </c>
+      <c r="L29" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" t="s">
+        <v>406</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>407</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>408</v>
+      </c>
+      <c r="H30" t="s">
+        <v>409</v>
+      </c>
+      <c r="I30" t="s">
+        <v>410</v>
+      </c>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>411</v>
+      </c>
+      <c r="L30" t="s">
+        <v>412</v>
+      </c>
+      <c r="M30" t="s">
+        <v>413</v>
+      </c>
+      <c r="N30" t="s">
+        <v>414</v>
+      </c>
+      <c r="O30" t="s">
+        <v>415</v>
+      </c>
+      <c r="P30" t="s">
+        <v>416</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>417</v>
+      </c>
+      <c r="R30" t="s">
+        <v>418</v>
+      </c>
+      <c r="S30" t="s">
+        <v>419</v>
+      </c>
+      <c r="T30" t="s">
+        <v>420</v>
+      </c>
+      <c r="U30" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31" t="s">
+        <v>422</v>
+      </c>
+      <c r="C31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>423</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>424</v>
+      </c>
+      <c r="H31" t="s">
+        <v>425</v>
+      </c>
+      <c r="I31" t="s">
+        <v>426</v>
+      </c>
+      <c r="J31" t="s">
+        <v>259</v>
+      </c>
+      <c r="K31" t="s">
+        <v>427</v>
+      </c>
+      <c r="L31" t="s">
+        <v>428</v>
+      </c>
+      <c r="M31" t="s">
+        <v>429</v>
+      </c>
+      <c r="N31" t="s">
+        <v>430</v>
+      </c>
+      <c r="O31" t="s">
+        <v>431</v>
+      </c>
+      <c r="P31" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>433</v>
+      </c>
+      <c r="R31" t="s">
+        <v>434</v>
+      </c>
+      <c r="S31" t="s">
+        <v>435</v>
+      </c>
+      <c r="T31" t="s">
+        <v>436</v>
+      </c>
+      <c r="U31" t="s">
+        <v>437</v>
+      </c>
+      <c r="V31" t="s">
+        <v>438</v>
+      </c>
+      <c r="W31" t="s">
+        <v>439</v>
+      </c>
+      <c r="X31" t="s">
+        <v>440</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>441</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>442</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>443</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>444</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>445</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" t="s">
+        <v>447</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>448</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>449</v>
+      </c>
+      <c r="H32" t="s">
+        <v>450</v>
+      </c>
+      <c r="I32" t="s">
+        <v>451</v>
+      </c>
+      <c r="J32" t="s">
+        <v>452</v>
+      </c>
+      <c r="K32" t="s">
+        <v>453</v>
+      </c>
+      <c r="L32" t="s">
+        <v>454</v>
+      </c>
+      <c r="M32" t="s">
+        <v>455</v>
+      </c>
+      <c r="N32" t="s">
+        <v>456</v>
+      </c>
+      <c r="O32" t="s">
+        <v>457</v>
+      </c>
+      <c r="P32" t="s">
+        <v>458</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>459</v>
+      </c>
+      <c r="R32" t="s">
+        <v>460</v>
+      </c>
+      <c r="S32" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" t="s">
+        <v>462</v>
+      </c>
+      <c r="C33" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>463</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>464</v>
+      </c>
+      <c r="H33" t="s">
+        <v>465</v>
+      </c>
+      <c r="I33" t="s">
+        <v>466</v>
+      </c>
+      <c r="J33" t="s">
+        <v>467</v>
+      </c>
+      <c r="K33" t="s">
+        <v>468</v>
+      </c>
+      <c r="L33" t="s">
+        <v>469</v>
+      </c>
+      <c r="M33" t="s">
+        <v>470</v>
+      </c>
+      <c r="N33" t="s">
+        <v>471</v>
+      </c>
+      <c r="O33" t="s">
+        <v>472</v>
+      </c>
+      <c r="P33" t="s">
+        <v>473</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>474</v>
+      </c>
+      <c r="R33" t="s">
+        <v>475</v>
+      </c>
+      <c r="S33" t="s">
+        <v>476</v>
+      </c>
+      <c r="T33" t="s">
+        <v>477</v>
+      </c>
+      <c r="U33" t="s">
+        <v>478</v>
+      </c>
+      <c r="V33" t="s">
+        <v>479</v>
+      </c>
+      <c r="W33" t="s">
+        <v>480</v>
+      </c>
+      <c r="X33" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>78</v>
+      </c>
+      <c r="B34" t="s">
+        <v>482</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>483</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>484</v>
+      </c>
+      <c r="H34" t="s">
+        <v>485</v>
+      </c>
+      <c r="I34" t="s">
+        <v>486</v>
+      </c>
+      <c r="J34" t="s">
+        <v>487</v>
+      </c>
+      <c r="K34" t="s">
+        <v>488</v>
+      </c>
+      <c r="L34" t="s">
+        <v>489</v>
+      </c>
+      <c r="M34" t="s">
+        <v>490</v>
+      </c>
+      <c r="N34" t="s">
+        <v>491</v>
+      </c>
+      <c r="O34" t="s">
+        <v>492</v>
+      </c>
+      <c r="P34" t="s">
+        <v>493</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>494</v>
+      </c>
+      <c r="R34" t="s">
+        <v>495</v>
+      </c>
+      <c r="S34" t="s">
+        <v>496</v>
+      </c>
+      <c r="T34" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B35" t="s">
+        <v>498</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>499</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>500</v>
+      </c>
+      <c r="H35" t="s">
+        <v>501</v>
+      </c>
+      <c r="I35" t="s">
+        <v>502</v>
+      </c>
+      <c r="J35" t="s">
+        <v>84</v>
+      </c>
+      <c r="K35" t="s">
+        <v>503</v>
+      </c>
+      <c r="L35" t="s">
+        <v>504</v>
+      </c>
+      <c r="M35" t="s">
+        <v>505</v>
+      </c>
+      <c r="N35" t="s">
+        <v>506</v>
+      </c>
+      <c r="O35" t="s">
+        <v>507</v>
+      </c>
+      <c r="P35" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>509</v>
+      </c>
+      <c r="R35" t="s">
+        <v>510</v>
+      </c>
+      <c r="S35" t="s">
+        <v>511</v>
+      </c>
+      <c r="T35" t="s">
+        <v>512</v>
+      </c>
+      <c r="U35" t="s">
+        <v>513</v>
+      </c>
+      <c r="V35" t="s">
+        <v>514</v>
+      </c>
+      <c r="W35" t="s">
+        <v>515</v>
+      </c>
+      <c r="X35" t="s">
+        <v>516</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>517</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>518</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>519</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>520</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>521</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>522</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>523</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>524</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>525</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>526</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>527</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>528</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>529</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>530</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>531</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>532</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>533</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>534</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
+        <v>536</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>537</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>538</v>
+      </c>
+      <c r="H36" t="s">
+        <v>539</v>
+      </c>
+      <c r="I36" t="s">
+        <v>540</v>
+      </c>
+      <c r="J36" t="s">
+        <v>541</v>
+      </c>
+      <c r="K36" t="s">
+        <v>542</v>
+      </c>
+      <c r="L36" t="s">
+        <v>543</v>
+      </c>
+      <c r="M36" t="s">
+        <v>544</v>
+      </c>
+      <c r="N36" t="s">
+        <v>545</v>
+      </c>
+      <c r="O36" t="s">
+        <v>546</v>
+      </c>
+      <c r="P36" t="s">
+        <v>547</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
+        <v>549</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>550</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>551</v>
+      </c>
+      <c r="H37" t="s">
+        <v>552</v>
+      </c>
+      <c r="I37" t="s">
+        <v>553</v>
+      </c>
+      <c r="J37" t="s">
+        <v>554</v>
+      </c>
+      <c r="K37" t="s">
+        <v>555</v>
+      </c>
+      <c r="L37" t="s">
+        <v>556</v>
+      </c>
+      <c r="M37" t="s">
+        <v>557</v>
+      </c>
+      <c r="N37" t="s">
+        <v>558</v>
+      </c>
+      <c r="O37" t="s">
+        <v>559</v>
+      </c>
+      <c r="P37" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>561</v>
+      </c>
+      <c r="R37" t="s">
+        <v>562</v>
+      </c>
+      <c r="S37" t="s">
+        <v>563</v>
+      </c>
+      <c r="T37" t="s">
+        <v>564</v>
+      </c>
+      <c r="U37" t="s">
+        <v>565</v>
+      </c>
+      <c r="V37" t="s">
+        <v>566</v>
+      </c>
+      <c r="W37" t="s">
+        <v>567</v>
+      </c>
+      <c r="X37" t="s">
+        <v>568</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>569</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>570</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>571</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>572</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>573</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
+        <v>575</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>576</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>577</v>
+      </c>
+      <c r="H38" t="s">
+        <v>578</v>
+      </c>
+      <c r="I38" t="s">
+        <v>579</v>
+      </c>
+      <c r="J38" t="s">
+        <v>580</v>
+      </c>
+      <c r="K38" t="s">
+        <v>581</v>
+      </c>
+      <c r="L38" t="s">
+        <v>582</v>
+      </c>
+      <c r="M38" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" t="s">
+        <v>584</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>585</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>586</v>
+      </c>
+      <c r="H39" t="s">
+        <v>587</v>
+      </c>
+      <c r="I39" t="s">
+        <v>588</v>
+      </c>
+      <c r="J39" t="s">
+        <v>200</v>
+      </c>
+      <c r="K39" t="s">
+        <v>589</v>
+      </c>
+      <c r="L39" t="s">
+        <v>590</v>
+      </c>
+      <c r="M39" t="s">
+        <v>591</v>
+      </c>
+      <c r="N39" t="s">
+        <v>592</v>
+      </c>
+      <c r="O39" t="s">
+        <v>593</v>
+      </c>
+      <c r="P39" t="s">
+        <v>594</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>595</v>
+      </c>
+      <c r="R39" t="s">
+        <v>596</v>
+      </c>
+      <c r="S39" t="s">
+        <v>597</v>
+      </c>
+      <c r="T39" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" t="s">
         <v>599</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>600</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>601</v>
+      </c>
+      <c r="H40" t="s">
+        <v>602</v>
+      </c>
+      <c r="I40" t="s">
+        <v>603</v>
+      </c>
+      <c r="J40" t="s">
+        <v>162</v>
+      </c>
+      <c r="K40" t="s">
+        <v>604</v>
+      </c>
+      <c r="L40" t="s">
+        <v>605</v>
+      </c>
+      <c r="M40" t="s">
+        <v>606</v>
+      </c>
+      <c r="N40" t="s">
+        <v>607</v>
+      </c>
+      <c r="O40" t="s">
+        <v>608</v>
+      </c>
+      <c r="P40" t="s">
+        <v>609</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>610</v>
+      </c>
+      <c r="R40" t="s">
+        <v>611</v>
+      </c>
+      <c r="S40" t="s">
+        <v>612</v>
+      </c>
+      <c r="T40" t="s">
+        <v>613</v>
+      </c>
+      <c r="U40" t="s">
+        <v>614</v>
+      </c>
+      <c r="V40" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>78</v>
+      </c>
+      <c r="B41" t="s">
+        <v>616</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>617</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>618</v>
+      </c>
+      <c r="H41" t="s">
+        <v>619</v>
+      </c>
+      <c r="I41" t="s">
+        <v>620</v>
+      </c>
+      <c r="J41" t="s">
+        <v>621</v>
+      </c>
+      <c r="K41" t="s">
+        <v>622</v>
+      </c>
+      <c r="L41" t="s">
+        <v>623</v>
+      </c>
+      <c r="M41" t="s">
+        <v>624</v>
+      </c>
+      <c r="N41" t="s">
+        <v>625</v>
+      </c>
+      <c r="O41" t="s">
+        <v>626</v>
+      </c>
+      <c r="P41" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>628</v>
+      </c>
+      <c r="R41" t="s">
+        <v>629</v>
+      </c>
+      <c r="S41" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" t="s">
+        <v>631</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>632</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>633</v>
+      </c>
+      <c r="H42" t="s">
+        <v>634</v>
+      </c>
+      <c r="I42" t="s">
+        <v>635</v>
+      </c>
+      <c r="J42" t="s">
+        <v>200</v>
+      </c>
+      <c r="K42" t="s">
+        <v>636</v>
+      </c>
+      <c r="L42" t="s">
+        <v>637</v>
+      </c>
+      <c r="M42" t="s">
+        <v>638</v>
+      </c>
+      <c r="N42" t="s">
+        <v>639</v>
+      </c>
+      <c r="O42" t="s">
+        <v>639</v>
+      </c>
+      <c r="P42" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>641</v>
+      </c>
+      <c r="R42" t="s">
+        <v>642</v>
+      </c>
+      <c r="S42" t="s">
+        <v>643</v>
+      </c>
+      <c r="T42" t="s">
+        <v>644</v>
+      </c>
+      <c r="U42" t="s">
+        <v>645</v>
+      </c>
+      <c r="V42" t="s">
+        <v>646</v>
+      </c>
+      <c r="W42" t="s">
+        <v>647</v>
+      </c>
+      <c r="X42" t="s">
+        <v>648</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>649</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>650</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>651</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>652</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>78</v>
+      </c>
+      <c r="B43" t="s">
+        <v>654</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>655</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>656</v>
+      </c>
+      <c r="H43" t="s">
+        <v>657</v>
+      </c>
+      <c r="I43" t="s">
+        <v>658</v>
+      </c>
+      <c r="J43" t="s">
+        <v>84</v>
+      </c>
+      <c r="K43" t="s">
+        <v>659</v>
+      </c>
+      <c r="L43" t="s">
+        <v>660</v>
+      </c>
+      <c r="M43" t="s">
+        <v>661</v>
+      </c>
+      <c r="N43" t="s">
+        <v>662</v>
+      </c>
+      <c r="O43" t="s">
+        <v>663</v>
+      </c>
+      <c r="P43" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>665</v>
+      </c>
+      <c r="R43" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>78</v>
+      </c>
+      <c r="B44" t="s">
+        <v>667</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>668</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>669</v>
+      </c>
+      <c r="H44" t="s">
+        <v>670</v>
+      </c>
+      <c r="I44" t="s">
+        <v>671</v>
+      </c>
+      <c r="J44" t="s">
+        <v>672</v>
+      </c>
+      <c r="K44" t="s">
+        <v>673</v>
+      </c>
+      <c r="L44" t="s">
+        <v>674</v>
+      </c>
+      <c r="M44" t="s">
+        <v>675</v>
+      </c>
+      <c r="N44" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" t="s">
+        <v>677</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>678</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>679</v>
+      </c>
+      <c r="H45" t="s">
+        <v>680</v>
+      </c>
+      <c r="I45" t="s">
+        <v>681</v>
+      </c>
+      <c r="J45" t="s">
+        <v>682</v>
+      </c>
+      <c r="K45" t="s">
+        <v>683</v>
+      </c>
+      <c r="L45" t="s">
+        <v>684</v>
+      </c>
+      <c r="M45" t="s">
+        <v>685</v>
+      </c>
+      <c r="N45" t="s">
+        <v>686</v>
+      </c>
+      <c r="O45" t="s">
+        <v>687</v>
+      </c>
+      <c r="P45" t="s">
+        <v>688</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>78</v>
+      </c>
+      <c r="B46" t="s">
+        <v>690</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>691</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>692</v>
+      </c>
+      <c r="H46" t="s">
+        <v>693</v>
+      </c>
+      <c r="I46" t="s">
         <v>694</v>
       </c>
-      <c r="C20" t="s">
+      <c r="J46" t="s">
         <v>695</v>
       </c>
-      <c r="D20" t="s">
+      <c r="K46" t="s">
         <v>696</v>
       </c>
-      <c r="E20" t="s">
+      <c r="L46" t="s">
         <v>697</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>78</v>
+      </c>
+      <c r="B47" t="s">
         <v>698</v>
       </c>
-      <c r="H20" t="s">
+      <c r="C47" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
         <v>699</v>
       </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>700</v>
+      </c>
+      <c r="H47" t="s">
+        <v>701</v>
+      </c>
+      <c r="I47" t="s">
+        <v>702</v>
+      </c>
+      <c r="J47" t="s">
+        <v>703</v>
+      </c>
+      <c r="K47" t="s">
+        <v>704</v>
+      </c>
+      <c r="L47" t="s">
+        <v>705</v>
+      </c>
+      <c r="M47" t="s">
+        <v>706</v>
+      </c>
+      <c r="N47" t="s">
+        <v>707</v>
+      </c>
+      <c r="O47" t="s">
+        <v>708</v>
+      </c>
+      <c r="P47" t="s">
+        <v>709</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>710</v>
+      </c>
+      <c r="R47" t="s">
+        <v>711</v>
+      </c>
+      <c r="S47" t="s">
+        <v>712</v>
+      </c>
+      <c r="T47" t="s">
+        <v>713</v>
+      </c>
+      <c r="U47" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>78</v>
+      </c>
+      <c r="B48" t="s">
+        <v>715</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>716</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>717</v>
+      </c>
+      <c r="H48" t="s">
+        <v>718</v>
+      </c>
+      <c r="I48" t="s">
+        <v>113</v>
+      </c>
+      <c r="J48" t="s">
+        <v>131</v>
+      </c>
+      <c r="K48" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>78</v>
+      </c>
+      <c r="B49" t="s">
+        <v>720</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>721</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>722</v>
+      </c>
+      <c r="H49" t="s">
+        <v>723</v>
+      </c>
+      <c r="I49" t="s">
+        <v>724</v>
+      </c>
+      <c r="J49" t="s">
+        <v>703</v>
+      </c>
+      <c r="K49" t="s">
+        <v>725</v>
+      </c>
+      <c r="L49" t="s">
+        <v>726</v>
+      </c>
+      <c r="M49" t="s">
+        <v>727</v>
+      </c>
+      <c r="N49" t="s">
+        <v>728</v>
+      </c>
+      <c r="O49" t="s">
+        <v>729</v>
+      </c>
+      <c r="P49" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>78</v>
+      </c>
+      <c r="B50" t="s">
+        <v>732</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>733</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>734</v>
+      </c>
+      <c r="H50" t="s">
+        <v>735</v>
+      </c>
+      <c r="I50" t="s">
+        <v>736</v>
+      </c>
+      <c r="J50" t="s">
+        <v>737</v>
+      </c>
+      <c r="K50" t="s">
+        <v>738</v>
+      </c>
+      <c r="L50" t="s">
+        <v>739</v>
+      </c>
+      <c r="M50" t="s">
+        <v>740</v>
+      </c>
+      <c r="N50" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>78</v>
+      </c>
+      <c r="B51" t="s">
+        <v>742</v>
+      </c>
+      <c r="C51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>743</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>744</v>
+      </c>
+      <c r="H51" t="s">
+        <v>745</v>
+      </c>
+      <c r="I51" t="s">
+        <v>746</v>
+      </c>
+      <c r="J51" t="s">
+        <v>747</v>
+      </c>
+      <c r="K51" t="s">
+        <v>748</v>
+      </c>
+      <c r="L51" t="s">
+        <v>749</v>
+      </c>
+      <c r="M51" t="s">
+        <v>750</v>
+      </c>
+      <c r="N51" t="s">
+        <v>751</v>
+      </c>
+      <c r="O51" t="s">
+        <v>752</v>
+      </c>
+      <c r="P51" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>78</v>
+      </c>
+      <c r="B52" t="s">
+        <v>754</v>
+      </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>755</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>756</v>
+      </c>
+      <c r="H52" t="s">
+        <v>757</v>
+      </c>
+      <c r="I52" t="s">
+        <v>758</v>
+      </c>
+      <c r="J52" t="s">
+        <v>84</v>
+      </c>
+      <c r="K52" t="s">
+        <v>759</v>
+      </c>
+      <c r="L52" t="s">
+        <v>760</v>
+      </c>
+      <c r="M52" t="s">
+        <v>761</v>
+      </c>
+      <c r="N52" t="s">
+        <v>762</v>
+      </c>
+      <c r="O52" t="s">
+        <v>763</v>
+      </c>
+      <c r="P52" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>765</v>
+      </c>
+      <c r="R52" t="s">
+        <v>766</v>
+      </c>
+      <c r="S52" t="s">
+        <v>767</v>
+      </c>
+      <c r="T52" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>78</v>
+      </c>
+      <c r="B53" t="s">
+        <v>769</v>
+      </c>
+      <c r="C53" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>770</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>771</v>
+      </c>
+      <c r="H53" t="s">
+        <v>772</v>
+      </c>
+      <c r="I53" t="s">
+        <v>773</v>
+      </c>
+      <c r="J53" t="s">
+        <v>554</v>
+      </c>
+      <c r="K53" t="s">
+        <v>774</v>
+      </c>
+      <c r="L53" t="s">
+        <v>775</v>
+      </c>
+      <c r="M53" t="s">
+        <v>776</v>
+      </c>
+      <c r="N53" t="s">
+        <v>777</v>
+      </c>
+      <c r="O53" t="s">
+        <v>778</v>
+      </c>
+      <c r="P53" t="s">
+        <v>779</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>780</v>
+      </c>
+      <c r="R53" t="s">
+        <v>779</v>
+      </c>
+      <c r="S53" t="s">
+        <v>781</v>
+      </c>
+      <c r="T53" t="s">
+        <v>782</v>
+      </c>
+      <c r="U53" t="s">
+        <v>783</v>
+      </c>
+      <c r="V53" t="s">
+        <v>784</v>
+      </c>
+      <c r="W53" t="s">
+        <v>785</v>
+      </c>
+      <c r="X53" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" t="s">
+        <v>787</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>788</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>789</v>
+      </c>
+      <c r="H54" t="s">
+        <v>790</v>
+      </c>
+      <c r="I54" t="s">
+        <v>791</v>
+      </c>
+      <c r="J54" t="s">
+        <v>541</v>
+      </c>
+      <c r="K54" t="s">
+        <v>792</v>
+      </c>
+      <c r="L54" t="s">
+        <v>793</v>
+      </c>
+      <c r="M54" t="s">
+        <v>794</v>
+      </c>
+      <c r="N54" t="s">
+        <v>795</v>
+      </c>
+      <c r="O54" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>78</v>
+      </c>
+      <c r="B55" t="s">
+        <v>797</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>798</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>799</v>
+      </c>
+      <c r="H55" t="s">
+        <v>800</v>
+      </c>
+      <c r="I55" t="s">
+        <v>801</v>
+      </c>
+      <c r="J55" t="s">
+        <v>802</v>
+      </c>
+      <c r="K55" t="s">
+        <v>803</v>
+      </c>
+      <c r="L55" t="s">
+        <v>804</v>
+      </c>
+      <c r="M55" t="s">
+        <v>805</v>
+      </c>
+      <c r="N55" t="s">
+        <v>806</v>
+      </c>
+      <c r="O55" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>78</v>
+      </c>
+      <c r="B56" t="s">
+        <v>808</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>809</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>810</v>
+      </c>
+      <c r="H56" t="s">
+        <v>811</v>
+      </c>
+      <c r="I56" t="s">
+        <v>812</v>
+      </c>
+      <c r="J56" t="s">
+        <v>580</v>
+      </c>
+      <c r="K56" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>78</v>
+      </c>
+      <c r="B57" t="s">
+        <v>814</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>815</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>816</v>
+      </c>
+      <c r="H57" t="s">
+        <v>817</v>
+      </c>
+      <c r="I57" t="s">
+        <v>736</v>
+      </c>
+      <c r="J57" t="s">
+        <v>818</v>
+      </c>
+      <c r="K57" t="s">
+        <v>819</v>
+      </c>
+      <c r="L57" t="s">
+        <v>820</v>
+      </c>
+      <c r="M57" t="s">
+        <v>821</v>
+      </c>
+      <c r="N57" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>78</v>
+      </c>
+      <c r="B58" t="s">
+        <v>823</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>824</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>825</v>
+      </c>
+      <c r="H58" t="s">
+        <v>826</v>
+      </c>
+      <c r="I58" t="s">
+        <v>827</v>
+      </c>
+      <c r="J58" t="s">
+        <v>828</v>
+      </c>
+      <c r="K58" t="s">
+        <v>829</v>
+      </c>
+      <c r="L58" t="s">
+        <v>830</v>
+      </c>
+      <c r="M58" t="s">
+        <v>830</v>
+      </c>
+      <c r="N58" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>78</v>
+      </c>
+      <c r="B59" t="s">
+        <v>832</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>833</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>834</v>
+      </c>
+      <c r="H59" t="s">
+        <v>835</v>
+      </c>
+      <c r="I59" t="s">
+        <v>836</v>
+      </c>
+      <c r="J59" t="s">
+        <v>259</v>
+      </c>
+      <c r="K59" t="s">
+        <v>837</v>
+      </c>
+      <c r="L59" t="s">
+        <v>838</v>
+      </c>
+      <c r="M59" t="s">
+        <v>839</v>
+      </c>
+      <c r="N59" t="s">
+        <v>840</v>
+      </c>
+      <c r="O59" t="s">
+        <v>841</v>
+      </c>
+      <c r="P59" t="s">
+        <v>842</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>843</v>
+      </c>
+      <c r="R59" t="s">
+        <v>844</v>
+      </c>
+      <c r="S59" t="s">
+        <v>845</v>
+      </c>
+      <c r="T59" t="s">
+        <v>846</v>
+      </c>
+      <c r="U59" t="s">
+        <v>847</v>
+      </c>
+      <c r="V59" t="s">
+        <v>848</v>
+      </c>
+      <c r="W59" t="s">
+        <v>849</v>
+      </c>
+      <c r="X59" t="s">
+        <v>850</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>851</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>852</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>853</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>78</v>
+      </c>
+      <c r="B60" t="s">
+        <v>855</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>856</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>857</v>
+      </c>
+      <c r="H60" t="s">
+        <v>858</v>
+      </c>
+      <c r="I60" t="s">
+        <v>859</v>
+      </c>
+      <c r="J60" t="s">
+        <v>860</v>
+      </c>
+      <c r="K60" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>78</v>
+      </c>
+      <c r="B61" t="s">
+        <v>862</v>
+      </c>
+      <c r="C61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>863</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>864</v>
+      </c>
+      <c r="H61" t="s">
+        <v>865</v>
+      </c>
+      <c r="I61" t="s">
+        <v>620</v>
+      </c>
+      <c r="J61" t="s">
+        <v>487</v>
+      </c>
+      <c r="K61" t="s">
+        <v>866</v>
+      </c>
+      <c r="L61" t="s">
+        <v>867</v>
+      </c>
+      <c r="M61" t="s">
+        <v>868</v>
+      </c>
+      <c r="N61" t="s">
+        <v>869</v>
+      </c>
+      <c r="O61" t="s">
+        <v>870</v>
+      </c>
+      <c r="P61" t="s">
+        <v>871</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>872</v>
+      </c>
+      <c r="R61" t="s">
+        <v>873</v>
+      </c>
+      <c r="S61" t="s">
+        <v>874</v>
+      </c>
+      <c r="T61" t="s">
+        <v>875</v>
+      </c>
+      <c r="U61" t="s">
+        <v>876</v>
+      </c>
+      <c r="V61" t="s">
+        <v>877</v>
+      </c>
+      <c r="W61" t="s">
+        <v>878</v>
+      </c>
+      <c r="X61" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>78</v>
+      </c>
+      <c r="B62" t="s">
+        <v>880</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>881</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>882</v>
+      </c>
+      <c r="H62" t="s">
+        <v>883</v>
+      </c>
+      <c r="I62" t="s">
+        <v>884</v>
+      </c>
+      <c r="J62" t="s">
+        <v>885</v>
+      </c>
+      <c r="K62" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>78</v>
+      </c>
+      <c r="B63" t="s">
+        <v>887</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>888</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>889</v>
+      </c>
+      <c r="H63" t="s">
+        <v>890</v>
+      </c>
+      <c r="I63" t="s">
+        <v>891</v>
+      </c>
+      <c r="J63" t="s">
+        <v>892</v>
+      </c>
+      <c r="K63" t="s">
+        <v>893</v>
+      </c>
+      <c r="L63" t="s">
+        <v>894</v>
+      </c>
+      <c r="M63" t="s">
+        <v>895</v>
+      </c>
+      <c r="N63" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>78</v>
+      </c>
+      <c r="B64" t="s">
+        <v>897</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>898</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>899</v>
+      </c>
+      <c r="H64" t="s">
+        <v>900</v>
+      </c>
+      <c r="I64" t="s">
+        <v>901</v>
+      </c>
+      <c r="J64" t="s">
+        <v>902</v>
+      </c>
+      <c r="K64" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>78</v>
+      </c>
+      <c r="B65" t="s">
+        <v>904</v>
+      </c>
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>905</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>906</v>
+      </c>
+      <c r="H65" t="s">
+        <v>907</v>
+      </c>
+      <c r="I65" t="s">
+        <v>908</v>
+      </c>
+      <c r="J65" t="s">
+        <v>909</v>
+      </c>
+      <c r="K65" t="s">
+        <v>910</v>
+      </c>
+      <c r="L65" t="s">
+        <v>911</v>
+      </c>
+      <c r="M65" t="s">
+        <v>912</v>
+      </c>
+      <c r="N65" t="s">
+        <v>913</v>
+      </c>
+      <c r="O65" t="s">
+        <v>914</v>
+      </c>
+      <c r="P65" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>78</v>
+      </c>
+      <c r="B66" t="s">
+        <v>916</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" t="s">
+        <v>917</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>918</v>
+      </c>
+      <c r="H66" t="s">
+        <v>919</v>
+      </c>
+      <c r="I66" t="s">
+        <v>920</v>
+      </c>
+      <c r="J66" t="s">
+        <v>487</v>
+      </c>
+      <c r="K66" t="s">
+        <v>921</v>
+      </c>
+      <c r="L66" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>78</v>
+      </c>
+      <c r="B67" t="s">
+        <v>923</v>
+      </c>
+      <c r="C67" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" t="s">
+        <v>924</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>925</v>
+      </c>
+      <c r="H67" t="s">
+        <v>926</v>
+      </c>
+      <c r="I67" t="s">
+        <v>927</v>
+      </c>
+      <c r="J67" t="s">
+        <v>928</v>
+      </c>
+      <c r="K67" t="s">
+        <v>929</v>
+      </c>
+      <c r="L67" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>78</v>
+      </c>
+      <c r="B68" t="s">
+        <v>931</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>932</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>933</v>
+      </c>
+      <c r="H68" t="s">
+        <v>934</v>
+      </c>
+      <c r="I68" t="s">
+        <v>935</v>
+      </c>
+      <c r="J68" t="s">
+        <v>936</v>
+      </c>
+      <c r="K68" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>78</v>
+      </c>
+      <c r="B69" t="s">
+        <v>938</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>939</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>940</v>
+      </c>
+      <c r="H69" t="s">
+        <v>941</v>
+      </c>
+      <c r="I69" t="s">
+        <v>942</v>
+      </c>
+      <c r="J69" t="s">
+        <v>487</v>
+      </c>
+      <c r="K69" t="s">
+        <v>943</v>
+      </c>
+      <c r="L69" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>78</v>
+      </c>
+      <c r="B70" t="s">
+        <v>945</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" t="s">
+        <v>946</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>947</v>
+      </c>
+      <c r="H70" t="s">
+        <v>948</v>
+      </c>
+      <c r="I70" t="s">
+        <v>736</v>
+      </c>
+      <c r="J70" t="s">
+        <v>949</v>
+      </c>
+      <c r="K70" t="s">
+        <v>950</v>
+      </c>
+      <c r="L70" t="s">
+        <v>951</v>
+      </c>
+      <c r="M70" t="s">
+        <v>952</v>
+      </c>
+      <c r="N70" t="s">
+        <v>953</v>
+      </c>
+      <c r="O70" t="s">
+        <v>954</v>
+      </c>
+      <c r="P70" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>78</v>
+      </c>
+      <c r="B71" t="s">
+        <v>956</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>957</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>958</v>
+      </c>
+      <c r="H71" t="s">
+        <v>959</v>
+      </c>
+      <c r="I71" t="s">
+        <v>736</v>
+      </c>
+      <c r="J71" t="s">
+        <v>960</v>
+      </c>
+      <c r="K71" t="s">
+        <v>961</v>
+      </c>
+      <c r="L71" t="s">
+        <v>962</v>
+      </c>
+      <c r="M71" t="s">
+        <v>963</v>
+      </c>
+      <c r="N71" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>78</v>
+      </c>
+      <c r="B72" t="s">
+        <v>965</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" t="s">
+        <v>966</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>967</v>
+      </c>
+      <c r="H72" t="s">
+        <v>968</v>
+      </c>
+      <c r="I72" t="s">
+        <v>969</v>
+      </c>
+      <c r="J72" t="s">
+        <v>580</v>
+      </c>
+      <c r="K72" t="s">
+        <v>970</v>
+      </c>
+      <c r="L72" t="s">
+        <v>971</v>
+      </c>
+      <c r="M72" t="s">
+        <v>972</v>
+      </c>
+      <c r="N72" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>78</v>
+      </c>
+      <c r="B73" t="s">
+        <v>974</v>
+      </c>
+      <c r="C73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" t="s">
+        <v>975</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>976</v>
+      </c>
+      <c r="H73" t="s">
+        <v>977</v>
+      </c>
+      <c r="I73" t="s">
+        <v>978</v>
+      </c>
+      <c r="J73" t="s">
+        <v>580</v>
+      </c>
+      <c r="K73" t="s">
+        <v>979</v>
+      </c>
+      <c r="L73" t="s">
+        <v>980</v>
+      </c>
+      <c r="M73" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>78</v>
+      </c>
+      <c r="B74" t="s">
+        <v>982</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" t="s">
+        <v>983</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>984</v>
+      </c>
+      <c r="H74" t="s">
+        <v>985</v>
+      </c>
+      <c r="I74" t="s">
+        <v>986</v>
+      </c>
+      <c r="J74" t="s">
+        <v>580</v>
+      </c>
+      <c r="K74" t="s">
+        <v>987</v>
+      </c>
+      <c r="L74" t="s">
+        <v>988</v>
+      </c>
+      <c r="M74" t="s">
+        <v>989</v>
+      </c>
+      <c r="N74" t="s">
+        <v>990</v>
+      </c>
+      <c r="O74" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>78</v>
+      </c>
+      <c r="B75" t="s">
+        <v>992</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>993</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>994</v>
+      </c>
+      <c r="H75" t="s">
+        <v>995</v>
+      </c>
+      <c r="I75" t="s">
+        <v>996</v>
+      </c>
+      <c r="J75" t="s">
+        <v>997</v>
+      </c>
+      <c r="K75" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>78</v>
+      </c>
+      <c r="B76" t="s">
+        <v>999</v>
+      </c>
+      <c r="C76" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1007</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1008</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1010</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R76" t="s">
+        <v>1012</v>
+      </c>
+      <c r="S76" t="s">
+        <v>1013</v>
+      </c>
+      <c r="T76" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C77" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C78" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J78" t="s">
+        <v>828</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1030</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1032</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>1033</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C79" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1041</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>78</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C80" t="s">
+        <v>15</v>
+      </c>
+      <c r="D80" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I80" t="s">
+        <v>620</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>78</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C81" t="s">
+        <v>15</v>
+      </c>
+      <c r="D81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J81" t="s">
+        <v>105</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>78</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C82" t="s">
+        <v>15</v>
+      </c>
+      <c r="D82" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J82" t="s">
+        <v>175</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>78</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C83" t="s">
+        <v>15</v>
+      </c>
+      <c r="D83" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1072</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1073</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1075</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>78</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C84" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J84" t="s">
+        <v>175</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>78</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C85" t="s">
+        <v>15</v>
+      </c>
+      <c r="D85" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1089</v>
+      </c>
+      <c r="J85" t="s">
+        <v>162</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1095</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>78</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C86" t="s">
+        <v>15</v>
+      </c>
+      <c r="D86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J86" t="s">
+        <v>84</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1107</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>78</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C87" t="s">
+        <v>15</v>
+      </c>
+      <c r="D87" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>78</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C88" t="s">
+        <v>15</v>
+      </c>
+      <c r="D88" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>78</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C89" t="s">
+        <v>15</v>
+      </c>
+      <c r="D89" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>78</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C90" t="s">
+        <v>15</v>
+      </c>
+      <c r="D90" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J90" t="s">
+        <v>279</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>78</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C91" t="s">
+        <v>15</v>
+      </c>
+      <c r="D91" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1141</v>
+      </c>
+      <c r="J91" t="s">
+        <v>554</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1142</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1145</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1147</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>1148</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1149</v>
+      </c>
+      <c r="S91" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C92" t="s">
+        <v>15</v>
+      </c>
+      <c r="D92" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I92" t="s">
+        <v>986</v>
+      </c>
+      <c r="J92" t="s">
+        <v>580</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1156</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1157</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1160</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>78</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C93" t="s">
+        <v>15</v>
+      </c>
+      <c r="D93" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J93" t="s">
+        <v>541</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1167</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1168</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1169</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>78</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D94" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1176</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>78</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C95" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J95" t="s">
+        <v>828</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1183</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1186</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1188</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>1189</v>
+      </c>
+      <c r="R95" t="s">
+        <v>1190</v>
+      </c>
+      <c r="S95" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>78</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C96" t="s">
+        <v>15</v>
+      </c>
+      <c r="D96" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J96" t="s">
+        <v>580</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1198</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1200</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>78</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C97" t="s">
+        <v>15</v>
+      </c>
+      <c r="D97" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I97" t="s">
+        <v>297</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1208</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1210</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1212</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>78</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C98" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J98" t="s">
+        <v>279</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1222</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1224</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>78</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1233</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>78</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C100" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1239</v>
+      </c>
+      <c r="J100" t="s">
+        <v>162</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1240</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C101" t="s">
+        <v>15</v>
+      </c>
+      <c r="D101" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J101" t="s">
+        <v>828</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1247</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1249</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>78</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D102" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J102" t="s">
+        <v>828</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>78</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C103" t="s">
+        <v>15</v>
+      </c>
+      <c r="D103" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1264</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1265</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>78</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J104" t="s">
+        <v>487</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1275</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1276</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1277</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1278</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1279</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1280</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>78</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1287</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>78</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C106" t="s">
+        <v>15</v>
+      </c>
+      <c r="D106" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J106" t="s">
+        <v>554</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1296</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>78</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C107" t="s">
+        <v>15</v>
+      </c>
+      <c r="D107" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>78</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C108" t="s">
+        <v>15</v>
+      </c>
+      <c r="D108" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1313</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1314</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>78</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C109" t="s">
+        <v>15</v>
+      </c>
+      <c r="D109" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>78</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C110" t="s">
+        <v>15</v>
+      </c>
+      <c r="D110" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J110" t="s">
+        <v>188</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1329</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>78</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C111" t="s">
+        <v>15</v>
+      </c>
+      <c r="D111" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1337</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>78</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C112" t="s">
+        <v>15</v>
+      </c>
+      <c r="D112" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J112" t="s">
+        <v>580</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1344</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1345</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>78</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C113" t="s">
+        <v>15</v>
+      </c>
+      <c r="D113" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1352</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1353</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1354</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1355</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1356</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>78</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J114" t="s">
+        <v>162</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1364</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1366</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1368</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1369</v>
+      </c>
+      <c r="R114" t="s">
+        <v>1370</v>
+      </c>
+      <c r="S114" t="s">
+        <v>1371</v>
+      </c>
+      <c r="T114" t="s">
+        <v>1372</v>
+      </c>
+      <c r="U114" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>78</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C115" t="s">
+        <v>15</v>
+      </c>
+      <c r="D115" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1378</v>
+      </c>
+      <c r="J115" t="s">
+        <v>960</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1379</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1381</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>78</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C116" t="s">
+        <v>15</v>
+      </c>
+      <c r="D116" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1389</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1390</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>78</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C117" t="s">
+        <v>15</v>
+      </c>
+      <c r="D117" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1396</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1397</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>78</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C118" t="s">
+        <v>15</v>
+      </c>
+      <c r="D118" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J118" t="s">
+        <v>122</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1404</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1405</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1406</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>78</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J119" t="s">
+        <v>828</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1413</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>78</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C120" t="s">
+        <v>15</v>
+      </c>
+      <c r="D120" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J120" t="s">
+        <v>332</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1420</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1421</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1422</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1423</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1424</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1425</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>78</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C121" t="s">
+        <v>15</v>
+      </c>
+      <c r="D121" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1431</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1432</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1434</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1435</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>78</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C122" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J122" t="s">
+        <v>200</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1444</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1445</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1446</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>78</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C123" t="s">
+        <v>15</v>
+      </c>
+      <c r="D123" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1454</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1455</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1456</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1457</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1458</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>78</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C124" t="s">
+        <v>15</v>
+      </c>
+      <c r="D124" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J124" t="s">
+        <v>175</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1465</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>78</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C125" t="s">
+        <v>15</v>
+      </c>
+      <c r="D125" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F125" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1471</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1473</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1474</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1475</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>78</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C126" t="s">
+        <v>15</v>
+      </c>
+      <c r="D126" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F126" t="s">
+        <v>15</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J126" t="s">
+        <v>828</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1482</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1483</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>78</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C127" t="s">
+        <v>15</v>
+      </c>
+      <c r="D127" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F127" t="s">
+        <v>15</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1490</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1492</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1493</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1494</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>78</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C128" t="s">
+        <v>15</v>
+      </c>
+      <c r="D128" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F128" t="s">
+        <v>15</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J128" t="s">
+        <v>175</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1500</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1502</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>78</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C129" t="s">
+        <v>15</v>
+      </c>
+      <c r="D129" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F129" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I129" t="s">
+        <v>891</v>
+      </c>
+      <c r="J129" t="s">
+        <v>200</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1508</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1509</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1510</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1511</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>78</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C130" t="s">
+        <v>15</v>
+      </c>
+      <c r="D130" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F130" t="s">
+        <v>15</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1518</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1519</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1521</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1522</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>78</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C131" t="s">
+        <v>15</v>
+      </c>
+      <c r="D131" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F131" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J131" t="s">
+        <v>828</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>78</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C132" t="s">
+        <v>15</v>
+      </c>
+      <c r="D132" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F132" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J132" t="s">
+        <v>332</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1537</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1538</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1539</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1540</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>78</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C133" t="s">
+        <v>15</v>
+      </c>
+      <c r="D133" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J133" t="s">
+        <v>580</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1549</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1550</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>78</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C134" t="s">
+        <v>15</v>
+      </c>
+      <c r="D134" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F134" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1556</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1557</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1558</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1559</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1560</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>78</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C135" t="s">
+        <v>15</v>
+      </c>
+      <c r="D135" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1568</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>78</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C136" t="s">
+        <v>15</v>
+      </c>
+      <c r="D136" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1575</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1576</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1577</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1578</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1579</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>78</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C137" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F137" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J137" t="s">
+        <v>828</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>78</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C138" t="s">
+        <v>15</v>
+      </c>
+      <c r="D138" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F138" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I138" t="s">
+        <v>620</v>
+      </c>
+      <c r="J138" t="s">
+        <v>175</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1591</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>78</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C139" t="s">
+        <v>15</v>
+      </c>
+      <c r="D139" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F139" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1597</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1599</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1600</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1601</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1602</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>78</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C140" t="s">
+        <v>15</v>
+      </c>
+      <c r="D140" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F140" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J140" t="s">
+        <v>580</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1610</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1611</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>78</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C141" t="s">
+        <v>15</v>
+      </c>
+      <c r="D141" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F141" t="s">
+        <v>15</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I141" t="s">
+        <v>216</v>
+      </c>
+      <c r="J141" t="s">
+        <v>737</v>
+      </c>
+      <c r="K141" t="s">
+        <v>1617</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1618</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1619</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>78</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C142" t="s">
+        <v>15</v>
+      </c>
+      <c r="D142" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F142" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1624</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1625</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1627</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1628</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1630</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>78</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C143" t="s">
+        <v>15</v>
+      </c>
+      <c r="D143" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F143" t="s">
+        <v>15</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J143" t="s">
+        <v>162</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1637</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1638</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1639</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1640</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1641</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1642</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>78</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C144" t="s">
+        <v>15</v>
+      </c>
+      <c r="D144" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F144" t="s">
+        <v>15</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J144" t="s">
+        <v>580</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1650</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>78</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C145" t="s">
+        <v>15</v>
+      </c>
+      <c r="D145" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J145" t="s">
+        <v>162</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>78</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C146" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F146" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1664</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N146" t="s">
+        <v>1666</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>78</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C147" t="s">
+        <v>15</v>
+      </c>
+      <c r="D147" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1673</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1674</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1676</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>78</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C148" t="s">
+        <v>15</v>
+      </c>
+      <c r="D148" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F148" t="s">
+        <v>15</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1682</v>
+      </c>
+      <c r="J148" t="s">
+        <v>269</v>
+      </c>
+      <c r="K148" t="s">
+        <v>1683</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1685</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1686</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>78</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C149" t="s">
+        <v>15</v>
+      </c>
+      <c r="D149" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F149" t="s">
+        <v>15</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1693</v>
+      </c>
+      <c r="J149" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1695</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1696</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1697</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1698</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1699</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>78</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C150" t="s">
+        <v>15</v>
+      </c>
+      <c r="D150" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F150" t="s">
+        <v>15</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L150" t="s">
+        <v>1706</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1707</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1708</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1338</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>78</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C151" t="s">
+        <v>15</v>
+      </c>
+      <c r="D151" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F151" t="s">
+        <v>15</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1714</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1715</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1716</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1717</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>78</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C152" t="s">
+        <v>15</v>
+      </c>
+      <c r="D152" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F152" t="s">
+        <v>15</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C153" t="s">
+        <v>15</v>
+      </c>
+      <c r="D153" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F153" t="s">
+        <v>15</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1729</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J153" t="s">
+        <v>828</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>78</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C154" t="s">
+        <v>15</v>
+      </c>
+      <c r="D154" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F154" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1736</v>
+      </c>
+      <c r="J154" t="s">
+        <v>200</v>
+      </c>
+      <c r="K154" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>78</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C155" t="s">
+        <v>15</v>
+      </c>
+      <c r="D155" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F155" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1742</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1743</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>78</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C156" t="s">
+        <v>15</v>
+      </c>
+      <c r="D156" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F156" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I156" t="s">
+        <v>216</v>
+      </c>
+      <c r="J156" t="s">
+        <v>960</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1749</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1750</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>78</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C157" t="s">
+        <v>15</v>
+      </c>
+      <c r="D157" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F157" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J157" t="s">
+        <v>487</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1758</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1759</v>
+      </c>
+      <c r="N157" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>78</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C158" t="s">
+        <v>15</v>
+      </c>
+      <c r="D158" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F158" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1768</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1769</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1771</v>
+      </c>
+      <c r="N158" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>78</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C159" t="s">
+        <v>15</v>
+      </c>
+      <c r="D159" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F159" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1778</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>78</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C160" t="s">
+        <v>15</v>
+      </c>
+      <c r="D160" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F160" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1783</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1785</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>78</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C161" t="s">
+        <v>15</v>
+      </c>
+      <c r="D161" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F161" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1792</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>78</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C162" t="s">
+        <v>15</v>
+      </c>
+      <c r="D162" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I162" t="s">
+        <v>216</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1798</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1799</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>78</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C163" t="s">
+        <v>15</v>
+      </c>
+      <c r="D163" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F163" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1806</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1807</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1808</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...443 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>