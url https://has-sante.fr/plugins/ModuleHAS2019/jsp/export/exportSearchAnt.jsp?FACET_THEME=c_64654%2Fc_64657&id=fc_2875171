--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
     <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2619" uniqueCount="1809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2625" uniqueCount="1815">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -260,68 +260,350 @@
   <si>
     <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
   </si>
   <si>
     <t>11/04/2015 00:00:00</t>
   </si>
   <si>
     <t>11/20/2015 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>02/17/2026 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+  </si>
+  <si>
+    <t>VYVGART (efgartigimod alfa)</t>
+  </si>
+  <si>
+    <t>02/11/2026 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+  </si>
+  <si>
+    <t>p_3359145</t>
+  </si>
+  <si>
+    <t>efgartigimod alfa</t>
+  </si>
+  <si>
+    <t>ARGENX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859742/en/vyvgart-efgartigimod-alfa-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-active-ulcerative-colitis-uc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/en/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/en/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/en/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>01/23/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/en/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/en/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/en/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/en/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/16/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/en/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
     <t>RINVOQ</t>
   </si>
   <si>
     <t>12/01/2025 08:40:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302051/en/rinvoq-upadacitinib-dermatite-atopique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313562/en/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392764/en/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403971/en/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3479047/en/rinvoq-upadacitinib-crohn-s-disease</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482870/en/rinvoq-upadacitinib-dermatite-atopique-da</t>
@@ -494,89 +776,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
   </si>
   <si>
-    <t>TREMFYA (guselkumab)</t>
-[...37 lines deleted...]
-  <si>
     <t>TYSABRI (natalizumab)</t>
   </si>
   <si>
     <t>08/07/2025 11:06:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
   </si>
   <si>
     <t>pprd_2983073</t>
   </si>
   <si>
     <t>natalizumab</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
@@ -683,89 +926,50 @@
   <si>
     <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>07/10/2025 15:45:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983868</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>OCTAPHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
   </si>
   <si>
-    <t>VYVGART (efgartigimod alfa)</t>
-[...37 lines deleted...]
-  <si>
     <t>GILENYA (fingolimod)</t>
   </si>
   <si>
     <t>06/12/2025 11:43:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
   </si>
   <si>
     <t>pprd_2982821</t>
   </si>
   <si>
     <t>fingolimod</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639636/en/gilenya-fingolimod</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2755878/en/gilenya-fingolimod</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877323/en/gilenya-fingolimod</t>
@@ -1004,212 +1208,98 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
   </si>
   <si>
     <t>BRIUMVI (ublituximab)</t>
   </si>
   <si>
     <t>01/22/2025 11:53:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
   </si>
   <si>
     <t>p_3585042</t>
   </si>
   <si>
     <t>ublituximab</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
   </si>
   <si>
-    <t>BENLYSTA</t>
-[...34 lines deleted...]
-  <si>
     <t>BIMZELX (bimekizumab)</t>
   </si>
   <si>
     <t>01/09/2025 09:25:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
   </si>
   <si>
     <t>p_3324069</t>
   </si>
   <si>
     <t>bimekizumab</t>
   </si>
   <si>
     <t>UCB PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323505/en/bimzelx-bimekizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3422860/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500011/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505850/en/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505847/en/bimzelx-bimekizumab-axial-spondyloarthritis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517649/en/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539120/en/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562973/en/bimzelx-bimekizumab-hidradenitis-suppurativa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574256/en/bimzelx-bimekizumab-in-plaque-psoriasis-psoriatic-arthritis-and-hidradenitis-suppurativa</t>
   </si>
   <si>
-    <t>DUPIXENT</t>
-[...76 lines deleted...]
-  <si>
     <t>ORENCIA (abatacept)</t>
   </si>
   <si>
     <t>12/02/2024 14:24:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
   </si>
   <si>
     <t>pprd_2983388</t>
   </si>
   <si>
     <t>abatacept</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_589384/en/orencia</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024731/en/orencia</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1241683/en/orencia</t>
@@ -1646,53 +1736,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>TALTZ</t>
   </si>
   <si>
     <t>09/18/2024 09:25:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
   </si>
   <si>
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
-    <t>LILLY FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
     <t>09/18/2024 09:19:35</t>
@@ -1985,89 +2072,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
-    <t>SKYRIZI (risankizumab)</t>
-[...37 lines deleted...]
-  <si>
     <t>ILUMETRI (tildrakizumab)</t>
   </si>
   <si>
     <t>09/18/2024 09:21:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
   </si>
   <si>
     <t>p_3190412</t>
   </si>
   <si>
     <t>tildrakizumab</t>
   </si>
   <si>
     <t>ALMIRALL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363290/en/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3434489/en/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
@@ -2382,80 +2430,50 @@
     <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>JYSELECA (filgotinib)</t>
   </si>
   <si>
     <t>01/08/2024 12:11:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>p_3242626</t>
   </si>
   <si>
     <t>filgotinib</t>
   </si>
   <si>
     <t>GALAPAGOS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343855/en/jyseleca-filgotinib-rectocolite-hemorragique</t>
   </si>
@@ -6073,7743 +6091,7761 @@
       </c>
       <c r="R2" t="s">
         <v>92</v>
       </c>
       <c r="S2" t="s">
         <v>93</v>
       </c>
       <c r="T2" t="s">
         <v>94</v>
       </c>
       <c r="U2" t="s">
         <v>95</v>
       </c>
       <c r="V2" t="s">
         <v>96</v>
       </c>
       <c r="W2" t="s">
         <v>97</v>
       </c>
       <c r="X2" t="s">
         <v>98</v>
       </c>
       <c r="Y2" t="s">
         <v>99</v>
       </c>
+      <c r="Z2" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="I3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="J3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="K3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="L3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="M3" t="s">
-        <v>108</v>
+        <v>113</v>
+      </c>
+      <c r="N3" t="s">
+        <v>114</v>
+      </c>
+      <c r="O3" t="s">
+        <v>115</v>
+      </c>
+      <c r="P3" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R3" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="H4" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="I4" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="J4" t="s">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="K4" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="L4" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="M4" t="s">
-        <v>116</v>
+        <v>127</v>
+      </c>
+      <c r="N4" t="s">
+        <v>128</v>
+      </c>
+      <c r="O4" t="s">
+        <v>129</v>
+      </c>
+      <c r="P4" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>130</v>
+      </c>
+      <c r="R4" t="s">
+        <v>131</v>
+      </c>
+      <c r="S4" t="s">
+        <v>132</v>
+      </c>
+      <c r="T4" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="I5" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="J5" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="K5" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="L5" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="M5" t="s">
-        <v>125</v>
+        <v>142</v>
+      </c>
+      <c r="N5" t="s">
+        <v>143</v>
+      </c>
+      <c r="O5" t="s">
+        <v>144</v>
+      </c>
+      <c r="P5" t="s">
+        <v>145</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="H6" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="I6" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="J6" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="K6" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="L6" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="M6" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="N6" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="O6" t="s">
-        <v>136</v>
+        <v>157</v>
+      </c>
+      <c r="P6" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>159</v>
+      </c>
+      <c r="R6" t="s">
+        <v>160</v>
+      </c>
+      <c r="S6" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>78</v>
       </c>
       <c r="B7" t="s">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>138</v>
+        <v>163</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>139</v>
+        <v>164</v>
       </c>
       <c r="H7" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="I7" t="s">
-        <v>141</v>
+        <v>166</v>
       </c>
       <c r="J7" t="s">
-        <v>131</v>
+        <v>167</v>
       </c>
       <c r="K7" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="L7" t="s">
-        <v>143</v>
+        <v>169</v>
       </c>
       <c r="M7" t="s">
-        <v>144</v>
+        <v>170</v>
       </c>
       <c r="N7" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="O7" t="s">
-        <v>146</v>
+        <v>172</v>
+      </c>
+      <c r="P7" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H8" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="I8" t="s">
-        <v>151</v>
+        <v>178</v>
       </c>
       <c r="J8" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="K8" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="L8" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="M8" t="s">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="N8" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O8" t="s">
-        <v>156</v>
+        <v>183</v>
+      </c>
+      <c r="P8" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>185</v>
+      </c>
+      <c r="R8" t="s">
+        <v>186</v>
+      </c>
+      <c r="S8" t="s">
+        <v>187</v>
+      </c>
+      <c r="T8" t="s">
+        <v>188</v>
+      </c>
+      <c r="U8" t="s">
+        <v>189</v>
+      </c>
+      <c r="V8" t="s">
+        <v>190</v>
+      </c>
+      <c r="W8" t="s">
+        <v>191</v>
+      </c>
+      <c r="X8" t="s">
+        <v>192</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>158</v>
+        <v>195</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>159</v>
+        <v>196</v>
       </c>
       <c r="H9" t="s">
-        <v>160</v>
+        <v>197</v>
       </c>
       <c r="I9" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="J9" t="s">
-        <v>162</v>
+        <v>199</v>
       </c>
       <c r="K9" t="s">
-        <v>163</v>
+        <v>200</v>
       </c>
       <c r="L9" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="M9" t="s">
-        <v>165</v>
-[...14 lines deleted...]
-        <v>169</v>
+        <v>202</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>170</v>
+        <v>203</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="H10" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="I10" t="s">
-        <v>174</v>
+        <v>207</v>
       </c>
       <c r="J10" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="K10" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="L10" t="s">
-        <v>177</v>
+        <v>209</v>
       </c>
       <c r="M10" t="s">
-        <v>178</v>
-[...11 lines deleted...]
-        <v>182</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>183</v>
+        <v>211</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>184</v>
+        <v>212</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>185</v>
+        <v>213</v>
       </c>
       <c r="H11" t="s">
-        <v>186</v>
+        <v>214</v>
       </c>
       <c r="I11" t="s">
-        <v>187</v>
+        <v>215</v>
       </c>
       <c r="J11" t="s">
-        <v>188</v>
+        <v>216</v>
       </c>
       <c r="K11" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="L11" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="M11" t="s">
-        <v>191</v>
-[...11 lines deleted...]
-        <v>195</v>
+        <v>219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>78</v>
       </c>
       <c r="B12" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>184</v>
+        <v>221</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="H12" t="s">
-        <v>198</v>
+        <v>223</v>
       </c>
       <c r="I12" t="s">
-        <v>199</v>
+        <v>224</v>
       </c>
       <c r="J12" t="s">
-        <v>200</v>
+        <v>225</v>
       </c>
       <c r="K12" t="s">
-        <v>201</v>
+        <v>226</v>
       </c>
       <c r="L12" t="s">
-        <v>202</v>
+        <v>227</v>
       </c>
       <c r="M12" t="s">
-        <v>203</v>
+        <v>228</v>
       </c>
       <c r="N12" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="O12" t="s">
-        <v>205</v>
-[...17 lines deleted...]
-        <v>211</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>78</v>
       </c>
       <c r="B13" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="H13" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="I13" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="J13" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="K13" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="L13" t="s">
-        <v>219</v>
+        <v>237</v>
+      </c>
+      <c r="M13" t="s">
+        <v>238</v>
+      </c>
+      <c r="N13" t="s">
+        <v>239</v>
+      </c>
+      <c r="O13" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>221</v>
+        <v>242</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="H14" t="s">
-        <v>223</v>
+        <v>244</v>
       </c>
       <c r="I14" t="s">
-        <v>224</v>
+        <v>245</v>
       </c>
       <c r="J14" t="s">
         <v>225</v>
       </c>
       <c r="K14" t="s">
-        <v>226</v>
+        <v>246</v>
       </c>
       <c r="L14" t="s">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="M14" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="N14" t="s">
-        <v>229</v>
+        <v>249</v>
       </c>
       <c r="O14" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
       <c r="H15" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="I15" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="J15" t="s">
-        <v>200</v>
+        <v>256</v>
       </c>
       <c r="K15" t="s">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="L15" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
       <c r="M15" t="s">
-        <v>240</v>
+        <v>259</v>
       </c>
       <c r="N15" t="s">
-        <v>241</v>
+        <v>260</v>
       </c>
       <c r="O15" t="s">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="P15" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="Q15" t="s">
-        <v>244</v>
+        <v>263</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>246</v>
+        <v>265</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>247</v>
+        <v>266</v>
       </c>
       <c r="H16" t="s">
-        <v>248</v>
+        <v>267</v>
       </c>
       <c r="I16" t="s">
-        <v>249</v>
+        <v>268</v>
       </c>
       <c r="J16" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="K16" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="L16" t="s">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="M16" t="s">
-        <v>253</v>
+        <v>272</v>
+      </c>
+      <c r="N16" t="s">
+        <v>273</v>
+      </c>
+      <c r="O16" t="s">
+        <v>274</v>
+      </c>
+      <c r="P16" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>78</v>
       </c>
       <c r="B17" t="s">
-        <v>254</v>
+        <v>277</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="H17" t="s">
-        <v>257</v>
+        <v>279</v>
       </c>
       <c r="I17" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="J17" t="s">
-        <v>259</v>
+        <v>281</v>
       </c>
       <c r="K17" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="L17" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="M17" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="N17" t="s">
-        <v>263</v>
+        <v>285</v>
+      </c>
+      <c r="O17" t="s">
+        <v>286</v>
+      </c>
+      <c r="P17" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>288</v>
+      </c>
+      <c r="R17" t="s">
+        <v>289</v>
+      </c>
+      <c r="S17" t="s">
+        <v>290</v>
+      </c>
+      <c r="T17" t="s">
+        <v>291</v>
+      </c>
+      <c r="U17" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>265</v>
+        <v>294</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
       <c r="H18" t="s">
-        <v>267</v>
+        <v>296</v>
       </c>
       <c r="I18" t="s">
-        <v>268</v>
+        <v>297</v>
       </c>
       <c r="J18" t="s">
-        <v>269</v>
+        <v>298</v>
       </c>
       <c r="K18" t="s">
-        <v>270</v>
+        <v>299</v>
       </c>
       <c r="L18" t="s">
-        <v>271</v>
-[...5 lines deleted...]
-        <v>273</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>275</v>
+        <v>302</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>276</v>
+        <v>303</v>
       </c>
       <c r="H19" t="s">
-        <v>277</v>
+        <v>304</v>
       </c>
       <c r="I19" t="s">
-        <v>278</v>
+        <v>305</v>
       </c>
       <c r="J19" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="K19" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="L19" t="s">
-        <v>281</v>
+        <v>307</v>
       </c>
       <c r="M19" t="s">
-        <v>282</v>
+        <v>308</v>
+      </c>
+      <c r="N19" t="s">
+        <v>309</v>
+      </c>
+      <c r="O19" t="s">
+        <v>310</v>
+      </c>
+      <c r="P19" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>78</v>
       </c>
       <c r="B20" t="s">
-        <v>283</v>
+        <v>313</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>284</v>
+        <v>314</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>285</v>
+        <v>315</v>
       </c>
       <c r="H20" t="s">
-        <v>286</v>
+        <v>316</v>
       </c>
       <c r="I20" t="s">
-        <v>287</v>
+        <v>317</v>
       </c>
       <c r="J20" t="s">
-        <v>288</v>
+        <v>318</v>
       </c>
       <c r="K20" t="s">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="L20" t="s">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="M20" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>321</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>78</v>
       </c>
       <c r="B21" t="s">
-        <v>293</v>
+        <v>322</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>294</v>
+        <v>323</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>295</v>
+        <v>324</v>
       </c>
       <c r="H21" t="s">
-        <v>296</v>
+        <v>325</v>
       </c>
       <c r="I21" t="s">
-        <v>297</v>
+        <v>326</v>
       </c>
       <c r="J21" t="s">
-        <v>298</v>
+        <v>327</v>
       </c>
       <c r="K21" t="s">
-        <v>299</v>
+        <v>328</v>
       </c>
       <c r="L21" t="s">
-        <v>300</v>
+        <v>329</v>
       </c>
       <c r="M21" t="s">
-        <v>301</v>
+        <v>330</v>
+      </c>
+      <c r="N21" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>78</v>
       </c>
       <c r="B22" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="H22" t="s">
-        <v>305</v>
+        <v>335</v>
       </c>
       <c r="I22" t="s">
-        <v>216</v>
+        <v>336</v>
       </c>
       <c r="J22" t="s">
-        <v>306</v>
+        <v>337</v>
       </c>
       <c r="K22" t="s">
-        <v>307</v>
+        <v>338</v>
       </c>
       <c r="L22" t="s">
-        <v>308</v>
+        <v>339</v>
       </c>
       <c r="M22" t="s">
-        <v>309</v>
+        <v>340</v>
       </c>
       <c r="N22" t="s">
-        <v>310</v>
+        <v>341</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>78</v>
       </c>
       <c r="B23" t="s">
-        <v>311</v>
+        <v>342</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>312</v>
+        <v>343</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>313</v>
+        <v>344</v>
       </c>
       <c r="H23" t="s">
-        <v>314</v>
+        <v>345</v>
       </c>
       <c r="I23" t="s">
-        <v>315</v>
+        <v>346</v>
       </c>
       <c r="J23" t="s">
-        <v>316</v>
+        <v>347</v>
       </c>
       <c r="K23" t="s">
-        <v>317</v>
+        <v>348</v>
       </c>
       <c r="L23" t="s">
-        <v>318</v>
+        <v>349</v>
       </c>
       <c r="M23" t="s">
-        <v>319</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>78</v>
       </c>
       <c r="B24" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>321</v>
+        <v>352</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="H24" t="s">
-        <v>323</v>
+        <v>354</v>
       </c>
       <c r="I24" t="s">
-        <v>324</v>
+        <v>355</v>
       </c>
       <c r="J24" t="s">
-        <v>325</v>
+        <v>356</v>
       </c>
       <c r="K24" t="s">
-        <v>326</v>
+        <v>357</v>
+      </c>
+      <c r="L24" t="s">
+        <v>358</v>
+      </c>
+      <c r="M24" t="s">
+        <v>359</v>
+      </c>
+      <c r="N24" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
-        <v>327</v>
+        <v>361</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>329</v>
+        <v>363</v>
       </c>
       <c r="H25" t="s">
-        <v>330</v>
+        <v>364</v>
       </c>
       <c r="I25" t="s">
-        <v>331</v>
+        <v>365</v>
       </c>
       <c r="J25" t="s">
-        <v>332</v>
+        <v>366</v>
       </c>
       <c r="K25" t="s">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="L25" t="s">
-        <v>334</v>
+        <v>368</v>
       </c>
       <c r="M25" t="s">
-        <v>335</v>
-[...8 lines deleted...]
-        <v>338</v>
+        <v>369</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>339</v>
+        <v>370</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>340</v>
+        <v>371</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>341</v>
+        <v>372</v>
       </c>
       <c r="H26" t="s">
-        <v>342</v>
+        <v>373</v>
       </c>
       <c r="I26" t="s">
-        <v>343</v>
+        <v>297</v>
       </c>
       <c r="J26" t="s">
-        <v>344</v>
+        <v>374</v>
       </c>
       <c r="K26" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="L26" t="s">
-        <v>346</v>
+        <v>376</v>
       </c>
       <c r="M26" t="s">
-        <v>347</v>
+        <v>377</v>
       </c>
       <c r="N26" t="s">
-        <v>348</v>
-[...17 lines deleted...]
-        <v>354</v>
+        <v>378</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>78</v>
       </c>
       <c r="B27" t="s">
-        <v>355</v>
+        <v>379</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>356</v>
+        <v>380</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>357</v>
+        <v>381</v>
       </c>
       <c r="H27" t="s">
-        <v>358</v>
+        <v>382</v>
       </c>
       <c r="I27" t="s">
-        <v>359</v>
+        <v>383</v>
       </c>
       <c r="J27" t="s">
-        <v>360</v>
+        <v>384</v>
       </c>
       <c r="K27" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="L27" t="s">
-        <v>362</v>
+        <v>386</v>
       </c>
       <c r="M27" t="s">
-        <v>363</v>
-[...50 lines deleted...]
-        <v>380</v>
+        <v>387</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="H28" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I28" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="J28" t="s">
-        <v>269</v>
+        <v>393</v>
       </c>
       <c r="K28" t="s">
-        <v>386</v>
-[...22 lines deleted...]
-      <c r="S28" t="s">
         <v>394</v>
-      </c>
-[...7 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>78</v>
       </c>
       <c r="B29" t="s">
+        <v>395</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>396</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>397</v>
+      </c>
+      <c r="H29" t="s">
         <v>398</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="I29" t="s">
         <v>399</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="J29" t="s">
         <v>400</v>
       </c>
-      <c r="H29" t="s">
+      <c r="K29" t="s">
         <v>401</v>
       </c>
-      <c r="I29" t="s">
+      <c r="L29" t="s">
         <v>402</v>
       </c>
-      <c r="J29" t="s">
+      <c r="M29" t="s">
         <v>403</v>
       </c>
-      <c r="K29" t="s">
+      <c r="N29" t="s">
         <v>404</v>
       </c>
-      <c r="L29" t="s">
+      <c r="O29" t="s">
         <v>405</v>
+      </c>
+      <c r="P29" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>407</v>
+      </c>
+      <c r="R29" t="s">
+        <v>408</v>
+      </c>
+      <c r="S29" t="s">
+        <v>409</v>
+      </c>
+      <c r="T29" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H30" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="I30" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="J30" t="s">
-        <v>200</v>
+        <v>337</v>
       </c>
       <c r="K30" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="L30" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="M30" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="N30" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="O30" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="P30" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="Q30" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="R30" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="S30" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="T30" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="U30" t="s">
-        <v>421</v>
+        <v>426</v>
+      </c>
+      <c r="V30" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="B31" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="H31" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="I31" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="J31" t="s">
-        <v>259</v>
+        <v>433</v>
       </c>
       <c r="K31" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="L31" t="s">
-        <v>428</v>
-[...19 lines deleted...]
-      <c r="S31" t="s">
         <v>435</v>
-      </c>
-[...31 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>78</v>
       </c>
       <c r="B32" t="s">
+        <v>436</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>437</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>438</v>
+      </c>
+      <c r="H32" t="s">
+        <v>439</v>
+      </c>
+      <c r="I32" t="s">
+        <v>440</v>
+      </c>
+      <c r="J32" t="s">
+        <v>281</v>
+      </c>
+      <c r="K32" t="s">
+        <v>441</v>
+      </c>
+      <c r="L32" t="s">
+        <v>442</v>
+      </c>
+      <c r="M32" t="s">
+        <v>443</v>
+      </c>
+      <c r="N32" t="s">
+        <v>444</v>
+      </c>
+      <c r="O32" t="s">
+        <v>445</v>
+      </c>
+      <c r="P32" t="s">
+        <v>446</v>
+      </c>
+      <c r="Q32" t="s">
         <v>447</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="R32" t="s">
         <v>448</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="S32" t="s">
         <v>449</v>
       </c>
-      <c r="H32" t="s">
+      <c r="T32" t="s">
         <v>450</v>
       </c>
-      <c r="I32" t="s">
+      <c r="U32" t="s">
         <v>451</v>
-      </c>
-[...28 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>78</v>
       </c>
       <c r="B33" t="s">
+        <v>452</v>
+      </c>
+      <c r="C33" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>453</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>454</v>
+      </c>
+      <c r="H33" t="s">
+        <v>455</v>
+      </c>
+      <c r="I33" t="s">
+        <v>456</v>
+      </c>
+      <c r="J33" t="s">
+        <v>327</v>
+      </c>
+      <c r="K33" t="s">
+        <v>457</v>
+      </c>
+      <c r="L33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M33" t="s">
+        <v>459</v>
+      </c>
+      <c r="N33" t="s">
+        <v>460</v>
+      </c>
+      <c r="O33" t="s">
+        <v>461</v>
+      </c>
+      <c r="P33" t="s">
         <v>462</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="Q33" t="s">
         <v>463</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="R33" t="s">
         <v>464</v>
       </c>
-      <c r="H33" t="s">
+      <c r="S33" t="s">
         <v>465</v>
       </c>
-      <c r="I33" t="s">
+      <c r="T33" t="s">
         <v>466</v>
       </c>
-      <c r="J33" t="s">
+      <c r="U33" t="s">
         <v>467</v>
       </c>
-      <c r="K33" t="s">
+      <c r="V33" t="s">
         <v>468</v>
       </c>
-      <c r="L33" t="s">
+      <c r="W33" t="s">
         <v>469</v>
       </c>
-      <c r="M33" t="s">
+      <c r="X33" t="s">
         <v>470</v>
       </c>
-      <c r="N33" t="s">
+      <c r="Y33" t="s">
         <v>471</v>
       </c>
-      <c r="O33" t="s">
+      <c r="Z33" t="s">
         <v>472</v>
       </c>
-      <c r="P33" t="s">
+      <c r="AA33" t="s">
         <v>473</v>
       </c>
-      <c r="Q33" t="s">
+      <c r="AB33" t="s">
         <v>474</v>
       </c>
-      <c r="R33" t="s">
+      <c r="AC33" t="s">
         <v>475</v>
       </c>
-      <c r="S33" t="s">
+      <c r="AD33" t="s">
         <v>476</v>
-      </c>
-[...13 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>78</v>
       </c>
       <c r="B34" t="s">
+        <v>477</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>478</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>479</v>
+      </c>
+      <c r="H34" t="s">
+        <v>480</v>
+      </c>
+      <c r="I34" t="s">
+        <v>481</v>
+      </c>
+      <c r="J34" t="s">
         <v>482</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="K34" t="s">
         <v>483</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="L34" t="s">
         <v>484</v>
       </c>
-      <c r="H34" t="s">
+      <c r="M34" t="s">
         <v>485</v>
       </c>
-      <c r="I34" t="s">
+      <c r="N34" t="s">
         <v>486</v>
       </c>
-      <c r="J34" t="s">
+      <c r="O34" t="s">
         <v>487</v>
       </c>
-      <c r="K34" t="s">
+      <c r="P34" t="s">
         <v>488</v>
       </c>
-      <c r="L34" t="s">
+      <c r="Q34" t="s">
         <v>489</v>
       </c>
-      <c r="M34" t="s">
+      <c r="R34" t="s">
         <v>490</v>
       </c>
-      <c r="N34" t="s">
+      <c r="S34" t="s">
         <v>491</v>
-      </c>
-[...16 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>78</v>
       </c>
       <c r="B35" t="s">
+        <v>492</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>493</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>494</v>
+      </c>
+      <c r="H35" t="s">
+        <v>495</v>
+      </c>
+      <c r="I35" t="s">
+        <v>496</v>
+      </c>
+      <c r="J35" t="s">
+        <v>497</v>
+      </c>
+      <c r="K35" t="s">
         <v>498</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="L35" t="s">
         <v>499</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="M35" t="s">
         <v>500</v>
       </c>
-      <c r="H35" t="s">
+      <c r="N35" t="s">
         <v>501</v>
       </c>
-      <c r="I35" t="s">
+      <c r="O35" t="s">
         <v>502</v>
       </c>
-      <c r="J35" t="s">
-[...2 lines deleted...]
-      <c r="K35" t="s">
+      <c r="P35" t="s">
         <v>503</v>
       </c>
-      <c r="L35" t="s">
+      <c r="Q35" t="s">
         <v>504</v>
       </c>
-      <c r="M35" t="s">
+      <c r="R35" t="s">
         <v>505</v>
       </c>
-      <c r="N35" t="s">
+      <c r="S35" t="s">
         <v>506</v>
       </c>
-      <c r="O35" t="s">
+      <c r="T35" t="s">
         <v>507</v>
       </c>
-      <c r="P35" t="s">
+      <c r="U35" t="s">
         <v>508</v>
       </c>
-      <c r="Q35" t="s">
+      <c r="V35" t="s">
         <v>509</v>
       </c>
-      <c r="R35" t="s">
+      <c r="W35" t="s">
         <v>510</v>
       </c>
-      <c r="S35" t="s">
+      <c r="X35" t="s">
         <v>511</v>
-      </c>
-[...70 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>538</v>
+        <v>514</v>
       </c>
       <c r="H36" t="s">
-        <v>539</v>
+        <v>515</v>
       </c>
       <c r="I36" t="s">
-        <v>540</v>
+        <v>516</v>
       </c>
       <c r="J36" t="s">
-        <v>541</v>
+        <v>517</v>
       </c>
       <c r="K36" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="L36" t="s">
-        <v>543</v>
+        <v>519</v>
       </c>
       <c r="M36" t="s">
-        <v>544</v>
+        <v>520</v>
       </c>
       <c r="N36" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
       <c r="O36" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="P36" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="Q36" t="s">
-        <v>548</v>
+        <v>524</v>
+      </c>
+      <c r="R36" t="s">
+        <v>525</v>
+      </c>
+      <c r="S36" t="s">
+        <v>526</v>
+      </c>
+      <c r="T36" t="s">
+        <v>527</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
+        <v>528</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>529</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>530</v>
+      </c>
+      <c r="H37" t="s">
+        <v>531</v>
+      </c>
+      <c r="I37" t="s">
+        <v>532</v>
+      </c>
+      <c r="J37" t="s">
+        <v>152</v>
+      </c>
+      <c r="K37" t="s">
+        <v>533</v>
+      </c>
+      <c r="L37" t="s">
+        <v>534</v>
+      </c>
+      <c r="M37" t="s">
+        <v>535</v>
+      </c>
+      <c r="N37" t="s">
+        <v>536</v>
+      </c>
+      <c r="O37" t="s">
+        <v>537</v>
+      </c>
+      <c r="P37" t="s">
+        <v>538</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>539</v>
+      </c>
+      <c r="R37" t="s">
+        <v>540</v>
+      </c>
+      <c r="S37" t="s">
+        <v>541</v>
+      </c>
+      <c r="T37" t="s">
+        <v>542</v>
+      </c>
+      <c r="U37" t="s">
+        <v>543</v>
+      </c>
+      <c r="V37" t="s">
+        <v>544</v>
+      </c>
+      <c r="W37" t="s">
+        <v>545</v>
+      </c>
+      <c r="X37" t="s">
+        <v>546</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>547</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>548</v>
+      </c>
+      <c r="AA37" t="s">
         <v>549</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="AB37" t="s">
         <v>550</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="AC37" t="s">
         <v>551</v>
       </c>
-      <c r="H37" t="s">
+      <c r="AD37" t="s">
         <v>552</v>
       </c>
-      <c r="I37" t="s">
+      <c r="AE37" t="s">
         <v>553</v>
       </c>
-      <c r="J37" t="s">
+      <c r="AF37" t="s">
         <v>554</v>
       </c>
-      <c r="K37" t="s">
+      <c r="AG37" t="s">
         <v>555</v>
       </c>
-      <c r="L37" t="s">
+      <c r="AH37" t="s">
         <v>556</v>
       </c>
-      <c r="M37" t="s">
+      <c r="AI37" t="s">
         <v>557</v>
       </c>
-      <c r="N37" t="s">
+      <c r="AJ37" t="s">
         <v>558</v>
       </c>
-      <c r="O37" t="s">
+      <c r="AK37" t="s">
         <v>559</v>
       </c>
-      <c r="P37" t="s">
+      <c r="AL37" t="s">
         <v>560</v>
       </c>
-      <c r="Q37" t="s">
+      <c r="AM37" t="s">
         <v>561</v>
       </c>
-      <c r="R37" t="s">
+      <c r="AN37" t="s">
         <v>562</v>
       </c>
-      <c r="S37" t="s">
+      <c r="AO37" t="s">
         <v>563</v>
       </c>
-      <c r="T37" t="s">
+      <c r="AP37" t="s">
         <v>564</v>
       </c>
-      <c r="U37" t="s">
+      <c r="AQ37" t="s">
         <v>565</v>
-      </c>
-[...25 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
+        <v>566</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>567</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>568</v>
+      </c>
+      <c r="H38" t="s">
+        <v>569</v>
+      </c>
+      <c r="I38" t="s">
+        <v>570</v>
+      </c>
+      <c r="J38" t="s">
+        <v>167</v>
+      </c>
+      <c r="K38" t="s">
+        <v>571</v>
+      </c>
+      <c r="L38" t="s">
+        <v>572</v>
+      </c>
+      <c r="M38" t="s">
+        <v>573</v>
+      </c>
+      <c r="N38" t="s">
+        <v>574</v>
+      </c>
+      <c r="O38" t="s">
         <v>575</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="P38" t="s">
         <v>576</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="Q38" t="s">
         <v>577</v>
-      </c>
-[...16 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
+        <v>578</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>579</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>580</v>
+      </c>
+      <c r="H39" t="s">
+        <v>581</v>
+      </c>
+      <c r="I39" t="s">
+        <v>582</v>
+      </c>
+      <c r="J39" t="s">
+        <v>583</v>
+      </c>
+      <c r="K39" t="s">
         <v>584</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="L39" t="s">
         <v>585</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="M39" t="s">
         <v>586</v>
       </c>
-      <c r="H39" t="s">
+      <c r="N39" t="s">
         <v>587</v>
       </c>
-      <c r="I39" t="s">
+      <c r="O39" t="s">
         <v>588</v>
       </c>
-      <c r="J39" t="s">
-[...2 lines deleted...]
-      <c r="K39" t="s">
+      <c r="P39" t="s">
         <v>589</v>
       </c>
-      <c r="L39" t="s">
+      <c r="Q39" t="s">
         <v>590</v>
       </c>
-      <c r="M39" t="s">
+      <c r="R39" t="s">
         <v>591</v>
       </c>
-      <c r="N39" t="s">
+      <c r="S39" t="s">
         <v>592</v>
       </c>
-      <c r="O39" t="s">
+      <c r="T39" t="s">
         <v>593</v>
       </c>
-      <c r="P39" t="s">
+      <c r="U39" t="s">
         <v>594</v>
       </c>
-      <c r="Q39" t="s">
+      <c r="V39" t="s">
         <v>595</v>
       </c>
-      <c r="R39" t="s">
+      <c r="W39" t="s">
         <v>596</v>
       </c>
-      <c r="S39" t="s">
+      <c r="X39" t="s">
         <v>597</v>
       </c>
-      <c r="T39" t="s">
+      <c r="Y39" t="s">
         <v>598</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>599</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>600</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>601</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>602</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>78</v>
       </c>
       <c r="B40" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="H40" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="I40" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="J40" t="s">
-        <v>162</v>
+        <v>609</v>
       </c>
       <c r="K40" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="L40" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="M40" t="s">
-        <v>606</v>
-[...16 lines deleted...]
-      <c r="S40" t="s">
         <v>612</v>
-      </c>
-[...7 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>78</v>
       </c>
       <c r="B41" t="s">
+        <v>613</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>614</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>615</v>
+      </c>
+      <c r="H41" t="s">
         <v>616</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>617</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="J41" t="s">
+        <v>281</v>
+      </c>
+      <c r="K41" t="s">
         <v>618</v>
       </c>
-      <c r="H41" t="s">
+      <c r="L41" t="s">
         <v>619</v>
       </c>
-      <c r="I41" t="s">
+      <c r="M41" t="s">
         <v>620</v>
       </c>
-      <c r="J41" t="s">
+      <c r="N41" t="s">
         <v>621</v>
       </c>
-      <c r="K41" t="s">
+      <c r="O41" t="s">
         <v>622</v>
       </c>
-      <c r="L41" t="s">
+      <c r="P41" t="s">
         <v>623</v>
       </c>
-      <c r="M41" t="s">
+      <c r="Q41" t="s">
         <v>624</v>
       </c>
-      <c r="N41" t="s">
+      <c r="R41" t="s">
         <v>625</v>
       </c>
-      <c r="O41" t="s">
+      <c r="S41" t="s">
         <v>626</v>
       </c>
-      <c r="P41" t="s">
+      <c r="T41" t="s">
         <v>627</v>
-      </c>
-[...7 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42" t="s">
+        <v>628</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>629</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>630</v>
+      </c>
+      <c r="H42" t="s">
         <v>631</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>632</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="J42" t="s">
+        <v>124</v>
+      </c>
+      <c r="K42" t="s">
         <v>633</v>
       </c>
-      <c r="H42" t="s">
+      <c r="L42" t="s">
         <v>634</v>
       </c>
-      <c r="I42" t="s">
+      <c r="M42" t="s">
         <v>635</v>
       </c>
-      <c r="J42" t="s">
-[...2 lines deleted...]
-      <c r="K42" t="s">
+      <c r="N42" t="s">
         <v>636</v>
       </c>
-      <c r="L42" t="s">
+      <c r="O42" t="s">
         <v>637</v>
       </c>
-      <c r="M42" t="s">
+      <c r="P42" t="s">
         <v>638</v>
       </c>
-      <c r="N42" t="s">
+      <c r="Q42" t="s">
         <v>639</v>
       </c>
-      <c r="O42" t="s">
-[...2 lines deleted...]
-      <c r="P42" t="s">
+      <c r="R42" t="s">
         <v>640</v>
       </c>
-      <c r="Q42" t="s">
+      <c r="S42" t="s">
         <v>641</v>
       </c>
-      <c r="R42" t="s">
+      <c r="T42" t="s">
         <v>642</v>
       </c>
-      <c r="S42" t="s">
+      <c r="U42" t="s">
         <v>643</v>
       </c>
-      <c r="T42" t="s">
+      <c r="V42" t="s">
         <v>644</v>
-      </c>
-[...25 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>78</v>
       </c>
       <c r="B43" t="s">
+        <v>645</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>646</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>647</v>
+      </c>
+      <c r="H43" t="s">
+        <v>648</v>
+      </c>
+      <c r="I43" t="s">
+        <v>649</v>
+      </c>
+      <c r="J43" t="s">
+        <v>650</v>
+      </c>
+      <c r="K43" t="s">
+        <v>651</v>
+      </c>
+      <c r="L43" t="s">
+        <v>652</v>
+      </c>
+      <c r="M43" t="s">
+        <v>653</v>
+      </c>
+      <c r="N43" t="s">
         <v>654</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="O43" t="s">
         <v>655</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="P43" t="s">
         <v>656</v>
       </c>
-      <c r="H43" t="s">
+      <c r="Q43" t="s">
         <v>657</v>
       </c>
-      <c r="I43" t="s">
+      <c r="R43" t="s">
         <v>658</v>
       </c>
-      <c r="J43" t="s">
-[...2 lines deleted...]
-      <c r="K43" t="s">
+      <c r="S43" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>78</v>
       </c>
       <c r="B44" t="s">
+        <v>660</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>661</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>662</v>
+      </c>
+      <c r="H44" t="s">
+        <v>663</v>
+      </c>
+      <c r="I44" t="s">
+        <v>664</v>
+      </c>
+      <c r="J44" t="s">
+        <v>281</v>
+      </c>
+      <c r="K44" t="s">
+        <v>665</v>
+      </c>
+      <c r="L44" t="s">
+        <v>666</v>
+      </c>
+      <c r="M44" t="s">
         <v>667</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="N44" t="s">
         <v>668</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="O44" t="s">
+        <v>668</v>
+      </c>
+      <c r="P44" t="s">
         <v>669</v>
       </c>
-      <c r="H44" t="s">
+      <c r="Q44" t="s">
         <v>670</v>
       </c>
-      <c r="I44" t="s">
+      <c r="R44" t="s">
         <v>671</v>
       </c>
-      <c r="J44" t="s">
+      <c r="S44" t="s">
         <v>672</v>
       </c>
-      <c r="K44" t="s">
+      <c r="T44" t="s">
         <v>673</v>
       </c>
-      <c r="L44" t="s">
+      <c r="U44" t="s">
         <v>674</v>
       </c>
-      <c r="M44" t="s">
+      <c r="V44" t="s">
         <v>675</v>
       </c>
-      <c r="N44" t="s">
+      <c r="W44" t="s">
         <v>676</v>
+      </c>
+      <c r="X44" t="s">
+        <v>677</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>679</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>680</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>681</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>682</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45" t="s">
         <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="H45" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="I45" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="J45" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="K45" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="L45" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="M45" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="N45" t="s">
-        <v>686</v>
-[...8 lines deleted...]
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>78</v>
       </c>
       <c r="B46" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46" t="s">
         <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="H46" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="I46" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="J46" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="K46" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="L46" t="s">
-        <v>697</v>
+        <v>700</v>
+      </c>
+      <c r="M46" t="s">
+        <v>701</v>
+      </c>
+      <c r="N46" t="s">
+        <v>702</v>
+      </c>
+      <c r="O46" t="s">
+        <v>703</v>
+      </c>
+      <c r="P46" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>78</v>
       </c>
       <c r="B47" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="H47" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="I47" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="J47" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="K47" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="L47" t="s">
-        <v>705</v>
-[...22 lines deleted...]
-      <c r="T47" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>78</v>
       </c>
       <c r="B48" t="s">
+        <v>714</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
         <v>715</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
         <v>716</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>717</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>718</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>131</v>
+        <v>719</v>
       </c>
       <c r="K48" t="s">
-        <v>719</v>
+        <v>720</v>
+      </c>
+      <c r="L48" t="s">
+        <v>721</v>
+      </c>
+      <c r="M48" t="s">
+        <v>722</v>
+      </c>
+      <c r="N48" t="s">
+        <v>723</v>
+      </c>
+      <c r="O48" t="s">
+        <v>724</v>
+      </c>
+      <c r="P48" t="s">
+        <v>725</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>726</v>
+      </c>
+      <c r="R48" t="s">
+        <v>727</v>
+      </c>
+      <c r="S48" t="s">
+        <v>728</v>
+      </c>
+      <c r="T48" t="s">
+        <v>729</v>
+      </c>
+      <c r="U48" t="s">
+        <v>730</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>78</v>
       </c>
       <c r="B49" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="H49" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="I49" t="s">
-        <v>724</v>
+        <v>207</v>
       </c>
       <c r="J49" t="s">
-        <v>703</v>
+        <v>225</v>
       </c>
       <c r="K49" t="s">
-        <v>725</v>
-[...17 lines deleted...]
-        <v>731</v>
+        <v>735</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>78</v>
       </c>
       <c r="B50" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="H50" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="I50" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="J50" t="s">
-        <v>737</v>
+        <v>719</v>
       </c>
       <c r="K50" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="L50" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="M50" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="N50" t="s">
-        <v>741</v>
+        <v>744</v>
+      </c>
+      <c r="O50" t="s">
+        <v>745</v>
+      </c>
+      <c r="P50" t="s">
+        <v>746</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>747</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>78</v>
       </c>
       <c r="B51" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="H51" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="I51" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="J51" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="K51" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="L51" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="M51" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="N51" t="s">
-        <v>751</v>
-[...5 lines deleted...]
-        <v>753</v>
+        <v>757</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>78</v>
       </c>
       <c r="B52" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="H52" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="I52" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="J52" t="s">
-        <v>84</v>
+        <v>763</v>
       </c>
       <c r="K52" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="L52" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="M52" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="N52" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="O52" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="P52" t="s">
-        <v>764</v>
-[...11 lines deleted...]
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>78</v>
       </c>
       <c r="B53" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H53" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="I53" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="J53" t="s">
-        <v>554</v>
+        <v>152</v>
       </c>
       <c r="K53" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="L53" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M53" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N53" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="O53" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="P53" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="Q53" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="R53" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="S53" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="T53" t="s">
-        <v>782</v>
-[...4 lines deleted...]
-      <c r="V53" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>78</v>
       </c>
       <c r="B54" t="s">
+        <v>785</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>786</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
         <v>787</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="H54" t="s">
         <v>788</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>789</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
+        <v>583</v>
+      </c>
+      <c r="K54" t="s">
         <v>790</v>
       </c>
-      <c r="I54" t="s">
+      <c r="L54" t="s">
         <v>791</v>
       </c>
-      <c r="J54" t="s">
-[...2 lines deleted...]
-      <c r="K54" t="s">
+      <c r="M54" t="s">
         <v>792</v>
       </c>
-      <c r="L54" t="s">
+      <c r="N54" t="s">
         <v>793</v>
       </c>
-      <c r="M54" t="s">
+      <c r="O54" t="s">
         <v>794</v>
       </c>
-      <c r="N54" t="s">
+      <c r="P54" t="s">
         <v>795</v>
       </c>
-      <c r="O54" t="s">
+      <c r="Q54" t="s">
         <v>796</v>
+      </c>
+      <c r="R54" t="s">
+        <v>795</v>
+      </c>
+      <c r="S54" t="s">
+        <v>797</v>
+      </c>
+      <c r="T54" t="s">
+        <v>798</v>
+      </c>
+      <c r="U54" t="s">
+        <v>799</v>
+      </c>
+      <c r="V54" t="s">
+        <v>800</v>
+      </c>
+      <c r="W54" t="s">
+        <v>801</v>
+      </c>
+      <c r="X54" t="s">
+        <v>802</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>78</v>
       </c>
       <c r="B55" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="H55" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="I55" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="J55" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="K55" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="L55" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="M55" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="N55" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="O55" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>78</v>
       </c>
       <c r="B56" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="H56" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="I56" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="J56" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K56" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>78</v>
       </c>
       <c r="B57" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="H57" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="I57" t="s">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="J57" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="K57" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="L57" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="M57" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="N57" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>78</v>
       </c>
       <c r="B58" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="H58" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="I58" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="J58" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K58" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="L58" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="M58" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="N58" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>78</v>
       </c>
       <c r="B59" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="H59" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="I59" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="J59" t="s">
-        <v>259</v>
+        <v>327</v>
       </c>
       <c r="K59" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="L59" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="M59" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="N59" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="O59" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="P59" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="Q59" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="R59" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="S59" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="T59" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="U59" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="V59" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="W59" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="X59" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="Y59" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="Z59" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="AA59" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="AB59" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>78</v>
       </c>
       <c r="B60" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="H60" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="I60" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="J60" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="K60" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>78</v>
       </c>
       <c r="B61" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="H61" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="I61" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="J61" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="K61" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="L61" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="M61" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="N61" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="O61" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="P61" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="Q61" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="R61" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="S61" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="T61" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="U61" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="V61" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="W61" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="X61" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>78</v>
       </c>
       <c r="B62" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="H62" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="I62" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="J62" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="K62" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>78</v>
       </c>
       <c r="B63" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="H63" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="I63" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="J63" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="K63" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="L63" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="M63" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="N63" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>78</v>
       </c>
       <c r="B64" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="H64" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="I64" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="J64" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="K64" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="H65" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="I65" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="J65" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="K65" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="L65" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="M65" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="N65" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="O65" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="P65" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>78</v>
       </c>
       <c r="B66" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="H66" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="I66" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="J66" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="K66" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="L66" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>78</v>
       </c>
       <c r="B67" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="H67" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="I67" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="J67" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="K67" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="L67" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>78</v>
       </c>
       <c r="B68" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="H68" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="I68" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="J68" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="K68" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>78</v>
       </c>
       <c r="B69" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="H69" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="I69" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="J69" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="K69" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="L69" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>78</v>
       </c>
       <c r="B70" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H70" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="I70" t="s">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="J70" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="K70" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="L70" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="M70" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="N70" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="O70" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="P70" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>78</v>
       </c>
       <c r="B71" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="H71" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="I71" t="s">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="J71" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="K71" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="L71" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="M71" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="N71" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>78</v>
       </c>
       <c r="B72" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="H72" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="I72" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="J72" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K72" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="L72" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="M72" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="N72" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>78</v>
       </c>
       <c r="B73" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="H73" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="I73" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="J73" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K73" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="L73" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="M73" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>78</v>
       </c>
       <c r="B74" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="H74" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="I74" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="J74" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K74" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="L74" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="M74" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="N74" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="O74" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="H75" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="I75" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="J75" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="K75" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="H76" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="I76" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="J76" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="K76" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="L76" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="M76" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="N76" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="O76" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="P76" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="Q76" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="R76" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="S76" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="T76" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>78</v>
       </c>
       <c r="B77" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77" t="s">
         <v>15</v>
       </c>
       <c r="E77" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="F77" t="s">
         <v>15</v>
       </c>
       <c r="G77" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="H77" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="I77" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="J77" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="K77" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="L77" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78" t="s">
         <v>15</v>
       </c>
       <c r="E78" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="F78" t="s">
         <v>15</v>
       </c>
       <c r="G78" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="H78" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="I78" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="J78" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K78" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="L78" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="M78" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="N78" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="O78" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="P78" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="Q78" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="R78" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="C79" t="s">
         <v>15</v>
       </c>
       <c r="D79" t="s">
         <v>15</v>
       </c>
       <c r="E79" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="G79" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="H79" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="I79" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="J79" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="K79" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="L79" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="M79" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="N79" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>78</v>
       </c>
       <c r="B80" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="H80" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="I80" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="J80" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="K80" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="L80" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="M80" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>78</v>
       </c>
       <c r="B81" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81" t="s">
         <v>15</v>
       </c>
       <c r="E81" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="F81" t="s">
         <v>15</v>
       </c>
       <c r="G81" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="H81" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="I81" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="J81" t="s">
-        <v>105</v>
+        <v>199</v>
       </c>
       <c r="K81" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>78</v>
       </c>
       <c r="B82" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82" t="s">
         <v>15</v>
       </c>
       <c r="E82" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="F82" t="s">
         <v>15</v>
       </c>
       <c r="G82" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="H82" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="I82" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="J82" t="s">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="K82" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="L82" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="M82" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>78</v>
       </c>
       <c r="B83" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>15</v>
       </c>
       <c r="E83" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="H83" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="I83" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="J83" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="K83" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="L83" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="M83" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="N83" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="O83" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>78</v>
       </c>
       <c r="B84" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
         <v>15</v>
       </c>
       <c r="E84" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="F84" t="s">
         <v>15</v>
       </c>
       <c r="G84" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="H84" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="I84" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="J84" t="s">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="K84" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="L84" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>78</v>
       </c>
       <c r="B85" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85" t="s">
         <v>15</v>
       </c>
       <c r="E85" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="F85" t="s">
         <v>15</v>
       </c>
       <c r="G85" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="H85" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="I85" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="J85" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
       <c r="K85" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="L85" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="M85" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="N85" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="O85" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="P85" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="Q85" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>78</v>
       </c>
       <c r="B86" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="C86" t="s">
         <v>15</v>
       </c>
       <c r="D86" t="s">
         <v>15</v>
       </c>
       <c r="E86" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="F86" t="s">
         <v>15</v>
       </c>
       <c r="G86" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="H86" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="I86" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="J86" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="K86" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="L86" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="M86" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="N86" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="O86" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="P86" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="Q86" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>78</v>
       </c>
       <c r="B87" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87" t="s">
         <v>15</v>
       </c>
       <c r="E87" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="F87" t="s">
         <v>15</v>
       </c>
       <c r="G87" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="H87" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="I87" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="J87" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="K87" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>78</v>
       </c>
       <c r="B88" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88" t="s">
         <v>15</v>
       </c>
       <c r="E88" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="F88" t="s">
         <v>15</v>
       </c>
       <c r="G88" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="H88" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="I88" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="J88" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="K88" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="L88" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>78</v>
       </c>
       <c r="B89" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89" t="s">
         <v>15</v>
       </c>
       <c r="E89" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="F89" t="s">
         <v>15</v>
       </c>
       <c r="G89" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="H89" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="I89" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="J89" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="K89" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>78</v>
       </c>
       <c r="B90" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90" t="s">
         <v>15</v>
       </c>
       <c r="E90" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="F90" t="s">
         <v>15</v>
       </c>
       <c r="G90" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="H90" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="I90" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="J90" t="s">
-        <v>279</v>
+        <v>347</v>
       </c>
       <c r="K90" t="s">
-        <v>1136</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>78</v>
       </c>
       <c r="B91" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91" t="s">
         <v>15</v>
       </c>
       <c r="E91" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="F91" t="s">
         <v>15</v>
       </c>
       <c r="G91" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="H91" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="I91" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="J91" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
       <c r="K91" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="L91" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="M91" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="N91" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="O91" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="P91" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="Q91" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="R91" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
       <c r="S91" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>78</v>
       </c>
       <c r="B92" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92" t="s">
         <v>15</v>
       </c>
       <c r="E92" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="F92" t="s">
         <v>15</v>
       </c>
       <c r="G92" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="H92" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="I92" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="J92" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K92" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="L92" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="M92" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="N92" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="O92" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="P92" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="Q92" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>78</v>
       </c>
       <c r="B93" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>15</v>
       </c>
       <c r="E93" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="G93" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="H93" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="I93" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="J93" t="s">
-        <v>541</v>
+        <v>167</v>
       </c>
       <c r="K93" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="L93" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="M93" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="N93" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="O93" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>78</v>
       </c>
       <c r="B94" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
         <v>15</v>
       </c>
       <c r="E94" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="G94" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="H94" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="I94" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="J94" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="K94" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>78</v>
       </c>
       <c r="B95" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
         <v>15</v>
       </c>
       <c r="E95" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="F95" t="s">
         <v>15</v>
       </c>
       <c r="G95" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="H95" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="I95" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="J95" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K95" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="L95" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="M95" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="N95" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="O95" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="P95" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="Q95" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="R95" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="S95" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>78</v>
       </c>
       <c r="B96" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96" t="s">
         <v>15</v>
       </c>
       <c r="E96" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="F96" t="s">
         <v>15</v>
       </c>
       <c r="G96" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="H96" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="I96" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="J96" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K96" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="L96" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="M96" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="N96" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="O96" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>78</v>
       </c>
       <c r="B97" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" t="s">
         <v>15</v>
       </c>
       <c r="E97" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="F97" t="s">
         <v>15</v>
       </c>
       <c r="G97" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="H97" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="I97" t="s">
-        <v>297</v>
+        <v>365</v>
       </c>
       <c r="J97" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="K97" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="L97" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="M97" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="N97" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="O97" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="P97" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="Q97" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>78</v>
       </c>
       <c r="B98" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>15</v>
       </c>
       <c r="E98" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="F98" t="s">
         <v>15</v>
       </c>
       <c r="G98" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="H98" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="I98" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="J98" t="s">
-        <v>279</v>
+        <v>347</v>
       </c>
       <c r="K98" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="L98" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="M98" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="N98" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="O98" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="P98" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="Q98" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>78</v>
       </c>
       <c r="B99" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99" t="s">
         <v>15</v>
       </c>
       <c r="E99" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="F99" t="s">
         <v>15</v>
       </c>
       <c r="G99" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="H99" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="I99" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="J99" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="K99" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="L99" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="M99" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="N99" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>78</v>
       </c>
       <c r="B100" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" t="s">
         <v>15</v>
       </c>
       <c r="E100" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="F100" t="s">
         <v>15</v>
       </c>
       <c r="G100" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="H100" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="I100" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="J100" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
       <c r="K100" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="L100" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>78</v>
       </c>
       <c r="B101" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" t="s">
         <v>15</v>
       </c>
       <c r="E101" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="F101" t="s">
         <v>15</v>
       </c>
       <c r="G101" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="H101" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="I101" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="J101" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K101" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="L101" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="M101" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="N101" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>78</v>
       </c>
       <c r="B102" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102" t="s">
         <v>15</v>
       </c>
       <c r="E102" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="F102" t="s">
         <v>15</v>
       </c>
       <c r="G102" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="H102" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="I102" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="J102" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K102" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="L102" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="M102" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>78</v>
       </c>
       <c r="B103" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>15</v>
       </c>
       <c r="E103" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="H103" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="I103" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="J103" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="K103" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="L103" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="M103" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="N103" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>78</v>
       </c>
       <c r="B104" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" t="s">
         <v>15</v>
       </c>
       <c r="E104" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F104" t="s">
         <v>15</v>
       </c>
       <c r="G104" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="H104" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="I104" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="J104" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="K104" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="L104" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="M104" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="N104" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="O104" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="P104" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="Q104" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="R104" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="S104" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>78</v>
       </c>
       <c r="B105" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" t="s">
         <v>15</v>
       </c>
       <c r="E105" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="F105" t="s">
         <v>15</v>
       </c>
       <c r="G105" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="H105" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="I105" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="J105" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="K105" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="L105" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="M105" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>78</v>
       </c>
       <c r="B106" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106" t="s">
         <v>15</v>
       </c>
       <c r="E106" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
       <c r="G106" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="H106" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="I106" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="J106" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
       <c r="K106" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="L106" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="M106" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>78</v>
       </c>
       <c r="B107" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" t="s">
         <v>15</v>
       </c>
       <c r="E107" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="F107" t="s">
         <v>15</v>
       </c>
       <c r="G107" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="H107" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="I107" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="J107" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="K107" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>78</v>
       </c>
       <c r="B108" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>15</v>
       </c>
       <c r="E108" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="F108" t="s">
         <v>15</v>
       </c>
       <c r="G108" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="H108" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="I108" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="J108" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="K108" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="L108" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="M108" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="N108" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>78</v>
       </c>
       <c r="B109" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109" t="s">
         <v>15</v>
       </c>
       <c r="E109" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="F109" t="s">
         <v>15</v>
       </c>
       <c r="G109" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="H109" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="I109" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="J109" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="K109" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="L109" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>78</v>
       </c>
       <c r="B110" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
         <v>15</v>
       </c>
       <c r="E110" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
       <c r="G110" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="H110" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="I110" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="J110" t="s">
-        <v>188</v>
+        <v>269</v>
       </c>
       <c r="K110" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="L110" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>78</v>
       </c>
       <c r="B111" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
         <v>15</v>
       </c>
       <c r="E111" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="F111" t="s">
         <v>15</v>
       </c>
       <c r="G111" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="H111" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="I111" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="J111" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="K111" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="L111" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>78</v>
       </c>
       <c r="B112" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112" t="s">
         <v>15</v>
       </c>
       <c r="E112" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
       <c r="G112" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="H112" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="I112" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="J112" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K112" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="L112" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="M112" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>78</v>
       </c>
       <c r="B113" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="F113" t="s">
         <v>15</v>
       </c>
       <c r="G113" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="H113" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="I113" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="J113" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="K113" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="L113" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="M113" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="N113" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="O113" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>78</v>
       </c>
       <c r="B114" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" t="s">
         <v>15</v>
       </c>
       <c r="E114" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
       <c r="G114" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="H114" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="I114" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="J114" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
       <c r="K114" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="L114" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="M114" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
       <c r="N114" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="O114" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="P114" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="Q114" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="R114" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="S114" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="T114" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="U114" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>78</v>
       </c>
       <c r="B115" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
         <v>15</v>
       </c>
       <c r="E115" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="F115" t="s">
         <v>15</v>
       </c>
       <c r="G115" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="H115" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="I115" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="J115" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="K115" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="L115" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="M115" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="N115" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>78</v>
       </c>
       <c r="B116" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
       <c r="E116" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="F116" t="s">
         <v>15</v>
       </c>
       <c r="G116" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="H116" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="I116" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="J116" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="K116" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="L116" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="M116" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="N116" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>78</v>
       </c>
       <c r="B117" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
         <v>15</v>
       </c>
       <c r="E117" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J117" t="s">
         <v>1393</v>
       </c>
-      <c r="H117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K117" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="L117" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="M117" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>78</v>
       </c>
       <c r="B118" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
         <v>15</v>
       </c>
       <c r="E118" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="H118" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="I118" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="J118" t="s">
-        <v>122</v>
+        <v>216</v>
       </c>
       <c r="K118" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="L118" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="M118" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="N118" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>78</v>
       </c>
       <c r="B119" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
         <v>15</v>
       </c>
       <c r="E119" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="H119" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="I119" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="J119" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K119" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="L119" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>78</v>
       </c>
       <c r="B120" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" t="s">
         <v>15</v>
       </c>
       <c r="E120" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="H120" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="I120" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="J120" t="s">
-        <v>332</v>
+        <v>139</v>
       </c>
       <c r="K120" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="L120" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="M120" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="N120" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="O120" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="P120" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="Q120" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>78</v>
       </c>
       <c r="B121" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
         <v>15</v>
       </c>
       <c r="E121" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="F121" t="s">
         <v>15</v>
       </c>
       <c r="G121" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="H121" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="I121" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="J121" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="K121" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="L121" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="M121" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="N121" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="O121" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="P121" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>78</v>
       </c>
       <c r="B122" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
         <v>15</v>
       </c>
       <c r="E122" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="F122" t="s">
         <v>15</v>
       </c>
       <c r="G122" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="H122" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="I122" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="J122" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="K122" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="L122" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="M122" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="N122" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="O122" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>78</v>
       </c>
       <c r="B123" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123" t="s">
         <v>15</v>
       </c>
       <c r="E123" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="F123" t="s">
         <v>15</v>
       </c>
       <c r="G123" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="H123" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="I123" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="J123" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="K123" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="L123" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="M123" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="N123" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="O123" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="P123" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>78</v>
       </c>
       <c r="B124" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
         <v>15</v>
       </c>
       <c r="E124" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="F124" t="s">
         <v>15</v>
       </c>
       <c r="G124" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="H124" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="I124" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="J124" t="s">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="K124" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="L124" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>78</v>
       </c>
       <c r="B125" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
         <v>15</v>
       </c>
       <c r="E125" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="F125" t="s">
         <v>15</v>
       </c>
       <c r="G125" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="H125" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="I125" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="J125" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="K125" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="L125" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="M125" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="N125" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>78</v>
       </c>
       <c r="B126" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126" t="s">
         <v>15</v>
       </c>
       <c r="E126" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
       <c r="F126" t="s">
         <v>15</v>
       </c>
       <c r="G126" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="H126" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="I126" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="J126" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K126" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="L126" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="M126" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>78</v>
       </c>
       <c r="B127" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>15</v>
       </c>
       <c r="E127" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="F127" t="s">
         <v>15</v>
       </c>
       <c r="G127" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="H127" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="I127" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="J127" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="K127" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="L127" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="M127" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="N127" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="O127" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>78</v>
       </c>
       <c r="B128" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
         <v>15</v>
       </c>
       <c r="E128" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="F128" t="s">
         <v>15</v>
       </c>
       <c r="G128" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="H128" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="I128" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="J128" t="s">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="K128" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="L128" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
       <c r="M128" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
       <c r="N128" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>78</v>
       </c>
       <c r="B129" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="C129" t="s">
         <v>15</v>
       </c>
       <c r="D129" t="s">
         <v>15</v>
       </c>
       <c r="E129" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="F129" t="s">
         <v>15</v>
       </c>
       <c r="G129" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="H129" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="I129" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="J129" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="K129" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="L129" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="M129" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="N129" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="O129" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>78</v>
       </c>
       <c r="B130" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130" t="s">
         <v>15</v>
       </c>
       <c r="E130" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="F130" t="s">
         <v>15</v>
       </c>
       <c r="G130" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="H130" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="I130" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="J130" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="K130" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="L130" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="M130" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="N130" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="O130" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>78</v>
       </c>
       <c r="B131" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131" t="s">
         <v>15</v>
       </c>
       <c r="E131" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="F131" t="s">
         <v>15</v>
       </c>
       <c r="G131" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
       <c r="H131" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="I131" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="J131" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K131" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>78</v>
       </c>
       <c r="B132" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
         <v>15</v>
       </c>
       <c r="E132" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="F132" t="s">
         <v>15</v>
       </c>
       <c r="G132" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="H132" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="I132" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="J132" t="s">
-        <v>332</v>
+        <v>139</v>
       </c>
       <c r="K132" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="L132" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="M132" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="N132" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="O132" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="P132" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="Q132" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>78</v>
       </c>
       <c r="B133" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133" t="s">
         <v>15</v>
       </c>
       <c r="E133" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="F133" t="s">
         <v>15</v>
       </c>
       <c r="G133" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="H133" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="I133" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="J133" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K133" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="L133" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="M133" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="N133" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="O133" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>78</v>
       </c>
       <c r="B134" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
         <v>15</v>
       </c>
       <c r="E134" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="F134" t="s">
         <v>15</v>
       </c>
       <c r="G134" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="H134" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="I134" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="J134" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="K134" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="L134" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="M134" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="N134" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="O134" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>78</v>
       </c>
       <c r="B135" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
         <v>15</v>
       </c>
       <c r="E135" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="F135" t="s">
         <v>15</v>
       </c>
       <c r="G135" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="H135" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="I135" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="J135" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="K135" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="L135" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>78</v>
       </c>
       <c r="B136" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
         <v>15</v>
       </c>
       <c r="E136" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
       <c r="F136" t="s">
         <v>15</v>
       </c>
       <c r="G136" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="H136" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="I136" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="J136" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="K136" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="L136" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="M136" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="N136" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="O136" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="P136" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>78</v>
       </c>
       <c r="B137" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>15</v>
       </c>
       <c r="E137" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="F137" t="s">
         <v>15</v>
       </c>
       <c r="G137" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="H137" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="I137" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="J137" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K137" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>78</v>
       </c>
       <c r="B138" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
         <v>15</v>
       </c>
       <c r="E138" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="F138" t="s">
         <v>15</v>
       </c>
       <c r="G138" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="H138" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="I138" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="J138" t="s">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="K138" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="L138" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>78</v>
       </c>
       <c r="B139" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139" t="s">
         <v>15</v>
       </c>
       <c r="E139" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="F139" t="s">
         <v>15</v>
       </c>
       <c r="G139" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="H139" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="I139" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="J139" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="K139" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="L139" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="M139" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="N139" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="O139" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="P139" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>78</v>
       </c>
       <c r="B140" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
       <c r="F140" t="s">
         <v>15</v>
       </c>
       <c r="G140" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="H140" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="I140" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="J140" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K140" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="L140" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="M140" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="N140" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>78</v>
       </c>
       <c r="B141" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="C141" t="s">
         <v>15</v>
       </c>
       <c r="D141" t="s">
         <v>15</v>
       </c>
       <c r="E141" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="H141" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="I141" t="s">
-        <v>216</v>
+        <v>297</v>
       </c>
       <c r="J141" t="s">
-        <v>737</v>
+        <v>753</v>
       </c>
       <c r="K141" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="L141" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="M141" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="N141" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>78</v>
       </c>
       <c r="B142" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
         <v>15</v>
       </c>
       <c r="E142" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="F142" t="s">
         <v>15</v>
       </c>
       <c r="G142" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="H142" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="I142" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="J142" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="K142" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="L142" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="M142" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="N142" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="O142" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>78</v>
       </c>
       <c r="B143" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143" t="s">
         <v>15</v>
       </c>
       <c r="E143" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="H143" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="I143" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="J143" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
       <c r="K143" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="L143" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="M143" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="N143" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="O143" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="P143" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="Q143" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>78</v>
       </c>
       <c r="B144" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="C144" t="s">
         <v>15</v>
       </c>
       <c r="D144" t="s">
         <v>15</v>
       </c>
       <c r="E144" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="F144" t="s">
         <v>15</v>
       </c>
       <c r="G144" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="H144" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="I144" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="J144" t="s">
-        <v>580</v>
+        <v>609</v>
       </c>
       <c r="K144" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="L144" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="M144" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>78</v>
       </c>
       <c r="B145" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="C145" t="s">
         <v>15</v>
       </c>
       <c r="D145" t="s">
         <v>15</v>
       </c>
       <c r="E145" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="F145" t="s">
         <v>15</v>
       </c>
       <c r="G145" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="H145" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="I145" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="J145" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
       <c r="K145" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>78</v>
       </c>
       <c r="B146" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="C146" t="s">
         <v>15</v>
       </c>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="F146" t="s">
         <v>15</v>
       </c>
       <c r="G146" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="H146" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="I146" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="J146" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="K146" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="L146" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="M146" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="N146" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="O146" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>78</v>
       </c>
       <c r="B147" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147" t="s">
         <v>15</v>
       </c>
       <c r="E147" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="F147" t="s">
         <v>15</v>
       </c>
       <c r="G147" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="H147" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="I147" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="J147" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="K147" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="L147" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="M147" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="N147" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>78</v>
       </c>
       <c r="B148" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148" t="s">
         <v>15</v>
       </c>
       <c r="E148" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="F148" t="s">
         <v>15</v>
       </c>
       <c r="G148" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="H148" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="I148" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="J148" t="s">
-        <v>269</v>
+        <v>337</v>
       </c>
       <c r="K148" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="L148" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="M148" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="N148" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="O148" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="P148" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>78</v>
       </c>
       <c r="B149" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
         <v>15</v>
       </c>
       <c r="E149" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="F149" t="s">
         <v>15</v>
       </c>
       <c r="G149" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="H149" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="I149" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="J149" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="K149" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="L149" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="M149" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="N149" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="O149" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="P149" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>78</v>
       </c>
       <c r="B150" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="F150" t="s">
         <v>15</v>
       </c>
       <c r="G150" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="H150" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="I150" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="J150" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="K150" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="L150" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="M150" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="N150" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="O150" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="P150" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>78</v>
       </c>
       <c r="B151" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151" t="s">
         <v>15</v>
       </c>
       <c r="E151" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="F151" t="s">
         <v>15</v>
       </c>
       <c r="G151" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="H151" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="I151" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="J151" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="K151" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="L151" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="M151" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="N151" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>78</v>
       </c>
       <c r="B152" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152" t="s">
         <v>15</v>
       </c>
       <c r="E152" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="F152" t="s">
         <v>15</v>
       </c>
       <c r="G152" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="H152" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="I152" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="J152" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="K152" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>78</v>
       </c>
       <c r="B153" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153" t="s">
         <v>15</v>
       </c>
       <c r="E153" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="F153" t="s">
         <v>15</v>
       </c>
       <c r="G153" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="H153" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="I153" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="J153" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="K153" t="s">
-        <v>1731</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>78</v>
       </c>
       <c r="B154" t="s">
-        <v>1732</v>
+        <v>1738</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
         <v>15</v>
       </c>
       <c r="E154" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="F154" t="s">
         <v>15</v>
       </c>
       <c r="G154" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="H154" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="I154" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="J154" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="K154" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>78</v>
       </c>
       <c r="B155" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
         <v>15</v>
       </c>
       <c r="E155" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="F155" t="s">
         <v>15</v>
       </c>
       <c r="G155" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="H155" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="I155" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="J155" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="K155" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>78</v>
       </c>
       <c r="B156" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156" t="s">
         <v>15</v>
       </c>
       <c r="E156" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="F156" t="s">
         <v>15</v>
       </c>
       <c r="G156" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
       <c r="H156" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="I156" t="s">
-        <v>216</v>
+        <v>297</v>
       </c>
       <c r="J156" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="K156" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="L156" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="M156" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>78</v>
       </c>
       <c r="B157" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
         <v>15</v>
       </c>
       <c r="E157" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="F157" t="s">
         <v>15</v>
       </c>
       <c r="G157" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="H157" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="I157" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="J157" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="K157" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="L157" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="M157" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="N157" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="O157" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="P157" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>78</v>
       </c>
       <c r="B158" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158" t="s">
         <v>15</v>
       </c>
       <c r="E158" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="F158" t="s">
         <v>15</v>
       </c>
       <c r="G158" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="H158" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="I158" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="J158" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="K158" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="L158" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="M158" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="N158" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>78</v>
       </c>
       <c r="B159" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
         <v>15</v>
       </c>
       <c r="E159" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="F159" t="s">
         <v>15</v>
       </c>
       <c r="G159" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="H159" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="I159" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="J159" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="K159" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>78</v>
       </c>
       <c r="B160" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
         <v>15</v>
       </c>
       <c r="E160" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="F160" t="s">
         <v>15</v>
       </c>
       <c r="G160" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="H160" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="I160" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="J160" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="K160" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>78</v>
       </c>
       <c r="B161" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
         <v>15</v>
       </c>
       <c r="E161" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="F161" t="s">
         <v>15</v>
       </c>
       <c r="G161" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="H161" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="I161" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="J161" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="K161" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>78</v>
       </c>
       <c r="B162" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
         <v>15</v>
       </c>
       <c r="E162" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="F162" t="s">
         <v>15</v>
       </c>
       <c r="G162" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="H162" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="I162" t="s">
-        <v>216</v>
+        <v>297</v>
       </c>
       <c r="J162" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="K162" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="L162" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>78</v>
       </c>
       <c r="B163" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
         <v>15</v>
       </c>
       <c r="E163" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="F163" t="s">
         <v>15</v>
       </c>
       <c r="G163" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="H163" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="I163" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="J163" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="K163" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="L163" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>