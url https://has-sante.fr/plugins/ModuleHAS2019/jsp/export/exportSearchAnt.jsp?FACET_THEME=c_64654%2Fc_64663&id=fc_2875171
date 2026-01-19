--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,62257 +1,6977 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Web page" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13336" uniqueCount="6453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1305" uniqueCount="883">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur le syndrome coronarien chronique</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>MELODY - 25 january 2011 (2720) - Opinion</t>
+  </si>
+  <si>
+    <t>MELODY, transcatheter pulmonary valve ENSEMBLE, transcatheter valve delivery system</t>
+  </si>
+  <si>
+    <t>01/25/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>11/17/2010 10:31:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/03/2023 12:11:00</t>
-[...8192 lines deleted...]
-    <t>c_1296117</t>
+    <t>https://www.has-sante.fr/jcms/c_997409/en/melody-25-january-2011-2720-opinion</t>
+  </si>
+  <si>
+    <t>c_997409</t>
   </si>
   <si>
     <t>Medtronic France SAS</t>
   </si>
   <si>
-    <t>COREVALVE traité par AOA avec pose ACCUTRAK -  25 septembre 2012 (4332) avis</t>
-[...962 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
+    <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
+  </si>
+  <si>
+    <t>Adaptive servo-ventilation machines</t>
+  </si>
+  <si>
+    <t>06/29/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2010 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS France</t>
-[...2414 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+    <t>RESMED SAS FRANCE</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>ALD n° 5 - Troubles du rythme ventriculaire graves</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+    <t>Atrial fibrillation</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>ALD n° 5 - Cardiopathies valvulaires et congénitales graves chez l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_679234/fr/ald-n-5-cardiopathies-valvulaires-et-congenitales-graves-chez-l-adulte</t>
+    <t>Severe valvular and congenital heart diseases in adults</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long term condition] scheme, severe valvular heart disease.</t>
+  </si>
+  <si>
+    <t>10/17/2023 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679234/en/severe-valvular-and-congenital-heart-diseases-in-adults</t>
   </si>
   <si>
     <t>c_679234</t>
   </si>
   <si>
-    <t>Amylose AL</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
+    <t>Coronary artery disease</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
+  </si>
+  <si>
+    <t>04/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Syndrome de Marfan et apparentés</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...371 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Risque cardiovasculaire global en prévention primaire et secondaire : évaluation et prise en charge en médecine de premier recours - Note de cadrage</t>
-[...491 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
-    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3177774/fr/suivi-par-telesurveillance-des-patients-porteurs-d-un-moniteur-cardiaque-implantable</t>
+    <t>Remote monitoring of patients with an implantable loop recorder - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The HAS undertook to assess the remote monitoring of patients with an implantable loop recorder (ILR). ILRs are diagnostic medical devices used for continuous monitoring of cardiac activity. They detect and record the patient’s arrhythmia automatically. In France, they are indicated and reimbursed for two purposes: aetiological diagnosis of unexplained recurrent syncope and aetiological diagnosis of cryptogenic stroke Conventional follow-up (CF) of patients consists in an analysis of the data recorded, during a medical consultation with the patient every three to six months. The aim of this report is to assess another monitoring method, remote monitoring (RM), which consists, for the medical team, of remotely reading and interpreting, via a secure internet site, the data recorded, and transmitted daily by the ILR. The HAS selected two main assessment questions to meet this objective: assessment of the clinical benefit of remote monitoring compared to CF for patients wearing an ILR; assessment of the organisational impact of RM of ILRs on the health system and identification of optimal conditions for carrying out RM.</t>
+  </si>
+  <si>
+    <t>03/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/16/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177774/en/remote-monitoring-of-patients-with-an-implantable-loop-recorder-inahta-brief</t>
   </si>
   <si>
     <t>p_3177774</t>
   </si>
   <si>
-    <t>Réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2020)</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2901699/fr/bioprotheses-valvulaires-aortiques-implantees-par-voie-transcatheter-tavi-referentiel</t>
+    <t>Transcatheter aortic valve implantation (TAVI) devices– Clinical data requirements</t>
+  </si>
+  <si>
+    <t>TAVI devices are listed by brand name in Section III of the list of products and services qualifying for reimbursement in France (LPPR list). This inclusion procedure involves the submission of a medico-technical file to the National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS) for assessment of their expected or actual clinical benefit with a view to funding by the French national health insurance system. In addition, the CNEDiMTS must “specify the procedures and principles it uses to apply assessment criteria for health products with a view to their funding by the French national health insurance system” (art. L 161-37 of the French Social Security Code). The purpose of this document is therefore to explain the requirements of the CNEDiMTS in terms of the minimal clinical data to be supplied in France for: ► a new TAVI device; ► the acceptance of a new indication for a TAVI device already listed in the LPPR list; ► the renewal of inclusion of a TAVI device in the LPPR list.</t>
+  </si>
+  <si>
+    <t>01/31/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901699/en/transcatheter-aortic-valve-implantation-tavi-devices-clinical-data-requirements</t>
   </si>
   <si>
     <t>c_2901699</t>
   </si>
   <si>
-    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2018)</t>
-[...68 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Assessment of drug-eluting stents</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation de l’ablation endocavitaire des tachycardies par cryothérapie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653644/fr/evaluation-de-l-ablation-endocavitaire-des-tachycardies-par-cryotherapie</t>
+    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The request for assessment came from the Association of Health Insurance Funds (UNCAM). It concerns the assessment of endocavitary ablation of tachycardia by cryotherapy. In 2006, the Haute Autorité de santé (HAS) assessed methods of tachycardia ablation, and radiofrequency was the only technique retained; cryoablation was considered an investigational method. The goal of the assessment is to determine, given the new data published since 2006, whether cryoablation is a valid method in endocavitary ablation of tachycardia compared to radiofrequency, and to specify whether it can be used in the same indications as the latter. Currently, the wording of the Joint classification of medical procedures (CCAM) describes ablation procedures for arrhythmia, but only by radiofrequency (RF). The arguments must therefore assess whether cryoablation can be included in supplement to RF in the CCAM to allow for reimbursement thereof</t>
+  </si>
+  <si>
+    <t>12/14/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
   </si>
   <si>
     <t>c_2653644</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2028916/fr/mitraclip</t>
+    <t>Assessment of an Edge-to-Edge Mitral Valve Repair Clip and its Implantation</t>
+  </si>
+  <si>
+    <t>In the current state of knowledge, HAS recommends limiting implantations of the MITRACLIP device to patients with severe degenerative mitral insufficiency which is symptomatic despite optimal medical treatment, who are not eligible for valve replacement or repair surgery and who meet the echocardiographic eligibility criteria.</t>
+  </si>
+  <si>
+    <t>04/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/29/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028916/en/assessment-of-an-edge-to-edge-mitral-valve-repair-clip-and-its-implantation</t>
   </si>
   <si>
     <t>c_2028916</t>
   </si>
   <si>
-    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
-[...173 lines deleted...]
-    <t>acoramidis</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>WAINZUA (éplontersen)</t>
+  </si>
+  <si>
+    <t>09/15/2025 08:42:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638372/en/wainzua-eplontersen</t>
+  </si>
+  <si>
+    <t>p_3638372</t>
+  </si>
+  <si>
+    <t>éplontersen</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638357/en/wainzua-eplontersen-amylose-hereditaire-a-transthyretine-avec-polyneuropathie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658183/en/wainzua-eplontersen-hereditary-transthyretin-mediated</t>
+  </si>
+  <si>
+    <t>VELTASSA (patiromer), résine échangeuse de cations</t>
+  </si>
+  <si>
+    <t>08/07/2025 11:06:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982860/en/veltassa-patiromer-resine-echangeuse-de-cations</t>
+  </si>
+  <si>
+    <t>pprd_2982860</t>
+  </si>
+  <si>
+    <t>patiromer</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906685/en/veltassa-patiromer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373580/en/veltassa-patiromer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639547/en/veltassa-patiromer-hyperkalaemia</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>QUILOGA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>04/24/2025 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/en/quiloga-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3603116</t>
+  </si>
+  <si>
+    <t>rosuvastatine,ézétimibe</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>NILEMDO (acide bempédoïque)</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594534/en/nilemdo-acide-bempedoique</t>
+  </si>
+  <si>
+    <t>p_3594534</t>
+  </si>
+  <si>
+    <t>acide bempédoïque</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594378/en/nilemdo-bempedoic-acid-dyslipidaemia</t>
+  </si>
+  <si>
+    <t>AMVUTTRA (vutrisiran)</t>
+  </si>
+  <si>
+    <t>02/26/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
+  </si>
+  <si>
+    <t>p_3395883</t>
+  </si>
+  <si>
+    <t>vutrisiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>PRALUENT</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
+  </si>
+  <si>
+    <t>pprd_2983646</t>
+  </si>
+  <si>
+    <t>alirocumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
+  </si>
+  <si>
+    <t>JARDIANCE</t>
+  </si>
+  <si>
+    <t>05/24/2024 16:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982867/en/jardiance</t>
+  </si>
+  <si>
+    <t>pprd_2982867</t>
+  </si>
+  <si>
+    <t>empagliflozine</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003853/en/jardiance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722414/en/jardiance-empagliflozin-oral-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906422/en/jardiance-empagliflozine-antidiabetique-oral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218344/en/jardiance-empagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315443/en/jardiance-icc-empagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343465/en/jardiance-empagliflozine-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352200/en/jardiance-empagliflozine-insuffisance-cardiaque-chronique-symptomatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497011/en/jardiance-empagliflozin-chronic-kidney-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518844/en/jardiance-empagliflozin-aged-10-years-and-above-with-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>REPATHA</t>
+  </si>
+  <si>
+    <t>04/18/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
+  </si>
+  <si>
+    <t>pprd_2983059</t>
+  </si>
+  <si>
+    <t>évolocumab</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/en/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/en/repatha-evolocumab-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>LOVENOX (énoxaparine sodique)</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984320</t>
+  </si>
+  <si>
+    <t>énoxaparine sodique</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398992/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/en/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/en/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/en/lovenox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/en/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+  </si>
+  <si>
+    <t>pprd_2983140</t>
+  </si>
+  <si>
+    <t>dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>12/22/2023 16:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>FRAGMINE (daltéparine sodique)</t>
+  </si>
+  <si>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984830</t>
+  </si>
+  <si>
+    <t>daltéparine sodique</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>FORXIGA</t>
+  </si>
+  <si>
+    <t>11/22/2023 08:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984329/en/forxiga</t>
+  </si>
+  <si>
+    <t>pprd_2984329</t>
+  </si>
+  <si>
+    <t>dapagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740084/en/forxiga</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572130/en/forxiga-dapagliflozine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218350/en/forxiga</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263915/en/forxiga-dapagliflozine-propanediol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294883/en/forxiga-dapagliflozine-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305327/en/forxiga-dapagliflozine-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473435/en/forxiga-dapagliflozine-insuffisance-cardiaque-chronique-fevg</t>
+  </si>
+  <si>
+    <t>CAMZYOS (mavacamten)</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465237/en/camzyos-mavacamten</t>
+  </si>
+  <si>
+    <t>p_3465237</t>
+  </si>
+  <si>
+    <t>mavacamten</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465194/en/camzyos-mavacamten-cardiomyopathie-hypertrophique-obstructive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470375/en/camzyos-mavacamten-obstructive-hypertrophic-cardiomyopathy</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux)</t>
+  </si>
+  <si>
+    <t>07/13/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>pprd_2983673</t>
+  </si>
+  <si>
+    <t>fondaparinux sodique</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/en/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/en/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/en/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/en/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/en/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+  </si>
+  <si>
+    <t>ISOPTINE (vérapamil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/25/2023 09:59:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983271/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983271</t>
+  </si>
+  <si>
+    <t>vérapamil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>VIATRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614766/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329825/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852601/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443280/en/isoptine-verapamil-hydrochloride-cluster-headaches</t>
+  </si>
+  <si>
+    <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
+  </si>
+  <si>
+    <t>03/17/2023 16:35:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984338/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>pprd_2984338</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971029/en/duoplavin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569098/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420589/en/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
+  </si>
+  <si>
+    <t>RAPISCAN</t>
+  </si>
+  <si>
+    <t>02/06/2023 10:55:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984862/en/rapiscan</t>
+  </si>
+  <si>
+    <t>pprd_2984862</t>
+  </si>
+  <si>
+    <t>régadénoson</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701803/en/rapiscan-regadenoson-vasodilatateur-coronarien-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191487/en/rapiscan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408799/en/rapiscan-regadenoson-monohydrate-imagerie-de-perfusion-myocardique</t>
+  </si>
+  <si>
+    <t>TECEOS (butédronate)</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358197/en/teceos-butedronate</t>
+  </si>
+  <si>
+    <t>p_3358197</t>
+  </si>
+  <si>
+    <t>butédronate</t>
+  </si>
+  <si>
+    <t>CIS bio international</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358130/en/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+  </si>
+  <si>
+    <t>VERQUVO (vericiguat)</t>
+  </si>
+  <si>
+    <t>03/18/2022 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324841/en/verquvo-vericiguat</t>
+  </si>
+  <si>
+    <t>p_3324841</t>
+  </si>
+  <si>
+    <t>vericiguat</t>
+  </si>
+  <si>
+    <t>BAYER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324316/en/verquvo-vericiguat-insuffisance-cardiaque-chronique-symptomatique</t>
+  </si>
+  <si>
+    <t>TRASYLOL (aprotinine), antihémorragique</t>
+  </si>
+  <si>
+    <t>03/07/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983747/en/trasylol-aprotinine-antihemorragique</t>
+  </si>
+  <si>
+    <t>pprd_2983747</t>
+  </si>
+  <si>
+    <t>aprotinine</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743853/en/trasylol-aprotinin-antihaemorrhagic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315458/en/trasylol-aprotinine</t>
+  </si>
+  <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>pprd_2983750</t>
+  </si>
+  <si>
+    <t>acetylsalicylate de DL-lysine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>ISORYTHM LP</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983284/en/isorythm-lp</t>
+  </si>
+  <si>
+    <t>pprd_2983284</t>
+  </si>
+  <si>
+    <t>disopyramide</t>
+  </si>
+  <si>
+    <t>SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632358/en/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670221/en/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851025/en/isorythm-lp-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210100/en/isorythm-lp</t>
+  </si>
+  <si>
+    <t>FLECAINE</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983975/en/flecaine</t>
+  </si>
+  <si>
+    <t>pprd_2983975</t>
+  </si>
+  <si>
+    <t>flécaïnide</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399141/en/flecaine-100-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399493/en/flecaine-lp-flecainide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468370/en/flecaine-flecainide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058654/en/flecaine-flecainide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356137/en/flecaine-flecainide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671704/en/flecaine-flecainide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210106/en/flecaine-l-p</t>
+  </si>
+  <si>
+    <t>RYTHMODAN</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984953/en/rythmodan</t>
+  </si>
+  <si>
+    <t>pprd_2984953</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400340/en/rythmodan-100-mg-gelule-boite-de-40-rythmodan-250-mg-a-liberation-prolongee-comprime-enrobe-boite-de-20-rythmodan-50-mg-injectable-solution-injectable-boite-de-25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631270/en/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352605/en/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210121/en/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>RYTHMOL</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984956/en/rythmol</t>
+  </si>
+  <si>
+    <t>pprd_2984956</t>
+  </si>
+  <si>
+    <t>propafénone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632386/en/rythmol-propafenone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352581/en/rythmol-propafenone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210103/en/rythmol</t>
+  </si>
+  <si>
+    <t>SOTALEX</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984957/en/sotalex</t>
+  </si>
+  <si>
+    <t>pprd_2984957</t>
+  </si>
+  <si>
+    <t>sotalol</t>
+  </si>
+  <si>
+    <t>CHEPLAPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603056/en/sotalex-sotalol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352578/en/sotalex-sotalol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210124/en/sotalex</t>
+  </si>
+  <si>
+    <t>SERECOR</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984959/en/serecor</t>
+  </si>
+  <si>
+    <t>pprd_2984959</t>
+  </si>
+  <si>
+    <t>hydroquinidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632378/en/serecor-hydroquinidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352566/en/serecor-hydroquinidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210097/en/serecor</t>
+  </si>
+  <si>
+    <t>CORDARONE</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984962/en/cordarone</t>
+  </si>
+  <si>
+    <t>pprd_2984962</t>
+  </si>
+  <si>
+    <t>amiodarone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455310/en/cordarone-amiodarone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632382/en/cordarone-amiodarone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343687/en/cordarone-amiodarone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210091/en/cordarone</t>
+  </si>
+  <si>
+    <t>EXACOR (cibenzoline)</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985400/en/exacor-cibenzoline</t>
+  </si>
+  <si>
+    <t>pprd_2985400</t>
+  </si>
+  <si>
+    <t>cibenzoline</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631231/en/exacor-cibenzoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210118/en/exacor-cibenzoline</t>
+  </si>
+  <si>
+    <t>AGRASTAT</t>
+  </si>
+  <si>
+    <t>07/08/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193281/en/agrastat</t>
+  </si>
+  <si>
+    <t>p_3193281</t>
+  </si>
+  <si>
+    <t>chlorhydrate de tirofiban monohydraté</t>
+  </si>
+  <si>
+    <t>CORREVIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193175/en/agrastat</t>
+  </si>
+  <si>
+    <t>TAREG</t>
+  </si>
+  <si>
+    <t>05/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984130/en/tareg</t>
+  </si>
+  <si>
+    <t>pprd_2984130</t>
+  </si>
+  <si>
+    <t>valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400990/en/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997503/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996888/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058656/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046778/en/tareg-oral-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046796/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626282/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182805/en/tareg</t>
+  </si>
+  <si>
+    <t>CRESTOR (rosuvastatine calcique)</t>
+  </si>
+  <si>
+    <t>04/02/2020 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982817/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2982817</t>
+  </si>
+  <si>
+    <t>rosuvastatine calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399899/en/crestor-10-mg-comprime-pellicule-boite-de-28-et-boite-de-50-crestor-20-mg-comprime-pellicule-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400156/en/crestor-10-mg-comprime-pellicule-boite-de-28-et-boite-de-50-crestor-20-mg-comprime-pellicule-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400702/en/crestor-5-mg-comprime-pellicule-boite-de-28-boite-de-50-boite-de-84-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794885/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996905/en/crestor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1020699/en/crestor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735631/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761180/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011666/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912397/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913804/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>THERASOLV (urokinase)</t>
+  </si>
+  <si>
+    <t>02/21/2020 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153005/en/therasolv-urokinase</t>
+  </si>
+  <si>
+    <t>p_3153005</t>
+  </si>
+  <si>
+    <t>urokinase</t>
+  </si>
+  <si>
+    <t>THERADIAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152646/en/therasolv-urokinase</t>
+  </si>
+  <si>
+    <t>ILOMEDINE (iloprost)</t>
+  </si>
+  <si>
+    <t>12/24/2019 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143402/en/ilomedine-iloprost</t>
+  </si>
+  <si>
+    <t>p_3143402</t>
+  </si>
+  <si>
+    <t>iloprost</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3752622/fr/beyonttra-acoramidis-amylose-a-transthyretine-avec-cardiomyopathie</t>
-[...980 lines deleted...]
-    <t>p_3330969</t>
+    <t>https://www.has-sante.fr/jcms/p_3135580/en/ilomedine-iloprost</t>
+  </si>
+  <si>
+    <t>EZETROL (ézétimibe)</t>
+  </si>
+  <si>
+    <t>12/09/2019 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983653/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>pprd_2983653</t>
+  </si>
+  <si>
+    <t>ézétimibe</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399904/en/ezetrol-10-mg-comprimes-sous-plaquettes-pelables-unidoses-boite-de-28-et-boite-de-50-ezetrol-10-mg-comprimes-sous-plaquettes-thermoformees-boite-de-28-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813333/en/ezetrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025250/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580468/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629878/en/ezetrol-ezetimibe-cholesterol-lowering-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756458/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122523/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>PRAXILENE (naftidrofuryl)</t>
+  </si>
+  <si>
+    <t>10/11/2019 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984542/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>pprd_2984542</t>
+  </si>
+  <si>
+    <t>naftidrofuryl</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400064/en/praxilene-100-mg-gelules-boite-de-20-praxilene-200-mg-comprimes-pellicules-boites-de-20-et-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400723/en/praxilene-100-mg-gelule-boite-de-20-code-cip-332-879-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451709/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944577/en/praxilene-gevatran-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031578/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112654/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>BRILIQUE (ticagrelor)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983309/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>pprd_2983309</t>
+  </si>
+  <si>
+    <t>ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172422/en/brilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744502/en/brilique-60-mg-ticagrelor-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800626/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847928/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098274/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>FRAXODI - FRAXIPARINE (nadroparine calcique)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984073/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2984073</t>
   </si>
   <si>
     <t>nadroparine calcique</t>
   </si>
   <si>
-    <t>Viatris Santé</t>
-[...122 lines deleted...]
-    <t>p_3288503</t>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399294/en/fraxodi-11-400-ui-anti-xa/0-6-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-15-200-ui-anti-xa/0-8-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-19-000-ui-anti-xa/1-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455423/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241658/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642068/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903180/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773281/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642080/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399496/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>ADVAGRAF - MODIGRAF - PROGRAF (tacrolimus)</t>
+  </si>
+  <si>
+    <t>06/05/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982736/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>pprd_2982736</t>
+  </si>
+  <si>
+    <t>tacrolimus</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642440/en/advagraf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874843/en/advagraf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525554/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971783/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874873/en/modigraf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677008/en/prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545029/en/prograf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399652/en/prograf-0-5-mg-b/50-1-mg-b/50-5-mg-b/50-gelule</t>
+  </si>
+  <si>
+    <t>PREVISCAN (fluindione)</t>
+  </si>
+  <si>
+    <t>03/14/2019 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982832/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>pprd_2982832</t>
+  </si>
+  <si>
+    <t>fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399281/en/previscan-20mg-comprimes-secables-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456500/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080268/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826823/en/previscan-20-mg-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909822/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>RAPIBLOC (landiolol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/22/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983085/en/rapibloc-landiolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983085</t>
+  </si>
+  <si>
+    <t>landiolol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876782/en/rapibloc-landiolol-cardioselective-beta-blocker</t>
+  </si>
+  <si>
+    <t>FIRAZYR (icatibant (acétate d'))</t>
+  </si>
+  <si>
+    <t>02/08/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983101</t>
+  </si>
+  <si>
+    <t>icatibant (acétate d')</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+  </si>
+  <si>
+    <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983130</t>
+  </si>
+  <si>
+    <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>METHERGIN (méthylergométrine (maléate de))</t>
+  </si>
+  <si>
+    <t>11/14/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983181</t>
+  </si>
+  <si>
+    <t>méthylergométrine (maléate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+  </si>
+  <si>
+    <t>CERTICAN (évérolimus)</t>
+  </si>
+  <si>
+    <t>04/09/2018 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983335/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>pprd_2983335</t>
+  </si>
+  <si>
+    <t>évérolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400116/en/certican-0-10-mg-0-25-mg-comprime-dispersible-boite-de-60-certican-0-25-mg-0-50-mg-0-75-mg-comprime-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973824/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622347/en/certican</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722048/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841753/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>03/30/2018 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983340/en/noyada-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2983340</t>
+  </si>
+  <si>
+    <t>captopril</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839032/en/noyada-captopril-converting-enzyme-inhibitors</t>
+  </si>
+  <si>
+    <t>LIXIANA (édoxaban (tosilate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>02/09/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983395/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983395</t>
+  </si>
+  <si>
+    <t>édoxaban (tosilate d') monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658504/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658576/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826827/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>PROCORALAN (ivabradine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>09/06/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983538/en/procoralan-ivabradine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983538</t>
+  </si>
+  <si>
+    <t>ivabradine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468568/en/procoralan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250133/en/procoralan-ivabradine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319242/en/procoralan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040114/en/procoralan-ivabradine-selective-if-channel-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791903/en/procoralan-ivabradine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>PRITOR (telmisartan)</t>
+  </si>
+  <si>
+    <t>08/02/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983556/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983556</t>
+  </si>
+  <si>
+    <t>telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399117/en/pritor-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399456/en/pritor-40-mg-comprime-b/28-pritor-80-mg-comprime-b/28-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399511/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538683/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538705/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710760/en/pritor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788588/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983560</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/en/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>LIPTRUZET (ézétimibe/ atorvastatine calcique trihydratée)</t>
+  </si>
+  <si>
+    <t>12/22/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983788/en/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2983788</t>
+  </si>
+  <si>
+    <t>ézétimibe,atorvastatine calcique trihydratée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024177/en/liptruzet-ezetimibe/atorvastatin-fixed-combination-of-cholesterol-lowering-drugs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732140/en/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
+  </si>
+  <si>
+    <t>INEGY (ézétimibe/ simvastatine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983789/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2983789</t>
+  </si>
+  <si>
+    <t>ézétimibe,simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400661/en/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813332/en/inegy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991885/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580456/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732137/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>NISIS (valsartan)</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984007/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984007</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400983/en/nisis-40-mg-comprime-pellicule-secable-b/28-373-599-5-b/30-372-292-3-b/56-373-602-6-b/90-372-295-2-nisis-80-mg-comprime-pellicule-b/28-356-939-6-b/30-372-290-0-b/56-356-940-4-b/90-371-511-3-nisis-160-mg-comprime-pellicule-b/28-356-946-2-b/30-371-494-1-b/56-356-947-9-b/90-371-496-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997504/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999443/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046805/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658603/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>ILTRIA (ramipril/ acétylsalicylique (acide)/ atorvastatine)</t>
+  </si>
+  <si>
+    <t>10/13/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984016/en/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984016</t>
+  </si>
+  <si>
+    <t>ramipril,acétylsalicylique (acide),atorvastatine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658564/en/iltria-acetylsalicylic-acid/atorvastatin/ramipril-platelet-aggregation-inhibiting-drug-statin-and-ace-inhibitor-in-combination</t>
+  </si>
+  <si>
+    <t>KENZEN (candésartan cilexetil)</t>
+  </si>
+  <si>
+    <t>08/03/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984025/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>pprd_2984025</t>
+  </si>
+  <si>
+    <t>candésartan cilexetil</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398977/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400790/en/kenzen-4mg-8mg-16mg-32mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443486/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146553/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658528/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>ZIMINO (levosimendan)</t>
+  </si>
+  <si>
+    <t>06/29/2016 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984115/en/zimino-levosimendan</t>
+  </si>
+  <si>
+    <t>pprd_2984115</t>
+  </si>
+  <si>
+    <t>levosimendan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629887/en/zimino-levosimendan-cardiac-stimulant</t>
+  </si>
+  <si>
+    <t>KENGREXAL (cangrélor tétrasodique)</t>
+  </si>
+  <si>
+    <t>09/09/2016 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984160/en/kengrexal-cangrelor-tetrasodique</t>
+  </si>
+  <si>
+    <t>pprd_2984160</t>
+  </si>
+  <si>
+    <t>cangrélor tétrasodique</t>
+  </si>
+  <si>
+    <t>THE MEDECINES COMPANY FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620141/en/kengrexal-cangrelor-platelet-aggregation-inhibitor-for-injection</t>
+  </si>
+  <si>
+    <t>ZOCOR (simvastatine)</t>
+  </si>
+  <si>
+    <t>01/25/2016 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984252/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984252</t>
   </si>
   <si>
     <t>simvastatine</t>
   </si>
   <si>
-    <t>MYLAN SAS</t>
-[...1424 lines deleted...]
-    <t>pprd_2983198</t>
+    <t>https://www.has-sante.fr/jcms/c_399024/en/zocor-20-mg-comprime-enrobe-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399207/en/zocor-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399884/en/zocor-20-mg-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400887/en/zocor-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401039/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025878/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651878/en/zocor-simvastatine-inhibiteur-de-l-hmg-coa-reductase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588559/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>ZONTIVITY (vorapaxar), antiagrégant plaquettaire</t>
+  </si>
+  <si>
+    <t>12/10/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984295/en/zontivity-vorapaxar-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>pprd_2984295</t>
+  </si>
+  <si>
+    <t>vorapaxar (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579446/en/zontivity-vorapaxar-platelet-aggregation-inhibitor</t>
+  </si>
+  <si>
+    <t>CARDIOCOR (bisoprolol (hémifumirate))</t>
+  </si>
+  <si>
+    <t>09/02/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984429/en/cardiocor-bisoprolol-hemifumirate</t>
+  </si>
+  <si>
+    <t>pprd_2984429</t>
+  </si>
+  <si>
+    <t>bisoprolol (hémifumirate)</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400647/en/cardiocor-1-25-mg-comprime-pellicule-boite-de-30-cip-353-152-5-cardiocor-2-5-mg-comprime-pellicule-secable-boite-de-30-cip-353-154-8-cardiocor-5-mg-comprime-pellicule-secable-boite-de-30-cip-353-158-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810810/en/cardiocor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962468/en/cardiocor-bisoprolol-hemifumirate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055730/en/cardiocor-bisoprolol-hemifumirate</t>
+  </si>
+  <si>
+    <t>INSPRA (éplérénone)</t>
+  </si>
+  <si>
+    <t>06/24/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984506/en/inspra-eplerenone</t>
+  </si>
+  <si>
+    <t>pprd_2984506</t>
+  </si>
+  <si>
+    <t>éplérénone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400266/en/inspra-25-mg-comprimes-pellicules-boite-de-28-et-boite-de-50-inspra-50-mg-comprimes-pellicules-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973827/en/inspra-eplerenone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1626105/en/inspra-eplerenone-antagoniste-de-l-adosterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751558/en/inspra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040111/en/inspra-eplerenone</t>
+  </si>
+  <si>
+    <t>EFIENT (prasugrel (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/27/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984538/en/efient-prasugrel-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984538</t>
+  </si>
+  <si>
+    <t>prasugrel (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834960/en/efient</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034340/en/efient-prasugrel-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>BRINAVESS (vernakalant (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/03/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984585/en/brinavess-vernakalant-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984585</t>
+  </si>
+  <si>
+    <t>vernakalant (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023187/en/brinavess-vernakalant-class-i-and-iii-antiarrhythmic</t>
+  </si>
+  <si>
+    <t>INOMAX (azote (monoxyde d'))</t>
+  </si>
+  <si>
+    <t>01/19/2015 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984626/en/inomax-azote-monoxyde-d</t>
+  </si>
+  <si>
+    <t>pprd_2984626</t>
+  </si>
+  <si>
+    <t>azote (monoxyde d')</t>
+  </si>
+  <si>
+    <t>LINDE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399254/en/inomax-azote-monoxyde-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603396/en/inomax-monoxyde-d-azote-vasodilatateur-inhale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005976/en/inomax-azote-monoxyde-d</t>
+  </si>
+  <si>
+    <t>OMACOR (oméga-3 (esters éthyliques d'acides) ((POISSON)))</t>
+  </si>
+  <si>
+    <t>11/14/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984674/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>pprd_2984674</t>
+  </si>
+  <si>
+    <t>oméga-3 (esters éthyliques d'acides) ((POISSON))</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874855/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670229/en/omacor-acides-gras-omega-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747979/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774141/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399447/en/omacor-capsule-boite-de-28</t>
+  </si>
+  <si>
+    <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
+  </si>
+  <si>
+    <t>06/26/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>pprd_2984749</t>
+  </si>
+  <si>
+    <t>amlodipine (bésilate d'),périndopril arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840942/en/coveram</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>VASTAREL (N/R/ trimétazidine (dichlorhydrate))</t>
+  </si>
+  <si>
+    <t>10/05/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985125/en/vastarel-n/r/-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985125</t>
+  </si>
+  <si>
+    <t>trimétazidine (dichlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399519/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451903/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523327/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618927/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104024/en/vastarel</t>
+  </si>
+  <si>
+    <t>MULTAQ (dronédarone)</t>
+  </si>
+  <si>
+    <t>06/22/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985148/en/multaq-dronedarone</t>
+  </si>
+  <si>
+    <t>pprd_2985148</t>
+  </si>
+  <si>
+    <t>dronédarone</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959027/en/multaq-dronedarone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069676/en/multaq</t>
+  </si>
+  <si>
+    <t>RANEXA (ranolazine)</t>
+  </si>
+  <si>
+    <t>05/21/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985151/en/ranexa-ranolazine</t>
+  </si>
+  <si>
+    <t>pprd_2985151</t>
+  </si>
+  <si>
+    <t>ranolazine</t>
+  </si>
+  <si>
+    <t>Laboratoire A. MENARINI FARMACEUTICA INTERNAZIONALE SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067925/en/ranexa-ranolazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883290/en/ranexa</t>
+  </si>
+  <si>
+    <t>TREDAPTIVE (acide nicotinique / laropiprant)</t>
+  </si>
+  <si>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985235/en/tredaptive-acide-nicotinique-/-laropiprant</t>
+  </si>
+  <si>
+    <t>pprd_2985235</t>
+  </si>
+  <si>
+    <t>acide nicotinique / laropiprant</t>
+  </si>
+  <si>
+    <t>Laboratoire MSD - CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1002687/en/tredaptive</t>
+  </si>
+  <si>
+    <t>ANGIOX (bivalirudine)</t>
+  </si>
+  <si>
+    <t>04/14/2011 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985272/en/angiox-bivalirudine</t>
+  </si>
+  <si>
+    <t>pprd_2985272</t>
   </si>
   <si>
     <t>bivalirudine</t>
   </si>
   <si>
-    <t>ACCORD HEALTHCARE FRANCE SAS</t>
-[...3052 lines deleted...]
-  <si>
     <t>Laboratoire THE MEDICINES COMPAGNY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400232/fr/angiox-250-mg-poudre-pour-solution-a-diluer-pour-solution-injectable-ou-pour-perfusion-voie-intraveineuse-boite-de-2-flacons-verre-cip-566-203-6-boite-de-10-flacons-verre-cip-566-193-0</t>
-[...173 lines deleted...]
-    <t>c_1600208</t>
+    <t>https://www.has-sante.fr/jcms/c_400232/en/angiox-250-mg-poudre-pour-solution-a-diluer-pour-solution-injectable-ou-pour-perfusion-voie-intraveineuse-boite-de-2-flacons-verre-cip-566-203-6-boite-de-10-flacons-verre-cip-566-193-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958809/en/angiox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798114/en/angiox</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
-  </si>
-[...37 lines deleted...]
-    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...65 lines deleted...]
-        <v>4198</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>4193</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>4199</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>4200</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>4088</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>4201</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>4202</v>
-[...441 lines deleted...]
-        <v>4286</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...10473 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J930"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D3" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="H3" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>52</v>
-[...76 lines deleted...]
-      <c r="B9" t="s">
         <v>62</v>
       </c>
-      <c r="C9" t="s">
-[...29494 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3863</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>3864</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>3865</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>3866</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3867</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>3868</v>
-[...857 lines deleted...]
-        <v>4034</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>4036</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
-        <v>4037</v>
+        <v>72</v>
       </c>
       <c r="D2" t="s">
-        <v>4038</v>
+        <v>73</v>
       </c>
       <c r="E2" t="s">
-        <v>4039</v>
+        <v>74</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>4040</v>
+        <v>75</v>
       </c>
       <c r="H2" t="s">
-        <v>4041</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>4042</v>
+        <v>77</v>
       </c>
       <c r="C3" t="s">
-        <v>4043</v>
+        <v>78</v>
       </c>
       <c r="D3" t="s">
-        <v>4044</v>
+        <v>79</v>
       </c>
       <c r="E3" t="s">
-        <v>4045</v>
+        <v>80</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>4046</v>
+        <v>81</v>
       </c>
       <c r="H3" t="s">
-        <v>4047</v>
+        <v>82</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>4048</v>
+        <v>83</v>
       </c>
       <c r="C4" t="s">
-        <v>4049</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
-        <v>4050</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>4051</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>4052</v>
+        <v>86</v>
       </c>
       <c r="H4" t="s">
-        <v>4053</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>4054</v>
+        <v>88</v>
       </c>
       <c r="C5" t="s">
-        <v>4055</v>
+        <v>89</v>
       </c>
       <c r="D5" t="s">
-        <v>4056</v>
+        <v>90</v>
       </c>
       <c r="E5" t="s">
-        <v>4057</v>
+        <v>91</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>4058</v>
+        <v>92</v>
       </c>
       <c r="H5" t="s">
-        <v>4059</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>4060</v>
+        <v>94</v>
       </c>
       <c r="C6" t="s">
-        <v>4061</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>2687</v>
+        <v>95</v>
       </c>
       <c r="E6" t="s">
-        <v>4062</v>
+        <v>96</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>4063</v>
+        <v>97</v>
       </c>
       <c r="H6" t="s">
-        <v>4064</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>4035</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>4065</v>
+        <v>99</v>
       </c>
       <c r="C7" t="s">
-        <v>4066</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>4067</v>
+        <v>101</v>
       </c>
       <c r="E7" t="s">
-        <v>4068</v>
+        <v>102</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>4069</v>
+        <v>103</v>
       </c>
       <c r="H7" t="s">
-        <v>4070</v>
+        <v>104</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E8" t="s">
+        <v>108</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>109</v>
+      </c>
+      <c r="H8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" t="s">
+        <v>112</v>
+      </c>
+      <c r="D9" t="s">
+        <v>113</v>
+      </c>
+      <c r="E9" t="s">
+        <v>114</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>115</v>
+      </c>
+      <c r="H9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>119</v>
+      </c>
+      <c r="E10" t="s">
+        <v>120</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>121</v>
+      </c>
+      <c r="H10" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>123</v>
+      </c>
+      <c r="E11" t="s">
+        <v>124</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>125</v>
+      </c>
+      <c r="H11" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:AD76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>4072</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>4073</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>4074</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>4075</v>
+        <v>133</v>
+      </c>
+      <c r="I2" t="s">
+        <v>134</v>
+      </c>
+      <c r="J2" t="s">
+        <v>135</v>
+      </c>
+      <c r="K2" t="s">
+        <v>136</v>
+      </c>
+      <c r="L2" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B3" t="s">
-        <v>4076</v>
+        <v>138</v>
       </c>
       <c r="C3" t="s">
-        <v>4077</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>4078</v>
+        <v>139</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>4079</v>
+        <v>140</v>
       </c>
       <c r="H3" t="s">
-        <v>4080</v>
+        <v>141</v>
+      </c>
+      <c r="I3" t="s">
+        <v>142</v>
+      </c>
+      <c r="J3" t="s">
+        <v>143</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>145</v>
+      </c>
+      <c r="M3" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B4" t="s">
-        <v>4081</v>
+        <v>147</v>
       </c>
       <c r="C4" t="s">
-        <v>4082</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>4083</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>4084</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>4085</v>
+        <v>150</v>
+      </c>
+      <c r="I4" t="s">
+        <v>151</v>
+      </c>
+      <c r="J4" t="s">
+        <v>152</v>
+      </c>
+      <c r="K4" t="s">
+        <v>153</v>
+      </c>
+      <c r="L4" t="s">
+        <v>154</v>
+      </c>
+      <c r="M4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N4" t="s">
+        <v>156</v>
+      </c>
+      <c r="O4" t="s">
+        <v>157</v>
+      </c>
+      <c r="P4" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>159</v>
+      </c>
+      <c r="R4" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B5" t="s">
-        <v>4086</v>
+        <v>161</v>
       </c>
       <c r="C5" t="s">
-        <v>4087</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>4088</v>
+        <v>162</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>4089</v>
+        <v>163</v>
       </c>
       <c r="H5" t="s">
-        <v>4090</v>
+        <v>164</v>
+      </c>
+      <c r="I5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K5" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B6" t="s">
-        <v>4091</v>
+        <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>4092</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>4093</v>
+        <v>169</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>4094</v>
+        <v>170</v>
       </c>
       <c r="H6" t="s">
-        <v>4095</v>
+        <v>171</v>
+      </c>
+      <c r="I6" t="s">
+        <v>172</v>
+      </c>
+      <c r="J6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K6" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B7" t="s">
-        <v>4096</v>
+        <v>175</v>
       </c>
       <c r="C7" t="s">
-        <v>4097</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>4098</v>
+        <v>176</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>4099</v>
+        <v>177</v>
       </c>
       <c r="H7" t="s">
-        <v>4100</v>
+        <v>178</v>
+      </c>
+      <c r="I7" t="s">
+        <v>179</v>
+      </c>
+      <c r="J7" t="s">
+        <v>180</v>
+      </c>
+      <c r="K7" t="s">
+        <v>181</v>
+      </c>
+      <c r="L7" t="s">
+        <v>182</v>
+      </c>
+      <c r="M7" t="s">
+        <v>183</v>
+      </c>
+      <c r="N7" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B8" t="s">
-        <v>4101</v>
+        <v>185</v>
       </c>
       <c r="C8" t="s">
-        <v>4102</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>4103</v>
+        <v>186</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>4104</v>
+        <v>187</v>
       </c>
       <c r="H8" t="s">
-        <v>4105</v>
+        <v>188</v>
+      </c>
+      <c r="I8" t="s">
+        <v>189</v>
+      </c>
+      <c r="J8" t="s">
+        <v>190</v>
+      </c>
+      <c r="K8" t="s">
+        <v>191</v>
+      </c>
+      <c r="L8" t="s">
+        <v>192</v>
+      </c>
+      <c r="M8" t="s">
+        <v>193</v>
+      </c>
+      <c r="N8" t="s">
+        <v>194</v>
+      </c>
+      <c r="O8" t="s">
+        <v>195</v>
+      </c>
+      <c r="P8" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B9" t="s">
-        <v>4106</v>
+        <v>197</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>4107</v>
+        <v>198</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>4108</v>
+        <v>199</v>
       </c>
       <c r="H9" t="s">
-        <v>4109</v>
+        <v>200</v>
+      </c>
+      <c r="I9" t="s">
+        <v>201</v>
+      </c>
+      <c r="J9" t="s">
+        <v>202</v>
+      </c>
+      <c r="K9" t="s">
+        <v>203</v>
+      </c>
+      <c r="L9" t="s">
+        <v>204</v>
+      </c>
+      <c r="M9" t="s">
+        <v>205</v>
+      </c>
+      <c r="N9" t="s">
+        <v>206</v>
+      </c>
+      <c r="O9" t="s">
+        <v>207</v>
+      </c>
+      <c r="P9" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>209</v>
+      </c>
+      <c r="R9" t="s">
+        <v>210</v>
+      </c>
+      <c r="S9" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>4071</v>
+        <v>129</v>
       </c>
       <c r="B10" t="s">
-        <v>4110</v>
+        <v>212</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>4111</v>
+        <v>213</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>4112</v>
+        <v>214</v>
       </c>
       <c r="H10" t="s">
-        <v>4113</v>
+        <v>215</v>
+      </c>
+      <c r="I10" t="s">
+        <v>216</v>
+      </c>
+      <c r="J10" t="s">
+        <v>217</v>
+      </c>
+      <c r="K10" t="s">
+        <v>218</v>
+      </c>
+      <c r="L10" t="s">
+        <v>219</v>
+      </c>
+      <c r="M10" t="s">
+        <v>220</v>
+      </c>
+      <c r="N10" t="s">
+        <v>221</v>
+      </c>
+      <c r="O10" t="s">
+        <v>222</v>
+      </c>
+      <c r="P10" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>129</v>
+      </c>
+      <c r="B11" t="s">
+        <v>224</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>225</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>226</v>
+      </c>
+      <c r="H11" t="s">
+        <v>227</v>
+      </c>
+      <c r="I11" t="s">
+        <v>228</v>
+      </c>
+      <c r="J11" t="s">
+        <v>229</v>
+      </c>
+      <c r="K11" t="s">
+        <v>230</v>
+      </c>
+      <c r="L11" t="s">
+        <v>231</v>
+      </c>
+      <c r="M11" t="s">
+        <v>232</v>
+      </c>
+      <c r="N11" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>129</v>
+      </c>
+      <c r="B12" t="s">
+        <v>234</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>235</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>236</v>
+      </c>
+      <c r="H12" t="s">
+        <v>237</v>
+      </c>
+      <c r="I12" t="s">
+        <v>238</v>
+      </c>
+      <c r="J12" t="s">
+        <v>239</v>
+      </c>
+      <c r="K12" t="s">
+        <v>240</v>
+      </c>
+      <c r="L12" t="s">
+        <v>241</v>
+      </c>
+      <c r="M12" t="s">
+        <v>242</v>
+      </c>
+      <c r="N12" t="s">
+        <v>243</v>
+      </c>
+      <c r="O12" t="s">
+        <v>244</v>
+      </c>
+      <c r="P12" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>246</v>
+      </c>
+      <c r="R12" t="s">
+        <v>247</v>
+      </c>
+      <c r="S12" t="s">
+        <v>248</v>
+      </c>
+      <c r="T12" t="s">
+        <v>249</v>
+      </c>
+      <c r="U12" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>129</v>
+      </c>
+      <c r="B13" t="s">
+        <v>251</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>252</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>253</v>
+      </c>
+      <c r="H13" t="s">
+        <v>254</v>
+      </c>
+      <c r="I13" t="s">
+        <v>255</v>
+      </c>
+      <c r="J13" t="s">
+        <v>202</v>
+      </c>
+      <c r="K13" t="s">
+        <v>256</v>
+      </c>
+      <c r="L13" t="s">
+        <v>257</v>
+      </c>
+      <c r="M13" t="s">
+        <v>258</v>
+      </c>
+      <c r="N13" t="s">
+        <v>259</v>
+      </c>
+      <c r="O13" t="s">
+        <v>260</v>
+      </c>
+      <c r="P13" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>262</v>
+      </c>
+      <c r="R13" t="s">
+        <v>263</v>
+      </c>
+      <c r="S13" t="s">
+        <v>264</v>
+      </c>
+      <c r="T13" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>129</v>
+      </c>
+      <c r="B14" t="s">
+        <v>266</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>267</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>268</v>
+      </c>
+      <c r="H14" t="s">
+        <v>269</v>
+      </c>
+      <c r="I14" t="s">
+        <v>270</v>
+      </c>
+      <c r="J14" t="s">
+        <v>271</v>
+      </c>
+      <c r="K14" t="s">
+        <v>272</v>
+      </c>
+      <c r="L14" t="s">
+        <v>273</v>
+      </c>
+      <c r="M14" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>275</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>276</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>277</v>
+      </c>
+      <c r="H15" t="s">
+        <v>278</v>
+      </c>
+      <c r="I15" t="s">
+        <v>279</v>
+      </c>
+      <c r="J15" t="s">
+        <v>280</v>
+      </c>
+      <c r="K15" t="s">
+        <v>281</v>
+      </c>
+      <c r="L15" t="s">
+        <v>282</v>
+      </c>
+      <c r="M15" t="s">
+        <v>283</v>
+      </c>
+      <c r="N15" t="s">
+        <v>284</v>
+      </c>
+      <c r="O15" t="s">
+        <v>285</v>
+      </c>
+      <c r="P15" t="s">
+        <v>286</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>287</v>
+      </c>
+      <c r="R15" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>289</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>290</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>291</v>
+      </c>
+      <c r="H16" t="s">
+        <v>292</v>
+      </c>
+      <c r="I16" t="s">
+        <v>293</v>
+      </c>
+      <c r="J16" t="s">
+        <v>135</v>
+      </c>
+      <c r="K16" t="s">
+        <v>294</v>
+      </c>
+      <c r="L16" t="s">
+        <v>295</v>
+      </c>
+      <c r="M16" t="s">
+        <v>296</v>
+      </c>
+      <c r="N16" t="s">
+        <v>297</v>
+      </c>
+      <c r="O16" t="s">
+        <v>298</v>
+      </c>
+      <c r="P16" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>301</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>302</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>303</v>
+      </c>
+      <c r="H17" t="s">
+        <v>304</v>
+      </c>
+      <c r="I17" t="s">
+        <v>305</v>
+      </c>
+      <c r="J17" t="s">
+        <v>152</v>
+      </c>
+      <c r="K17" t="s">
+        <v>306</v>
+      </c>
+      <c r="L17" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>308</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>309</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>310</v>
+      </c>
+      <c r="H18" t="s">
+        <v>311</v>
+      </c>
+      <c r="I18" t="s">
+        <v>312</v>
+      </c>
+      <c r="J18" t="s">
+        <v>313</v>
+      </c>
+      <c r="K18" t="s">
+        <v>314</v>
+      </c>
+      <c r="L18" t="s">
+        <v>315</v>
+      </c>
+      <c r="M18" t="s">
+        <v>316</v>
+      </c>
+      <c r="N18" t="s">
+        <v>317</v>
+      </c>
+      <c r="O18" t="s">
+        <v>318</v>
+      </c>
+      <c r="P18" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>320</v>
+      </c>
+      <c r="R18" t="s">
+        <v>321</v>
+      </c>
+      <c r="S18" t="s">
+        <v>322</v>
+      </c>
+      <c r="T18" t="s">
+        <v>323</v>
+      </c>
+      <c r="U18" t="s">
+        <v>324</v>
+      </c>
+      <c r="V18" t="s">
+        <v>325</v>
+      </c>
+      <c r="W18" t="s">
+        <v>326</v>
+      </c>
+      <c r="X18" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>328</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>329</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>330</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>331</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>332</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>334</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>335</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>336</v>
+      </c>
+      <c r="H19" t="s">
+        <v>337</v>
+      </c>
+      <c r="I19" t="s">
+        <v>338</v>
+      </c>
+      <c r="J19" t="s">
+        <v>339</v>
+      </c>
+      <c r="K19" t="s">
+        <v>340</v>
+      </c>
+      <c r="L19" t="s">
+        <v>341</v>
+      </c>
+      <c r="M19" t="s">
+        <v>342</v>
+      </c>
+      <c r="N19" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>344</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>345</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>346</v>
+      </c>
+      <c r="H20" t="s">
+        <v>347</v>
+      </c>
+      <c r="I20" t="s">
+        <v>348</v>
+      </c>
+      <c r="J20" t="s">
+        <v>239</v>
+      </c>
+      <c r="K20" t="s">
+        <v>349</v>
+      </c>
+      <c r="L20" t="s">
+        <v>350</v>
+      </c>
+      <c r="M20" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>352</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>353</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>354</v>
+      </c>
+      <c r="H21" t="s">
+        <v>355</v>
+      </c>
+      <c r="I21" t="s">
+        <v>356</v>
+      </c>
+      <c r="J21" t="s">
+        <v>357</v>
+      </c>
+      <c r="K21" t="s">
+        <v>358</v>
+      </c>
+      <c r="L21" t="s">
+        <v>359</v>
+      </c>
+      <c r="M21" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" t="s">
+        <v>361</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>362</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>363</v>
+      </c>
+      <c r="H22" t="s">
+        <v>364</v>
+      </c>
+      <c r="I22" t="s">
+        <v>365</v>
+      </c>
+      <c r="J22" t="s">
+        <v>366</v>
+      </c>
+      <c r="K22" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>368</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>369</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>370</v>
+      </c>
+      <c r="H23" t="s">
+        <v>371</v>
+      </c>
+      <c r="I23" t="s">
+        <v>372</v>
+      </c>
+      <c r="J23" t="s">
+        <v>373</v>
+      </c>
+      <c r="K23" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>129</v>
+      </c>
+      <c r="B24" t="s">
+        <v>375</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>376</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>377</v>
+      </c>
+      <c r="H24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I24" t="s">
+        <v>379</v>
+      </c>
+      <c r="J24" t="s">
+        <v>380</v>
+      </c>
+      <c r="K24" t="s">
+        <v>381</v>
+      </c>
+      <c r="L24" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>383</v>
+      </c>
+      <c r="C25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>384</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>385</v>
+      </c>
+      <c r="H25" t="s">
+        <v>386</v>
+      </c>
+      <c r="I25" t="s">
+        <v>387</v>
+      </c>
+      <c r="J25" t="s">
+        <v>239</v>
+      </c>
+      <c r="K25" t="s">
+        <v>388</v>
+      </c>
+      <c r="L25" t="s">
+        <v>389</v>
+      </c>
+      <c r="M25" t="s">
+        <v>390</v>
+      </c>
+      <c r="N25" t="s">
+        <v>391</v>
+      </c>
+      <c r="O25" t="s">
+        <v>392</v>
+      </c>
+      <c r="P25" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>129</v>
+      </c>
+      <c r="B26" t="s">
+        <v>394</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>395</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>396</v>
+      </c>
+      <c r="H26" t="s">
+        <v>397</v>
+      </c>
+      <c r="I26" t="s">
+        <v>398</v>
+      </c>
+      <c r="J26" t="s">
+        <v>239</v>
+      </c>
+      <c r="K26" t="s">
+        <v>399</v>
+      </c>
+      <c r="L26" t="s">
+        <v>400</v>
+      </c>
+      <c r="M26" t="s">
+        <v>401</v>
+      </c>
+      <c r="N26" t="s">
+        <v>402</v>
+      </c>
+      <c r="O26" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>129</v>
+      </c>
+      <c r="B27" t="s">
+        <v>404</v>
+      </c>
+      <c r="C27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>405</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>406</v>
+      </c>
+      <c r="H27" t="s">
+        <v>407</v>
+      </c>
+      <c r="I27" t="s">
+        <v>408</v>
+      </c>
+      <c r="J27" t="s">
+        <v>409</v>
+      </c>
+      <c r="K27" t="s">
+        <v>410</v>
+      </c>
+      <c r="L27" t="s">
+        <v>411</v>
+      </c>
+      <c r="M27" t="s">
+        <v>412</v>
+      </c>
+      <c r="N27" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>129</v>
+      </c>
+      <c r="B28" t="s">
+        <v>414</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>415</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>416</v>
+      </c>
+      <c r="H28" t="s">
+        <v>417</v>
+      </c>
+      <c r="I28" t="s">
+        <v>418</v>
+      </c>
+      <c r="J28" t="s">
+        <v>419</v>
+      </c>
+      <c r="K28" t="s">
+        <v>420</v>
+      </c>
+      <c r="L28" t="s">
+        <v>421</v>
+      </c>
+      <c r="M28" t="s">
+        <v>422</v>
+      </c>
+      <c r="N28" t="s">
+        <v>423</v>
+      </c>
+      <c r="O28" t="s">
+        <v>424</v>
+      </c>
+      <c r="P28" t="s">
+        <v>425</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>129</v>
+      </c>
+      <c r="B29" t="s">
+        <v>427</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>428</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>429</v>
+      </c>
+      <c r="H29" t="s">
+        <v>430</v>
+      </c>
+      <c r="I29" t="s">
+        <v>408</v>
+      </c>
+      <c r="J29" t="s">
+        <v>239</v>
+      </c>
+      <c r="K29" t="s">
+        <v>431</v>
+      </c>
+      <c r="L29" t="s">
+        <v>432</v>
+      </c>
+      <c r="M29" t="s">
+        <v>433</v>
+      </c>
+      <c r="N29" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>435</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>436</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>437</v>
+      </c>
+      <c r="H30" t="s">
+        <v>438</v>
+      </c>
+      <c r="I30" t="s">
+        <v>439</v>
+      </c>
+      <c r="J30" t="s">
+        <v>419</v>
+      </c>
+      <c r="K30" t="s">
+        <v>440</v>
+      </c>
+      <c r="L30" t="s">
+        <v>441</v>
+      </c>
+      <c r="M30" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>443</v>
+      </c>
+      <c r="C31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>444</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>445</v>
+      </c>
+      <c r="H31" t="s">
+        <v>446</v>
+      </c>
+      <c r="I31" t="s">
+        <v>447</v>
+      </c>
+      <c r="J31" t="s">
+        <v>448</v>
+      </c>
+      <c r="K31" t="s">
+        <v>449</v>
+      </c>
+      <c r="L31" t="s">
+        <v>450</v>
+      </c>
+      <c r="M31" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>452</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>453</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>454</v>
+      </c>
+      <c r="H32" t="s">
+        <v>455</v>
+      </c>
+      <c r="I32" t="s">
+        <v>456</v>
+      </c>
+      <c r="J32" t="s">
+        <v>239</v>
+      </c>
+      <c r="K32" t="s">
+        <v>457</v>
+      </c>
+      <c r="L32" t="s">
+        <v>458</v>
+      </c>
+      <c r="M32" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" t="s">
+        <v>460</v>
+      </c>
+      <c r="C33" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>461</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>462</v>
+      </c>
+      <c r="H33" t="s">
+        <v>463</v>
+      </c>
+      <c r="I33" t="s">
+        <v>464</v>
+      </c>
+      <c r="J33" t="s">
+        <v>239</v>
+      </c>
+      <c r="K33" t="s">
+        <v>465</v>
+      </c>
+      <c r="L33" t="s">
+        <v>466</v>
+      </c>
+      <c r="M33" t="s">
+        <v>467</v>
+      </c>
+      <c r="N33" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" t="s">
+        <v>469</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>470</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>471</v>
+      </c>
+      <c r="H34" t="s">
+        <v>472</v>
+      </c>
+      <c r="I34" t="s">
+        <v>473</v>
+      </c>
+      <c r="J34" t="s">
+        <v>474</v>
+      </c>
+      <c r="K34" t="s">
+        <v>475</v>
+      </c>
+      <c r="L34" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>129</v>
+      </c>
+      <c r="B35" t="s">
+        <v>477</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>478</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>479</v>
+      </c>
+      <c r="H35" t="s">
+        <v>480</v>
+      </c>
+      <c r="I35" t="s">
+        <v>481</v>
+      </c>
+      <c r="J35" t="s">
+        <v>482</v>
+      </c>
+      <c r="K35" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>129</v>
+      </c>
+      <c r="B36" t="s">
+        <v>484</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>485</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>486</v>
+      </c>
+      <c r="H36" t="s">
+        <v>487</v>
+      </c>
+      <c r="I36" t="s">
+        <v>488</v>
+      </c>
+      <c r="J36" t="s">
+        <v>271</v>
+      </c>
+      <c r="K36" t="s">
+        <v>489</v>
+      </c>
+      <c r="L36" t="s">
+        <v>490</v>
+      </c>
+      <c r="M36" t="s">
+        <v>491</v>
+      </c>
+      <c r="N36" t="s">
+        <v>492</v>
+      </c>
+      <c r="O36" t="s">
+        <v>493</v>
+      </c>
+      <c r="P36" t="s">
+        <v>494</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>495</v>
+      </c>
+      <c r="R36" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>129</v>
+      </c>
+      <c r="B37" t="s">
+        <v>497</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>498</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>499</v>
+      </c>
+      <c r="H37" t="s">
+        <v>500</v>
+      </c>
+      <c r="I37" t="s">
+        <v>501</v>
+      </c>
+      <c r="J37" t="s">
+        <v>135</v>
+      </c>
+      <c r="K37" t="s">
+        <v>502</v>
+      </c>
+      <c r="L37" t="s">
+        <v>503</v>
+      </c>
+      <c r="M37" t="s">
+        <v>504</v>
+      </c>
+      <c r="N37" t="s">
+        <v>505</v>
+      </c>
+      <c r="O37" t="s">
+        <v>506</v>
+      </c>
+      <c r="P37" t="s">
+        <v>507</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>508</v>
+      </c>
+      <c r="R37" t="s">
+        <v>509</v>
+      </c>
+      <c r="S37" t="s">
+        <v>510</v>
+      </c>
+      <c r="T37" t="s">
+        <v>511</v>
+      </c>
+      <c r="U37" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>129</v>
+      </c>
+      <c r="B38" t="s">
+        <v>513</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>514</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>515</v>
+      </c>
+      <c r="H38" t="s">
+        <v>516</v>
+      </c>
+      <c r="I38" t="s">
+        <v>517</v>
+      </c>
+      <c r="J38" t="s">
+        <v>518</v>
+      </c>
+      <c r="K38" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>129</v>
+      </c>
+      <c r="B39" t="s">
+        <v>520</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>521</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>522</v>
+      </c>
+      <c r="H39" t="s">
+        <v>523</v>
+      </c>
+      <c r="I39" t="s">
+        <v>524</v>
+      </c>
+      <c r="J39" t="s">
+        <v>525</v>
+      </c>
+      <c r="K39" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>129</v>
+      </c>
+      <c r="B40" t="s">
+        <v>527</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>528</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>529</v>
+      </c>
+      <c r="H40" t="s">
+        <v>530</v>
+      </c>
+      <c r="I40" t="s">
+        <v>531</v>
+      </c>
+      <c r="J40" t="s">
+        <v>532</v>
+      </c>
+      <c r="K40" t="s">
+        <v>533</v>
+      </c>
+      <c r="L40" t="s">
+        <v>534</v>
+      </c>
+      <c r="M40" t="s">
+        <v>535</v>
+      </c>
+      <c r="N40" t="s">
+        <v>536</v>
+      </c>
+      <c r="O40" t="s">
+        <v>537</v>
+      </c>
+      <c r="P40" t="s">
+        <v>538</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>129</v>
+      </c>
+      <c r="B41" t="s">
+        <v>540</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>541</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>542</v>
+      </c>
+      <c r="H41" t="s">
+        <v>543</v>
+      </c>
+      <c r="I41" t="s">
+        <v>544</v>
+      </c>
+      <c r="J41" t="s">
+        <v>545</v>
+      </c>
+      <c r="K41" t="s">
+        <v>546</v>
+      </c>
+      <c r="L41" t="s">
+        <v>547</v>
+      </c>
+      <c r="M41" t="s">
+        <v>548</v>
+      </c>
+      <c r="N41" t="s">
+        <v>549</v>
+      </c>
+      <c r="O41" t="s">
+        <v>550</v>
+      </c>
+      <c r="P41" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>129</v>
+      </c>
+      <c r="B42" t="s">
+        <v>552</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>553</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>554</v>
+      </c>
+      <c r="H42" t="s">
+        <v>555</v>
+      </c>
+      <c r="I42" t="s">
+        <v>556</v>
+      </c>
+      <c r="J42" t="s">
+        <v>135</v>
+      </c>
+      <c r="K42" t="s">
+        <v>557</v>
+      </c>
+      <c r="L42" t="s">
+        <v>558</v>
+      </c>
+      <c r="M42" t="s">
+        <v>559</v>
+      </c>
+      <c r="N42" t="s">
+        <v>560</v>
+      </c>
+      <c r="O42" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>129</v>
+      </c>
+      <c r="B43" t="s">
+        <v>562</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>563</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>564</v>
+      </c>
+      <c r="H43" t="s">
+        <v>565</v>
+      </c>
+      <c r="I43" t="s">
+        <v>566</v>
+      </c>
+      <c r="J43" t="s">
+        <v>567</v>
+      </c>
+      <c r="K43" t="s">
+        <v>568</v>
+      </c>
+      <c r="L43" t="s">
+        <v>569</v>
+      </c>
+      <c r="M43" t="s">
+        <v>570</v>
+      </c>
+      <c r="N43" t="s">
+        <v>571</v>
+      </c>
+      <c r="O43" t="s">
+        <v>572</v>
+      </c>
+      <c r="P43" t="s">
+        <v>573</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>574</v>
+      </c>
+      <c r="R43" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>129</v>
+      </c>
+      <c r="B44" t="s">
+        <v>576</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>577</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>578</v>
+      </c>
+      <c r="H44" t="s">
+        <v>579</v>
+      </c>
+      <c r="I44" t="s">
+        <v>580</v>
+      </c>
+      <c r="J44" t="s">
+        <v>581</v>
+      </c>
+      <c r="K44" t="s">
+        <v>582</v>
+      </c>
+      <c r="L44" t="s">
+        <v>583</v>
+      </c>
+      <c r="M44" t="s">
+        <v>584</v>
+      </c>
+      <c r="N44" t="s">
+        <v>585</v>
+      </c>
+      <c r="O44" t="s">
+        <v>586</v>
+      </c>
+      <c r="P44" t="s">
+        <v>587</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>588</v>
+      </c>
+      <c r="R44" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>129</v>
+      </c>
+      <c r="B45" t="s">
+        <v>590</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>591</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>592</v>
+      </c>
+      <c r="H45" t="s">
+        <v>593</v>
+      </c>
+      <c r="I45" t="s">
+        <v>594</v>
+      </c>
+      <c r="J45" t="s">
+        <v>545</v>
+      </c>
+      <c r="K45" t="s">
+        <v>595</v>
+      </c>
+      <c r="L45" t="s">
+        <v>596</v>
+      </c>
+      <c r="M45" t="s">
+        <v>597</v>
+      </c>
+      <c r="N45" t="s">
+        <v>598</v>
+      </c>
+      <c r="O45" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>129</v>
+      </c>
+      <c r="B46" t="s">
+        <v>600</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>601</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>602</v>
+      </c>
+      <c r="H46" t="s">
+        <v>603</v>
+      </c>
+      <c r="I46" t="s">
+        <v>604</v>
+      </c>
+      <c r="J46" t="s">
+        <v>605</v>
+      </c>
+      <c r="K46" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>129</v>
+      </c>
+      <c r="B47" t="s">
+        <v>607</v>
+      </c>
+      <c r="C47" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
+        <v>608</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>609</v>
+      </c>
+      <c r="H47" t="s">
+        <v>610</v>
+      </c>
+      <c r="I47" t="s">
+        <v>611</v>
+      </c>
+      <c r="J47" t="s">
+        <v>612</v>
+      </c>
+      <c r="K47" t="s">
+        <v>613</v>
+      </c>
+      <c r="L47" t="s">
+        <v>614</v>
+      </c>
+      <c r="M47" t="s">
+        <v>615</v>
+      </c>
+      <c r="N47" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>129</v>
+      </c>
+      <c r="B48" t="s">
+        <v>617</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>618</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>619</v>
+      </c>
+      <c r="H48" t="s">
+        <v>620</v>
+      </c>
+      <c r="I48" t="s">
+        <v>621</v>
+      </c>
+      <c r="J48" t="s">
+        <v>622</v>
+      </c>
+      <c r="K48" t="s">
+        <v>623</v>
+      </c>
+      <c r="L48" t="s">
+        <v>624</v>
+      </c>
+      <c r="M48" t="s">
+        <v>625</v>
+      </c>
+      <c r="N48" t="s">
+        <v>626</v>
+      </c>
+      <c r="O48" t="s">
+        <v>627</v>
+      </c>
+      <c r="P48" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>129</v>
+      </c>
+      <c r="B49" t="s">
+        <v>630</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>631</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>632</v>
+      </c>
+      <c r="H49" t="s">
+        <v>633</v>
+      </c>
+      <c r="I49" t="s">
+        <v>634</v>
+      </c>
+      <c r="J49" t="s">
+        <v>271</v>
+      </c>
+      <c r="K49" t="s">
+        <v>635</v>
+      </c>
+      <c r="L49" t="s">
+        <v>636</v>
+      </c>
+      <c r="M49" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>129</v>
+      </c>
+      <c r="B50" t="s">
+        <v>638</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>639</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>640</v>
+      </c>
+      <c r="H50" t="s">
+        <v>641</v>
+      </c>
+      <c r="I50" t="s">
+        <v>642</v>
+      </c>
+      <c r="J50" t="s">
+        <v>271</v>
+      </c>
+      <c r="K50" t="s">
+        <v>643</v>
+      </c>
+      <c r="L50" t="s">
+        <v>644</v>
+      </c>
+      <c r="M50" t="s">
+        <v>645</v>
+      </c>
+      <c r="N50" t="s">
+        <v>646</v>
+      </c>
+      <c r="O50" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>129</v>
+      </c>
+      <c r="B51" t="s">
+        <v>648</v>
+      </c>
+      <c r="C51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>649</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>650</v>
+      </c>
+      <c r="H51" t="s">
+        <v>651</v>
+      </c>
+      <c r="I51" t="s">
+        <v>652</v>
+      </c>
+      <c r="J51" t="s">
+        <v>653</v>
+      </c>
+      <c r="K51" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>129</v>
+      </c>
+      <c r="B52" t="s">
+        <v>655</v>
+      </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>656</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>657</v>
+      </c>
+      <c r="H52" t="s">
+        <v>658</v>
+      </c>
+      <c r="I52" t="s">
+        <v>659</v>
+      </c>
+      <c r="J52" t="s">
+        <v>173</v>
+      </c>
+      <c r="K52" t="s">
+        <v>660</v>
+      </c>
+      <c r="L52" t="s">
+        <v>661</v>
+      </c>
+      <c r="M52" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>129</v>
+      </c>
+      <c r="B53" t="s">
+        <v>663</v>
+      </c>
+      <c r="C53" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>664</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>665</v>
+      </c>
+      <c r="H53" t="s">
+        <v>666</v>
+      </c>
+      <c r="I53" t="s">
+        <v>667</v>
+      </c>
+      <c r="J53" t="s">
+        <v>668</v>
+      </c>
+      <c r="K53" t="s">
+        <v>669</v>
+      </c>
+      <c r="L53" t="s">
+        <v>670</v>
+      </c>
+      <c r="M53" t="s">
+        <v>671</v>
+      </c>
+      <c r="N53" t="s">
+        <v>672</v>
+      </c>
+      <c r="O53" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>129</v>
+      </c>
+      <c r="B54" t="s">
+        <v>674</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>675</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>676</v>
+      </c>
+      <c r="H54" t="s">
+        <v>677</v>
+      </c>
+      <c r="I54" t="s">
+        <v>678</v>
+      </c>
+      <c r="J54" t="s">
+        <v>525</v>
+      </c>
+      <c r="K54" t="s">
+        <v>679</v>
+      </c>
+      <c r="L54" t="s">
+        <v>680</v>
+      </c>
+      <c r="M54" t="s">
+        <v>681</v>
+      </c>
+      <c r="N54" t="s">
+        <v>682</v>
+      </c>
+      <c r="O54" t="s">
+        <v>683</v>
+      </c>
+      <c r="P54" t="s">
+        <v>684</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" t="s">
+        <v>686</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>675</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>687</v>
+      </c>
+      <c r="H55" t="s">
+        <v>688</v>
+      </c>
+      <c r="I55" t="s">
+        <v>689</v>
+      </c>
+      <c r="J55" t="s">
+        <v>202</v>
+      </c>
+      <c r="K55" t="s">
+        <v>690</v>
+      </c>
+      <c r="L55" t="s">
+        <v>691</v>
+      </c>
+      <c r="M55" t="s">
+        <v>692</v>
+      </c>
+      <c r="N55" t="s">
+        <v>693</v>
+      </c>
+      <c r="O55" t="s">
+        <v>694</v>
+      </c>
+      <c r="P55" t="s">
+        <v>695</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>696</v>
+      </c>
+      <c r="R55" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>129</v>
+      </c>
+      <c r="B56" t="s">
+        <v>698</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>699</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>700</v>
+      </c>
+      <c r="H56" t="s">
+        <v>701</v>
+      </c>
+      <c r="I56" t="s">
+        <v>702</v>
+      </c>
+      <c r="J56" t="s">
+        <v>532</v>
+      </c>
+      <c r="K56" t="s">
+        <v>703</v>
+      </c>
+      <c r="L56" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" t="s">
+        <v>705</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>699</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>706</v>
+      </c>
+      <c r="H57" t="s">
+        <v>707</v>
+      </c>
+      <c r="I57" t="s">
+        <v>708</v>
+      </c>
+      <c r="J57" t="s">
+        <v>532</v>
+      </c>
+      <c r="K57" t="s">
+        <v>709</v>
+      </c>
+      <c r="L57" t="s">
+        <v>710</v>
+      </c>
+      <c r="M57" t="s">
+        <v>711</v>
+      </c>
+      <c r="N57" t="s">
+        <v>712</v>
+      </c>
+      <c r="O57" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>129</v>
+      </c>
+      <c r="B58" t="s">
+        <v>714</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>715</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>716</v>
+      </c>
+      <c r="H58" t="s">
+        <v>717</v>
+      </c>
+      <c r="I58" t="s">
+        <v>488</v>
+      </c>
+      <c r="J58" t="s">
+        <v>718</v>
+      </c>
+      <c r="K58" t="s">
+        <v>719</v>
+      </c>
+      <c r="L58" t="s">
+        <v>720</v>
+      </c>
+      <c r="M58" t="s">
+        <v>721</v>
+      </c>
+      <c r="N58" t="s">
+        <v>722</v>
+      </c>
+      <c r="O58" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>129</v>
+      </c>
+      <c r="B59" t="s">
+        <v>724</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>725</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>726</v>
+      </c>
+      <c r="H59" t="s">
+        <v>727</v>
+      </c>
+      <c r="I59" t="s">
+        <v>728</v>
+      </c>
+      <c r="J59" t="s">
+        <v>729</v>
+      </c>
+      <c r="K59" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>129</v>
+      </c>
+      <c r="B60" t="s">
+        <v>731</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>732</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>733</v>
+      </c>
+      <c r="H60" t="s">
+        <v>734</v>
+      </c>
+      <c r="I60" t="s">
+        <v>735</v>
+      </c>
+      <c r="J60" t="s">
+        <v>736</v>
+      </c>
+      <c r="K60" t="s">
+        <v>737</v>
+      </c>
+      <c r="L60" t="s">
+        <v>738</v>
+      </c>
+      <c r="M60" t="s">
+        <v>739</v>
+      </c>
+      <c r="N60" t="s">
+        <v>740</v>
+      </c>
+      <c r="O60" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>129</v>
+      </c>
+      <c r="B61" t="s">
+        <v>742</v>
+      </c>
+      <c r="C61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>743</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>744</v>
+      </c>
+      <c r="H61" t="s">
+        <v>745</v>
+      </c>
+      <c r="I61" t="s">
+        <v>746</v>
+      </c>
+      <c r="J61" t="s">
+        <v>605</v>
+      </c>
+      <c r="K61" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" t="s">
+        <v>748</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>749</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>750</v>
+      </c>
+      <c r="H62" t="s">
+        <v>751</v>
+      </c>
+      <c r="I62" t="s">
+        <v>752</v>
+      </c>
+      <c r="J62" t="s">
+        <v>753</v>
+      </c>
+      <c r="K62" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
+        <v>755</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>756</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>757</v>
+      </c>
+      <c r="H63" t="s">
+        <v>758</v>
+      </c>
+      <c r="I63" t="s">
+        <v>759</v>
+      </c>
+      <c r="J63" t="s">
+        <v>532</v>
+      </c>
+      <c r="K63" t="s">
+        <v>760</v>
+      </c>
+      <c r="L63" t="s">
+        <v>761</v>
+      </c>
+      <c r="M63" t="s">
+        <v>762</v>
+      </c>
+      <c r="N63" t="s">
+        <v>763</v>
+      </c>
+      <c r="O63" t="s">
+        <v>764</v>
+      </c>
+      <c r="P63" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>766</v>
+      </c>
+      <c r="R63" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" t="s">
+        <v>768</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>769</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>770</v>
+      </c>
+      <c r="H64" t="s">
+        <v>771</v>
+      </c>
+      <c r="I64" t="s">
+        <v>772</v>
+      </c>
+      <c r="J64" t="s">
+        <v>532</v>
+      </c>
+      <c r="K64" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" t="s">
+        <v>774</v>
+      </c>
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>775</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>776</v>
+      </c>
+      <c r="H65" t="s">
+        <v>777</v>
+      </c>
+      <c r="I65" t="s">
+        <v>778</v>
+      </c>
+      <c r="J65" t="s">
+        <v>779</v>
+      </c>
+      <c r="K65" t="s">
+        <v>780</v>
+      </c>
+      <c r="L65" t="s">
+        <v>781</v>
+      </c>
+      <c r="M65" t="s">
+        <v>782</v>
+      </c>
+      <c r="N65" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" t="s">
+        <v>784</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" t="s">
+        <v>785</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>786</v>
+      </c>
+      <c r="H66" t="s">
+        <v>787</v>
+      </c>
+      <c r="I66" t="s">
+        <v>788</v>
+      </c>
+      <c r="J66" t="s">
+        <v>280</v>
+      </c>
+      <c r="K66" t="s">
+        <v>789</v>
+      </c>
+      <c r="L66" t="s">
+        <v>790</v>
+      </c>
+      <c r="M66" t="s">
+        <v>791</v>
+      </c>
+      <c r="N66" t="s">
+        <v>792</v>
+      </c>
+      <c r="O66" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>129</v>
+      </c>
+      <c r="B67" t="s">
+        <v>794</v>
+      </c>
+      <c r="C67" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" t="s">
+        <v>795</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>796</v>
+      </c>
+      <c r="H67" t="s">
+        <v>797</v>
+      </c>
+      <c r="I67" t="s">
+        <v>798</v>
+      </c>
+      <c r="J67" t="s">
+        <v>799</v>
+      </c>
+      <c r="K67" t="s">
+        <v>800</v>
+      </c>
+      <c r="L67" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>129</v>
+      </c>
+      <c r="B68" t="s">
+        <v>802</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>803</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>804</v>
+      </c>
+      <c r="H68" t="s">
+        <v>805</v>
+      </c>
+      <c r="I68" t="s">
+        <v>806</v>
+      </c>
+      <c r="J68" t="s">
+        <v>482</v>
+      </c>
+      <c r="K68" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>129</v>
+      </c>
+      <c r="B69" t="s">
+        <v>808</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>809</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>810</v>
+      </c>
+      <c r="H69" t="s">
+        <v>811</v>
+      </c>
+      <c r="I69" t="s">
+        <v>812</v>
+      </c>
+      <c r="J69" t="s">
+        <v>813</v>
+      </c>
+      <c r="K69" t="s">
+        <v>814</v>
+      </c>
+      <c r="L69" t="s">
+        <v>815</v>
+      </c>
+      <c r="M69" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>129</v>
+      </c>
+      <c r="B70" t="s">
+        <v>817</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" t="s">
+        <v>818</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>819</v>
+      </c>
+      <c r="H70" t="s">
+        <v>820</v>
+      </c>
+      <c r="I70" t="s">
+        <v>821</v>
+      </c>
+      <c r="J70" t="s">
+        <v>822</v>
+      </c>
+      <c r="K70" t="s">
+        <v>823</v>
+      </c>
+      <c r="L70" t="s">
+        <v>824</v>
+      </c>
+      <c r="M70" t="s">
+        <v>825</v>
+      </c>
+      <c r="N70" t="s">
+        <v>826</v>
+      </c>
+      <c r="O70" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>129</v>
+      </c>
+      <c r="B71" t="s">
+        <v>828</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>829</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>830</v>
+      </c>
+      <c r="H71" t="s">
+        <v>831</v>
+      </c>
+      <c r="I71" t="s">
+        <v>832</v>
+      </c>
+      <c r="J71" t="s">
+        <v>668</v>
+      </c>
+      <c r="K71" t="s">
+        <v>833</v>
+      </c>
+      <c r="L71" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>129</v>
+      </c>
+      <c r="B72" t="s">
+        <v>835</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" t="s">
+        <v>836</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>837</v>
+      </c>
+      <c r="H72" t="s">
+        <v>838</v>
+      </c>
+      <c r="I72" t="s">
+        <v>839</v>
+      </c>
+      <c r="J72" t="s">
+        <v>668</v>
+      </c>
+      <c r="K72" t="s">
+        <v>840</v>
+      </c>
+      <c r="L72" t="s">
+        <v>841</v>
+      </c>
+      <c r="M72" t="s">
+        <v>842</v>
+      </c>
+      <c r="N72" t="s">
+        <v>843</v>
+      </c>
+      <c r="O72" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>129</v>
+      </c>
+      <c r="B73" t="s">
+        <v>845</v>
+      </c>
+      <c r="C73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" t="s">
+        <v>846</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>847</v>
+      </c>
+      <c r="H73" t="s">
+        <v>848</v>
+      </c>
+      <c r="I73" t="s">
+        <v>849</v>
+      </c>
+      <c r="J73" t="s">
+        <v>850</v>
+      </c>
+      <c r="K73" t="s">
+        <v>851</v>
+      </c>
+      <c r="L73" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>129</v>
+      </c>
+      <c r="B74" t="s">
+        <v>853</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" t="s">
+        <v>854</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>855</v>
+      </c>
+      <c r="H74" t="s">
+        <v>856</v>
+      </c>
+      <c r="I74" t="s">
+        <v>857</v>
+      </c>
+      <c r="J74" t="s">
+        <v>858</v>
+      </c>
+      <c r="K74" t="s">
+        <v>859</v>
+      </c>
+      <c r="L74" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>129</v>
+      </c>
+      <c r="B75" t="s">
+        <v>861</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>862</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>863</v>
+      </c>
+      <c r="H75" t="s">
+        <v>864</v>
+      </c>
+      <c r="I75" t="s">
+        <v>865</v>
+      </c>
+      <c r="J75" t="s">
+        <v>866</v>
+      </c>
+      <c r="K75" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>129</v>
+      </c>
+      <c r="B76" t="s">
+        <v>868</v>
+      </c>
+      <c r="C76" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" t="s">
+        <v>869</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>870</v>
+      </c>
+      <c r="H76" t="s">
+        <v>871</v>
+      </c>
+      <c r="I76" t="s">
+        <v>872</v>
+      </c>
+      <c r="J76" t="s">
+        <v>873</v>
+      </c>
+      <c r="K76" t="s">
+        <v>874</v>
+      </c>
+      <c r="L76" t="s">
+        <v>875</v>
+      </c>
+      <c r="M76" t="s">
+        <v>876</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4114</v>
+        <v>877</v>
       </c>
       <c r="B2" t="s">
-        <v>4115</v>
+        <v>878</v>
       </c>
       <c r="C2" t="s">
-        <v>4116</v>
+        <v>879</v>
       </c>
       <c r="D2" t="s">
-        <v>4117</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>4118</v>
+        <v>880</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>4119</v>
+        <v>881</v>
       </c>
       <c r="H2" t="s">
-        <v>4120</v>
-[...391 lines deleted...]
-        <v>4192</v>
+        <v>882</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>