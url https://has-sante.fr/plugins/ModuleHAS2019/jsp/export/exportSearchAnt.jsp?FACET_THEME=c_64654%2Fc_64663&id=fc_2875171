--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
     <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
     <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
     <sheet name="Export Web page" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1305" uniqueCount="883">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1308" uniqueCount="886">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -419,50 +419,143 @@
   <si>
     <t>c_2009393</t>
   </si>
   <si>
     <t>07/01/2009 00:00:00</t>
   </si>
   <si>
     <t>02/19/2010 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859008/en/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809517/en/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>QUILOGA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/en/quiloga-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3603116</t>
+  </si>
+  <si>
+    <t>rosuvastatine,ézétimibe</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809524/en/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
     <t>WAINZUA (éplontersen)</t>
   </si>
   <si>
     <t>09/15/2025 08:42:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638372/en/wainzua-eplontersen</t>
   </si>
   <si>
     <t>p_3638372</t>
   </si>
   <si>
     <t>éplontersen</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638357/en/wainzua-eplontersen-amylose-hereditaire-a-transthyretine-avec-polyneuropathie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658183/en/wainzua-eplontersen-hereditary-transthyretin-mediated</t>
   </si>
   <si>
     <t>VELTASSA (patiromer), résine échangeuse de cations</t>
@@ -512,71 +605,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
   </si>
   <si>
-    <t>QUILOGA (rosuvastatine/ézétimibe)</t>
-[...19 lines deleted...]
-  <si>
     <t>NILEMDO (acide bempédoïque)</t>
   </si>
   <si>
     <t>03/06/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594534/en/nilemdo-acide-bempedoique</t>
   </si>
   <si>
     <t>p_3594534</t>
   </si>
   <si>
     <t>acide bempédoïque</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594378/en/nilemdo-bempedoic-acid-dyslipidaemia</t>
   </si>
   <si>
     <t>AMVUTTRA (vutrisiran)</t>
   </si>
   <si>
     <t>02/26/2025 08:34:00</t>
@@ -599,53 +671,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402366/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482344/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
   </si>
   <si>
     <t>PRALUENT</t>
   </si>
   <si>
     <t>06/18/2024 09:12:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3238105/en/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313574/en/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
   </si>
   <si>
     <t>JARDIANCE</t>
   </si>
   <si>
     <t>05/24/2024 16:25:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982867/en/jardiance</t>
@@ -827,77 +896,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
   </si>
   <si>
-    <t>ENTRESTO</t>
-[...25 lines deleted...]
-  <si>
     <t>FRAGMINE (daltéparine sodique)</t>
   </si>
   <si>
     <t>12/18/2023 11:56:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984830</t>
   </si>
   <si>
     <t>daltéparine sodique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
@@ -1176,83 +1218,50 @@
     <t>https://www.has-sante.fr/jcms/p_3324316/en/verquvo-vericiguat-insuffisance-cardiaque-chronique-symptomatique</t>
   </si>
   <si>
     <t>TRASYLOL (aprotinine), antihémorragique</t>
   </si>
   <si>
     <t>03/07/2022 10:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983747/en/trasylol-aprotinine-antihemorragique</t>
   </si>
   <si>
     <t>pprd_2983747</t>
   </si>
   <si>
     <t>aprotinine</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2743853/en/trasylol-aprotinin-antihaemorrhagic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315458/en/trasylol-aprotinine</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
   </si>
   <si>
     <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
   </si>
   <si>
     <t>04/30/2021 10:55:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
   </si>
   <si>
     <t>pprd_2983750</t>
   </si>
   <si>
     <t>acetylsalicylate de DL-lysine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
@@ -3516,3462 +3525,3471 @@
       </c>
       <c r="E2" t="s">
         <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>132</v>
       </c>
       <c r="H2" t="s">
         <v>133</v>
       </c>
       <c r="I2" t="s">
         <v>134</v>
       </c>
       <c r="J2" t="s">
         <v>135</v>
       </c>
       <c r="K2" t="s">
         <v>136</v>
       </c>
       <c r="L2" t="s">
         <v>137</v>
       </c>
+      <c r="M2" t="s">
+        <v>138</v>
+      </c>
+      <c r="N2" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>129</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="L3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M3" t="s">
-        <v>146</v>
+        <v>148</v>
+      </c>
+      <c r="N3" t="s">
+        <v>149</v>
+      </c>
+      <c r="O3" t="s">
+        <v>150</v>
+      </c>
+      <c r="P3" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>129</v>
       </c>
       <c r="B4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="I4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="J4" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="K4" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="L4" t="s">
-        <v>154</v>
-[...16 lines deleted...]
-      <c r="R4" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>129</v>
       </c>
       <c r="B5" t="s">
         <v>161</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>162</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>163</v>
       </c>
       <c r="H5" t="s">
         <v>164</v>
       </c>
       <c r="I5" t="s">
         <v>165</v>
       </c>
       <c r="J5" t="s">
         <v>166</v>
       </c>
       <c r="K5" t="s">
         <v>167</v>
       </c>
+      <c r="L5" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>129</v>
       </c>
       <c r="B6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K6" t="s">
-        <v>174</v>
+        <v>175</v>
+      </c>
+      <c r="L6" t="s">
+        <v>176</v>
+      </c>
+      <c r="M6" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>129</v>
       </c>
       <c r="B7" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="H7" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I7" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="J7" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="K7" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="L7" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="M7" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="N7" t="s">
-        <v>184</v>
+        <v>187</v>
+      </c>
+      <c r="O7" t="s">
+        <v>188</v>
+      </c>
+      <c r="P7" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>190</v>
+      </c>
+      <c r="R7" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>129</v>
       </c>
       <c r="B8" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="H8" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="I8" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="J8" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="K8" t="s">
-        <v>191</v>
-[...17 lines deleted...]
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>129</v>
       </c>
       <c r="B9" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H9" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I9" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J9" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K9" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="L9" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M9" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="N9" t="s">
-        <v>206</v>
-[...4 lines deleted...]
-      <c r="P9" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>129</v>
       </c>
       <c r="B10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>210</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>211</v>
+      </c>
+      <c r="H10" t="s">
         <v>212</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>213</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="J10" t="s">
+        <v>145</v>
+      </c>
+      <c r="K10" t="s">
         <v>214</v>
       </c>
-      <c r="H10" t="s">
+      <c r="L10" t="s">
         <v>215</v>
       </c>
-      <c r="I10" t="s">
+      <c r="M10" t="s">
         <v>216</v>
       </c>
-      <c r="J10" t="s">
+      <c r="N10" t="s">
         <v>217</v>
       </c>
-      <c r="K10" t="s">
+      <c r="O10" t="s">
         <v>218</v>
       </c>
-      <c r="L10" t="s">
+      <c r="P10" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q10" t="s">
         <v>219</v>
-      </c>
-[...10 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>129</v>
       </c>
       <c r="B11" t="s">
+        <v>220</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>221</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>222</v>
+      </c>
+      <c r="H11" t="s">
+        <v>223</v>
+      </c>
+      <c r="I11" t="s">
         <v>224</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
         <v>225</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K11" t="s">
         <v>226</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
         <v>227</v>
       </c>
-      <c r="I11" t="s">
+      <c r="M11" t="s">
         <v>228</v>
       </c>
-      <c r="J11" t="s">
+      <c r="N11" t="s">
         <v>229</v>
       </c>
-      <c r="K11" t="s">
+      <c r="O11" t="s">
         <v>230</v>
       </c>
-      <c r="L11" t="s">
+      <c r="P11" t="s">
         <v>231</v>
       </c>
-      <c r="M11" t="s">
+      <c r="Q11" t="s">
         <v>232</v>
       </c>
-      <c r="N11" t="s">
+      <c r="R11" t="s">
         <v>233</v>
+      </c>
+      <c r="S11" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>129</v>
       </c>
       <c r="B12" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H12" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I12" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J12" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="K12" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L12" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M12" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N12" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="O12" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P12" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="Q12" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>129</v>
       </c>
       <c r="B13" t="s">
+        <v>247</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>248</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>249</v>
+      </c>
+      <c r="H13" t="s">
+        <v>250</v>
+      </c>
+      <c r="I13" t="s">
         <v>251</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="J13" t="s">
         <v>252</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="K13" t="s">
         <v>253</v>
       </c>
-      <c r="H13" t="s">
+      <c r="L13" t="s">
         <v>254</v>
       </c>
-      <c r="I13" t="s">
+      <c r="M13" t="s">
         <v>255</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="N13" t="s">
         <v>256</v>
-      </c>
-[...25 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>129</v>
       </c>
       <c r="B14" t="s">
+        <v>257</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>258</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>259</v>
+      </c>
+      <c r="H14" t="s">
+        <v>260</v>
+      </c>
+      <c r="I14" t="s">
+        <v>261</v>
+      </c>
+      <c r="J14" t="s">
+        <v>262</v>
+      </c>
+      <c r="K14" t="s">
+        <v>263</v>
+      </c>
+      <c r="L14" t="s">
+        <v>264</v>
+      </c>
+      <c r="M14" t="s">
+        <v>265</v>
+      </c>
+      <c r="N14" t="s">
         <v>266</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="O14" t="s">
         <v>267</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="P14" t="s">
         <v>268</v>
       </c>
-      <c r="H14" t="s">
+      <c r="Q14" t="s">
         <v>269</v>
       </c>
-      <c r="I14" t="s">
+      <c r="R14" t="s">
         <v>270</v>
       </c>
-      <c r="J14" t="s">
+      <c r="S14" t="s">
         <v>271</v>
       </c>
-      <c r="K14" t="s">
+      <c r="T14" t="s">
         <v>272</v>
       </c>
-      <c r="L14" t="s">
+      <c r="U14" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>129</v>
       </c>
       <c r="B15" t="s">
+        <v>274</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
         <v>275</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
         <v>276</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>277</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>278</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>225</v>
+      </c>
+      <c r="K15" t="s">
         <v>279</v>
       </c>
-      <c r="J15" t="s">
+      <c r="L15" t="s">
         <v>280</v>
       </c>
-      <c r="K15" t="s">
+      <c r="M15" t="s">
         <v>281</v>
       </c>
-      <c r="L15" t="s">
+      <c r="N15" t="s">
         <v>282</v>
       </c>
-      <c r="M15" t="s">
+      <c r="O15" t="s">
         <v>283</v>
       </c>
-      <c r="N15" t="s">
+      <c r="P15" t="s">
         <v>284</v>
       </c>
-      <c r="O15" t="s">
+      <c r="Q15" t="s">
         <v>285</v>
       </c>
-      <c r="P15" t="s">
+      <c r="R15" t="s">
         <v>286</v>
       </c>
-      <c r="Q15" t="s">
+      <c r="S15" t="s">
         <v>287</v>
       </c>
-      <c r="R15" t="s">
+      <c r="T15" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>129</v>
       </c>
       <c r="B16" t="s">
         <v>289</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
         <v>290</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
         <v>291</v>
       </c>
       <c r="H16" t="s">
         <v>292</v>
       </c>
       <c r="I16" t="s">
         <v>293</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>294</v>
       </c>
       <c r="K16" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="L16" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M16" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="O16" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P16" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="Q16" t="s">
-        <v>300</v>
+        <v>301</v>
+      </c>
+      <c r="R16" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="H17" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I17" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J17" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="K17" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="L17" t="s">
-        <v>307</v>
+        <v>309</v>
+      </c>
+      <c r="M17" t="s">
+        <v>310</v>
+      </c>
+      <c r="N17" t="s">
+        <v>311</v>
+      </c>
+      <c r="O17" t="s">
+        <v>312</v>
+      </c>
+      <c r="P17" t="s">
+        <v>313</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>314</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H18" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I18" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="J18" t="s">
-        <v>313</v>
+        <v>183</v>
       </c>
       <c r="K18" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="L18" t="s">
-        <v>315</v>
-[...16 lines deleted...]
-      <c r="R18" t="s">
         <v>321</v>
-      </c>
-[...34 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>129</v>
       </c>
       <c r="B19" t="s">
+        <v>322</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>323</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>324</v>
+      </c>
+      <c r="H19" t="s">
+        <v>325</v>
+      </c>
+      <c r="I19" t="s">
+        <v>326</v>
+      </c>
+      <c r="J19" t="s">
+        <v>327</v>
+      </c>
+      <c r="K19" t="s">
+        <v>328</v>
+      </c>
+      <c r="L19" t="s">
+        <v>329</v>
+      </c>
+      <c r="M19" t="s">
+        <v>330</v>
+      </c>
+      <c r="N19" t="s">
+        <v>331</v>
+      </c>
+      <c r="O19" t="s">
+        <v>332</v>
+      </c>
+      <c r="P19" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q19" t="s">
         <v>334</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="R19" t="s">
         <v>335</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="S19" t="s">
         <v>336</v>
       </c>
-      <c r="H19" t="s">
+      <c r="T19" t="s">
         <v>337</v>
       </c>
-      <c r="I19" t="s">
+      <c r="U19" t="s">
         <v>338</v>
       </c>
-      <c r="J19" t="s">
+      <c r="V19" t="s">
         <v>339</v>
       </c>
-      <c r="K19" t="s">
+      <c r="W19" t="s">
         <v>340</v>
       </c>
-      <c r="L19" t="s">
+      <c r="X19" t="s">
         <v>341</v>
       </c>
-      <c r="M19" t="s">
+      <c r="Y19" t="s">
         <v>342</v>
       </c>
-      <c r="N19" t="s">
+      <c r="Z19" t="s">
         <v>343</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>344</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>345</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>346</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>347</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="H20" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="I20" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="J20" t="s">
-        <v>239</v>
+        <v>353</v>
       </c>
       <c r="K20" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="L20" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="M20" t="s">
-        <v>351</v>
+        <v>356</v>
+      </c>
+      <c r="N20" t="s">
+        <v>357</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="H21" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="I21" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="J21" t="s">
-        <v>357</v>
+        <v>262</v>
       </c>
       <c r="K21" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="L21" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="M21" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>129</v>
       </c>
       <c r="B22" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H22" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="I22" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="J22" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="K22" t="s">
-        <v>367</v>
+        <v>372</v>
+      </c>
+      <c r="L22" t="s">
+        <v>373</v>
+      </c>
+      <c r="M22" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>129</v>
       </c>
       <c r="B23" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="H23" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="I23" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="J23" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="K23" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="H24" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="I24" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="J24" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="K24" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="H25" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="I25" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="J25" t="s">
-        <v>239</v>
+        <v>394</v>
       </c>
       <c r="K25" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="L25" t="s">
-        <v>389</v>
-[...11 lines deleted...]
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>129</v>
       </c>
       <c r="B26" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="H26" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="I26" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="J26" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="K26" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="L26" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="M26" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="N26" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="O26" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>129</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="H27" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="I27" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="J27" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="K27" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="L27" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="M27" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="N27" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>129</v>
       </c>
       <c r="B28" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H28" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I28" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J28" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="K28" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="L28" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="M28" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="N28" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="O28" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="P28" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="Q28" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>129</v>
       </c>
       <c r="B29" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H29" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="I29" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="J29" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="K29" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="L29" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="M29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="N29" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>129</v>
       </c>
       <c r="B30" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H30" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="I30" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="J30" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="K30" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="L30" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="M30" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="H31" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="I31" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="J31" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="K31" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="L31" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="M31" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="H32" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="I32" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J32" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="K32" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="L32" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="M32" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>129</v>
       </c>
       <c r="B33" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="H33" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="I33" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="J33" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="K33" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="L33" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="M33" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="N33" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>129</v>
       </c>
       <c r="B34" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="H34" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="I34" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="J34" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="K34" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="L34" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="H35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="I35" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="J35" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="K35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>129</v>
       </c>
       <c r="B36" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="H36" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="I36" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="J36" t="s">
-        <v>271</v>
+        <v>135</v>
       </c>
       <c r="K36" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="L36" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="M36" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="N36" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="O36" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="P36" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="Q36" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="R36" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>129</v>
       </c>
       <c r="B37" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C37" t="s">
         <v>15</v>
       </c>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="H37" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="I37" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="J37" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="K37" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="L37" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="M37" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="N37" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="O37" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="P37" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="Q37" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="R37" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="S37" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="T37" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="U37" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>129</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C38" t="s">
         <v>15</v>
       </c>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H38" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="I38" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="J38" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="K38" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>129</v>
       </c>
       <c r="B39" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H39" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="I39" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="J39" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="K39" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>129</v>
       </c>
       <c r="B40" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="H40" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="I40" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="J40" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="K40" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="L40" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="M40" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="N40" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="O40" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="P40" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="Q40" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>129</v>
       </c>
       <c r="B41" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="H41" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="I41" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="J41" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K41" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L41" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M41" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="N41" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="O41" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="P41" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>129</v>
       </c>
       <c r="B42" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="H42" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="I42" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="J42" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="K42" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="L42" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="M42" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="N42" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="O42" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>129</v>
       </c>
       <c r="B43" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="H43" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="I43" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="J43" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="K43" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="L43" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="M43" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="N43" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="O43" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="P43" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="Q43" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="R43" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>129</v>
       </c>
       <c r="B44" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C44" t="s">
         <v>15</v>
       </c>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H44" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="I44" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="J44" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="K44" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="L44" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="M44" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="N44" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="O44" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="P44" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="Q44" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="R44" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>129</v>
       </c>
       <c r="B45" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45" t="s">
         <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="H45" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="I45" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="J45" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K45" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="L45" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M45" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="N45" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="O45" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>129</v>
       </c>
       <c r="B46" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46" t="s">
         <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="H46" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="I46" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="J46" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="K46" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>129</v>
       </c>
       <c r="B47" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="H47" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="I47" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="J47" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="K47" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="L47" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="M47" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="N47" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>129</v>
       </c>
       <c r="B48" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48" t="s">
         <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="F48" t="s">
         <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="H48" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="I48" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="J48" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="K48" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="L48" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="M48" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="N48" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="O48" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="P48" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="Q48" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>129</v>
       </c>
       <c r="B49" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="H49" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="I49" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="J49" t="s">
-        <v>271</v>
+        <v>135</v>
       </c>
       <c r="K49" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="L49" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="M49" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>129</v>
       </c>
       <c r="B50" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="H50" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="I50" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="J50" t="s">
-        <v>271</v>
+        <v>135</v>
       </c>
       <c r="K50" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="L50" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="M50" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="N50" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="O50" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>129</v>
       </c>
       <c r="B51" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="H51" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="I51" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="J51" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="K51" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>129</v>
       </c>
       <c r="B52" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="H52" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="I52" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="J52" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="K52" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="L52" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="M52" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="H53" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="I53" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="J53" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="K53" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="L53" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="M53" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="N53" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="O53" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>129</v>
       </c>
       <c r="B54" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="H54" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="I54" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="J54" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="K54" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="L54" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="M54" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="N54" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="O54" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="P54" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="Q54" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>129</v>
       </c>
       <c r="B55" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="H55" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="I55" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="J55" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="K55" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="L55" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="M55" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="N55" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="O55" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="P55" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="Q55" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="R55" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>129</v>
       </c>
       <c r="B56" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="H56" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="I56" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="J56" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="K56" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="L56" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>129</v>
       </c>
       <c r="B57" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="H57" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="I57" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="J57" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="K57" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="L57" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="M57" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="N57" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="O57" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>129</v>
       </c>
       <c r="B58" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="H58" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="I58" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="J58" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="K58" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="L58" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="M58" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="N58" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="O58" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>129</v>
       </c>
       <c r="B59" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H59" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="I59" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J59" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="K59" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>129</v>
       </c>
       <c r="B60" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="H60" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="I60" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="J60" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="K60" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="L60" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="M60" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="N60" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="O60" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>129</v>
       </c>
       <c r="B61" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="H61" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="I61" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="J61" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="K61" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>129</v>
       </c>
       <c r="B62" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="H62" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="I62" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="J62" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="K62" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="H63" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="I63" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="J63" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="K63" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="L63" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="M63" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="N63" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="O63" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="P63" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="Q63" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="R63" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>129</v>
       </c>
       <c r="B64" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="H64" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="I64" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="J64" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="K64" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>129</v>
       </c>
       <c r="B65" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="H65" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="I65" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="J65" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="K65" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="L65" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="M65" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="N65" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>129</v>
       </c>
       <c r="B66" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="H66" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="I66" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="J66" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="K66" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="L66" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="M66" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="N66" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="O66" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>129</v>
       </c>
       <c r="B67" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="H67" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="I67" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="J67" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="K67" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="L67" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>129</v>
       </c>
       <c r="B68" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="H68" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="I68" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="J68" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="K68" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>129</v>
       </c>
       <c r="B69" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="H69" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="I69" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="J69" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="K69" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="L69" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="M69" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>129</v>
       </c>
       <c r="B70" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="H70" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="I70" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="J70" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="K70" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="L70" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="M70" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="N70" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="O70" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>129</v>
       </c>
       <c r="B71" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="H71" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="I71" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="J71" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="K71" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="L71" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>129</v>
       </c>
       <c r="B72" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="H72" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="I72" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="J72" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="K72" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="L72" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="M72" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="N72" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="O72" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>129</v>
       </c>
       <c r="B73" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="H73" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="I73" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J73" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="K73" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="L73" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>129</v>
       </c>
       <c r="B74" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="H74" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="I74" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="J74" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="K74" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="L74" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>129</v>
       </c>
       <c r="B75" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="H75" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="I75" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="J75" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="K75" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>129</v>
       </c>
       <c r="B76" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="H76" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="I76" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="J76" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="K76" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="L76" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="M76" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="B2" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C2" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="H2" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>