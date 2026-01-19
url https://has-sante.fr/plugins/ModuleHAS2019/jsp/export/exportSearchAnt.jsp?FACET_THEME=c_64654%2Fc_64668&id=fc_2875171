--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,580 +1,2677 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1393" uniqueCount="848">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>07/06/2010 17:20:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DREAMSTATION BIPAP AUTOSV</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741858/fr/dreamstation-bipap-autosv</t>
+  </si>
+  <si>
+    <t>p_3741858</t>
+  </si>
+  <si>
+    <t>Système de Ventilation Auto-Asservie</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
+    <t>SYSTEME TMJ</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635761/fr/systeme-tmj</t>
+  </si>
+  <si>
+    <t>p_3635761</t>
+  </si>
+  <si>
+    <t>Système de prothèse de reconstruction de l’articulation temporo-mandibulaire sur mesure</t>
+  </si>
+  <si>
+    <t>STRYKER FRANCE (France)</t>
+  </si>
+  <si>
+    <t>ORTHOAPNEA NOA</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2025 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604604/fr/orthoapnea-noa</t>
+  </si>
+  <si>
+    <t>p_3604604</t>
+  </si>
+  <si>
+    <t>Orthèse d'avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>OrthoApnea NOA</t>
+  </si>
+  <si>
+    <t>SOMNODENT AVANT</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2025 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594029/fr/somnodent-avant</t>
+  </si>
+  <si>
+    <t>p_3594029</t>
+  </si>
+  <si>
+    <t>SOMNOMED FRANCE SAS</t>
+  </si>
+  <si>
+    <t>F-PHOENIX DBM</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 16:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588280/fr/f-phoenix-dbm</t>
+  </si>
+  <si>
+    <t>p_3588280</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse viro-inactivée déminéralisée</t>
+  </si>
+  <si>
+    <t>TBF (France)</t>
+  </si>
+  <si>
+    <t>PHOENIX+FDBM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588285/fr/phoenix-fdbm</t>
+  </si>
+  <si>
+    <t>p_3588285</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse viro-inactivée (mélange de fibres d’os déminéralisé et de poudre ou copeaux d’os minéralisé)</t>
+  </si>
+  <si>
+    <t>P-PHOENIX DBM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588287/fr/p-phoenix-dbm</t>
+  </si>
+  <si>
+    <t>p_3588287</t>
+  </si>
+  <si>
+    <t>NARVAL CC</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549030/fr/narval-cc</t>
+  </si>
+  <si>
+    <t>p_3549030</t>
+  </si>
+  <si>
+    <t>Orthèse d’avancée mandibulaire sur mesure</t>
+  </si>
+  <si>
+    <t>RESMED SAS</t>
+  </si>
+  <si>
+    <t>PROTHÈSE TMJ</t>
+  </si>
+  <si>
+    <t>25/06/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>17/07/2024 16:41:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528935/fr/prothese-tmj</t>
+  </si>
+  <si>
+    <t>p_3528935</t>
+  </si>
+  <si>
+    <t>Prothèse totale pour l’articulation temporo- mandibulaire</t>
+  </si>
+  <si>
+    <t>CMT WENGER (France)</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528938/fr/prothese-tmj</t>
+  </si>
+  <si>
+    <t>p_3528938</t>
+  </si>
+  <si>
+    <t>Prothèse totale de l’articulation temporo -mandibulaire</t>
+  </si>
+  <si>
+    <t>02/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2023 17:39:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433897/fr/somnodent-avant</t>
+  </si>
+  <si>
+    <t>p_3433897</t>
+  </si>
+  <si>
+    <t>Orthèse d’avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>SOMNOMED France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>GEISTLICH BIO-OSS</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2023 11:42:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424353/fr/geistlich-bio-oss</t>
+  </si>
+  <si>
+    <t>p_3424353</t>
+  </si>
+  <si>
+    <t>Substitut osseux issu de dérivés d’origine bovine</t>
+  </si>
+  <si>
+    <t>GEISTLICH PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>GEISTLICH BIO-OSS PEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424356/fr/geistlich-bio-oss-pen</t>
+  </si>
+  <si>
+    <t>p_3424356</t>
+  </si>
+  <si>
+    <t>APNOSOM</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:12:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331608/fr/apnosom</t>
+  </si>
+  <si>
+    <t>p_3331608</t>
+  </si>
+  <si>
+    <t>LABORATOIRE AGL</t>
+  </si>
+  <si>
+    <t>SOMNODENT</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296430/fr/somnodent</t>
+  </si>
+  <si>
+    <t>p_3296430</t>
+  </si>
+  <si>
+    <t>AMO</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:57:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296436/fr/amo</t>
+  </si>
+  <si>
+    <t>p_3296436</t>
+  </si>
+  <si>
+    <t>THERABITE</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279519/fr/therabite</t>
+  </si>
+  <si>
+    <t>p_3279519</t>
+  </si>
+  <si>
+    <t>Dispositif de réhabilitation de la mobilité  mandibulaire</t>
+  </si>
+  <si>
+    <t>ATOS MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>TALI</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2021 18:31:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260481/fr/tali</t>
+  </si>
+  <si>
+    <t>p_3260481</t>
+  </si>
+  <si>
+    <t>ONIRIS</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:03:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233854/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3233854</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>EISAI SAS / CARILENE</t>
+  </si>
+  <si>
+    <t>PANTHERA D-SAD</t>
+  </si>
+  <si>
+    <t>07/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2020 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200120/fr/panthera-d-sad</t>
+  </si>
+  <si>
+    <t>p_3200120</t>
+  </si>
+  <si>
+    <t>PANTHERA DENTAL INC</t>
+  </si>
+  <si>
+    <t>NARVAL ORM</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2019 17:08:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117817/fr/narval-orm</t>
+  </si>
+  <si>
+    <t>p_3117817</t>
+  </si>
+  <si>
+    <t>orthèse d’avancée mandibulaire sur mesure</t>
+  </si>
+  <si>
+    <t>RESMED SA</t>
+  </si>
+  <si>
+    <t>ONIRIS PRO</t>
+  </si>
+  <si>
+    <t>21/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2019 08:58:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969888/fr/oniris-pro</t>
+  </si>
+  <si>
+    <t>c_2969888</t>
+  </si>
+  <si>
+    <t>orthèse d’avancée mandibulaire (OAM)</t>
+  </si>
+  <si>
+    <t>ONIRIS SAS</t>
+  </si>
+  <si>
+    <t>Prothèses TMJ</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2018 15:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884845/fr/protheses-tmj</t>
+  </si>
+  <si>
+    <t>c_2884845</t>
+  </si>
+  <si>
+    <t>Prothèse totale de l'articulation temporo-mandibulaire</t>
+  </si>
+  <si>
+    <t>CMT Wenger</t>
+  </si>
+  <si>
+    <t>Grand Appareillage Orthopédique  : Phase contradictoire suite projet de radiation JO du 14 novembre 2017</t>
+  </si>
+  <si>
+    <t>20/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2018 08:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830602/fr/grand-appareillage-orthopedique-phase-contradictoire-suite-projet-de-radiation-jo-du-14-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2830602</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>21/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815585/fr/somnodent</t>
+  </si>
+  <si>
+    <t>c_2815585</t>
+  </si>
+  <si>
+    <t>Systèmes  de nébulisation  : Phase contradictoire suite projet de radiation JO du 31 octobre 2017</t>
+  </si>
+  <si>
+    <t>19/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 10:39:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818290/fr/systemes-de-nebulisation-phase-contradictoire-suite-projet-de-radiation-jo-du-31-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2818290</t>
+  </si>
+  <si>
+    <t>Perfusion à domicile  : phase contradictoire avis de projet JO du 27 juin 2017</t>
+  </si>
+  <si>
+    <t>09/01/2018 10:09:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818269/fr/perfusion-a-domicile-phase-contradictoire-avis-de-projet-jo-du-27-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2818269</t>
+  </si>
+  <si>
+    <t>TWICARE</t>
+  </si>
+  <si>
+    <t>Orthèse d’avancée mandibulaire pré-formée</t>
+  </si>
+  <si>
+    <t>11/12/2017 12:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807158/fr/twicare</t>
+  </si>
+  <si>
+    <t>c_2807158</t>
+  </si>
+  <si>
+    <t>MEDVENTIV</t>
+  </si>
+  <si>
+    <t>Orthèse d'avancée mandibulaire (OAM)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807640/fr/tali</t>
+  </si>
+  <si>
+    <t>c_2807640</t>
+  </si>
+  <si>
+    <t>Syndrome d'apnées-hypopnées obstructives du sommeil (SAHOS) - dispositifs médicaux pour traitement de l'insuffisance respiratoire et prestations associées : phase contradictoire avis de projet JO du 11 juillet 2017</t>
+  </si>
+  <si>
+    <t>10/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2017 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800614/fr/syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-dispositifs-medicaux-pour-traitement-de-l-insuffisance-respiratoire-et-prestations-associees-phase-contradictoire-avis-de-projet-jo-du-11-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2800614</t>
+  </si>
+  <si>
+    <t>Système de réhabilitation des mouvements mandibulaires</t>
+  </si>
+  <si>
+    <t>07/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2017 15:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752332/fr/therabite</t>
+  </si>
+  <si>
+    <t>c_2752332</t>
+  </si>
+  <si>
+    <t>Orthèses d'avancée mandibulaire : phase contradictoire avis de projet JO du 7 avril 2016</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2016 16:42:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677090/fr/ortheses-d-avancee-mandibulaire-phase-contradictoire-avis-de-projet-jo-du-7-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2677090</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>05/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680122/fr/narval-orm</t>
+  </si>
+  <si>
+    <t>c_1680122</t>
+  </si>
+  <si>
+    <t>08/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651698/fr/oniris</t>
+  </si>
+  <si>
+    <t>c_1651698</t>
+  </si>
+  <si>
+    <t>Laboratoire ONIRIS SAS</t>
+  </si>
+  <si>
+    <t>Prothèse TMJ, prothèse totale de l'articulation temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>25/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2013 17:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615362/fr/prothese-tmj-prothese-totale-de-l-articulation-temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>c_1615362</t>
+  </si>
+  <si>
+    <t>BIOMET FRANCE SARL</t>
+  </si>
+  <si>
+    <t>OPM4J, orthèse d'avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>Orthèse de Propulsion Mandibulaire 4j</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:47:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349433/fr/opm4j-orthese-d-avancee-mandibulaire</t>
+  </si>
+  <si>
+    <t>c_1349433</t>
+  </si>
+  <si>
+    <t>3J SARL</t>
+  </si>
+  <si>
+    <t>ORTHESE NARVAL O.R.M. -  26 juin 2012 (4292) avis</t>
+  </si>
+  <si>
+    <t>26/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2012 17:48:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1259388/fr/orthese-narval-o-r-m-26-juin-2012-4292-avis</t>
+  </si>
+  <si>
+    <t>c_1259388</t>
+  </si>
+  <si>
+    <t>ResMed SAS (France)</t>
+  </si>
+  <si>
+    <t>SOMNODENT - 10 janvier 2012 (4049) avis</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2012 10:47:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169887/fr/somnodent-10-janvier-2012-4049-avis</t>
+  </si>
+  <si>
+    <t>c_1169887</t>
+  </si>
+  <si>
+    <t>SOMNOMED SARL (France)</t>
+  </si>
+  <si>
+    <t>THERABITE - 29 novembre 2011 (4060) avis</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122175/fr/therabite-29-novembre-2011-4060-avis</t>
+  </si>
+  <si>
+    <t>c_1122175</t>
+  </si>
+  <si>
+    <t>ATOS MEDICAL AB (France)</t>
+  </si>
+  <si>
+    <t>ORTHESE HERBST-AMORIC (OHA) - 11 octobre 2011 (3749) avis</t>
+  </si>
+  <si>
+    <t>11/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2011 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100676/fr/orthese-herbst-amoric-oha-11-octobre-2011-3749-avis</t>
+  </si>
+  <si>
+    <t>c_1100676</t>
+  </si>
+  <si>
+    <t>FULCRUM (France)</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (spray buccal T.G.O) - 21 décembre 2010 (3266) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011976/fr/aequasyal-spray-buccal-t-g-o-21-decembre-2010-3266-avis</t>
+  </si>
+  <si>
+    <t>c_1011976</t>
+  </si>
+  <si>
+    <t>EISAI SAS France</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 juin 2010 (2413) avis</t>
+  </si>
+  <si>
+    <t>Dispositifs de ventilation auto-asservie Pneumologie – Nouveau dispositif Avis défavorable au remboursement dans le traitement symptomatique de la respiration de Cheyne-Stokes ou des apnées centrales du sommeil chez les patients insuffisants cardiaques</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2010 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS FRANCE</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>RESMED SAS France</t>
+  </si>
+  <si>
+    <t>ORTHESE TALI - CNEDiMTS du 06 avril 2010 (2306)</t>
+  </si>
+  <si>
+    <t>Orthèse d’avancée mandibulaire ORL - Pneumologie – Nouveau dispositif Progrès mineur par rapport à l’absence de traitement, pour le traitement des syndromes d’apnées-hypopnées obstructives du sommeil (SAHOS) sévères, en deuxième intention, en cas de refus ou d’intolérance à la PPC Pas de progrès par rapport aux dispositifs de ventilation par pression positive continue (PPC) pour le traitement de certains SAHOS légers à modérés</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_940420/fr/orthese-tali-cnedimts-du-06-avril-2010-2306</t>
+  </si>
+  <si>
+    <t>c_940420</t>
+  </si>
+  <si>
+    <t>SAS TALI France</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813793/fr/amo</t>
+  </si>
+  <si>
+    <t>c_813793</t>
+  </si>
+  <si>
+    <t>ORTHOSOM SAS</t>
+  </si>
+  <si>
+    <t>ORTHESE TYPE O.R.M.</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657701/fr/orthese-type-o-r-m</t>
+  </si>
+  <si>
+    <t>c_657701</t>
+  </si>
+  <si>
+    <t>Laboratoires NARVAL SA France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Indications de l’orthopédie dento-faciale et dento-maxillo-faciale chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Répondre aux questions suivantes : Quels sont les éléments sémiologiques qui, au cours d'un dépistage ou d'un examen clinique, vont orienter vers une consultation spécialisée ? Quels sont les éléments nécessaires à l'établissement du diagnostic ? Quelles sont les anomalies qui relèvent d'un traitement et quel doit être, en fonction de l'anomalie, l'âge optimal du début de traitement ?</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2002 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272208/fr/indications-de-l-orthopedie-dento-faciale-et-dento-maxillo-faciale-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_272208</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Assessment of caries risk and indications for pit and fissure sealants (first and second permanent molars) in children and in adolescents under 18</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272496/en/assessment-of-caries-risk-and-indications-for-pit-and-fissure-sealants-first-and-second-permanent-molars-in-children-and-in-adolescents-under-18</t>
+    <t>Les critères d’aboutissement du traitement d’orthopédie dento-faciale</t>
+  </si>
+  <si>
+    <t>Répondre aux questions suivantes : Quelle est la fonction occlusale à laquelle il faudrait aboutir en denture définitive ? Quels sont les critères de bon positionnement des dents par rapport aux bases squelettiques en fin de traitement dans les trois dimensions de l'espace ? Quels sont les facteurs fonctionnels de stabilité du traitement ? La contention est-elle nécessaire, indispensable ? Si oui, sous quelle forme et pendant combien de temps ? Quelles sont les complications du traitement susceptibles d'empêcher son aboutissement ?</t>
+  </si>
+  <si>
+    <t>01/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272294/fr/les-criteres-d-aboutissement-du-traitement-d-orthopedie-dento-faciale</t>
+  </si>
+  <si>
+    <t>c_272294</t>
+  </si>
+  <si>
+    <t>Appréciation du risque carieux et indications du scellement prophylactique des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Quelles sont les modalités d’appréciation du risque de carie individuel (RCI) dans le cas des dents permanentes chez les sujets de moins de 18 ans ?# 2. Quelles sont les indications des scellements des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans ?# 3. Quel est le protocole de mise en place des scellements ?# 4. Quel est le protocole de suivi des scellements ?# Ce document aborde également l'impact économique de la prévention des caries dentaires par cette technique.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>c_272496</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Agénésies dentaires multiples : oligodontie et anodontie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une oligodontie ou d’une anodontie. Il a été élaboré par les Centres de Référence et les Centres de Compétence des Maladies Rares Orales et Dentaires (O-Rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301902/fr/agenesies-dentaires-multiples-oligodontie-et-anodontie</t>
+  </si>
+  <si>
+    <t>p_3301902</t>
+  </si>
+  <si>
+    <t>Séquence de Pierre Robin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient avec une séquence de Pierre Robin (SPR). Il a été élaboré par le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON)à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293457/fr/sequence-de-pierre-robin</t>
+  </si>
+  <si>
+    <t>p_3293457</t>
+  </si>
+  <si>
+    <t>Anomalies du développement liées aux variants de CDH1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une anomalie du développement liée à CDH1. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs de l'inter région Nord-Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293692/fr/anomalies-du-developpement-liees-aux-variants-de-cdh1</t>
+  </si>
+  <si>
+    <t>p_3293692</t>
+  </si>
+  <si>
+    <t>Syndrome d'Heimler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome d'Heimler. Il a été élaboré par le Centre de référence des Surdités Génétiques, le Centre de référence pour les Affections Rares en Génétique Ophtalmologique (CARGO), le Centre de référence des Maladies Rares Orales et Dentaires (O-RARES) et la Filière SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292323/fr/syndrome-d-heimler</t>
+  </si>
+  <si>
+    <t>p_3292323</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndrome oro-facio-digital de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome oro-facio-digital de type I. Il a été élaboré par le Centre de Référence Déficience Intellectuelle de causes rares et le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210196/fr/syndrome-oro-facio-digital-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3210196</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Traitement des caries dentaires : la HAS recommande le remboursement de 4 actes</t>
+  </si>
+  <si>
+    <t>Au-delà de la douleur et de l’inconfort, une mauvaise santé bucco-dentaire peut affecter la santé générale, augmentant notamment le risque de dénutrition ou de complications infectieuses. Le nombre de personnes présentant au moins une carie non soignée est encore élevé, et plus particulièrement chez les enfants et les personnes connaissant des difficultés pour accéder aux soins. A chaque stade d’évolution de la carie, un traitement est pourtant possible. Certains actes, dits conservateurs et peu invasifs, permettent de préserver la dent sur le long terme et d’éviter des traitements traumatiques et coûteux (implants, prothèses…). Saisie par l’Assurance maladie, la Haute Autorité de santé (HAS) s’est prononcée en faveur du remboursement de quatre de ces actes. En parallèle, une actualisation des recommandations sur les stratégies de prévention de la carie dentaire est attendue en 2026.</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785074/fr/traitement-des-caries-dentaires-la-has-recommande-le-remboursement-de-4-actes</t>
+  </si>
+  <si>
+    <t>p_3785074</t>
+  </si>
+  <si>
+    <t>Implants et prothèses dentaires : avis favorable de la HAS pour leur remboursement dans les édentements complet ou unitaire</t>
+  </si>
+  <si>
+    <t>Alors que le nombre de personnes concernées par la perte d’une voire de l’ensemble des dents est amené à croître, la pose d’implants n’est pas remboursée pour la majorité des patients. Afin d’améliorer l’accès aux soins, la Haute Autorité de santé (HAS) a évalué la prise en charge implanto-prothétique dans deux types d’édentement : l’édentement complet et l’édentement unitaire. Elle se prononce aujourd’hui en faveur du remboursement de ces actes en population générale. Afin de garantir une prise en charge complète et optimale de l’édentement, la HAS définit également l’ensemble des étapes du parcours de soins, en insistant sur l’information du patient.</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555021/fr/implants-et-protheses-dentaires-avis-favorable-de-la-has-pour-leur-remboursement-dans-les-edentements-complet-ou-unitaire</t>
+  </si>
+  <si>
+    <t>p_3555021</t>
+  </si>
+  <si>
+    <t>Soins dentaires : prendre en charge les patients en toute sécurité</t>
+  </si>
+  <si>
+    <t>Dans le but d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues dans la période de confinement due à l’épidémie de COVID-19, la Haute Autorité de Santé a élaboré des Réponses rapides en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes. Le document traite aussi bien des aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) que des aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du COVID-19).</t>
+  </si>
+  <si>
+    <t>19/05/2020 10:37:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185445/fr/soins-dentaires-prendre-en-charge-les-patients-en-toute-securite</t>
+  </si>
+  <si>
+    <t>p_3185445</t>
+  </si>
+  <si>
+    <t>Apnées du sommeil : de nouvelles recommandations de prise en charge des patients</t>
+  </si>
+  <si>
+    <t>Avec 4% de la population adulte française atteinte d’apnées du sommeil et un recours croissant aux dispositifs médicaux de pression positive continue, le syndrome d’apnées-hypopnées obstructives du sommeil (SAHOS) constitue un enjeu sanitaire et économique majeur. La HAS a évalué la place dans la stratégie thérapeutique des dispositifs médicaux disponibles : dispositifs de pression positive continue (PPC) et orthèses d’avancée mandibulaires (OAM). Cette évaluation comprend la réalisation d’un modèle économique original qui compare l’efficience des différents traitements du SAHOS léger et modéré.</t>
+  </si>
+  <si>
+    <t>10/09/2014 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761160/fr/apnees-du-sommeil-de-nouvelles-recommandations-de-prise-en-charge-des-patients</t>
+  </si>
+  <si>
+    <t>c_1761160</t>
+  </si>
+  <si>
+    <t>Avis favorable de la HAS pour le remboursement de traitements des agénésies dentaires multiples liées à une maladie rare chez l’adulte</t>
+  </si>
+  <si>
+    <t>28/09/2010 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985505/fr/avis-favorable-de-la-has-pour-le-remboursement-de-traitements-des-agenesies-dentaires-multiples-liees-a-une-maladie-rare-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_985505</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses dentaires à infrastructure céramique</t>
+  </si>
+  <si>
+    <t>La CNAMTS a sollicité l’avis de la Haute Autorité de Santé afin de faire le point sur les prothèses dentaires à infrastructure céramique, en vue de l’évolution de la prise en charge et de la nomenclature. La HAS met en ligne sur son site Internet www.has-sante.fr un rapport d’évaluation technologique sur ces prothèses.</t>
+  </si>
+  <si>
+    <t>18/02/2008 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631925/fr/evaluation-des-protheses-dentaires-a-infrastructure-ceramique</t>
+  </si>
+  <si>
+    <t>c_631925</t>
+  </si>
+  <si>
+    <t>Avis favorable de la HAS concernant la pose d’implants chez les enfants atteints d’agénésie dentaire</t>
+  </si>
+  <si>
+    <t>L’agénésie dentaire est une absence congénitale de dent associée à des maladies orphelines. La Haute Autorité de santé a évalué 21 actes concernant la prise en charge du traitement des agénésies dentaires multiples liées à certaines maladies rares.</t>
+  </si>
+  <si>
+    <t>30/01/2007 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_480851/fr/avis-favorable-de-la-has-concernant-la-pose-d-implants-chez-les-enfants-atteints-d-agenesie-dentaire</t>
+  </si>
+  <si>
+    <t>c_480851</t>
+  </si>
+  <si>
+    <t>Interventions courantes d’odontologie et de stomatologie : quand pratiquer l’anesthésie générale ?</t>
+  </si>
+  <si>
+    <t>20/10/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240338/fr/interventions-courantes-d-odontologie-et-de-stomatologie-quand-pratiquer-l-anesthesie-generale</t>
+  </si>
+  <si>
+    <t>c_240338</t>
+  </si>
+  <si>
+    <t>01/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240379/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_240379</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Endoscopie sous sommeil induit avant la pose du stimulateur du nerf hypoglosse</t>
+  </si>
+  <si>
+    <t>Evaluation de l’endoscopie sous sommeil induit (ESSI) avant la pose du stimulateur du nerf hypoglosse chez les patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603369/fr/endoscopie-sous-sommeil-induit-avant-la-pose-du-stimulateur-du-nerf-hypoglosse</t>
+  </si>
+  <si>
+    <t>p_3603369</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of pulp wound protection by direct pulp capping -INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
+    <t>Évaluation du parage de plaie de la pulpe par coiffage pulpaire direct - rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation du taux de succès et des facteurs pronostiques de la technique de coiffage pulpaire direct dans l’objectif de conservation de la vitalité pulpaire secondaire à une effraction pulpaire suite au curetage d’une carie, à un traumatisme dentaire touchant la pulpe ou accidentellement au cours d’un soin dentaire. Le but est d’éviter le traitement endodontique complet. D’autres techniques de conservation de la vitalité pulpaire existent comme la pulpotomie partielle, la pulpotomie cervicale ou encore le coiffage pulpaire indirect (en cas de proximité pulpaire sans exposition)</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893724</t>
   </si>
   <si>
-    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982973/en/sianalar</t>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
+  </si>
+  <si>
+    <t>02/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
+  </si>
+  <si>
+    <t>c_679792</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n 2024.0289/DC/SEAP du 17 octobre 2024 du collège de la HAS portant adoption de trois rapports d’évaluation technologique relatifs à la prise en charge implanto-prothétique de l’édentement</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>17/10/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>22/03/2012 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550806/fr/decision-n-2024-0289/dc/seap-du-17-octobre-2024-du-college-de-la-has-portant-adoption-de-trois-rapports-d-evaluation-technologique-relatifs-a-la-prise-en-charge-implanto-prothetique-de-l-edentement</t>
+  </si>
+  <si>
+    <t>p_3550806</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0065/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0065/AC/SEAP du 17 octobre 2024 du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550813/fr/avis-n2024-0065/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-lies-a-la-prise-en-charge-implanto-prothetique-de-l-edentement-complet-ou-unitaire</t>
+  </si>
+  <si>
+    <t>p_3550813</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le référentiel concernant la prise en charge par l’assurance maladie des soins d’orthopédie dento faciale en fonction de la gravité des pathologies</t>
+  </si>
+  <si>
+    <t>L'avis de la HAS concerne un référentiel proposé par l’UNCAM visant à encadrer la prise en charge par l'assurance maladie d'un type particulier de soins. Dans ce cas précis, l’avis de la HAS concerne la validité d’une classification des dysmorphoses en 5 stades de sévérité. Cette classification étant destinée à servir de base à une prise en charge différenciée selon les stades.</t>
+  </si>
+  <si>
+    <t>29/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2011 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069184/fr/avis-de-la-has-sur-le-referentiel-concernant-la-prise-en-charge-par-l-assurance-maladie-des-soins-d-orthopedie-dento-faciale-en-fonction-de-la-gravite-des-pathologies</t>
+  </si>
+  <si>
+    <t>c_1069184</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Mesures et précautions essentielles lors des soins bucco-dentaires en cabinet de ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ces réponses rapides est d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues durant le confinement dû au Covid-19. Le document, élaboré en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes, aborde les aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) et les aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du Covid-19).</t>
+  </si>
+  <si>
+    <t>18/05/2020 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184961/fr/mesures-et-precautions-essentielles-lors-des-soins-bucco-dentaires-en-cabinet-de-ville</t>
+  </si>
+  <si>
+    <t>p_3184961</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies bucco-dentaires</t>
+  </si>
+  <si>
+    <t>25/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778849/fr/criteres-d-epp-pour-les-maladies-bucco-dentaires</t>
+  </si>
+  <si>
+    <t>c_778849</t>
+  </si>
+  <si>
+    <t>Dossier du patient en odontologie</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462403/fr/dossier-du-patient-en-odontologie</t>
+  </si>
+  <si>
+    <t>c_462403</t>
+  </si>
+  <si>
+    <t>Dépistage orthodontique en denture temporaire et/ou en denture mixte</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272430/fr/depistage-orthodontique-en-denture-temporaire-et/ou-en-denture-mixte</t>
+  </si>
+  <si>
+    <t>c_272430</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CHLORHEXIDINE (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>06/09/2024 09:33:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982841/fr/chlorhexidine-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2982841</t>
+  </si>
+  <si>
+    <t>digluconate de chlorhexidine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES / BIOGARAN / CHEFARO ARDEVAL / H2 PHARMA / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400237/fr/chlorhexidine-chefaro-ardeval-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908450/fr/chlorhexidine-biogaran-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908484/fr/chlorhexidine-mylan-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908496/fr/chlorhexidine-arrow-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302590/fr/chlorhexidine-arrow-0-12-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339982/fr/chlorhexidine-biogaran-digluconate-de-chlorhexidine-infections-buccales-et-soins-post-operatoires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538263/fr/chlorhexidine-liberty-pharma-chlorhexidine-anti-infectieux-pour-traitement-oral-local</t>
+  </si>
+  <si>
+    <t>DAKTARIN - GYNO-DAKTARIN (miconazole (nitrate de))</t>
+  </si>
+  <si>
+    <t>18/06/2024 09:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983582/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983582</t>
+  </si>
+  <si>
+    <t>miconazole (nitrate de)</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG / JOHNSON &amp; JOHNSON SANTE BEAUTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399543/fr/daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487046/fr/daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758540/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775802/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704787/fr/gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524692/fr/daktarin-miconazole-antifongique</t>
+  </si>
+  <si>
+    <t>SIALANAR (bromure de glycopyrronium)</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:40:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982973/fr/sialanar-bromure-de-glycopyrronium</t>
   </si>
   <si>
     <t>pprd_2982973</t>
   </si>
   <si>
     <t>bromure de glycopyrronium</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2889901/en/sianalar-glycopyrronium-bromide-anticholinergic</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983927/en/xeomin-n/r/-neurotoxine-de-clostridium-botulinum-de-type-a-150-kd-sans-pro</t>
+    <t>https://www.has-sante.fr/jcms/c_2889901/fr/sialanar-bromure-de-glycopyrronium-anticholinergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499775/fr/sialanar-bromure-de-glycopyrronium-sialorrhee-severe</t>
+  </si>
+  <si>
+    <t>XEOMIN (neurotoxine de clostridium botulinum de type A)</t>
+  </si>
+  <si>
+    <t>29/06/2023 12:44:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983927/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
   </si>
   <si>
     <t>pprd_2983927</t>
   </si>
   <si>
     <t>neurotoxine de clostridium botulinum de type A</t>
   </si>
   <si>
     <t>MERZ PHARMA FRANCE S.AS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_657773/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984966/en/dysport</t>
+    <t>https://www.has-sante.fr/jcms/c_657773/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036534/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256025/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676759/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330893/fr/xeomin-toxine-botulinique-type-a-sialorrhee-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448222/fr/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a-spasticite-des-membres-superieurs</t>
+  </si>
+  <si>
+    <t>DYSPORT (toxine botulinique type A)</t>
+  </si>
+  <si>
+    <t>22/05/2023 09:37:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984966/fr/dysport-toxine-botulinique-type-a</t>
   </si>
   <si>
     <t>pprd_2984966</t>
   </si>
   <si>
     <t>toxine botulinique type A</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_446634/en/dysport</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3434800/en/dysport-500-unites-speywood-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+    <t>https://www.has-sante.fr/jcms/c_446634/fr/dysport-toxine-botulinique-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339917/fr/dysport-toxine-botulinique-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202242/fr/dysport-toxine-botulinique-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394941/fr/dysport-300-et-500-unites-speywood-toxine-botulinique-de-type-a-incontinence-urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434800/fr/dysport-500-unites-speywood-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
   </si>
   <si>
     <t>RYBRILA (bromure de glycopyrronium)</t>
   </si>
   <si>
-    <t>04/12/2023 11:44:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3426388/en/rybrila-bromure-de-glycopyrronium</t>
+    <t>12/04/2023 11:44:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426388/fr/rybrila-bromure-de-glycopyrronium</t>
   </si>
   <si>
     <t>p_3426388</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426351/en/rybrila-glycopyrronium-bromide-severe-sialorrhoea</t>
+    <t>https://www.has-sante.fr/jcms/p_3426351/fr/rybrila-bromure-de-glycopyrronium-sialorrhee-severe</t>
   </si>
   <si>
     <t>OZAWADE (pitolisant (chlorhydrate))</t>
   </si>
   <si>
-    <t>02/10/2022 14:11:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3316076/en/ozawade-pitolisant-chlorhydrate</t>
+    <t>10/02/2022 14:11:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316076/fr/ozawade-pitolisant-chlorhydrate</t>
   </si>
   <si>
     <t>p_3316076</t>
   </si>
   <si>
     <t>pitolisant (chlorhydrate)</t>
   </si>
   <si>
     <t>BIOPROJET PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3315446/en/ozawade-pitolisant</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3199528/en/adontex</t>
+    <t>https://www.has-sante.fr/jcms/p_3315446/fr/ozawade-pitolisant</t>
+  </si>
+  <si>
+    <t>CEFOXITINE (céfoxitine sodique)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983107/fr/cefoxitine-cefoxitine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983107</t>
+  </si>
+  <si>
+    <t>céfoxitine sodique</t>
+  </si>
+  <si>
+    <t>GERDA ; PANPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834696/fr/cefoxitine-panpharma-cefoxitine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872665/fr/cefoxitine-gerda-cefoxitine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315449/fr/cefoxitine-panpharma-2-g-cefoxitine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315978/fr/cefoxitine-panpharma-1-g-cefoxitine-sodique</t>
+  </si>
+  <si>
+    <t>ADONTEX (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>05/08/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199528/fr/adontex-digluconate-de-chlorhexidine</t>
   </si>
   <si>
     <t>p_3199528</t>
   </si>
   <si>
-    <t>digluconate de chlorhexidine</t>
-[...1 lines deleted...]
-  <si>
     <t>LABORATOIRES PRED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3199395/en/adontex</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3193296/en/sunosi</t>
+    <t>https://www.has-sante.fr/jcms/p_3199395/fr/adontex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280984/fr/adontex-chlorhexidine</t>
+  </si>
+  <si>
+    <t>SUNOSI (solriamfetol)</t>
+  </si>
+  <si>
+    <t>08/07/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193296/fr/sunosi-solriamfetol</t>
   </si>
   <si>
     <t>p_3193296</t>
   </si>
   <si>
     <t>solriamfetol</t>
   </si>
   <si>
     <t>JAZZ PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3193178/en/sunosi</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180200/en/xogel</t>
+    <t>https://www.has-sante.fr/jcms/p_3193178/fr/sunosi-solriamfetol</t>
+  </si>
+  <si>
+    <t>XOGEL (lidocaïne/ cétrimide)</t>
+  </si>
+  <si>
+    <t>23/04/2020 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180200/fr/xogel-lidocaine/-cetrimide</t>
   </si>
   <si>
     <t>p_3180200</t>
   </si>
   <si>
     <t>lidocaïne,cétrimide</t>
   </si>
   <si>
     <t>SEPTODONT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3180068/en/xogel</t>
+    <t>https://www.has-sante.fr/jcms/p_3180068/fr/xogel-enfant-adulte-lidocaine/-cetrimide</t>
+  </si>
+  <si>
+    <t>FLUOGEL (sodium (monofluorophosphate de)/ sodium (fluorure de))</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982802/fr/fluogel-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2982802</t>
+  </si>
+  <si>
+    <t>sodium (monofluorophosphate de),sodium (fluorure de)</t>
+  </si>
+  <si>
+    <t>TRADIPHAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642490/fr/fluogel-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963358/fr/fluogel-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>ERY NOURRISSONS (érythromycine (éthylsuccinate d')/ erythromycine)</t>
+  </si>
+  <si>
+    <t>27/12/2018 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982934/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2982934</t>
+  </si>
+  <si>
+    <t>érythromycine (éthylsuccinate d'),erythromycine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773296/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720515/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894241/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>BIRODOGYL - RODOGYL (spiramycine/ métronidazole)</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983223/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>pprd_2983223</t>
+  </si>
+  <si>
+    <t>spiramycine,métronidazole</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399609/fr/birodogyl-comprimes-pellicules-b/10-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468646/fr/birodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332046/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857788/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>ARTISIAL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
+  </si>
+  <si>
+    <t>02/05/2018 16:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983324/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>pprd_2983324</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,phosphate monopotassique,phosphate dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603073/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962467/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648990/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844534/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>DYNEXAN (lidocaïne (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983404/fr/dynexan-lidocaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983404</t>
+  </si>
+  <si>
+    <t>lidocaïne (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>KREUSSLER PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401001/fr/dynexan-2-creme-buccale-1-tube-de-10-g-cip-352-798-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996897/fr/dynexan-lidocaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825873/fr/dynexan-lidocaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LORAMYC (Miconazole)</t>
+  </si>
+  <si>
+    <t>16/06/2017 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983590/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983590</t>
+  </si>
+  <si>
+    <t>Miconazole</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517627/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711199/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774123/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>AZADOSE - ZITHROMAX (azithromycine dihydratée)</t>
+  </si>
+  <si>
+    <t>08/11/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983859/fr/azadose-zithromax-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2983859</t>
+  </si>
+  <si>
+    <t>azithromycine dihydratée</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572194/fr/azadose-zithromax-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682504/fr/azadose-zithromax-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058665/fr/zithromax-azadose-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400840/fr/zithromax-monodose-250-mg-comprime-pellicule-b/4-code-cip-351-777-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399026/fr/zithromax-250-mg-comprime-pellicule-b/6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399025/fr/zithromax-40-mg/ml-enfant-poudre-pour-suspension-buvable-flacon-de-30-ml-de-suspension-reconstituee-ou-29-3g-flacon-de-37-5-ml-de-suspension-reconstituee-ou-35-6g</t>
+  </si>
+  <si>
+    <t>ORDIPHA (azithromycine dihydratée)</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983893/fr/ordipha-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2983893</t>
+  </si>
+  <si>
+    <t>TONIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2050480/fr/ordipha-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680644/fr/ordipha-azithromycine-dihydratee</t>
+  </si>
+  <si>
+    <t>CITRATE DE CAFEINE COOPER (caféine (citrate de))</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983954/fr/citrate-de-cafeine-cooper-cafeine-citrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983954</t>
+  </si>
+  <si>
+    <t>caféine (citrate de)</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096740/fr/citrate-de-cafeine-cooper-cafeine-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671803/fr/citrate-de-cafeine-cooper-cafeine-citrate-de</t>
+  </si>
+  <si>
+    <t>PREXIDINE (gluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984027/fr/prexidine-gluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2984027</t>
+  </si>
+  <si>
+    <t>gluconate de chlorhexidine</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399118/fr/prexidine-0-12-pour-cent-bain-de-bouche-flacon-de-200-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401006/fr/prexidine-gluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928157/fr/prexidine-gluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036521/fr/prexidine-gluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658522/fr/prexidine-gluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>ZYMAFLUOR (fluorure de sodium)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984058/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984058</t>
+  </si>
+  <si>
+    <t>fluorure de sodium</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468576/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065571/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655968/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>PAROEX (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984170/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2984170</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928161/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036552/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617883/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>APRANAX (naproxène)</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984197/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>pprd_2984197</t>
+  </si>
+  <si>
+    <t>naproxène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399180/fr/apranax-750-mg-comprimes-pellicules-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400892/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990920/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610500/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>NIFLURIL ENFANT - ADULTES (morniflumate/ acide niflumique)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984361/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>pprd_2984361</t>
+  </si>
+  <si>
+    <t>morniflumate,acide niflumique</t>
+  </si>
+  <si>
+    <t>UPSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400935/fr/nifluril-250-mg-geluleb/30-cip-307-287-9-acide-niflumique-nifluril-adultes-700-mg-suppositoireb/8-cip-313-213-3-nifluril-enfants-400-mg-suppositoire-secableb/8-cip-318-863-6-nifluril-3-pommade1-tube-de-60-g-cip-311-619-2-niflugel-2-5-gel-percutane1-tube-de-60-g-cip-331-866-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018494/fr/nifluril-niflugel-2-5-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564384/fr/nifluril-niflugel-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564420/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>ZYMADUO (cholécalciférol/ fluorure de sodium)</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984630/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984630</t>
+  </si>
+  <si>
+    <t>cholécalciférol,fluorure de sodium</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400888/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971038/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003869/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>FLUOCARIL BI-FLUORE (sodium (monofluorophosphate de)/ sodium (fluorure de))</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984755/fr/fluocaril-bi-fluore-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984755</t>
+  </si>
+  <si>
+    <t>PROCTER &amp; GAMBLE PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778873/fr/fluocaril-bi-fluore-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747526/fr/fluocaril-bi-fluore-sodium-monofluorophosphate-de-/-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>FLUOSTEROL (sodium (fluorure de)/ cholécalciférol (concentrat de), forme pulvérule...)</t>
+  </si>
+  <si>
+    <t>04/12/2013 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984861/fr/fluosterol-sodium-fluorure-de-/-cholecalciferol-concentrat-de-forme-pulverule</t>
+  </si>
+  <si>
+    <t>pprd_2984861</t>
+  </si>
+  <si>
+    <t>sodium (fluorure de),cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399908/fr/fluosterol-0-25-mg/800-ui/dose-solution-buvable-flacon-de-22-5-ml-avec-pipette-doseuse-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701809/fr/fluosterol-sodium-fluorure-de-/-cholecalciferol-concentrat-de-forme-pulverule</t>
+  </si>
+  <si>
+    <t>FLUOREX (sodium (fluorure de))</t>
+  </si>
+  <si>
+    <t>28/11/2013 18:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984863/fr/fluorex-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984863</t>
+  </si>
+  <si>
+    <t>sodium (fluorure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399268/fr/fluorex-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401025/fr/fluorex-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701321/fr/fluorex-sodium-fluorure-de</t>
+  </si>
+  <si>
+    <t>FLUORURE DE CALCIUM CRINEX (calcium (fluorure de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984866/fr/fluorure-de-calcium-crinex-calcium-fluorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984866</t>
+  </si>
+  <si>
+    <t>calcium (fluorure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657681/fr/fluorure-de-calcium-calcium-fluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701312/fr/fluorure-de-calcium-crinex-calcium-fluorure-de</t>
   </si>
   <si>
     <t>PIASCLEDINE (insaponifiable d’huile d’avocat/ insaponifiable d’huile de soja)</t>
   </si>
   <si>
-    <t>07/25/2013 15:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984951/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+    <t>25/07/2013 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984951/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
   </si>
   <si>
     <t>pprd_2984951</t>
   </si>
   <si>
     <t>insaponifiable d’huile d’avocat,insaponifiable d’huile de soja</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400942/en/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356131/en/piascledine</t>
+    <t>https://www.has-sante.fr/jcms/c_400942/fr/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725102/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106850/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356131/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>GIVALEX (héxétidine, salicylate de choline, chlorobutanol hemihydraté)</t>
+  </si>
+  <si>
+    <t>22/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985149/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985149</t>
+  </si>
+  <si>
+    <t>héxétidine, salicylate de choline, chlorobutanol hemihydraté</t>
+  </si>
+  <si>
+    <t>Laboratoire NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928166/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058669/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069670/fr/givalex-bain-de-bouche-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069673/fr/givalex-collutoire-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ALODONT (chlorure de cétylpyridinium/ chlorobutanol/ eugénol)</t>
+  </si>
+  <si>
+    <t>25/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985159/fr/alodont-chlorure-de-cetylpyridinium/-chlorobutanol/-eugenol</t>
+  </si>
+  <si>
+    <t>pprd_2985159</t>
+  </si>
+  <si>
+    <t>chlorure de cétylpyridinium,chlorobutanol,eugénol</t>
+  </si>
+  <si>
+    <t>Laboratoire JOHNSON &amp; JOHNSON SANTE BEAUTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928165/fr/alodont-chlorure-de-cetylpyridinium/-chlorobutanol/-eugenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058672/fr/alodont-chlorure-de-cetylpyridinium/-chlorobutanol/-eugenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062715/fr/alodont-chlorure-de-cetylpyridinium/-chlorobutanol/-eugenol</t>
+  </si>
+  <si>
+    <t>GLYCO-THYMOLINE (benzoate de sodium/ salicylate de sodium/ borax/ thymol/ cinéole/ lévo...)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985167/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
+  </si>
+  <si>
+    <t>pprd_2985167</t>
+  </si>
+  <si>
+    <t>benzoate de sodium,salicylate de sodium,borax,thymol,cinéole,lévomenthol</t>
+  </si>
+  <si>
+    <t>Laboratoire SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928141/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058678/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
+  </si>
+  <si>
+    <t>SULFARLEM (anétholtrithione)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985188/fr/sulfarlem-anetholtrithione</t>
+  </si>
+  <si>
+    <t>pprd_2985188</t>
+  </si>
+  <si>
+    <t>anétholtrithione</t>
+  </si>
+  <si>
+    <t>Laboratoire EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048369/fr/sulfarlem-anetholtrithione</t>
+  </si>
+  <si>
+    <t>ELUDRIL - ELUDRILPERIO (chlorhexidine (digluconate de)/ chlorhydrate de tétracaïne)</t>
+  </si>
+  <si>
+    <t>22/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985291/fr/eludril-eludrilperio-chlorhexidine-digluconate-de-/-chlorhydrate-de-tetracaine</t>
+  </si>
+  <si>
+    <t>pprd_2985291</t>
+  </si>
+  <si>
+    <t>chlorhexidine (digluconate de),chlorhydrate de tétracaïne</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928153/fr/eludril-chlorhexidine-digluconate-de-/-chlorhydrate-de-tetracaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400465/fr/eludril-collutoire-55-ml-en-flacon-pressurise-code-cip-311-574-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905745/fr/eludrilperio-chlorhexidine-digluconate-de-solution-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873716/fr/eludrilperio-chlorhexidine-digluconate-de-solution-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332080/fr/eludrilperio-chlorhexidine-digluconate-de-solution-de</t>
+  </si>
+  <si>
+    <t>ABBOTICINE - ERYTHROCINE (erythromycine (éthylsuccinate d'))</t>
+  </si>
+  <si>
+    <t>11/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985339/fr/abboticine-erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985339</t>
+  </si>
+  <si>
+    <t>erythromycine (éthylsuccinate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793445/fr/abboticine-erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896418/fr/erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719392/fr/erythrocine-erythromycine-ethylsuccinate-d</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -585,778 +2682,4561 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" t="s">
+        <v>65</v>
+      </c>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" t="s">
+        <v>70</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
+      </c>
+      <c r="I12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>81</v>
+      </c>
+      <c r="I13" t="s">
+        <v>82</v>
+      </c>
+      <c r="J13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+      <c r="I14" t="s">
+        <v>82</v>
+      </c>
+      <c r="J14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+      <c r="I15" t="s">
+        <v>75</v>
+      </c>
+      <c r="J15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+      <c r="I16" t="s">
+        <v>31</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
+      </c>
+      <c r="I17" t="s">
+        <v>31</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>103</v>
+      </c>
+      <c r="E18" t="s">
+        <v>104</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18" t="s">
+        <v>106</v>
+      </c>
+      <c r="I18" t="s">
+        <v>107</v>
+      </c>
+      <c r="J18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19" t="s">
+        <v>113</v>
+      </c>
+      <c r="I19" t="s">
+        <v>31</v>
+      </c>
+      <c r="J19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>117</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>118</v>
+      </c>
+      <c r="H20" t="s">
+        <v>119</v>
+      </c>
+      <c r="I20" t="s">
+        <v>120</v>
+      </c>
+      <c r="J20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" t="s">
+        <v>31</v>
+      </c>
+      <c r="J21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>128</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>129</v>
+      </c>
+      <c r="E22" t="s">
+        <v>130</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>131</v>
+      </c>
+      <c r="H22" t="s">
+        <v>132</v>
+      </c>
+      <c r="I22" t="s">
+        <v>133</v>
+      </c>
+      <c r="J22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>137</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>138</v>
+      </c>
+      <c r="H23" t="s">
+        <v>139</v>
+      </c>
+      <c r="I23" t="s">
+        <v>140</v>
+      </c>
+      <c r="J23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>144</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>145</v>
+      </c>
+      <c r="H24" t="s">
+        <v>146</v>
+      </c>
+      <c r="I24" t="s">
+        <v>147</v>
+      </c>
+      <c r="J24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>151</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>152</v>
+      </c>
+      <c r="H25" t="s">
+        <v>153</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>93</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>155</v>
+      </c>
+      <c r="E26" t="s">
+        <v>156</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>157</v>
+      </c>
+      <c r="H26" t="s">
+        <v>158</v>
+      </c>
+      <c r="I26" t="s">
+        <v>31</v>
+      </c>
+      <c r="J26" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E27" t="s">
+        <v>161</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>162</v>
+      </c>
+      <c r="H27" t="s">
+        <v>163</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>160</v>
+      </c>
+      <c r="E28" t="s">
+        <v>165</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>166</v>
+      </c>
+      <c r="H28" t="s">
+        <v>167</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>169</v>
+      </c>
+      <c r="D29" t="s">
+        <v>155</v>
+      </c>
+      <c r="E29" t="s">
+        <v>170</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>171</v>
+      </c>
+      <c r="H29" t="s">
+        <v>172</v>
+      </c>
+      <c r="I29" t="s">
+        <v>169</v>
+      </c>
+      <c r="J29" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>109</v>
+      </c>
+      <c r="C30" t="s">
+        <v>174</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
+        <v>170</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+      <c r="I30" t="s">
+        <v>174</v>
+      </c>
+      <c r="J30" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>180</v>
+      </c>
+      <c r="H31" t="s">
+        <v>181</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" t="s">
+        <v>182</v>
+      </c>
+      <c r="D32" t="s">
+        <v>183</v>
+      </c>
+      <c r="E32" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>185</v>
+      </c>
+      <c r="H32" t="s">
+        <v>186</v>
+      </c>
+      <c r="I32" t="s">
+        <v>182</v>
+      </c>
+      <c r="J32" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>188</v>
+      </c>
+      <c r="E33" t="s">
+        <v>189</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>190</v>
+      </c>
+      <c r="H33" t="s">
+        <v>191</v>
+      </c>
+      <c r="I33" t="s">
+        <v>31</v>
+      </c>
+      <c r="J33" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>192</v>
+      </c>
+      <c r="E34" t="s">
+        <v>193</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>194</v>
+      </c>
+      <c r="H34" t="s">
+        <v>195</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>128</v>
+      </c>
+      <c r="C35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" t="s">
+        <v>197</v>
+      </c>
+      <c r="E35" t="s">
+        <v>198</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>199</v>
+      </c>
+      <c r="H35" t="s">
+        <v>200</v>
+      </c>
+      <c r="I35" t="s">
+        <v>31</v>
+      </c>
+      <c r="J35" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>114</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>201</v>
+      </c>
+      <c r="E36" t="s">
+        <v>202</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>203</v>
+      </c>
+      <c r="H36" t="s">
+        <v>204</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>207</v>
+      </c>
+      <c r="E37" t="s">
+        <v>208</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>209</v>
+      </c>
+      <c r="H37" t="s">
+        <v>210</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" t="s">
+        <v>213</v>
+      </c>
+      <c r="D38" t="s">
+        <v>214</v>
+      </c>
+      <c r="E38" t="s">
+        <v>215</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>216</v>
+      </c>
+      <c r="H38" t="s">
+        <v>217</v>
+      </c>
+      <c r="I38" t="s">
+        <v>213</v>
+      </c>
+      <c r="J38" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>220</v>
+      </c>
+      <c r="E39" t="s">
+        <v>221</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>222</v>
+      </c>
+      <c r="H39" t="s">
+        <v>223</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>225</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>226</v>
+      </c>
+      <c r="E40" t="s">
+        <v>227</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>228</v>
+      </c>
+      <c r="H40" t="s">
+        <v>229</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>231</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>232</v>
+      </c>
+      <c r="E41" t="s">
+        <v>233</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>234</v>
+      </c>
+      <c r="H41" t="s">
+        <v>235</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>237</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>238</v>
+      </c>
+      <c r="E42" t="s">
+        <v>239</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>240</v>
+      </c>
+      <c r="H42" t="s">
+        <v>241</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>243</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>244</v>
+      </c>
+      <c r="E43" t="s">
+        <v>245</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>246</v>
+      </c>
+      <c r="H43" t="s">
+        <v>247</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>249</v>
+      </c>
+      <c r="C44" t="s">
+        <v>250</v>
+      </c>
+      <c r="D44" t="s">
+        <v>251</v>
+      </c>
+      <c r="E44" t="s">
+        <v>252</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>253</v>
+      </c>
+      <c r="H44" t="s">
+        <v>254</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>256</v>
+      </c>
+      <c r="C45" t="s">
+        <v>257</v>
+      </c>
+      <c r="D45" t="s">
+        <v>258</v>
+      </c>
+      <c r="E45" t="s">
+        <v>259</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>260</v>
+      </c>
+      <c r="H45" t="s">
+        <v>261</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>263</v>
+      </c>
+      <c r="E46" t="s">
+        <v>264</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>265</v>
+      </c>
+      <c r="H46" t="s">
+        <v>266</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>269</v>
+      </c>
+      <c r="E47" t="s">
+        <v>270</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>271</v>
+      </c>
+      <c r="H47" t="s">
+        <v>272</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C2" t="s">
+        <v>276</v>
+      </c>
+      <c r="D2" t="s">
+        <v>277</v>
+      </c>
+      <c r="E2" t="s">
+        <v>278</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>279</v>
+      </c>
+      <c r="H2" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B3" t="s">
+        <v>281</v>
+      </c>
+      <c r="C3" t="s">
+        <v>282</v>
+      </c>
+      <c r="D3" t="s">
+        <v>283</v>
+      </c>
+      <c r="E3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H3" t="s">
+        <v>286</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D2" t="s">
+        <v>290</v>
+      </c>
+      <c r="E2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>292</v>
+      </c>
+      <c r="H2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C3" t="s">
+        <v>295</v>
+      </c>
+      <c r="D3" t="s">
+        <v>296</v>
+      </c>
+      <c r="E3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>298</v>
+      </c>
+      <c r="H3" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C4" t="s">
+        <v>301</v>
+      </c>
+      <c r="D4" t="s">
+        <v>302</v>
+      </c>
+      <c r="E4" t="s">
+        <v>303</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>304</v>
+      </c>
+      <c r="H4" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>287</v>
+      </c>
+      <c r="B5" t="s">
+        <v>306</v>
+      </c>
+      <c r="C5" t="s">
+        <v>307</v>
+      </c>
+      <c r="D5" t="s">
+        <v>308</v>
+      </c>
+      <c r="E5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>310</v>
+      </c>
+      <c r="H5" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>287</v>
+      </c>
+      <c r="B6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C6" t="s">
+        <v>313</v>
+      </c>
+      <c r="D6" t="s">
+        <v>314</v>
+      </c>
+      <c r="E6" t="s">
+        <v>315</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>316</v>
+      </c>
+      <c r="H6" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>287</v>
+      </c>
+      <c r="B7" t="s">
+        <v>318</v>
+      </c>
+      <c r="C7" t="s">
+        <v>319</v>
+      </c>
+      <c r="D7" t="s">
+        <v>320</v>
+      </c>
+      <c r="E7" t="s">
+        <v>321</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>322</v>
+      </c>
+      <c r="H7" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>287</v>
+      </c>
+      <c r="B8" t="s">
+        <v>324</v>
+      </c>
+      <c r="C8" t="s">
+        <v>325</v>
+      </c>
+      <c r="D8" t="s">
+        <v>326</v>
+      </c>
+      <c r="E8" t="s">
+        <v>327</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>328</v>
+      </c>
+      <c r="H8" t="s">
+        <v>329</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>334</v>
+      </c>
+      <c r="H2" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C3" t="s">
+        <v>337</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>338</v>
+      </c>
+      <c r="H3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B4" t="s">
+        <v>340</v>
+      </c>
+      <c r="C4" t="s">
+        <v>341</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>333</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>342</v>
+      </c>
+      <c r="H4" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>330</v>
+      </c>
+      <c r="B5" t="s">
+        <v>344</v>
+      </c>
+      <c r="C5" t="s">
+        <v>345</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>346</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>347</v>
+      </c>
+      <c r="H5" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>330</v>
+      </c>
+      <c r="B6" t="s">
+        <v>349</v>
+      </c>
+      <c r="C6" t="s">
+        <v>350</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>346</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>351</v>
+      </c>
+      <c r="H6" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>330</v>
+      </c>
+      <c r="B7" t="s">
+        <v>353</v>
+      </c>
+      <c r="C7" t="s">
+        <v>354</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>355</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>356</v>
+      </c>
+      <c r="H7" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>330</v>
+      </c>
+      <c r="B8" t="s">
+        <v>358</v>
+      </c>
+      <c r="C8" t="s">
+        <v>359</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>360</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>361</v>
+      </c>
+      <c r="H8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>330</v>
+      </c>
+      <c r="B9" t="s">
+        <v>363</v>
+      </c>
+      <c r="C9" t="s">
+        <v>364</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>365</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>366</v>
+      </c>
+      <c r="H9" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>330</v>
+      </c>
+      <c r="B10" t="s">
+        <v>368</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>369</v>
+      </c>
+      <c r="E10" t="s">
+        <v>370</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>371</v>
+      </c>
+      <c r="H10" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>330</v>
+      </c>
+      <c r="B11" t="s">
+        <v>373</v>
+      </c>
+      <c r="C11" t="s">
+        <v>374</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>375</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>376</v>
+      </c>
+      <c r="H11" t="s">
+        <v>377</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>382</v>
+      </c>
+      <c r="H2" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C3" t="s">
+        <v>385</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>387</v>
+      </c>
+      <c r="H3" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B4" t="s">
+        <v>389</v>
+      </c>
+      <c r="C4" t="s">
+        <v>390</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>392</v>
+      </c>
+      <c r="H4" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B5" t="s">
+        <v>394</v>
+      </c>
+      <c r="C5" t="s">
+        <v>395</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>396</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>397</v>
+      </c>
+      <c r="H5" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>378</v>
+      </c>
+      <c r="B6" t="s">
+        <v>399</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>400</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>401</v>
+      </c>
+      <c r="H6" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>378</v>
+      </c>
+      <c r="B7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C7" t="s">
+        <v>404</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>405</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>406</v>
+      </c>
+      <c r="H7" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>378</v>
+      </c>
+      <c r="B8" t="s">
+        <v>408</v>
+      </c>
+      <c r="C8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>410</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>411</v>
+      </c>
+      <c r="H8" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>378</v>
+      </c>
+      <c r="B9" t="s">
+        <v>413</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>414</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>415</v>
+      </c>
+      <c r="H9" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>378</v>
+      </c>
+      <c r="B10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>417</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>418</v>
+      </c>
+      <c r="H10" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>378</v>
+      </c>
+      <c r="B11" t="s">
+        <v>420</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>421</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>422</v>
+      </c>
+      <c r="H11" t="s">
+        <v>423</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C2" t="s">
+        <v>426</v>
+      </c>
+      <c r="D2" t="s">
+        <v>427</v>
+      </c>
+      <c r="E2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>428</v>
+      </c>
+      <c r="H2" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C3" t="s">
+        <v>431</v>
+      </c>
+      <c r="D3" t="s">
+        <v>432</v>
+      </c>
+      <c r="E3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>434</v>
+      </c>
+      <c r="H3" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>424</v>
+      </c>
+      <c r="B4" t="s">
+        <v>436</v>
+      </c>
+      <c r="C4" t="s">
+        <v>437</v>
+      </c>
+      <c r="D4" t="s">
+        <v>432</v>
+      </c>
+      <c r="E4" t="s">
+        <v>438</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>439</v>
+      </c>
+      <c r="H4" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>424</v>
+      </c>
+      <c r="B5" t="s">
+        <v>441</v>
+      </c>
+      <c r="C5" t="s">
+        <v>442</v>
+      </c>
+      <c r="D5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E5" t="s">
+        <v>386</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>444</v>
+      </c>
+      <c r="H5" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>424</v>
+      </c>
+      <c r="B6" t="s">
+        <v>446</v>
+      </c>
+      <c r="C6" t="s">
+        <v>447</v>
+      </c>
+      <c r="D6" t="s">
+        <v>448</v>
+      </c>
+      <c r="E6" t="s">
+        <v>449</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>450</v>
+      </c>
+      <c r="H6" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>424</v>
+      </c>
+      <c r="B7" t="s">
+        <v>452</v>
+      </c>
+      <c r="C7" t="s">
+        <v>453</v>
+      </c>
+      <c r="D7" t="s">
+        <v>454</v>
+      </c>
+      <c r="E7" t="s">
+        <v>455</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>456</v>
+      </c>
+      <c r="H7" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>424</v>
+      </c>
+      <c r="B8" t="s">
+        <v>458</v>
+      </c>
+      <c r="C8" t="s">
+        <v>459</v>
+      </c>
+      <c r="D8" t="s">
+        <v>460</v>
+      </c>
+      <c r="E8" t="s">
+        <v>461</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>462</v>
+      </c>
+      <c r="H8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>424</v>
+      </c>
+      <c r="B9" t="s">
+        <v>464</v>
+      </c>
+      <c r="C9" t="s">
+        <v>465</v>
+      </c>
+      <c r="D9" t="s">
+        <v>466</v>
+      </c>
+      <c r="E9" t="s">
+        <v>467</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>468</v>
+      </c>
+      <c r="H9" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>424</v>
+      </c>
+      <c r="B10" t="s">
+        <v>470</v>
+      </c>
+      <c r="C10" t="s">
+        <v>471</v>
+      </c>
+      <c r="D10" t="s">
+        <v>472</v>
+      </c>
+      <c r="E10" t="s">
+        <v>473</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>474</v>
+      </c>
+      <c r="H10" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>424</v>
+      </c>
+      <c r="B11" t="s">
+        <v>476</v>
+      </c>
+      <c r="C11" t="s">
+        <v>477</v>
+      </c>
+      <c r="D11" t="s">
+        <v>478</v>
+      </c>
+      <c r="E11" t="s">
+        <v>479</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>480</v>
+      </c>
+      <c r="H11" t="s">
+        <v>481</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>482</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>483</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>484</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>485</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>486</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>487</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>488</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>482</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>489</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>490</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>485</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>386</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>491</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>492</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>482</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>493</v>
       </c>
       <c r="C4" t="s">
-        <v>33</v>
+        <v>494</v>
       </c>
       <c r="D4" t="s">
-        <v>34</v>
+        <v>495</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>496</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>497</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>499</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>500</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>501</v>
       </c>
       <c r="D2" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>502</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>503</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>504</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>499</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>505</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>506</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>507</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>508</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>499</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>509</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>54</v>
+        <v>510</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>55</v>
+        <v>511</v>
       </c>
       <c r="H4" t="s">
-        <v>56</v>
+        <v>512</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>499</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>513</v>
       </c>
       <c r="C5" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>60</v>
+        <v>514</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>61</v>
+        <v>515</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
-[...51 lines deleted...]
-        <v>74</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>75</v>
+        <v>517</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>76</v>
+        <v>518</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>520</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>79</v>
+        <v>521</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>80</v>
+        <v>522</v>
       </c>
       <c r="H2" t="s">
-        <v>81</v>
+        <v>523</v>
       </c>
       <c r="I2" t="s">
-        <v>82</v>
+        <v>524</v>
       </c>
       <c r="J2" t="s">
-        <v>83</v>
+        <v>525</v>
       </c>
       <c r="K2" t="s">
-        <v>84</v>
+        <v>526</v>
       </c>
       <c r="L2" t="s">
-        <v>85</v>
+        <v>527</v>
+      </c>
+      <c r="M2" t="s">
+        <v>528</v>
+      </c>
+      <c r="N2" t="s">
+        <v>529</v>
+      </c>
+      <c r="O2" t="s">
+        <v>530</v>
+      </c>
+      <c r="P2" t="s">
+        <v>531</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>533</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>87</v>
+        <v>534</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>88</v>
+        <v>535</v>
       </c>
       <c r="H3" t="s">
-        <v>89</v>
+        <v>536</v>
       </c>
       <c r="I3" t="s">
-        <v>90</v>
+        <v>537</v>
       </c>
       <c r="J3" t="s">
-        <v>91</v>
+        <v>538</v>
       </c>
       <c r="K3" t="s">
-        <v>92</v>
+        <v>539</v>
       </c>
       <c r="L3" t="s">
-        <v>93</v>
+        <v>540</v>
       </c>
       <c r="M3" t="s">
-        <v>94</v>
+        <v>541</v>
       </c>
       <c r="N3" t="s">
-        <v>95</v>
+        <v>542</v>
       </c>
       <c r="O3" t="s">
-        <v>96</v>
+        <v>543</v>
       </c>
       <c r="P3" t="s">
-        <v>97</v>
+        <v>544</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>545</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>99</v>
+        <v>546</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>100</v>
+        <v>547</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>548</v>
       </c>
       <c r="I4" t="s">
-        <v>102</v>
+        <v>549</v>
       </c>
       <c r="J4" t="s">
-        <v>103</v>
+        <v>550</v>
       </c>
       <c r="K4" t="s">
-        <v>104</v>
+        <v>551</v>
       </c>
       <c r="L4" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-        <v>108</v>
+        <v>552</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B5" t="s">
-        <v>109</v>
+        <v>553</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>110</v>
+        <v>554</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>111</v>
+        <v>555</v>
       </c>
       <c r="H5" t="s">
-        <v>112</v>
+        <v>556</v>
       </c>
       <c r="I5" t="s">
-        <v>82</v>
+        <v>557</v>
       </c>
       <c r="J5" t="s">
-        <v>113</v>
+        <v>558</v>
       </c>
       <c r="K5" t="s">
-        <v>114</v>
+        <v>559</v>
+      </c>
+      <c r="L5" t="s">
+        <v>560</v>
+      </c>
+      <c r="M5" t="s">
+        <v>561</v>
+      </c>
+      <c r="N5" t="s">
+        <v>562</v>
+      </c>
+      <c r="O5" t="s">
+        <v>563</v>
+      </c>
+      <c r="P5" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B6" t="s">
-        <v>115</v>
+        <v>565</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>116</v>
+        <v>566</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>117</v>
+        <v>567</v>
       </c>
       <c r="H6" t="s">
-        <v>118</v>
+        <v>568</v>
       </c>
       <c r="I6" t="s">
-        <v>119</v>
+        <v>569</v>
       </c>
       <c r="J6" t="s">
-        <v>120</v>
+        <v>570</v>
       </c>
       <c r="K6" t="s">
-        <v>121</v>
+        <v>571</v>
+      </c>
+      <c r="L6" t="s">
+        <v>572</v>
+      </c>
+      <c r="M6" t="s">
+        <v>573</v>
+      </c>
+      <c r="N6" t="s">
+        <v>574</v>
+      </c>
+      <c r="O6" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B7" t="s">
-        <v>122</v>
+        <v>576</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>123</v>
+        <v>577</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>124</v>
+        <v>578</v>
       </c>
       <c r="H7" t="s">
-        <v>125</v>
+        <v>579</v>
       </c>
       <c r="I7" t="s">
-        <v>126</v>
+        <v>549</v>
       </c>
       <c r="J7" t="s">
-        <v>127</v>
+        <v>580</v>
       </c>
       <c r="K7" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>581</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B8" t="s">
-        <v>130</v>
+        <v>582</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>131</v>
+        <v>583</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>132</v>
+        <v>584</v>
       </c>
       <c r="H8" t="s">
-        <v>133</v>
+        <v>585</v>
       </c>
       <c r="I8" t="s">
-        <v>134</v>
+        <v>586</v>
       </c>
       <c r="J8" t="s">
-        <v>135</v>
+        <v>587</v>
       </c>
       <c r="K8" t="s">
-        <v>136</v>
+        <v>588</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B9" t="s">
-        <v>137</v>
+        <v>589</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>138</v>
+        <v>590</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>139</v>
+        <v>591</v>
       </c>
       <c r="H9" t="s">
-        <v>140</v>
+        <v>592</v>
       </c>
       <c r="I9" t="s">
-        <v>141</v>
+        <v>593</v>
       </c>
       <c r="J9" t="s">
-        <v>142</v>
+        <v>594</v>
       </c>
       <c r="K9" t="s">
-        <v>143</v>
+        <v>595</v>
+      </c>
+      <c r="L9" t="s">
+        <v>596</v>
+      </c>
+      <c r="M9" t="s">
+        <v>597</v>
+      </c>
+      <c r="N9" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>519</v>
       </c>
       <c r="B10" t="s">
-        <v>144</v>
+        <v>599</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>145</v>
+        <v>600</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>146</v>
+        <v>601</v>
       </c>
       <c r="H10" t="s">
-        <v>147</v>
+        <v>602</v>
       </c>
       <c r="I10" t="s">
-        <v>148</v>
+        <v>524</v>
       </c>
       <c r="J10" t="s">
-        <v>149</v>
+        <v>603</v>
       </c>
       <c r="K10" t="s">
-        <v>150</v>
+        <v>604</v>
       </c>
       <c r="L10" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>605</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>519</v>
+      </c>
+      <c r="B11" t="s">
+        <v>606</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>607</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>608</v>
+      </c>
+      <c r="H11" t="s">
+        <v>609</v>
+      </c>
+      <c r="I11" t="s">
+        <v>610</v>
+      </c>
+      <c r="J11" t="s">
+        <v>611</v>
+      </c>
+      <c r="K11" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>519</v>
+      </c>
+      <c r="B12" t="s">
+        <v>613</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>614</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>615</v>
+      </c>
+      <c r="H12" t="s">
+        <v>616</v>
+      </c>
+      <c r="I12" t="s">
+        <v>617</v>
+      </c>
+      <c r="J12" t="s">
+        <v>618</v>
+      </c>
+      <c r="K12" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>519</v>
+      </c>
+      <c r="B13" t="s">
+        <v>620</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>621</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>622</v>
+      </c>
+      <c r="H13" t="s">
+        <v>623</v>
+      </c>
+      <c r="I13" t="s">
+        <v>624</v>
+      </c>
+      <c r="J13" t="s">
+        <v>625</v>
+      </c>
+      <c r="K13" t="s">
+        <v>626</v>
+      </c>
+      <c r="L13" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>519</v>
+      </c>
+      <c r="B14" t="s">
+        <v>628</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>629</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>630</v>
+      </c>
+      <c r="H14" t="s">
+        <v>631</v>
+      </c>
+      <c r="I14" t="s">
+        <v>632</v>
+      </c>
+      <c r="J14" t="s">
+        <v>633</v>
+      </c>
+      <c r="K14" t="s">
+        <v>634</v>
+      </c>
+      <c r="L14" t="s">
+        <v>635</v>
+      </c>
+      <c r="M14" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>519</v>
+      </c>
+      <c r="B15" t="s">
+        <v>637</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>638</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>639</v>
+      </c>
+      <c r="H15" t="s">
+        <v>640</v>
+      </c>
+      <c r="I15" t="s">
+        <v>641</v>
+      </c>
+      <c r="J15" t="s">
+        <v>642</v>
+      </c>
+      <c r="K15" t="s">
+        <v>643</v>
+      </c>
+      <c r="L15" t="s">
+        <v>644</v>
+      </c>
+      <c r="M15" t="s">
+        <v>645</v>
+      </c>
+      <c r="N15" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>519</v>
+      </c>
+      <c r="B16" t="s">
+        <v>647</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>648</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>649</v>
+      </c>
+      <c r="H16" t="s">
+        <v>650</v>
+      </c>
+      <c r="I16" t="s">
+        <v>651</v>
+      </c>
+      <c r="J16" t="s">
+        <v>580</v>
+      </c>
+      <c r="K16" t="s">
+        <v>652</v>
+      </c>
+      <c r="L16" t="s">
+        <v>653</v>
+      </c>
+      <c r="M16" t="s">
+        <v>654</v>
+      </c>
+      <c r="N16" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>519</v>
+      </c>
+      <c r="B17" t="s">
+        <v>656</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>657</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>658</v>
+      </c>
+      <c r="H17" t="s">
+        <v>659</v>
+      </c>
+      <c r="I17" t="s">
+        <v>660</v>
+      </c>
+      <c r="J17" t="s">
+        <v>661</v>
+      </c>
+      <c r="K17" t="s">
+        <v>662</v>
+      </c>
+      <c r="L17" t="s">
+        <v>663</v>
+      </c>
+      <c r="M17" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>519</v>
+      </c>
+      <c r="B18" t="s">
+        <v>665</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>666</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>667</v>
+      </c>
+      <c r="H18" t="s">
+        <v>668</v>
+      </c>
+      <c r="I18" t="s">
+        <v>669</v>
+      </c>
+      <c r="J18" t="s">
+        <v>670</v>
+      </c>
+      <c r="K18" t="s">
+        <v>671</v>
+      </c>
+      <c r="L18" t="s">
+        <v>672</v>
+      </c>
+      <c r="M18" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>519</v>
+      </c>
+      <c r="B19" t="s">
+        <v>674</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>675</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>676</v>
+      </c>
+      <c r="H19" t="s">
+        <v>677</v>
+      </c>
+      <c r="I19" t="s">
+        <v>678</v>
+      </c>
+      <c r="J19" t="s">
+        <v>679</v>
+      </c>
+      <c r="K19" t="s">
+        <v>680</v>
+      </c>
+      <c r="L19" t="s">
+        <v>681</v>
+      </c>
+      <c r="M19" t="s">
+        <v>682</v>
+      </c>
+      <c r="N19" t="s">
+        <v>683</v>
+      </c>
+      <c r="O19" t="s">
+        <v>684</v>
+      </c>
+      <c r="P19" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>519</v>
+      </c>
+      <c r="B20" t="s">
+        <v>686</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>687</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>688</v>
+      </c>
+      <c r="H20" t="s">
+        <v>689</v>
+      </c>
+      <c r="I20" t="s">
+        <v>678</v>
+      </c>
+      <c r="J20" t="s">
+        <v>690</v>
+      </c>
+      <c r="K20" t="s">
+        <v>691</v>
+      </c>
+      <c r="L20" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>519</v>
+      </c>
+      <c r="B21" t="s">
+        <v>693</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>694</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>695</v>
+      </c>
+      <c r="H21" t="s">
+        <v>696</v>
+      </c>
+      <c r="I21" t="s">
+        <v>697</v>
+      </c>
+      <c r="J21" t="s">
+        <v>698</v>
+      </c>
+      <c r="K21" t="s">
+        <v>699</v>
+      </c>
+      <c r="L21" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>519</v>
+      </c>
+      <c r="B22" t="s">
+        <v>701</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>702</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>703</v>
+      </c>
+      <c r="H22" t="s">
+        <v>704</v>
+      </c>
+      <c r="I22" t="s">
+        <v>705</v>
+      </c>
+      <c r="J22" t="s">
+        <v>706</v>
+      </c>
+      <c r="K22" t="s">
+        <v>707</v>
+      </c>
+      <c r="L22" t="s">
+        <v>708</v>
+      </c>
+      <c r="M22" t="s">
+        <v>709</v>
+      </c>
+      <c r="N22" t="s">
+        <v>710</v>
+      </c>
+      <c r="O22" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>519</v>
+      </c>
+      <c r="B23" t="s">
+        <v>712</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>713</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>714</v>
+      </c>
+      <c r="H23" t="s">
+        <v>715</v>
+      </c>
+      <c r="I23" t="s">
+        <v>716</v>
+      </c>
+      <c r="J23" t="s">
+        <v>717</v>
+      </c>
+      <c r="K23" t="s">
+        <v>718</v>
+      </c>
+      <c r="L23" t="s">
+        <v>719</v>
+      </c>
+      <c r="M23" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>519</v>
+      </c>
+      <c r="B24" t="s">
+        <v>721</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>722</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>723</v>
+      </c>
+      <c r="H24" t="s">
+        <v>724</v>
+      </c>
+      <c r="I24" t="s">
+        <v>524</v>
+      </c>
+      <c r="J24" t="s">
+        <v>725</v>
+      </c>
+      <c r="K24" t="s">
+        <v>726</v>
+      </c>
+      <c r="L24" t="s">
+        <v>727</v>
+      </c>
+      <c r="M24" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>519</v>
+      </c>
+      <c r="B25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>730</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>731</v>
+      </c>
+      <c r="H25" t="s">
+        <v>732</v>
+      </c>
+      <c r="I25" t="s">
+        <v>733</v>
+      </c>
+      <c r="J25" t="s">
+        <v>725</v>
+      </c>
+      <c r="K25" t="s">
+        <v>734</v>
+      </c>
+      <c r="L25" t="s">
+        <v>735</v>
+      </c>
+      <c r="M25" t="s">
+        <v>736</v>
+      </c>
+      <c r="N25" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>519</v>
+      </c>
+      <c r="B26" t="s">
+        <v>738</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>739</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>740</v>
+      </c>
+      <c r="H26" t="s">
+        <v>741</v>
+      </c>
+      <c r="I26" t="s">
+        <v>742</v>
+      </c>
+      <c r="J26" t="s">
+        <v>743</v>
+      </c>
+      <c r="K26" t="s">
+        <v>744</v>
+      </c>
+      <c r="L26" t="s">
+        <v>745</v>
+      </c>
+      <c r="M26" t="s">
+        <v>746</v>
+      </c>
+      <c r="N26" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>519</v>
+      </c>
+      <c r="B27" t="s">
+        <v>748</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>749</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>750</v>
+      </c>
+      <c r="H27" t="s">
+        <v>751</v>
+      </c>
+      <c r="I27" t="s">
+        <v>752</v>
+      </c>
+      <c r="J27" t="s">
+        <v>753</v>
+      </c>
+      <c r="K27" t="s">
+        <v>754</v>
+      </c>
+      <c r="L27" t="s">
+        <v>755</v>
+      </c>
+      <c r="M27" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>519</v>
+      </c>
+      <c r="B28" t="s">
+        <v>757</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>758</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>759</v>
+      </c>
+      <c r="H28" t="s">
+        <v>760</v>
+      </c>
+      <c r="I28" t="s">
+        <v>624</v>
+      </c>
+      <c r="J28" t="s">
+        <v>761</v>
+      </c>
+      <c r="K28" t="s">
+        <v>762</v>
+      </c>
+      <c r="L28" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>519</v>
+      </c>
+      <c r="B29" t="s">
+        <v>764</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>765</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>766</v>
+      </c>
+      <c r="H29" t="s">
+        <v>767</v>
+      </c>
+      <c r="I29" t="s">
+        <v>768</v>
+      </c>
+      <c r="J29" t="s">
+        <v>769</v>
+      </c>
+      <c r="K29" t="s">
+        <v>770</v>
+      </c>
+      <c r="L29" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>519</v>
+      </c>
+      <c r="B30" t="s">
+        <v>772</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>773</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>774</v>
+      </c>
+      <c r="H30" t="s">
+        <v>775</v>
+      </c>
+      <c r="I30" t="s">
+        <v>776</v>
+      </c>
+      <c r="J30" t="s">
+        <v>769</v>
+      </c>
+      <c r="K30" t="s">
+        <v>777</v>
+      </c>
+      <c r="L30" t="s">
+        <v>778</v>
+      </c>
+      <c r="M30" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>519</v>
+      </c>
+      <c r="B31" t="s">
+        <v>780</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>773</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>781</v>
+      </c>
+      <c r="H31" t="s">
+        <v>782</v>
+      </c>
+      <c r="I31" t="s">
+        <v>783</v>
+      </c>
+      <c r="J31" t="s">
+        <v>769</v>
+      </c>
+      <c r="K31" t="s">
+        <v>784</v>
+      </c>
+      <c r="L31" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>519</v>
+      </c>
+      <c r="B32" t="s">
+        <v>786</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>787</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>788</v>
+      </c>
+      <c r="H32" t="s">
+        <v>789</v>
+      </c>
+      <c r="I32" t="s">
+        <v>790</v>
+      </c>
+      <c r="J32" t="s">
+        <v>791</v>
+      </c>
+      <c r="K32" t="s">
+        <v>792</v>
+      </c>
+      <c r="L32" t="s">
+        <v>793</v>
+      </c>
+      <c r="M32" t="s">
+        <v>794</v>
+      </c>
+      <c r="N32" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B33" t="s">
+        <v>796</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>797</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>798</v>
+      </c>
+      <c r="H33" t="s">
+        <v>799</v>
+      </c>
+      <c r="I33" t="s">
+        <v>800</v>
+      </c>
+      <c r="J33" t="s">
+        <v>801</v>
+      </c>
+      <c r="K33" t="s">
+        <v>802</v>
+      </c>
+      <c r="L33" t="s">
+        <v>803</v>
+      </c>
+      <c r="M33" t="s">
+        <v>804</v>
+      </c>
+      <c r="N33" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>519</v>
+      </c>
+      <c r="B34" t="s">
+        <v>806</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>807</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>808</v>
+      </c>
+      <c r="H34" t="s">
+        <v>809</v>
+      </c>
+      <c r="I34" t="s">
+        <v>810</v>
+      </c>
+      <c r="J34" t="s">
+        <v>811</v>
+      </c>
+      <c r="K34" t="s">
+        <v>812</v>
+      </c>
+      <c r="L34" t="s">
+        <v>813</v>
+      </c>
+      <c r="M34" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>519</v>
+      </c>
+      <c r="B35" t="s">
+        <v>815</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>816</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>817</v>
+      </c>
+      <c r="H35" t="s">
+        <v>818</v>
+      </c>
+      <c r="I35" t="s">
+        <v>819</v>
+      </c>
+      <c r="J35" t="s">
+        <v>820</v>
+      </c>
+      <c r="K35" t="s">
+        <v>821</v>
+      </c>
+      <c r="L35" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>519</v>
+      </c>
+      <c r="B36" t="s">
+        <v>823</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>816</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>824</v>
+      </c>
+      <c r="H36" t="s">
+        <v>825</v>
+      </c>
+      <c r="I36" t="s">
+        <v>826</v>
+      </c>
+      <c r="J36" t="s">
+        <v>827</v>
+      </c>
+      <c r="K36" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>519</v>
+      </c>
+      <c r="B37" t="s">
+        <v>829</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>830</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>831</v>
+      </c>
+      <c r="H37" t="s">
+        <v>832</v>
+      </c>
+      <c r="I37" t="s">
+        <v>833</v>
+      </c>
+      <c r="J37" t="s">
+        <v>834</v>
+      </c>
+      <c r="K37" t="s">
+        <v>835</v>
+      </c>
+      <c r="L37" t="s">
+        <v>836</v>
+      </c>
+      <c r="M37" t="s">
+        <v>837</v>
+      </c>
+      <c r="N37" t="s">
+        <v>838</v>
+      </c>
+      <c r="O37" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>519</v>
+      </c>
+      <c r="B38" t="s">
+        <v>840</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>841</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>842</v>
+      </c>
+      <c r="H38" t="s">
+        <v>843</v>
+      </c>
+      <c r="I38" t="s">
+        <v>844</v>
+      </c>
+      <c r="J38" t="s">
+        <v>725</v>
+      </c>
+      <c r="K38" t="s">
+        <v>845</v>
+      </c>
+      <c r="L38" t="s">
+        <v>846</v>
+      </c>
+      <c r="M38" t="s">
+        <v>847</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>