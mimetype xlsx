--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,4763 +1,15401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2213" uniqueCount="1549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8563" uniqueCount="5089">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>07/17/2007 11:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour le développement clinique des pansements</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d’identifier les éléments clés du protocole d’une étude clinique évaluant les pansements dans le traitement des plaies chroniques qui permettent une évaluation clinique de qualité. Ce guide est destiné aux industriels, aux structures de recherche et aux porteurs de projets.</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2013 15:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_556980/en/xeroderma-pigmentosum</t>
+    <t>https://www.has-sante.fr/jcms/c_1713137/fr/choix-methodologiques-pour-le-developpement-clinique-des-pansements</t>
+  </si>
+  <si>
+    <t>c_1713137</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIF&amp;LOKI</t>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689910/fr/sif-loki</t>
+  </si>
+  <si>
+    <t>p_3689910</t>
+  </si>
+  <si>
+    <t>Bonnet capillaire</t>
+  </si>
+  <si>
+    <t>SIF &amp; LOKI SAS (France)</t>
+  </si>
+  <si>
+    <t>MON BANDÔ</t>
+  </si>
+  <si>
+    <t>08/10/2025 12:12:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689736/fr/mon-bando</t>
+  </si>
+  <si>
+    <t>p_3689736</t>
+  </si>
+  <si>
+    <t>Prothèse capillaire avec élément amovible</t>
+  </si>
+  <si>
+    <t>MON BANDÔ (France)</t>
+  </si>
+  <si>
+    <t>PHARMA PLOTS</t>
+  </si>
+  <si>
+    <t>29/09/2025 12:52:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687662/fr/pharma-plots</t>
+  </si>
+  <si>
+    <t>p_3687662</t>
+  </si>
+  <si>
+    <t>Matelas en mousse polyuréthane avec découpe en forme de gaufrier</t>
+  </si>
+  <si>
+    <t>WINNCARE France (France)</t>
+  </si>
+  <si>
+    <t>VETEMENTS COMPRESSIFS POUR LE TRAITEMENT DU SYNDROME D’EHLERS-DANLOS</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635800/fr/vetements-compressifs-pour-le-traitement-du-syndrome-d-ehlers-danlos</t>
+  </si>
+  <si>
+    <t>p_3635800</t>
+  </si>
+  <si>
+    <t>Vêtements sur mesure</t>
+  </si>
+  <si>
+    <t>NOVATEX MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>DOMUS 4 AUTO</t>
+  </si>
+  <si>
+    <t>01/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636107/fr/domus-4-auto</t>
+  </si>
+  <si>
+    <t>p_3636107</t>
+  </si>
+  <si>
+    <t>Matelas à air motorisé à pression alternée avec compresseur associé</t>
+  </si>
+  <si>
+    <t>WELLELL FRANCE</t>
+  </si>
+  <si>
+    <t>CONVAFOAM SILICONE</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633747/fr/convafoam-silicone</t>
+  </si>
+  <si>
+    <t>p_3633747</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires à absorption importante</t>
+  </si>
+  <si>
+    <t>Laboratoires CONVATEC (France)</t>
+  </si>
+  <si>
+    <t>MEDICOMP</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633753/fr/medicomp</t>
+  </si>
+  <si>
+    <t>p_3633753</t>
+  </si>
+  <si>
+    <t>Compresses stériles non tissées (stérilisation à la vapeur)</t>
+  </si>
+  <si>
+    <t>Les Laboratoires Paul HARTMANN (France)</t>
+  </si>
+  <si>
+    <t>URGOSTART PLUS ABSORB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633756/fr/urgostart-plus-absorb</t>
+  </si>
+  <si>
+    <t>p_3633756</t>
+  </si>
+  <si>
+    <t>Pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO (France)</t>
+  </si>
+  <si>
+    <t>STÉRILUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633759/fr/sterilux</t>
+  </si>
+  <si>
+    <t>p_3633759</t>
+  </si>
+  <si>
+    <t>Compresses stériles de gaze hydrophile (stérilisation à la vapeur)</t>
+  </si>
+  <si>
+    <t>INVACARE MATRX CONTOUR VISCO NG</t>
+  </si>
+  <si>
+    <t>24/06/2025 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632392/fr/invacare-matrx-contour-visco-ng</t>
+  </si>
+  <si>
+    <t>p_3632392</t>
+  </si>
+  <si>
+    <t>Coussin en mousse viscoélastique type à mémoire de forme</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S.</t>
+  </si>
+  <si>
+    <t>URGOSTART</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2025 08:41:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593170/fr/urgostart</t>
+  </si>
+  <si>
+    <t>p_3593170</t>
+  </si>
+  <si>
+    <t>URGOSTART INTERFACE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593176/fr/urgostart-interface</t>
+  </si>
+  <si>
+    <t>p_3593176</t>
+  </si>
+  <si>
+    <t>URGOSTART BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593182/fr/urgostart-border</t>
+  </si>
+  <si>
+    <t>p_3593182</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO (France)</t>
+  </si>
+  <si>
+    <t>URGOFIT</t>
+  </si>
+  <si>
+    <t>11/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593173/fr/urgofit</t>
+  </si>
+  <si>
+    <t>p_3593173</t>
+  </si>
+  <si>
+    <t>Pansements interface</t>
+  </si>
+  <si>
+    <t>URGOSTART PLUS COMPRESSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593179/fr/urgostart-plus-compresse</t>
+  </si>
+  <si>
+    <t>p_3593179</t>
+  </si>
+  <si>
+    <t>URGOSTART PLUS BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593188/fr/urgostart-plus-border</t>
+  </si>
+  <si>
+    <t>p_3593188</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591609/fr/urgostart-plus-absorb</t>
+  </si>
+  <si>
+    <t>p_3591609</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO</t>
+  </si>
+  <si>
+    <t>Articles pour pansements (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet paru au JO du 11 janvier 2025</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités d’inscription des articles pour les pansements inscrits au chapitre 3 du titre I de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 11 janvier 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:45:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592499/fr/articles-pour-pansements-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-paru-au-jo-du-11-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3592499</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à la parution d'un avis de projet (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>SUPRASORB P SENSITIVE HEEL</t>
+  </si>
+  <si>
+    <t>17/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:23:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578969/fr/suprasorb-p-sensitive-heel</t>
+  </si>
+  <si>
+    <t>p_3578969</t>
+  </si>
+  <si>
+    <t>Laboratoires Lohmann &amp; Rauscher SAS (France)</t>
+  </si>
+  <si>
+    <t>AXTAIR AUTOMORPHO PLUS</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:22:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587272/fr/axtair-automorpho-plus</t>
+  </si>
+  <si>
+    <t>p_3587272</t>
+  </si>
+  <si>
+    <t>Surmatelas à air motorisé à pression alternée avec compresseur associé</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE (forme  standard)</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568304/fr/biatain-silicone-forme-standard</t>
+  </si>
+  <si>
+    <t>p_3568304</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST (France)</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE NON  BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568319/fr/biatain-silicone-non-border</t>
+  </si>
+  <si>
+    <t>p_3568319</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE LITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568322/fr/biatain-silicone-lite</t>
+  </si>
+  <si>
+    <t>p_3568322</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires à absorption moyenne</t>
+  </si>
+  <si>
+    <t>SUPRASORB P SENSITIVE SACRUM</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578975/fr/suprasorb-p-sensitive-sacrum</t>
+  </si>
+  <si>
+    <t>p_3578975</t>
+  </si>
+  <si>
+    <t>SUPRASORB P SACRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578978/fr/suprasorb-p-sacrum</t>
+  </si>
+  <si>
+    <t>p_3578978</t>
+  </si>
+  <si>
+    <t>ICESEED 1.5 90°, ICESEED 1.5 90° MRI, ICESEED 1.5 CX 90° ET ICESEED 1.5 CX S 90°</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547435/fr/iceseed-1-5-90-iceseed-1-5-90-mri-iceseed-1-5-cx-90-et-iceseed-1-5-cx-s-90</t>
+  </si>
+  <si>
+    <t>p_3547435</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>3M ADAPTIC DIGIT</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2024 12:10:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538930/fr/3m-adaptic-digit</t>
+  </si>
+  <si>
+    <t>p_3538930</t>
+  </si>
+  <si>
+    <t>Pansement interface anatomique non adhérent</t>
+  </si>
+  <si>
+    <t>3M Healthcare France (France)</t>
+  </si>
+  <si>
+    <t>PAS D'CHICHI</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529653/fr/pas-d-chichi</t>
+  </si>
+  <si>
+    <t>p_3529653</t>
+  </si>
+  <si>
+    <t>Prothèse capillaire autologue avec élément textile amovible</t>
+  </si>
+  <si>
+    <t>LES PAS D'CHICHI (France)</t>
+  </si>
+  <si>
+    <t>URGOCELL AG / Silver</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522269/fr/urgocell-ag-/-silver</t>
+  </si>
+  <si>
+    <t>p_3522269</t>
+  </si>
+  <si>
+    <t>URGOTUL AG LITE BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522272/fr/urgotul-ag-lite-border</t>
+  </si>
+  <si>
+    <t>p_3522272</t>
+  </si>
+  <si>
+    <t>URGOTUL AG / Silver</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522274/fr/urgotul-ag-/-silver</t>
+  </si>
+  <si>
+    <t>p_3522274</t>
+  </si>
+  <si>
+    <t>MEPITEL</t>
+  </si>
+  <si>
+    <t>22/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2024 11:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517402/fr/mepitel</t>
+  </si>
+  <si>
+    <t>p_3517402</t>
+  </si>
+  <si>
+    <t>Pansement interface</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA (France)</t>
+  </si>
+  <si>
+    <t>MEPITEL ONE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517405/fr/mepitel-one</t>
+  </si>
+  <si>
+    <t>p_3517405</t>
+  </si>
+  <si>
+    <t>ICESEED 1.5 90° ET ICESEED 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2024 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508904/fr/iceseed-1-5-90-et-iceseed-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508904</t>
+  </si>
+  <si>
+    <t>Aiguilles de cryoablation</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>LOMATUELL PRO</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508707/fr/lomatuell-pro</t>
+  </si>
+  <si>
+    <t>p_3508707</t>
+  </si>
+  <si>
+    <t>LABORATOIRES LOHMANN &amp; RAUSCHER SAS (France)</t>
+  </si>
+  <si>
+    <t>ICESPHERE 1.5 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508871/fr/icesphere-1-5-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508871</t>
+  </si>
+  <si>
+    <t>ICEFORCE 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508877/fr/iceforce-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508877</t>
+  </si>
+  <si>
+    <t>ICEROD 1.5 CX 90° ET ICEROD 1.5 MRI 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508889/fr/icerod-1-5-cx-90-et-icerod-1-5-mri-90</t>
+  </si>
+  <si>
+    <t>p_3508889</t>
+  </si>
+  <si>
+    <t>ICEPEARL 2.1 CX 90°</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508895/fr/icepearl-2-1-cx-90</t>
+  </si>
+  <si>
+    <t>p_3508895</t>
+  </si>
+  <si>
+    <t>NEW-FILL</t>
+  </si>
+  <si>
+    <t>16/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 16:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491483/fr/new-fill</t>
+  </si>
+  <si>
+    <t>p_3491483</t>
+  </si>
+  <si>
+    <t>Acide L-polylactique</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL (France)</t>
+  </si>
+  <si>
+    <t>ABSOFOAM BORDER FORMAT TALON</t>
+  </si>
+  <si>
+    <t>26/01/2024 11:55:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490830/fr/absofoam-border-format-talon</t>
+  </si>
+  <si>
+    <t>p_3490830</t>
+  </si>
+  <si>
+    <t>Pansement anatomique hydrocellulaire</t>
+  </si>
+  <si>
+    <t>LABORATOIRES MARQUE VERTE</t>
+  </si>
+  <si>
+    <t>RESPOSORB SILICONE BORDER</t>
+  </si>
+  <si>
+    <t>05/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2024 15:42:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487175/fr/resposorb-silicone-border</t>
+  </si>
+  <si>
+    <t>p_3487175</t>
+  </si>
+  <si>
+    <t>Pansement anatomique hydrocellulaire à absorption importante</t>
+  </si>
+  <si>
+    <t>KIT BIFLEX</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487906/fr/kit-biflex</t>
+  </si>
+  <si>
+    <t>p_3487906</t>
+  </si>
+  <si>
+    <t>Système de compression multitype</t>
+  </si>
+  <si>
+    <t>THUASNE</t>
+  </si>
+  <si>
+    <t>3M COBAN 2 LITE</t>
+  </si>
+  <si>
+    <t>04/01/2024 11:04:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482315/fr/3m-coban-2-lite</t>
+  </si>
+  <si>
+    <t>p_3482315</t>
+  </si>
+  <si>
+    <t>Système de compression veineuse bi-bandes</t>
+  </si>
+  <si>
+    <t>3M FRANCE</t>
+  </si>
+  <si>
+    <t>ROSIDAL SYS SIMPLE</t>
+  </si>
+  <si>
+    <t>03/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2023 16:41:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470381/fr/rosidal-sys-simple</t>
+  </si>
+  <si>
+    <t>p_3470381</t>
+  </si>
+  <si>
+    <t>Kit de compression veineuse</t>
+  </si>
+  <si>
+    <t>LABORATOIRES LOHMANN &amp; RAUSCHER</t>
+  </si>
+  <si>
+    <t>25/09/2023 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464550/fr/urgostart-plus-border</t>
+  </si>
+  <si>
+    <t>p_3464550</t>
+  </si>
+  <si>
+    <t>URGOCLEAN</t>
+  </si>
+  <si>
+    <t>13/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/07/2023 16:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449671/fr/urgoclean</t>
+  </si>
+  <si>
+    <t>p_3449671</t>
+  </si>
+  <si>
+    <t>Compresse et mèche</t>
+  </si>
+  <si>
+    <t>FITOSTIMOLINE PLUS</t>
+  </si>
+  <si>
+    <t>30/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2023 16:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446072/fr/fitostimoline-plus</t>
+  </si>
+  <si>
+    <t>p_3446072</t>
+  </si>
+  <si>
+    <t>Crème et compresses</t>
+  </si>
+  <si>
+    <t>Farmaceutici Damor S. p. A (Italie)</t>
+  </si>
+  <si>
+    <t>FITOSTIMOLINE HYDROGEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446075/fr/fitostimoline-hydrogel</t>
+  </si>
+  <si>
+    <t>p_3446075</t>
+  </si>
+  <si>
+    <t>Gel pour pansement</t>
+  </si>
+  <si>
+    <t>NOVA FORM</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2023 08:39:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442470/fr/nova-form</t>
+  </si>
+  <si>
+    <t>p_3442470</t>
+  </si>
+  <si>
+    <t>Matelas en mousse viscoélastique type à mémoire de forme</t>
+  </si>
+  <si>
+    <t>WINNCARE France SAS (France)</t>
+  </si>
+  <si>
+    <t>AXTAIR ONE</t>
+  </si>
+  <si>
+    <t>26/05/2023 16:33:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443495/fr/axtair-one</t>
+  </si>
+  <si>
+    <t>p_3443495</t>
+  </si>
+  <si>
+    <t>Surmatelas à air motorisé à pression alternée  avec compresseur associé</t>
+  </si>
+  <si>
+    <t>WINNCARE</t>
+  </si>
+  <si>
+    <t>PROFORE</t>
+  </si>
+  <si>
+    <t>18/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2023 11:21:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431551/fr/profore</t>
+  </si>
+  <si>
+    <t>p_3431551</t>
+  </si>
+  <si>
+    <t>Système de compression multicouche</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431554/fr/profore</t>
+  </si>
+  <si>
+    <t>p_3431554</t>
+  </si>
+  <si>
+    <t>AXTAIR TRIMODE AUTOMORPHO</t>
+  </si>
+  <si>
+    <t>14/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2023 17:19:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421140/fr/axtair-trimode-automorpho</t>
+  </si>
+  <si>
+    <t>p_3421140</t>
+  </si>
+  <si>
+    <t>Surmatelas d’aide à la prévention et d’aide au traitement des escarres</t>
+  </si>
+  <si>
+    <t>WINNCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421146/fr/axtair-automorpho-plus</t>
+  </si>
+  <si>
+    <t>p_3421146</t>
+  </si>
+  <si>
+    <t>CAIRFLOW PM100A</t>
+  </si>
+  <si>
+    <t>21/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 18:10:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418497/fr/cairflow-pm100a</t>
+  </si>
+  <si>
+    <t>p_3418497</t>
+  </si>
+  <si>
+    <t>PHARMAOUEST INDUSTRIES</t>
+  </si>
+  <si>
+    <t>CAIRFLOW PM100A EVO</t>
+  </si>
+  <si>
+    <t>07/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2023 17:49:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415200/fr/cairflow-pm100a-evo</t>
+  </si>
+  <si>
+    <t>p_3415200</t>
+  </si>
+  <si>
+    <t>URGO K2 / K2 LATEX FREE</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2023 13:53:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400599/fr/urgo-k2-/-k2-latex-free</t>
+  </si>
+  <si>
+    <t>p_3400599</t>
+  </si>
+  <si>
+    <t>ADAPTIC TOUCH</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2022 09:02:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393936/fr/adaptic-touch</t>
+  </si>
+  <si>
+    <t>p_3393936</t>
+  </si>
+  <si>
+    <t>Pansements interface siliconés</t>
+  </si>
+  <si>
+    <t>3M FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AXTAIR ONE PLUS</t>
+  </si>
+  <si>
+    <t>28/11/2022 15:43:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390874/fr/axtair-one-plus</t>
+  </si>
+  <si>
+    <t>p_3390874</t>
+  </si>
+  <si>
+    <t>CAIRFLOW PM100A EVO DIGITAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390877/fr/cairflow-pm100a-evo-digital</t>
+  </si>
+  <si>
+    <t>p_3390877</t>
+  </si>
+  <si>
+    <t>AVELLE</t>
+  </si>
+  <si>
+    <t>04/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2022 18:25:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382180/fr/avelle</t>
+  </si>
+  <si>
+    <t>p_3382180</t>
+  </si>
+  <si>
+    <t>Système de traitement des plaies par pression négative</t>
+  </si>
+  <si>
+    <t>Les Laboratoires CONVATEC</t>
+  </si>
+  <si>
+    <t>ACTISORB</t>
+  </si>
+  <si>
+    <t>18/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2022 08:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382177/fr/actisorb</t>
+  </si>
+  <si>
+    <t>p_3382177</t>
+  </si>
+  <si>
+    <t>Pansement au charbon actif</t>
+  </si>
+  <si>
+    <t>3M France SAS</t>
+  </si>
+  <si>
+    <t>EFFIDIA</t>
+  </si>
+  <si>
+    <t>21/10/2022 09:20:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376984/fr/effidia</t>
+  </si>
+  <si>
+    <t>p_3376984</t>
+  </si>
+  <si>
+    <t>Compresses imprégnées d’acide hyaluronique et crème à l’acide hyaluronique</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.P.A</t>
+  </si>
+  <si>
+    <t>06/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2022 12:39:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372541/fr/3m-coban-2-lite</t>
+  </si>
+  <si>
+    <t>p_3372541</t>
+  </si>
+  <si>
+    <t>3M COBAN 2</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:35:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372544/fr/3m-coban-2</t>
+  </si>
+  <si>
+    <t>p_3372544</t>
+  </si>
+  <si>
+    <t>URGOSTART PLUS</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 10:02:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362639/fr/urgostart-plus</t>
+  </si>
+  <si>
+    <t>p_3362639</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO</t>
+  </si>
+  <si>
+    <t>06/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 14:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364684/fr/biatain-silicone-lite</t>
+  </si>
+  <si>
+    <t>p_3364684</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires à absorption  moyenne</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE NON BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364687/fr/biatain-silicone-non-border</t>
+  </si>
+  <si>
+    <t>p_3364687</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires à absorption  importante</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE (FORME STANDARD)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364690/fr/biatain-silicone-forme-standard</t>
+  </si>
+  <si>
+    <t>p_3364690</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE (FORME ANATOMIQUE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364693/fr/biatain-silicone-forme-anatomique</t>
+  </si>
+  <si>
+    <t>p_3364693</t>
+  </si>
+  <si>
+    <t>Pansements anatomiques hydrocellulaires à  absorption importante</t>
+  </si>
+  <si>
+    <t>PICO 7</t>
+  </si>
+  <si>
+    <t>12/09/2022 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364711/fr/pico-7</t>
+  </si>
+  <si>
+    <t>p_3364711</t>
+  </si>
+  <si>
+    <t>Système de traitement des plaies par  pression négative</t>
+  </si>
+  <si>
+    <t>VENOTRAIN ULCERTEC AG 39</t>
+  </si>
+  <si>
+    <t>08/09/2022 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362627/fr/venotrain-ulcertec-ag-39</t>
+  </si>
+  <si>
+    <t>p_3362627</t>
+  </si>
+  <si>
+    <t>Kit de compression veineuse médicale</t>
+  </si>
+  <si>
+    <t>BAUERFEIND FRANCE SARL</t>
+  </si>
+  <si>
+    <t>IALUSET</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2022 11:41:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362307/fr/ialuset</t>
+  </si>
+  <si>
+    <t>p_3362307</t>
+  </si>
+  <si>
+    <t>IALUSET crème, tube de 25 g</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER SACRUM ET MEPILEX BORDER TALON</t>
+  </si>
+  <si>
+    <t>02/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362612/fr/mepilex-border-sacrum-et-mepilex-border-talon</t>
+  </si>
+  <si>
+    <t>p_3362612</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>ROSIDAL SYS</t>
+  </si>
+  <si>
+    <t>10/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2022 17:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339203/fr/rosidal-sys</t>
+  </si>
+  <si>
+    <t>p_3339203</t>
+  </si>
+  <si>
+    <t>ROSIDAL K</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339368/fr/rosidal-k</t>
+  </si>
+  <si>
+    <t>p_3339368</t>
+  </si>
+  <si>
+    <t>Bandes de compression veineuse</t>
+  </si>
+  <si>
+    <t>CUTIMED SORBION SACHET XL</t>
+  </si>
+  <si>
+    <t>15/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:14:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321326/fr/cutimed-sorbion-sachet-xl</t>
+  </si>
+  <si>
+    <t>p_3321326</t>
+  </si>
+  <si>
+    <t>Pansement hydrocellulaire superabsorbant de forme géométrique non standard</t>
+  </si>
+  <si>
+    <t>BSN-RADIANTE SAS</t>
+  </si>
+  <si>
+    <t>CUTIMED SORBION SACHET MULTI STAR</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:14:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321335/fr/cutimed-sorbion-sachet-multi-star</t>
+  </si>
+  <si>
+    <t>p_3321335</t>
+  </si>
+  <si>
+    <t>ABSOFOAM BORDER SACRUM</t>
+  </si>
+  <si>
+    <t>29/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:13:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330742/fr/absofoam-border-sacrum</t>
+  </si>
+  <si>
+    <t>p_3330742</t>
+  </si>
+  <si>
+    <t>Pansement hydrocellulaire adhésif  anatomique à absorption importante</t>
+  </si>
+  <si>
+    <t>LABORATOIRE MARQUE VERTE</t>
+  </si>
+  <si>
+    <t>URGOCLEAN AG</t>
+  </si>
+  <si>
+    <t>01/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2022 14:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321323/fr/urgoclean-ag</t>
+  </si>
+  <si>
+    <t>p_3321323</t>
+  </si>
+  <si>
+    <t>Pansements absorbants à l’argent</t>
+  </si>
+  <si>
+    <t>ECLYPSE CONTOUR</t>
+  </si>
+  <si>
+    <t>01/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 09:12:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322985/fr/eclypse-contour</t>
+  </si>
+  <si>
+    <t>p_3322985</t>
+  </si>
+  <si>
+    <t>Pansement hydrocellulaire anatomique superabsorbant</t>
+  </si>
+  <si>
+    <t>BRIGHTWAKE LTD t/a ADVANCIS MEDICAL</t>
+  </si>
+  <si>
+    <t>CUTIMED SORBION SACHET S DRAINAGE</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:01:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322763/fr/cutimed-sorbion-sachet-s-drainage</t>
+  </si>
+  <si>
+    <t>p_3322763</t>
+  </si>
+  <si>
+    <t>CINESTEAM</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2022 09:03:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306755/fr/cinesteam</t>
+  </si>
+  <si>
+    <t>p_3306755</t>
+  </si>
+  <si>
+    <t>Pansement secondaire absorbant anti-odeur</t>
+  </si>
+  <si>
+    <t>CEMAG CARE</t>
+  </si>
+  <si>
+    <t>ECLYPSE BOOT</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:43:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297074/fr/eclypse-boot</t>
+  </si>
+  <si>
+    <t>p_3297074</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires anatomiques</t>
+  </si>
+  <si>
+    <t>ECLYPSE FOOT</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:43:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297081/fr/eclypse-foot</t>
+  </si>
+  <si>
+    <t>p_3297081</t>
+  </si>
+  <si>
+    <t>VENOTRAIN ULCERTEC 46</t>
+  </si>
+  <si>
+    <t>05/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301122/fr/venotrain-ulcertec-46</t>
+  </si>
+  <si>
+    <t>p_3301122</t>
+  </si>
+  <si>
+    <t>VENOTRAIN ULCERTEC 39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301128/fr/venotrain-ulcertec-39</t>
+  </si>
+  <si>
+    <t>p_3301128</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:39:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302468/fr/eclypse-contour</t>
+  </si>
+  <si>
+    <t>p_3302468</t>
+  </si>
+  <si>
+    <t>ECLYPSE ADHERENT SACRAL</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:39:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302474/fr/eclypse-adherent-sacral</t>
+  </si>
+  <si>
+    <t>p_3302474</t>
+  </si>
+  <si>
+    <t>25/11/2021 16:50:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300206/fr/pico-7</t>
+  </si>
+  <si>
+    <t>p_3300206</t>
+  </si>
+  <si>
+    <t>QUIKCLOT</t>
+  </si>
+  <si>
+    <t>En première intention pour la gestion locale des traumatismes avec une plaie hémorragique induisant des pertes de sang modérées à sévères en situation d’urgence pouvant engager le pronostic vital, telles que les lacérations, plaies chirurgicales (post-opératoires, dermatologiques etc.) et les lésions traumatiques. En première intention pour la gestion locale et le contrôle des pertes de sang non contrôlées provenant des zones d’accès vasculaires, des sondes ou des cathéters percutanés qui utilisent des gaines d’insertion jusqu’à 12 Fr ou jusqu’à 7 Fr, lors de situations d’urgence pouvant engager le pronostic vital des patients sous anticoagulant.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298767/fr/quikclot</t>
+  </si>
+  <si>
+    <t>p_3298767</t>
+  </si>
+  <si>
+    <t>Pansement hémostatique à base de kaolin</t>
+  </si>
+  <si>
+    <t>Z-MEDICA</t>
+  </si>
+  <si>
+    <t>COBAN 2</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2021 16:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292756/fr/coban-2</t>
+  </si>
+  <si>
+    <t>p_3292756</t>
+  </si>
+  <si>
+    <t>Système de compression veineuse bi-bande</t>
+  </si>
+  <si>
+    <t>3M TEGADERM SILICONE FOAM BORDER FORMES ANATOMIQUES</t>
+  </si>
+  <si>
+    <t>19/10/2021 16:21:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292759/fr/3m-tegaderm-silicone-foam-border-formes-anatomiques</t>
+  </si>
+  <si>
+    <t>p_3292759</t>
+  </si>
+  <si>
+    <t>ADVAZORB HEEL</t>
+  </si>
+  <si>
+    <t>Traitement des plaies aiguës, sans distinction de phase et traitement des plaies chroniques dès la phase de bourgeonnement en traitement séquentiel, localisées dans des endroits difficiles à panser (talon).</t>
+  </si>
+  <si>
+    <t>13/10/2021 11:02:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290079/fr/advazorb-heel</t>
+  </si>
+  <si>
+    <t>p_3290079</t>
+  </si>
+  <si>
+    <t>Pansements anatomiques hydrocellulaires à absorption importante</t>
+  </si>
+  <si>
+    <t>ADVAZORB SACRAL</t>
+  </si>
+  <si>
+    <t>Traitement des plaies aiguës, sans distinction de phase et traitement des plaies chroniques dès la phase de bourgeonnement en traitement séquentiel, localisées dans des endroits difficiles à panser (sacrum).</t>
+  </si>
+  <si>
+    <t>13/10/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290088/fr/advazorb-sacral</t>
+  </si>
+  <si>
+    <t>p_3290088</t>
+  </si>
+  <si>
+    <t>IALUSET ABSORB FINE</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280999/fr/ialuset-absorb-fine</t>
+  </si>
+  <si>
+    <t>p_3280999</t>
+  </si>
+  <si>
+    <t>Pansements adhésifs stériles</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GENEVRIER SAS</t>
+  </si>
+  <si>
+    <t>SORBACT MECHE</t>
+  </si>
+  <si>
+    <t>11/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279522/fr/sorbact-meche</t>
+  </si>
+  <si>
+    <t>p_3279522</t>
+  </si>
+  <si>
+    <t>Mèche</t>
+  </si>
+  <si>
+    <t>INRESA</t>
+  </si>
+  <si>
+    <t>ATOPICLAIR</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280889/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>p_3280889</t>
+  </si>
+  <si>
+    <t>Crème</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>GAMME COMPRILAN : JOBST COMPRI2</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267514/fr/gamme-comprilan-jobst-compri2</t>
+  </si>
+  <si>
+    <t>p_3267514</t>
+  </si>
+  <si>
+    <t>Système de compression veineuse en kit</t>
+  </si>
+  <si>
+    <t>ONYSTER</t>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2021 09:08:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244189/fr/onyster</t>
+  </si>
+  <si>
+    <t>p_3244189</t>
+  </si>
+  <si>
+    <t>Pommade à l’urée</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE SA</t>
+  </si>
+  <si>
+    <t>GAMME COMPRILAN : COMPRILAN</t>
+  </si>
+  <si>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260472/fr/gamme-comprilan-comprilan</t>
+  </si>
+  <si>
+    <t>p_3260472</t>
+  </si>
+  <si>
+    <t>Bande de compression à allongement court</t>
+  </si>
+  <si>
+    <t>GAMME COMPRILAN : JOBST COMPRIHAFT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260494/fr/gamme-comprilan-jobst-comprihaft</t>
+  </si>
+  <si>
+    <t>p_3260494</t>
+  </si>
+  <si>
+    <t>Bande de compression cohésive à allongement court</t>
+  </si>
+  <si>
+    <t>ROSIDAL KOMPACT KIT</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 14:40:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260469/fr/rosidal-kompact-kit</t>
+  </si>
+  <si>
+    <t>p_3260469</t>
+  </si>
+  <si>
+    <t>EXUFIBER</t>
+  </si>
+  <si>
+    <t>19/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237099/fr/exufiber</t>
+  </si>
+  <si>
+    <t>p_3237099</t>
+  </si>
+  <si>
+    <t>Pansement en fibres à haut pouvoir d’absorption</t>
+  </si>
+  <si>
+    <t>MOLNLYCKE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2021 09:14:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231522/fr/urgotul</t>
+  </si>
+  <si>
+    <t>p_3231522</t>
+  </si>
+  <si>
+    <t>URGOTUL DUO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232610/fr/urgotul-duo</t>
+  </si>
+  <si>
+    <t>p_3232610</t>
+  </si>
+  <si>
+    <t>ALGOSTERIL (mèche et compresse)</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224407/fr/algosteril-meche-et-compresse</t>
+  </si>
+  <si>
+    <t>p_3224407</t>
+  </si>
+  <si>
+    <t>Pansements alginate</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES BROTHIER</t>
+  </si>
+  <si>
+    <t>COALGAN</t>
+  </si>
+  <si>
+    <t>03/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219908/fr/coalgan</t>
+  </si>
+  <si>
+    <t>p_3219908</t>
+  </si>
+  <si>
+    <t>Tampon hémostatique local d’alginate de calcium</t>
+  </si>
+  <si>
+    <t>AQUACEL FOAM PRO (talon)</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193446/fr/aquacel-foam-pro-talon</t>
+  </si>
+  <si>
+    <t>p_3193446</t>
+  </si>
+  <si>
+    <t>Pansement hydrocellulaire</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CONVATEC</t>
+  </si>
+  <si>
+    <t>AQUACEL FOAM PRO (sacrum)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193449/fr/aquacel-foam-pro-sacrum</t>
+  </si>
+  <si>
+    <t>p_3193449</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193759/fr/cairflow-pm100a-evo-digital</t>
+  </si>
+  <si>
+    <t>p_3193759</t>
+  </si>
+  <si>
+    <t>IALUSET (crème et compresse imprégnée)</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2020 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186706/fr/ialuset-creme-et-compresse-impregnee</t>
+  </si>
+  <si>
+    <t>p_3186706</t>
+  </si>
+  <si>
+    <t>Crème et compresse imprégnée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186721/fr/domus-4-auto</t>
+  </si>
+  <si>
+    <t>p_3186721</t>
+  </si>
+  <si>
+    <t>APEX MEDICAL FRANCE</t>
+  </si>
+  <si>
+    <t>07/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2020 19:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183494/fr/suprasorb-p-sensitive-sacrum</t>
+  </si>
+  <si>
+    <t>p_3183494</t>
+  </si>
+  <si>
+    <t>MEPITEL FILM</t>
+  </si>
+  <si>
+    <t>20/05/2020 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183503/fr/mepitel-film</t>
+  </si>
+  <si>
+    <t>p_3183503</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183509/fr/suprasorb-p-sensitive-heel</t>
+  </si>
+  <si>
+    <t>p_3183509</t>
+  </si>
+  <si>
+    <t>24/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2020 15:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167726/fr/axtair-automorpho-plus</t>
+  </si>
+  <si>
+    <t>p_3167726</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres : surmatelas</t>
+  </si>
+  <si>
+    <t>Articles pour pansements (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet  au JO du 26 décembre 2019</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités d’inscription des articles pour pansements inscrits au chapitre 3 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale a été publié au journal officiel le 26 décembre 2019.</t>
+  </si>
+  <si>
+    <t>02/04/2020 08:35:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168660/fr/articles-pour-pansements-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-26-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3168660</t>
+  </si>
+  <si>
+    <t>11/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2020 18:47:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165691/fr/urgostart-plus</t>
+  </si>
+  <si>
+    <t>p_3165691</t>
+  </si>
+  <si>
+    <t>MATRX CONTOUR VISCO NG</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148216/fr/matrx-contour-visco-ng</t>
+  </si>
+  <si>
+    <t>p_3148216</t>
+  </si>
+  <si>
+    <t>coussin en mousse viscoélastique type à mémoire de forme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148221/fr/domus-4-auto</t>
+  </si>
+  <si>
+    <t>p_3148221</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMAFORM ISKIO BI MATIERE</t>
+  </si>
+  <si>
+    <t>27/01/2020 13:58:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147428/fr/coussin-pharmaform-iskio-bi-matiere</t>
+  </si>
+  <si>
+    <t>p_3147428</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMA FORM PRIMA PLOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147431/fr/coussin-pharma-form-prima-plot</t>
+  </si>
+  <si>
+    <t>p_3147431</t>
+  </si>
+  <si>
+    <t>coussin en mousse viscoélastique type à mémoire de forme associé à une butée de stabilisation pelvienne</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMA FORM PRIMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147434/fr/coussin-pharma-form-prima</t>
+  </si>
+  <si>
+    <t>p_3147434</t>
+  </si>
+  <si>
+    <t>PHARMA FORM KALLI VISCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147437/fr/pharma-form-kalli-visco</t>
+  </si>
+  <si>
+    <t>p_3147437</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER PROTECT SACRUM et TALON</t>
+  </si>
+  <si>
+    <t>19/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145918/fr/mepilex-border-protect-sacrum-et-talon</t>
+  </si>
+  <si>
+    <t>p_3145918</t>
+  </si>
+  <si>
+    <t>pansements hydrocellulaires</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA</t>
+  </si>
+  <si>
+    <t>13/01/2020 08:44:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121329/fr/sif-loki</t>
+  </si>
+  <si>
+    <t>p_3121329</t>
+  </si>
+  <si>
+    <t>bonnet capillaire</t>
+  </si>
+  <si>
+    <t>SIF &amp; LOKI</t>
+  </si>
+  <si>
+    <t>SORBACT (mèche)</t>
+  </si>
+  <si>
+    <t>04/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2019 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067106/fr/sorbact-meche</t>
+  </si>
+  <si>
+    <t>p_3067106</t>
+  </si>
+  <si>
+    <t>mèche</t>
+  </si>
+  <si>
+    <t>INRESA SAS</t>
+  </si>
+  <si>
+    <t>SORBACT (pansement)</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067104/fr/sorbact-pansement</t>
+  </si>
+  <si>
+    <t>p_3067104</t>
+  </si>
+  <si>
+    <t>pansement chirurgical adhésif</t>
+  </si>
+  <si>
+    <t>SORBACT (compresse)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067108/fr/sorbact-compresse</t>
+  </si>
+  <si>
+    <t>p_3067108</t>
+  </si>
+  <si>
+    <t>compresse</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER PROTECT (sacrum)</t>
+  </si>
+  <si>
+    <t>09/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:06:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964626/fr/mepilex-border-protect-sacrum</t>
+  </si>
+  <si>
+    <t>c_2964626</t>
+  </si>
+  <si>
+    <t>pansement hydrocellulaire</t>
+  </si>
+  <si>
+    <t>PROMOGRAN</t>
+  </si>
+  <si>
+    <t>15/04/2019 10:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964259/fr/promogran</t>
+  </si>
+  <si>
+    <t>c_2964259</t>
+  </si>
+  <si>
+    <t>matrice à effet anti-protéases</t>
+  </si>
+  <si>
+    <t>Laboratoire KCI Médical SAS</t>
+  </si>
+  <si>
+    <t>DURAFIBER</t>
+  </si>
+  <si>
+    <t>26/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:05:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963355/fr/durafiber</t>
+  </si>
+  <si>
+    <t>c_2963355</t>
+  </si>
+  <si>
+    <t>pansement</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:52:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961200/fr/urgotul-ag-lite-border</t>
+  </si>
+  <si>
+    <t>c_2961200</t>
+  </si>
+  <si>
+    <t>Pansement à l'argent</t>
+  </si>
+  <si>
+    <t>URGOTUL AG LITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961203/fr/urgotul-ag-lite</t>
+  </si>
+  <si>
+    <t>c_2961203</t>
+  </si>
+  <si>
+    <t>Pansements à l'argent</t>
+  </si>
+  <si>
+    <t>URGOTUL AG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961206/fr/urgotul-ag</t>
+  </si>
+  <si>
+    <t>c_2961206</t>
+  </si>
+  <si>
+    <t>URGOCELL AG BORDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961209/fr/urgocell-ag-border</t>
+  </si>
+  <si>
+    <t>c_2961209</t>
+  </si>
+  <si>
+    <t>URGOCELL AG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961212/fr/urgocell-ag</t>
+  </si>
+  <si>
+    <t>c_2961212</t>
+  </si>
+  <si>
+    <t>AIRSOFT DUO</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902381/fr/airsoft-duo</t>
+  </si>
+  <si>
+    <t>c_2902381</t>
+  </si>
+  <si>
+    <t>matelas en mousse multistrates</t>
+  </si>
+  <si>
+    <t>ANNIE BAUER CONFORT SARL</t>
+  </si>
+  <si>
+    <t>SNAP Therapy System</t>
+  </si>
+  <si>
+    <t>18/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2019 11:52:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896012/fr/snap-therapy-system</t>
+  </si>
+  <si>
+    <t>c_2896012</t>
+  </si>
+  <si>
+    <t>système de traitement des plaies par pression négative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896185/fr/axtair-automorpho-plus</t>
+  </si>
+  <si>
+    <t>c_2896185</t>
+  </si>
+  <si>
+    <t>surmatelas à air motorisé à pression alternée avec compresseur associé</t>
+  </si>
+  <si>
+    <t>WINNCARE France</t>
+  </si>
+  <si>
+    <t>VISCO (coussin)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896188/fr/visco-coussin</t>
+  </si>
+  <si>
+    <t>c_2896188</t>
+  </si>
+  <si>
+    <t>LABORATOIRE ESCARIUS</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 13:57:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888465/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_2888465</t>
+  </si>
+  <si>
+    <t>Crème et Compresse</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER SA</t>
+  </si>
+  <si>
+    <t>SENTRY 1200 ST</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889442/fr/sentry-1200-st</t>
+  </si>
+  <si>
+    <t>c_2889442</t>
+  </si>
+  <si>
+    <t>matelas à air motorisé automatique, à pression constante et/ou dynamique de plus de 15 cm d’épaisseur d’air</t>
+  </si>
+  <si>
+    <t>MEDIDEV-SENTECH</t>
+  </si>
+  <si>
+    <t>CICA-CARE</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 09:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882806/fr/cica-care</t>
+  </si>
+  <si>
+    <t>c_2882806</t>
+  </si>
+  <si>
+    <t>plaque de gel de silicone auto-adhérente</t>
+  </si>
+  <si>
+    <t>ALOVA</t>
+  </si>
+  <si>
+    <t>22/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2018 08:58:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882046/fr/alova</t>
+  </si>
+  <si>
+    <t>c_2882046</t>
+  </si>
+  <si>
+    <t>matelas en mousse viscoélastique type à mémoire de forme</t>
+  </si>
+  <si>
+    <t>11/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2018 11:46:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2878193/fr/kit-biflex</t>
+  </si>
+  <si>
+    <t>c_2878193</t>
+  </si>
+  <si>
+    <t>système de compression multitype</t>
+  </si>
+  <si>
+    <t>SENTRY 1200</t>
+  </si>
+  <si>
+    <t>09/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2878199/fr/sentry-1200</t>
+  </si>
+  <si>
+    <t>c_2878199</t>
+  </si>
+  <si>
+    <t>Matelas de catégorie 3 d'aide à la prévention des escarres à air motorisé automatique, à pression constante et/ou dynamique de plus de 15 cm d’épaisseur d’air</t>
+  </si>
+  <si>
+    <t>05/10/2018 09:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873532/fr/urgoclean</t>
+  </si>
+  <si>
+    <t>c_2873532</t>
+  </si>
+  <si>
+    <t>compresse et mèche</t>
+  </si>
+  <si>
+    <t>URGOSTART Border</t>
+  </si>
+  <si>
+    <t>26/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2018 16:57:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867127/fr/urgostart-border</t>
+  </si>
+  <si>
+    <t>c_2867127</t>
+  </si>
+  <si>
+    <t>pansements</t>
+  </si>
+  <si>
+    <t>URGOSTART Plus Border</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867130/fr/urgostart-plus-border</t>
+  </si>
+  <si>
+    <t>c_2867130</t>
+  </si>
+  <si>
+    <t>URGOSTART Plus Compresse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867133/fr/urgostart-plus-compresse</t>
+  </si>
+  <si>
+    <t>c_2867133</t>
+  </si>
+  <si>
+    <t>27/08/2018 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867136/fr/urgostart</t>
+  </si>
+  <si>
+    <t>c_2867136</t>
+  </si>
+  <si>
+    <t>URGOSTART Interface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867139/fr/urgostart-interface</t>
+  </si>
+  <si>
+    <t>c_2867139</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER PROTECT (sacrum et talon)</t>
+  </si>
+  <si>
+    <t>10/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2018 16:24:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863331/fr/mepilex-border-protect-sacrum-et-talon</t>
+  </si>
+  <si>
+    <t>c_2863331</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2018 10:39:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849784/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_2849784</t>
+  </si>
+  <si>
+    <t>Crème et compresses imprégnées d’acide hyaluronique et de sulfadiazine argentique</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853009/fr/profore</t>
+  </si>
+  <si>
+    <t>c_2853009</t>
+  </si>
+  <si>
+    <t>système de compression multicouche</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853357/fr/actisorb</t>
+  </si>
+  <si>
+    <t>c_2853357</t>
+  </si>
+  <si>
+    <t>Laboratoire KCI Médical, Groupe Acelity</t>
+  </si>
+  <si>
+    <t>FLO-TECH LITE VISCO</t>
+  </si>
+  <si>
+    <t>20/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2018 16:27:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844347/fr/flo-tech-lite-visco</t>
+  </si>
+  <si>
+    <t>c_2844347</t>
+  </si>
+  <si>
+    <t>coussin d'aide à la prévention de l'escarre</t>
+  </si>
+  <si>
+    <t>SOFTFORM PREMIER</t>
+  </si>
+  <si>
+    <t>23/05/2018 14:35:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850149/fr/softform-premier</t>
+  </si>
+  <si>
+    <t>c_2850149</t>
+  </si>
+  <si>
+    <t>matelas multistrates</t>
+  </si>
+  <si>
+    <t>03/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2018 10:33:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848093/fr/rosidal-sys</t>
+  </si>
+  <si>
+    <t>c_2848093</t>
+  </si>
+  <si>
+    <t>LOHMANN &amp; RAUSCHER FRANCE</t>
+  </si>
+  <si>
+    <t>06/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2018 15:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826677/fr/axtair-one-plus</t>
+  </si>
+  <si>
+    <t>c_2826677</t>
+  </si>
+  <si>
+    <t>Surmatelas à air motorisé à pression alternée</t>
+  </si>
+  <si>
+    <t>ASKLE SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826680/fr/axtair-one</t>
+  </si>
+  <si>
+    <t>c_2826680</t>
+  </si>
+  <si>
+    <t>09/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2018 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821337/fr/cairflow-pm100a-evo</t>
+  </si>
+  <si>
+    <t>c_2821337</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER (sacrum et talon)</t>
+  </si>
+  <si>
+    <t>10/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:08:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815588/fr/mepilex-border-sacrum-et-talon</t>
+  </si>
+  <si>
+    <t>c_2815588</t>
+  </si>
+  <si>
+    <t>ROHO QUADTRO SELECT</t>
+  </si>
+  <si>
+    <t>Coussin à air non motorisé à cellules télescopiques individuellement déformables, multicompartiment</t>
+  </si>
+  <si>
+    <t>19/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815674/fr/roho-quadtro-select</t>
+  </si>
+  <si>
+    <t>c_2815674</t>
+  </si>
+  <si>
+    <t>SAS PERMOBIL FRANCE</t>
+  </si>
+  <si>
+    <t>ROHO MONOCOMPARTIMENT</t>
+  </si>
+  <si>
+    <t>coussin à air non motorisé à cellules télescopiques individuellement déformables, monocompartiment</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815683/fr/roho-monocompartiment</t>
+  </si>
+  <si>
+    <t>c_2815683</t>
+  </si>
+  <si>
+    <t>Compresses imprégnées d’acide hyaluronique / crème à l’acide hyaluronique</t>
+  </si>
+  <si>
+    <t>24/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 09:01:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803894/fr/effidia</t>
+  </si>
+  <si>
+    <t>c_2803894</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI SPA</t>
+  </si>
+  <si>
+    <t>PHYSIOTULLE</t>
+  </si>
+  <si>
+    <t>21/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2017 12:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808592/fr/physiotulle</t>
+  </si>
+  <si>
+    <t>c_2808592</t>
+  </si>
+  <si>
+    <t>ALLEVYN GENTLE BORDER HEEL</t>
+  </si>
+  <si>
+    <t>pansements hydrocellulaires (forme anatomique talon)</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:04:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801234/fr/allevyn-gentle-border-heel</t>
+  </si>
+  <si>
+    <t>c_2801234</t>
+  </si>
+  <si>
+    <t>URGO K2 Latex Free</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803204/fr/urgo-k2-latex-free</t>
+  </si>
+  <si>
+    <t>c_2803204</t>
+  </si>
+  <si>
+    <t>URGO K2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803283/fr/urgo-k2</t>
+  </si>
+  <si>
+    <t>c_2803283</t>
+  </si>
+  <si>
+    <t>26/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 08:35:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796797/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_2796797</t>
+  </si>
+  <si>
+    <t>SINCLAIR PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>ASKINA CARBOSORB</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2017 10:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794399/fr/askina-carbosorb</t>
+  </si>
+  <si>
+    <t>c_2794399</t>
+  </si>
+  <si>
+    <t>B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/08/2017 11:13:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786294/fr/venotrain-ulcertec-39</t>
+  </si>
+  <si>
+    <t>c_2786294</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786300/fr/venotrain-ulcertec-46</t>
+  </si>
+  <si>
+    <t>c_2786300</t>
+  </si>
+  <si>
+    <t>CLASSIC VISCO</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres : coussin</t>
+  </si>
+  <si>
+    <t>02/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/05/2017 09:08:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762454/fr/classic-visco</t>
+  </si>
+  <si>
+    <t>c_2762454</t>
+  </si>
+  <si>
+    <t>BIATAIN SILICONE</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires siliconés - formes anatomiques</t>
+  </si>
+  <si>
+    <t>07/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2017 16:36:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751353/fr/biatain-silicone</t>
+  </si>
+  <si>
+    <t>c_2751353</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires - formes anatomiques</t>
+  </si>
+  <si>
+    <t>06/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2016 10:02:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2731675/fr/classic-visco</t>
+  </si>
+  <si>
+    <t>c_2731675</t>
+  </si>
+  <si>
+    <t>URGOCLEAN Ag</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2016 10:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682106/fr/urgoclean-ag</t>
+  </si>
+  <si>
+    <t>c_2682106</t>
+  </si>
+  <si>
+    <t>Compresses et cotons : phase contradictoire avis de projet JO du 28 juillet 2015</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2016 16:42:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677063/fr/compresses-et-cotons-phase-contradictoire-avis-de-projet-jo-du-28-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2677063</t>
+  </si>
+  <si>
+    <t>12/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2016 08:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640958/fr/onyster</t>
+  </si>
+  <si>
+    <t>c_2640958</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>ACTINICA</t>
+  </si>
+  <si>
+    <t>03/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634431/fr/actinica</t>
+  </si>
+  <si>
+    <t>c_2634431</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>FLEXI FORM</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres : matelas</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635043/fr/flexi-form</t>
+  </si>
+  <si>
+    <t>c_2635043</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER (gamme) - Traitement des plaies aiguës</t>
+  </si>
+  <si>
+    <t>03/05/2016 09:39:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628028/fr/mepilex-border-gamme-traitement-des-plaies-aigues</t>
+  </si>
+  <si>
+    <t>c_2628028</t>
+  </si>
+  <si>
+    <t>MEPILEX BORDER (gamme) - Prévention des escarres</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628034/fr/mepilex-border-gamme-prevention-des-escarres</t>
+  </si>
+  <si>
+    <t>c_2628034</t>
+  </si>
+  <si>
+    <t>NOVAFORM</t>
+  </si>
+  <si>
+    <t>23/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/03/2016 16:26:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614263/fr/novaform</t>
+  </si>
+  <si>
+    <t>c_2614263</t>
+  </si>
+  <si>
+    <t>VITAFORM 4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614266/fr/vitaform-4</t>
+  </si>
+  <si>
+    <t>c_2614266</t>
+  </si>
+  <si>
+    <t>VENOTRAIN - Ulcertec 46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615252/fr/venotrain-ulcertec-46</t>
+  </si>
+  <si>
+    <t>c_2615252</t>
+  </si>
+  <si>
+    <t>VENOTRAIN - Ulcertec 39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615255/fr/venotrain-ulcertec-39</t>
+  </si>
+  <si>
+    <t>c_2615255</t>
+  </si>
+  <si>
+    <t>26/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2016 11:38:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607061/fr/rosidal-sys</t>
+  </si>
+  <si>
+    <t>c_2607061</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607079/fr/rosidal-k</t>
+  </si>
+  <si>
+    <t>c_2607079</t>
+  </si>
+  <si>
+    <t>15/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587346/fr/mepitel-one</t>
+  </si>
+  <si>
+    <t>c_2587346</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587349/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_2587349</t>
+  </si>
+  <si>
+    <t>ALOVA Coussin ergonomique</t>
+  </si>
+  <si>
+    <t>20/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572148/fr/alova-coussin-ergonomique</t>
+  </si>
+  <si>
+    <t>c_2572148</t>
+  </si>
+  <si>
+    <t>06/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2015 15:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563858/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>c_2563858</t>
+  </si>
+  <si>
+    <t>ALGOSTERIL</t>
+  </si>
+  <si>
+    <t>Matériel pour pansement</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046129/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_2046129</t>
+  </si>
+  <si>
+    <t>IALUSET crème et compresse imprégnée</t>
+  </si>
+  <si>
+    <t>30/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053083/fr/ialuset-creme-et-compresse-impregnee</t>
+  </si>
+  <si>
+    <t>c_2053083</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053084/fr/coalgan</t>
+  </si>
+  <si>
+    <t>c_2053084</t>
+  </si>
+  <si>
+    <t>FLAMINAL Hydro</t>
+  </si>
+  <si>
+    <t>Pansement</t>
+  </si>
+  <si>
+    <t>19/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041666/fr/flaminal-hydro</t>
+  </si>
+  <si>
+    <t>c_2041666</t>
+  </si>
+  <si>
+    <t>ABBOTT PRODUCTS SAS</t>
+  </si>
+  <si>
+    <t>FLAMINAL Forte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041669/fr/flaminal-forte</t>
+  </si>
+  <si>
+    <t>c_2041669</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/05/2015 14:49:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030568/fr/adaptic-touch</t>
+  </si>
+  <si>
+    <t>c_2030568</t>
+  </si>
+  <si>
+    <t>07/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028528/fr/urgotul-duo</t>
+  </si>
+  <si>
+    <t>c_2028528</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028531/fr/urgotul</t>
+  </si>
+  <si>
+    <t>c_2028531</t>
+  </si>
+  <si>
+    <t>ALOVA GALBE STANDARD entre 38 cm et 45 cm</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021159/fr/alova-galbe-standard-entre-38-cm-et-45-cm</t>
+  </si>
+  <si>
+    <t>c_2021159</t>
+  </si>
+  <si>
+    <t>COUSSIN SYST'AM P361C</t>
+  </si>
+  <si>
+    <t>10/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2015 14:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017825/fr/coussin-syst-am-p361c</t>
+  </si>
+  <si>
+    <t>c_2017825</t>
+  </si>
+  <si>
+    <t>SYST'AM</t>
+  </si>
+  <si>
+    <t>COUSSIN SYST'AM P361CA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017828/fr/coussin-syst-am-p361ca</t>
+  </si>
+  <si>
+    <t>c_2017828</t>
+  </si>
+  <si>
+    <t>COUSSIN SYST'AM P361CP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017831/fr/coussin-syst-am-p361cp</t>
+  </si>
+  <si>
+    <t>c_2017831</t>
+  </si>
+  <si>
+    <t>ALOVA GALBE STANDARD &amp;lt;38 cm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021154/fr/alova-galbe-standard-38-cm</t>
+  </si>
+  <si>
+    <t>c_2021154</t>
+  </si>
+  <si>
+    <t>ALOVA GALBE STANDARD &gt;45 cm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021157/fr/alova-galbe-standard-45-cm</t>
+  </si>
+  <si>
+    <t>c_2021157</t>
+  </si>
+  <si>
+    <t>HYDROCLEAN</t>
+  </si>
+  <si>
+    <t>24/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:28:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017834/fr/hydroclean</t>
+  </si>
+  <si>
+    <t>c_2017834</t>
+  </si>
+  <si>
+    <t>PAUL HARTMANN SA</t>
+  </si>
+  <si>
+    <t>CARPENTER VISCOLUX TECHNIQUE</t>
+  </si>
+  <si>
+    <t>13/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2015 10:13:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016197/fr/carpenter-viscolux-technique</t>
+  </si>
+  <si>
+    <t>c_2016197</t>
+  </si>
+  <si>
+    <t>CARPENTER SAS</t>
+  </si>
+  <si>
+    <t>MEDIHONEY</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2015 16:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009669/fr/medihoney</t>
+  </si>
+  <si>
+    <t>c_2009669</t>
+  </si>
+  <si>
+    <t>DERMA SCIENCES EUROPE LTD</t>
+  </si>
+  <si>
+    <t>TUBULCUS</t>
+  </si>
+  <si>
+    <t>Orthèse élastique de contention</t>
+  </si>
+  <si>
+    <t>04/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2014 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773447/fr/tubulcus</t>
+  </si>
+  <si>
+    <t>c_1773447</t>
+  </si>
+  <si>
+    <t>Laboratoires INNOTHERA</t>
+  </si>
+  <si>
+    <t>COUSSIN SYST'AM P361CV</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774616/fr/coussin-syst-am-p361cv</t>
+  </si>
+  <si>
+    <t>c_1774616</t>
+  </si>
+  <si>
+    <t>COUSSIN SYST'AM P361CL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774820/fr/coussin-syst-am-p361cl</t>
+  </si>
+  <si>
+    <t>c_1774820</t>
+  </si>
+  <si>
+    <t>21/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2014 13:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771744/fr/urgostart-border</t>
+  </si>
+  <si>
+    <t>c_1771744</t>
+  </si>
+  <si>
+    <t>URGOSTART Contact</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2014 12:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767283/fr/urgostart-contact</t>
+  </si>
+  <si>
+    <t>c_1767283</t>
+  </si>
+  <si>
+    <t>23/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766327/fr/axtair-one</t>
+  </si>
+  <si>
+    <t>c_1766327</t>
+  </si>
+  <si>
+    <t>ALOVA GALBE</t>
+  </si>
+  <si>
+    <t>09/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2014 10:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763605/fr/alova-galbe</t>
+  </si>
+  <si>
+    <t>c_1763605</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMA FORM KALLI VISCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765086/fr/coussin-pharma-form-kalli-visco</t>
+  </si>
+  <si>
+    <t>c_1765086</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765089/fr/coussin-pharma-form-prima-plot</t>
+  </si>
+  <si>
+    <t>c_1765089</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMA FORM ISKIO BI-MATIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765092/fr/coussin-pharma-form-iskio-bi-matiere</t>
+  </si>
+  <si>
+    <t>c_1765092</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765095/fr/coussin-pharma-form-prima</t>
+  </si>
+  <si>
+    <t>c_1765095</t>
+  </si>
+  <si>
+    <t>COUSSIN PHARMA FORM ISKIO VISCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765098/fr/coussin-pharma-form-iskio-visco</t>
+  </si>
+  <si>
+    <t>c_1765098</t>
+  </si>
+  <si>
+    <t>SVPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765101/fr/svpe</t>
+  </si>
+  <si>
+    <t>c_1765101</t>
+  </si>
+  <si>
+    <t>MOUSSE PLASTIQUE D'ARTOIS</t>
+  </si>
+  <si>
+    <t>06/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2014 09:59:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741488/fr/sentry-1200</t>
+  </si>
+  <si>
+    <t>c_1741488</t>
+  </si>
+  <si>
+    <t>FLO-TECH CONTOUR VISCO</t>
+  </si>
+  <si>
+    <t>22/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739163/fr/flo-tech-contour-visco</t>
+  </si>
+  <si>
+    <t>c_1739163</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740072/fr/urgotul-ag</t>
+  </si>
+  <si>
+    <t>c_1740072</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740078/fr/urgotul-ag-lite</t>
+  </si>
+  <si>
+    <t>c_1740078</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740081/fr/urgotul-ag-lite-border</t>
+  </si>
+  <si>
+    <t>c_1740081</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740087/fr/urgocell-ag</t>
+  </si>
+  <si>
+    <t>c_1740087</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740090/fr/urgocell-ag-border</t>
+  </si>
+  <si>
+    <t>c_1740090</t>
+  </si>
+  <si>
+    <t>08/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/04/2014 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735598/fr/tubulcus</t>
+  </si>
+  <si>
+    <t>c_1735598</t>
+  </si>
+  <si>
+    <t>11/04/2014 16:21:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735395/fr/axtair-one</t>
+  </si>
+  <si>
+    <t>c_1735395</t>
+  </si>
+  <si>
+    <t>INTEGRA DERMAL REGENERATION TEMPLATE</t>
+  </si>
+  <si>
+    <t>28/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724669/fr/integra-dermal-regeneration-template</t>
+  </si>
+  <si>
+    <t>c_1724669</t>
+  </si>
+  <si>
+    <t>INTEGRA LIFESCIENCES SERVICES</t>
+  </si>
+  <si>
+    <t>INTEGRA FLOWABLE WOUND MATRIX</t>
+  </si>
+  <si>
+    <t>28/02/2014 17:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724672/fr/integra-flowable-wound-matrix</t>
+  </si>
+  <si>
+    <t>c_1724672</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2007 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717922/fr/axtair-trimode-automorpho</t>
+  </si>
+  <si>
+    <t>c_1717922</t>
+  </si>
+  <si>
+    <t>07/03/2007 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717937/fr/cairflow-pm100a</t>
+  </si>
+  <si>
+    <t>c_1717937</t>
+  </si>
+  <si>
+    <t>PRONTOSAN WOUND GEL &amp; PRONTOSAN WOUND GEL X</t>
+  </si>
+  <si>
+    <t>03/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2013 11:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710123/fr/prontosan-wound-gel-prontosan-wound-gel-x</t>
+  </si>
+  <si>
+    <t>c_1710123</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651308/fr/profore</t>
+  </si>
+  <si>
+    <t>c_1651308</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW Traitement des plaies FRANCE SAS</t>
+  </si>
+  <si>
+    <t>JELONET PLUS, pansement</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 10 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598114/fr/jelonet-plus-pansement</t>
+  </si>
+  <si>
+    <t>c_1598114</t>
+  </si>
+  <si>
+    <t>Pansements 10 cm x 40 cm - Boîte de 10 pansements</t>
+  </si>
+  <si>
+    <t>PROFIL'AIR, coussin à air non motorisé à cellules télescopiques individuellement déformables</t>
+  </si>
+  <si>
+    <t>10/06/2013 10:54:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599511/fr/profil-air-coussin-a-air-non-motorise-a-cellules-telescopiques-individuellement-deformables</t>
+  </si>
+  <si>
+    <t>c_1599511</t>
+  </si>
+  <si>
+    <t>RECFRANCE</t>
+  </si>
+  <si>
+    <t>URGOCLEAN, compresse et mèche</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2013 18:38:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544585/fr/urgoclean-compresse-et-meche</t>
+  </si>
+  <si>
+    <t>c_1544585</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2013 18:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336087/fr/roho-monocompartiment</t>
+  </si>
+  <si>
+    <t>c_1336087</t>
+  </si>
+  <si>
+    <t>The ROHO Group</t>
+  </si>
+  <si>
+    <t>PHYSIOTULLE, pansement interface</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1355848/fr/physiotulle-pansement-interface</t>
+  </si>
+  <si>
+    <t>c_1355848</t>
+  </si>
+  <si>
+    <t>COLOPLAST A/S</t>
+  </si>
+  <si>
+    <t>BIATAIN IBU, pansements hydrocellulaires à l'ibuprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1355892/fr/biatain-ibu-pansements-hydrocellulaires-a-l-ibuprofene</t>
+  </si>
+  <si>
+    <t>c_1355892</t>
+  </si>
+  <si>
+    <t>BIATAIN Ag, pansements hydrocellulaires à l'argent</t>
+  </si>
+  <si>
+    <t>15/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2013 16:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352322/fr/biatain-ag-pansements-hydrocellulaires-a-l-argent</t>
+  </si>
+  <si>
+    <t>c_1352322</t>
+  </si>
+  <si>
+    <t>COLOPLAST</t>
+  </si>
+  <si>
+    <t>Epithèses Faciales ou Prothèses Faciales</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2012 14:06:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344867/fr/epitheses-faciales-ou-protheses-faciales</t>
+  </si>
+  <si>
+    <t>c_1344867</t>
+  </si>
+  <si>
+    <t>Gamme MEPILEX Ag</t>
+  </si>
+  <si>
+    <t>Mepilex Ag, Mepilex Talon Ag, Mepilex Border Ag, Mepilex Border Sacrum Ag</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2012 13:03:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336006/fr/gamme-mepilex-ag</t>
+  </si>
+  <si>
+    <t>c_1336006</t>
+  </si>
+  <si>
+    <t>OCTENILIN</t>
+  </si>
+  <si>
+    <t>Gel pour les plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
+  </si>
+  <si>
+    <t>c_1336040</t>
+  </si>
+  <si>
+    <t>SCHULKE FRANCE SARL / schulke &amp; MAYR GmnH</t>
+  </si>
+  <si>
+    <t>ASKINA CARBOSORB -  09 octobre 2012 (4316)</t>
+  </si>
+  <si>
+    <t>09/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2012 10:19:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1317128/fr/askina-carbosorb-09-octobre-2012-4316</t>
+  </si>
+  <si>
+    <t>c_1317128</t>
+  </si>
+  <si>
+    <t>B.Braun Medical (France)</t>
+  </si>
+  <si>
+    <t>CARPENTER VISCOLUX -  25 septembre 2012 (4324) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 17:44:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1300973/fr/carpenter-viscolux-25-septembre-2012-4324-avis</t>
+  </si>
+  <si>
+    <t>c_1300973</t>
+  </si>
+  <si>
+    <t>AQUACEL Ag -  25 septembre 2012 (4268) avis</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:48:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258797/fr/aquacel-ag-25-septembre-2012-4268-avis</t>
+  </si>
+  <si>
+    <t>c_1258797</t>
+  </si>
+  <si>
+    <t>Convatec Ltd</t>
+  </si>
+  <si>
+    <t>DTACP -  25 septembre 2012 (2763) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258800/fr/dtacp-25-septembre-2012-2763-avis</t>
+  </si>
+  <si>
+    <t>c_1258800</t>
+  </si>
+  <si>
+    <t>UPODEF - Union des Podo-Orthésistes de France</t>
+  </si>
+  <si>
+    <t>ACTISORB - 11 septembre  2012 (4290) avis</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2012 10:35:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1289777/fr/actisorb-11-septembre-2012-4290-avis</t>
+  </si>
+  <si>
+    <t>c_1289777</t>
+  </si>
+  <si>
+    <t>Systagenix Wound Management France</t>
+  </si>
+  <si>
+    <t>URGO K2 LATEX FREE - 15 mai 2012 (4274) avis</t>
+  </si>
+  <si>
+    <t>Système de compression veineuse bi-bandes MEDECINE VASCULAIRE – Nouveaux dispositifs Pas d’avantage clinique démontré par rapport au KIT PROFORE.</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2012 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243589/fr/urgo-k2-latex-free-15-mai-2012-4274-avis</t>
+  </si>
+  <si>
+    <t>c_1243589</t>
+  </si>
+  <si>
+    <t>URGO (France)</t>
+  </si>
+  <si>
+    <t>URGO K2 - 15 mai 2012 (4250) avis</t>
+  </si>
+  <si>
+    <t>15/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243591/fr/urgo-k2-15-mai-2012-4250-avis</t>
+  </si>
+  <si>
+    <t>c_1243591</t>
+  </si>
+  <si>
+    <t>ANTISCAR -  29 mai 2012 (4220) avis</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237404/fr/antiscar-29-mai-2012-4220-avis</t>
+  </si>
+  <si>
+    <t>c_1237404</t>
+  </si>
+  <si>
+    <t>Vitrobio</t>
+  </si>
+  <si>
+    <t>URGOSTART - 20 mars 2012 (4107) avis</t>
+  </si>
+  <si>
+    <t>20/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2012 17:07:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192958/fr/urgostart-20-mars-2012-4107-avis</t>
+  </si>
+  <si>
+    <t>c_1192958</t>
+  </si>
+  <si>
+    <t>URGO</t>
+  </si>
+  <si>
+    <t>URGOSTART CONTACT - 20 mars 2012 (4108) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192964/fr/urgostart-contact-20-mars-2012-4108-avis</t>
+  </si>
+  <si>
+    <t>c_1192964</t>
+  </si>
+  <si>
+    <t>URGOTUL DUO FIBERS - 25 octobre 2011 (3793) avis</t>
+  </si>
+  <si>
+    <t>25/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098196/fr/urgotul-duo-fibers-25-octobre-2011-3793-avis</t>
+  </si>
+  <si>
+    <t>c_1098196</t>
+  </si>
+  <si>
+    <t>URGOTUL TRIO - 25 octobre 2011 (3926) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098231/fr/urgotul-trio-25-octobre-2011-3926-avis</t>
+  </si>
+  <si>
+    <t>c_1098231</t>
+  </si>
+  <si>
+    <t>URGOTUL DUO  - 27 septembre 2011 (3925) avis</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2011 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098223/fr/urgotul-duo-27-septembre-2011-3925-avis</t>
+  </si>
+  <si>
+    <t>c_1098223</t>
+  </si>
+  <si>
+    <t>STRAT’AIR - 12 juillet 2011 (2686) avis</t>
+  </si>
+  <si>
+    <t>Matelas en mousse multistrates haute élasticité avec housse PROMUST PU PRISE EN CHARGE DE L’ESCARRE – Nouveau dispositif Avis défavorable au remboursement dans l’aide à la prévention et au traitement des escarres pour les patients à risque moyen à élevé</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2011 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067123/fr/strat-air-12-juillet-2011-2686-avis</t>
+  </si>
+  <si>
+    <t>c_1067123</t>
+  </si>
+  <si>
+    <t>ACTISORB AG+  - 13 septembre 2011 (3904) avis</t>
+  </si>
+  <si>
+    <t>Pansement au charbon actif et à l’argent DERMATOLOGIE – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2011 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069024/fr/actisorb-ag-13-septembre-2011-3904-avis</t>
+  </si>
+  <si>
+    <t>c_1069024</t>
+  </si>
+  <si>
+    <t>DERMASILK - 14 juin 2011 (3590) avis</t>
+  </si>
+  <si>
+    <t>Sous-vêtements thérapeutiques en soie pure, sans séricine, avec traitement antibactérien (antibactérien AEM5572/5) DERMATOLOGIE – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>14/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/06/2011 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052207/fr/dermasilk-14-juin-2011-3590-avis</t>
+  </si>
+  <si>
+    <t>c_1052207</t>
+  </si>
+  <si>
+    <t>Fritsch Medical (France)</t>
+  </si>
+  <si>
+    <t>CARPENTER VISCOLUX - 31 mai 2011 (3833) avis</t>
+  </si>
+  <si>
+    <t>31/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058198/fr/carpenter-viscolux-31-mai-2011-3833-avis</t>
+  </si>
+  <si>
+    <t>c_1058198</t>
+  </si>
+  <si>
+    <t>PROFIL’AIR - 14 juin 2011(3465) avis</t>
+  </si>
+  <si>
+    <t>Coussin à air non motorisé à cellules télescopiques individuellement déformables, mono et bi-compartiment PRISE EN CHARGE DES ESCARRES - Nouveau Dispositif Avis défavorable au remboursement dans la prévention de l’escarre chez les patients à risque élevé ou très élevé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058542/fr/profil-air-14-juin-2011-3465-avis</t>
+  </si>
+  <si>
+    <t>c_1058542</t>
+  </si>
+  <si>
+    <t>Research Electronic Control (REC)</t>
+  </si>
+  <si>
+    <t>SENTRY 1200 - 31 mai 2011 (3466) avis</t>
+  </si>
+  <si>
+    <t>Matelas à air motorisé automatique, à pression constante et/ou dynamique de plus de 15 cm d’épaisseur d’air DERMATOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport aux autres matelas de même catégorie</t>
+  </si>
+  <si>
+    <t>01/06/2011 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058537/fr/sentry-1200-31-mai-2011-3466-avis</t>
+  </si>
+  <si>
+    <t>c_1058537</t>
+  </si>
+  <si>
+    <t>MEDIDEV SENTECH FRANCE SAS</t>
+  </si>
+  <si>
+    <t>EFFIDIA PLUS - 22 mars 2011 (3464) avis</t>
+  </si>
+  <si>
+    <t>Compresse imprégnée d’acide hyaluronique et de sulfadiazine argentique Crème à l’acide hyaluronique et à la sulfadiazine argentique DERMATOLOGIE– Mise au point Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033131/fr/effidia-plus-22-mars-2011-3464-avis</t>
+  </si>
+  <si>
+    <t>c_1033131</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.p.A., Italie</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3514) avis</t>
+  </si>
+  <si>
+    <t>28/03/2011 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028555/fr/set-de-produits-de-sante-pansement-22-mars-2011-3514-avis</t>
+  </si>
+  <si>
+    <t>c_1028555</t>
+  </si>
+  <si>
+    <t>APPAMED (Syndicat de l'Industrie des Dispositifs de Soins Médicaux)</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3510) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028575/fr/set-de-produits-de-sante-pansement-22-mars-2011-3510-avis</t>
+  </si>
+  <si>
+    <t>c_1028575</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3511) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028582/fr/set-de-produits-de-sante-pansement-22-mars-2011-3511-avis</t>
+  </si>
+  <si>
+    <t>c_1028582</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3177) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028587/fr/set-de-produits-de-sante-pansement-22-mars-2011-3177-avis</t>
+  </si>
+  <si>
+    <t>c_1028587</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3512) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028593/fr/set-de-produits-de-sante-pansement-22-mars-2011-3512-avis</t>
+  </si>
+  <si>
+    <t>c_1028593</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 2011 (3513) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028601/fr/set-de-produits-de-sante-pansement-22-mars-2011-3513-avis</t>
+  </si>
+  <si>
+    <t>c_1028601</t>
+  </si>
+  <si>
+    <t>SET DE PRODUITS DE SANTE  Pansement - 22 mars 201 (3217) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028872/fr/set-de-produits-de-sante-pansement-22-mars-201-3217-avis</t>
+  </si>
+  <si>
+    <t>c_1028872</t>
+  </si>
+  <si>
+    <t>URGOTUL TRIO Ag, CELLOSORB Ag ADHESIVE - 08 mars 2011 (3394 &amp; 3395) avis</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024589/fr/urgotul-trio-ag-cellosorb-ag-adhesive-08-mars-2011-3394-3395-avis</t>
+  </si>
+  <si>
+    <t>c_1024589</t>
+  </si>
+  <si>
+    <t>COUSSINS D'AIDE AU POSITIONNEMENT  - 08 mars 2011 (2713) avis</t>
+  </si>
+  <si>
+    <t>11/03/2011 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031317/fr/coussins-d-aide-au-positionnement-08-mars-2011-2713-avis</t>
+  </si>
+  <si>
+    <t>c_1031317</t>
+  </si>
+  <si>
+    <t>Ministère du Travail, de l'Emploi et de la Santé</t>
+  </si>
+  <si>
+    <t>TUBULCUS - 11 janvier 2011 (1410) avis</t>
+  </si>
+  <si>
+    <t>11/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001277/fr/tubulcus-11-janvier-2011-1410-avis</t>
+  </si>
+  <si>
+    <t>c_1001277</t>
+  </si>
+  <si>
+    <t>INNOTHERA France</t>
+  </si>
+  <si>
+    <t>PROMOGRAN - 28 septembre 2010 (2710) avis</t>
+  </si>
+  <si>
+    <t>Matrice à effet anti-protéases DERMATOLOGIE – Mise au point Pas d’amélioration par rapport aux pansements hydrocellulaires</t>
+  </si>
+  <si>
+    <t>28/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2010 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990009/fr/promogran-28-septembre-2010-2710-avis</t>
+  </si>
+  <si>
+    <t>c_990009</t>
+  </si>
+  <si>
+    <t>ONYSTER - 29 juin 2010 (2640) avis</t>
+  </si>
+  <si>
+    <t>Pommade à l’urée DERMATOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport aux autres pommades à l’urée</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2010 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969261/fr/onyster-29-juin-2010-2640-avis</t>
+  </si>
+  <si>
+    <t>c_969261</t>
+  </si>
+  <si>
+    <t>Pierre Fabre Dermo-Cosmétique</t>
+  </si>
+  <si>
+    <t>Articles pour pansements - Dossier complet</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2010 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532035/fr/articles-pour-pansements-dossier-complet</t>
+  </si>
+  <si>
+    <t>c_532035</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>PEDIMED DM - CNEDiMTS du 22 décembre 2009 (2245)</t>
+  </si>
+  <si>
+    <t>Crème Dermatologie - Nouveau dispositif Avis défavorable au remboursement dans le cadre des soins podologiques des patients diabétiques</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896330/fr/pedimed-dm-cnedimts-du-22-decembre-2009-2245</t>
+  </si>
+  <si>
+    <t>c_896330</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT France</t>
+  </si>
+  <si>
+    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
+  </si>
+  <si>
+    <t>Gel injectable d’acide hyaluronique Chirurgie plastique et reconstructrice - Nouveau dispositif Avis défavorable au remboursement dans la correction des lipoatrophies faciales consécutives aux traitements antirétroviraux</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2009 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_885272/fr/restylane-subq-cnedimts-du-24-novembre-2009-2231</t>
+  </si>
+  <si>
+    <t>c_885272</t>
+  </si>
+  <si>
+    <t>Q-MED SARL France</t>
+  </si>
+  <si>
+    <t>Avis pansements:prescriptions par les infirmiers</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592034/fr/avis-pansements-prescriptions-par-les-infirmiers</t>
+  </si>
+  <si>
+    <t>c_592034</t>
+  </si>
+  <si>
+    <t>CEPP</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Actualisation de la revue de la littérature d’une recommandation en santé publique sur la « Détection précoce du mélanome cutané »</t>
+  </si>
+  <si>
+    <t>La HAS et l’INCa se sont associés dans un travail d’actualisation de la littérature faisant suite au rapport HAS 2006 sur la Détection précoce du mélanome cutané et des enquêtes de pratique auprès des professionnels de santé afin de redéfinir les facteurs de risque de mélanome cutané et le parcours de soins optimal pour la détection précoce de ce cancer cutané.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354947/fr/actualisation-de-la-revue-de-la-litterature-d-une-recommandation-en-sante-publique-sur-la-detection-precoce-du-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_1354947</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Syndrome Nail-Patella</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome Nail-Patella. Il a été élaboré par le centre de référence des Anomalies du Développement et Syndromes malformatifs Nord Ouest et le centre de référence des Maladies osseuses constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219901/fr/syndrome-nail-patella</t>
+  </si>
+  <si>
+    <t>p_3219901</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Albinisme</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'albinisme oculo-cutané. Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2019 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112485/fr/albinisme</t>
+  </si>
+  <si>
+    <t>p_3112485</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Mélanome cutané</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2014 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644443/fr/ald-n-30-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_644443</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035492/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_1035492</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint de xeroderma pigmentosum (XP). Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2007 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556980/fr/ald-hors-liste-xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>c_556980</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Traitement de l’acné par voie locale et générale</t>
+  </si>
+  <si>
+    <t>La Société Française de Dermatologie (SFD) a souhaité actualiser la recommandation de bonne pratique (RBP) de l’Afssaps publiée en 2007 sur le traitement de l’acné par voie locale et générale. Cette RBP a pour objectif d’améliorer la prise en charge de l’acné, affection touchant une large majorité des adolescents et certains adultes. Si le traitement d’attaque a pour but d’obtenir une réduction importante ou une disparition des lésions et de prévenir la survenue de lésions cicatricielles, celui du traitement d’entretien est d’éviter les rechutes.</t>
+  </si>
+  <si>
+    <t>10/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040322/fr/label-de-la-has-traitement-de-l-acne-par-voie-locale-et-generale</t>
+  </si>
+  <si>
+    <t>c_2040322</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS - Carcinome épidermoïde cutané : prise en charge diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Ces recommandations, réalisées selon une méthode de type ADAPTE, portent sur la prise en charge des carcinomes épidermoïdes cutanés (CEC) et de leurs précurseurs chez l'adulte immunocompétent en France, en ambulatoire ou en milieu hospitalier.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2010 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_966362/fr/label-conjoint-inca-has-carcinome-epidermoide-cutane-prise-en-charge-diagnostique-et-therapeutique</t>
+  </si>
+  <si>
+    <t>c_966362</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Acné : quand et comment la traiter ?</t>
+  </si>
+  <si>
+    <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
+  </si>
+  <si>
+    <t>20/10/2015 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
+  </si>
+  <si>
+    <t>c_2564525</t>
+  </si>
+  <si>
+    <t>Investigation clinique des pansements : la HAS publie un guide méthodologique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie un guide destiné à aider les industriels, les structures de recherche et les porteurs de projets à mener des études cliniques de qualité évaluant les pansements primaires dans le traitement des plaies chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2013 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713310/fr/investigation-clinique-des-pansements-la-has-publie-un-guide-methodologique</t>
+  </si>
+  <si>
+    <t>c_1713310</t>
+  </si>
+  <si>
+    <t>Mise à jour de 3 guides Affections de Longue Durée (ALD) destinés aux médecins traitants</t>
+  </si>
+  <si>
+    <t>Depuis 2008, la Haute Autorité de Santé (HAS) et l’Institut National du Cancer (INCa) collaborent pour la production d’une collection de guides pour les médecins traitants, en grande majorité des médecins généralistes, dans le cadre de l’ALD n°30. Vingt-deux guides ALD ont ainsi été publiés couvrant 95% des localisations de cancers en termes d’incidence. Une révision régulière de ces guides est prévue, les premières mises à jour sont publiées aujourd’hui pour trois d’entre eux : cancer colorectal, mélanome cutané et cancer de la prostate.</t>
+  </si>
+  <si>
+    <t>20/03/2012 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1230813/fr/mise-a-jour-de-3-guides-affections-de-longue-duree-ald-destines-aux-medecins-traitants</t>
+  </si>
+  <si>
+    <t>c_1230813</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé propose une évaluation en santé publique qui a pour objectif d’améliorer et de promouvoir le diagnostic précoce du mélanome. Elle décrit les populations à risque et prend en compte le parcours de soins coordonnés du patient, du médecin traitant (ou médecin du travail) vers le dermatologue. Cette étude a été réalisée à la demande de la Société française de dermatologie.</t>
+  </si>
+  <si>
+    <t>07/11/2006 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_453303/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_453303</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
+  </si>
+  <si>
+    <t>01/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
+  </si>
+  <si>
+    <t>p_3394796</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Prothèses capillaires et accessoires</t>
+  </si>
+  <si>
+    <t>Un avis de projet a été publié au Journal Officiel le 10 août 2018 sur la modification des modalités de prise en charge des prothèses capillaires et accessoires inscrits au chapitre 2 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895124/fr/protheses-capillaires-et-accessoires</t>
+  </si>
+  <si>
+    <t>c_2895124</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la cysticercose - Argumentaire</t>
+  </si>
+  <si>
+    <t>Le diagnostic de la cysticercose est difficile en raison de la faible spécificité des signes cliniques et du délai d’apparition des symptômes après l’infection. Le diagnostic biologique repose essentiellement sur la recherche d’anticorps sur sérum ou sur liquide cérébrospinal.</t>
+  </si>
+  <si>
+    <t>20/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-cysticercose-argumentaire</t>
   </si>
   <si>
     <t>c_2823986</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la leishmaniose</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs au diagnostic de la leishmaniose en vue d’une actualisation de la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-leishmaniose</t>
   </si>
   <si>
     <t>c_2751691</t>
   </si>
   <si>
-    <t>Wound dressings: Indications and recommended uses - April 2011</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
+    <t>Actes de prise en charge de plaies complexes à l'aide d'un appareil de traitement par pression négative</t>
+  </si>
+  <si>
+    <t>Évaluation des actes associés à la prise en charge de plaies complexes à l’aide d’un appareil de traitement par pression négative (TPN), en hospitalisation à domicile (HAD)</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 18:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609361/fr/actes-de-prise-en-charge-de-plaies-complexes-a-l-aide-d-un-appareil-de-traitement-par-pression-negative</t>
+  </si>
+  <si>
+    <t>c_2609361</t>
+  </si>
+  <si>
+    <t>Évaluation des vêtements compressifs sur mesure pour grands brûlés</t>
+  </si>
+  <si>
+    <t>Les vêtements compressifs sur mesure pour grands brûlés exercent localement une pression continue au cours de la cicatrisation. Ils sont destinés à éviter l’apparition de cicatrices hypertrophiques ou rétractiles, à en améliorer l’aspect ou à réduire l’intensité des signes fonctionnels liés à la phase inflammatoire, après une brûlure avec atteinte du derme (ou le cas échéant un traumatisme assimilable à cette situation).</t>
+  </si>
+  <si>
+    <t>24/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2013 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648783/fr/evaluation-des-vetements-compressifs-sur-mesure-pour-grands-brules</t>
+  </si>
+  <si>
+    <t>c_1648783</t>
+  </si>
+  <si>
+    <t>Traitement des plaies par pression négative (TPN) : des utilisations spécifiques et limitées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l'évaluation du traitement des plaies par pression négative.# Des utilisations limitées dans le temps et ciblant des situations cliniques précisément identifiées ont été retenues, pour certaines plaies chroniques (utilisation en seconde intention) ou aiguës (utilisation possible en première intention). De plus des conditions d'emploi précises ont été définies. le TPN doit être prescrit après avis spécialisé et commencé dans un établissement de santé.</t>
+  </si>
+  <si>
+    <t>01/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438055/fr/traitement-des-plaies-par-pression-negative-tpn-des-utilisations-specifiques-et-limitees-fiche-buts</t>
+  </si>
+  <si>
+    <t>r_1438055</t>
+  </si>
+  <si>
+    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
   </si>
   <si>
     <t>c_865378</t>
   </si>
   <si>
-    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
+    <t>Évaluation des traitements des plaies par pression négative (TPN)</t>
+  </si>
+  <si>
+    <t>* Evaluer les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation du TPN * Recommander les conditions d’utilisation et de prescription</t>
+  </si>
+  <si>
+    <t>04/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1524018/en/how-to-reduce-wrong-site-skin-lesion-excision</t>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0262/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741809/fr/decision-n2025-0262/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3741809</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0057/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741813/fr/avis-n2025-0057/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-d-imagerie-non-invasive-de-seconde-ligne-notamment-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-du-melanome</t>
+  </si>
+  <si>
+    <t>p_3741813</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0115/DC/SEAP du 30 avril 2025 du collège de la HAS portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:27:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604658/fr/decision-n2025-0115/dc/seap-du-30-avril-2025-du-college-de-la-has-portant-actualisation-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604658</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0023/AC/SEAP du 30 avril 2025 du collège de la HAS relatif à des modifications de la LAP mentionnée à l’article L. 162-1-7 du CSS, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604668/fr/avis-n2025-0023/ac/seap-du-30-avril-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-concernant-le-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604668</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0135/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:14:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536037/fr/decision-n2024-0135/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536037</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536042/fr/avis-n2024-0035/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536042</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Consultation infirmière pour le suivi semestriel des patients à risques élevés de mélanome entre deux consultations du dermatologue</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la consultation infirmière pour le suivi semestriel des patients à risques élevés de mélanome entre deux consultations du dermatologue Professionnels concernés :# * Dermatologue * Infirmier</t>
+  </si>
+  <si>
+    <t>19/09/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2012 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336767/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-infirmiere-pour-le-suivi-semestriel-des-patients-a-risques-eleves-de-melanome-entre-deux-consultations-du-dermatologue</t>
+  </si>
+  <si>
+    <t>c_1336767</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Syndromes de Marfan et apparentés (ALD hors liste)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 2 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare syndromes de Marfan et apparentés (ALD hors liste) : * Bêtabloquants sans activité sympathomimétique intrinsèque * Inhibiteurs calciques ralentisseurs : Verapamil et Diltiazem</t>
+  </si>
+  <si>
+    <t>16/11/2011 10:59:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1197469/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-syndromes-de-marfan-et-apparentes-ald-hors-liste</t>
+  </si>
+  <si>
+    <t>c_1197469</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur  la prise en charge dérogatoire de la photoprotection des patients atteints de la maladie rare Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l'AFSSAPS, sur les produits et prestations relevant de la prise en charge dérogatoire prévue à l’article L.162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Xeroderma pigmentosum : * Produits de protection solaire (PPS) * Lunettes de soleil * Gants * Masques de protection</t>
+  </si>
+  <si>
+    <t>13/05/2009 11:17:00</t>
+  </si>
+  <si>
+    <t>17/06/2009 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810313/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-de-la-photoprotection-des-patients-atteints-de-la-maladie-rare-xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>c_810313</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Mesures et précautions lors des soins de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La Covid-19 se transmet à partir de personnes déjà infectées, malades ou porteuses asymptomatiques du virus, par transmission de particules émises lors de la toux, de l’éternuement ou simplement en parlant. Une transmission indirecte peut également s’effectuer par contact via une surface inerte contaminée.</t>
+  </si>
+  <si>
+    <t>15/06/2020 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189715/fr/mesures-et-precautions-lors-des-soins-de-pedicurie-podologie</t>
+  </si>
+  <si>
+    <t>p_3189715</t>
+  </si>
+  <si>
+    <t>Pertinence des soins en allergologie &amp; immunologie</t>
+  </si>
+  <si>
+    <t>Développés en coproduction avec les professionnels, ces messages courts concernent l’allergie, l’urticaire chronique, l’anaphylaxie, l’asthme et la sinusite aiguë</t>
+  </si>
+  <si>
+    <t>06/03/2018 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831508/fr/pertinence-des-soins-en-allergologie-immunologie</t>
+  </si>
+  <si>
+    <t>c_2831508</t>
+  </si>
+  <si>
+    <t>Comment réduire les erreurs de site d’exérèse de lésions cutanées ?</t>
+  </si>
+  <si>
+    <t>Sur les 5 000 événements enregistrés dans la base de retour d’expérience en chirurgie plastique depuis 2008, l’analyse a mis en évidence un risque accru en chirurgie dermatologique. 85 événements ayant conduit à des erreurs de site opératoire (à l’exclusion des erreurs de patient) en chirurgie dermatologique ont été étudiés de façon approfondie afin de mettre en évidence les causes à l’origine de cette situation à risque. *La solution pour la sécurité proposée vise à réduire les causes profondes identifiées.*</t>
+  </si>
+  <si>
+    <t>19/04/2013 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1524018/fr/comment-reduire-les-erreurs-de-site-d-exerese-de-lesions-cutanees</t>
   </si>
   <si>
     <t>c_1524018</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982912/en/opdivo-nivolumab-anti-pd1-antibody</t>
+    <t>Critères d’EPP pour les maladies de la peau</t>
+  </si>
+  <si>
+    <t>05/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_816035/fr/criteres-d-epp-pour-les-maladies-de-la-peau</t>
+  </si>
+  <si>
+    <t>c_816035</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>VYJUVEK (bérémagène géperpavec)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543163/fr/vyjuvek-beremagene-geperpavec</t>
+  </si>
+  <si>
+    <t>p_3543163</t>
+  </si>
+  <si>
+    <t>bérémagène géperpavec</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543140/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689626/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704146/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique-des-la-naissance</t>
+  </si>
+  <si>
+    <t>OPDIVO (nivolumab)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
   </si>
   <si>
     <t>pprd_2982912</t>
   </si>
   <si>
     <t>nivolumab</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3067177/en/opdivo-lymphome-de-hodgkin-nivolumab</t>
-[...125 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+    <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/fr/opdivo-cancer-renal-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/fr/opdivo-yervoy-melanome-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/fr/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/fr/opdivo-nivolumab-anticorps-anti-pd1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/fr/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/fr/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/fr/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/fr/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/fr/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/fr/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/fr/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/fr/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/fr/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/fr/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/fr/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/fr/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/fr/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/fr/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/fr/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/fr/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/fr/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/fr/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/fr/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
   </si>
   <si>
     <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
-    <t>10/16/2025 12:35:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983154/en/yervoy-ipilimumab</t>
+    <t>16/10/2025 12:35:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983154/fr/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189034/en/yervoy</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984525/en/ketoconazole-hra-ketoconazole</t>
+    <t>https://www.has-sante.fr/jcms/c_1189034/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701283/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779495/fr/yervoy-1ere-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769366/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867431/fr/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863559/fr/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>SPEVIGO (spésolimab)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:34:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423187/fr/spevigo-spesolimab</t>
+  </si>
+  <si>
+    <t>p_3423187</t>
+  </si>
+  <si>
+    <t>spésolimab</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423139/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430425/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576495/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585078/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-de-l-adolescent-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594961/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg-chez-l-adulte-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699637/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE (kétoconazole)</t>
+  </si>
+  <si>
+    <t>12/09/2025 16:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/fr/ketoconazole-ketoconazole</t>
   </si>
   <si>
     <t>pprd_2984525</t>
   </si>
   <si>
     <t>kétoconazole</t>
   </si>
   <si>
     <t>ARROW GENERIQUES / BIOGARAN / HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038116/en/ketoconazole-hra-ketoconazole-imidazole</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_2038116/fr/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/fr/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/fr/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>11/09/2025 08:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644681/fr/casarenel-adapalene/peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>p_3644681</t>
+  </si>
+  <si>
+    <t>adapalène,peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644325/fr/casarenel-adapalene/peroxyde-de-benzoyle-acne</t>
+  </si>
+  <si>
+    <t>CEFTRIAXONE (ceftriaxone)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:09:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982773/fr/ceftriaxone-ceftriaxone</t>
+  </si>
+  <si>
+    <t>pprd_2982773</t>
+  </si>
+  <si>
+    <t>ceftriaxone</t>
+  </si>
+  <si>
+    <t>PANPHARMA / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398856/fr/ceftriaxone-merck-250-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-500-mg-poudre-pour-solution-injectable-boite-de-10-ceftriaxone-merck-1-g-poudre-pour-solution-injectable-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398857/fr/ceftriaxone-merck-2-g-poudre-pour-solution-injectable-iv-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399215/fr/ceftriaxone-aguettant-1-g-poudre-pour-solution-injectable-boite-de-1-et-boite-de-30-ceftriaxone-aguettant-2-g-poudre-pour-solution-pou-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399415/fr/ceftriaxone-panpharma-1-g-poudre-pour-solution-injectable-boite-de-25-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040745/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867498/fr/ceftriaxone-gerda-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966043/fr/ceftriaxone-panpharma-ceftriaxone-sodique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315473/fr/ceftriaxone-panpharma-2-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315476/fr/ceftriaxone-panpharma-1-g-ceftriaxone-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643893/fr/ceftriaxone-qilu-ceftriaxone-cephalosporine-de-3e-generation</t>
   </si>
   <si>
     <t>TREMFYA (guselkumab)</t>
   </si>
   <si>
-    <t>09/10/2025 11:10:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+    <t>10/09/2025 11:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
   </si>
   <si>
     <t>pprd_2982857</t>
   </si>
   <si>
     <t>guselkumab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>CEFAZOLINE (céfazoline sodique)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983597/fr/cefazoline-cefazoline-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983597</t>
+  </si>
+  <si>
+    <t>céfazoline sodique</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE / MYLAN S.A.S / PANPHARMA / ZENTIVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398854/fr/cefazoline-panpharma-cefazoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586906/fr/cefazoline-hospira-cefazoline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773405/fr/cefazoline-mylan-cefazoline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448873/fr/cefazoline-panpharma-cefazoline-sodique-antibiotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643887/fr/cefazoline-qilu-cefazoline-cephalosporine-de-premiere-generation</t>
   </si>
   <si>
     <t>KOSELUGO (sélumétinib)</t>
   </si>
   <si>
-    <t>09/10/2025 13:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
+    <t>10/09/2025 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/fr/koselugo-selumetinib</t>
   </si>
   <si>
     <t>p_3322927</t>
   </si>
   <si>
     <t>sélumétinib</t>
   </si>
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
-[...5 lines deleted...]
-    <t>KEYTRUDA</t>
+    <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>08/08/2025 08:34:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
-[...161 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>EPIRUBICINE (épirubicine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>31/07/2025 09:51:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983562/fr/epirubicine-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983562</t>
+  </si>
+  <si>
+    <t>épirubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT / MEDIPHA SANTE SAS / TEVA SANTE / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780896/fr/epirubicine-medipha-sante-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182791/fr/epirubicine-hikma-chlorhydrate-d-epirubicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477881/fr/epirubicine-teva-classics-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639099/fr/epirubicine-viatris-chlorhydrate-d-epirubicine-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>NEMLUVIO (nemolizumab)</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:59:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635864/fr/nemluvio-nemolizumab</t>
+  </si>
+  <si>
+    <t>p_3635864</t>
+  </si>
+  <si>
+    <t>nemolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635776/fr/nemluvio-nemolizumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-age-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636353/fr/nemluvio-nemolizumab-prurigo-nodulaire-chez-l-adulte</t>
   </si>
   <si>
     <t>AYVAKYT (avapritinib)</t>
   </si>
   <si>
-    <t>06/30/2025 08:42:25</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242313/en/ayvakyt-avapritinib</t>
+    <t>30/06/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/fr/ayvakyt-avapritinib</t>
   </si>
   <si>
     <t>p_3242313</t>
   </si>
   <si>
     <t>avapritinib</t>
   </si>
   <si>
     <t>BLUEPRINT MEDICINES FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242174/en/ayvakyt-avapritinib</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
+    <t>https://www.has-sante.fr/jcms/p_3242174/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/fr/ayvakyt-avapritinib-mastocytose-systemique-indolente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/fr/ayvakyt-avapritinib-tumeurs-stromales-gastro-intestinales-gist</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (phosphate de tédizolid)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/fr/sivextro-phosphate-de-tedizolid</t>
   </si>
   <si>
     <t>pprd_2984287</t>
   </si>
   <si>
     <t>phosphate de tédizolid</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984275/en/otezla</t>
+    <t>https://www.has-sante.fr/jcms/c_2581332/fr/sivextro-tedizolide-antibiotique-de-la-classe-des-oxazolidinones</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/fr/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/fr/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>OTEZLA (aprémilast)</t>
+  </si>
+  <si>
+    <t>15/05/2025 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984275/fr/otezla-apremilast</t>
   </si>
   <si>
     <t>pprd_2984275</t>
   </si>
   <si>
     <t>aprémilast</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2585408/en/otezla-apremilast-pde4-inhibitor-immunosuppressant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3598324/en/otezla-apremilast-moderate-to-severe-plaque-psoriasis-in-children-and-adolescents-from-the-age-of-6-years</t>
+    <t>https://www.has-sante.fr/jcms/c_2585408/fr/otezla-apremilast-immunosuppresseur-inhibiteur-de-pde4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242941/fr/otezla-apremilast</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598324/fr/otezla-apremilast-psoriasis-en-plaques-modere-a-severe-chez-les-enfants-et-adolescents-a-partir-de-6-ans</t>
+  </si>
+  <si>
+    <t>LIVMARLI (maralixibat)</t>
+  </si>
+  <si>
+    <t>15/05/2025 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418168/fr/livmarli-maralixibat</t>
+  </si>
+  <si>
+    <t>p_3418168</t>
+  </si>
+  <si>
+    <t>maralixibat</t>
+  </si>
+  <si>
+    <t>MIRUM PHARMACEUTICALS INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418145/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421134/fr/livmarli-maralixibat-syndrome-d-alagille-sag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500260/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554585/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556731/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale-pfic</t>
   </si>
   <si>
     <t>ANZUPGO (delgocitinib)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603206/en/anzupgo-delgocitinib</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603206/fr/anzupgo-delgocitinib</t>
   </si>
   <si>
     <t>p_3603206</t>
   </si>
   <si>
     <t>delgocitinib</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603177/en/anzupgo-delgocitinib-chronic-hand-eczema-che</t>
+    <t>https://www.has-sante.fr/jcms/p_3603177/fr/anzupgo-delgocitinib-eczema-chronique-des-mains-ecm</t>
   </si>
   <si>
     <t>NORDIMET (méthotrexate)</t>
   </si>
   <si>
-    <t>03/25/2025 13:51:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+    <t>25/03/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/fr/nordimet-methotrexate</t>
   </si>
   <si>
     <t>pprd_2983809</t>
   </si>
   <si>
     <t>méthotrexate</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427786/en/bylvay-odevixibat</t>
+    <t>https://www.has-sante.fr/jcms/c_2730809/fr/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/fr/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/fr/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>KAYFANDA (odevixibat)</t>
+  </si>
+  <si>
+    <t>10/03/2025 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/fr/kayfanda-odevixibat</t>
   </si>
   <si>
     <t>p_3427786</t>
   </si>
   <si>
     <t>odevixibat</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3427763/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3500210/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+    <t>https://www.has-sante.fr/jcms/p_3427763/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/fr/kayfanda-odevixibat-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
   </si>
   <si>
     <t>BYLVAY (odevixibat)</t>
   </si>
   <si>
-    <t>03/10/2025 18:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3587516/en/bylvay-odevixibat</t>
+    <t>10/03/2025 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587516/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>p_3587516</t>
   </si>
   <si>
     <t>ALBIREO AB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3299696/en/bylvay-odevixibat</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3193895/en/vitrakvi</t>
+    <t>https://www.has-sante.fr/jcms/p_3299696/fr/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>VITRAKVI (larotrectinib)</t>
+  </si>
+  <si>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193895/fr/vitrakvi-larotrectinib</t>
   </si>
   <si>
     <t>p_3193895</t>
   </si>
   <si>
     <t>larotrectinib</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3193768/en/vitrakvi</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594390/en/vitrakvi-larotrectinib-soft-tissue-sarcoma-salivary-gland-cancer-non-medullary-thyroid-cancer</t>
+    <t>https://www.has-sante.fr/jcms/p_3193768/fr/vitrakvi-larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290908/fr/vitrakvi-20-mg/ml-larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422863/fr/vitrakvi-larotrectinib-fibrosarcome-infantile-et-autres-sarcomes-pediatriques-des-tissus-mous</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594390/fr/vitrakvi-larotrectinib-sarcome-des-tissus-mous-cancer-des-glandes-salivaires-cancer-de-la-thyroide-non-medullaire</t>
   </si>
   <si>
     <t>VORAXAZE (glucarpidase)</t>
   </si>
   <si>
-    <t>08/22/2024 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+    <t>22/08/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/fr/voraxaze-glucarpidase</t>
   </si>
   <si>
     <t>p_3334742</t>
   </si>
   <si>
     <t>glucarpidase</t>
   </si>
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/p_3334621/fr/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/fr/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/fr/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
   </si>
   <si>
     <t>AMVUTTRA (vutrisiran)</t>
   </si>
   <si>
-    <t>02/26/2025 08:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
+    <t>26/02/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/fr/amvuttra-vutrisiran</t>
   </si>
   <si>
     <t>p_3395883</t>
   </si>
   <si>
     <t>vutrisiran</t>
   </si>
   <si>
     <t>ALNYLAM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+    <t>https://www.has-sante.fr/jcms/p_3395907/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>BIFONAZOLE SUBSTIPHARM (bifonazole)</t>
+  </si>
+  <si>
+    <t>28/01/2025 18:01:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586524/fr/bifonazole-substipharm-bifonazole</t>
+  </si>
+  <si>
+    <t>p_3586524</t>
+  </si>
+  <si>
+    <t>bifonazole</t>
+  </si>
+  <si>
+    <t>SUBSTIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586461/fr/bifonazole-substipharm-bifonazole-antifongique-topique</t>
   </si>
   <si>
     <t>PERPRUP (povidone iodée / alcool isopropylique)</t>
   </si>
   <si>
-    <t>01/24/2025 16:21:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585879/en/perprup-povidone-iodee-/-alcool-isopropylique</t>
+    <t>24/01/2025 16:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585879/fr/perprup-povidone-iodee-/-alcool-isopropylique</t>
   </si>
   <si>
     <t>p_3585879</t>
   </si>
   <si>
     <t>povidone iodée,alcool isopropylique</t>
   </si>
   <si>
     <t>BECTON DICKINSON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585762/en/perprup-povidone-iodine-isopropyl-alcohol-antiseptic</t>
+    <t>https://www.has-sante.fr/jcms/p_3585762/fr/perprup-povidone-iodee-/-alcool-isopropylique-antiseptique</t>
   </si>
   <si>
     <t>BIMZELX (bimekizumab)</t>
   </si>
   <si>
-    <t>01/09/2025 09:25:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+    <t>09/01/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/fr/bimzelx-bimekizumab</t>
   </si>
   <si>
     <t>p_3324069</t>
   </si>
   <si>
     <t>bimekizumab</t>
   </si>
   <si>
     <t>UCB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+    <t>https://www.has-sante.fr/jcms/p_3336645/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/fr/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/fr/bimzelx-bimekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/fr/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/fr/bimzelx-bimekizumab-hidradenite-suppuree-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-hidradenite-suppuree</t>
+  </si>
+  <si>
+    <t>DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>05/12/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
   </si>
   <si>
     <t>pprd_2983161</t>
   </si>
   <si>
     <t>dupilumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/fr/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/fr/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/fr/dupixent-dupilumab-prurigo-nodulaire-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
   </si>
   <si>
     <t>AMELUZ (acide 5-aminolévulinique (chlorhydrate de l'))</t>
   </si>
   <si>
-    <t>11/28/2024 12:07:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984204/en/ameluz-acide-5-aminolevulinique-chlorhydrate-de-l</t>
+    <t>28/11/2024 12:07:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984204/fr/ameluz-acide-5-aminolevulinique-chlorhydrate-de-l</t>
   </si>
   <si>
     <t>pprd_2984204</t>
   </si>
   <si>
     <t>acide 5-aminolévulinique (chlorhydrate de l')</t>
   </si>
   <si>
     <t>BIOFRONTERA PHARMA GMBH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2610161/en/ameluz-5-aminolaevulinic-acid-photodynamic-therapy</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3561251/en/ameluz-5-aminolevulinic-acid-actinic-keratoses</t>
+    <t>https://www.has-sante.fr/jcms/c_2610161/fr/ameluz-acide-5-aminolevulinique-therapie-photodynamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561254/fr/ameluz-acide-5-aminolevulinique-carcinome-basocellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561251/fr/ameluz-acide-5-aminolevulinique-keratose-actinique</t>
+  </si>
+  <si>
+    <t>DESLORATADINE (desloratadine)</t>
+  </si>
+  <si>
+    <t>20/11/2024 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983524/fr/desloratadine-desloratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983524</t>
+  </si>
+  <si>
+    <t>desloratadine</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776987/fr/desloratadine-mylan-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795325/fr/desloratadine-mylan-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556725/fr/desloratadine-viatris-desloratadine-rhinite-allergique-et-urticaire</t>
+  </si>
+  <si>
+    <t>FEXOFENADINE (fexofénadine)</t>
+  </si>
+  <si>
+    <t>14/11/2024 10:31:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542607/fr/fexofenadine-fexofenadine</t>
+  </si>
+  <si>
+    <t>p_3542607</t>
+  </si>
+  <si>
+    <t>fexofénadine</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542529/fr/fexofenadine-arrow-fexofenadine-anti-histaminique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556162/fr/fexofenadine-viatris-sante-fexofenadine-rhinite-allergique-saisonniere-et-urticaire-idiopathique-chronique</t>
   </si>
   <si>
     <t>EBGLYSS (lébrikizumab)</t>
   </si>
   <si>
-    <t>09/24/2024 15:58:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3524686/en/ebglyss-lebrikizumab</t>
+    <t>24/09/2024 15:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524686/fr/ebglyss-lebrikizumab</t>
   </si>
   <si>
     <t>p_3524686</t>
   </si>
   <si>
     <t>lébrikizumab</t>
   </si>
   <si>
     <t>ALMIRALL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3522389/en/ebglyss-lebrikizumab-atopic-dermatitis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+    <t>https://www.has-sante.fr/jcms/p_3522389/fr/ebglyss-lebrikizumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542722/fr/ebglyss-lebrikizumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
   </si>
   <si>
     <t>pprd_2982751</t>
   </si>
   <si>
     <t>canakinumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>pprd_2982828</t>
   </si>
   <si>
     <t>anakinra</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>CIMZIA (certolizumab pegol)</t>
   </si>
   <si>
-    <t>09/18/2024 09:17:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+    <t>18/09/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/fr/cimzia-certolizumab-pegol</t>
   </si>
   <si>
     <t>pprd_2982837</t>
   </si>
   <si>
     <t>certolizumab pegol</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982907/en/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+    <t>https://www.has-sante.fr/jcms/c_937977/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/fr/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/fr/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CHLORAPREP COLORE - CHLORAPREP (gluconate de chlorhexidine / alcool isopropylique)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:07:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982907/fr/chloraprep-colore-chloraprep-gluconate-de-chlorhexidine-/-alcool-isopropylique</t>
   </si>
   <si>
     <t>pprd_2982907</t>
   </si>
   <si>
     <t>chlorhexidine (gluconate de),isopropylique (alcool)</t>
   </si>
   <si>
     <t>BECTON DICKINSON FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036306/en/chloraprep-colore</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+    <t>https://www.has-sante.fr/jcms/c_1036306/fr/chloraprep-colore-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670193/fr/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899211/fr/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168608/fr/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540394/fr/chloraprep-gluconate-de-chlorhexidine-/-alcool-isopropylique-antisepsie</t>
+  </si>
+  <si>
+    <t>HUMIRA (adalimumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+    <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/fr/humira-adalimumab-antitnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/fr/humira-adalimumab-inhibiteur-du-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ (ixékizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/fr/taltz-ixekizumab</t>
   </si>
   <si>
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2678850/fr/taltz-ixekizumab-immunosuppresseur-inhibiteur-de-l-interleukine-il-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/fr/taltz-ixekizumab-immunosuppresseur-anti-interleukine-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/fr/taltz-spondyloarthrite-axiale-ixekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/fr/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/fr/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/fr/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/fr/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>KYNTHEUM (brodalumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:21:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983334/en/kyntheum-brodalumab</t>
+    <t>18/09/2024 09:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983334/fr/kyntheum-brodalumab</t>
   </si>
   <si>
     <t>pprd_2983334</t>
   </si>
   <si>
     <t>brodalumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2842284/en/kyntheum-brodalumab-interleukin-inhibitor-immunosuppressant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539096/en/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2842284/fr/kyntheum-brodalumab-immunosuppresseur-inhibiteur-d-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363299/fr/kyntheum-brodalumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539096/fr/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
-    <t>09/18/2024 09:19:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+    <t>18/09/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/fr/enbrel-etanercept</t>
   </si>
   <si>
     <t>pprd_2983439</t>
   </si>
   <si>
     <t>etanercept</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+    <t>https://www.has-sante.fr/jcms/c_399628/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/fr/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/fr/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/fr/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/fr/enbrel-etanercept-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/fr/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA (ustekinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/fr/stelara-ustekinumab</t>
   </si>
   <si>
     <t>pprd_2983689</t>
   </si>
   <si>
     <t>ustekinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+    <t>https://www.has-sante.fr/jcms/c_813335/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/fr/stelara-ustekinumab-inhibiteur-des-interleukines-il-12-et-il-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-d-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-des-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/fr/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/fr/stelara-enfant-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/fr/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/fr/stelara-ustekinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/fr/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/fr/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA (infliximab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>pprd_2983874</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
     <t>CELLTRION HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+    <t>https://www.has-sante.fr/jcms/c_2041952/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/fr/remsima-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/fr/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/fr/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/fr/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/fr/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX (sécukinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/fr/cosentyx-secukinumab</t>
   </si>
   <si>
     <t>pprd_2984104</t>
   </si>
   <si>
     <t>sécukinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2561555/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/fr/cosentyx-spondyloarthrite-axiale-non-radiographique-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/fr/cosentyx-enfant-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/fr/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/fr/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/fr/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/fr/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/fr/cosentyx-secukinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/fr/cosentyx-secukinumab-hidradenite-suppuree-hs-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/fr/cosentyx-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/fr/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SKYRIZI (risankizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:24:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+    <t>18/09/2024 09:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/fr/skyrizi-risankizumab</t>
   </si>
   <si>
     <t>p_3117688</t>
   </si>
   <si>
     <t>risankizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3117564/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/fr/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/fr/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/fr/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ILUMETRI (tildrakizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:21:21</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+    <t>18/09/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/fr/ilumetri-tildrakizumab</t>
   </si>
   <si>
     <t>p_3190412</t>
   </si>
   <si>
     <t>tildrakizumab</t>
   </si>
   <si>
     <t>ALMIRALL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3190309/fr/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/fr/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/fr/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/fr/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ADTRALZA (tralokinumab)</t>
   </si>
   <si>
-    <t>09/12/2024 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298686/en/adtralza-tralokinumab</t>
+    <t>12/09/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/fr/adtralza-tralokinumab</t>
   </si>
   <si>
     <t>p_3298686</t>
   </si>
   <si>
     <t>tralokinumab</t>
   </si>
   <si>
     <t>LEO PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3297690/en/adtralza-tralokinumab-dermatite-atopique</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539087/en/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3297690/fr/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/fr/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/fr/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/fr/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>CIBINQO (abrocitinib)</t>
   </si>
   <si>
-    <t>09/05/2024 16:53:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3325552/en/cibinqo-abrocitinib</t>
+    <t>05/09/2024 16:53:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325552/fr/cibinqo-abrocitinib</t>
   </si>
   <si>
     <t>p_3325552</t>
   </si>
   <si>
     <t>abrocitinib</t>
   </si>
   <si>
     <t>PFIZER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3325534/en/cibinqo-abrocitinib</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538222/en/cibinqo-abrocitinib-atopic-dermatitis-in-adolescents-12-years</t>
+    <t>https://www.has-sante.fr/jcms/p_3325534/fr/cibinqo-abrocitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482873/fr/cibinqo-abrocitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538222/fr/cibinqo-abrocitinib-dermatite-atopique-des-12-ans</t>
+  </si>
+  <si>
+    <t>CISPLATINE (cisplatine)</t>
+  </si>
+  <si>
+    <t>01/08/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984631/fr/cisplatine-cisplatine</t>
+  </si>
+  <si>
+    <t>pprd_2984631</t>
+  </si>
+  <si>
+    <t>cisplatine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / DAKOTA PHARM / HIKMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399728/fr/cisplatine-dakota-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003850/fr/cisplatine-accord-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535830/fr/cisplatine-hikma-cisplatine-oncologie</t>
   </si>
   <si>
     <t>XYDALBA (dalbavancine)</t>
   </si>
   <si>
-    <t>07/29/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983769/en/xydalba-dalbavancine</t>
+    <t>29/07/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983769/fr/xydalba-dalbavancine</t>
   </si>
   <si>
     <t>pprd_2983769</t>
   </si>
   <si>
     <t>dalbavancine (chlorhydrate de)</t>
   </si>
   <si>
     <t>CORREVIO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2735208/en/xydalba-dalbavancin-antibiotic-of-the-glycopeptide-class</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534482/en/xydalba-dalbavancin-antibiotic</t>
+    <t>https://www.has-sante.fr/jcms/c_2735208/fr/xydalba-dalbavancine-antibiotique-de-la-classe-des-glycopeptides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481907/fr/xydalba-dalbavancine-infections-bacteriennes-aigues-de-la-peau-et-des-tissus-mous-ibaptm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534482/fr/xydalba-dalbavancine-glycopeptide</t>
   </si>
   <si>
     <t>HYDROXYZINE (hydroxyzine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281398/en/hydroxyzine-hydroxyzine</t>
+    <t>https://www.has-sante.fr/jcms/p_3281398/fr/hydroxyzine-hydroxyzine</t>
   </si>
   <si>
     <t>p_3281398</t>
   </si>
   <si>
     <t>chlorhydrate d'hydroxyzine</t>
   </si>
   <si>
     <t>BLUEFISH PHARMACEUTICALS AB / LABORATOIRE RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3280950/en/hydroxyzine-bluefish-hydroxyzine-chlorhydrate-d</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534473/en/hydroxyzine-renaudin-hydroxyzine-premedication</t>
+    <t>https://www.has-sante.fr/jcms/p_3280950/fr/hydroxyzine-bluefish-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534473/fr/hydroxyzine-renaudin-hydroxyzine-premedication</t>
+  </si>
+  <si>
+    <t>DAKTARIN - GYNO-DAKTARIN (miconazole (nitrate de))</t>
+  </si>
+  <si>
+    <t>18/06/2024 09:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983582/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983582</t>
+  </si>
+  <si>
+    <t>miconazole (nitrate de)</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG / JOHNSON &amp; JOHNSON SANTE BEAUTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399543/fr/daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487046/fr/daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758540/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775802/fr/daktarin-gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704787/fr/gyno-daktarin-miconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524692/fr/daktarin-miconazole-antifongique</t>
   </si>
   <si>
     <t>TAKHZYRO (lanadélumab)</t>
   </si>
   <si>
-    <t>03/05/2024 15:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+    <t>05/03/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/fr/takhzyro-lanadelumab</t>
   </si>
   <si>
     <t>pprd_2982720</t>
   </si>
   <si>
     <t>lanadélumab</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498741/en/takhzyro-lanadelumab-hereditary-angioedema</t>
+    <t>https://www.has-sante.fr/jcms/c_2973363/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/fr/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
   </si>
   <si>
     <t>XERAVA (éravacycline)</t>
   </si>
   <si>
-    <t>02/23/2024 11:52:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3497308/en/xerava-eravacycline</t>
+    <t>23/02/2024 11:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497308/fr/xerava-eravacycline</t>
   </si>
   <si>
     <t>p_3497308</t>
   </si>
   <si>
     <t>éravacycline</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3497047/en/xerava-eravacycline</t>
+    <t>https://www.has-sante.fr/jcms/p_3497047/fr/xerava-eravacycline-tetracyclines</t>
+  </si>
+  <si>
+    <t>CICLOPIROX SUBSTIPHARM (ciclopirox)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:04:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492783/fr/ciclopirox-substipharm-ciclopirox</t>
+  </si>
+  <si>
+    <t>p_3492783</t>
+  </si>
+  <si>
+    <t>ciclopirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492662/fr/ciclopirox-substipharm-ciclopirox-antifongique-a-usage-topique</t>
   </si>
   <si>
     <t>OPDUALAG (nivolumab/rélatlimab)</t>
   </si>
   <si>
-    <t>01/25/2024 08:40:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490930/en/opdualag-nivolumab/relatlimab</t>
+    <t>25/01/2024 08:40:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490930/fr/opdualag-nivolumab/relatlimab</t>
   </si>
   <si>
     <t>p_3490930</t>
   </si>
   <si>
     <t>nivolumab,rélatlimab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3490820/en/opdualag-nivolumab/relatlimab-melanoma</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3167133/en/libtayo</t>
+    <t>https://www.has-sante.fr/jcms/p_3490820/fr/opdualag-nivolumab/relatlimab-melanome</t>
+  </si>
+  <si>
+    <t>CABESOL (clobétasol)</t>
+  </si>
+  <si>
+    <t>22/01/2024 08:39:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490417/fr/cabesol-clobetasol</t>
+  </si>
+  <si>
+    <t>p_3490417</t>
+  </si>
+  <si>
+    <t>clobétasol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488635/fr/cabesol-clobetasol-psoriasis</t>
+  </si>
+  <si>
+    <t>CLOSALIS (calcipotriol/bétaméthasone)</t>
+  </si>
+  <si>
+    <t>22/01/2024 08:39:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490421/fr/closalis-calcipotriol/betamethasone</t>
+  </si>
+  <si>
+    <t>p_3490421</t>
+  </si>
+  <si>
+    <t>calcipotriol,bétaméthasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488641/fr/closalis-calcipotriol/betamethasone-psoriasis</t>
+  </si>
+  <si>
+    <t>CONYDIX (ciclopirox)</t>
+  </si>
+  <si>
+    <t>22/01/2024 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490426/fr/conydix-ciclopirox</t>
+  </si>
+  <si>
+    <t>p_3490426</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488638/fr/conydix-ciclopirox-onychomycoses</t>
+  </si>
+  <si>
+    <t>LIBTAYO (cemiplimab)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:39:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167133/fr/libtayo-cemiplimab</t>
   </si>
   <si>
     <t>p_3167133</t>
   </si>
   <si>
     <t>cemiplimab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3166985/en/libtayo-cemiplimab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+    <t>https://www.has-sante.fr/jcms/p_3166985/fr/libtayo-cemiplimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299037/fr/libtayo-350-mg-cemiplimab-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308691/fr/libtayo-350-mg-cemiplimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367549/fr/libtayo-cemiplimab-cbcla-ou-cbcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430191/fr/libtayo-cemiplimab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461359/fr/libtayo-cemiplimab-carcinome-epidermoide-cutane-metastatique-ou-localement-avance-cecm-ou-cecla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488409/fr/libtayo-cemiplimab-cancer-bronchopulmonaire-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>BOTOX (toxine botulinique de type A)</t>
+  </si>
+  <si>
+    <t>10/01/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>pprd_2982764</t>
   </si>
   <si>
     <t>toxine botulinique de type A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+    <t>https://www.has-sante.fr/jcms/c_399774/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/fr/botox-toxine-botulinique-a-myorelaxant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/fr/botox-50-100-200-unites-allergan-toxine-botulinique-type-a-migraine-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/fr/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>SOLU-MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983063/fr/solu-medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983063</t>
+  </si>
+  <si>
+    <t>méthylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718921/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724593/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045309/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879774/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262247/fr/solumedrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487178/fr/solu-medrol-methylprednisolone-corticoides</t>
+  </si>
+  <si>
+    <t>XELJANZ (tofacitinib)</t>
+  </si>
+  <si>
+    <t>08/01/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/fr/xeljanz-tofacitinib</t>
   </si>
   <si>
     <t>pprd_2982824</t>
   </si>
   <si>
     <t>tofacitinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+    <t>https://www.has-sante.fr/jcms/c_2798163/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/fr/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/fr/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/fr/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/fr/xeljanz-tofacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/fr/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>OLUMIANT (baricitinib)</t>
+  </si>
+  <si>
+    <t>08/01/2024 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/fr/olumiant-baricitinib</t>
   </si>
   <si>
     <t>pprd_2983574</t>
   </si>
   <si>
     <t>baricitinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983108/en/bavencio</t>
+    <t>https://www.has-sante.fr/jcms/c_2778111/fr/olumiant-baricitinib-anti-jak-1et-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/fr/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/fr/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/fr/olumiant-baricitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>SOTYKTU (deucravacitinib)</t>
+  </si>
+  <si>
+    <t>18/12/2023 14:02:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479196/fr/sotyktu-deucravacitinib</t>
+  </si>
+  <si>
+    <t>p_3479196</t>
+  </si>
+  <si>
+    <t>deucravacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479044/fr/sotyktu-deucravacitinib-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>BAVENCIO (avelumab)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:03:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983108/fr/bavencio-avelumab</t>
   </si>
   <si>
     <t>pprd_2983108</t>
   </si>
   <si>
     <t>avelumab</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2872662/en/bavencio-avelumab-anti-pdl1-antibody</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3357717/en/methoxsalene-macopharma-methoxsalene</t>
+    <t>https://www.has-sante.fr/jcms/c_2872662/fr/bavencio-carcinome-a-cellules-de-merkel-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165896/fr/bavencio-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184665/fr/bavencio-rein-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243896/fr/bavencio-carcinome-urothelial-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470393/fr/bavencio-avelumab-carcinome-a-cellules-de-merkel</t>
+  </si>
+  <si>
+    <t>METHOXSALENE (méthoxsalène)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357717/fr/methoxsalene-methoxsalene</t>
   </si>
   <si>
     <t>p_3357717</t>
   </si>
   <si>
     <t>méthoxsalène</t>
   </si>
   <si>
     <t>G.L. PHARMA FRANCE / MACOPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3352191/en/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471703/en/methoxsalene-g-l-pharma-methoxsalene-lymphome-cutane</t>
+    <t>https://www.has-sante.fr/jcms/p_3352191/fr/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471703/fr/methoxsalene-g-l-pharma-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>EMLA - EMLAPATCH (lidocaïne/prilocaïne)</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:23:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984010/fr/emla-emlapatch-lidocaine/prilocaine</t>
+  </si>
+  <si>
+    <t>pprd_2984010</t>
+  </si>
+  <si>
+    <t>lidocaïne,prilocaïne</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468366/fr/emla-emlapatch-lidocaine/-prilocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025863/fr/emla-emlapatch-lidocaine/-prilocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658591/fr/emla-emlapatch-lidocaine/-prilocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398923/fr/emlapatch-lidocaine/-prilocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459831/fr/emlapatch-lidocaine/-prilocaine-anesthesiques-locaux</t>
+  </si>
+  <si>
+    <t>CARMUSTINE ACCORDPHARMA (carmustine)</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460016/fr/carmustine-accordpharma-carmustine</t>
+  </si>
+  <si>
+    <t>p_3460016</t>
+  </si>
+  <si>
+    <t>carmustine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459844/fr/carmustine-accordpharma-carmustine-oncologie</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
-    <t>08/03/2023 10:15:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/fr/ceprotin-proteine-c-humaine</t>
   </si>
   <si>
     <t>pprd_2986060</t>
   </si>
   <si>
     <t>protéine C humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/c_399216/fr/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/fr/ceprotin-proteine-c-humaine-deficit-congenital-severe-en-proteine-c</t>
+  </si>
+  <si>
+    <t>DIPROSALIC (bétaméthasone (dipropionate de)/ salicylique (acide))</t>
+  </si>
+  <si>
+    <t>14/06/2023 17:22:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982908/fr/diprosalic-betamethasone-dipropionate-de-/-salicylique-acide</t>
+  </si>
+  <si>
+    <t>pprd_2982908</t>
+  </si>
+  <si>
+    <t>bétaméthasone (dipropionate de),salicylique (acide)</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724454/fr/diprosalic-betamethasone-dipropionate-de-/-salicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215839/fr/diprosalic-betamethasone-dipropionate-de-/-salicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649710/fr/diprosalic-betamethasone-dipropionate-de-/-salicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899210/fr/diprosalic-betamethasone-dipropionate-de-/-salicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446078/fr/diprosone-betamethasone-/-diprosalic-betamethasone-/-acide-salicylique-corticoides</t>
+  </si>
+  <si>
+    <t>DIPROSONE (bétaméthasone)</t>
+  </si>
+  <si>
+    <t>14/06/2023 17:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446175/fr/diprosone-betamethasone</t>
+  </si>
+  <si>
+    <t>p_3446175</t>
+  </si>
+  <si>
+    <t>bétaméthasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523268/fr/diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098681/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682495/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
   </si>
   <si>
     <t>SERILIA (lucilia sericata)</t>
   </si>
   <si>
-    <t>05/24/2023 16:39:15</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3265504/en/serilia-lucilia-sericata</t>
+    <t>24/05/2023 16:39:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265504/fr/serilia-lucilia-sericata</t>
   </si>
   <si>
     <t>p_3265504</t>
   </si>
   <si>
     <t>lucilia sericata (mouche verte commune)</t>
   </si>
   <si>
     <t>BIOMONDE GMBH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3264805/en/serilia-lucilia-sericata</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+    <t>https://www.has-sante.fr/jcms/p_3264805/fr/serilia-lucilia-sericata</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442926/fr/serilia-lucilia-sericata-cicatrisant</t>
+  </si>
+  <si>
+    <t>TELFAST (fexofénadine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:11:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983605/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983605</t>
+  </si>
+  <si>
+    <t>fexofénadine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>OPELLA HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399397/fr/telfast-120-mg-comprime-pellicule-boite-de-15-sous-plaquette-thermoformee-pvc-/-aluminium-/-polyamide-/-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399398/fr/telfast-180-mg-comprime-pellicule-boite-de-15-sous-plaquette-thermoformee-pvc-/-aluminium-/-polyamide-/-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496215/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277885/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770196/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434154/fr/telfast-chlorhydrate-de-fexofenadine-rhinite-allergique-saisonniere-et-prurit-au-cours-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>METHOTREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:08:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153503/fr/methotrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3153503</t>
+  </si>
+  <si>
+    <t>SANDOZ / BIODIM / SANOFI-AVENTIS FRANCE / MERCK GENERIQUES / TEVA SANTE / MYLAN SAS / ACCORD HEALTHCARE FRANCE SAS / NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782539/fr/methotrexate-sandoz-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625120/fr/methotrexate-biodim-ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656310/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987192/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400932/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400796/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399818/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399335/fr/methotrexate-merck-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202298/fr/methotrexate-teva-/-mylan-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219449/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151141/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824798/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824467/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315488/fr/methotrexate-orion-methotrexate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434166/fr/methotrexate-orion-methotrexate-polyarthrite-rhumatoide-psoriasis-rhumatisme-psoriasique-et-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>MABTHERA (rituximab)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982806/en/adcetris</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/fr/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/fr/mabthera-rituximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/fr/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/fr/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/fr/mabthera-rituximab-pemphigus-vulgaris-pv-modere-a-severe</t>
+  </si>
+  <si>
+    <t>ADCETRIS (brentuximab vedotin)</t>
+  </si>
+  <si>
+    <t>29/03/2023 10:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982806/fr/adcetris-brentuximab-vedotin</t>
   </si>
   <si>
     <t>pprd_2982806</t>
   </si>
   <si>
     <t>brentuximab vedotin</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1517924/en/adcetris</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424045/en/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
+    <t>https://www.has-sante.fr/jcms/c_1517924/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761868/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963333/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149192/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202239/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203103/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284362/fr/adcetris-brentuximab-vedotine-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424045/fr/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
   </si>
   <si>
     <t>FILSUVEZ (extrait sec raffiné d’écorce de bouleau)</t>
   </si>
   <si>
-    <t>02/03/2023 10:49:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3380200/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
+    <t>03/02/2023 10:49:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380200/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
   </si>
   <si>
     <t>p_3380200</t>
   </si>
   <si>
     <t>extrait sec raffiné d’écorce de bouleau</t>
   </si>
   <si>
     <t>AMRYT PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3380157/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3409219/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
+    <t>https://www.has-sante.fr/jcms/p_3380157/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394096/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409219/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
   </si>
   <si>
     <t>KAPRUVIA (difélikéfaline)</t>
   </si>
   <si>
-    <t>01/12/2023 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3334088/en/kapruvia-difelikefaline</t>
+    <t>12/01/2023 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334088/fr/kapruvia-difelikefaline</t>
   </si>
   <si>
     <t>p_3334088</t>
   </si>
   <si>
     <t>difélikéfaline</t>
   </si>
   <si>
     <t>VIFOR FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3334049/en/kapruvia-difelikefaline</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3403962/en/kapruvia-difelikefaline-prurit-associe-a-une-maladie-renale-chronique</t>
+    <t>https://www.has-sante.fr/jcms/p_3334049/fr/kapruvia-difelikefaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403962/fr/kapruvia-difelikefaline-prurit-associe-a-une-maladie-renale-chronique</t>
   </si>
   <si>
     <t>REMICADE (infliximab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:31:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+    <t>16/12/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/fr/remicade-infliximab</t>
   </si>
   <si>
     <t>pprd_2983949</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_399105/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/fr/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/fr/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/fr/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/fr/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/fr/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/fr/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
   </si>
   <si>
     <t>SAPHNELO (anifrolumab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:33:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396728/en/saphnelo-anifrolumab</t>
+    <t>16/12/2022 18:33:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396728/fr/saphnelo-anifrolumab</t>
   </si>
   <si>
     <t>p_3396728</t>
   </si>
   <si>
     <t>anifrolumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3395767/en/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982830/en/mekinist-tafinlar</t>
+    <t>https://www.has-sante.fr/jcms/p_3395767/fr/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+  </si>
+  <si>
+    <t>WYNZORA (calcipotriol/bétaméthasone)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389548/fr/wynzora-calcipotriol/betamethasone</t>
+  </si>
+  <si>
+    <t>p_3389548</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389403/fr/wynzora-calcipotriol/betamethasone-psoriasis</t>
+  </si>
+  <si>
+    <t>METOTAB (méthotrexate)</t>
+  </si>
+  <si>
+    <t>09/11/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3384619/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3384619</t>
+  </si>
+  <si>
+    <t>MEDAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382729/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>MEKINIST - TAFINLAR (tramétinib/dabrafénib)</t>
+  </si>
+  <si>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982830/fr/mekinist-tafinlar-trametinib/dabrafenib</t>
   </si>
   <si>
     <t>pprd_2982830</t>
   </si>
   <si>
     <t>tramétinib,dabrafénib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2606857/en/mekinist-trametinib-protein-kinase-inhibitor</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3381101/en/tafinlar-mekinist-dabrafenib/trametinib</t>
+    <t>https://www.has-sante.fr/jcms/c_2606857/fr/mekinist-trametinib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911595/fr/mekinist-tafinlar-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146424/fr/tafinlar-mekinist-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381101/fr/tafinlar-mekinist-dabrafenib/-trametinib</t>
   </si>
   <si>
     <t>PROCUTA (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983668/en/procuta-isotretinoine</t>
+    <t>18/10/2022 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983668/fr/procuta-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2983668</t>
   </si>
   <si>
     <t>isotrétinoïne</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517652/en/procuta-isotretinoine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377735/en/procuta-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_517652/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256034/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754731/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377735/fr/procuta-isotretinoine</t>
   </si>
   <si>
     <t>CURACNE (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984086/en/curacne-isotretinoine</t>
+    <t>18/10/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984086/fr/curacne-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984086</t>
   </si>
   <si>
-    <t>PIERRE FABRE DERMATOLOGIE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377738/en/curacne-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_517579/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256032/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637975/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377738/fr/curacne-isotretinoine</t>
   </si>
   <si>
     <t>ISOTRETINOINE ACNETRAIT (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:34:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984464/en/isotretinoine-acnetrait-isotretinoine</t>
+    <t>18/10/2022 08:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984464/fr/isotretinoine-acnetrait-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984464</t>
   </si>
   <si>
     <t>ARROW GÉNÉRIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2047003/en/acnetrait-isotretinoine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377744/en/isotretinoine-acnetrait-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_2047003/fr/acnetrait-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377744/fr/isotretinoine-acnetrait-isotretinoine</t>
   </si>
   <si>
     <t>CONTRACNE (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984937/en/contracne-isotretinoine</t>
+    <t>18/10/2022 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984937/fr/contracne-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984937</t>
   </si>
   <si>
     <t>BAILLEUL-BIORGA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_900498/en/contracne-isotretinoine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377741/en/contracne-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_900498/fr/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367939/fr/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377741/fr/contracne-isotretinoine</t>
   </si>
   <si>
     <t>PROTOPIC (tacrolimus monohydraté)</t>
   </si>
   <si>
-    <t>09/02/2022 17:10:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+    <t>02/09/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/fr/protopic-tacrolimus-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982721</t>
   </si>
   <si>
     <t>tacrolimus monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_399653/fr/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/fr/protopic-tacrolimus-immunosuppresseur-en-topique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/fr/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>IMETH (méthotrexate)</t>
+  </si>
+  <si>
+    <t>29/07/2022 18:07:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983431/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983431</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031566/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563012/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563033/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820671/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358600/fr/imeth-methotrexate-disodique-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>29/07/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/fr/octagam-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983666</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>OCTAPHARMA  SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+    <t>https://www.has-sante.fr/jcms/c_1048924/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/fr/octagam-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/fr/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/fr/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>GLYCEROL/VASELINE/PARAFFINE (paraffine/ vaseline/ glycérol)</t>
+  </si>
+  <si>
+    <t>19/07/2022 15:03:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983375/fr/glycerol/vaseline/paraffine-paraffine/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2983375</t>
+  </si>
+  <si>
+    <t>paraffine,vaseline,glycérol</t>
+  </si>
+  <si>
+    <t>ZYDUS France / TEVA SANTE / CRISTERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829391/fr/glycerol/vaseline/paraffine-teva-paraffine/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352206/fr/glycerol/vaseline/paraffine-zydus-glycerol/-paraffine-liquide/-vaseline-secheresse-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788627/fr/glycerol-vaseline-paraffine-cristers-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>04/14/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>14/04/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (sulfate d’hydroxychloroquine)</t>
+  </si>
+  <si>
+    <t>22/03/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/fr/plaquenil-sulfate-d-hydroxychloroquine</t>
   </si>
   <si>
     <t>pprd_2985332</t>
   </si>
   <si>
     <t>sulfate d’hydroxychloroquine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3325537/en/plaquenil-hydroxychloroquine</t>
+    <t>https://www.has-sante.fr/jcms/c_832521/fr/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/fr/plaquenil-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/fr/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>DEXAMETHASONE KALCEKS (dexamethasone)</t>
+  </si>
+  <si>
+    <t>04/03/2022 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321749/fr/dexamethasone-kalceks-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3321749</t>
+  </si>
+  <si>
+    <t>dexamethasone</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320606/fr/dexamethasone-kalceks-dexamethasone-covid-19</t>
+  </si>
+  <si>
+    <t>PEMETREXED (pémétrexed)</t>
+  </si>
+  <si>
+    <t>01/03/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982920/fr/pemetrexed-pemetrexed</t>
+  </si>
+  <si>
+    <t>pprd_2982920</t>
+  </si>
+  <si>
+    <t>pémétrexed</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE / PFIZER FRANCE / MYLAN S.A.S./ FRESENIUS KABI FRANCE / EG LABO - LABORATOIRES EUROGENERICS / REDDY PHARMA / ACCORD HEALTHCARE FRANCE SAS / EVER PHARMA FRANCE SAS / SANDOZ / OHRE PHARMA / SUN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788609/fr/pemetrexed-hospira-uk-limited-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894244/fr/pemetrexed-mylan-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896735/fr/pemetrexed-zentiva-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263918/fr/pemetrexed-hospira-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236434/fr/pemetrexed-eg-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124684/fr/pemetrexed-reddy-pharma-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236104/fr/pemetrexed-reddy-pharma-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236107/fr/pemetrexed-accord-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230201/fr/pemetrexed-ever-pharma-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678847/fr/pemetrexed-fresenius-kabi-pemetrexed-diacide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202248/fr/pemetrexed-fresenius-kabi-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182799/fr/pemetrexed-sandoz-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119792/fr/pemetrexed-ohre-pharma-pemetrexed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320519/fr/pemetrexed-sun-pemetrexed-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302602/fr/pemetrexed-sun-pemetrexed</t>
+  </si>
+  <si>
+    <t>KENACORT RETARD</t>
+  </si>
+  <si>
+    <t>01/03/2022 09:39:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984859/fr/kenacort-retard</t>
+  </si>
+  <si>
+    <t>pprd_2984859</t>
+  </si>
+  <si>
+    <t>acétate de triamcinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724550/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702134/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320516/fr/kenacort-retard-acetonide-de-triamcinolone</t>
+  </si>
+  <si>
+    <t>NOVATREX</t>
+  </si>
+  <si>
+    <t>08/02/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983741/fr/novatrex</t>
+  </si>
+  <si>
+    <t>pprd_2983741</t>
+  </si>
+  <si>
+    <t>methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399752/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314510/fr/novatrex-2-5-mg-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711202/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678865/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744490/fr/novatrex-methotrexate</t>
   </si>
   <si>
     <t>ORLADEYO (dichlorhydrate de bérotralstat)</t>
   </si>
   <si>
-    <t>12/08/2021 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298874/en/orladeyo-dichlorhydrate-de-berotralstat</t>
+    <t>08/12/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298874/fr/orladeyo-dichlorhydrate-de-berotralstat</t>
   </si>
   <si>
     <t>p_3298874</t>
   </si>
   <si>
     <t>dichlorhydrate de bérotralstat</t>
   </si>
   <si>
     <t>BIOCRYST (INTSEL CHIMOS)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3298588/en/orladeyo-150-mg-berotralstat</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+    <t>https://www.has-sante.fr/jcms/p_3298588/fr/orladeyo-150-mg-berotralstat</t>
+  </si>
+  <si>
+    <t>DAKIN COOPER STABILISE (solution d'hypochlorite de sodium)</t>
+  </si>
+  <si>
+    <t>07/12/2021 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984807/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984807</t>
+  </si>
+  <si>
+    <t>solution d'hypochlorite de sodium</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732201/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060119/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729184/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302599/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>FUSIDATE DE SODIUM PIERRE FABRE 2 %, pommade (acide fusidique)</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:13:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298970/fr/fusidate-de-sodium-pierre-fabre-2-pommade-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298970</t>
+  </si>
+  <si>
+    <t>fusidate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299028/fr/fusidate-de-sodium-pierre-fabre-fusidate-de-sodium-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE SANDOZ 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298922/fr/acide-fusidique-sandoz-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298922</t>
+  </si>
+  <si>
+    <t>acide fusidique</t>
+  </si>
+  <si>
+    <t>SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298254/fr/acide-fusidique-sandoz-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE BGR 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298925/fr/acide-fusidique-bgr-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298925</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298251/fr/acide-fusidique-bgr-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE MYLAN 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:07:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298938/fr/acide-fusidique-mylan-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298938</t>
+  </si>
+  <si>
+    <t>MYLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298248/fr/acide-fusidique-mylan-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE ARROW 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:08:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298944/fr/acide-fusidique-arrow-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298944</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298245/fr/acide-fusidique-arrow-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE EG 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298950/fr/acide-fusidique-eg-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298950</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298242/fr/acide-fusidique-eg-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE ZENTIVA 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:09:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298967/fr/acide-fusidique-zentiva-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298967</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298239/fr/acide-fusidique-zentiva-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>LUCENTIS (ranibizumab)</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/fr/lucentis-ranibizumab</t>
   </si>
   <si>
     <t>pprd_2983091</t>
   </si>
   <si>
     <t>ranibizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+    <t>https://www.has-sante.fr/jcms/c_1057441/fr/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/fr/lucentis-ranibizumab-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/fr/lucentis-10-mg/ml-ranibizumab-omd</t>
   </si>
   <si>
     <t>ELAPRASE (idursulfase)</t>
   </si>
   <si>
-    <t>10/06/2021 17:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984455/en/elaprase-idursulfase</t>
+    <t>06/10/2021 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984455/fr/elaprase-idursulfase</t>
   </si>
   <si>
     <t>pprd_2984455</t>
   </si>
   <si>
     <t>idursulfase</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517668/en/elaprase-idursulfase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289691/en/elaprase-2-mg/ml-idursulfase</t>
+    <t>https://www.has-sante.fr/jcms/c_517668/fr/elaprase-idursulfase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048976/fr/elaprase-idursulfase-enzyme-de-substitution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289691/fr/elaprase-2-mg/ml-idursulfase</t>
   </si>
   <si>
     <t>FLAMMAZINE (sulfadiazine argentique)</t>
   </si>
   <si>
-    <t>05/07/2021 15:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+    <t>07/05/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/fr/flammazine-sulfadiazine-argentique</t>
   </si>
   <si>
     <t>pprd_2984893</t>
   </si>
   <si>
     <t>sulfadiazine argentique</t>
   </si>
   <si>
     <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983486/en/enstilar-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1321839/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>ENSTILAR (calcipotriol, bétaméthasone)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983486/fr/enstilar-calcipotriol-betamethasone</t>
   </si>
   <si>
     <t>pprd_2983486</t>
   </si>
   <si>
     <t>bétaméthasone,calcipotriol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2803498/en/enstilar-calcipotriol-betamethasone-antipsoriatic</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3262265/en/enstilar-calcipotriol-betamethasone</t>
+    <t>https://www.has-sante.fr/jcms/c_2803498/fr/enstilar-calcipotriol-betamethasone-antipsoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262271/fr/enstilar-calcipotriol-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262265/fr/enstilar-calcipotriol-betamethasone</t>
   </si>
   <si>
     <t>RUCONEST (conestat alpha)</t>
   </si>
   <si>
-    <t>03/31/2021 17:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+    <t>31/03/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/fr/ruconest-conestat-alpha</t>
   </si>
   <si>
     <t>pprd_2982871</t>
   </si>
   <si>
     <t>conestat alpha</t>
   </si>
   <si>
     <t>PHARMING GROUP NV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215360/en/tolak</t>
+    <t>https://www.has-sante.fr/jcms/c_1036554/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/fr/ruconest-conestat-alpha-medicaments-de-l-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>FUCIDINE (acide fusidique/ fusidate de sodium)</t>
+  </si>
+  <si>
+    <t>17/02/2021 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983737/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983737</t>
+  </si>
+  <si>
+    <t>acide fusidique,fusidate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399428/fr/fucidine-2-pour-cent-creme-tube-de-15-g-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460033/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069667/fr/fucidine-fucithalmic-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744912/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238102/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>METHYLPREDNISOLONE HIKMA (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>16/11/2020 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217463/fr/methylprednisolone-hikma-methylprednisolone</t>
+  </si>
+  <si>
+    <t>p_3217463</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217423/fr/methylprednisolone-hikma-methylprednisolone</t>
+  </si>
+  <si>
+    <t>TOLAK (5-fluorouracile)</t>
+  </si>
+  <si>
+    <t>03/11/2020 19:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215360/fr/tolak-5-fluorouracile</t>
   </si>
   <si>
     <t>p_3215360</t>
   </si>
   <si>
     <t>5-fluorouracile</t>
   </si>
   <si>
     <t>PIERRE FABRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3214279/en/tolak</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983661/en/zelboraf</t>
+    <t>https://www.has-sante.fr/jcms/p_3214279/fr/tolak-5-fluorouracile</t>
+  </si>
+  <si>
+    <t>ZELBORAF (vemurafenib)</t>
+  </si>
+  <si>
+    <t>15/10/2020 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983661/fr/zelboraf-vemurafenib</t>
   </si>
   <si>
     <t>pprd_2983661</t>
   </si>
   <si>
     <t>vemurafenib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1329823/en/zelboraf</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983642/en/zinforo-ceftaroline-cephalosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_1329823/fr/zelboraf-vemurafenib-inhibiteur-de-la-proteine-kinase-braf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755482/fr/zelboraf-vemurafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212633/fr/zelboraf-vemurafenib</t>
+  </si>
+  <si>
+    <t>ZINFORO (ceftaroline)</t>
+  </si>
+  <si>
+    <t>01/10/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983642/fr/zinforo-ceftaroline</t>
   </si>
   <si>
     <t>pprd_2983642</t>
   </si>
   <si>
     <t>ceftaroline</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1356125/en/zinforo</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984731/en/hemangiol</t>
+    <t>https://www.has-sante.fr/jcms/c_1356125/fr/zinforo-ceftaroline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758333/fr/zinforo-ceftaroline-cephalosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203286/fr/zinforo-ceftaroline</t>
+  </si>
+  <si>
+    <t>HEMANGIOL (propranolol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>24/07/2020 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984731/fr/hemangiol-propranolol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984731</t>
   </si>
   <si>
     <t>propranolol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753945/en/hemangiol</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+    <t>https://www.has-sante.fr/jcms/c_1753945/fr/hemangiol-propranolol-betabloquant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195779/fr/hemangiol-propranolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>FOSCARNET KABI (foscarnet)</t>
+  </si>
+  <si>
+    <t>17/07/2020 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194234/fr/foscarnet-kabi-foscarnet</t>
+  </si>
+  <si>
+    <t>p_3194234</t>
+  </si>
+  <si>
+    <t>foscarnet</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194118/fr/foscarnet-kabi-foscarnet</t>
+  </si>
+  <si>
+    <t>FLUCLOXACILLINE ARROW (flucloxacilline)</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189335/fr/flucloxacilline-arrow-flucloxacilline</t>
+  </si>
+  <si>
+    <t>p_3189335</t>
+  </si>
+  <si>
+    <t>flucloxacilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189041/fr/flucloxacilline-arrow-flucloxacilline</t>
+  </si>
+  <si>
+    <t>RUXIENCE (rituximab)</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188170/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>p_3188170</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187849/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>CUBICIN (daptomycine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983851/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>pprd_2983851</t>
+  </si>
+  <si>
+    <t>daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458661/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672950/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722808/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185837/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>RIXATHON (rituximab)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983503/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983503</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800413/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180770/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>ERYTHROGEL - ERYTHROMYCINE (erythromycine)</t>
+  </si>
+  <si>
+    <t>24/04/2020 08:30:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985076/fr/erythrogel-erythromycine-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2985076</t>
+  </si>
+  <si>
+    <t>erythromycine</t>
+  </si>
+  <si>
+    <t>BAILLEUL-BIORGA / PANPHARMA / STRAGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163447/fr/erythrogel-erythromycine-bailleul-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718936/fr/erythrogel-erythromycine-bailleul-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881388/fr/erythromycine-bailleul-4-erythrogel-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728850/fr/erythromycine-bailleul-erythrogel-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795328/fr/erythromycine-panpharma-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180308/fr/erythromycine-stragen-erythromycine</t>
+  </si>
+  <si>
+    <t>MEROPENEM (méropénem)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983053/fr/meropenem-meropenem</t>
+  </si>
+  <si>
+    <t>pprd_2983053</t>
+  </si>
+  <si>
+    <t>méropénem</t>
+  </si>
+  <si>
+    <t>MACOPHARMA / MEDIPHA SANTE / ACTAVIS FRANCE / ARROW GENERIQUES / GERDA / DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649690/fr/meropenem-actavis-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671497/fr/meropenem-stravencon-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880782/fr/meropenem-bradex-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084026/fr/meropenem-arrow-lab-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148219/fr/meropenem-gerda-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159918/fr/meropenem-hikma-meropenem</t>
+  </si>
+  <si>
+    <t>IMIPENEM/CILASTATINE (imipenem anhydre/ cilastatine)</t>
+  </si>
+  <si>
+    <t>12/03/2020 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983080/fr/imipenem/cilastatine-imipenem-anhydre/-cilastatine</t>
+  </si>
+  <si>
+    <t>pprd_2983080</t>
+  </si>
+  <si>
+    <t>cilastatine,imipenem anhydre</t>
+  </si>
+  <si>
+    <t>GERDA / SCIENCEX / DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788659/fr/imipenem/cilastatine-villerton-imipenem-anhydre/cilastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877311/fr/imipenem/cilastatine-gerda-imipenem-anhydre/-cilastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161439/fr/imipenem/cilastatine-hikma-imipenem-anhydre/-cilastatine</t>
+  </si>
+  <si>
+    <t>METOJECT (méthotrexate)</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/fr/metoject-methotrexate</t>
   </si>
   <si>
     <t>pprd_2982919</t>
   </si>
   <si>
     <t>MEDAC SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_401005/fr/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>ROZEX (métronidazole)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983943/fr/rozex-metronidazole</t>
+  </si>
+  <si>
+    <t>pprd_2983943</t>
+  </si>
+  <si>
+    <t>métronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399099/fr/rozex-0-75-emulsion-pour-application-cutanee-tube-de-30g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399584/fr/rozex-0-75-creme-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400725/fr/rozex-0-75-gel-1-tube-de-30-g-code-cip-333-669-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003856/fr/rozex-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625579/fr/rozex-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676675/fr/rozex-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149195/fr/rozex-metronidazole</t>
+  </si>
+  <si>
+    <t>UN-ALFA (alfacalcidol)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984477/fr/un-alfa-alfacalcidol</t>
+  </si>
+  <si>
+    <t>pprd_2984477</t>
+  </si>
+  <si>
+    <t>alfacalcidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460270/fr/un-alfa-alfacalcidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024746/fr/un-alfa-alfacalcidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045290/fr/un-alfa-alfacalcidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149204/fr/un-alfa-alfacalcidol</t>
+  </si>
+  <si>
+    <t>SILKIS (calcitriol)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984632/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>pprd_2984632</t>
+  </si>
+  <si>
+    <t>calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399779/fr/silkis-3-microgrammes/gramme-pommade-tube-de-30-g-100-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539597/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736833/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003844/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149201/fr/silkis-calcitriol</t>
   </si>
   <si>
     <t>PICATO (mébutate d'ingénol)</t>
   </si>
   <si>
-    <t>11/22/2013 13:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984903/en/picato-mebutate-d-ingenol</t>
+    <t>22/11/2013 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984903/fr/picato-mebutate-d-ingenol</t>
   </si>
   <si>
     <t>pprd_2984903</t>
   </si>
   <si>
     <t>mébutate d'ingénol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1623645/en/picato-mebutate-d-ingenol-chimiotherapie-a-usage-local</t>
+    <t>https://www.has-sante.fr/jcms/c_1623645/fr/picato-mebutate-d-ingenol-chimiotherapie-a-usage-local</t>
+  </si>
+  <si>
+    <t>IMRALDI (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/01/2020 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982870/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982870</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867463/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905742/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145045/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>LAMISIL - LAMISILDERMGEL (terbinafine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/01/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984026/fr/lamisil-lamisildermgel-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984026</t>
+  </si>
+  <si>
+    <t>terbinafine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE SANTE GRAND PUBLIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658525/fr/lamisil-lamisildermgel-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656355/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623656/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623630/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574486/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574479/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399297/fr/lamisil-1-creme-tube-de-15-g-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400097/fr/lamisil-1-pour-cent-creme-tube-de-15-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398984/fr/lamisildermgel-1-gel-tube-de-5-g-15-g-30-g-lamisil-1-solution-pour-application-cutanee-30-ml-en-flacon-avec-embout-applicateur-lamisil-1-solution-pour-pulverisation-cutanee-30-ml-en-flacon-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145039/fr/lamisil-terbinafine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VANCOMYCINE HIKMA (vancomycine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>20/12/2019 16:13:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983064/fr/vancomycine-hikma-vancomycine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983064</t>
+  </si>
+  <si>
+    <t>vancomycine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774635/fr/vancomycine-mip-vancomycine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879361/fr/vancomycine-hikma-vancomycine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124678/fr/vancomycine-hikma-vancomycine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ROZACREME - ROZAGEL (métronidazole)</t>
+  </si>
+  <si>
+    <t>20/12/2019 16:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984782/fr/rozacreme-rozagel-metronidazole</t>
+  </si>
+  <si>
+    <t>pprd_2984782</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874867/fr/rozacreme-rozagel-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739133/fr/rozacreme-rozagel-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400174/fr/rozacreme-creme-pour-application-locale-tube-de-30g-code-cip-353-459-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135351/fr/rozacreme-rozagel-metronidazole</t>
   </si>
   <si>
     <t>VOTRIENT (pazopanib)</t>
   </si>
   <si>
-    <t>12/06/2019 10:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984388/en/votrient-pazopanib</t>
+    <t>06/12/2019 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984388/fr/votrient-pazopanib</t>
   </si>
   <si>
     <t>pprd_2984388</t>
   </si>
   <si>
     <t>pazopanib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1024751/en/votrient</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118709/en/votrient-pazopanib</t>
+    <t>https://www.has-sante.fr/jcms/c_1024751/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359730/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623661/fr/votrient-pazopanib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560232/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3103874/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118709/fr/votrient-pazopanib</t>
   </si>
   <si>
     <t>GLIVEC (imatinib)</t>
   </si>
   <si>
-    <t>11/25/2019 10:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983049/en/glivec-imatinib</t>
+    <t>25/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983049/fr/glivec-imatinib</t>
   </si>
   <si>
     <t>pprd_2983049</t>
   </si>
   <si>
     <t>imatinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399553/en/glivec-100mg-gelule-boites-de-120-et-180</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119801/en/glivec-imatinib</t>
+    <t>https://www.has-sante.fr/jcms/c_399553/fr/glivec-100mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399746/fr/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399873/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399996/fr/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614779/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493436/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614800/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642498/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022285/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854122/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768792/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748394/fr/glivec-imatinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580210/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881382/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119801/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>16/10/2019 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083794/fr/poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3083794</t>
+  </si>
+  <si>
+    <t>mogamulizumab</t>
+  </si>
+  <si>
+    <t>KYOWA KIRIN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083094/fr/poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>SKILARENCE (fumarate de diméthyle)</t>
+  </si>
+  <si>
+    <t>16/10/2019 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083799/fr/skilarence-fumarate-de-dimethyle</t>
+  </si>
+  <si>
+    <t>p_3083799</t>
+  </si>
+  <si>
+    <t>fumarate de diméthyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082103/fr/skilarence-fumarate-de-dimethyle</t>
+  </si>
+  <si>
+    <t>DAIVOBET (bétaméthasone (dipropionate de)/ calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984499/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984499</t>
+  </si>
+  <si>
+    <t>bétaméthasone (dipropionate de),calcipotriol monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399939/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545419/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778868/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968478/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743048/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040751/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111988/fr/daivobet-xamiol-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
   </si>
   <si>
     <t>XAMIOL (calcipotriol/ dipropionate de bétaméthasone)</t>
   </si>
   <si>
-    <t>10/11/2019 17:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984761/en/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984761/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
   </si>
   <si>
     <t>pprd_2984761</t>
   </si>
   <si>
     <t>calcipotriol,dipropionate de bétaméthasone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_778871/en/xamiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3111988/en/daivobet-xamiol-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_778871/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743051/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>PLUREXID (chlorhexidine)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984844/fr/plurexid-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2984844</t>
+  </si>
+  <si>
+    <t>chlorhexidine</t>
+  </si>
+  <si>
+    <t>JOLLY-JATEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468395/fr/plurexid-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722954/fr/plurexid-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718040/fr/plurexid-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111985/fr/plurexid-chlorhexidine</t>
+  </si>
+  <si>
+    <t>SEBIPROX (ciclopirox olamine)</t>
+  </si>
+  <si>
+    <t>30/09/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984926/fr/sebiprox-ciclopirox-olamine</t>
+  </si>
+  <si>
+    <t>pprd_2984926</t>
+  </si>
+  <si>
+    <t>ciclopirox olamine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399759/fr/sebiprox-1-5-shampoing-flacon-de-100-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657721/fr/sebiprox-ciclopirox-olamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543495/fr/sebiprox-ciclopirox-olamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107623/fr/sebiprox-ciclopirox-olamine</t>
+  </si>
+  <si>
+    <t>PEVARYL (nitrate d'éconazole)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983630/fr/pevaryl-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>pprd_2983630</t>
+  </si>
+  <si>
+    <t>nitrate d'éconazole</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON SANTE BEAUTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399701/fr/pevaryl-1-poudre-pour-application-locale-flacon-poudreur-de-30-g-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574597/fr/pevaryl-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719419/fr/pevaryl-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762445/fr/pevaryl-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104997/fr/pevaryl-nitrate-d-econazole</t>
+  </si>
+  <si>
+    <t>ORBENINE (cloxacilline sodique)</t>
+  </si>
+  <si>
+    <t>05/09/2019 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984841/fr/orbenine-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984841</t>
+  </si>
+  <si>
+    <t>cloxacilline sodique</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098035/fr/orbenine-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221585/fr/orbenine-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719425/fr/orbenine-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>IDACIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/08/2019 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082084/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>p_3082084</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080455/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>DAPTOMYCINE (daptomycine)</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983429/fr/daptomycine-daptomycine</t>
+  </si>
+  <si>
+    <t>pprd_2983429</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / MEDAC SAS/ PFIZER PFE France/ REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788612/fr/daptomycine-hospira-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806283/fr/daptomycine-accord-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821334/fr/daptomycine-reddy-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067145/fr/daptomycine-medac-daptomycine</t>
+  </si>
+  <si>
+    <t>FONGAMIL (omoconazole (nitrate d'))</t>
+  </si>
+  <si>
+    <t>07/06/2019 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982722/fr/fongamil-omoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982722</t>
+  </si>
+  <si>
+    <t>omoconazole (nitrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749768/fr/fongamil-omoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147576/fr/fongamil-omoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652858/fr/fongamil-omoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972777/fr/fongamil-omoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>RULID (roxithromycine)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982740/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2982740</t>
+  </si>
+  <si>
+    <t>roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399098/fr/rulid-50-mg-comprime-secable-pour-suspension-buvable-b/16-rulid-100-mg-comprime-pellicule-b/16-rulid-150-mg-comprime-b/16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461174/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991887/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572481/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682103/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971105/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>TROSYD - GYNO-TROSYD (tioconazole)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982742/fr/trosyd-gyno-trosyd-tioconazole</t>
+  </si>
+  <si>
+    <t>pprd_2982742</t>
+  </si>
+  <si>
+    <t>tioconazole</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722978/fr/trosyd-tioconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646609/fr/trosyd-tioconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969882/fr/trosyd-gyno-trosyd-tioconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719398/fr/gyno-trosyd-tioconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713138/fr/gyno-trosyd-tioconazole</t>
   </si>
   <si>
     <t>TAFINLAR (dabrafénib (mésilate de)/ tramétinib (dimethylsufloxyde de))</t>
   </si>
   <si>
-    <t>05/14/2019 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982752/en/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+    <t>14/05/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982752/fr/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
   </si>
   <si>
     <t>pprd_2982752</t>
   </si>
   <si>
     <t>dabrafénib (mésilate de),tramétinib (dimethylsufloxyde de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1742463/en/tafinlar-dabrafenib-tyrosine-kinase-inhibitor</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2967190/en/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1742463/fr/tafinlar-dabrafenib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732005/fr/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835407/fr/tafinlar-dabrafenib-en-association-a-mekinist-trametinib-inhibiteurs-de-la-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967190/fr/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+  </si>
+  <si>
+    <t>RIMACTAN (rifampicine)</t>
+  </si>
+  <si>
+    <t>13/05/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982771/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>pprd_2982771</t>
+  </si>
+  <si>
+    <t>rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697222/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045296/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966249/fr/rimactan-rifampicine</t>
   </si>
   <si>
     <t>TAVANIC (lévofloxacine hémihydraté)</t>
   </si>
   <si>
-    <t>04/25/2019 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982789/en/tavanic-levofloxacine-hemihydrate</t>
+    <t>25/04/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982789/fr/tavanic-levofloxacine-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2982789</t>
   </si>
   <si>
     <t>lévofloxacine hémihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399518/en/tavanic-levofloxacine-hemihydrate</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2964762/en/tavanic-levofloxacine-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399518/fr/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399880/fr/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400948/fr/tavanic-500-mg-comprime-pellicule-secable-b/5-cip-349-655-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400991/fr/tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-de-50-ml-cip-561-898-6-tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-en-verre-de-100-ml-cip-561-900-0-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-5-comprimes-cip-349-655-6-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-50-comprimes-cip-561-904-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970609/fr/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022066/fr/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024578/fr/tavanic-levofloxacine-fluoroquinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964762/fr/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>MYCOHYDRALIN (clotrimazole)</t>
+  </si>
+  <si>
+    <t>10/04/2019 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982799/fr/mycohydralin-clotrimazole</t>
+  </si>
+  <si>
+    <t>pprd_2982799</t>
+  </si>
+  <si>
+    <t>clotrimazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598708/fr/mycohydralin-clotrimazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023178/fr/mycohydralin-clotrimazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963965/fr/mycohydralin-clotrimazole</t>
+  </si>
+  <si>
+    <t>TETRALYSAL (lymécycline)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982814/fr/tetralysal-lymecycline</t>
+  </si>
+  <si>
+    <t>pprd_2982814</t>
+  </si>
+  <si>
+    <t>lymécycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754089/fr/tetralysal-lymecycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736019/fr/tetralysal-lymecycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962258/fr/tetralysal-lymecycline</t>
   </si>
   <si>
     <t>IZILOX (moxifloxacine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>02/18/2019 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982876/en/izilox-moxifloxacine-chlorhydrate-de</t>
+    <t>18/02/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982876/fr/izilox-moxifloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982876</t>
   </si>
   <si>
     <t>moxifloxacine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399295/en/izilox-400-mg-comprime-pellicule-boites-5-7-50</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2904835/en/izilox-moxifloxacine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399295/fr/izilox-400-mg-comprime-pellicule-boites-5-7-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468673/fr/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973830/fr/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234504/fr/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856009/fr/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904835/fr/izilox-moxifloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>ALOFISEL (darvadstrocel)</t>
   </si>
   <si>
-    <t>03/22/2019 16:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982880/en/alofisel-darvadstrocel</t>
+    <t>22/03/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982880/fr/alofisel-darvadstrocel</t>
   </si>
   <si>
     <t>pprd_2982880</t>
   </si>
   <si>
     <t>darvadstrocel</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2904636/en/alofisel-darvadstrocel-stem-cell-therapy</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2904636/fr/alofisel-darvadstrocel-therapie-cellulaire</t>
+  </si>
+  <si>
+    <t>WYSTAMM (rupatadine)</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/fr/wystamm-rupatadine</t>
   </si>
   <si>
     <t>pprd_2982886</t>
   </si>
   <si>
     <t>rupatadine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
+    <t>https://www.has-sante.fr/jcms/c_664073/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/fr/wystamm-rupatadine-antihistaminique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>CUTACNYL (peroxyde de benzoyle hydraté)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982900/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982900</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle hydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732196/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719416/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899633/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>TRIDESONIT (désonide)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982902/fr/tridesonit-desonide</t>
+  </si>
+  <si>
+    <t>pprd_2982902</t>
+  </si>
+  <si>
+    <t>désonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725771/fr/tridesonit-desonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649707/fr/tridesonit-desonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899630/fr/tridesonit-desonide</t>
+  </si>
+  <si>
+    <t>DISULONE (dapsone/ fer (oxalate de))</t>
+  </si>
+  <si>
+    <t>23/01/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982903/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982903</t>
+  </si>
+  <si>
+    <t>dapsone,fer (oxalate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713127/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010716/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899328/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>DEXLIQ (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982909/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982909</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>CTRS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898719/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>EPITOPIC (difluprednate)</t>
+  </si>
+  <si>
+    <t>14/01/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982914/fr/epitopic-difluprednate</t>
+  </si>
+  <si>
+    <t>pprd_2982914</t>
+  </si>
+  <si>
+    <t>difluprednate</t>
+  </si>
+  <si>
+    <t>GERDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_726732/fr/epitopic-difluprednate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897007/fr/epitopic-difluprednate</t>
+  </si>
+  <si>
+    <t>CLOBEX (clobétasol (propionate de))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982917/fr/clobex-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982917</t>
+  </si>
+  <si>
+    <t>clobétasol (propionate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642546/fr/clobex-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701309/fr/clobex-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896744/fr/clobex-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>XYZALL (lévocétirizine/ lévocétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982923/fr/xyzall-levocetirizine/-levocetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982923</t>
+  </si>
+  <si>
+    <t>lévocétirizine,lévocétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399768/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400351/fr/xyzall-levocetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474630/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537886/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603374/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896409/fr/xyzall-dichlorhydrate-de-levocetirizine</t>
+  </si>
+  <si>
+    <t>MUPIDERM (mupirocine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982925/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>pprd_2982925</t>
+  </si>
+  <si>
+    <t>mupirocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722943/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768786/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894929/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>ERY NOURRISSONS (érythromycine (éthylsuccinate d')/ erythromycine)</t>
+  </si>
+  <si>
+    <t>27/12/2018 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982934/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2982934</t>
+  </si>
+  <si>
+    <t>érythromycine (éthylsuccinate d'),erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773296/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720515/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894241/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+  </si>
+  <si>
+    <t>ZESSLY (infliximab)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982942/fr/zessly-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2982942</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893475/fr/zessly-infliximab</t>
+  </si>
+  <si>
+    <t>TOPSYNE (fluocinonide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982955/fr/topsyne-fluocinonide</t>
+  </si>
+  <si>
+    <t>pprd_2982955</t>
+  </si>
+  <si>
+    <t>fluocinonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722973/fr/topsyne-fluocinonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724457/fr/topsyne-fluocinonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891887/fr/topsyne-fluocinonide</t>
   </si>
   <si>
     <t>LYMPHOSEEK (tilmanocept)</t>
   </si>
   <si>
-    <t>02/14/2019 18:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982974/en/lymphoseek-tilmanocept</t>
+    <t>14/02/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982974/fr/lymphoseek-tilmanocept</t>
   </si>
   <si>
     <t>pprd_2982974</t>
   </si>
   <si>
     <t>tilmanocept</t>
   </si>
   <si>
     <t>NORGINE PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2889892/en/lymphoseek-tilmanocept-radiopharmaceutical-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2889892/fr/lymphoseek-tilmanocept-radiopharmaceutique-a-usage-diagnostique</t>
+  </si>
+  <si>
+    <t>GRISEFULINE (griséofulvine)</t>
+  </si>
+  <si>
+    <t>05/12/2018 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982995/fr/grisefuline-griseofulvine</t>
+  </si>
+  <si>
+    <t>pprd_2982995</t>
+  </si>
+  <si>
+    <t>griséofulvine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724531/fr/grisefuline-griseofulvine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720506/fr/grisefuline-griseofulvine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888177/fr/grisefuline-griseofulvine</t>
+  </si>
+  <si>
+    <t>CYTEAL (chlorhexidine (digluconate de), solution de/ chlorocrésol/ hexamidine ...)</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982998/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
+  </si>
+  <si>
+    <t>pprd_2982998</t>
+  </si>
+  <si>
+    <t>chlorhexidine (digluconate de), solution de,chlorocrésol,hexamidine (diisétionate d')</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE DERMO-COSMETIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486309/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724427/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188937/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716244/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887768/fr/cyteal-chlorhexidine-digluconate-de-solution-de/-chlorocresol/-hexamidine</t>
   </si>
   <si>
     <t>MERONEM (méropénem trihydraté)</t>
   </si>
   <si>
-    <t>11/30/2018 11:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/fr/meronem-meropenem-trihydrate</t>
   </si>
   <si>
     <t>pprd_2983003</t>
   </si>
   <si>
     <t>méropénem trihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983004/en/halaven</t>
+    <t>https://www.has-sante.fr/jcms/c_713145/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>HALAVEN (éribuline (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983004/fr/halaven-eribuline-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2983004</t>
   </si>
   <si>
     <t>éribuline (mésilate de)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1096739/en/halaven</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886957/en/halaven-eribuline-antineoplasique</t>
+    <t>https://www.has-sante.fr/jcms/c_1096739/fr/halaven-eribuline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559139/fr/halaven-eribuline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761874/fr/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886957/fr/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>HULIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983007/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983007</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886950/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>CLARELUX (clobétasol (propionate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983011/fr/clarelux-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983011</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007481/fr/clarelux-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322515/fr/clarelux-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885825/fr/clarelux-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>RIFADINE (rifampicine sodique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983016/fr/rifadine-rifampicine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983016</t>
+  </si>
+  <si>
+    <t>rifampicine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400945/fr/rifadine-iv-600-mg-poudre-et-solvant-pour-solution-pour-perfusion-boite-de-1-flacon-cip-369-236-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490543/fr/rifadine-rifampicine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241686/fr/rifadine-rifampicine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844540/fr/rifadine-rifampicine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885801/fr/rifadine-rifampicine-sodique</t>
   </si>
   <si>
     <t>DACARBAZINE MEDAC (dacarbazine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983019/en/dacarbazine-medac-dacarbazine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983019/fr/dacarbazine-medac-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983019</t>
   </si>
   <si>
     <t>dacarbazine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399887/en/dacarbazine-faulding-dacarbazine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2885124/en/dacarbazine-medac-dacarbazine</t>
+    <t>https://www.has-sante.fr/jcms/c_399887/fr/dacarbazine-faulding-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774129/fr/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769372/fr/dacarbazine-lipomed-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769375/fr/dacarbazine-medac-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862065/fr/dacarbazine-lipomed-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885124/fr/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>NANOCOLL (albumine humaine sérique (solution d')/ stanneux (chlorure) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/12/2018 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983032/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983032</t>
+  </si>
+  <si>
+    <t>albumine humaine sérique (solution d'),stanneux (chlorure) dihydraté</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883482/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
+  </si>
+  <si>
+    <t>ERTAPENEM ARROW (ertapénem/ ertapénem sodique)</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983044/fr/ertapenem-arrow-ertapenem/-ertapenem-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983044</t>
+  </si>
+  <si>
+    <t>ertapénem,ertapénem sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814675/fr/ertapenem-fresenius-kabi-ertapenem/-ertapenem-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821750/fr/ertapenem-panpharma-ertapenem/-ertapenem-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868356/fr/ertapenem-hikma-ertapenem/-ertapenem-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881398/fr/ertapenem-arrow-ertapenem/-ertapenem-sodique</t>
+  </si>
+  <si>
+    <t>FONX (oxiconazole (nitrate d'))</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983051/fr/fonx-oxiconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983051</t>
+  </si>
+  <si>
+    <t>oxiconazole (nitrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724468/fr/fonx-oxiconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652831/fr/fonx-oxiconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881373/fr/fonx-oxiconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>ALOPLASTINE (talc/ glycérol/ zinc (oxyde de))</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983057/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>pprd_2983057</t>
+  </si>
+  <si>
+    <t>talc,glycérol,zinc (oxyde de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400364/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718948/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172476/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005973/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879798/fr/aloplastine-talc/-glycerol/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>CONDYLINE (podophyllotoxine)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983066/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>pprd_2983066</t>
+  </si>
+  <si>
+    <t>podophyllotoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724400/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725320/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879354/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>GRANIONS DE ZINC (zinc (gluconate de))</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983083/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983083</t>
+  </si>
+  <si>
+    <t>zinc (gluconate de)</t>
+  </si>
+  <si>
+    <t>GRANIONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399633/fr/granions-de-zinc-15-mg/2-ml-solution-buvable-ampoule-de-2-ml-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400482/fr/granions-de-cuivre-0-3-mg-/-2-ml-solution-buvable-boite-10-code-cip-304-623-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400484/fr/granions-de-selenium-0-96-mg/2-ml-suspension-buvable-boite-10-code-cip-304-630-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400483/fr/granions-de-magnesium-3-82-mg/2-ml-solution-buvable-b/10-code-cip-304-626-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555360/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251940/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743218/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877050/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>HYRIMOZ (adalimumab)</t>
+  </si>
+  <si>
+    <t>08/10/2018 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983089/fr/hyrimoz-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983089</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876145/fr/hyrimoz-adalimumab</t>
+  </si>
+  <si>
+    <t>PYOSTACINE (pristinamycine)</t>
+  </si>
+  <si>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983096/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>pprd_2983096</t>
+  </si>
+  <si>
+    <t>pristinamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399757/fr/pyostacine-250mg-comprime-pellicule-b/16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532409/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332090/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875365/fr/pyostacine-pristinamycine</t>
   </si>
   <si>
     <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
   </si>
   <si>
-    <t>02/08/2019 14:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+    <t>08/02/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
   </si>
   <si>
     <t>pprd_2983098</t>
   </si>
   <si>
     <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+    <t>https://www.has-sante.fr/jcms/c_827708/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/fr/berinert-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/fr/berinert-inhibiteur-de-c1-esterase-humaine-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
   </si>
   <si>
     <t>FIRAZYR (icatibant (acétate d'))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/fr/firazyr-icatibant-acetate-d</t>
   </si>
   <si>
     <t>pprd_2983101</t>
   </si>
   <si>
     <t>icatibant (acétate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+    <t>https://www.has-sante.fr/jcms/c_724460/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/fr/firazyr-icatibant</t>
   </si>
   <si>
     <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>pprd_2983102</t>
   </si>
   <si>
     <t>inhibiteur de la C1 estérase humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_1264432/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine-antifibrinolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>ERYFLUID (erythromycine)</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983104/fr/eryfluid-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2983104</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718915/fr/eryfluid-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163460/fr/eryfluid-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647773/fr/eryfluid-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873689/fr/eryfluid-erythromycine</t>
+  </si>
+  <si>
+    <t>PREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>18/09/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983114/fr/prexate-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983114</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870213/fr/prexate-methotrexate</t>
+  </si>
+  <si>
+    <t>LINEZOLIDE ARROW (linézolide)</t>
+  </si>
+  <si>
+    <t>28/08/2018 11:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983157/fr/linezolide-arrow-linezolide</t>
+  </si>
+  <si>
+    <t>pprd_2983157</t>
+  </si>
+  <si>
+    <t>linézolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559912/fr/linezolide-sandoz-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563009/fr/linezolide-panpharma-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583136/fr/linezolide-kabi-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608671/fr/linezolide-kabi-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631822/fr/linezolide-ohre-pharma-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671728/fr/linezolide-arrow-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676784/fr/linezolide-mylan-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730812/fr/linezolide-accord-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730830/fr/linezolide-mylan-pharma-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745863/fr/linezolide-dr-reddy-s-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775793/fr/linezolide-eg-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834507/fr/linezolide-fresenius-kabi-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839906/fr/linezolide-b-braun-linezolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867418/fr/linezolide-arrow-linezolide</t>
+  </si>
+  <si>
+    <t>AMGEVITA (adalimumab)</t>
+  </si>
+  <si>
+    <t>28/08/2018 14:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983158/fr/amgevita-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983158</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865430/fr/amgevita-adalimumab</t>
   </si>
   <si>
     <t>MUPHORAN (fotémustine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983175/en/muphoran-fotemustine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983175/fr/muphoran-fotemustine</t>
   </si>
   <si>
     <t>pprd_2983175</t>
   </si>
   <si>
     <t>fotémustine</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1758663/en/muphoran</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400874/en/muphoran-poudre-et-solution-pour-usage-parenteral-a-diluer-perfusion-1-flacon-en-verre-brun-de-208-mg-1-ampoule-s-en-verre-de-4-ml-331-870-2</t>
+    <t>https://www.has-sante.fr/jcms/c_1758663/fr/muphoran-fotemustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863546/fr/muphoran-fotemustine-nitrosouree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400874/fr/muphoran-poudre-et-solution-pour-usage-parenteral-a-diluer-perfusion-1-flacon-en-verre-brun-de-208-mg-1-ampoule-s-en-verre-de-4-ml-331-870-2</t>
+  </si>
+  <si>
+    <t>LOCERYL (amorolfine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983187/fr/loceryl-amorolfine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983187</t>
+  </si>
+  <si>
+    <t>amorolfine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400719/fr/loceryl-5-pour-cent-solution-filmogene-pour-application-locale-en-flacon-1-flacon-de-2-5-ml-avec-spatule-code-cip-334-887-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024737/fr/loceryl-amorolfine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573236/fr/loceryl-amorolfine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862567/fr/loceryl-amorolfine-chlorhydrate-d</t>
   </si>
   <si>
     <t>BETADINE (povidone iodée/ éthanol)</t>
   </si>
   <si>
-    <t>06/25/2018 17:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983210/en/betadine-povidone-iodee/-ethanol</t>
+    <t>25/06/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983210/fr/betadine-povidone-iodee/-ethanol</t>
   </si>
   <si>
     <t>pprd_2983210</t>
   </si>
   <si>
     <t>povidone iodée,éthanol</t>
   </si>
   <si>
-    <t>MYLAN MEDICAL SAS</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2858744/en/betadine-scrub-povidone-iodee/-ethanol</t>
+    <t>https://www.has-sante.fr/jcms/c_398835/fr/betadine-10-solution-vaginale-en-recipient-unidose-10-ml-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399917/fr/betadine-alcoolique-5-solution-pour-application-cutanee-flacon-de-500-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724561/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725193/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025857/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728830/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735634/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739020/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031551/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642059/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655908/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658582/fr/betadine-tulle-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756341/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857750/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858744/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>CETIRIZINE ARROW LAB (cétirizine dichlorhydrate/ cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>21/06/2018 17:29:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983212/fr/cetirizine-arrow-lab-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983212</t>
+  </si>
+  <si>
+    <t>cétirizine dichlorhydrate,cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_835200/fr/cetirizine-biogaran-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858364/fr/cetirizine-arrow-lab-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
   </si>
   <si>
     <t>LARTRUVO (olaratumab)</t>
   </si>
   <si>
-    <t>09/07/2018 12:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983240/en/lartruvo-olaratumab</t>
+    <t>07/09/2018 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983240/fr/lartruvo-olaratumab</t>
   </si>
   <si>
     <t>pprd_2983240</t>
   </si>
   <si>
     <t>olaratumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2856039/en/lartruvo-olaratumab-monoclonal-antibody</t>
+    <t>https://www.has-sante.fr/jcms/c_2856039/fr/lartruvo-olaratumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>DOXORUBICINE (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983265/fr/doxorubicine-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983265</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ G GAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399901/fr/doxorubicine-g-gam-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853745/fr/doxorubicine-accord-doxorubicine-chlorhydrate-de</t>
   </si>
   <si>
     <t>YONDELIS (trabectédine), antinéoplasique alcaloïde</t>
   </si>
   <si>
-    <t>06/01/2018 17:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983269/en/yondelis-trabectedine-antineoplasique-alcaloide</t>
+    <t>01/06/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983269/fr/yondelis-trabectedine-antineoplasique-alcaloide</t>
   </si>
   <si>
     <t>pprd_2983269</t>
   </si>
   <si>
     <t>trabectédine,trabectedine</t>
   </si>
   <si>
     <t>PHARMA MAR S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_657266/en/yondelis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2852607/en/yondelis-trabectedin-alkaloid-antineoplastic-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_657266/fr/yondelis-trabectedine/-trabectedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964922/fr/yondelis-trabectedine/-trabectedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638066/fr/yondelis-trabectedine-antineoplasique-alcaloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630757/fr/yondelis-trabectedine/-trabectedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852607/fr/yondelis-trabectedine-antineoplasique-alcaloide</t>
   </si>
   <si>
     <t>FLIXOVATE (fluticasone (propionate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983270/en/flixovate-fluticasone-propionate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983270/fr/flixovate-fluticasone-propionate-de</t>
   </si>
   <si>
     <t>pprd_2983270</t>
   </si>
   <si>
     <t>fluticasone (propionate de)</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2852604/en/flixovate-fluticasone-propionate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400122/fr/flixovate-0-05-creme-tube-de-30-g-flixovate-0-005-pommade-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400918/fr/flixovate-0-05-emulsion-pour-application-cutanee-1-flacon-polyethylene-haute-densite-pehd-de-30-ml-368-165-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538679/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079022/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254513/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588374/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852604/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>BETNESOL (bétaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983283/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983283</t>
+  </si>
+  <si>
+    <t>bétaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605748/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361975/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>ZOVIRAX (aciclovir)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983311/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2983311</t>
+  </si>
+  <si>
+    <t>aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399019/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399020/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399521/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399522/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399523/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399524/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399525/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532488/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192729/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192738/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847921/fr/zovirax-aciclovir</t>
+  </si>
+  <si>
+    <t>BOSENTAN OHRE PHARMA (bosentan monohydraté/ bosentan)</t>
+  </si>
+  <si>
+    <t>30/03/2018 11:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983343/fr/bosentan-ohre-pharma-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>pprd_2983343</t>
+  </si>
+  <si>
+    <t>bosentan monohydraté,bosentan</t>
+  </si>
+  <si>
+    <t>OHRE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749461/fr/bosentan-eg-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740904/fr/bosentan-mylan-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740907/fr/bosentan-teva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740916/fr/bosentan-accord-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747505/fr/bosentan-arrow-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773803/fr/bosentan-mylan-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773809/fr/bosentan-biogaran-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773800/fr/bosentan-teva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788630/fr/bosentan-sandoz-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790567/fr/bosentan-sun-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814693/fr/bosentan-zentiva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839017/fr/bosentan-ohre-pharma-bosentan-monohydrate/-bosentan</t>
   </si>
   <si>
     <t>BETESIL (bétaméthasone (valérate de))</t>
   </si>
   <si>
-    <t>03/05/2018 16:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983374/en/betesil-betamethasone-valerate-de</t>
+    <t>05/03/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983374/fr/betesil-betamethasone-valerate-de</t>
   </si>
   <si>
     <t>pprd_2983374</t>
   </si>
   <si>
     <t>bétaméthasone (valérate de)</t>
   </si>
   <si>
-    <t>GENEVRIER</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2830023/en/betesil-betamethasone-valerate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1329536/fr/betesil-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830023/fr/betesil-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>BLEOMYCINE (bléomycine (sulfate de))</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983379/fr/bleomycine-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983379</t>
+  </si>
+  <si>
+    <t>bléomycine (sulfate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400900/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016654/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566489/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829049/fr/bleomycine-accord-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>CLARITYNE (loratadine)</t>
+  </si>
+  <si>
+    <t>02/02/2018 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983415/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983415</t>
+  </si>
+  <si>
+    <t>loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399367/fr/clarityne-0-1g-/-100-ml-sirop-flacon-de-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399368/fr/clarityne-10-mg-comprime-effervescent-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455280/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147528/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719377/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746027/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824488/fr/clarityne-loratadine</t>
   </si>
   <si>
     <t>SORIATANE (acitrétine)</t>
   </si>
   <si>
-    <t>01/15/2018 09:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983437/en/soriatane-acitretine</t>
+    <t>15/01/2018 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983437/fr/soriatane-acitretine</t>
   </si>
   <si>
     <t>pprd_2983437</t>
   </si>
   <si>
     <t>acitrétine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399462/en/soriatane-acitretine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819903/en/soriatane-acitretine</t>
+    <t>https://www.has-sante.fr/jcms/c_399462/fr/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517567/fr/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773263/fr/soriatane-acitretine-retinoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819903/fr/soriatane-acitretine</t>
   </si>
   <si>
     <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
   </si>
   <si>
-    <t>04/12/2018 15:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+    <t>12/04/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/fr/hydrocortancyl-prednisolone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983469</t>
   </si>
   <si>
     <t>prednisolone (acétate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+    <t>https://www.has-sante.fr/jcms/c_724536/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/fr/hydrocortancyl-prednisolone-glucocorticoide</t>
+  </si>
+  <si>
+    <t>LOMEXIN - TERLOMEXIN (fenticonazole (nitrate de))</t>
+  </si>
+  <si>
+    <t>13/10/2017 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983511/fr/lomexin-terlomexin-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983511</t>
+  </si>
+  <si>
+    <t>fenticonazole (nitrate de)</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399435/fr/lomexin-2-p-100-creme-tube-de-15-g-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399436/fr/lomexin-2-p-100-creme-vaginale-tube-de-35-g-7-applicateurs-lomexin-600-mg-capsule-molle-vaginale-b/1-termolexin-200-mg-capsule-molle-vaginale-b/3-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468548/fr/lomexin-/-terlomexin-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603388/fr/lomexin-terlomexin-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680671/fr/lomexin-terlomexin-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797524/fr/lomexin-fenticonazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>POVIDONE IODEE (povidone iodée)</t>
+  </si>
+  <si>
+    <t>06/10/2017 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983516/fr/povidone-iodee-povidone-iodee</t>
+  </si>
+  <si>
+    <t>pprd_2983516</t>
+  </si>
+  <si>
+    <t>povidone iodée</t>
+  </si>
+  <si>
+    <t>CHAUVIN/ MERCK GENERIQUES/ MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400334/fr/povidone-iodee-merck-10-pour-cent-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_926139/fr/povidone-iodee-mylan-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007174/fr/povidone-iodee-mylan-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797152/fr/povidone-iodee-chauvin-povidone-iodee</t>
+  </si>
+  <si>
+    <t>MONAZOL (sertaconazole (nitrate de))</t>
+  </si>
+  <si>
+    <t>22/09/2017 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983525/fr/monazol-sertaconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983525</t>
+  </si>
+  <si>
+    <t>sertaconazole (nitrate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399002/fr/monazol-300-mg-ovule-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517537/fr/monazol-sertaconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050823/fr/monazol-monazol-sertaconazole-nitrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794991/fr/monazol-sertaconazole-nitrate-de</t>
   </si>
   <si>
     <t>BENEPALI (étanercept)</t>
   </si>
   <si>
-    <t>09/06/2017 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+    <t>06/09/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/fr/benepali-etanercept</t>
   </si>
   <si>
     <t>pprd_2983537</t>
   </si>
   <si>
     <t>étanercept</t>
   </si>
   <si>
-    <t>BIOGEN FRANCE SAS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+    <t>https://www.has-sante.fr/jcms/c_2682115/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/fr/benepali-biosimilaire-d-etanercept-anti-tnf-etanercept</t>
+  </si>
+  <si>
+    <t>ERELZI (étanercept)</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983540/fr/erelzi-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983540</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790534/fr/erelzi-etanercept</t>
+  </si>
+  <si>
+    <t>KESTIN - KESTINLYO (ébastine)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983546/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>pprd_2983546</t>
+  </si>
+  <si>
+    <t>ébastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399431/fr/kestin-10-mg-comprime-pellicule-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538435/fr/kestin-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340454/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788638/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400318/fr/kestinlyo-10-mg-lyophilisat-oral-boite-de-30-code-cip-367-591-6</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/fr/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/fr/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/fr/neoral-sandimmun-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>ATARAX (hydroxyzine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>23/06/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983585/fr/atarax-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983585</t>
+  </si>
+  <si>
+    <t>hydroxyzine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486519/fr/atarax-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538431/fr/atarax-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775790/fr/atarax-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>TRIFLUCAN (fluconazole)</t>
+  </si>
+  <si>
+    <t>16/06/2017 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983588/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983588</t>
+  </si>
+  <si>
+    <t>fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399058/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399402/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399592/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399593/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399782/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399783/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460266/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574641/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652840/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774129/fr/triflucan-fluconazole</t>
+  </si>
+  <si>
+    <t>SPORANOX (itraconazole)</t>
+  </si>
+  <si>
+    <t>15/06/2017 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983593/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983593</t>
+  </si>
+  <si>
+    <t>itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400277/fr/sporanox-10-mg/ml-solution-a-diluer-et-solvant-pour-perfusion-ampoule-de-25-ml-de-solution-a-diluer-poche-de-50-ml-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456580/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247873/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773806/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>RUBOZINC (gluconate de zinc)</t>
+  </si>
+  <si>
+    <t>02/06/2017 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983601/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2983601</t>
+  </si>
+  <si>
+    <t>gluconate de zinc</t>
+  </si>
+  <si>
+    <t>LABCATAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399657/fr/rubozinc-15-mg-gelules-b/30-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677471/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250140/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772416/fr/rubozinc-gluconate-de-zinc</t>
   </si>
   <si>
     <t>DETICENE (dacarbazine)</t>
   </si>
   <si>
-    <t>07/19/2017 08:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983611/en/deticene-dacarbazine</t>
+    <t>19/07/2017 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983611/fr/deticene-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983611</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769393/en/deticene-melanome</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2769393/fr/deticene-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769390/fr/deticene-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>ZELITREX (valaciclovir)</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/fr/zelitrex-valaciclovir</t>
   </si>
   <si>
     <t>pprd_2983614</t>
   </si>
   <si>
     <t>valaciclovir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+    <t>https://www.has-sante.fr/jcms/c_399354/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>MYCOSTER (ciclopirox)</t>
+  </si>
+  <si>
+    <t>11/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983631/fr/mycoster-ciclopirox</t>
+  </si>
+  <si>
+    <t>pprd_2983631</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399573/fr/mycoster-1-poudre-pour-application-cutanee-flacon-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399574/fr/mycoster-8-solution-filmogene-pour-application-locale-flacon-de-3-ml-avec-un-pinceau-ciclopirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399808/fr/mycoster-1-creme-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574569/fr/mycoster-ciclopirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188946/fr/mycoster-ciclopirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717934/fr/mycoster-10-mg/g-shampooing-ciclopirox-antifongique-topique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761892/fr/mycoster-ciclopirox</t>
+  </si>
+  <si>
+    <t>ZAWEK (méthotrexate)</t>
+  </si>
+  <si>
+    <t>18/04/2017 11:09:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983650/fr/zawek-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983650</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756583/fr/zawek-methotrexate</t>
+  </si>
+  <si>
+    <t>DAIVONEX (calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>29/03/2017 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983679/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983679</t>
+  </si>
+  <si>
+    <t>calcipotriol monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399371/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399372/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399370/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545534/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725208/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356879/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661844/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752839/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>BACTROBAN (mupirocine calcique)</t>
+  </si>
+  <si>
+    <t>23/03/2017 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983680/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2983680</t>
+  </si>
+  <si>
+    <t>mupirocine calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459735/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221576/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752329/fr/bactroban-mupirocine-calcique</t>
   </si>
   <si>
     <t>METVIXIA (aminolévulinate de méthyle (chlorhydrate d’))</t>
   </si>
   <si>
-    <t>05/10/2017 17:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983717/en/metvixia-aminolevulinate-de-methyle-chlorhydrate-d</t>
+    <t>10/05/2017 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983717/fr/metvixia-aminolevulinate-de-methyle-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2983717</t>
   </si>
   <si>
     <t>aminolévulinate de méthyle (chlorhydrate d’)</t>
   </si>
   <si>
-    <t>GALDERMA INTERNATIONAL</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746930/en/metvixia-methyl-aminolevulinate-photodynamic-therapy</t>
+    <t>https://www.has-sante.fr/jcms/c_523323/fr/metvixia-aminolevulinate-de-methyle-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735627/fr/metvixia-aminolevulinate-de-methyle-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746930/fr/metvixia-aminolevulinate-de-methyle-therapie-photodynamique</t>
+  </si>
+  <si>
+    <t>AERIUS (desloratadine)</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983718/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983718</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399175/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399526/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399719/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399733/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400283/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473148/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219565/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746927/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>ZYRTEC (cétirizine/ cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983722/fr/zyrtec-cetirizine/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983722</t>
+  </si>
+  <si>
+    <t>cétirizine,cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399017/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_407779/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605784/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051902/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746340/fr/zyrtec-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VIRLIX (cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983723/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983723</t>
+  </si>
+  <si>
+    <t>cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399042/fr/virlix-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460283/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100624/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746337/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DERMOVAL (clobétasol (propionate de))</t>
+  </si>
+  <si>
+    <t>02/02/2017 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983744/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983744</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736979/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738612/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743865/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>CASTOR EQUI BOIRON (castor equi)</t>
+  </si>
+  <si>
+    <t>02/02/2017 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983746/fr/castor-equi-boiron-castor-equi</t>
+  </si>
+  <si>
+    <t>pprd_2983746</t>
+  </si>
+  <si>
+    <t>castor equi</t>
+  </si>
+  <si>
+    <t>BOIRON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473944/fr/castor-equi-castor-equi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108561/fr/castor-equi-castor-equi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743856/fr/castor-equi-boiron-castor-equi-pour-preparations-homeopathiques</t>
+  </si>
+  <si>
+    <t>STROMECTOL (ivermectine)</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983751/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>pprd_2983751</t>
+  </si>
+  <si>
+    <t>ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399081/fr/stromectol-3-mg-comprimes-b/4-b/20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399800/fr/stromectol-3-mg-comprime-b/1-b/4-b/20-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523431/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234516/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742056/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>TOLEXINE (doxycycline)</t>
+  </si>
+  <si>
+    <t>20/01/2017 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983761/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2983761</t>
+  </si>
+  <si>
+    <t>doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399400/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468580/fr/tolexine-doxycycline-monohydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244177/fr/tolexine-ge-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740628/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>DIMEGAN (bromphéniramine (maléate de))</t>
+  </si>
+  <si>
+    <t>13/01/2017 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983763/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983763</t>
+  </si>
+  <si>
+    <t>bromphéniramine (maléate de)</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455373/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189049/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736730/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>AMYCOR (bifonazole/ urée)</t>
+  </si>
+  <si>
+    <t>06/01/2017 14:54:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983767/fr/amycor-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>pprd_2983767</t>
+  </si>
+  <si>
+    <t>bifonazole,urée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398817/fr/amycor-onychoset-pommade-tube-de-10-g-un-grattoir-et-15-pansements-adhesifs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398818/fr/amycor-1-p-cent-poudre-pour-application-locale-flacon-poudreur-de-15-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574180/fr/amycor-onychoset-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574188/fr/amycor-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051742/fr/amycor-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051745/fr/amycor-onychoset-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735291/fr/amycor-onychoset-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735294/fr/amycor-bifonazole/-uree</t>
+  </si>
+  <si>
+    <t>ROFERON-A (interféron alfa-2a)</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983770/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>pprd_2983770</t>
+  </si>
+  <si>
+    <t>interféron alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399100/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-18-mui/1-ml-solution-injectable-im-et-sc-1-ml-de-solution-en-flacon-seringue-2-aiguilles-boite-de-1-et-boite-de-12-roferon-a-18-mui/3-ml-solution-injectable-im-et-sc-3-ml-de-solution-en-flacon-6-seringues-12-aiguilles-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400879/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-573-7-et-boite-de-12-cip-352-577-2-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-557-1-et-boite-de-12-cip-352-560-2-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-562-5-et-boite-de-12-cip-352-565-4-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-567-7-et-boite-de-12-cip-352-571-4-roferon-a-18-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-360-770-2-et-boite-de-12-cip-360-773-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281303/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627681/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733869/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>INTRONA (interferon alfa 2b)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983777/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>pprd_2983777</t>
+  </si>
+  <si>
+    <t>interferon alfa 2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400788/fr/introna-10-millions-d-ui-solution-injectable-flacon-b/1-1-flacon-s-en-verre-de-1-ml-avec-1-seringue-s-avec-1-aiguille-s-avec-1-tampon-nettoyant-349-562-8-introna-18-millions-d-ui-solution-injectable-flacon-b/1-1-flacon-s-en-verre-de-3-ml-349-749-0-introna-18-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec-12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-654-2-introna-30-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec-12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-657-1-introna-60-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-660-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602954/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019682/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733606/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>LITHIODERM (lithium (gluconate de))</t>
+  </si>
+  <si>
+    <t>10/11/2016 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983853/fr/lithioderm-lithium-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983853</t>
+  </si>
+  <si>
+    <t>lithium (gluconate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399751/fr/lithioderm-8-gel-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487106/fr/lithioderm-lithium-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250138/fr/lithioderm-lithium-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721653/fr/lithioderm-lithium-gluconate-de</t>
+  </si>
+  <si>
+    <t>EFFEDERM (trétinoïne)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983855/fr/effederm-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983855</t>
+  </si>
+  <si>
+    <t>trétinoïne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651905/fr/effederm-tretinoine-retinoide-topique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563003/fr/effederm-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721647/fr/effederm-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400651/fr/effederm-solution-pour-application-cutanee-1-flacon-de-50-ml-avec-valve-doseuse-code-cip-322-706-9</t>
+  </si>
+  <si>
+    <t>EFFICORT LIPOPHILE - HYDROPHILE (acéponate d'hydrocortisone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983857/fr/efficort-lipophile-hydrophile-aceponate-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>pprd_2983857</t>
+  </si>
+  <si>
+    <t>acéponate d'hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399245/fr/efficort-hydrophile-0-127-tubes-de-15-g-et-30-g-efficort-lipophile-0-127-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555391/fr/efficort-lipophile-aceponate-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072234/fr/efficort-aceponate-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721641/fr/efficort-lipophile-hydrophile-aceponate-d-hydrocortisone</t>
   </si>
   <si>
     <t>ALDARA (imiquimod)</t>
   </si>
   <si>
-    <t>11/08/2016 17:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983861/en/aldara-imiquimod</t>
+    <t>08/11/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983861/fr/aldara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2983861</t>
   </si>
   <si>
     <t>imiquimod</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400203/en/aldara-imiquimod</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2682498/en/aldara-imiquimod</t>
+    <t>https://www.has-sante.fr/jcms/c_400203/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400220/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725097/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945892/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579404/fr/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682498/fr/aldara-imiquimod</t>
   </si>
   <si>
     <t>FLIXABI (infliximab)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/fr/flixabi-infliximab</t>
   </si>
   <si>
     <t>pprd_2983867</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682160/fr/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/fr/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>LOCACID (trétinoïne)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983872/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983872</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538075/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250139/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682127/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399387/fr/locacid-creme-dermatologique-tube-de-30-g-locacid-lotion-flacon-de-15-ml-tretinoine</t>
+  </si>
+  <si>
+    <t>GLUCANTIME (méglumine (antimoniate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983882/fr/glucantime-meglumine-antimoniate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983882</t>
+  </si>
+  <si>
+    <t>méglumine (antimoniate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468426/fr/glucantime-meglumine-antimoniate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098664/fr/glucantime-meglumine-antimoniate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682079/fr/glucantime-meglumine-antimoniate-de</t>
+  </si>
+  <si>
+    <t>DOXY (doxycycline (hyclate de))</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983892/fr/doxy-doxycycline-hyclate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983892</t>
+  </si>
+  <si>
+    <t>doxycycline (hyclate de)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398896/fr/doxy-ge-50-mg-comprime-pellicule-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398897/fr/doxy-100-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398895/fr/doxy-100-mg-comprime-pellicule-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399625/fr/doxy-100-mg-comprime-pellicule-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487126/fr/doxy-doxycycline-hyclate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361972/fr/doxy-doxycycline-hyclate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680647/fr/doxy-doxycycline-hyclate-de</t>
+  </si>
+  <si>
+    <t>BEPANTHEN (dexpanthénol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983896/fr/bepanthen-dexpanthenol</t>
+  </si>
+  <si>
+    <t>pprd_2983896</t>
+  </si>
+  <si>
+    <t>dexpanthénol</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE Division Consumer Health</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680632/fr/bepanthen-dexpanthenol</t>
+  </si>
+  <si>
+    <t>MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983915/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983915</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400873/fr/medrol-100-mg-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711194/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678880/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>DEXPANTHENOL EG LABO CONSEIL (dexpanthénol)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983924/fr/dexpanthenol-eg-labo-conseil-dexpanthenol</t>
+  </si>
+  <si>
+    <t>pprd_2983924</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730053/fr/dexpanthenol-arrow-dexpanthenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017125/fr/dexpanthenol-sandoz-conseil-dexpanthenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035701/fr/dexpanthenol-biogaran-conseil-dexpanthenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038839/fr/dexpanthenol-mylan-dexpanthenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676772/fr/dexpanthenol-eg-labo-conseil-dexpanthenol</t>
+  </si>
+  <si>
+    <t>ZORAC (tazarotène)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983934/fr/zorac-tazarotene</t>
+  </si>
+  <si>
+    <t>pprd_2983934</t>
+  </si>
+  <si>
+    <t>tazarotène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399355/fr/zorac-tazarotene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538022/fr/zorac-tazarotene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057907/fr/zorac-tazarotene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676735/fr/zorac-tazarotene</t>
   </si>
   <si>
     <t>NIVAQUINE (chloroquine (sulfate de))</t>
   </si>
   <si>
-    <t>09/30/2016 16:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+    <t>30/09/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/fr/nivaquine-chloroquine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983955</t>
   </si>
   <si>
     <t>chloroquine (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+    <t>https://www.has-sante.fr/jcms/c_468413/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/fr/nivaquine-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
   <si>
     <t>TOCTINO (alitrétinoïne)</t>
   </si>
   <si>
-    <t>10/03/2016 12:33:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983973/en/toctino-alitretinoine</t>
+    <t>03/10/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983973/fr/toctino-alitretinoine</t>
   </si>
   <si>
     <t>pprd_2983973</t>
   </si>
   <si>
     <t>alitrétinoïne</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_793460/en/toctino</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671722/en/toctino-alitretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_793460/fr/toctino-alitretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773293/fr/toctino-alitretinoine-retinoide-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671722/fr/toctino-alitretinoine</t>
   </si>
   <si>
     <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>09/27/2016 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>27/09/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983986</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/fr/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/fr/tegeline-immunoglobuline-humaine-normale-immunoglobuline-humaine-polyvalente-iv</t>
+  </si>
+  <si>
+    <t>BILASKA (bilastine)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984017/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>pprd_2984017</t>
+  </si>
+  <si>
+    <t>bilastine</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068199/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658561/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>INORIAL (bilastine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984021/fr/inorial-bilastine</t>
+  </si>
+  <si>
+    <t>pprd_2984021</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068202/fr/inorial-bilastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658546/fr/inorial-bilastine</t>
   </si>
   <si>
     <t>ODOMZO (sonidégib)</t>
   </si>
   <si>
-    <t>07/12/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984071/en/odomzo-sonidegib</t>
+    <t>12/07/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984071/fr/odomzo-sonidegib</t>
   </si>
   <si>
     <t>pprd_2984071</t>
   </si>
   <si>
     <t>sonidégib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655911/en/odomzo-sonidegib-hedgehog-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_2655911/fr/odomzo-sonidegib-inhibiteur-de-hedgehog</t>
+  </si>
+  <si>
+    <t>DIFFERINE (adapalène)</t>
+  </si>
+  <si>
+    <t>15/06/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984080/fr/differine-adapalene</t>
+  </si>
+  <si>
+    <t>pprd_2984080</t>
+  </si>
+  <si>
+    <t>adapalène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399322/fr/differine-0-1-pour-cent-creme-tube-de-30-g-differine-0-1-pour-cent-gel-pour-application-locale-tube-de-30-g-adapalene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555364/fr/differine-adapalene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072216/fr/differine-adapalene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639127/fr/differine-adapalene</t>
+  </si>
+  <si>
+    <t>PRIMALAN (mequitazine)</t>
+  </si>
+  <si>
+    <t>14/06/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984081/fr/primalan-mequitazine</t>
+  </si>
+  <si>
+    <t>pprd_2984081</t>
+  </si>
+  <si>
+    <t>mequitazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400671/fr/primalan-10-mg-comprime-secable-boite-de-14-code-cip-339-583-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847980/fr/primalan-mequitazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637990/fr/primalan-mequitazine</t>
+  </si>
+  <si>
+    <t>LOCOÏD (hydrocortisone (butyrate d'))</t>
+  </si>
+  <si>
+    <t>14/06/2016 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984082/fr/locoid-hydrocortisone-butyrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984082</t>
+  </si>
+  <si>
+    <t>hydrocortisone (butyrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637987/fr/locoid-hydrocortisone-butyrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072222/fr/locoid-hydrocortisone-butyrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523285/fr/locoid-hydrocortisone-butyrate-d</t>
+  </si>
+  <si>
+    <t>DIASEPTYL (chlorhexidine (gluconate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984083/fr/diaseptyl-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984083</t>
+  </si>
+  <si>
+    <t>chlorhexidine (gluconate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036272/fr/diaseptyl-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637984/fr/diaseptyl-chlorhexidine-gluconate-de</t>
   </si>
   <si>
     <t>CAELYX (doxorubicine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>10/13/2016 15:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+    <t>13/10/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/fr/caelyx-doxorubicine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984088</t>
   </si>
   <si>
-    <t>doxorubicine (chlorhydrate de)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984159/en/cotellic</t>
+    <t>https://www.has-sante.fr/jcms/c_398845/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/fr/caelyx-doxorubicine-liposomale-pegylee-antineoplasique-sarcome-de-kaposi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>EAU PPI B. BRAUN (eau pour préparations injectables)</t>
+  </si>
+  <si>
+    <t>03/06/2016 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984097/fr/eau-ppi-b-braun-eau-pour-preparations-injectables</t>
+  </si>
+  <si>
+    <t>pprd_2984097</t>
+  </si>
+  <si>
+    <t>eau pour préparations injectables</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400705/fr/eau-pour-preparation-injectable-aguettant-solvant-pour-preparation-parenterale-boite-de-1-flacon-de-500-ml-cip-319-507-9-eau-pour-preparation-injectable-aguettant-solvant-pour-preparation-parenterale-boite-de-1-flacon-de-1000-ml-cip-319-508-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046808/fr/eau-oxygenee-gilbert-eau-pour-preparations-injectables</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035716/fr/eau-ppi-kabi-eau-pour-preparations-injectables</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635761/fr/eau-ppi-b-braun-eau-pour-preparations-injectables</t>
+  </si>
+  <si>
+    <t>POLARAMINE (dexchlorphéniramine (maléate de))</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984099/fr/polaramine-dexchlorpheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984099</t>
+  </si>
+  <si>
+    <t>dexchlorphéniramine (maléate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635046/fr/polaramine-dexchlorpheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>TIENAM (imipénème monohydraté/ cilastatine sodique)</t>
+  </si>
+  <si>
+    <t>04/05/2016 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984119/fr/tienam-imipeneme-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984119</t>
+  </si>
+  <si>
+    <t>imipénèm monohydraté,cilastatine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400883/fr/tienam-imipeneme-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079031/fr/tienam-imipeneme-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296215/fr/tienam-imipeneme-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628635/fr/tienam-imipeneme-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>COTELLIC (cobimetinib)</t>
+  </si>
+  <si>
+    <t>25/05/2016 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984159/fr/cotellic-cobimetinib</t>
   </si>
   <si>
     <t>pprd_2984159</t>
   </si>
   <si>
     <t>cobimetinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2620147/en/cotellic-cobimetinib-anti-mek-protein-kinase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_2620147/fr/cotellic-cobimetinib-anti-mek-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>TAZOCILLINE (pipéracilline sodique/ tazobactam sodique)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984169/fr/tazocilline-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984169</t>
+  </si>
+  <si>
+    <t>pipéracilline sodique,tazobactam sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400881/fr/tazocilline-2-g/250-mg-poudre-pour-solution-pour-perfusion-flacon-b/1-cip-369-192-1-tazocilline-4-g/500-mg-poudre-pour-solution-pour-perfusion-flacon-b/1-cip-369-194-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241645/fr/tazocilline-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617886/fr/tazocilline-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>SEPTIVON (chlorhexidine (gluconate de))</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984203/fr/septivon-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984203</t>
+  </si>
+  <si>
+    <t>OMEGA PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400551/fr/septivon-0-5-solution-pour-application-cutanee-flacons-de-250-et-500-ml-codes-cip-312-932-6-flacon-de-250-ml-et-312-933-2-flacon-de-500-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1009520/fr/septivon-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610167/fr/septivon-chlorhexidine-gluconate-de</t>
   </si>
   <si>
     <t>ONYTEC (ciclopirox)</t>
   </si>
   <si>
-    <t>02/12/2016 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984221/en/onytec-ciclopirox</t>
+    <t>12/02/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984221/fr/onytec-ciclopirox</t>
   </si>
   <si>
     <t>pprd_2984221</t>
   </si>
   <si>
-    <t>ciclopirox</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2608641/en/onytec-ciclopirox</t>
+    <t>https://www.has-sante.fr/jcms/c_928136/fr/onytec-ciclopirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608641/fr/onytec-ciclopirox</t>
   </si>
   <si>
     <t>ERBITUX (cetuximab)</t>
   </si>
   <si>
-    <t>01/08/2016 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984265/en/erbitux-cetuximab</t>
+    <t>08/01/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984265/fr/erbitux-cetuximab</t>
   </si>
   <si>
     <t>pprd_2984265</t>
   </si>
   <si>
     <t>cetuximab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400187/en/erbitux-2-mg/ml-solution-pour-perfusion-1-flacon-50-ml</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2587099/en/erbitux-cetuximab</t>
+    <t>https://www.has-sante.fr/jcms/c_400187/fr/erbitux-2-mg/ml-solution-pour-perfusion-1-flacon-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458750/fr/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929982/fr/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847976/fr/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587099/fr/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>ORAVIR (famciclovir)</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984267/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2984267</t>
+  </si>
+  <si>
+    <t>famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400816/fr/oravir-500-mg-comprime-pellicule-b/21-cip-341-382-0-oravir-125-mg-comprime-pellicule-b/10-cip-352-369-0-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951419/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281720/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586915/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>DERMOBACTER (benzalkonium (chlorure de), solution de/ chlorhexidine (digluconate de...)</t>
+  </si>
+  <si>
+    <t>05/01/2016 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984271/fr/dermobacter-benzalkonium-chlorure-de-solution-de/-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984271</t>
+  </si>
+  <si>
+    <t>benzalkonium (chlorure de), solution de,chlorhexidine (digluconate de), solution de</t>
+  </si>
+  <si>
+    <t>INNOTECH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400907/fr/dermobacter-benzalkonium-chlorure-de-solution-de/-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987228/fr/dermobacter-benzalkonium-chlorure-de-solution-de/-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585432/fr/dermobacter-benzalkonium-chlorure-de-solution-de/-chlorhexidine-digluconate-de</t>
   </si>
   <si>
     <t>ORBACTIV (oritavancine (diphosphate d'))</t>
   </si>
   <si>
-    <t>01/18/2016 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984285/en/orbactiv-oritavancine-diphosphate-d</t>
+    <t>18/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984285/fr/orbactiv-oritavancine-diphosphate-d</t>
   </si>
   <si>
     <t>pprd_2984285</t>
   </si>
   <si>
     <t>oritavancine (diphosphate d')</t>
   </si>
   <si>
     <t>THE MEDECINES COMPANY FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581344/en/orbactiv-oritavancin-antibiotic-of-the-glycopeptide-class</t>
+    <t>https://www.has-sante.fr/jcms/c_2581344/fr/orbactiv-oritavancine-antibiotique-de-la-classe-des-glycopeptides</t>
   </si>
   <si>
     <t>ZYCLARA (imiquimod)</t>
   </si>
   <si>
-    <t>04/15/2016 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984299/en/zyclara-imiquimod</t>
+    <t>15/04/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984299/fr/zyclara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2984299</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579434/en/zyclara-imiquimod-topical-chemotherapy</t>
+    <t>https://www.has-sante.fr/jcms/c_2579434/fr/zyclara-imiquimod-chimiotherapie-a-usage-topique</t>
+  </si>
+  <si>
+    <t>KETODERM (kétoconazole)</t>
+  </si>
+  <si>
+    <t>10/12/2015 13:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984309/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984309</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400976/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994262/fr/ketoderm-ketoconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579392/fr/ketoderm-ketoconazole</t>
   </si>
   <si>
     <t>Spécialités à base de métoclopramide, stimulant de la motricité intestinale : PROKINYL LP (dompéridone/ magnésium/ métoclopramide (chlorhydrate de) anhydre/ trol...)</t>
   </si>
   <si>
-    <t>03/21/2016 13:43:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984333/en/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-prokinyl-lp-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+    <t>21/03/2016 13:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984333/fr/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-prokinyl-lp-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
   </si>
   <si>
     <t>pprd_2984333</t>
   </si>
   <si>
     <t>dompéridone,magnésium,métoclopramide (chlorhydrate de) anhydre,trolamine</t>
   </si>
   <si>
-    <t>PIERRE FABRE MEDICAMENT</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2055733/en/domperidone-based-proprietary-medicinal-products-intestinal-motility-stimulant-peridys-oroperidys-and-their-generics</t>
+    <t>https://www.has-sante.fr/jcms/c_923710/fr/specialites-a-base-de-trolamine-dans-l-erythrodermie-post-radiotherapie-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951087/fr/specialites-a-base-de-magnesium-non-associe-dans-les-carences-averees-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570590/fr/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-anausin-metoclopramide-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570596/fr/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-primperan-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570599/fr/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-prokinyl-lp-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053548/fr/specialites-a-base-de-domperidone-stimulant-de-la-motricite-intestinale-motilium-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055733/fr/specialites-a-base-de-domperidone-stimulant-de-la-motricite-intestinale-peridys-oroperidys-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>HEXOMEDINE (hexamidine (diisétionate d'))</t>
+  </si>
+  <si>
+    <t>02/11/2015 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984336/fr/hexomedine-hexamidine-diisetionate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984336</t>
+  </si>
+  <si>
+    <t>hexamidine (diisétionate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400163/fr/hexomedine-1-pour-mille-solution-pour-application-locale-1-flacon-de-45-ml-code-cip-304-954-4-1-flacon-de-250-ml-code-cip-304-953-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798120/fr/hexomedine-hexamidine-diisetionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188943/fr/hexomedine-hexamidine-diisetionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569104/fr/hexomedine-hexamidine-diisetionate-d</t>
+  </si>
+  <si>
+    <t>BISEPTINE (chlorhexidine/ benzalkonium/ alcool benzylique)</t>
+  </si>
+  <si>
+    <t>02/11/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984348/fr/biseptine-chlorhexidine/-benzalkonium/-alcool-benzylique</t>
+  </si>
+  <si>
+    <t>pprd_2984348</t>
+  </si>
+  <si>
+    <t>chlorhexidine,benzalkonium,alcool benzylique</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728844/fr/biseptine-chlorhexidine/-benzalkonium/-alcool-benzylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568260/fr/biseptine-chlorhexidine/-benzalkonium/-alcool-benzylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400767/fr/biseptine-solution-pour-application-locale-1-flacon-pulverisateur-de-100-ml-chlorhexidine/-benzalkonium/-alcool-benzylique</t>
+  </si>
+  <si>
+    <t>EFUDIX (fluorouracile)</t>
+  </si>
+  <si>
+    <t>23/10/2015 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984353/fr/efudix-fluorouracile</t>
+  </si>
+  <si>
+    <t>pprd_2984353</t>
+  </si>
+  <si>
+    <t>fluorouracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400913/fr/efudix-5-pour-cent-creme-tube-de-20-g-code-cip-321-843-2-fluorouracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990891/fr/efudix-fluorouracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565124/fr/efudix-fluorouracile</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>10/21/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>DOSISEPTINE (chlorhexidine (digluconate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984370/fr/dosiseptine-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984370</t>
+  </si>
+  <si>
+    <t>chlorhexidine (digluconate de)</t>
+  </si>
+  <si>
+    <t>GIFRER BARBEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964931/fr/dosiseptine-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563006/fr/dosiseptine-chlorhexidine-digluconate-de</t>
   </si>
   <si>
     <t>NEXOBRID (concentré d'enzymes protéolytiques riches en bromélaïne)</t>
   </si>
   <si>
-    <t>01/08/2016 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984383/en/nexobrid-concentre-d-enzymes-proteolytiques-riches-en-bromelaine</t>
+    <t>08/01/2016 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984383/fr/nexobrid-concentre-d-enzymes-proteolytiques-riches-en-bromelaine</t>
   </si>
   <si>
     <t>pprd_2984383</t>
   </si>
   <si>
     <t>concentré d'enzymes protéolytiques riches en bromélaïne</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2561335/en/nexobrid-concentrate-of-proteolytic-enzymes-enriched-in-bromelain-enzymes</t>
+    <t>https://www.has-sante.fr/jcms/c_2561335/fr/nexobrid-concentre-d-enzymes-proteolytiques-riches-en-bromelaine-enzymes</t>
+  </si>
+  <si>
+    <t>APSOR (tacalcitol)</t>
+  </si>
+  <si>
+    <t>21/10/2015 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984385/fr/apsor-tacalcitol</t>
+  </si>
+  <si>
+    <t>pprd_2984385</t>
+  </si>
+  <si>
+    <t>tacalcitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400690/fr/apsor-4-microgrammes/g-pommade-tube-de-15-g-code-cip-351-118-4-apsor-4-microgrammes/g-pommade-tube-de-60-g-code-cip-351-122-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459665/fr/apsor-tacalcitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643000/fr/apsor-tacalcitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928145/fr/apsor-tacalcitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561323/fr/apsor-tacalcitol</t>
+  </si>
+  <si>
+    <t>PANNOGEL (peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984410/fr/pannogel-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2984410</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523237/fr/pannogel-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050832/fr/pannogel-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558868/fr/pannogel-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>SOLUPRED (prednisolone)</t>
+  </si>
+  <si>
+    <t>30/07/2015 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984456/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2984456</t>
+  </si>
+  <si>
+    <t>prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400230/fr/solupred-5-mg-comprime-orodispersible-boite-de-30-code-cip-349-367-0-solupred-20-mg-comprime-orodispersible-boite-de-20-code-cip-349-368-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977223/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048973/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>ARAVA (léflunomide)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984507/fr/arava-leflunomide</t>
+  </si>
+  <si>
+    <t>pprd_2984507</t>
+  </si>
+  <si>
+    <t>léflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400085/fr/arava-10-mg-comprimes-pellicules-boite-de-30-et-boite-de-100-arava-20-mg-comprimes-pellicules-boite-de-30-et-boite-de-100-arava-100-mg-comprimes-pellicules-boite-de-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400761/fr/arava-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981920/fr/arava-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040099/fr/arava-leflunomide</t>
+  </si>
+  <si>
+    <t>FAZOL (isoconazole (nitrate d'))</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984529/fr/fazol-isoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984529</t>
+  </si>
+  <si>
+    <t>isoconazole (nitrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400782/fr/fazol-2-poudre-pour-application-locale-flacon-poudreur-de-30-g-fazol-2-emulsion-fluide-pour-application-locale-flacon-de-30-g-fazol-2-creme-tube-de-30-g-fazol-g-300-mg-ovule-b/3-isoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598696/fr/fazol-isoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036257/fr/fazol-isoconazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>EFFIZINC (gluconate de zinc)</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984561/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2984561</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798111/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944492/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027389/fr/effizinc-gluconate-de-zinc</t>
   </si>
   <si>
     <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
   </si>
   <si>
-    <t>06/01/2015 13:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+    <t>01/06/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
   </si>
   <si>
     <t>pprd_2984572</t>
   </si>
   <si>
     <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2025598/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc-produit-radiopharmaceutique</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t>05/22/2015 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>22/05/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/fr/dexeryl-glycerol-vaseline-paraffine-liquide-emollient</t>
   </si>
   <si>
     <t>TOPISCAB 5% (perméthrine)</t>
   </si>
   <si>
-    <t>04/09/2015 18:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984608/en/topiscab-5-permethrine</t>
+    <t>09/04/2015 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984608/fr/topiscab-5-permethrine</t>
   </si>
   <si>
     <t>pprd_2984608</t>
   </si>
   <si>
     <t>perméthrine</t>
   </si>
   <si>
     <t>CODEXIAL DERMATOLOGIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2011663/en/topiscab-5-permethrin-antiparasitic</t>
+    <t>https://www.has-sante.fr/jcms/c_2011663/fr/topiscab-5-permethrine-antiparasitaire</t>
   </si>
   <si>
     <t>BEROMUN (tasonermine)</t>
   </si>
   <si>
-    <t>11/24/2014 09:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984665/en/beromun-tasonermine</t>
+    <t>24/11/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984665/fr/beromun-tasonermine</t>
   </si>
   <si>
     <t>pprd_2984665</t>
   </si>
   <si>
     <t>tasonermine</t>
   </si>
   <si>
-    <t>BOEHRINGER INGELHEIM FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
+    <t>https://www.has-sante.fr/jcms/c_1774629/fr/beromun-tasonermine</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué (virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN...)</t>
+  </si>
+  <si>
+    <t>23/02/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
   </si>
   <si>
     <t>pprd_2984669</t>
   </si>
   <si>
     <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/c_1774169/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
   </si>
   <si>
     <t>VEREGEN (extrait sec de feuille de thé vert)</t>
   </si>
   <si>
-    <t>10/13/2014 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984700/en/veregen-extrait-sec-de-feuille-de-the-vert</t>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984700/fr/veregen-extrait-sec-de-feuille-de-the-vert</t>
   </si>
   <si>
     <t>pprd_2984700</t>
   </si>
   <si>
     <t>extrait sec de feuille de thé vert</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1765933/en/veregen</t>
+    <t>https://www.has-sante.fr/jcms/c_1765933/fr/veregen-extrait-sec-de-feuille-de-the-vert</t>
   </si>
   <si>
     <t>NORMOSANG (hémine)</t>
   </si>
   <si>
-    <t>08/11/2014 14:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984711/en/normosang-hemine</t>
+    <t>11/08/2014 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984711/fr/normosang-hemine</t>
   </si>
   <si>
     <t>pprd_2984711</t>
   </si>
   <si>
     <t>hémine</t>
   </si>
   <si>
     <t>ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1759332/en/normosang</t>
+    <t>https://www.has-sante.fr/jcms/c_1759332/fr/normosang-hemine</t>
+  </si>
+  <si>
+    <t>PACLITAXEL AHCL (paclitaxel)</t>
+  </si>
+  <si>
+    <t>30/07/2014 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984730/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2984730</t>
+  </si>
+  <si>
+    <t>paclitaxel</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756170/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>MYLEUGYNE (éconazole (nitrate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984746/fr/myleugyne-econazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984746</t>
+  </si>
+  <si>
+    <t>éconazole (nitrate d')</t>
+  </si>
+  <si>
+    <t>IPRAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752082/fr/myleugyne-econazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752085/fr/myleugyne-econazole-nitrate-d</t>
+  </si>
+  <si>
+    <t>BETNEVAL (bétaméthasone (valérate de))</t>
+  </si>
+  <si>
+    <t>26/05/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984767/fr/betneval-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984767</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737145/fr/betneval-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742478/fr/betneval-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>TROMBOVAR (tétradécyl sulfate de sodium)</t>
+  </si>
+  <si>
+    <t>06/05/2014 20:23:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984778/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984778</t>
+  </si>
+  <si>
+    <t>tétradécyl sulfate de sodium</t>
+  </si>
+  <si>
+    <t>KREUSSLER PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260385/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739148/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>ECLARAN (peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984784/fr/eclaran-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2984784</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718945/fr/eclaran-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738615/fr/eclaran-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>ERIVEDGE (vismodégib)</t>
   </si>
   <si>
-    <t>09/15/2014 17:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984829/en/erivedge-vismodegib</t>
+    <t>15/09/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984829/fr/erivedge-vismodegib</t>
   </si>
   <si>
     <t>pprd_2984829</t>
   </si>
   <si>
     <t>vismodégib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1721873/en/erivedge</t>
+    <t>https://www.has-sante.fr/jcms/c_1721873/fr/erivedge-vismodegib-antineoplasique</t>
+  </si>
+  <si>
+    <t>SEPTEAL (chlorhexidine (gluconate de))</t>
+  </si>
+  <si>
+    <t>13/01/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984852/fr/septeal-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984852</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724588/fr/septeal-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189013/fr/septeal-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716247/fr/septeal-chlorhexidine-gluconate-de</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/fr/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>PIPERACILLINE TAZOBACTAM STRAVENCON (pipéracilline-tazobactam/ pipéracilline sodique/ tazobactam sodique)</t>
+  </si>
+  <si>
+    <t>12/11/2013 15:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984873/fr/piperacilline-tazobactam-stravencon-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984873</t>
+  </si>
+  <si>
+    <t>pipéracilline-tazobactam,pipéracilline sodique,tazobactam sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818403/fr/piperacilline-tazobactam-kabi-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671503/fr/piperacilline-tazobactam-stravencon-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>IMIPENEM CILASTATINE STRAVENCON (imipénem monohydraté/ cilastatine sodique)</t>
+  </si>
+  <si>
+    <t>04/11/2013 17:38:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984874/fr/imipenem-cilastatine-stravencon-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984874</t>
+  </si>
+  <si>
+    <t>imipénem monohydraté,cilastatine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652834/fr/imipenem-cilastatine-actavis-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671500/fr/imipenem-cilastatine-stravencon-imipenem-monohydrate/-cilastatine-sodique</t>
+  </si>
+  <si>
+    <t>ALKOSALEN (salicylique (acide)/ flumétasone (pivalate de))</t>
+  </si>
+  <si>
+    <t>30/10/2013 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984875/fr/alkosalen-salicylique-acide-/-flumetasone-pivalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984875</t>
+  </si>
+  <si>
+    <t>salicylique (acide),flumétasone (pivalate de)</t>
+  </si>
+  <si>
+    <t>ALKOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670206/fr/alkosalen-salicylique-acide-/-flumetasone-pivalate-de</t>
+  </si>
+  <si>
+    <t>NERISONE (diflucortolone (valérate de))</t>
+  </si>
+  <si>
+    <t>04/10/2013 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984892/fr/nerisone-diflucortolone-valerate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984892</t>
+  </si>
+  <si>
+    <t>diflucortolone (valérate de)</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725207/fr/nerisone-diflucortolone-valerate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649713/fr/nerisone-diflucortolone-valerate-de</t>
+  </si>
+  <si>
+    <t>SYNALAR (acétonide de fluocinolone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984895/fr/synalar-acetonide-de-fluocinolone</t>
+  </si>
+  <si>
+    <t>pprd_2984895</t>
+  </si>
+  <si>
+    <t>acétonide de fluocinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722967/fr/synalar-acetonide-de-fluocinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648981/fr/synalar-acetonide-de-fluocinolone</t>
+  </si>
+  <si>
+    <t>BIORGASEPT (chlorhexidine (gluconate de))</t>
+  </si>
+  <si>
+    <t>21/05/2013 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984925/fr/biorgasept-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984925</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623576/fr/biorgasept-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188967/fr/biorgasept-chlorhexidine-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543501/fr/biorgasept-chlorhexidine-gluconate-de</t>
   </si>
   <si>
     <t>EFFALA (acide 5-aminolévulinique (chlorhydrate de l’))</t>
   </si>
   <si>
-    <t>07/12/2013 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984935/en/effala-acide-5-aminolevulinique-chlorhydrate-de-l</t>
+    <t>12/07/2013 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984935/fr/effala-acide-5-aminolevulinique-chlorhydrate-de-l</t>
   </si>
   <si>
     <t>pprd_2984935</t>
   </si>
   <si>
     <t>acide 5-aminolévulinique (chlorhydrate de l’)</t>
   </si>
   <si>
     <t>SPIRIG PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1367948/en/effala</t>
+    <t>https://www.has-sante.fr/jcms/c_1367948/fr/effala-8-mg-acide-5-aminolevulinique-agent-sensibilisant-en-phototherapie-dynamique</t>
+  </si>
+  <si>
+    <t>PRISTAM (pristinamycine)</t>
+  </si>
+  <si>
+    <t>26/11/2012 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984971/fr/pristam-pristinamycine</t>
+  </si>
+  <si>
+    <t>pprd_2984971</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332077/fr/pristam-pristinamycine</t>
+  </si>
+  <si>
+    <t>TARGRETIN (bexarotène)</t>
+  </si>
+  <si>
+    <t>28/03/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985036/fr/targretin-bexarotene</t>
+  </si>
+  <si>
+    <t>pprd_2985036</t>
+  </si>
+  <si>
+    <t>bexarotène</t>
+  </si>
+  <si>
+    <t>Laboratoire CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399464/fr/targretin-75mg-capsules-molles-flacon-de-100-capsules-bexarotene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574633/fr/targretin-bexarotene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241661/fr/targretin-bexarotene</t>
+  </si>
+  <si>
+    <t>OCTEGRA (moxifloxacine)</t>
+  </si>
+  <si>
+    <t>18/04/2012 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985038/fr/octegra-moxifloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2985038</t>
+  </si>
+  <si>
+    <t>moxifloxacine</t>
+  </si>
+  <si>
+    <t>Laboratoire BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234498/fr/octegra-moxifloxacine</t>
+  </si>
+  <si>
+    <t>NERISALIC (diflucortolone/ acide salicylique)</t>
+  </si>
+  <si>
+    <t>17/02/2012 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985056/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>pprd_2985056</t>
+  </si>
+  <si>
+    <t>diflucortolone,acide salicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722948/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198177/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>EPIDUO (peroxyde de benzoyle Adapalène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985058/fr/epiduo-peroxyde-de-benzoyle-adapalene</t>
+  </si>
+  <si>
+    <t>pprd_2985058</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle Adapalène</t>
+  </si>
+  <si>
+    <t>Laboratoire GALDERMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198168/fr/epiduo-peroxyde-de-benzoyle-adapalene</t>
+  </si>
+  <si>
+    <t>HEXAMIDINE RATIOPHARM (hexamidine)</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985064/fr/hexamidine-ratiopharm-hexamidine</t>
+  </si>
+  <si>
+    <t>pprd_2985064</t>
+  </si>
+  <si>
+    <t>hexamidine</t>
+  </si>
+  <si>
+    <t>LABORATOIRE RATIOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188974/fr/hexamidine-mylan-hexamidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189061/fr/hexamidine-ratiopharm-hexamidine</t>
+  </si>
+  <si>
+    <t>BASEAL (chlorhexidine (digluconate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985067/fr/baseal-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985067</t>
+  </si>
+  <si>
+    <t>Laboratoire PIERRE FABRE DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677495/fr/baseal-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188980/fr/baseal-chlorhexidine-digluconate-de</t>
+  </si>
+  <si>
+    <t>CADITAR (huile de cade)</t>
+  </si>
+  <si>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985075/fr/caditar-huile-de-cade</t>
+  </si>
+  <si>
+    <t>pprd_2985075</t>
+  </si>
+  <si>
+    <t>huile de cade</t>
+  </si>
+  <si>
+    <t>Laboratoire TRADIPHAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832527/fr/caditar-huile-de-cade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163461/fr/caditar-huile-de-cade</t>
   </si>
   <si>
     <t>TYGACIL (tigécycline)</t>
   </si>
   <si>
-    <t>10/12/2016 14:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985077/en/tygacil-tigecycline</t>
+    <t>12/10/2016 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985077/fr/tygacil-tigecycline</t>
   </si>
   <si>
     <t>pprd_2985077</t>
   </si>
   <si>
     <t>tigécycline</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461190/en/tygacil</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661383/en/tygacil-tigecycline-glycylcyclines</t>
+    <t>https://www.has-sante.fr/jcms/c_461190/fr/tygacil-tigecycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163443/fr/tygacil-tigecycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661383/fr/tygacil-tigecycline-glycylcyclines</t>
+  </si>
+  <si>
+    <t>STIMYCINE (erythromycine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985079/fr/stimycine-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2985079</t>
+  </si>
+  <si>
+    <t>Laboratoire STIEFEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718924/fr/stimycine-erythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163399/fr/stimycine-erythromycine</t>
+  </si>
+  <si>
+    <t>MITOSYL (oxyde de zinc/ huile de foie de poisson)</t>
+  </si>
+  <si>
+    <t>21/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985123/fr/mitosyl-oxyde-de-zinc/-huile-de-foie-de-poisson</t>
+  </si>
+  <si>
+    <t>pprd_2985123</t>
+  </si>
+  <si>
+    <t>oxyde de zinc,huile de foie de poisson</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104040/fr/mitosyl-irritations-oxyde-de-zinc/-huile-de-foie-de-poisson</t>
+  </si>
+  <si>
+    <t>ROSICED (métronidazole)</t>
+  </si>
+  <si>
+    <t>07/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985133/fr/rosiced-metronidazole</t>
+  </si>
+  <si>
+    <t>pprd_2985133</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399396/fr/rosiced-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538035/fr/rosiced-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098683/fr/rosiced-metronidazole</t>
+  </si>
+  <si>
+    <t>CARYOLYSINE (chlorméthine)</t>
+  </si>
+  <si>
+    <t>25/05/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985160/fr/caryolysine-chlormethine</t>
+  </si>
+  <si>
+    <t>pprd_2985160</t>
+  </si>
+  <si>
+    <t>chlorméthine</t>
+  </si>
+  <si>
+    <t>Laboratoire GENOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400999/fr/caryolysine-10-mg-solution-a-diluer-et-solvant-pour-solution-injectable-et-pour-application-cutanee-cip-3019129</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062709/fr/caryolysine-chlormethine</t>
+  </si>
+  <si>
+    <t>BUTAZOLIDINE (phénylbutazone)</t>
+  </si>
+  <si>
+    <t>16/09/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985180/fr/butazolidine-phenylbutazone</t>
+  </si>
+  <si>
+    <t>pprd_2985180</t>
+  </si>
+  <si>
+    <t>phénylbutazone</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400854/fr/butazolidine-100-mg-comprime-enrobeboite-de-20-comprimes-301-634-9-butazolidine-250-mg-suppositoireboite-de-5-suppositoires-301-636-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054874/fr/butazolidine-phenylbutazone</t>
+  </si>
+  <si>
+    <t>CLARAMID (roxithromycine)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985202/fr/claramid-roxithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2985202</t>
+  </si>
+  <si>
+    <t>Laboratoire PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398869/fr/claramid-150-mg-comprime-enrobe-boite-de-16-claramid-enfant-100-mg-comprime-pellicule-boite-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455276/fr/claramid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036260/fr/claramid-roxithromycine</t>
+  </si>
+  <si>
+    <t>AREDIA (pamidronate de sodium)</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985220/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985220</t>
+  </si>
+  <si>
+    <t>pamidronate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399123/fr/aredia-15-mg/5-ml-lyophilisat-et-solution-pour-perfusion-boite-de-4-aredia-60-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-aredia-90-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455075/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016646/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>ERYACNE (érythromycine)</t>
+  </si>
+  <si>
+    <t>17/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985233/fr/eryacne-erythromycine</t>
+  </si>
+  <si>
+    <t>pprd_2985233</t>
+  </si>
+  <si>
+    <t>érythromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400654/fr/eryacne-4-pour-cent-solution-pour-application-cutanee-flacon-de-100-ml-avec-compte-gouttes-code-cip-336-081-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003612/fr/eryacne-erythromycine</t>
+  </si>
+  <si>
+    <t>ERYLIK (erythromycine/ trétinoïne)</t>
+  </si>
+  <si>
+    <t>28/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985243/fr/erylik-erythromycine/-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2985243</t>
+  </si>
+  <si>
+    <t>erythromycine,trétinoïne</t>
+  </si>
+  <si>
+    <t>Laboratoire BAILLEUL-BIORGA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996893/fr/erylik-erythromycine/-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400707/fr/erylik-erythromycine/-tretinoine</t>
+  </si>
+  <si>
+    <t>Immunoglobulines IV dans le traitement du pemphigus (immunoglobuline normale/ immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>11/06/2010 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985270/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985270</t>
+  </si>
+  <si>
+    <t>immunoglobuline normale,immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951073/fr/immunoglobulines-intraveineuses-dans-le-traitement-de-la-myasthenie-crises-ou-poussees-severes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951080/fr/immunoglobulines-intraveineuses-dans-le-traitement-des-myopathies-inflammatoires-severes-ou-cortico-resistantes-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958840/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>Immunosupresseurs dans le traitement des myopathies inflammatoires (cyclophosphamide/ mycophénolate mofétil/ léflunomide/ ciclosporine/ methotrexate/ rituximab)</t>
+  </si>
+  <si>
+    <t>07/05/2010 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985282/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2985282</t>
+  </si>
+  <si>
+    <t>cyclophosphamide,mycophénolate mofétil,léflunomide,ciclosporine,methotrexate,rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
   </si>
   <si>
     <t>SOLARAZE (diclofénac)</t>
   </si>
   <si>
-    <t>02/18/2011 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985304/en/solaraze-diclofenac</t>
+    <t>18/02/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985304/fr/solaraze-diclofenac</t>
   </si>
   <si>
     <t>pprd_2985304</t>
   </si>
   <si>
     <t>diclofénac</t>
   </si>
   <si>
     <t>Laboratoire ALMIRALL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399285/en/solaraze-3-gel-tube-de-25-g</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_903962/en/solaraze</t>
+    <t>https://www.has-sante.fr/jcms/c_399285/fr/solaraze-3-gel-tube-de-25-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903962/fr/solaraze-diclofenac</t>
+  </si>
+  <si>
+    <t>KETREL (trétinoïne)</t>
+  </si>
+  <si>
+    <t>06/01/2010 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985306/fr/ketrel-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2985306</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400239/fr/ketrel-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900518/fr/ketrel-tretinoine</t>
+  </si>
+  <si>
+    <t>LEDERTREXATE (methotrexate)</t>
+  </si>
+  <si>
+    <t>21/04/2016 15:55:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985312/fr/ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2985312</t>
+  </si>
+  <si>
+    <t>BIODIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400929/fr/ledertrexate-25-mg-solution-injectable-ampoule-de-1-ml-316-021-8-ledertrexate-5-mg-solution-injectable-ampoule-de-2-ml-315-012-5-ledertrexate-50-mg-solution-injectable-ampoule-de-2-ml-315-014-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>ABBOTICINE - ERYTHROCINE (erythromycine (éthylsuccinate d'))</t>
+  </si>
+  <si>
+    <t>11/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985339/fr/abboticine-erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985339</t>
+  </si>
+  <si>
+    <t>erythromycine (éthylsuccinate d')</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793445/fr/abboticine-erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896418/fr/erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719392/fr/erythrocine-erythromycine-ethylsuccinate-d</t>
+  </si>
+  <si>
+    <t>PANOXYL (Peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>12/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985368/fr/panoxyl-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2985368</t>
+  </si>
+  <si>
+    <t>Peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>STIEFEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718942/fr/panoxyl-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>RELVENE (o-(betahydroxyéthyl) - rutosides)</t>
+  </si>
+  <si>
+    <t>08/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985721/fr/relvene-o-betahydroxyethyl-rutosides</t>
+  </si>
+  <si>
+    <t>pprd_2985721</t>
+  </si>
+  <si>
+    <t>o-(betahydroxyéthyl) - rutosides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400545/fr/relvene-2-gel-localtube-de-60-g-boite-de-1-code-cip-309-030-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400546/fr/relvene-1000-mg-poudre-pour-solution-buvable-en-sachet-dose-b/20-cip-309-035-7-relvene-4-pour-cent-solution-buvable-flacon-de-90-ml-code-cip-3090340</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - HAD - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en HAD à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2024).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894788/fr/iqss-2025-had-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_894788</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur HAD : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en HAD à partir du dossier patient : Coordination des prises en charge et pratiques clinique.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478839/fr/iqss-archives-secteur-had-coordination-des-prises-en-charge-et-pratiques-cliniques-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478839</t>
+  </si>
+  <si>
+    <t>Soins et traitements prodigués par le pédicure-podologue</t>
+  </si>
+  <si>
+    <t>Zoom sur les protocoles de soins des spécialistes en pédicurie-podologie : soins, notamment instrumentaux, conception d’orthèses et conseils d’hygiène et de prévention.</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218055/fr/soins-et-traitements-prodigues-par-le-pedicure-podologue</t>
+  </si>
+  <si>
+    <t>p_3218055</t>
+  </si>
+  <si>
+    <t>Podologie &amp; cancer, prévenir les effets secondaires des traitements</t>
+  </si>
+  <si>
+    <t>Orienter un patient chez un pédicure-podologue avant et pendant un traitement anticancéreux, permet de maintenir le traitement au dosage prescrit et de garantir au patient une meilleure qualité de vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218182/fr/podologie-cancer-prevenir-les-effets-secondaires-des-traitements</t>
+  </si>
+  <si>
+    <t>p_3218182</t>
+  </si>
+  <si>
+    <t>Mélanome cutané : la détection précoce est essentielle</t>
+  </si>
+  <si>
+    <t>Le mélanome cutané est le plus grave des cancers de la peau. Aucune catégorie d’âge n’est épargnée. Une détection précoce offre de meilleures chances de guérison.</t>
+  </si>
+  <si>
+    <t>11/02/2020 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974838/fr/melanome-cutane-la-detection-precoce-est-essentielle</t>
+  </si>
+  <si>
+    <t>pprd_2974838</t>
+  </si>
+  <si>
+    <t>Infections cutanées bactériennes, signes de gravité &amp; traitement</t>
+  </si>
+  <si>
+    <t>Dermohypodermites bactériennes, fasciite nécrosante, infection bactérienne… Certaines de ces infections, fréquentes en pratique de ville, sont des urgences vitales.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974159/fr/infections-cutanees-bacteriennes-signes-de-gravite-traitement</t>
+  </si>
+  <si>
+    <t>pprd_2974159</t>
+  </si>
+  <si>
+    <t>Allergologie &amp; immunologie, 5 messages pour des soins pertinents</t>
+  </si>
+  <si>
+    <t>Des messages courts sur les pratiques diagnostiques et thérapeutiques dans l’allergie, l’asthme, l’urticaire chronique, l’anaphylaxie et la sinusite aiguë.</t>
+  </si>
+  <si>
+    <t>18/05/2018 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974199/fr/allergologie-immunologie-5-messages-pour-des-soins-pertinents</t>
+  </si>
+  <si>
+    <t>pprd_2974199</t>
+  </si>
+  <si>
+    <t>L’acné est une pathologie cutanée très fréquente, touchant essentiellement les adolescents et les jeunes adultes des deux sexes. L’acné concerne : - plus de 3 adolescents sur 4 (selon les études, entre 75 et 95 %) - 12% des femmes et 3% des hommes entre 25 et 58 ans, Dans 20% des cas, il s’agit d’une acné modérée à très sévère. Questions-réponses sur l’acné.</t>
+  </si>
+  <si>
+    <t>20/10/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574402/fr/acne-quand-et-comment-la-traiter</t>
+  </si>
+  <si>
+    <t>c_2574402</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -4782,6976 +15420,27274 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:BM337"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1845</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>1846</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>1847</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>1848</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>1849</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>1850</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1851</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1852</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1855</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1856</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>1846</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>1857</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>1858</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>1859</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>1860</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1861</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1862</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1872</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1873</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1875</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1877</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1879</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1881</v>
+      </c>
+      <c r="U4" t="s">
+        <v>1882</v>
+      </c>
+      <c r="V4" t="s">
+        <v>1883</v>
+      </c>
+      <c r="W4" t="s">
+        <v>1884</v>
+      </c>
+      <c r="X4" t="s">
+        <v>1885</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>1886</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>1887</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>1887</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>1888</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>1889</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>1890</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>1892</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>1893</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>1895</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>1896</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>1897</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>1898</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>1899</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>1900</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>1901</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>1902</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>1903</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>1904</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>1905</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>1907</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>1908</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>1909</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>1910</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>1911</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>1912</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>1913</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1922</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="U5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="V5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="W5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="X5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1931</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1932</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1934</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1935</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1936</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1942</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1943</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1944</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1945</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1950</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1952</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1958</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1961</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1962</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1963</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1965</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1966</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1967</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1968</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1974</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1975</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1976</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1977</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1978</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1979</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1980</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1980</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1981</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1987</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1988</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1989</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1991</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1992</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1998</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2000</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2008</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2009</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2010</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2011</v>
+      </c>
+      <c r="O13" t="s">
+        <v>2012</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2013</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2014</v>
+      </c>
+      <c r="R13" t="s">
+        <v>2015</v>
+      </c>
+      <c r="S13" t="s">
+        <v>2016</v>
+      </c>
+      <c r="T13" t="s">
+        <v>2017</v>
+      </c>
+      <c r="U13" t="s">
+        <v>2018</v>
+      </c>
+      <c r="V13" t="s">
+        <v>2019</v>
+      </c>
+      <c r="W13" t="s">
+        <v>2020</v>
+      </c>
+      <c r="X13" t="s">
+        <v>2021</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>2022</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>2023</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>2024</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>2025</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>2026</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>2027</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>2028</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>2029</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>2030</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>2031</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>2032</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>2033</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>2037</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>2038</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>2039</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>2040</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>2041</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>2042</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>2043</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>2044</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>2045</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>2046</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>2047</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>2048</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>2049</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>2050</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>2051</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>2052</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>2053</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>2054</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>2056</v>
+      </c>
+      <c r="BH13" t="s">
+        <v>2057</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>2058</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>2059</v>
+      </c>
+      <c r="BK13" t="s">
+        <v>2060</v>
+      </c>
+      <c r="BL13" t="s">
+        <v>2061</v>
+      </c>
+      <c r="BM13" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2067</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2070</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2071</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J15" t="s">
+        <v>933</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2084</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2085</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2088</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2089</v>
+      </c>
+      <c r="O16" t="s">
+        <v>2090</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2093</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2094</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2096</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2097</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2098</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2104</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2106</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2107</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2114</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2116</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2117</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2118</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2124</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2132</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2133</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2139</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2140</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2141</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2142</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2143</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2140</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2149</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2157</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2159</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2164</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2165</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2166</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2167</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2175</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2176</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2177</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2178</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2191</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2192</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2198</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2199</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2201</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2202</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2203</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2204</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2205</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2206</v>
+      </c>
+      <c r="R29" t="s">
+        <v>2207</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2208</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2215</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2219</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2221</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2222</v>
+      </c>
+      <c r="R30" t="s">
+        <v>2223</v>
+      </c>
+      <c r="S30" t="s">
+        <v>2224</v>
+      </c>
+      <c r="T30" t="s">
+        <v>2225</v>
+      </c>
+      <c r="U30" t="s">
+        <v>2226</v>
+      </c>
+      <c r="V30" t="s">
+        <v>2227</v>
+      </c>
+      <c r="W30" t="s">
+        <v>2228</v>
+      </c>
+      <c r="X30" t="s">
+        <v>2229</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>2230</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>2231</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>2232</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>2233</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>2234</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2241</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2242</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2243</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2250</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2251</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2252</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2255</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2259</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2260</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2266</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2267</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2268</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2276</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2277</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2278</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2279</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2280</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2281</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2282</v>
+      </c>
+      <c r="R35" t="s">
+        <v>2283</v>
+      </c>
+      <c r="S35" t="s">
+        <v>2284</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2285</v>
+      </c>
+      <c r="U35" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2288</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2291</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2294</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2296</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2297</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2298</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2299</v>
+      </c>
+      <c r="R36" t="s">
+        <v>2300</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2305</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2306</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2307</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2308</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2309</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2310</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2311</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2313</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2314</v>
+      </c>
+      <c r="R37" t="s">
+        <v>2315</v>
+      </c>
+      <c r="S37" t="s">
+        <v>2316</v>
+      </c>
+      <c r="T37" t="s">
+        <v>2317</v>
+      </c>
+      <c r="U37" t="s">
+        <v>2318</v>
+      </c>
+      <c r="V37" t="s">
+        <v>2319</v>
+      </c>
+      <c r="W37" t="s">
+        <v>2320</v>
+      </c>
+      <c r="X37" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2326</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2327</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2328</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2329</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2330</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2331</v>
+      </c>
+      <c r="O38" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2339</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2340</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2342</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2343</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2344</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2345</v>
+      </c>
+      <c r="R39" t="s">
+        <v>2346</v>
+      </c>
+      <c r="S39" t="s">
+        <v>2347</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2348</v>
+      </c>
+      <c r="U39" t="s">
+        <v>2349</v>
+      </c>
+      <c r="V39" t="s">
+        <v>2350</v>
+      </c>
+      <c r="W39" t="s">
+        <v>2351</v>
+      </c>
+      <c r="X39" t="s">
+        <v>2352</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>2353</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>2354</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>2355</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>2356</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>2357</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>2358</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>2359</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>2360</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>2361</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>2362</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>2363</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>2364</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>2365</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>2366</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>2367</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>2368</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>2369</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>2370</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2376</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2377</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2378</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2379</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2380</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O40" t="s">
+        <v>2382</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2383</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2386</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2388</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2389</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2390</v>
+      </c>
+      <c r="L41" t="s">
+        <v>2391</v>
+      </c>
+      <c r="M41" t="s">
+        <v>2391</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2397</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2399</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2400</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2401</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2402</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2403</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2404</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2405</v>
+      </c>
+      <c r="R42" t="s">
+        <v>2406</v>
+      </c>
+      <c r="S42" t="s">
+        <v>2407</v>
+      </c>
+      <c r="T42" t="s">
+        <v>2408</v>
+      </c>
+      <c r="U42" t="s">
+        <v>2409</v>
+      </c>
+      <c r="V42" t="s">
+        <v>2410</v>
+      </c>
+      <c r="W42" t="s">
+        <v>2411</v>
+      </c>
+      <c r="X42" t="s">
+        <v>2412</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>2413</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>2414</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>2415</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>2416</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>2417</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2421</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2422</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2423</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2424</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2425</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2426</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2427</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2428</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2429</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2430</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2431</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2432</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2435</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2437</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2438</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1975</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2439</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2440</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2441</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2442</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2443</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2444</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2445</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2446</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2447</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2448</v>
+      </c>
+      <c r="U44" t="s">
+        <v>2449</v>
+      </c>
+      <c r="V44" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2457</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2458</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2459</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2460</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2461</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2462</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2463</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2464</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2470</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2471</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2472</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2473</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2474</v>
+      </c>
+      <c r="O46" t="s">
+        <v>2474</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2475</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2476</v>
+      </c>
+      <c r="R46" t="s">
+        <v>2477</v>
+      </c>
+      <c r="S46" t="s">
+        <v>2478</v>
+      </c>
+      <c r="T46" t="s">
+        <v>2479</v>
+      </c>
+      <c r="U46" t="s">
+        <v>2480</v>
+      </c>
+      <c r="V46" t="s">
+        <v>2481</v>
+      </c>
+      <c r="W46" t="s">
+        <v>2482</v>
+      </c>
+      <c r="X46" t="s">
+        <v>2483</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>2484</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>2485</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>2486</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>2487</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2490</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2491</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2492</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2493</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2494</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2495</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2496</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2497</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2498</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2499</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>2500</v>
+      </c>
+      <c r="R47" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2507</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2510</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2515</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2516</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2517</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2518</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2519</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2520</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2521</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2522</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2523</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2528</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2530</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2531</v>
+      </c>
+      <c r="L50" t="s">
+        <v>2532</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2537</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2538</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2539</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2540</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2541</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2544</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2546</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2547</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2548</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2549</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2550</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2544</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2554</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2555</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2556</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2557</v>
+      </c>
+      <c r="L53" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2564</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2565</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2566</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2567</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2568</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2569</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2575</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2576</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2577</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2578</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2579</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2584</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2585</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2586</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2598</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2604</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1952</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2610</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1952</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2613</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2615</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1952</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2618</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2621</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2623</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2624</v>
+      </c>
+      <c r="M62" t="s">
+        <v>2625</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2626</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2628</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2633</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2634</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2635</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2636</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2637</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2638</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2639</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2640</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2641</v>
+      </c>
+      <c r="R63" t="s">
+        <v>2642</v>
+      </c>
+      <c r="S63" t="s">
+        <v>2643</v>
+      </c>
+      <c r="T63" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2648</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2649</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2530</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2650</v>
+      </c>
+      <c r="L64" t="s">
+        <v>2651</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2652</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2653</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2654</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2656</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2660</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2661</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2662</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2663</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2664</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2665</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2666</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2667</v>
+      </c>
+      <c r="R65" t="s">
+        <v>2666</v>
+      </c>
+      <c r="S65" t="s">
+        <v>2668</v>
+      </c>
+      <c r="T65" t="s">
+        <v>2669</v>
+      </c>
+      <c r="U65" t="s">
+        <v>2670</v>
+      </c>
+      <c r="V65" t="s">
+        <v>2671</v>
+      </c>
+      <c r="W65" t="s">
+        <v>2672</v>
+      </c>
+      <c r="X65" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2675</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2677</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2678</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2377</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2679</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2680</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2681</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2682</v>
+      </c>
+      <c r="O66" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2691</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2692</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2693</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2694</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2695</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2696</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2697</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2698</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2699</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2707</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2713</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2715</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2716</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2717</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2718</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2725</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2730</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2576</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2732</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2738</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2740</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2741</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2742</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2743</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2746</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2748</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2749</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2750</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2751</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2752</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2754</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2756</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2757</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2758</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2759</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2762</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2764</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2765</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2766</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2767</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2768</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2769</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2770</v>
+      </c>
+      <c r="O76" t="s">
+        <v>2771</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2777</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2780</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2781</v>
+      </c>
+      <c r="O77" t="s">
+        <v>2782</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2783</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>2784</v>
+      </c>
+      <c r="R77" t="s">
+        <v>2785</v>
+      </c>
+      <c r="S77" t="s">
+        <v>2786</v>
+      </c>
+      <c r="T77" t="s">
+        <v>2787</v>
+      </c>
+      <c r="U77" t="s">
+        <v>2788</v>
+      </c>
+      <c r="V77" t="s">
+        <v>2789</v>
+      </c>
+      <c r="W77" t="s">
+        <v>2790</v>
+      </c>
+      <c r="X77" t="s">
+        <v>2791</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2799</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2800</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2801</v>
+      </c>
+      <c r="N78" t="s">
+        <v>2802</v>
+      </c>
+      <c r="O78" t="s">
+        <v>2803</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2804</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>2805</v>
+      </c>
+      <c r="R78" t="s">
+        <v>2806</v>
+      </c>
+      <c r="S78" t="s">
+        <v>2807</v>
+      </c>
+      <c r="T78" t="s">
+        <v>2808</v>
+      </c>
+      <c r="U78" t="s">
+        <v>2809</v>
+      </c>
+      <c r="V78" t="s">
+        <v>2810</v>
+      </c>
+      <c r="W78" t="s">
+        <v>2811</v>
+      </c>
+      <c r="X78" t="s">
+        <v>2812</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>2813</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>2814</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>2815</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2819</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2820</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2821</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2823</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2824</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2825</v>
+      </c>
+      <c r="N79" t="s">
+        <v>2826</v>
+      </c>
+      <c r="O79" t="s">
+        <v>2827</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2828</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>2829</v>
+      </c>
+      <c r="R79" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2835</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2836</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2837</v>
+      </c>
+      <c r="L80" t="s">
+        <v>2838</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2841</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2843</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2844</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2845</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2846</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2851</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2852</v>
+      </c>
+      <c r="L82" t="s">
+        <v>2853</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2854</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2855</v>
+      </c>
+      <c r="O82" t="s">
+        <v>2856</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2857</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>2858</v>
+      </c>
+      <c r="R82" t="s">
+        <v>2859</v>
+      </c>
+      <c r="S82" t="s">
+        <v>2860</v>
+      </c>
+      <c r="T82" t="s">
+        <v>2861</v>
+      </c>
+      <c r="U82" t="s">
+        <v>2862</v>
+      </c>
+      <c r="V82" t="s">
+        <v>2863</v>
+      </c>
+      <c r="W82" t="s">
+        <v>2864</v>
+      </c>
+      <c r="X82" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2869</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2870</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2871</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2875</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2876</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2610</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2877</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2882</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2883</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2888</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2889</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2890</v>
+      </c>
+      <c r="L86" t="s">
+        <v>2891</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2892</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2900</v>
+      </c>
+      <c r="L87" t="s">
+        <v>2901</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2902</v>
+      </c>
+      <c r="N87" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J88" t="s">
+        <v>927</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2908</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2909</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2910</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2913</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2917</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2922</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2923</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2924</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2925</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2928</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2929</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2930</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2931</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2932</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2933</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2934</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2935</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2936</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2941</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2132</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2942</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2944</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2945</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2948</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2950</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2951</v>
+      </c>
+      <c r="J93" t="s">
+        <v>2952</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2953</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2954</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2955</v>
+      </c>
+      <c r="N93" t="s">
+        <v>2956</v>
+      </c>
+      <c r="O93" t="s">
+        <v>2957</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2962</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2964</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2965</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2966</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2968</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2969</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2971</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2972</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2973</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2974</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2975</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2976</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2977</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2978</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2980</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2981</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2982</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2985</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2987</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2988</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2989</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2992</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2994</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2995</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2997</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2998</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2999</v>
+      </c>
+      <c r="N98" t="s">
+        <v>3000</v>
+      </c>
+      <c r="O98" t="s">
+        <v>3001</v>
+      </c>
+      <c r="P98" t="s">
+        <v>3002</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>3003</v>
+      </c>
+      <c r="R98" t="s">
+        <v>3004</v>
+      </c>
+      <c r="S98" t="s">
+        <v>3005</v>
+      </c>
+      <c r="T98" t="s">
+        <v>3006</v>
+      </c>
+      <c r="U98" t="s">
+        <v>3007</v>
+      </c>
+      <c r="V98" t="s">
+        <v>3008</v>
+      </c>
+      <c r="W98" t="s">
+        <v>3009</v>
+      </c>
+      <c r="X98" t="s">
+        <v>3010</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B99" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>3013</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>3014</v>
+      </c>
+      <c r="H99" t="s">
+        <v>3015</v>
+      </c>
+      <c r="I99" t="s">
+        <v>3016</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K99" t="s">
+        <v>3017</v>
+      </c>
+      <c r="L99" t="s">
+        <v>3018</v>
+      </c>
+      <c r="M99" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B100" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3021</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H100" t="s">
+        <v>3023</v>
+      </c>
+      <c r="I100" t="s">
+        <v>3024</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K100" t="s">
+        <v>3025</v>
+      </c>
+      <c r="L100" t="s">
+        <v>3026</v>
+      </c>
+      <c r="M100" t="s">
+        <v>3027</v>
+      </c>
+      <c r="N100" t="s">
+        <v>3028</v>
+      </c>
+      <c r="O100" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B101" t="s">
+        <v>3030</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>3031</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>3032</v>
+      </c>
+      <c r="H101" t="s">
+        <v>3033</v>
+      </c>
+      <c r="I101" t="s">
+        <v>3034</v>
+      </c>
+      <c r="J101" t="s">
+        <v>3035</v>
+      </c>
+      <c r="K101" t="s">
+        <v>3036</v>
+      </c>
+      <c r="L101" t="s">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B102" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>3038</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H102" t="s">
+        <v>3040</v>
+      </c>
+      <c r="I102" t="s">
+        <v>3041</v>
+      </c>
+      <c r="J102" t="s">
+        <v>3042</v>
+      </c>
+      <c r="K102" t="s">
+        <v>3043</v>
+      </c>
+      <c r="L102" t="s">
+        <v>3044</v>
+      </c>
+      <c r="M102" t="s">
+        <v>3045</v>
+      </c>
+      <c r="N102" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B103" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>3048</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H103" t="s">
+        <v>3050</v>
+      </c>
+      <c r="I103" t="s">
+        <v>3051</v>
+      </c>
+      <c r="J103" t="s">
+        <v>543</v>
+      </c>
+      <c r="K103" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B104" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>3054</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>3055</v>
+      </c>
+      <c r="H104" t="s">
+        <v>3056</v>
+      </c>
+      <c r="I104" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J104" t="s">
+        <v>3058</v>
+      </c>
+      <c r="K104" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B105" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>3061</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H105" t="s">
+        <v>3063</v>
+      </c>
+      <c r="I105" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J105" t="s">
+        <v>3064</v>
+      </c>
+      <c r="K105" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B106" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>3067</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H106" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I106" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J106" t="s">
+        <v>3070</v>
+      </c>
+      <c r="K106" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B107" t="s">
+        <v>3072</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H107" t="s">
+        <v>3075</v>
+      </c>
+      <c r="I107" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J107" t="s">
+        <v>3076</v>
+      </c>
+      <c r="K107" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B108" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>3079</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H108" t="s">
+        <v>3081</v>
+      </c>
+      <c r="I108" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J108" t="s">
+        <v>3082</v>
+      </c>
+      <c r="K108" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B109" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>3085</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H109" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I109" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J109" t="s">
+        <v>3088</v>
+      </c>
+      <c r="K109" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B110" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>3091</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H110" t="s">
+        <v>3093</v>
+      </c>
+      <c r="I110" t="s">
+        <v>3094</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K110" t="s">
+        <v>3095</v>
+      </c>
+      <c r="L110" t="s">
+        <v>3096</v>
+      </c>
+      <c r="M110" t="s">
+        <v>3097</v>
+      </c>
+      <c r="N110" t="s">
+        <v>3098</v>
+      </c>
+      <c r="O110" t="s">
+        <v>3099</v>
+      </c>
+      <c r="P110" t="s">
+        <v>3100</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>3101</v>
+      </c>
+      <c r="R110" t="s">
+        <v>3102</v>
+      </c>
+      <c r="S110" t="s">
+        <v>3103</v>
+      </c>
+      <c r="T110" t="s">
+        <v>3104</v>
+      </c>
+      <c r="U110" t="s">
+        <v>3105</v>
+      </c>
+      <c r="V110" t="s">
+        <v>3106</v>
+      </c>
+      <c r="W110" t="s">
+        <v>3107</v>
+      </c>
+      <c r="X110" t="s">
+        <v>3108</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B111" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>3112</v>
+      </c>
+      <c r="H111" t="s">
+        <v>3113</v>
+      </c>
+      <c r="I111" t="s">
+        <v>3114</v>
+      </c>
+      <c r="J111" t="s">
+        <v>3115</v>
+      </c>
+      <c r="K111" t="s">
+        <v>3116</v>
+      </c>
+      <c r="L111" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M111" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B112" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H112" t="s">
+        <v>3122</v>
+      </c>
+      <c r="I112" t="s">
+        <v>3123</v>
+      </c>
+      <c r="J112" t="s">
+        <v>3124</v>
+      </c>
+      <c r="K112" t="s">
+        <v>3125</v>
+      </c>
+      <c r="L112" t="s">
+        <v>3126</v>
+      </c>
+      <c r="M112" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B113" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>3130</v>
+      </c>
+      <c r="H113" t="s">
+        <v>3131</v>
+      </c>
+      <c r="I113" t="s">
+        <v>3132</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K113" t="s">
+        <v>3133</v>
+      </c>
+      <c r="L113" t="s">
+        <v>3134</v>
+      </c>
+      <c r="M113" t="s">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B114" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>3137</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H114" t="s">
+        <v>3139</v>
+      </c>
+      <c r="I114" t="s">
+        <v>3140</v>
+      </c>
+      <c r="J114" t="s">
+        <v>3141</v>
+      </c>
+      <c r="K114" t="s">
+        <v>3142</v>
+      </c>
+      <c r="L114" t="s">
+        <v>3143</v>
+      </c>
+      <c r="M114" t="s">
+        <v>3144</v>
+      </c>
+      <c r="N114" t="s">
+        <v>3145</v>
+      </c>
+      <c r="O114" t="s">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B115" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>3148</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>3149</v>
+      </c>
+      <c r="H115" t="s">
+        <v>3150</v>
+      </c>
+      <c r="I115" t="s">
+        <v>3151</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K115" t="s">
+        <v>3152</v>
+      </c>
+      <c r="L115" t="s">
+        <v>3153</v>
+      </c>
+      <c r="M115" t="s">
+        <v>3154</v>
+      </c>
+      <c r="N115" t="s">
+        <v>3155</v>
+      </c>
+      <c r="O115" t="s">
+        <v>3156</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B116" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3158</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>3159</v>
+      </c>
+      <c r="H116" t="s">
+        <v>3160</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2649</v>
+      </c>
+      <c r="J116" t="s">
+        <v>3161</v>
+      </c>
+      <c r="K116" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B117" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>3164</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>3165</v>
+      </c>
+      <c r="H117" t="s">
+        <v>3166</v>
+      </c>
+      <c r="I117" t="s">
+        <v>3167</v>
+      </c>
+      <c r="J117" t="s">
+        <v>3168</v>
+      </c>
+      <c r="K117" t="s">
+        <v>3169</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B118" t="s">
+        <v>3170</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3172</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3173</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3174</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K118" t="s">
+        <v>3175</v>
+      </c>
+      <c r="L118" t="s">
+        <v>3176</v>
+      </c>
+      <c r="M118" t="s">
+        <v>3177</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B119" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>3179</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>3180</v>
+      </c>
+      <c r="H119" t="s">
+        <v>3181</v>
+      </c>
+      <c r="I119" t="s">
+        <v>3182</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K119" t="s">
+        <v>3183</v>
+      </c>
+      <c r="L119" t="s">
+        <v>3184</v>
+      </c>
+      <c r="M119" t="s">
+        <v>3185</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B120" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>3187</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H120" t="s">
+        <v>3189</v>
+      </c>
+      <c r="I120" t="s">
+        <v>3190</v>
+      </c>
+      <c r="J120" t="s">
+        <v>927</v>
+      </c>
+      <c r="K120" t="s">
+        <v>3191</v>
+      </c>
+      <c r="L120" t="s">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B121" t="s">
+        <v>3193</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>3194</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>3195</v>
+      </c>
+      <c r="H121" t="s">
+        <v>3196</v>
+      </c>
+      <c r="I121" t="s">
+        <v>3197</v>
+      </c>
+      <c r="J121" t="s">
+        <v>3198</v>
+      </c>
+      <c r="K121" t="s">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B122" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H122" t="s">
+        <v>3203</v>
+      </c>
+      <c r="I122" t="s">
+        <v>3204</v>
+      </c>
+      <c r="J122" t="s">
+        <v>3076</v>
+      </c>
+      <c r="K122" t="s">
+        <v>3205</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3206</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>3207</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>3208</v>
+      </c>
+      <c r="H123" t="s">
+        <v>3209</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K123" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B124" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>608</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>3212</v>
+      </c>
+      <c r="H124" t="s">
+        <v>3213</v>
+      </c>
+      <c r="I124" t="s">
+        <v>3214</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K124" t="s">
+        <v>3215</v>
+      </c>
+      <c r="L124" t="s">
+        <v>3216</v>
+      </c>
+      <c r="M124" t="s">
+        <v>3217</v>
+      </c>
+      <c r="N124" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B125" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>3220</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>3221</v>
+      </c>
+      <c r="H125" t="s">
+        <v>3222</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J125" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K125" t="s">
+        <v>3224</v>
+      </c>
+      <c r="L125" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B126" t="s">
+        <v>3226</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>3227</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>3228</v>
+      </c>
+      <c r="H126" t="s">
+        <v>3229</v>
+      </c>
+      <c r="I126" t="s">
+        <v>3230</v>
+      </c>
+      <c r="J126" t="s">
+        <v>3231</v>
+      </c>
+      <c r="K126" t="s">
+        <v>3232</v>
+      </c>
+      <c r="L126" t="s">
+        <v>3233</v>
+      </c>
+      <c r="M126" t="s">
+        <v>3234</v>
+      </c>
+      <c r="N126" t="s">
+        <v>3235</v>
+      </c>
+      <c r="O126" t="s">
+        <v>3236</v>
+      </c>
+      <c r="P126" t="s">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B127" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>3239</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>3240</v>
+      </c>
+      <c r="H127" t="s">
+        <v>3241</v>
+      </c>
+      <c r="I127" t="s">
+        <v>3242</v>
+      </c>
+      <c r="J127" t="s">
+        <v>3243</v>
+      </c>
+      <c r="K127" t="s">
+        <v>3244</v>
+      </c>
+      <c r="L127" t="s">
+        <v>3245</v>
+      </c>
+      <c r="M127" t="s">
+        <v>3246</v>
+      </c>
+      <c r="N127" t="s">
+        <v>3247</v>
+      </c>
+      <c r="O127" t="s">
+        <v>3248</v>
+      </c>
+      <c r="P127" t="s">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3250</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3251</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3253</v>
+      </c>
+      <c r="I128" t="s">
+        <v>3254</v>
+      </c>
+      <c r="J128" t="s">
+        <v>3255</v>
+      </c>
+      <c r="K128" t="s">
+        <v>3256</v>
+      </c>
+      <c r="L128" t="s">
+        <v>3257</v>
+      </c>
+      <c r="M128" t="s">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3260</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3261</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3262</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J129" t="s">
+        <v>3263</v>
+      </c>
+      <c r="K129" t="s">
+        <v>3264</v>
+      </c>
+      <c r="L129" t="s">
+        <v>3265</v>
+      </c>
+      <c r="M129" t="s">
+        <v>3266</v>
+      </c>
+      <c r="N129" t="s">
+        <v>3267</v>
+      </c>
+      <c r="O129" t="s">
+        <v>3268</v>
+      </c>
+      <c r="P129" t="s">
+        <v>3269</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3272</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3273</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3274</v>
+      </c>
+      <c r="I130" t="s">
+        <v>3275</v>
+      </c>
+      <c r="J130" t="s">
+        <v>933</v>
+      </c>
+      <c r="K130" t="s">
+        <v>3276</v>
+      </c>
+      <c r="L130" t="s">
+        <v>3277</v>
+      </c>
+      <c r="M130" t="s">
+        <v>3278</v>
+      </c>
+      <c r="N130" t="s">
+        <v>3279</v>
+      </c>
+      <c r="O130" t="s">
+        <v>3280</v>
+      </c>
+      <c r="P130" t="s">
+        <v>3281</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>3282</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3284</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3286</v>
+      </c>
+      <c r="I131" t="s">
+        <v>3287</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K131" t="s">
+        <v>3288</v>
+      </c>
+      <c r="L131" t="s">
+        <v>3289</v>
+      </c>
+      <c r="M131" t="s">
+        <v>3290</v>
+      </c>
+      <c r="N131" t="s">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B132" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>3294</v>
+      </c>
+      <c r="H132" t="s">
+        <v>3295</v>
+      </c>
+      <c r="I132" t="s">
+        <v>3296</v>
+      </c>
+      <c r="J132" t="s">
+        <v>933</v>
+      </c>
+      <c r="K132" t="s">
+        <v>3297</v>
+      </c>
+      <c r="L132" t="s">
+        <v>3298</v>
+      </c>
+      <c r="M132" t="s">
+        <v>3299</v>
+      </c>
+      <c r="N132" t="s">
+        <v>3300</v>
+      </c>
+      <c r="O132" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B133" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>3304</v>
+      </c>
+      <c r="H133" t="s">
+        <v>3305</v>
+      </c>
+      <c r="I133" t="s">
+        <v>3306</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K133" t="s">
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B134" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>3309</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>3310</v>
+      </c>
+      <c r="H134" t="s">
+        <v>3311</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J134" t="s">
+        <v>3312</v>
+      </c>
+      <c r="K134" t="s">
+        <v>3313</v>
+      </c>
+      <c r="L134" t="s">
+        <v>3314</v>
+      </c>
+      <c r="M134" t="s">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B135" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>3317</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>3318</v>
+      </c>
+      <c r="H135" t="s">
+        <v>3319</v>
+      </c>
+      <c r="I135" t="s">
+        <v>3320</v>
+      </c>
+      <c r="J135" t="s">
+        <v>3321</v>
+      </c>
+      <c r="K135" t="s">
+        <v>3322</v>
+      </c>
+      <c r="L135" t="s">
+        <v>3323</v>
+      </c>
+      <c r="M135" t="s">
+        <v>3324</v>
+      </c>
+      <c r="N135" t="s">
+        <v>3325</v>
+      </c>
+      <c r="O135" t="s">
+        <v>3326</v>
+      </c>
+      <c r="P135" t="s">
+        <v>3327</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>3328</v>
+      </c>
+      <c r="R135" t="s">
+        <v>3329</v>
+      </c>
+      <c r="S135" t="s">
+        <v>3330</v>
+      </c>
+      <c r="T135" t="s">
+        <v>3331</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B136" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>3333</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>3334</v>
+      </c>
+      <c r="H136" t="s">
+        <v>3335</v>
+      </c>
+      <c r="I136" t="s">
+        <v>3336</v>
+      </c>
+      <c r="J136" t="s">
+        <v>3161</v>
+      </c>
+      <c r="K136" t="s">
+        <v>3337</v>
+      </c>
+      <c r="L136" t="s">
+        <v>3338</v>
+      </c>
+      <c r="M136" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B137" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>3341</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>3342</v>
+      </c>
+      <c r="H137" t="s">
+        <v>3343</v>
+      </c>
+      <c r="I137" t="s">
+        <v>3275</v>
+      </c>
+      <c r="J137" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K137" t="s">
+        <v>3345</v>
+      </c>
+      <c r="L137" t="s">
+        <v>3346</v>
+      </c>
+      <c r="M137" t="s">
+        <v>3347</v>
+      </c>
+      <c r="N137" t="s">
+        <v>3348</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B138" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>3350</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>3351</v>
+      </c>
+      <c r="H138" t="s">
+        <v>3352</v>
+      </c>
+      <c r="I138" t="s">
+        <v>3353</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K138" t="s">
+        <v>3354</v>
+      </c>
+      <c r="L138" t="s">
+        <v>3355</v>
+      </c>
+      <c r="M138" t="s">
+        <v>3356</v>
+      </c>
+      <c r="N138" t="s">
+        <v>3357</v>
+      </c>
+      <c r="O138" t="s">
+        <v>3358</v>
+      </c>
+      <c r="P138" t="s">
+        <v>3358</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B139" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C139" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>3361</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>3362</v>
+      </c>
+      <c r="H139" t="s">
+        <v>3363</v>
+      </c>
+      <c r="I139" t="s">
+        <v>3364</v>
+      </c>
+      <c r="J139" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K139" t="s">
+        <v>3365</v>
+      </c>
+      <c r="L139" t="s">
+        <v>3366</v>
+      </c>
+      <c r="M139" t="s">
+        <v>3367</v>
+      </c>
+      <c r="N139" t="s">
+        <v>3368</v>
+      </c>
+      <c r="O139" t="s">
+        <v>3369</v>
+      </c>
+      <c r="P139" t="s">
+        <v>3370</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>3371</v>
+      </c>
+      <c r="R139" t="s">
+        <v>3372</v>
+      </c>
+      <c r="S139" t="s">
+        <v>3373</v>
+      </c>
+      <c r="T139" t="s">
+        <v>3374</v>
+      </c>
+      <c r="U139" t="s">
+        <v>3375</v>
+      </c>
+      <c r="V139" t="s">
+        <v>3376</v>
+      </c>
+      <c r="W139" t="s">
+        <v>3377</v>
+      </c>
+      <c r="X139" t="s">
+        <v>3378</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B140" t="s">
+        <v>3380</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>3381</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>3382</v>
+      </c>
+      <c r="H140" t="s">
+        <v>3383</v>
+      </c>
+      <c r="I140" t="s">
+        <v>3384</v>
+      </c>
+      <c r="J140" t="s">
+        <v>3385</v>
+      </c>
+      <c r="K140" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B141" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>3388</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>3389</v>
+      </c>
+      <c r="H141" t="s">
+        <v>3390</v>
+      </c>
+      <c r="I141" t="s">
+        <v>3391</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2507</v>
+      </c>
+      <c r="K141" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B142" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>3394</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>3395</v>
+      </c>
+      <c r="H142" t="s">
+        <v>3396</v>
+      </c>
+      <c r="I142" t="s">
+        <v>3397</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K142" t="s">
+        <v>3398</v>
+      </c>
+      <c r="L142" t="s">
+        <v>3399</v>
+      </c>
+      <c r="M142" t="s">
+        <v>3400</v>
+      </c>
+      <c r="N142" t="s">
+        <v>3401</v>
+      </c>
+      <c r="O142" t="s">
+        <v>3402</v>
+      </c>
+      <c r="P142" t="s">
+        <v>3403</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B143" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>3394</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H143" t="s">
+        <v>3407</v>
+      </c>
+      <c r="I143" t="s">
+        <v>3408</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K143" t="s">
+        <v>3409</v>
+      </c>
+      <c r="L143" t="s">
+        <v>3410</v>
+      </c>
+      <c r="M143" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B144" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>3412</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>3413</v>
+      </c>
+      <c r="H144" t="s">
+        <v>3414</v>
+      </c>
+      <c r="I144" t="s">
+        <v>3415</v>
+      </c>
+      <c r="J144" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K144" t="s">
+        <v>3417</v>
+      </c>
+      <c r="L144" t="s">
+        <v>3418</v>
+      </c>
+      <c r="M144" t="s">
+        <v>3419</v>
+      </c>
+      <c r="N144" t="s">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B145" t="s">
+        <v>3421</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>3422</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>3423</v>
+      </c>
+      <c r="H145" t="s">
+        <v>3424</v>
+      </c>
+      <c r="I145" t="s">
+        <v>3425</v>
+      </c>
+      <c r="J145" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K145" t="s">
+        <v>3427</v>
+      </c>
+      <c r="L145" t="s">
+        <v>3428</v>
+      </c>
+      <c r="M145" t="s">
+        <v>3429</v>
+      </c>
+      <c r="N145" t="s">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B146" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>3432</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>3433</v>
+      </c>
+      <c r="H146" t="s">
+        <v>3434</v>
+      </c>
+      <c r="I146" t="s">
+        <v>3435</v>
+      </c>
+      <c r="J146" t="s">
+        <v>3436</v>
+      </c>
+      <c r="K146" t="s">
+        <v>3437</v>
+      </c>
+      <c r="L146" t="s">
+        <v>3438</v>
+      </c>
+      <c r="M146" t="s">
+        <v>3439</v>
+      </c>
+      <c r="N146" t="s">
+        <v>3440</v>
+      </c>
+      <c r="O146" t="s">
+        <v>3441</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B147" t="s">
+        <v>3442</v>
+      </c>
+      <c r="C147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>3444</v>
+      </c>
+      <c r="H147" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I147" t="s">
+        <v>3446</v>
+      </c>
+      <c r="J147" t="s">
+        <v>3447</v>
+      </c>
+      <c r="K147" t="s">
+        <v>3448</v>
+      </c>
+      <c r="L147" t="s">
+        <v>3449</v>
+      </c>
+      <c r="M147" t="s">
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B148" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>3452</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>3453</v>
+      </c>
+      <c r="H148" t="s">
+        <v>3454</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J148" t="s">
+        <v>3198</v>
+      </c>
+      <c r="K148" t="s">
+        <v>3455</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B149" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>3457</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>3458</v>
+      </c>
+      <c r="H149" t="s">
+        <v>3459</v>
+      </c>
+      <c r="I149" t="s">
+        <v>3214</v>
+      </c>
+      <c r="J149" t="s">
+        <v>3460</v>
+      </c>
+      <c r="K149" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L149" t="s">
+        <v>3462</v>
+      </c>
+      <c r="M149" t="s">
+        <v>3463</v>
+      </c>
+      <c r="N149" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B150" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>3466</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>3467</v>
+      </c>
+      <c r="H150" t="s">
+        <v>3468</v>
+      </c>
+      <c r="I150" t="s">
+        <v>3469</v>
+      </c>
+      <c r="J150" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K150" t="s">
+        <v>3470</v>
+      </c>
+      <c r="L150" t="s">
+        <v>3471</v>
+      </c>
+      <c r="M150" t="s">
+        <v>3472</v>
+      </c>
+      <c r="N150" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B151" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>3475</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>3476</v>
+      </c>
+      <c r="H151" t="s">
+        <v>3477</v>
+      </c>
+      <c r="I151" t="s">
+        <v>3478</v>
+      </c>
+      <c r="J151" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K151" t="s">
+        <v>3479</v>
+      </c>
+      <c r="L151" t="s">
+        <v>3480</v>
+      </c>
+      <c r="M151" t="s">
+        <v>3481</v>
+      </c>
+      <c r="N151" t="s">
+        <v>3482</v>
+      </c>
+      <c r="O151" t="s">
+        <v>3483</v>
+      </c>
+      <c r="P151" t="s">
+        <v>3484</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B152" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>3475</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>3486</v>
+      </c>
+      <c r="H152" t="s">
+        <v>3487</v>
+      </c>
+      <c r="I152" t="s">
+        <v>3488</v>
+      </c>
+      <c r="J152" t="s">
+        <v>3489</v>
+      </c>
+      <c r="K152" t="s">
+        <v>3490</v>
+      </c>
+      <c r="L152" t="s">
+        <v>3491</v>
+      </c>
+      <c r="M152" t="s">
+        <v>3492</v>
+      </c>
+      <c r="N152" t="s">
+        <v>3493</v>
+      </c>
+      <c r="O152" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B153" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>3497</v>
+      </c>
+      <c r="H153" t="s">
+        <v>3498</v>
+      </c>
+      <c r="I153" t="s">
+        <v>3499</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K153" t="s">
+        <v>3500</v>
+      </c>
+      <c r="L153" t="s">
+        <v>3501</v>
+      </c>
+      <c r="M153" t="s">
+        <v>3502</v>
+      </c>
+      <c r="N153" t="s">
+        <v>3503</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B154" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>3505</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>3506</v>
+      </c>
+      <c r="H154" t="s">
+        <v>3507</v>
+      </c>
+      <c r="I154" t="s">
+        <v>3508</v>
+      </c>
+      <c r="J154" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K154" t="s">
+        <v>3509</v>
+      </c>
+      <c r="L154" t="s">
+        <v>3510</v>
+      </c>
+      <c r="M154" t="s">
+        <v>3511</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B155" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H155" t="s">
+        <v>3515</v>
+      </c>
+      <c r="I155" t="s">
+        <v>3516</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K155" t="s">
+        <v>3517</v>
+      </c>
+      <c r="L155" t="s">
+        <v>3518</v>
+      </c>
+      <c r="M155" t="s">
+        <v>3519</v>
+      </c>
+      <c r="N155" t="s">
+        <v>3520</v>
+      </c>
+      <c r="O155" t="s">
+        <v>3521</v>
+      </c>
+      <c r="P155" t="s">
+        <v>3522</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>3523</v>
+      </c>
+      <c r="R155" t="s">
+        <v>3524</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B156" t="s">
+        <v>3525</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>3526</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>3527</v>
+      </c>
+      <c r="H156" t="s">
+        <v>3528</v>
+      </c>
+      <c r="I156" t="s">
+        <v>3529</v>
+      </c>
+      <c r="J156" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K156" t="s">
+        <v>3530</v>
+      </c>
+      <c r="L156" t="s">
+        <v>3531</v>
+      </c>
+      <c r="M156" t="s">
+        <v>3532</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B157" t="s">
+        <v>3533</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>3534</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>3535</v>
+      </c>
+      <c r="H157" t="s">
+        <v>3536</v>
+      </c>
+      <c r="I157" t="s">
+        <v>3537</v>
+      </c>
+      <c r="J157" t="s">
+        <v>933</v>
+      </c>
+      <c r="K157" t="s">
+        <v>3538</v>
+      </c>
+      <c r="L157" t="s">
+        <v>3539</v>
+      </c>
+      <c r="M157" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B158" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C158" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>3542</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>3543</v>
+      </c>
+      <c r="H158" t="s">
+        <v>3544</v>
+      </c>
+      <c r="I158" t="s">
+        <v>3545</v>
+      </c>
+      <c r="J158" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K158" t="s">
+        <v>3546</v>
+      </c>
+      <c r="L158" t="s">
+        <v>3547</v>
+      </c>
+      <c r="M158" t="s">
+        <v>3548</v>
+      </c>
+      <c r="N158" t="s">
+        <v>3549</v>
+      </c>
+      <c r="O158" t="s">
+        <v>3550</v>
+      </c>
+      <c r="P158" t="s">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B159" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>3553</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>3554</v>
+      </c>
+      <c r="H159" t="s">
+        <v>3555</v>
+      </c>
+      <c r="I159" t="s">
+        <v>3556</v>
+      </c>
+      <c r="J159" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K159" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B160" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>3560</v>
+      </c>
+      <c r="H160" t="s">
+        <v>3561</v>
+      </c>
+      <c r="I160" t="s">
+        <v>3562</v>
+      </c>
+      <c r="J160" t="s">
+        <v>3563</v>
+      </c>
+      <c r="K160" t="s">
+        <v>3564</v>
+      </c>
+      <c r="L160" t="s">
+        <v>3565</v>
+      </c>
+      <c r="M160" t="s">
+        <v>3566</v>
+      </c>
+      <c r="N160" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B161" t="s">
+        <v>3568</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>3569</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>3570</v>
+      </c>
+      <c r="H161" t="s">
+        <v>3571</v>
+      </c>
+      <c r="I161" t="s">
+        <v>3572</v>
+      </c>
+      <c r="J161" t="s">
+        <v>933</v>
+      </c>
+      <c r="K161" t="s">
+        <v>3573</v>
+      </c>
+      <c r="L161" t="s">
+        <v>3574</v>
+      </c>
+      <c r="M161" t="s">
+        <v>3575</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B162" t="s">
+        <v>3576</v>
+      </c>
+      <c r="C162" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>3577</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>3578</v>
+      </c>
+      <c r="H162" t="s">
+        <v>3579</v>
+      </c>
+      <c r="I162" t="s">
+        <v>3580</v>
+      </c>
+      <c r="J162" t="s">
+        <v>530</v>
+      </c>
+      <c r="K162" t="s">
+        <v>3581</v>
+      </c>
+      <c r="L162" t="s">
+        <v>3582</v>
+      </c>
+      <c r="M162" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B163" t="s">
+        <v>3584</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>3585</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>3586</v>
+      </c>
+      <c r="H163" t="s">
+        <v>3587</v>
+      </c>
+      <c r="I163" t="s">
+        <v>3588</v>
+      </c>
+      <c r="J163" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K163" t="s">
+        <v>3589</v>
+      </c>
+      <c r="L163" t="s">
+        <v>3590</v>
+      </c>
+      <c r="M163" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B164" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>3593</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H164" t="s">
+        <v>3595</v>
+      </c>
+      <c r="I164" t="s">
+        <v>3596</v>
+      </c>
+      <c r="J164" t="s">
+        <v>3597</v>
+      </c>
+      <c r="K164" t="s">
+        <v>3598</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B165" t="s">
+        <v>3599</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>3600</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>3601</v>
+      </c>
+      <c r="H165" t="s">
+        <v>3602</v>
+      </c>
+      <c r="I165" t="s">
+        <v>3603</v>
+      </c>
+      <c r="J165" t="s">
+        <v>3604</v>
+      </c>
+      <c r="K165" t="s">
+        <v>3605</v>
+      </c>
+      <c r="L165" t="s">
+        <v>3606</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B166" t="s">
+        <v>3607</v>
+      </c>
+      <c r="C166" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>3608</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H166" t="s">
+        <v>3610</v>
+      </c>
+      <c r="I166" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J166" t="s">
+        <v>933</v>
+      </c>
+      <c r="K166" t="s">
+        <v>3612</v>
+      </c>
+      <c r="L166" t="s">
+        <v>3613</v>
+      </c>
+      <c r="M166" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B167" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C167" t="s">
+        <v>13</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>3608</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>3616</v>
+      </c>
+      <c r="H167" t="s">
+        <v>3617</v>
+      </c>
+      <c r="I167" t="s">
+        <v>3618</v>
+      </c>
+      <c r="J167" t="s">
+        <v>2307</v>
+      </c>
+      <c r="K167" t="s">
+        <v>3619</v>
+      </c>
+      <c r="L167" t="s">
+        <v>3620</v>
+      </c>
+      <c r="M167" t="s">
+        <v>3621</v>
+      </c>
+      <c r="N167" t="s">
+        <v>3622</v>
+      </c>
+      <c r="O167" t="s">
+        <v>3623</v>
+      </c>
+      <c r="P167" t="s">
+        <v>3624</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B168" t="s">
+        <v>3625</v>
+      </c>
+      <c r="C168" t="s">
+        <v>13</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>3608</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>3626</v>
+      </c>
+      <c r="H168" t="s">
+        <v>3627</v>
+      </c>
+      <c r="I168" t="s">
+        <v>3628</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2877</v>
+      </c>
+      <c r="K168" t="s">
+        <v>3629</v>
+      </c>
+      <c r="L168" t="s">
+        <v>3630</v>
+      </c>
+      <c r="M168" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B169" t="s">
+        <v>3632</v>
+      </c>
+      <c r="C169" t="s">
+        <v>13</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>3634</v>
+      </c>
+      <c r="H169" t="s">
+        <v>3635</v>
+      </c>
+      <c r="I169" t="s">
+        <v>3636</v>
+      </c>
+      <c r="J169" t="s">
+        <v>3563</v>
+      </c>
+      <c r="K169" t="s">
+        <v>3637</v>
+      </c>
+      <c r="L169" t="s">
+        <v>3638</v>
+      </c>
+      <c r="M169" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B170" t="s">
+        <v>3640</v>
+      </c>
+      <c r="C170" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>3641</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>3642</v>
+      </c>
+      <c r="H170" t="s">
+        <v>3643</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J170" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K170" t="s">
+        <v>3644</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B171" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C171" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>3641</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>3646</v>
+      </c>
+      <c r="H171" t="s">
+        <v>3647</v>
+      </c>
+      <c r="I171" t="s">
+        <v>3648</v>
+      </c>
+      <c r="J171" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K171" t="s">
+        <v>3649</v>
+      </c>
+      <c r="L171" t="s">
+        <v>3650</v>
+      </c>
+      <c r="M171" t="s">
+        <v>3651</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B172" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C172" t="s">
+        <v>13</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H172" t="s">
+        <v>3655</v>
+      </c>
+      <c r="I172" t="s">
+        <v>3656</v>
+      </c>
+      <c r="J172" t="s">
+        <v>3657</v>
+      </c>
+      <c r="K172" t="s">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B173" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C173" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>3660</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>3661</v>
+      </c>
+      <c r="H173" t="s">
+        <v>3662</v>
+      </c>
+      <c r="I173" t="s">
+        <v>3663</v>
+      </c>
+      <c r="J173" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K173" t="s">
+        <v>3664</v>
+      </c>
+      <c r="L173" t="s">
+        <v>3665</v>
+      </c>
+      <c r="M173" t="s">
+        <v>3666</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B174" t="s">
+        <v>3667</v>
+      </c>
+      <c r="C174" t="s">
+        <v>13</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>3668</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>3669</v>
+      </c>
+      <c r="H174" t="s">
+        <v>3670</v>
+      </c>
+      <c r="I174" t="s">
+        <v>3671</v>
+      </c>
+      <c r="J174" t="s">
+        <v>3672</v>
+      </c>
+      <c r="K174" t="s">
+        <v>3673</v>
+      </c>
+      <c r="L174" t="s">
+        <v>3674</v>
+      </c>
+      <c r="M174" t="s">
+        <v>3675</v>
+      </c>
+      <c r="N174" t="s">
+        <v>3676</v>
+      </c>
+      <c r="O174" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B175" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C175" t="s">
+        <v>13</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H175" t="s">
+        <v>3681</v>
+      </c>
+      <c r="I175" t="s">
+        <v>3682</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K175" t="s">
+        <v>3683</v>
+      </c>
+      <c r="L175" t="s">
+        <v>3684</v>
+      </c>
+      <c r="M175" t="s">
+        <v>3685</v>
+      </c>
+      <c r="N175" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B176" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C176" t="s">
+        <v>13</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H176" t="s">
+        <v>3689</v>
+      </c>
+      <c r="I176" t="s">
+        <v>3690</v>
+      </c>
+      <c r="J176" t="s">
+        <v>3691</v>
+      </c>
+      <c r="K176" t="s">
+        <v>3692</v>
+      </c>
+      <c r="L176" t="s">
+        <v>3693</v>
+      </c>
+      <c r="M176" t="s">
+        <v>3694</v>
+      </c>
+      <c r="N176" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B177" t="s">
+        <v>3696</v>
+      </c>
+      <c r="C177" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>3697</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>3698</v>
+      </c>
+      <c r="H177" t="s">
+        <v>3699</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J177" t="s">
+        <v>3700</v>
+      </c>
+      <c r="K177" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B178" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>3703</v>
+      </c>
+      <c r="H178" t="s">
+        <v>3704</v>
+      </c>
+      <c r="I178" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J178" t="s">
+        <v>927</v>
+      </c>
+      <c r="K178" t="s">
+        <v>3705</v>
+      </c>
+      <c r="L178" t="s">
+        <v>3706</v>
+      </c>
+      <c r="M178" t="s">
+        <v>3707</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B179" t="s">
+        <v>3708</v>
+      </c>
+      <c r="C179" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>3660</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>3709</v>
+      </c>
+      <c r="H179" t="s">
+        <v>3710</v>
+      </c>
+      <c r="I179" t="s">
+        <v>3711</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K179" t="s">
+        <v>3712</v>
+      </c>
+      <c r="L179" t="s">
+        <v>3713</v>
+      </c>
+      <c r="M179" t="s">
+        <v>3714</v>
+      </c>
+      <c r="N179" t="s">
+        <v>3715</v>
+      </c>
+      <c r="O179" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B180" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C180" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>3718</v>
+      </c>
+      <c r="H180" t="s">
+        <v>3719</v>
+      </c>
+      <c r="I180" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J180" t="s">
+        <v>3263</v>
+      </c>
+      <c r="K180" t="s">
+        <v>3721</v>
+      </c>
+      <c r="L180" t="s">
+        <v>3722</v>
+      </c>
+      <c r="M180" t="s">
+        <v>3723</v>
+      </c>
+      <c r="N180" t="s">
+        <v>3724</v>
+      </c>
+      <c r="O180" t="s">
+        <v>3725</v>
+      </c>
+      <c r="P180" t="s">
+        <v>3726</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B181" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C181" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>3728</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>3729</v>
+      </c>
+      <c r="H181" t="s">
+        <v>3730</v>
+      </c>
+      <c r="I181" t="s">
+        <v>3731</v>
+      </c>
+      <c r="J181" t="s">
+        <v>3732</v>
+      </c>
+      <c r="K181" t="s">
+        <v>3733</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B182" t="s">
+        <v>3734</v>
+      </c>
+      <c r="C182" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>3736</v>
+      </c>
+      <c r="H182" t="s">
+        <v>3737</v>
+      </c>
+      <c r="I182" t="s">
+        <v>3738</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K182" t="s">
+        <v>3739</v>
+      </c>
+      <c r="L182" t="s">
+        <v>3740</v>
+      </c>
+      <c r="M182" t="s">
+        <v>3741</v>
+      </c>
+      <c r="N182" t="s">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B183" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>3744</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>3745</v>
+      </c>
+      <c r="H183" t="s">
+        <v>3746</v>
+      </c>
+      <c r="I183" t="s">
+        <v>3747</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K183" t="s">
+        <v>3748</v>
+      </c>
+      <c r="L183" t="s">
+        <v>3749</v>
+      </c>
+      <c r="M183" t="s">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B184" t="s">
+        <v>3751</v>
+      </c>
+      <c r="C184" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>3752</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>3753</v>
+      </c>
+      <c r="H184" t="s">
+        <v>3754</v>
+      </c>
+      <c r="I184" t="s">
+        <v>3755</v>
+      </c>
+      <c r="J184" t="s">
+        <v>3436</v>
+      </c>
+      <c r="K184" t="s">
+        <v>3756</v>
+      </c>
+      <c r="L184" t="s">
+        <v>3757</v>
+      </c>
+      <c r="M184" t="s">
+        <v>3758</v>
+      </c>
+      <c r="N184" t="s">
+        <v>3759</v>
+      </c>
+      <c r="O184" t="s">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B185" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C185" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>3762</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>3763</v>
+      </c>
+      <c r="H185" t="s">
+        <v>3764</v>
+      </c>
+      <c r="I185" t="s">
+        <v>3765</v>
+      </c>
+      <c r="J185" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K185" t="s">
+        <v>3766</v>
+      </c>
+      <c r="L185" t="s">
+        <v>3767</v>
+      </c>
+      <c r="M185" t="s">
+        <v>3768</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B186" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3770</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3771</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3772</v>
+      </c>
+      <c r="I186" t="s">
+        <v>3773</v>
+      </c>
+      <c r="J186" t="s">
+        <v>3774</v>
+      </c>
+      <c r="K186" t="s">
+        <v>3775</v>
+      </c>
+      <c r="L186" t="s">
+        <v>3776</v>
+      </c>
+      <c r="M186" t="s">
+        <v>3777</v>
+      </c>
+      <c r="N186" t="s">
+        <v>3778</v>
+      </c>
+      <c r="O186" t="s">
+        <v>3779</v>
+      </c>
+      <c r="P186" t="s">
+        <v>3780</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>3781</v>
+      </c>
+      <c r="R186" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B187" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>3784</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>3785</v>
+      </c>
+      <c r="H187" t="s">
+        <v>3786</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J187" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K187" t="s">
+        <v>3787</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B188" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>3789</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>3790</v>
+      </c>
+      <c r="H188" t="s">
+        <v>3791</v>
+      </c>
+      <c r="I188" t="s">
+        <v>3792</v>
+      </c>
+      <c r="J188" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K188" t="s">
+        <v>3793</v>
+      </c>
+      <c r="L188" t="s">
+        <v>3794</v>
+      </c>
+      <c r="M188" t="s">
+        <v>3795</v>
+      </c>
+      <c r="N188" t="s">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B189" t="s">
+        <v>3797</v>
+      </c>
+      <c r="C189" t="s">
+        <v>13</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>3798</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>3799</v>
+      </c>
+      <c r="H189" t="s">
+        <v>3800</v>
+      </c>
+      <c r="I189" t="s">
+        <v>3801</v>
+      </c>
+      <c r="J189" t="s">
+        <v>3802</v>
+      </c>
+      <c r="K189" t="s">
+        <v>3803</v>
+      </c>
+      <c r="L189" t="s">
+        <v>3804</v>
+      </c>
+      <c r="M189" t="s">
+        <v>3805</v>
+      </c>
+      <c r="N189" t="s">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B190" t="s">
+        <v>3807</v>
+      </c>
+      <c r="C190" t="s">
+        <v>13</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>3798</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>3808</v>
+      </c>
+      <c r="H190" t="s">
+        <v>3809</v>
+      </c>
+      <c r="I190" t="s">
+        <v>3810</v>
+      </c>
+      <c r="J190" t="s">
+        <v>3115</v>
+      </c>
+      <c r="K190" t="s">
+        <v>3811</v>
+      </c>
+      <c r="L190" t="s">
+        <v>3812</v>
+      </c>
+      <c r="M190" t="s">
+        <v>3813</v>
+      </c>
+      <c r="N190" t="s">
+        <v>3814</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B191" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>3798</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>3816</v>
+      </c>
+      <c r="H191" t="s">
+        <v>3817</v>
+      </c>
+      <c r="I191" t="s">
+        <v>3818</v>
+      </c>
+      <c r="J191" t="s">
+        <v>3115</v>
+      </c>
+      <c r="K191" t="s">
+        <v>3819</v>
+      </c>
+      <c r="L191" t="s">
+        <v>3820</v>
+      </c>
+      <c r="M191" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B192" t="s">
+        <v>3822</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>3824</v>
+      </c>
+      <c r="H192" t="s">
+        <v>3825</v>
+      </c>
+      <c r="I192" t="s">
+        <v>3230</v>
+      </c>
+      <c r="J192" t="s">
+        <v>927</v>
+      </c>
+      <c r="K192" t="s">
+        <v>3826</v>
+      </c>
+      <c r="L192" t="s">
+        <v>3827</v>
+      </c>
+      <c r="M192" t="s">
+        <v>3828</v>
+      </c>
+      <c r="N192" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B193" t="s">
+        <v>3830</v>
+      </c>
+      <c r="C193" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>3831</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H193" t="s">
+        <v>3833</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J193" t="s">
+        <v>3834</v>
+      </c>
+      <c r="K193" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B194" t="s">
+        <v>3836</v>
+      </c>
+      <c r="C194" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>3837</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>3838</v>
+      </c>
+      <c r="H194" t="s">
+        <v>3839</v>
+      </c>
+      <c r="I194" t="s">
+        <v>3840</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K194" t="s">
+        <v>3841</v>
+      </c>
+      <c r="L194" t="s">
+        <v>3842</v>
+      </c>
+      <c r="M194" t="s">
+        <v>3843</v>
+      </c>
+      <c r="N194" t="s">
+        <v>3844</v>
+      </c>
+      <c r="O194" t="s">
+        <v>3845</v>
+      </c>
+      <c r="P194" t="s">
+        <v>3846</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>3847</v>
+      </c>
+      <c r="R194" t="s">
+        <v>3848</v>
+      </c>
+      <c r="S194" t="s">
+        <v>3849</v>
+      </c>
+      <c r="T194" t="s">
+        <v>3850</v>
+      </c>
+      <c r="U194" t="s">
+        <v>3851</v>
+      </c>
+      <c r="V194" t="s">
+        <v>3852</v>
+      </c>
+      <c r="W194" t="s">
+        <v>3853</v>
+      </c>
+      <c r="X194" t="s">
+        <v>3854</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B195" t="s">
+        <v>3855</v>
+      </c>
+      <c r="C195" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>3856</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>3857</v>
+      </c>
+      <c r="H195" t="s">
+        <v>3858</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J195" t="s">
+        <v>3859</v>
+      </c>
+      <c r="K195" t="s">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B196" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>3862</v>
+      </c>
+      <c r="H196" t="s">
+        <v>3863</v>
+      </c>
+      <c r="I196" t="s">
+        <v>3864</v>
+      </c>
+      <c r="J196" t="s">
+        <v>3865</v>
+      </c>
+      <c r="K196" t="s">
+        <v>3866</v>
+      </c>
+      <c r="L196" t="s">
+        <v>3867</v>
+      </c>
+      <c r="M196" t="s">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B197" t="s">
+        <v>3869</v>
+      </c>
+      <c r="C197" t="s">
+        <v>13</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>3870</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>3871</v>
+      </c>
+      <c r="H197" t="s">
+        <v>3872</v>
+      </c>
+      <c r="I197" t="s">
+        <v>3873</v>
+      </c>
+      <c r="J197" t="s">
+        <v>933</v>
+      </c>
+      <c r="K197" t="s">
+        <v>3874</v>
+      </c>
+      <c r="L197" t="s">
+        <v>3875</v>
+      </c>
+      <c r="M197" t="s">
+        <v>3876</v>
+      </c>
+      <c r="N197" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B198" t="s">
+        <v>3878</v>
+      </c>
+      <c r="C198" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>3879</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>3880</v>
+      </c>
+      <c r="H198" t="s">
+        <v>3881</v>
+      </c>
+      <c r="I198" t="s">
+        <v>3882</v>
+      </c>
+      <c r="J198" t="s">
+        <v>3700</v>
+      </c>
+      <c r="K198" t="s">
+        <v>3883</v>
+      </c>
+      <c r="L198" t="s">
+        <v>3884</v>
+      </c>
+      <c r="M198" t="s">
+        <v>3885</v>
+      </c>
+      <c r="N198" t="s">
+        <v>3886</v>
+      </c>
+      <c r="O198" t="s">
+        <v>3887</v>
+      </c>
+      <c r="P198" t="s">
+        <v>3888</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>3889</v>
+      </c>
+      <c r="R198" t="s">
+        <v>3890</v>
+      </c>
+      <c r="S198" t="s">
+        <v>3891</v>
+      </c>
+      <c r="T198" t="s">
+        <v>3892</v>
+      </c>
+      <c r="U198" t="s">
+        <v>3893</v>
+      </c>
+      <c r="V198" t="s">
+        <v>3894</v>
+      </c>
+      <c r="W198" t="s">
+        <v>3895</v>
+      </c>
+      <c r="X198" t="s">
+        <v>3896</v>
+      </c>
+      <c r="Y198" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B199" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C199" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>3899</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H199" t="s">
+        <v>3901</v>
+      </c>
+      <c r="I199" t="s">
+        <v>3902</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K199" t="s">
+        <v>3903</v>
+      </c>
+      <c r="L199" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B200" t="s">
+        <v>3905</v>
+      </c>
+      <c r="C200" t="s">
+        <v>13</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>3906</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>3907</v>
+      </c>
+      <c r="H200" t="s">
+        <v>3908</v>
+      </c>
+      <c r="I200" t="s">
+        <v>3909</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2377</v>
+      </c>
+      <c r="K200" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B201" t="s">
+        <v>3911</v>
+      </c>
+      <c r="C201" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>3912</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>3913</v>
+      </c>
+      <c r="H201" t="s">
+        <v>3914</v>
+      </c>
+      <c r="I201" t="s">
+        <v>3915</v>
+      </c>
+      <c r="J201" t="s">
+        <v>3916</v>
+      </c>
+      <c r="K201" t="s">
+        <v>3917</v>
+      </c>
+      <c r="L201" t="s">
+        <v>3918</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B202" t="s">
+        <v>3919</v>
+      </c>
+      <c r="C202" t="s">
+        <v>13</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>3920</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>3921</v>
+      </c>
+      <c r="H202" t="s">
+        <v>3922</v>
+      </c>
+      <c r="I202" t="s">
+        <v>3923</v>
+      </c>
+      <c r="J202" t="s">
+        <v>3924</v>
+      </c>
+      <c r="K202" t="s">
+        <v>3925</v>
+      </c>
+      <c r="L202" t="s">
+        <v>3926</v>
+      </c>
+      <c r="M202" t="s">
+        <v>3927</v>
+      </c>
+      <c r="N202" t="s">
+        <v>3928</v>
+      </c>
+      <c r="O202" t="s">
+        <v>3929</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B203" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C203" t="s">
+        <v>13</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>3920</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>3931</v>
+      </c>
+      <c r="H203" t="s">
+        <v>3932</v>
+      </c>
+      <c r="I203" t="s">
+        <v>3933</v>
+      </c>
+      <c r="J203" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K203" t="s">
+        <v>3934</v>
+      </c>
+      <c r="L203" t="s">
+        <v>3935</v>
+      </c>
+      <c r="M203" t="s">
+        <v>3936</v>
+      </c>
+      <c r="N203" t="s">
+        <v>3937</v>
+      </c>
+      <c r="O203" t="s">
+        <v>3938</v>
+      </c>
+      <c r="P203" t="s">
+        <v>3939</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B204" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C204" t="s">
+        <v>13</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>3942</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>3943</v>
+      </c>
+      <c r="H204" t="s">
+        <v>3944</v>
+      </c>
+      <c r="I204" t="s">
+        <v>3945</v>
+      </c>
+      <c r="J204" t="s">
+        <v>3834</v>
+      </c>
+      <c r="K204" t="s">
+        <v>3946</v>
+      </c>
+      <c r="L204" t="s">
+        <v>3947</v>
+      </c>
+      <c r="M204" t="s">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B205" t="s">
+        <v>3949</v>
+      </c>
+      <c r="C205" t="s">
+        <v>13</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>3950</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>3951</v>
+      </c>
+      <c r="H205" t="s">
+        <v>3952</v>
+      </c>
+      <c r="I205" t="s">
+        <v>3953</v>
+      </c>
+      <c r="J205" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K205" t="s">
+        <v>3954</v>
+      </c>
+      <c r="L205" t="s">
+        <v>3955</v>
+      </c>
+      <c r="M205" t="s">
+        <v>3956</v>
+      </c>
+      <c r="N205" t="s">
+        <v>3957</v>
+      </c>
+      <c r="O205" t="s">
+        <v>3958</v>
+      </c>
+      <c r="P205" t="s">
+        <v>3959</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>3960</v>
+      </c>
+      <c r="R205" t="s">
+        <v>3961</v>
+      </c>
+      <c r="S205" t="s">
+        <v>3962</v>
+      </c>
+      <c r="T205" t="s">
+        <v>3963</v>
+      </c>
+      <c r="U205" t="s">
+        <v>3964</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B206" t="s">
+        <v>3965</v>
+      </c>
+      <c r="C206" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>3966</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>3967</v>
+      </c>
+      <c r="H206" t="s">
+        <v>3968</v>
+      </c>
+      <c r="I206" t="s">
+        <v>3969</v>
+      </c>
+      <c r="J206" t="s">
+        <v>3970</v>
+      </c>
+      <c r="K206" t="s">
+        <v>3971</v>
+      </c>
+      <c r="L206" t="s">
+        <v>3972</v>
+      </c>
+      <c r="M206" t="s">
+        <v>3973</v>
+      </c>
+      <c r="N206" t="s">
+        <v>3974</v>
+      </c>
+      <c r="O206" t="s">
+        <v>3975</v>
+      </c>
+      <c r="P206" t="s">
+        <v>3976</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>3977</v>
+      </c>
+      <c r="R206" t="s">
+        <v>3978</v>
+      </c>
+      <c r="S206" t="s">
+        <v>3979</v>
+      </c>
+      <c r="T206" t="s">
+        <v>3980</v>
+      </c>
+      <c r="U206" t="s">
+        <v>3981</v>
+      </c>
+      <c r="V206" t="s">
+        <v>3982</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B207" t="s">
+        <v>3983</v>
+      </c>
+      <c r="C207" t="s">
+        <v>13</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>3984</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>3985</v>
+      </c>
+      <c r="H207" t="s">
+        <v>3986</v>
+      </c>
+      <c r="I207" t="s">
+        <v>3987</v>
+      </c>
+      <c r="J207" t="s">
+        <v>993</v>
+      </c>
+      <c r="K207" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L207" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B208" t="s">
+        <v>3990</v>
+      </c>
+      <c r="C208" t="s">
+        <v>13</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>3991</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>3992</v>
+      </c>
+      <c r="H208" t="s">
+        <v>3993</v>
+      </c>
+      <c r="I208" t="s">
+        <v>3994</v>
+      </c>
+      <c r="J208" t="s">
+        <v>3995</v>
+      </c>
+      <c r="K208" t="s">
+        <v>3996</v>
+      </c>
+      <c r="L208" t="s">
+        <v>3997</v>
+      </c>
+      <c r="M208" t="s">
+        <v>3998</v>
+      </c>
+      <c r="N208" t="s">
+        <v>3999</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B209" t="s">
+        <v>4000</v>
+      </c>
+      <c r="C209" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>4001</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>4002</v>
+      </c>
+      <c r="H209" t="s">
+        <v>4003</v>
+      </c>
+      <c r="I209" t="s">
+        <v>4004</v>
+      </c>
+      <c r="J209" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K209" t="s">
+        <v>4005</v>
+      </c>
+      <c r="L209" t="s">
+        <v>4006</v>
+      </c>
+      <c r="M209" t="s">
+        <v>4007</v>
+      </c>
+      <c r="N209" t="s">
+        <v>4008</v>
+      </c>
+      <c r="O209" t="s">
+        <v>4009</v>
+      </c>
+      <c r="P209" t="s">
+        <v>4010</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B210" t="s">
+        <v>4012</v>
+      </c>
+      <c r="C210" t="s">
+        <v>13</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>4013</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>4014</v>
+      </c>
+      <c r="H210" t="s">
+        <v>4015</v>
+      </c>
+      <c r="I210" t="s">
+        <v>4016</v>
+      </c>
+      <c r="J210" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K210" t="s">
+        <v>4017</v>
+      </c>
+      <c r="L210" t="s">
+        <v>4018</v>
+      </c>
+      <c r="M210" t="s">
+        <v>4019</v>
+      </c>
+      <c r="N210" t="s">
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B211" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C211" t="s">
+        <v>13</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>4022</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>4023</v>
+      </c>
+      <c r="H211" t="s">
+        <v>4024</v>
+      </c>
+      <c r="I211" t="s">
+        <v>4025</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K211" t="s">
+        <v>4026</v>
+      </c>
+      <c r="L211" t="s">
+        <v>4027</v>
+      </c>
+      <c r="M211" t="s">
+        <v>4028</v>
+      </c>
+      <c r="N211" t="s">
+        <v>4029</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B212" t="s">
+        <v>4030</v>
+      </c>
+      <c r="C212" t="s">
+        <v>13</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>4031</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>4032</v>
+      </c>
+      <c r="H212" t="s">
+        <v>4033</v>
+      </c>
+      <c r="I212" t="s">
+        <v>4034</v>
+      </c>
+      <c r="J212" t="s">
+        <v>4035</v>
+      </c>
+      <c r="K212" t="s">
+        <v>4036</v>
+      </c>
+      <c r="L212" t="s">
+        <v>4037</v>
+      </c>
+      <c r="M212" t="s">
+        <v>4038</v>
+      </c>
+      <c r="N212" t="s">
+        <v>4039</v>
+      </c>
+      <c r="O212" t="s">
+        <v>4040</v>
+      </c>
+      <c r="P212" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B213" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>4043</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>4044</v>
+      </c>
+      <c r="H213" t="s">
+        <v>4045</v>
+      </c>
+      <c r="I213" t="s">
+        <v>4046</v>
+      </c>
+      <c r="J213" t="s">
+        <v>4047</v>
+      </c>
+      <c r="K213" t="s">
+        <v>4048</v>
+      </c>
+      <c r="L213" t="s">
+        <v>4049</v>
+      </c>
+      <c r="M213" t="s">
+        <v>4050</v>
+      </c>
+      <c r="N213" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B214" t="s">
+        <v>4052</v>
+      </c>
+      <c r="C214" t="s">
+        <v>13</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>4053</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>4054</v>
+      </c>
+      <c r="H214" t="s">
+        <v>4055</v>
+      </c>
+      <c r="I214" t="s">
+        <v>4056</v>
+      </c>
+      <c r="J214" t="s">
+        <v>4057</v>
+      </c>
+      <c r="K214" t="s">
+        <v>4058</v>
+      </c>
+      <c r="L214" t="s">
+        <v>4059</v>
+      </c>
+      <c r="M214" t="s">
+        <v>4060</v>
+      </c>
+      <c r="N214" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B215" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H215" t="s">
+        <v>4065</v>
+      </c>
+      <c r="I215" t="s">
+        <v>4066</v>
+      </c>
+      <c r="J215" t="s">
+        <v>3312</v>
+      </c>
+      <c r="K215" t="s">
+        <v>4067</v>
+      </c>
+      <c r="L215" t="s">
+        <v>4068</v>
+      </c>
+      <c r="M215" t="s">
+        <v>4069</v>
+      </c>
+      <c r="N215" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B216" t="s">
+        <v>4071</v>
+      </c>
+      <c r="C216" t="s">
+        <v>13</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>4072</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" t="s">
+        <v>4073</v>
+      </c>
+      <c r="H216" t="s">
+        <v>4074</v>
+      </c>
+      <c r="I216" t="s">
+        <v>4066</v>
+      </c>
+      <c r="J216" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K216" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B217" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C217" t="s">
+        <v>13</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>4077</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>4078</v>
+      </c>
+      <c r="H217" t="s">
+        <v>4079</v>
+      </c>
+      <c r="I217" t="s">
+        <v>4080</v>
+      </c>
+      <c r="J217" t="s">
+        <v>2877</v>
+      </c>
+      <c r="K217" t="s">
+        <v>4081</v>
+      </c>
+      <c r="L217" t="s">
+        <v>4082</v>
+      </c>
+      <c r="M217" t="s">
+        <v>4083</v>
+      </c>
+      <c r="N217" t="s">
+        <v>4084</v>
+      </c>
+      <c r="O217" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B218" t="s">
+        <v>4086</v>
+      </c>
+      <c r="C218" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>4087</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H218" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I218" t="s">
+        <v>4090</v>
+      </c>
+      <c r="J218" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K218" t="s">
+        <v>4091</v>
+      </c>
+      <c r="L218" t="s">
+        <v>4092</v>
+      </c>
+      <c r="M218" t="s">
+        <v>4093</v>
+      </c>
+      <c r="N218" t="s">
+        <v>4094</v>
+      </c>
+      <c r="O218" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B219" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C219" t="s">
+        <v>13</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>4097</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>4098</v>
+      </c>
+      <c r="H219" t="s">
+        <v>4099</v>
+      </c>
+      <c r="I219" t="s">
+        <v>4100</v>
+      </c>
+      <c r="J219" t="s">
+        <v>2307</v>
+      </c>
+      <c r="K219" t="s">
+        <v>4101</v>
+      </c>
+      <c r="L219" t="s">
+        <v>4102</v>
+      </c>
+      <c r="M219" t="s">
+        <v>4103</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B220" t="s">
+        <v>4104</v>
+      </c>
+      <c r="C220" t="s">
+        <v>13</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>4105</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>4106</v>
+      </c>
+      <c r="H220" t="s">
+        <v>4107</v>
+      </c>
+      <c r="I220" t="s">
+        <v>4108</v>
+      </c>
+      <c r="J220" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K220" t="s">
+        <v>4109</v>
+      </c>
+      <c r="L220" t="s">
+        <v>4110</v>
+      </c>
+      <c r="M220" t="s">
+        <v>4111</v>
+      </c>
+      <c r="N220" t="s">
+        <v>4112</v>
+      </c>
+      <c r="O220" t="s">
+        <v>4113</v>
+      </c>
+      <c r="P220" t="s">
+        <v>4114</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>4115</v>
+      </c>
+      <c r="R220" t="s">
+        <v>4116</v>
+      </c>
+      <c r="S220" t="s">
+        <v>4117</v>
+      </c>
+      <c r="T220" t="s">
+        <v>4118</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B221" t="s">
+        <v>4119</v>
+      </c>
+      <c r="C221" t="s">
+        <v>13</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>4120</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>4121</v>
+      </c>
+      <c r="H221" t="s">
+        <v>4122</v>
+      </c>
+      <c r="I221" t="s">
+        <v>4123</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1975</v>
+      </c>
+      <c r="K221" t="s">
+        <v>4124</v>
+      </c>
+      <c r="L221" t="s">
+        <v>4125</v>
+      </c>
+      <c r="M221" t="s">
+        <v>4126</v>
+      </c>
+      <c r="N221" t="s">
+        <v>4127</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B222" t="s">
+        <v>4128</v>
+      </c>
+      <c r="C222" t="s">
+        <v>13</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>4129</v>
+      </c>
+      <c r="F222" t="s">
+        <v>13</v>
+      </c>
+      <c r="G222" t="s">
+        <v>4130</v>
+      </c>
+      <c r="H222" t="s">
+        <v>4131</v>
+      </c>
+      <c r="I222" t="s">
+        <v>4132</v>
+      </c>
+      <c r="J222" t="s">
+        <v>4133</v>
+      </c>
+      <c r="K222" t="s">
+        <v>4134</v>
+      </c>
+      <c r="L222" t="s">
+        <v>4135</v>
+      </c>
+      <c r="M222" t="s">
+        <v>4136</v>
+      </c>
+      <c r="N222" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B223" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C223" t="s">
+        <v>13</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>4139</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" t="s">
+        <v>4140</v>
+      </c>
+      <c r="H223" t="s">
+        <v>4141</v>
+      </c>
+      <c r="I223" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J223" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K223" t="s">
+        <v>4142</v>
+      </c>
+      <c r="L223" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B224" t="s">
+        <v>4144</v>
+      </c>
+      <c r="C224" t="s">
+        <v>13</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>4145</v>
+      </c>
+      <c r="F224" t="s">
+        <v>13</v>
+      </c>
+      <c r="G224" t="s">
+        <v>4146</v>
+      </c>
+      <c r="H224" t="s">
+        <v>4147</v>
+      </c>
+      <c r="I224" t="s">
+        <v>4148</v>
+      </c>
+      <c r="J224" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K224" t="s">
+        <v>4149</v>
+      </c>
+      <c r="L224" t="s">
+        <v>4150</v>
+      </c>
+      <c r="M224" t="s">
+        <v>4151</v>
+      </c>
+      <c r="N224" t="s">
+        <v>4152</v>
+      </c>
+      <c r="O224" t="s">
+        <v>4153</v>
+      </c>
+      <c r="P224" t="s">
+        <v>4154</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B225" t="s">
+        <v>4156</v>
+      </c>
+      <c r="C225" t="s">
+        <v>13</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>4157</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
+        <v>4158</v>
+      </c>
+      <c r="H225" t="s">
+        <v>4159</v>
+      </c>
+      <c r="I225" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J225" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K225" t="s">
+        <v>4161</v>
+      </c>
+      <c r="L225" t="s">
+        <v>4162</v>
+      </c>
+      <c r="M225" t="s">
+        <v>4163</v>
+      </c>
+      <c r="N225" t="s">
+        <v>4164</v>
+      </c>
+      <c r="O225" t="s">
+        <v>4165</v>
+      </c>
+      <c r="P225" t="s">
+        <v>4166</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B226" t="s">
+        <v>4168</v>
+      </c>
+      <c r="C226" t="s">
+        <v>13</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>4169</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
+        <v>4170</v>
+      </c>
+      <c r="H226" t="s">
+        <v>4171</v>
+      </c>
+      <c r="I226" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J226" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K226" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B227" t="s">
+        <v>4173</v>
+      </c>
+      <c r="C227" t="s">
+        <v>13</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>4174</v>
+      </c>
+      <c r="F227" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" t="s">
+        <v>4175</v>
+      </c>
+      <c r="H227" t="s">
+        <v>4176</v>
+      </c>
+      <c r="I227" t="s">
+        <v>4177</v>
+      </c>
+      <c r="J227" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K227" t="s">
+        <v>4178</v>
+      </c>
+      <c r="L227" t="s">
+        <v>4179</v>
+      </c>
+      <c r="M227" t="s">
+        <v>4180</v>
+      </c>
+      <c r="N227" t="s">
+        <v>4181</v>
+      </c>
+      <c r="O227" t="s">
+        <v>4182</v>
+      </c>
+      <c r="P227" t="s">
+        <v>4183</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>4184</v>
+      </c>
+      <c r="R227" t="s">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B228" t="s">
+        <v>4186</v>
+      </c>
+      <c r="C228" t="s">
+        <v>13</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>4187</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H228" t="s">
+        <v>4189</v>
+      </c>
+      <c r="I228" t="s">
+        <v>4190</v>
+      </c>
+      <c r="J228" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K228" t="s">
+        <v>4191</v>
+      </c>
+      <c r="L228" t="s">
+        <v>4192</v>
+      </c>
+      <c r="M228" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B229" t="s">
+        <v>4194</v>
+      </c>
+      <c r="C229" t="s">
+        <v>13</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>4195</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" t="s">
+        <v>4196</v>
+      </c>
+      <c r="H229" t="s">
+        <v>4197</v>
+      </c>
+      <c r="I229" t="s">
+        <v>4198</v>
+      </c>
+      <c r="J229" t="s">
+        <v>933</v>
+      </c>
+      <c r="K229" t="s">
+        <v>4199</v>
+      </c>
+      <c r="L229" t="s">
+        <v>4200</v>
+      </c>
+      <c r="M229" t="s">
+        <v>4201</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B230" t="s">
+        <v>4202</v>
+      </c>
+      <c r="C230" t="s">
+        <v>13</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>4203</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" t="s">
+        <v>4204</v>
+      </c>
+      <c r="H230" t="s">
+        <v>4205</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J230" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K230" t="s">
+        <v>4206</v>
+      </c>
+      <c r="L230" t="s">
+        <v>4207</v>
+      </c>
+      <c r="M230" t="s">
+        <v>4208</v>
+      </c>
+      <c r="N230" t="s">
+        <v>4209</v>
+      </c>
+      <c r="O230" t="s">
+        <v>4210</v>
+      </c>
+      <c r="P230" t="s">
+        <v>4211</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>4212</v>
+      </c>
+      <c r="R230" t="s">
+        <v>4213</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B231" t="s">
+        <v>4214</v>
+      </c>
+      <c r="C231" t="s">
+        <v>13</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>4215</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" t="s">
+        <v>4216</v>
+      </c>
+      <c r="H231" t="s">
+        <v>4217</v>
+      </c>
+      <c r="I231" t="s">
+        <v>4218</v>
+      </c>
+      <c r="J231" t="s">
+        <v>2307</v>
+      </c>
+      <c r="K231" t="s">
+        <v>4219</v>
+      </c>
+      <c r="L231" t="s">
+        <v>4220</v>
+      </c>
+      <c r="M231" t="s">
+        <v>4221</v>
+      </c>
+      <c r="N231" t="s">
+        <v>4222</v>
+      </c>
+      <c r="O231" t="s">
+        <v>4223</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B232" t="s">
+        <v>4224</v>
+      </c>
+      <c r="C232" t="s">
+        <v>13</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>4215</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" t="s">
+        <v>4225</v>
+      </c>
+      <c r="H232" t="s">
+        <v>4226</v>
+      </c>
+      <c r="I232" t="s">
+        <v>4227</v>
+      </c>
+      <c r="J232" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K232" t="s">
+        <v>4228</v>
+      </c>
+      <c r="L232" t="s">
+        <v>4229</v>
+      </c>
+      <c r="M232" t="s">
+        <v>4230</v>
+      </c>
+      <c r="N232" t="s">
+        <v>4231</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B233" t="s">
+        <v>4232</v>
+      </c>
+      <c r="C233" t="s">
+        <v>13</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>4233</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>4234</v>
+      </c>
+      <c r="H233" t="s">
+        <v>4235</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J233" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K233" t="s">
+        <v>4236</v>
+      </c>
+      <c r="L233" t="s">
+        <v>4237</v>
+      </c>
+      <c r="M233" t="s">
+        <v>4238</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B234" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C234" t="s">
+        <v>13</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>4240</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>4241</v>
+      </c>
+      <c r="H234" t="s">
+        <v>4242</v>
+      </c>
+      <c r="I234" t="s">
+        <v>4243</v>
+      </c>
+      <c r="J234" t="s">
+        <v>4244</v>
+      </c>
+      <c r="K234" t="s">
+        <v>4245</v>
+      </c>
+      <c r="L234" t="s">
+        <v>4246</v>
+      </c>
+      <c r="M234" t="s">
+        <v>4247</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B235" t="s">
+        <v>4248</v>
+      </c>
+      <c r="C235" t="s">
+        <v>13</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>4249</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" t="s">
+        <v>4250</v>
+      </c>
+      <c r="H235" t="s">
+        <v>4251</v>
+      </c>
+      <c r="I235" t="s">
+        <v>4252</v>
+      </c>
+      <c r="J235" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K235" t="s">
+        <v>4253</v>
+      </c>
+      <c r="L235" t="s">
+        <v>4254</v>
+      </c>
+      <c r="M235" t="s">
+        <v>4255</v>
+      </c>
+      <c r="N235" t="s">
+        <v>4256</v>
+      </c>
+      <c r="O235" t="s">
+        <v>4257</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4258</v>
+      </c>
+      <c r="C236" t="s">
+        <v>13</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>4259</v>
+      </c>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" t="s">
+        <v>4260</v>
+      </c>
+      <c r="H236" t="s">
+        <v>4261</v>
+      </c>
+      <c r="I236" t="s">
+        <v>4262</v>
+      </c>
+      <c r="J236" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K236" t="s">
+        <v>4263</v>
+      </c>
+      <c r="L236" t="s">
+        <v>4264</v>
+      </c>
+      <c r="M236" t="s">
+        <v>4265</v>
+      </c>
+      <c r="N236" t="s">
+        <v>4266</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4267</v>
+      </c>
+      <c r="C237" t="s">
+        <v>13</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>4268</v>
+      </c>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" t="s">
+        <v>4269</v>
+      </c>
+      <c r="H237" t="s">
+        <v>4270</v>
+      </c>
+      <c r="I237" t="s">
+        <v>4271</v>
+      </c>
+      <c r="J237" t="s">
+        <v>4272</v>
+      </c>
+      <c r="K237" t="s">
+        <v>4273</v>
+      </c>
+      <c r="L237" t="s">
+        <v>4274</v>
+      </c>
+      <c r="M237" t="s">
+        <v>4275</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4276</v>
+      </c>
+      <c r="C238" t="s">
+        <v>13</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>4277</v>
+      </c>
+      <c r="F238" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" t="s">
+        <v>4278</v>
+      </c>
+      <c r="H238" t="s">
+        <v>4279</v>
+      </c>
+      <c r="I238" t="s">
+        <v>4280</v>
+      </c>
+      <c r="J238" t="s">
+        <v>2695</v>
+      </c>
+      <c r="K238" t="s">
+        <v>4281</v>
+      </c>
+      <c r="L238" t="s">
+        <v>4282</v>
+      </c>
+      <c r="M238" t="s">
+        <v>4283</v>
+      </c>
+      <c r="N238" t="s">
+        <v>4284</v>
+      </c>
+      <c r="O238" t="s">
+        <v>4285</v>
+      </c>
+      <c r="P238" t="s">
+        <v>4286</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>4287</v>
+      </c>
+      <c r="R238" t="s">
+        <v>4288</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4289</v>
+      </c>
+      <c r="C239" t="s">
+        <v>13</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>4290</v>
+      </c>
+      <c r="F239" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" t="s">
+        <v>4291</v>
+      </c>
+      <c r="H239" t="s">
+        <v>4292</v>
+      </c>
+      <c r="I239" t="s">
+        <v>4293</v>
+      </c>
+      <c r="J239" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K239" t="s">
+        <v>4294</v>
+      </c>
+      <c r="L239" t="s">
+        <v>4295</v>
+      </c>
+      <c r="M239" t="s">
+        <v>4296</v>
+      </c>
+      <c r="N239" t="s">
+        <v>4297</v>
+      </c>
+      <c r="O239" t="s">
+        <v>4298</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C240" t="s">
+        <v>13</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>4300</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" t="s">
+        <v>4301</v>
+      </c>
+      <c r="H240" t="s">
+        <v>4302</v>
+      </c>
+      <c r="I240" t="s">
+        <v>4303</v>
+      </c>
+      <c r="J240" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K240" t="s">
+        <v>4304</v>
+      </c>
+      <c r="L240" t="s">
+        <v>4305</v>
+      </c>
+      <c r="M240" t="s">
+        <v>4306</v>
+      </c>
+      <c r="N240" t="s">
+        <v>4307</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4308</v>
+      </c>
+      <c r="C241" t="s">
+        <v>13</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
+        <v>4310</v>
+      </c>
+      <c r="H241" t="s">
+        <v>4311</v>
+      </c>
+      <c r="I241" t="s">
+        <v>4312</v>
+      </c>
+      <c r="J241" t="s">
+        <v>4133</v>
+      </c>
+      <c r="K241" t="s">
+        <v>4313</v>
+      </c>
+      <c r="L241" t="s">
+        <v>4314</v>
+      </c>
+      <c r="M241" t="s">
+        <v>4315</v>
+      </c>
+      <c r="N241" t="s">
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4317</v>
+      </c>
+      <c r="C242" t="s">
+        <v>13</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
+      <c r="G242" t="s">
+        <v>4318</v>
+      </c>
+      <c r="H242" t="s">
+        <v>4319</v>
+      </c>
+      <c r="I242" t="s">
+        <v>4320</v>
+      </c>
+      <c r="J242" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K242" t="s">
+        <v>4321</v>
+      </c>
+      <c r="L242" t="s">
+        <v>4322</v>
+      </c>
+      <c r="M242" t="s">
+        <v>4323</v>
+      </c>
+      <c r="N242" t="s">
+        <v>4324</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4325</v>
+      </c>
+      <c r="C243" t="s">
+        <v>13</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F243" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" t="s">
+        <v>4326</v>
+      </c>
+      <c r="H243" t="s">
+        <v>4327</v>
+      </c>
+      <c r="I243" t="s">
+        <v>4328</v>
+      </c>
+      <c r="J243" t="s">
+        <v>933</v>
+      </c>
+      <c r="K243" t="s">
+        <v>4329</v>
+      </c>
+      <c r="L243" t="s">
+        <v>4330</v>
+      </c>
+      <c r="M243" t="s">
+        <v>4331</v>
+      </c>
+      <c r="N243" t="s">
+        <v>4332</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B244" t="s">
+        <v>4333</v>
+      </c>
+      <c r="C244" t="s">
+        <v>13</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>4334</v>
+      </c>
+      <c r="F244" t="s">
+        <v>13</v>
+      </c>
+      <c r="G244" t="s">
+        <v>4335</v>
+      </c>
+      <c r="H244" t="s">
+        <v>4336</v>
+      </c>
+      <c r="I244" t="s">
+        <v>4337</v>
+      </c>
+      <c r="J244" t="s">
+        <v>4338</v>
+      </c>
+      <c r="K244" t="s">
+        <v>4339</v>
+      </c>
+      <c r="L244" t="s">
+        <v>4340</v>
+      </c>
+      <c r="M244" t="s">
+        <v>4341</v>
+      </c>
+      <c r="N244" t="s">
+        <v>4342</v>
+      </c>
+      <c r="O244" t="s">
+        <v>4343</v>
+      </c>
+      <c r="P244" t="s">
+        <v>4344</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B245" t="s">
+        <v>4345</v>
+      </c>
+      <c r="C245" t="s">
+        <v>13</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>4346</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" t="s">
+        <v>4347</v>
+      </c>
+      <c r="H245" t="s">
+        <v>4348</v>
+      </c>
+      <c r="I245" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J245" t="s">
+        <v>3312</v>
+      </c>
+      <c r="K245" t="s">
+        <v>4349</v>
+      </c>
+      <c r="L245" t="s">
+        <v>4350</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B246" t="s">
+        <v>4351</v>
+      </c>
+      <c r="C246" t="s">
+        <v>13</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>4346</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" t="s">
+        <v>4352</v>
+      </c>
+      <c r="H246" t="s">
+        <v>4353</v>
+      </c>
+      <c r="I246" t="s">
+        <v>4320</v>
+      </c>
+      <c r="J246" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K246" t="s">
+        <v>4354</v>
+      </c>
+      <c r="L246" t="s">
+        <v>4355</v>
+      </c>
+      <c r="M246" t="s">
+        <v>4356</v>
+      </c>
+      <c r="N246" t="s">
+        <v>4357</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B247" t="s">
+        <v>4358</v>
+      </c>
+      <c r="C247" t="s">
+        <v>13</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>4346</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H247" t="s">
+        <v>4360</v>
+      </c>
+      <c r="I247" t="s">
+        <v>4361</v>
+      </c>
+      <c r="J247" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K247" t="s">
+        <v>4362</v>
+      </c>
+      <c r="L247" t="s">
+        <v>4363</v>
+      </c>
+      <c r="M247" t="s">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B248" t="s">
+        <v>4365</v>
+      </c>
+      <c r="C248" t="s">
+        <v>13</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>4366</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" t="s">
+        <v>4367</v>
+      </c>
+      <c r="H248" t="s">
+        <v>4368</v>
+      </c>
+      <c r="I248" t="s">
+        <v>4369</v>
+      </c>
+      <c r="J248" t="s">
+        <v>4370</v>
+      </c>
+      <c r="K248" t="s">
+        <v>4371</v>
+      </c>
+      <c r="L248" t="s">
+        <v>4372</v>
+      </c>
+      <c r="M248" t="s">
+        <v>4373</v>
+      </c>
+      <c r="N248" t="s">
+        <v>4374</v>
+      </c>
+      <c r="O248" t="s">
+        <v>4375</v>
+      </c>
+      <c r="P248" t="s">
+        <v>4376</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>4377</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B249" t="s">
+        <v>4378</v>
+      </c>
+      <c r="C249" t="s">
+        <v>13</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>4366</v>
+      </c>
+      <c r="F249" t="s">
+        <v>13</v>
+      </c>
+      <c r="G249" t="s">
+        <v>4379</v>
+      </c>
+      <c r="H249" t="s">
+        <v>4380</v>
+      </c>
+      <c r="I249" t="s">
+        <v>4381</v>
+      </c>
+      <c r="J249" t="s">
+        <v>4382</v>
+      </c>
+      <c r="K249" t="s">
+        <v>4383</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B250" t="s">
+        <v>4384</v>
+      </c>
+      <c r="C250" t="s">
+        <v>13</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>4385</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>4386</v>
+      </c>
+      <c r="H250" t="s">
+        <v>4387</v>
+      </c>
+      <c r="I250" t="s">
+        <v>2649</v>
+      </c>
+      <c r="J250" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K250" t="s">
+        <v>4388</v>
+      </c>
+      <c r="L250" t="s">
+        <v>4389</v>
+      </c>
+      <c r="M250" t="s">
+        <v>4390</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B251" t="s">
+        <v>4391</v>
+      </c>
+      <c r="C251" t="s">
+        <v>13</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>4392</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>4393</v>
+      </c>
+      <c r="H251" t="s">
+        <v>4394</v>
+      </c>
+      <c r="I251" t="s">
+        <v>4381</v>
+      </c>
+      <c r="J251" t="s">
+        <v>4395</v>
+      </c>
+      <c r="K251" t="s">
+        <v>4396</v>
+      </c>
+      <c r="L251" t="s">
+        <v>4397</v>
+      </c>
+      <c r="M251" t="s">
+        <v>4398</v>
+      </c>
+      <c r="N251" t="s">
+        <v>4399</v>
+      </c>
+      <c r="O251" t="s">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B252" t="s">
+        <v>4401</v>
+      </c>
+      <c r="C252" t="s">
+        <v>13</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>4402</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
+        <v>4403</v>
+      </c>
+      <c r="H252" t="s">
+        <v>4404</v>
+      </c>
+      <c r="I252" t="s">
+        <v>4405</v>
+      </c>
+      <c r="J252" t="s">
+        <v>927</v>
+      </c>
+      <c r="K252" t="s">
+        <v>4406</v>
+      </c>
+      <c r="L252" t="s">
+        <v>4407</v>
+      </c>
+      <c r="M252" t="s">
+        <v>4408</v>
+      </c>
+      <c r="N252" t="s">
+        <v>4409</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B253" t="s">
+        <v>4410</v>
+      </c>
+      <c r="C253" t="s">
+        <v>13</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>4411</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" t="s">
+        <v>4412</v>
+      </c>
+      <c r="H253" t="s">
+        <v>4413</v>
+      </c>
+      <c r="I253" t="s">
+        <v>4414</v>
+      </c>
+      <c r="J253" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K253" t="s">
+        <v>4415</v>
+      </c>
+      <c r="L253" t="s">
+        <v>4416</v>
+      </c>
+      <c r="M253" t="s">
+        <v>4417</v>
+      </c>
+      <c r="N253" t="s">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B254" t="s">
+        <v>4419</v>
+      </c>
+      <c r="C254" t="s">
+        <v>13</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>4420</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" t="s">
+        <v>4421</v>
+      </c>
+      <c r="H254" t="s">
+        <v>4422</v>
+      </c>
+      <c r="I254" t="s">
+        <v>4423</v>
+      </c>
+      <c r="J254" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K254" t="s">
+        <v>4424</v>
+      </c>
+      <c r="L254" t="s">
+        <v>4425</v>
+      </c>
+      <c r="M254" t="s">
+        <v>4426</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B255" t="s">
+        <v>4427</v>
+      </c>
+      <c r="C255" t="s">
+        <v>13</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>4428</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" t="s">
+        <v>4429</v>
+      </c>
+      <c r="H255" t="s">
+        <v>4430</v>
+      </c>
+      <c r="I255" t="s">
+        <v>4431</v>
+      </c>
+      <c r="J255" t="s">
+        <v>4432</v>
+      </c>
+      <c r="K255" t="s">
+        <v>4433</v>
+      </c>
+      <c r="L255" t="s">
+        <v>4434</v>
+      </c>
+      <c r="M255" t="s">
+        <v>4435</v>
+      </c>
+      <c r="N255" t="s">
+        <v>4436</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B256" t="s">
+        <v>4437</v>
+      </c>
+      <c r="C256" t="s">
+        <v>13</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>4438</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" t="s">
+        <v>4439</v>
+      </c>
+      <c r="H256" t="s">
+        <v>4440</v>
+      </c>
+      <c r="I256" t="s">
+        <v>4441</v>
+      </c>
+      <c r="J256" t="s">
+        <v>4442</v>
+      </c>
+      <c r="K256" t="s">
+        <v>4443</v>
+      </c>
+      <c r="L256" t="s">
+        <v>4444</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B257" t="s">
+        <v>4445</v>
+      </c>
+      <c r="C257" t="s">
+        <v>13</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>4438</v>
+      </c>
+      <c r="F257" t="s">
+        <v>13</v>
+      </c>
+      <c r="G257" t="s">
+        <v>4446</v>
+      </c>
+      <c r="H257" t="s">
+        <v>4447</v>
+      </c>
+      <c r="I257" t="s">
+        <v>4441</v>
+      </c>
+      <c r="J257" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K257" t="s">
+        <v>4448</v>
+      </c>
+      <c r="L257" t="s">
+        <v>4449</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B258" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C258" t="s">
+        <v>13</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>4451</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>4452</v>
+      </c>
+      <c r="H258" t="s">
+        <v>4453</v>
+      </c>
+      <c r="I258" t="s">
+        <v>4454</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K258" t="s">
+        <v>4455</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B259" t="s">
+        <v>4456</v>
+      </c>
+      <c r="C259" t="s">
+        <v>13</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>4457</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>4458</v>
+      </c>
+      <c r="H259" t="s">
+        <v>4459</v>
+      </c>
+      <c r="I259" t="s">
+        <v>4460</v>
+      </c>
+      <c r="J259" t="s">
+        <v>933</v>
+      </c>
+      <c r="K259" t="s">
+        <v>4461</v>
+      </c>
+      <c r="L259" t="s">
+        <v>4462</v>
+      </c>
+      <c r="M259" t="s">
+        <v>4463</v>
+      </c>
+      <c r="N259" t="s">
+        <v>4464</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B260" t="s">
+        <v>4465</v>
+      </c>
+      <c r="C260" t="s">
+        <v>13</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>4466</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>4467</v>
+      </c>
+      <c r="H260" t="s">
+        <v>4468</v>
+      </c>
+      <c r="I260" t="s">
+        <v>4469</v>
+      </c>
+      <c r="J260" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K260" t="s">
+        <v>4470</v>
+      </c>
+      <c r="L260" t="s">
+        <v>4471</v>
+      </c>
+      <c r="M260" t="s">
+        <v>4472</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B261" t="s">
+        <v>4473</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>4474</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>4475</v>
+      </c>
+      <c r="H261" t="s">
+        <v>4476</v>
+      </c>
+      <c r="I261" t="s">
+        <v>4477</v>
+      </c>
+      <c r="J261" t="s">
+        <v>3447</v>
+      </c>
+      <c r="K261" t="s">
+        <v>4478</v>
+      </c>
+      <c r="L261" t="s">
+        <v>4479</v>
+      </c>
+      <c r="M261" t="s">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B262" t="s">
+        <v>4481</v>
+      </c>
+      <c r="C262" t="s">
+        <v>13</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>4466</v>
+      </c>
+      <c r="F262" t="s">
+        <v>13</v>
+      </c>
+      <c r="G262" t="s">
+        <v>4482</v>
+      </c>
+      <c r="H262" t="s">
+        <v>4483</v>
+      </c>
+      <c r="I262" t="s">
+        <v>4484</v>
+      </c>
+      <c r="J262" t="s">
+        <v>927</v>
+      </c>
+      <c r="K262" t="s">
+        <v>4485</v>
+      </c>
+      <c r="L262" t="s">
+        <v>4486</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B263" t="s">
+        <v>4487</v>
+      </c>
+      <c r="C263" t="s">
+        <v>13</v>
+      </c>
+      <c r="D263" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" t="s">
+        <v>4488</v>
+      </c>
+      <c r="F263" t="s">
+        <v>13</v>
+      </c>
+      <c r="G263" t="s">
+        <v>4489</v>
+      </c>
+      <c r="H263" t="s">
+        <v>4490</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3915</v>
+      </c>
+      <c r="J263" t="s">
+        <v>1975</v>
+      </c>
+      <c r="K263" t="s">
+        <v>4491</v>
+      </c>
+      <c r="L263" t="s">
+        <v>4492</v>
+      </c>
+      <c r="M263" t="s">
+        <v>4493</v>
+      </c>
+      <c r="N263" t="s">
+        <v>4494</v>
+      </c>
+      <c r="O263" t="s">
+        <v>4495</v>
+      </c>
+      <c r="P263" t="s">
+        <v>4496</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B264" t="s">
+        <v>4498</v>
+      </c>
+      <c r="C264" t="s">
+        <v>13</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>4499</v>
+      </c>
+      <c r="F264" t="s">
+        <v>13</v>
+      </c>
+      <c r="G264" t="s">
+        <v>4500</v>
+      </c>
+      <c r="H264" t="s">
+        <v>4501</v>
+      </c>
+      <c r="I264" t="s">
+        <v>4502</v>
+      </c>
+      <c r="J264" t="s">
+        <v>4503</v>
+      </c>
+      <c r="K264" t="s">
+        <v>4504</v>
+      </c>
+      <c r="L264" t="s">
+        <v>4505</v>
+      </c>
+      <c r="M264" t="s">
+        <v>4506</v>
+      </c>
+      <c r="N264" t="s">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B265" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C265" t="s">
+        <v>13</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>4509</v>
+      </c>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" t="s">
+        <v>4510</v>
+      </c>
+      <c r="H265" t="s">
+        <v>4511</v>
+      </c>
+      <c r="I265" t="s">
+        <v>4512</v>
+      </c>
+      <c r="J265" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K265" t="s">
+        <v>4513</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B266" t="s">
+        <v>4514</v>
+      </c>
+      <c r="C266" t="s">
+        <v>13</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>4515</v>
+      </c>
+      <c r="F266" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" t="s">
+        <v>4516</v>
+      </c>
+      <c r="H266" t="s">
+        <v>4517</v>
+      </c>
+      <c r="I266" t="s">
+        <v>4518</v>
+      </c>
+      <c r="J266" t="s">
+        <v>2007</v>
+      </c>
+      <c r="K266" t="s">
+        <v>4519</v>
+      </c>
+      <c r="L266" t="s">
+        <v>4520</v>
+      </c>
+      <c r="M266" t="s">
+        <v>4521</v>
+      </c>
+      <c r="N266" t="s">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B267" t="s">
+        <v>4523</v>
+      </c>
+      <c r="C267" t="s">
+        <v>13</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>4524</v>
+      </c>
+      <c r="F267" t="s">
+        <v>13</v>
+      </c>
+      <c r="G267" t="s">
+        <v>4525</v>
+      </c>
+      <c r="H267" t="s">
+        <v>4526</v>
+      </c>
+      <c r="I267" t="s">
+        <v>4527</v>
+      </c>
+      <c r="J267" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K267" t="s">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B268" t="s">
+        <v>4529</v>
+      </c>
+      <c r="C268" t="s">
+        <v>13</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>4530</v>
+      </c>
+      <c r="F268" t="s">
+        <v>13</v>
+      </c>
+      <c r="G268" t="s">
+        <v>4531</v>
+      </c>
+      <c r="H268" t="s">
+        <v>4532</v>
+      </c>
+      <c r="I268" t="s">
+        <v>4533</v>
+      </c>
+      <c r="J268" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K268" t="s">
+        <v>4534</v>
+      </c>
+      <c r="L268" t="s">
+        <v>4535</v>
+      </c>
+      <c r="M268" t="s">
+        <v>4536</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B269" t="s">
+        <v>4537</v>
+      </c>
+      <c r="C269" t="s">
+        <v>13</v>
+      </c>
+      <c r="D269" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" t="s">
+        <v>4538</v>
+      </c>
+      <c r="F269" t="s">
+        <v>13</v>
+      </c>
+      <c r="G269" t="s">
+        <v>4539</v>
+      </c>
+      <c r="H269" t="s">
+        <v>4540</v>
+      </c>
+      <c r="I269" t="s">
+        <v>4484</v>
+      </c>
+      <c r="J269" t="s">
+        <v>4541</v>
+      </c>
+      <c r="K269" t="s">
+        <v>4542</v>
+      </c>
+      <c r="L269" t="s">
+        <v>4543</v>
+      </c>
+      <c r="M269" t="s">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B270" t="s">
+        <v>4545</v>
+      </c>
+      <c r="C270" t="s">
+        <v>13</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>4546</v>
+      </c>
+      <c r="F270" t="s">
+        <v>13</v>
+      </c>
+      <c r="G270" t="s">
+        <v>4547</v>
+      </c>
+      <c r="H270" t="s">
+        <v>4548</v>
+      </c>
+      <c r="I270" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J270" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K270" t="s">
+        <v>4549</v>
+      </c>
+      <c r="L270" t="s">
+        <v>4550</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B271" t="s">
+        <v>4551</v>
+      </c>
+      <c r="C271" t="s">
+        <v>13</v>
+      </c>
+      <c r="D271" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" t="s">
+        <v>4552</v>
+      </c>
+      <c r="F271" t="s">
+        <v>13</v>
+      </c>
+      <c r="G271" t="s">
+        <v>4553</v>
+      </c>
+      <c r="H271" t="s">
+        <v>4554</v>
+      </c>
+      <c r="I271" t="s">
+        <v>4555</v>
+      </c>
+      <c r="J271" t="s">
+        <v>2695</v>
+      </c>
+      <c r="K271" t="s">
+        <v>4556</v>
+      </c>
+      <c r="L271" t="s">
+        <v>4557</v>
+      </c>
+      <c r="M271" t="s">
+        <v>4558</v>
+      </c>
+      <c r="N271" t="s">
+        <v>4559</v>
+      </c>
+      <c r="O271" t="s">
+        <v>4560</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B272" t="s">
+        <v>4561</v>
+      </c>
+      <c r="C272" t="s">
+        <v>13</v>
+      </c>
+      <c r="D272" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" t="s">
+        <v>4562</v>
+      </c>
+      <c r="F272" t="s">
+        <v>13</v>
+      </c>
+      <c r="G272" t="s">
+        <v>4563</v>
+      </c>
+      <c r="H272" t="s">
+        <v>4564</v>
+      </c>
+      <c r="I272" t="s">
+        <v>4565</v>
+      </c>
+      <c r="J272" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K272" t="s">
+        <v>4566</v>
+      </c>
+      <c r="L272" t="s">
+        <v>4567</v>
+      </c>
+      <c r="M272" t="s">
+        <v>4568</v>
+      </c>
+      <c r="N272" t="s">
+        <v>4569</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B273" t="s">
+        <v>4570</v>
+      </c>
+      <c r="C273" t="s">
+        <v>13</v>
+      </c>
+      <c r="D273" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" t="s">
+        <v>4571</v>
+      </c>
+      <c r="F273" t="s">
+        <v>13</v>
+      </c>
+      <c r="G273" t="s">
+        <v>4572</v>
+      </c>
+      <c r="H273" t="s">
+        <v>4573</v>
+      </c>
+      <c r="I273" t="s">
+        <v>4574</v>
+      </c>
+      <c r="J273" t="s">
+        <v>4575</v>
+      </c>
+      <c r="K273" t="s">
+        <v>4576</v>
+      </c>
+      <c r="L273" t="s">
+        <v>4577</v>
+      </c>
+      <c r="M273" t="s">
+        <v>4578</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B274" t="s">
+        <v>4579</v>
+      </c>
+      <c r="C274" t="s">
+        <v>13</v>
+      </c>
+      <c r="D274" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" t="s">
+        <v>4580</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" t="s">
+        <v>4581</v>
+      </c>
+      <c r="H274" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I274" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J274" t="s">
+        <v>4584</v>
+      </c>
+      <c r="K274" t="s">
+        <v>4585</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B275" t="s">
+        <v>4586</v>
+      </c>
+      <c r="C275" t="s">
+        <v>13</v>
+      </c>
+      <c r="D275" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" t="s">
+        <v>4587</v>
+      </c>
+      <c r="F275" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" t="s">
+        <v>4588</v>
+      </c>
+      <c r="H275" t="s">
+        <v>4589</v>
+      </c>
+      <c r="I275" t="s">
+        <v>4337</v>
+      </c>
+      <c r="J275" t="s">
+        <v>4338</v>
+      </c>
+      <c r="K275" t="s">
+        <v>4590</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B276" t="s">
+        <v>4591</v>
+      </c>
+      <c r="C276" t="s">
+        <v>13</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>4592</v>
+      </c>
+      <c r="F276" t="s">
+        <v>13</v>
+      </c>
+      <c r="G276" t="s">
+        <v>4593</v>
+      </c>
+      <c r="H276" t="s">
+        <v>4594</v>
+      </c>
+      <c r="I276" t="s">
+        <v>1942</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1975</v>
+      </c>
+      <c r="K276" t="s">
+        <v>4595</v>
+      </c>
+      <c r="L276" t="s">
+        <v>4596</v>
+      </c>
+      <c r="M276" t="s">
+        <v>4597</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B277" t="s">
+        <v>4598</v>
+      </c>
+      <c r="C277" t="s">
+        <v>13</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>4599</v>
+      </c>
+      <c r="F277" t="s">
+        <v>13</v>
+      </c>
+      <c r="G277" t="s">
+        <v>4600</v>
+      </c>
+      <c r="H277" t="s">
+        <v>4601</v>
+      </c>
+      <c r="I277" t="s">
+        <v>4602</v>
+      </c>
+      <c r="J277" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K277" t="s">
+        <v>4603</v>
+      </c>
+      <c r="L277" t="s">
+        <v>4604</v>
+      </c>
+      <c r="M277" t="s">
+        <v>4605</v>
+      </c>
+      <c r="N277" t="s">
+        <v>4606</v>
+      </c>
+      <c r="O277" t="s">
+        <v>4607</v>
+      </c>
+      <c r="P277" t="s">
+        <v>4608</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>4609</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B278" t="s">
+        <v>4610</v>
+      </c>
+      <c r="C278" t="s">
+        <v>13</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>4611</v>
+      </c>
+      <c r="F278" t="s">
+        <v>13</v>
+      </c>
+      <c r="G278" t="s">
+        <v>4612</v>
+      </c>
+      <c r="H278" t="s">
+        <v>4613</v>
+      </c>
+      <c r="I278" t="s">
+        <v>4614</v>
+      </c>
+      <c r="J278" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K278" t="s">
+        <v>4615</v>
+      </c>
+      <c r="L278" t="s">
+        <v>4616</v>
+      </c>
+      <c r="M278" t="s">
+        <v>4617</v>
+      </c>
+      <c r="N278" t="s">
+        <v>4618</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B279" t="s">
+        <v>4619</v>
+      </c>
+      <c r="C279" t="s">
+        <v>13</v>
+      </c>
+      <c r="D279" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" t="s">
+        <v>4620</v>
+      </c>
+      <c r="F279" t="s">
+        <v>13</v>
+      </c>
+      <c r="G279" t="s">
+        <v>4621</v>
+      </c>
+      <c r="H279" t="s">
+        <v>4622</v>
+      </c>
+      <c r="I279" t="s">
+        <v>4623</v>
+      </c>
+      <c r="J279" t="s">
+        <v>4624</v>
+      </c>
+      <c r="K279" t="s">
+        <v>4625</v>
+      </c>
+      <c r="L279" t="s">
+        <v>4626</v>
+      </c>
+      <c r="M279" t="s">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B280" t="s">
+        <v>4628</v>
+      </c>
+      <c r="C280" t="s">
+        <v>13</v>
+      </c>
+      <c r="D280" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" t="s">
+        <v>4629</v>
+      </c>
+      <c r="F280" t="s">
+        <v>13</v>
+      </c>
+      <c r="G280" t="s">
+        <v>4630</v>
+      </c>
+      <c r="H280" t="s">
+        <v>4631</v>
+      </c>
+      <c r="I280" t="s">
+        <v>4632</v>
+      </c>
+      <c r="J280" t="s">
+        <v>4338</v>
+      </c>
+      <c r="K280" t="s">
+        <v>4633</v>
+      </c>
+      <c r="L280" t="s">
+        <v>4634</v>
+      </c>
+      <c r="M280" t="s">
+        <v>4635</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B281" t="s">
+        <v>4636</v>
+      </c>
+      <c r="C281" t="s">
+        <v>13</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" t="s">
+        <v>4637</v>
+      </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
+      <c r="G281" t="s">
+        <v>4638</v>
+      </c>
+      <c r="H281" t="s">
+        <v>4639</v>
+      </c>
+      <c r="I281" t="s">
+        <v>4640</v>
+      </c>
+      <c r="J281" t="s">
+        <v>4641</v>
+      </c>
+      <c r="K281" t="s">
+        <v>4642</v>
+      </c>
+      <c r="L281" t="s">
+        <v>4643</v>
+      </c>
+      <c r="M281" t="s">
+        <v>4644</v>
+      </c>
+      <c r="N281" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B282" t="s">
+        <v>4646</v>
+      </c>
+      <c r="C282" t="s">
+        <v>13</v>
+      </c>
+      <c r="D282" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" t="s">
+        <v>4637</v>
+      </c>
+      <c r="F282" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" t="s">
+        <v>4647</v>
+      </c>
+      <c r="H282" t="s">
+        <v>4648</v>
+      </c>
+      <c r="I282" t="s">
+        <v>4649</v>
+      </c>
+      <c r="J282" t="s">
+        <v>4650</v>
+      </c>
+      <c r="K282" t="s">
+        <v>4651</v>
+      </c>
+      <c r="L282" t="s">
+        <v>4652</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B283" t="s">
+        <v>4653</v>
+      </c>
+      <c r="C283" t="s">
+        <v>13</v>
+      </c>
+      <c r="D283" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" t="s">
+        <v>4654</v>
+      </c>
+      <c r="F283" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" t="s">
+        <v>4655</v>
+      </c>
+      <c r="H283" t="s">
+        <v>4656</v>
+      </c>
+      <c r="I283" t="s">
+        <v>4657</v>
+      </c>
+      <c r="J283" t="s">
+        <v>4658</v>
+      </c>
+      <c r="K283" t="s">
+        <v>4659</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B284" t="s">
+        <v>4660</v>
+      </c>
+      <c r="C284" t="s">
+        <v>13</v>
+      </c>
+      <c r="D284" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" t="s">
+        <v>4661</v>
+      </c>
+      <c r="F284" t="s">
+        <v>13</v>
+      </c>
+      <c r="G284" t="s">
+        <v>4662</v>
+      </c>
+      <c r="H284" t="s">
+        <v>4663</v>
+      </c>
+      <c r="I284" t="s">
+        <v>4664</v>
+      </c>
+      <c r="J284" t="s">
+        <v>2695</v>
+      </c>
+      <c r="K284" t="s">
+        <v>4665</v>
+      </c>
+      <c r="L284" t="s">
+        <v>4666</v>
+      </c>
+      <c r="M284" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N284" t="s">
+        <v>4668</v>
+      </c>
+      <c r="O284" t="s">
+        <v>4669</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B285" t="s">
+        <v>4670</v>
+      </c>
+      <c r="C285" t="s">
+        <v>13</v>
+      </c>
+      <c r="D285" t="s">
+        <v>13</v>
+      </c>
+      <c r="E285" t="s">
+        <v>4671</v>
+      </c>
+      <c r="F285" t="s">
+        <v>13</v>
+      </c>
+      <c r="G285" t="s">
+        <v>4672</v>
+      </c>
+      <c r="H285" t="s">
+        <v>4673</v>
+      </c>
+      <c r="I285" t="s">
+        <v>4674</v>
+      </c>
+      <c r="J285" t="s">
+        <v>883</v>
+      </c>
+      <c r="K285" t="s">
+        <v>4675</v>
+      </c>
+      <c r="L285" t="s">
+        <v>4676</v>
+      </c>
+      <c r="M285" t="s">
+        <v>4677</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B286" t="s">
+        <v>4678</v>
+      </c>
+      <c r="C286" t="s">
+        <v>13</v>
+      </c>
+      <c r="D286" t="s">
+        <v>13</v>
+      </c>
+      <c r="E286" t="s">
+        <v>4679</v>
+      </c>
+      <c r="F286" t="s">
+        <v>13</v>
+      </c>
+      <c r="G286" t="s">
+        <v>4680</v>
+      </c>
+      <c r="H286" t="s">
+        <v>4681</v>
+      </c>
+      <c r="I286" t="s">
+        <v>4682</v>
+      </c>
+      <c r="J286" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K286" t="s">
+        <v>4683</v>
+      </c>
+      <c r="L286" t="s">
+        <v>4684</v>
+      </c>
+      <c r="M286" t="s">
+        <v>4685</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B287" t="s">
+        <v>4686</v>
+      </c>
+      <c r="C287" t="s">
+        <v>13</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>4687</v>
+      </c>
+      <c r="F287" t="s">
+        <v>13</v>
+      </c>
+      <c r="G287" t="s">
+        <v>4688</v>
+      </c>
+      <c r="H287" t="s">
+        <v>4689</v>
+      </c>
+      <c r="I287" t="s">
+        <v>4690</v>
+      </c>
+      <c r="J287" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K287" t="s">
+        <v>4691</v>
+      </c>
+      <c r="L287" t="s">
+        <v>4692</v>
+      </c>
+      <c r="M287" t="s">
+        <v>4693</v>
+      </c>
+      <c r="N287" t="s">
+        <v>4694</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B288" t="s">
+        <v>4695</v>
+      </c>
+      <c r="C288" t="s">
+        <v>13</v>
+      </c>
+      <c r="D288" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" t="s">
+        <v>4696</v>
+      </c>
+      <c r="F288" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" t="s">
+        <v>4697</v>
+      </c>
+      <c r="H288" t="s">
+        <v>4698</v>
+      </c>
+      <c r="I288" t="s">
+        <v>4699</v>
+      </c>
+      <c r="J288" t="s">
+        <v>883</v>
+      </c>
+      <c r="K288" t="s">
+        <v>4700</v>
+      </c>
+      <c r="L288" t="s">
+        <v>4701</v>
+      </c>
+      <c r="M288" t="s">
+        <v>4702</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B289" t="s">
+        <v>4703</v>
+      </c>
+      <c r="C289" t="s">
+        <v>13</v>
+      </c>
+      <c r="D289" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" t="s">
+        <v>4704</v>
+      </c>
+      <c r="F289" t="s">
+        <v>13</v>
+      </c>
+      <c r="G289" t="s">
+        <v>4705</v>
+      </c>
+      <c r="H289" t="s">
+        <v>4706</v>
+      </c>
+      <c r="I289" t="s">
+        <v>4132</v>
+      </c>
+      <c r="J289" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K289" t="s">
+        <v>4707</v>
+      </c>
+      <c r="L289" t="s">
+        <v>4708</v>
+      </c>
+      <c r="M289" t="s">
+        <v>4709</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B290" t="s">
+        <v>4710</v>
+      </c>
+      <c r="C290" t="s">
+        <v>13</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" t="s">
+        <v>4711</v>
+      </c>
+      <c r="F290" t="s">
+        <v>13</v>
+      </c>
+      <c r="G290" t="s">
+        <v>4712</v>
+      </c>
+      <c r="H290" t="s">
+        <v>4713</v>
+      </c>
+      <c r="I290" t="s">
+        <v>4714</v>
+      </c>
+      <c r="J290" t="s">
+        <v>4715</v>
+      </c>
+      <c r="K290" t="s">
+        <v>4716</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B291" t="s">
+        <v>4717</v>
+      </c>
+      <c r="C291" t="s">
+        <v>13</v>
+      </c>
+      <c r="D291" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" t="s">
+        <v>4718</v>
+      </c>
+      <c r="F291" t="s">
+        <v>13</v>
+      </c>
+      <c r="G291" t="s">
+        <v>4719</v>
+      </c>
+      <c r="H291" t="s">
+        <v>4720</v>
+      </c>
+      <c r="I291" t="s">
+        <v>4721</v>
+      </c>
+      <c r="J291" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K291" t="s">
+        <v>4722</v>
+      </c>
+      <c r="L291" t="s">
+        <v>4723</v>
+      </c>
+      <c r="M291" t="s">
+        <v>4724</v>
+      </c>
+      <c r="N291" t="s">
+        <v>4725</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B292" t="s">
+        <v>4726</v>
+      </c>
+      <c r="C292" t="s">
+        <v>13</v>
+      </c>
+      <c r="D292" t="s">
+        <v>13</v>
+      </c>
+      <c r="E292" t="s">
+        <v>4727</v>
+      </c>
+      <c r="F292" t="s">
+        <v>13</v>
+      </c>
+      <c r="G292" t="s">
+        <v>4728</v>
+      </c>
+      <c r="H292" t="s">
+        <v>4729</v>
+      </c>
+      <c r="I292" t="s">
+        <v>4730</v>
+      </c>
+      <c r="J292" t="s">
+        <v>4731</v>
+      </c>
+      <c r="K292" t="s">
+        <v>4732</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B293" t="s">
+        <v>4733</v>
+      </c>
+      <c r="C293" t="s">
+        <v>13</v>
+      </c>
+      <c r="D293" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" t="s">
+        <v>4734</v>
+      </c>
+      <c r="F293" t="s">
+        <v>13</v>
+      </c>
+      <c r="G293" t="s">
+        <v>4735</v>
+      </c>
+      <c r="H293" t="s">
+        <v>4736</v>
+      </c>
+      <c r="I293" t="s">
+        <v>4737</v>
+      </c>
+      <c r="J293" t="s">
+        <v>1931</v>
+      </c>
+      <c r="K293" t="s">
+        <v>4738</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B294" t="s">
+        <v>4739</v>
+      </c>
+      <c r="C294" t="s">
+        <v>13</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>4740</v>
+      </c>
+      <c r="F294" t="s">
+        <v>13</v>
+      </c>
+      <c r="G294" t="s">
+        <v>4741</v>
+      </c>
+      <c r="H294" t="s">
+        <v>4742</v>
+      </c>
+      <c r="I294" t="s">
+        <v>4743</v>
+      </c>
+      <c r="J294" t="s">
+        <v>4744</v>
+      </c>
+      <c r="K294" t="s">
+        <v>4745</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B295" t="s">
+        <v>4746</v>
+      </c>
+      <c r="C295" t="s">
+        <v>13</v>
+      </c>
+      <c r="D295" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" t="s">
+        <v>4747</v>
+      </c>
+      <c r="F295" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" t="s">
+        <v>4748</v>
+      </c>
+      <c r="H295" t="s">
+        <v>4749</v>
+      </c>
+      <c r="I295" t="s">
+        <v>4750</v>
+      </c>
+      <c r="J295" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K295" t="s">
+        <v>4751</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B296" t="s">
+        <v>4752</v>
+      </c>
+      <c r="C296" t="s">
+        <v>13</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>4753</v>
+      </c>
+      <c r="F296" t="s">
+        <v>13</v>
+      </c>
+      <c r="G296" t="s">
+        <v>4754</v>
+      </c>
+      <c r="H296" t="s">
+        <v>4755</v>
+      </c>
+      <c r="I296" t="s">
+        <v>4756</v>
+      </c>
+      <c r="J296" t="s">
+        <v>4757</v>
+      </c>
+      <c r="K296" t="s">
+        <v>4758</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B297" t="s">
+        <v>4759</v>
+      </c>
+      <c r="C297" t="s">
+        <v>13</v>
+      </c>
+      <c r="D297" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" t="s">
+        <v>4760</v>
+      </c>
+      <c r="F297" t="s">
+        <v>13</v>
+      </c>
+      <c r="G297" t="s">
+        <v>4761</v>
+      </c>
+      <c r="H297" t="s">
+        <v>4762</v>
+      </c>
+      <c r="I297" t="s">
+        <v>4763</v>
+      </c>
+      <c r="J297" t="s">
+        <v>4764</v>
+      </c>
+      <c r="K297" t="s">
+        <v>4765</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B298" t="s">
+        <v>4766</v>
+      </c>
+      <c r="C298" t="s">
+        <v>13</v>
+      </c>
+      <c r="D298" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" t="s">
+        <v>4760</v>
+      </c>
+      <c r="F298" t="s">
+        <v>13</v>
+      </c>
+      <c r="G298" t="s">
+        <v>4767</v>
+      </c>
+      <c r="H298" t="s">
+        <v>4768</v>
+      </c>
+      <c r="I298" t="s">
+        <v>4769</v>
+      </c>
+      <c r="J298" t="s">
+        <v>4770</v>
+      </c>
+      <c r="K298" t="s">
+        <v>4771</v>
+      </c>
+      <c r="L298" t="s">
+        <v>4772</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B299" t="s">
+        <v>4773</v>
+      </c>
+      <c r="C299" t="s">
+        <v>13</v>
+      </c>
+      <c r="D299" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" t="s">
+        <v>4774</v>
+      </c>
+      <c r="F299" t="s">
+        <v>13</v>
+      </c>
+      <c r="G299" t="s">
+        <v>4775</v>
+      </c>
+      <c r="H299" t="s">
+        <v>4776</v>
+      </c>
+      <c r="I299" t="s">
+        <v>3987</v>
+      </c>
+      <c r="J299" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K299" t="s">
+        <v>4777</v>
+      </c>
+      <c r="L299" t="s">
+        <v>4778</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B300" t="s">
+        <v>4779</v>
+      </c>
+      <c r="C300" t="s">
+        <v>13</v>
+      </c>
+      <c r="D300" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" t="s">
+        <v>4780</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" t="s">
+        <v>4781</v>
+      </c>
+      <c r="H300" t="s">
+        <v>4782</v>
+      </c>
+      <c r="I300" t="s">
+        <v>4783</v>
+      </c>
+      <c r="J300" t="s">
+        <v>4784</v>
+      </c>
+      <c r="K300" t="s">
+        <v>4785</v>
+      </c>
+      <c r="L300" t="s">
+        <v>4786</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B301" t="s">
+        <v>4787</v>
+      </c>
+      <c r="C301" t="s">
+        <v>13</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
+        <v>4788</v>
+      </c>
+      <c r="F301" t="s">
+        <v>13</v>
+      </c>
+      <c r="G301" t="s">
+        <v>4789</v>
+      </c>
+      <c r="H301" t="s">
+        <v>4790</v>
+      </c>
+      <c r="I301" t="s">
+        <v>4674</v>
+      </c>
+      <c r="J301" t="s">
+        <v>927</v>
+      </c>
+      <c r="K301" t="s">
+        <v>4791</v>
+      </c>
+      <c r="L301" t="s">
+        <v>4792</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B302" t="s">
+        <v>4793</v>
+      </c>
+      <c r="C302" t="s">
+        <v>13</v>
+      </c>
+      <c r="D302" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" t="s">
+        <v>4794</v>
+      </c>
+      <c r="F302" t="s">
+        <v>13</v>
+      </c>
+      <c r="G302" t="s">
+        <v>4795</v>
+      </c>
+      <c r="H302" t="s">
+        <v>4796</v>
+      </c>
+      <c r="I302" t="s">
+        <v>4797</v>
+      </c>
+      <c r="J302" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K302" t="s">
+        <v>4798</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B303" t="s">
+        <v>4799</v>
+      </c>
+      <c r="C303" t="s">
+        <v>13</v>
+      </c>
+      <c r="D303" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" t="s">
+        <v>4800</v>
+      </c>
+      <c r="F303" t="s">
+        <v>13</v>
+      </c>
+      <c r="G303" t="s">
+        <v>4801</v>
+      </c>
+      <c r="H303" t="s">
+        <v>4802</v>
+      </c>
+      <c r="I303" t="s">
+        <v>4484</v>
+      </c>
+      <c r="J303" t="s">
+        <v>927</v>
+      </c>
+      <c r="K303" t="s">
+        <v>4803</v>
+      </c>
+      <c r="L303" t="s">
+        <v>4804</v>
+      </c>
+      <c r="M303" t="s">
+        <v>4805</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B304" t="s">
+        <v>4806</v>
+      </c>
+      <c r="C304" t="s">
+        <v>13</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
+        <v>4807</v>
+      </c>
+      <c r="F304" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" t="s">
+        <v>4808</v>
+      </c>
+      <c r="H304" t="s">
+        <v>4809</v>
+      </c>
+      <c r="I304" t="s">
+        <v>4431</v>
+      </c>
+      <c r="J304" t="s">
+        <v>3802</v>
+      </c>
+      <c r="K304" t="s">
+        <v>4810</v>
+      </c>
+      <c r="L304" t="s">
+        <v>4811</v>
+      </c>
+      <c r="M304" t="s">
+        <v>4812</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B305" t="s">
+        <v>4813</v>
+      </c>
+      <c r="C305" t="s">
+        <v>13</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
+        <v>4814</v>
+      </c>
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" t="s">
+        <v>4815</v>
+      </c>
+      <c r="H305" t="s">
+        <v>4816</v>
+      </c>
+      <c r="I305" t="s">
+        <v>4817</v>
+      </c>
+      <c r="J305" t="s">
+        <v>4658</v>
+      </c>
+      <c r="K305" t="s">
+        <v>4818</v>
+      </c>
+      <c r="L305" t="s">
+        <v>4819</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B306" t="s">
+        <v>4820</v>
+      </c>
+      <c r="C306" t="s">
+        <v>13</v>
+      </c>
+      <c r="D306" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F306" t="s">
+        <v>13</v>
+      </c>
+      <c r="G306" t="s">
+        <v>4822</v>
+      </c>
+      <c r="H306" t="s">
+        <v>4823</v>
+      </c>
+      <c r="I306" t="s">
+        <v>4824</v>
+      </c>
+      <c r="J306" t="s">
+        <v>4658</v>
+      </c>
+      <c r="K306" t="s">
+        <v>4825</v>
+      </c>
+      <c r="L306" t="s">
+        <v>4826</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B307" t="s">
+        <v>4827</v>
+      </c>
+      <c r="C307" t="s">
+        <v>13</v>
+      </c>
+      <c r="D307" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" t="s">
+        <v>4828</v>
+      </c>
+      <c r="F307" t="s">
+        <v>13</v>
+      </c>
+      <c r="G307" t="s">
+        <v>4829</v>
+      </c>
+      <c r="H307" t="s">
+        <v>4830</v>
+      </c>
+      <c r="I307" t="s">
+        <v>4831</v>
+      </c>
+      <c r="J307" t="s">
+        <v>4832</v>
+      </c>
+      <c r="K307" t="s">
+        <v>4833</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B308" t="s">
+        <v>4834</v>
+      </c>
+      <c r="C308" t="s">
+        <v>13</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
+        <v>4835</v>
+      </c>
+      <c r="F308" t="s">
+        <v>13</v>
+      </c>
+      <c r="G308" t="s">
+        <v>4836</v>
+      </c>
+      <c r="H308" t="s">
+        <v>4837</v>
+      </c>
+      <c r="I308" t="s">
+        <v>4838</v>
+      </c>
+      <c r="J308" t="s">
+        <v>4839</v>
+      </c>
+      <c r="K308" t="s">
+        <v>4840</v>
+      </c>
+      <c r="L308" t="s">
+        <v>4841</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B309" t="s">
+        <v>4842</v>
+      </c>
+      <c r="C309" t="s">
+        <v>13</v>
+      </c>
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
+        <v>4835</v>
+      </c>
+      <c r="F309" t="s">
+        <v>13</v>
+      </c>
+      <c r="G309" t="s">
+        <v>4843</v>
+      </c>
+      <c r="H309" t="s">
+        <v>4844</v>
+      </c>
+      <c r="I309" t="s">
+        <v>4845</v>
+      </c>
+      <c r="J309" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K309" t="s">
+        <v>4846</v>
+      </c>
+      <c r="L309" t="s">
+        <v>4847</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B310" t="s">
+        <v>4848</v>
+      </c>
+      <c r="C310" t="s">
+        <v>13</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
+        <v>4849</v>
+      </c>
+      <c r="F310" t="s">
+        <v>13</v>
+      </c>
+      <c r="G310" t="s">
+        <v>4850</v>
+      </c>
+      <c r="H310" t="s">
+        <v>4851</v>
+      </c>
+      <c r="I310" t="s">
+        <v>4484</v>
+      </c>
+      <c r="J310" t="s">
+        <v>2923</v>
+      </c>
+      <c r="K310" t="s">
+        <v>4852</v>
+      </c>
+      <c r="L310" t="s">
+        <v>4853</v>
+      </c>
+      <c r="M310" t="s">
+        <v>4854</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B311" t="s">
+        <v>4855</v>
+      </c>
+      <c r="C311" t="s">
+        <v>13</v>
+      </c>
+      <c r="D311" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" t="s">
+        <v>4856</v>
+      </c>
+      <c r="F311" t="s">
+        <v>13</v>
+      </c>
+      <c r="G311" t="s">
+        <v>4857</v>
+      </c>
+      <c r="H311" t="s">
+        <v>4858</v>
+      </c>
+      <c r="I311" t="s">
+        <v>4859</v>
+      </c>
+      <c r="J311" t="s">
+        <v>4860</v>
+      </c>
+      <c r="K311" t="s">
+        <v>4861</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B312" t="s">
+        <v>4862</v>
+      </c>
+      <c r="C312" t="s">
+        <v>13</v>
+      </c>
+      <c r="D312" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
+        <v>4863</v>
+      </c>
+      <c r="F312" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" t="s">
+        <v>4864</v>
+      </c>
+      <c r="H312" t="s">
+        <v>4865</v>
+      </c>
+      <c r="I312" t="s">
+        <v>3792</v>
+      </c>
+      <c r="J312" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K312" t="s">
+        <v>4866</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B313" t="s">
+        <v>4867</v>
+      </c>
+      <c r="C313" t="s">
+        <v>13</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
+        <v>4868</v>
+      </c>
+      <c r="F313" t="s">
+        <v>13</v>
+      </c>
+      <c r="G313" t="s">
+        <v>4869</v>
+      </c>
+      <c r="H313" t="s">
+        <v>4870</v>
+      </c>
+      <c r="I313" t="s">
+        <v>4871</v>
+      </c>
+      <c r="J313" t="s">
+        <v>4872</v>
+      </c>
+      <c r="K313" t="s">
+        <v>4873</v>
+      </c>
+      <c r="L313" t="s">
+        <v>4874</v>
+      </c>
+      <c r="M313" t="s">
+        <v>4875</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B314" t="s">
+        <v>4876</v>
+      </c>
+      <c r="C314" t="s">
+        <v>13</v>
+      </c>
+      <c r="D314" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" t="s">
+        <v>4877</v>
+      </c>
+      <c r="F314" t="s">
+        <v>13</v>
+      </c>
+      <c r="G314" t="s">
+        <v>4878</v>
+      </c>
+      <c r="H314" t="s">
+        <v>4879</v>
+      </c>
+      <c r="I314" t="s">
+        <v>4880</v>
+      </c>
+      <c r="J314" t="s">
+        <v>4881</v>
+      </c>
+      <c r="K314" t="s">
+        <v>4882</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B315" t="s">
+        <v>4883</v>
+      </c>
+      <c r="C315" t="s">
+        <v>13</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
+        <v>4884</v>
+      </c>
+      <c r="F315" t="s">
+        <v>13</v>
+      </c>
+      <c r="G315" t="s">
+        <v>4885</v>
+      </c>
+      <c r="H315" t="s">
+        <v>4886</v>
+      </c>
+      <c r="I315" t="s">
+        <v>4887</v>
+      </c>
+      <c r="J315" t="s">
+        <v>4881</v>
+      </c>
+      <c r="K315" t="s">
+        <v>4888</v>
+      </c>
+      <c r="L315" t="s">
+        <v>4889</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B316" t="s">
+        <v>4890</v>
+      </c>
+      <c r="C316" t="s">
+        <v>13</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
+        <v>4877</v>
+      </c>
+      <c r="F316" t="s">
+        <v>13</v>
+      </c>
+      <c r="G316" t="s">
+        <v>4891</v>
+      </c>
+      <c r="H316" t="s">
+        <v>4892</v>
+      </c>
+      <c r="I316" t="s">
+        <v>4893</v>
+      </c>
+      <c r="J316" t="s">
+        <v>4894</v>
+      </c>
+      <c r="K316" t="s">
+        <v>4895</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B317" t="s">
+        <v>4896</v>
+      </c>
+      <c r="C317" t="s">
+        <v>13</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
+        <v>4897</v>
+      </c>
+      <c r="F317" t="s">
+        <v>13</v>
+      </c>
+      <c r="G317" t="s">
+        <v>4898</v>
+      </c>
+      <c r="H317" t="s">
+        <v>4899</v>
+      </c>
+      <c r="I317" t="s">
+        <v>4900</v>
+      </c>
+      <c r="J317" t="s">
+        <v>4901</v>
+      </c>
+      <c r="K317" t="s">
+        <v>4902</v>
+      </c>
+      <c r="L317" t="s">
+        <v>4903</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B318" t="s">
+        <v>4904</v>
+      </c>
+      <c r="C318" t="s">
+        <v>13</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>4897</v>
+      </c>
+      <c r="F318" t="s">
+        <v>13</v>
+      </c>
+      <c r="G318" t="s">
+        <v>4905</v>
+      </c>
+      <c r="H318" t="s">
+        <v>4906</v>
+      </c>
+      <c r="I318" t="s">
+        <v>4649</v>
+      </c>
+      <c r="J318" t="s">
+        <v>4907</v>
+      </c>
+      <c r="K318" t="s">
+        <v>4908</v>
+      </c>
+      <c r="L318" t="s">
+        <v>4909</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B319" t="s">
+        <v>4910</v>
+      </c>
+      <c r="C319" t="s">
+        <v>13</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>4911</v>
+      </c>
+      <c r="F319" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" t="s">
+        <v>4912</v>
+      </c>
+      <c r="H319" t="s">
+        <v>4913</v>
+      </c>
+      <c r="I319" t="s">
+        <v>4914</v>
+      </c>
+      <c r="J319" t="s">
+        <v>4915</v>
+      </c>
+      <c r="K319" t="s">
+        <v>4916</v>
+      </c>
+      <c r="L319" t="s">
+        <v>4917</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B320" t="s">
+        <v>4918</v>
+      </c>
+      <c r="C320" t="s">
+        <v>13</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
+        <v>4919</v>
+      </c>
+      <c r="F320" t="s">
+        <v>13</v>
+      </c>
+      <c r="G320" t="s">
+        <v>4920</v>
+      </c>
+      <c r="H320" t="s">
+        <v>4921</v>
+      </c>
+      <c r="I320" t="s">
+        <v>4922</v>
+      </c>
+      <c r="J320" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K320" t="s">
+        <v>4923</v>
+      </c>
+      <c r="L320" t="s">
+        <v>4924</v>
+      </c>
+      <c r="M320" t="s">
+        <v>4925</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B321" t="s">
+        <v>4926</v>
+      </c>
+      <c r="C321" t="s">
+        <v>13</v>
+      </c>
+      <c r="D321" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" t="s">
+        <v>4911</v>
+      </c>
+      <c r="F321" t="s">
+        <v>13</v>
+      </c>
+      <c r="G321" t="s">
+        <v>4927</v>
+      </c>
+      <c r="H321" t="s">
+        <v>4928</v>
+      </c>
+      <c r="I321" t="s">
+        <v>3230</v>
+      </c>
+      <c r="J321" t="s">
+        <v>4929</v>
+      </c>
+      <c r="K321" t="s">
+        <v>4930</v>
+      </c>
+      <c r="L321" t="s">
+        <v>4931</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B322" t="s">
+        <v>4932</v>
+      </c>
+      <c r="C322" t="s">
+        <v>13</v>
+      </c>
+      <c r="D322" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s">
+        <v>4933</v>
+      </c>
+      <c r="F322" t="s">
+        <v>13</v>
+      </c>
+      <c r="G322" t="s">
+        <v>4934</v>
+      </c>
+      <c r="H322" t="s">
+        <v>4935</v>
+      </c>
+      <c r="I322" t="s">
+        <v>4936</v>
+      </c>
+      <c r="J322" t="s">
+        <v>4937</v>
+      </c>
+      <c r="K322" t="s">
+        <v>4938</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B323" t="s">
+        <v>4939</v>
+      </c>
+      <c r="C323" t="s">
+        <v>13</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
+        <v>4940</v>
+      </c>
+      <c r="F323" t="s">
+        <v>13</v>
+      </c>
+      <c r="G323" t="s">
+        <v>4941</v>
+      </c>
+      <c r="H323" t="s">
+        <v>4942</v>
+      </c>
+      <c r="I323" t="s">
+        <v>3275</v>
+      </c>
+      <c r="J323" t="s">
+        <v>4907</v>
+      </c>
+      <c r="K323" t="s">
+        <v>4943</v>
+      </c>
+      <c r="L323" t="s">
+        <v>4944</v>
+      </c>
+      <c r="M323" t="s">
+        <v>4945</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B324" t="s">
+        <v>4946</v>
+      </c>
+      <c r="C324" t="s">
+        <v>13</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
+        <v>4947</v>
+      </c>
+      <c r="F324" t="s">
+        <v>13</v>
+      </c>
+      <c r="G324" t="s">
+        <v>4948</v>
+      </c>
+      <c r="H324" t="s">
+        <v>4949</v>
+      </c>
+      <c r="I324" t="s">
+        <v>4950</v>
+      </c>
+      <c r="J324" t="s">
+        <v>4951</v>
+      </c>
+      <c r="K324" t="s">
+        <v>4952</v>
+      </c>
+      <c r="L324" t="s">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B325" t="s">
+        <v>4954</v>
+      </c>
+      <c r="C325" t="s">
+        <v>13</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>4955</v>
+      </c>
+      <c r="F325" t="s">
+        <v>13</v>
+      </c>
+      <c r="G325" t="s">
+        <v>4956</v>
+      </c>
+      <c r="H325" t="s">
+        <v>4957</v>
+      </c>
+      <c r="I325" t="s">
+        <v>4958</v>
+      </c>
+      <c r="J325" t="s">
+        <v>4959</v>
+      </c>
+      <c r="K325" t="s">
+        <v>4960</v>
+      </c>
+      <c r="L325" t="s">
+        <v>4961</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B326" t="s">
+        <v>4962</v>
+      </c>
+      <c r="C326" t="s">
+        <v>13</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
+        <v>4963</v>
+      </c>
+      <c r="F326" t="s">
+        <v>13</v>
+      </c>
+      <c r="G326" t="s">
+        <v>4964</v>
+      </c>
+      <c r="H326" t="s">
+        <v>4965</v>
+      </c>
+      <c r="I326" t="s">
+        <v>3478</v>
+      </c>
+      <c r="J326" t="s">
+        <v>4966</v>
+      </c>
+      <c r="K326" t="s">
+        <v>4967</v>
+      </c>
+      <c r="L326" t="s">
+        <v>4968</v>
+      </c>
+      <c r="M326" t="s">
+        <v>4969</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B327" t="s">
+        <v>4970</v>
+      </c>
+      <c r="C327" t="s">
+        <v>13</v>
+      </c>
+      <c r="D327" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" t="s">
+        <v>4971</v>
+      </c>
+      <c r="F327" t="s">
+        <v>13</v>
+      </c>
+      <c r="G327" t="s">
+        <v>4972</v>
+      </c>
+      <c r="H327" t="s">
+        <v>4973</v>
+      </c>
+      <c r="I327" t="s">
+        <v>4974</v>
+      </c>
+      <c r="J327" t="s">
+        <v>4959</v>
+      </c>
+      <c r="K327" t="s">
+        <v>4975</v>
+      </c>
+      <c r="L327" t="s">
+        <v>4976</v>
+      </c>
+      <c r="M327" t="s">
+        <v>4977</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B328" t="s">
+        <v>4978</v>
+      </c>
+      <c r="C328" t="s">
+        <v>13</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
+        <v>4979</v>
+      </c>
+      <c r="F328" t="s">
+        <v>13</v>
+      </c>
+      <c r="G328" t="s">
+        <v>4980</v>
+      </c>
+      <c r="H328" t="s">
+        <v>4981</v>
+      </c>
+      <c r="I328" t="s">
+        <v>4982</v>
+      </c>
+      <c r="J328" t="s">
+        <v>4894</v>
+      </c>
+      <c r="K328" t="s">
+        <v>4983</v>
+      </c>
+      <c r="L328" t="s">
+        <v>4984</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B329" t="s">
+        <v>4985</v>
+      </c>
+      <c r="C329" t="s">
+        <v>13</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
+        <v>4986</v>
+      </c>
+      <c r="F329" t="s">
+        <v>13</v>
+      </c>
+      <c r="G329" t="s">
+        <v>4987</v>
+      </c>
+      <c r="H329" t="s">
+        <v>4988</v>
+      </c>
+      <c r="I329" t="s">
+        <v>4989</v>
+      </c>
+      <c r="J329" t="s">
+        <v>4990</v>
+      </c>
+      <c r="K329" t="s">
+        <v>4991</v>
+      </c>
+      <c r="L329" t="s">
+        <v>4992</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B330" t="s">
+        <v>4993</v>
+      </c>
+      <c r="C330" t="s">
+        <v>13</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
+        <v>4994</v>
+      </c>
+      <c r="F330" t="s">
+        <v>13</v>
+      </c>
+      <c r="G330" t="s">
+        <v>4995</v>
+      </c>
+      <c r="H330" t="s">
+        <v>4996</v>
+      </c>
+      <c r="I330" t="s">
+        <v>4997</v>
+      </c>
+      <c r="J330" t="s">
+        <v>13</v>
+      </c>
+      <c r="K330" t="s">
+        <v>4998</v>
+      </c>
+      <c r="L330" t="s">
+        <v>4999</v>
+      </c>
+      <c r="M330" t="s">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B331" t="s">
+        <v>5001</v>
+      </c>
+      <c r="C331" t="s">
+        <v>13</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>5002</v>
+      </c>
+      <c r="F331" t="s">
+        <v>13</v>
+      </c>
+      <c r="G331" t="s">
+        <v>5003</v>
+      </c>
+      <c r="H331" t="s">
+        <v>5004</v>
+      </c>
+      <c r="I331" t="s">
+        <v>5005</v>
+      </c>
+      <c r="J331" t="s">
+        <v>13</v>
+      </c>
+      <c r="K331" t="s">
+        <v>5006</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B332" t="s">
+        <v>5007</v>
+      </c>
+      <c r="C332" t="s">
+        <v>13</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
+        <v>5008</v>
+      </c>
+      <c r="F332" t="s">
+        <v>13</v>
+      </c>
+      <c r="G332" t="s">
+        <v>5009</v>
+      </c>
+      <c r="H332" t="s">
+        <v>5010</v>
+      </c>
+      <c r="I332" t="s">
+        <v>5011</v>
+      </c>
+      <c r="J332" t="s">
+        <v>5012</v>
+      </c>
+      <c r="K332" t="s">
+        <v>5013</v>
+      </c>
+      <c r="L332" t="s">
+        <v>5014</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B333" t="s">
+        <v>5015</v>
+      </c>
+      <c r="C333" t="s">
+        <v>13</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
+        <v>5016</v>
+      </c>
+      <c r="F333" t="s">
+        <v>13</v>
+      </c>
+      <c r="G333" t="s">
+        <v>5017</v>
+      </c>
+      <c r="H333" t="s">
+        <v>5018</v>
+      </c>
+      <c r="I333" t="s">
+        <v>4320</v>
+      </c>
+      <c r="J333" t="s">
+        <v>4990</v>
+      </c>
+      <c r="K333" t="s">
+        <v>5019</v>
+      </c>
+      <c r="L333" t="s">
+        <v>5020</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B334" t="s">
+        <v>5021</v>
+      </c>
+      <c r="C334" t="s">
+        <v>13</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
+        <v>5022</v>
+      </c>
+      <c r="F334" t="s">
+        <v>13</v>
+      </c>
+      <c r="G334" t="s">
+        <v>5023</v>
+      </c>
+      <c r="H334" t="s">
+        <v>5024</v>
+      </c>
+      <c r="I334" t="s">
+        <v>3024</v>
+      </c>
+      <c r="J334" t="s">
+        <v>5025</v>
+      </c>
+      <c r="K334" t="s">
+        <v>5026</v>
+      </c>
+      <c r="L334" t="s">
+        <v>5027</v>
+      </c>
+      <c r="M334" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B335" t="s">
+        <v>5028</v>
+      </c>
+      <c r="C335" t="s">
+        <v>13</v>
+      </c>
+      <c r="D335" t="s">
+        <v>13</v>
+      </c>
+      <c r="E335" t="s">
+        <v>5029</v>
+      </c>
+      <c r="F335" t="s">
+        <v>13</v>
+      </c>
+      <c r="G335" t="s">
+        <v>5030</v>
+      </c>
+      <c r="H335" t="s">
+        <v>5031</v>
+      </c>
+      <c r="I335" t="s">
+        <v>5032</v>
+      </c>
+      <c r="J335" t="s">
+        <v>5033</v>
+      </c>
+      <c r="K335" t="s">
+        <v>5034</v>
+      </c>
+      <c r="L335" t="s">
+        <v>5035</v>
+      </c>
+      <c r="M335" t="s">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B336" t="s">
+        <v>5037</v>
+      </c>
+      <c r="C336" t="s">
+        <v>13</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>5038</v>
+      </c>
+      <c r="F336" t="s">
+        <v>13</v>
+      </c>
+      <c r="G336" t="s">
+        <v>5039</v>
+      </c>
+      <c r="H336" t="s">
+        <v>5040</v>
+      </c>
+      <c r="I336" t="s">
+        <v>5041</v>
+      </c>
+      <c r="J336" t="s">
+        <v>5042</v>
+      </c>
+      <c r="K336" t="s">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B337" t="s">
+        <v>5044</v>
+      </c>
+      <c r="C337" t="s">
+        <v>13</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>5045</v>
+      </c>
+      <c r="F337" t="s">
+        <v>13</v>
+      </c>
+      <c r="G337" t="s">
+        <v>5046</v>
+      </c>
+      <c r="H337" t="s">
+        <v>5047</v>
+      </c>
+      <c r="I337" t="s">
+        <v>5048</v>
+      </c>
+      <c r="J337" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K337" t="s">
+        <v>5049</v>
+      </c>
+      <c r="L337" t="s">
+        <v>5050</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>5052</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>5053</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>5054</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>5055</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>5056</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>5057</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
+        <v>5058</v>
       </c>
       <c r="D3" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>5059</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>5060</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>5062</v>
       </c>
       <c r="C4" t="s">
-        <v>43</v>
+        <v>5063</v>
       </c>
       <c r="D4" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>5064</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>46</v>
+        <v>5065</v>
       </c>
       <c r="H4" t="s">
-        <v>47</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>5067</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>5068</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>5064</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>5069</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>5071</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>5072</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>5073</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>5074</v>
       </c>
       <c r="H6" t="s">
-        <v>59</v>
+        <v>5075</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>5051</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>5076</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>5077</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>1616</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>5078</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>5079</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>5051</v>
+      </c>
+      <c r="B8" t="s">
+        <v>5080</v>
+      </c>
+      <c r="C8" t="s">
+        <v>5081</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>5082</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>5083</v>
+      </c>
+      <c r="H8" t="s">
+        <v>5084</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>5051</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C9" t="s">
+        <v>5085</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>5086</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>5087</v>
+      </c>
+      <c r="H9" t="s">
+        <v>5088</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J289"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
         <v>29</v>
       </c>
+      <c r="I3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s">
+        <v>49</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" t="s">
+        <v>56</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
       <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8" t="s">
+        <v>61</v>
+      </c>
+      <c r="I8" t="s">
+        <v>62</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" t="s">
         <v>66</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I9" t="s">
         <v>67</v>
       </c>
-      <c r="D8" t="s">
+      <c r="J9" t="s">
         <v>68</v>
       </c>
-      <c r="E8" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
         <v>69</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>70</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H10" t="s">
         <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>72</v>
+      </c>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" t="s">
+        <v>77</v>
+      </c>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+      <c r="I12" t="s">
+        <v>67</v>
+      </c>
+      <c r="J12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>67</v>
+      </c>
+      <c r="J13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" t="s">
+        <v>89</v>
+      </c>
+      <c r="I14" t="s">
+        <v>67</v>
+      </c>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+      <c r="I15" t="s">
+        <v>96</v>
+      </c>
+      <c r="J15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
+      </c>
+      <c r="I16" t="s">
+        <v>67</v>
+      </c>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>102</v>
+      </c>
+      <c r="I17" t="s">
+        <v>67</v>
+      </c>
+      <c r="J17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
+      </c>
+      <c r="I18" t="s">
+        <v>67</v>
+      </c>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>92</v>
+      </c>
+      <c r="E19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>110</v>
+      </c>
+      <c r="H19" t="s">
+        <v>111</v>
+      </c>
+      <c r="I19" t="s">
+        <v>112</v>
+      </c>
+      <c r="J19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H20" t="s">
+        <v>118</v>
+      </c>
+      <c r="I20" t="s">
+        <v>56</v>
+      </c>
+      <c r="J20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" t="s">
+        <v>120</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>122</v>
+      </c>
+      <c r="H21" t="s">
+        <v>123</v>
+      </c>
+      <c r="I21" t="s">
+        <v>124</v>
+      </c>
+      <c r="J21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" t="s">
+        <v>127</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>128</v>
+      </c>
+      <c r="H22" t="s">
+        <v>129</v>
+      </c>
+      <c r="I22" t="s">
+        <v>56</v>
+      </c>
+      <c r="J22" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>132</v>
+      </c>
+      <c r="H23" t="s">
+        <v>133</v>
+      </c>
+      <c r="I23" t="s">
+        <v>56</v>
+      </c>
+      <c r="J23" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>136</v>
+      </c>
+      <c r="I24" t="s">
+        <v>137</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>115</v>
+      </c>
+      <c r="E25" t="s">
+        <v>139</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>141</v>
+      </c>
+      <c r="I25" t="s">
+        <v>56</v>
+      </c>
+      <c r="J25" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>115</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>143</v>
+      </c>
+      <c r="H26" t="s">
+        <v>144</v>
+      </c>
+      <c r="I26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>146</v>
+      </c>
+      <c r="E27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>148</v>
+      </c>
+      <c r="H27" t="s">
+        <v>149</v>
+      </c>
+      <c r="I27" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>153</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>154</v>
+      </c>
+      <c r="H28" t="s">
+        <v>155</v>
+      </c>
+      <c r="I28" t="s">
+        <v>156</v>
+      </c>
+      <c r="J28" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>159</v>
+      </c>
+      <c r="E29" t="s">
+        <v>160</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>161</v>
+      </c>
+      <c r="H29" t="s">
+        <v>162</v>
+      </c>
+      <c r="I29" t="s">
+        <v>163</v>
+      </c>
+      <c r="J29" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>166</v>
+      </c>
+      <c r="E30" t="s">
+        <v>167</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>168</v>
+      </c>
+      <c r="H30" t="s">
+        <v>169</v>
+      </c>
+      <c r="I30" t="s">
+        <v>67</v>
+      </c>
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>166</v>
+      </c>
+      <c r="E31" t="s">
+        <v>167</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>171</v>
+      </c>
+      <c r="H31" t="s">
+        <v>172</v>
+      </c>
+      <c r="I31" t="s">
+        <v>67</v>
+      </c>
+      <c r="J31" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>166</v>
+      </c>
+      <c r="E32" t="s">
+        <v>167</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>174</v>
+      </c>
+      <c r="H32" t="s">
+        <v>175</v>
+      </c>
+      <c r="I32" t="s">
+        <v>67</v>
+      </c>
+      <c r="J32" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>177</v>
+      </c>
+      <c r="E33" t="s">
+        <v>178</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>179</v>
+      </c>
+      <c r="H33" t="s">
+        <v>180</v>
+      </c>
+      <c r="I33" t="s">
+        <v>181</v>
+      </c>
+      <c r="J33" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>177</v>
+      </c>
+      <c r="E34" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>184</v>
+      </c>
+      <c r="H34" t="s">
+        <v>185</v>
+      </c>
+      <c r="I34" t="s">
+        <v>181</v>
+      </c>
+      <c r="J34" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>186</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>187</v>
+      </c>
+      <c r="E35" t="s">
+        <v>188</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>189</v>
+      </c>
+      <c r="H35" t="s">
+        <v>190</v>
+      </c>
+      <c r="I35" t="s">
+        <v>191</v>
+      </c>
+      <c r="J35" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>194</v>
+      </c>
+      <c r="E36" t="s">
+        <v>195</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>196</v>
+      </c>
+      <c r="H36" t="s">
+        <v>197</v>
+      </c>
+      <c r="I36" t="s">
+        <v>181</v>
+      </c>
+      <c r="J36" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>187</v>
+      </c>
+      <c r="E37" t="s">
+        <v>195</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>200</v>
+      </c>
+      <c r="H37" t="s">
+        <v>201</v>
+      </c>
+      <c r="I37" t="s">
+        <v>191</v>
+      </c>
+      <c r="J37" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" t="s">
+        <v>202</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>187</v>
+      </c>
+      <c r="E38" t="s">
+        <v>195</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>203</v>
+      </c>
+      <c r="H38" t="s">
+        <v>204</v>
+      </c>
+      <c r="I38" t="s">
+        <v>191</v>
+      </c>
+      <c r="J38" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>18</v>
+      </c>
+      <c r="B39" t="s">
+        <v>205</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>187</v>
+      </c>
+      <c r="E39" t="s">
+        <v>195</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>206</v>
+      </c>
+      <c r="H39" t="s">
+        <v>207</v>
+      </c>
+      <c r="I39" t="s">
+        <v>191</v>
+      </c>
+      <c r="J39" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>187</v>
+      </c>
+      <c r="E40" t="s">
+        <v>195</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>209</v>
+      </c>
+      <c r="H40" t="s">
+        <v>210</v>
+      </c>
+      <c r="I40" t="s">
+        <v>191</v>
+      </c>
+      <c r="J40" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>212</v>
+      </c>
+      <c r="E41" t="s">
+        <v>213</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>214</v>
+      </c>
+      <c r="H41" t="s">
+        <v>215</v>
+      </c>
+      <c r="I41" t="s">
+        <v>216</v>
+      </c>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" t="s">
+        <v>218</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>212</v>
+      </c>
+      <c r="E42" t="s">
+        <v>219</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>220</v>
+      </c>
+      <c r="H42" t="s">
+        <v>221</v>
+      </c>
+      <c r="I42" t="s">
+        <v>222</v>
+      </c>
+      <c r="J42" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>225</v>
+      </c>
+      <c r="E43" t="s">
+        <v>226</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>227</v>
+      </c>
+      <c r="H43" t="s">
+        <v>228</v>
+      </c>
+      <c r="I43" t="s">
+        <v>229</v>
+      </c>
+      <c r="J43" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" t="s">
+        <v>230</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>231</v>
+      </c>
+      <c r="E44" t="s">
+        <v>226</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>232</v>
+      </c>
+      <c r="H44" t="s">
+        <v>233</v>
+      </c>
+      <c r="I44" t="s">
+        <v>234</v>
+      </c>
+      <c r="J44" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" t="s">
+        <v>236</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>231</v>
+      </c>
+      <c r="E45" t="s">
+        <v>237</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>238</v>
+      </c>
+      <c r="H45" t="s">
+        <v>239</v>
+      </c>
+      <c r="I45" t="s">
+        <v>240</v>
+      </c>
+      <c r="J45" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" t="s">
+        <v>242</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>243</v>
+      </c>
+      <c r="E46" t="s">
+        <v>244</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>245</v>
+      </c>
+      <c r="H46" t="s">
+        <v>246</v>
+      </c>
+      <c r="I46" t="s">
+        <v>247</v>
+      </c>
+      <c r="J46" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>100</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>225</v>
+      </c>
+      <c r="E47" t="s">
+        <v>249</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>250</v>
+      </c>
+      <c r="H47" t="s">
+        <v>251</v>
+      </c>
+      <c r="I47" t="s">
+        <v>67</v>
+      </c>
+      <c r="J47" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>253</v>
+      </c>
+      <c r="E48" t="s">
+        <v>254</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>255</v>
+      </c>
+      <c r="H48" t="s">
+        <v>256</v>
+      </c>
+      <c r="I48" t="s">
+        <v>257</v>
+      </c>
+      <c r="J48" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>259</v>
+      </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>261</v>
+      </c>
+      <c r="H49" t="s">
+        <v>262</v>
+      </c>
+      <c r="I49" t="s">
+        <v>263</v>
+      </c>
+      <c r="J49" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" t="s">
+        <v>265</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>259</v>
+      </c>
+      <c r="E50" t="s">
+        <v>260</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>266</v>
+      </c>
+      <c r="H50" t="s">
+        <v>267</v>
+      </c>
+      <c r="I50" t="s">
+        <v>268</v>
+      </c>
+      <c r="J50" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>270</v>
+      </c>
+      <c r="E51" t="s">
+        <v>271</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>272</v>
+      </c>
+      <c r="H51" t="s">
+        <v>273</v>
+      </c>
+      <c r="I51" t="s">
+        <v>274</v>
+      </c>
+      <c r="J51" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" t="s">
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>270</v>
+      </c>
+      <c r="E52" t="s">
+        <v>277</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>278</v>
+      </c>
+      <c r="H52" t="s">
+        <v>279</v>
+      </c>
+      <c r="I52" t="s">
+        <v>280</v>
+      </c>
+      <c r="J52" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" t="s">
+        <v>282</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>283</v>
+      </c>
+      <c r="E53" t="s">
+        <v>284</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>285</v>
+      </c>
+      <c r="H53" t="s">
+        <v>286</v>
+      </c>
+      <c r="I53" t="s">
+        <v>287</v>
+      </c>
+      <c r="J53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>18</v>
+      </c>
+      <c r="B54" t="s">
+        <v>282</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>283</v>
+      </c>
+      <c r="E54" t="s">
+        <v>284</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>289</v>
+      </c>
+      <c r="H54" t="s">
+        <v>290</v>
+      </c>
+      <c r="I54" t="s">
+        <v>287</v>
+      </c>
+      <c r="J54" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>18</v>
+      </c>
+      <c r="B55" t="s">
+        <v>291</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>292</v>
+      </c>
+      <c r="E55" t="s">
+        <v>293</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>294</v>
+      </c>
+      <c r="H55" t="s">
+        <v>295</v>
+      </c>
+      <c r="I55" t="s">
+        <v>296</v>
+      </c>
+      <c r="J55" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" t="s">
+        <v>120</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>292</v>
+      </c>
+      <c r="E56" t="s">
+        <v>293</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>298</v>
+      </c>
+      <c r="H56" t="s">
+        <v>299</v>
+      </c>
+      <c r="I56" t="s">
+        <v>124</v>
+      </c>
+      <c r="J56" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" t="s">
+        <v>300</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>301</v>
+      </c>
+      <c r="E57" t="s">
+        <v>302</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>303</v>
+      </c>
+      <c r="H57" t="s">
+        <v>304</v>
+      </c>
+      <c r="I57" t="s">
+        <v>296</v>
+      </c>
+      <c r="J57" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>18</v>
+      </c>
+      <c r="B58" t="s">
+        <v>306</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>307</v>
+      </c>
+      <c r="E58" t="s">
+        <v>308</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>309</v>
+      </c>
+      <c r="H58" t="s">
+        <v>310</v>
+      </c>
+      <c r="I58" t="s">
+        <v>280</v>
+      </c>
+      <c r="J58" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" t="s">
+        <v>311</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>312</v>
+      </c>
+      <c r="E59" t="s">
+        <v>313</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>314</v>
+      </c>
+      <c r="H59" t="s">
+        <v>315</v>
+      </c>
+      <c r="I59" t="s">
+        <v>240</v>
+      </c>
+      <c r="J59" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>18</v>
+      </c>
+      <c r="B60" t="s">
+        <v>316</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>317</v>
+      </c>
+      <c r="E60" t="s">
+        <v>318</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>319</v>
+      </c>
+      <c r="H60" t="s">
+        <v>320</v>
+      </c>
+      <c r="I60" t="s">
+        <v>321</v>
+      </c>
+      <c r="J60" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>18</v>
+      </c>
+      <c r="B61" t="s">
+        <v>323</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>317</v>
+      </c>
+      <c r="E61" t="s">
+        <v>324</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>325</v>
+      </c>
+      <c r="H61" t="s">
+        <v>326</v>
+      </c>
+      <c r="I61" t="s">
+        <v>280</v>
+      </c>
+      <c r="J61" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" t="s">
+        <v>327</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>317</v>
+      </c>
+      <c r="E62" t="s">
+        <v>324</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>328</v>
+      </c>
+      <c r="H62" t="s">
+        <v>329</v>
+      </c>
+      <c r="I62" t="s">
+        <v>280</v>
+      </c>
+      <c r="J62" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>18</v>
+      </c>
+      <c r="B63" t="s">
+        <v>330</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>331</v>
+      </c>
+      <c r="E63" t="s">
+        <v>332</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>333</v>
+      </c>
+      <c r="H63" t="s">
+        <v>334</v>
+      </c>
+      <c r="I63" t="s">
+        <v>335</v>
+      </c>
+      <c r="J63" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>18</v>
+      </c>
+      <c r="B64" t="s">
+        <v>337</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>338</v>
+      </c>
+      <c r="E64" t="s">
+        <v>339</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>340</v>
+      </c>
+      <c r="H64" t="s">
+        <v>341</v>
+      </c>
+      <c r="I64" t="s">
+        <v>342</v>
+      </c>
+      <c r="J64" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>18</v>
+      </c>
+      <c r="B65" t="s">
+        <v>344</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>331</v>
+      </c>
+      <c r="E65" t="s">
+        <v>345</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>346</v>
+      </c>
+      <c r="H65" t="s">
+        <v>347</v>
+      </c>
+      <c r="I65" t="s">
+        <v>348</v>
+      </c>
+      <c r="J65" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>18</v>
+      </c>
+      <c r="B66" t="s">
+        <v>236</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>350</v>
+      </c>
+      <c r="E66" t="s">
+        <v>351</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>352</v>
+      </c>
+      <c r="H66" t="s">
+        <v>353</v>
+      </c>
+      <c r="I66" t="s">
+        <v>240</v>
+      </c>
+      <c r="J66" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>18</v>
+      </c>
+      <c r="B67" t="s">
+        <v>354</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>350</v>
+      </c>
+      <c r="E67" t="s">
+        <v>355</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>356</v>
+      </c>
+      <c r="H67" t="s">
+        <v>357</v>
+      </c>
+      <c r="I67" t="s">
+        <v>240</v>
+      </c>
+      <c r="J67" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>18</v>
+      </c>
+      <c r="B68" t="s">
+        <v>358</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>359</v>
+      </c>
+      <c r="E68" t="s">
+        <v>360</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>361</v>
+      </c>
+      <c r="H68" t="s">
+        <v>362</v>
+      </c>
+      <c r="I68" t="s">
+        <v>67</v>
+      </c>
+      <c r="J68" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>18</v>
+      </c>
+      <c r="B69" t="s">
+        <v>134</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>364</v>
+      </c>
+      <c r="E69" t="s">
+        <v>365</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>366</v>
+      </c>
+      <c r="H69" t="s">
+        <v>367</v>
+      </c>
+      <c r="I69" t="s">
+        <v>368</v>
+      </c>
+      <c r="J69" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>18</v>
+      </c>
+      <c r="B70" t="s">
+        <v>370</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>364</v>
+      </c>
+      <c r="E70" t="s">
+        <v>365</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>371</v>
+      </c>
+      <c r="H70" t="s">
+        <v>372</v>
+      </c>
+      <c r="I70" t="s">
+        <v>373</v>
+      </c>
+      <c r="J70" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>18</v>
+      </c>
+      <c r="B71" t="s">
+        <v>374</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>364</v>
+      </c>
+      <c r="E71" t="s">
+        <v>365</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>375</v>
+      </c>
+      <c r="H71" t="s">
+        <v>376</v>
+      </c>
+      <c r="I71" t="s">
+        <v>373</v>
+      </c>
+      <c r="J71" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>18</v>
+      </c>
+      <c r="B72" t="s">
+        <v>377</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>364</v>
+      </c>
+      <c r="E72" t="s">
+        <v>365</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>378</v>
+      </c>
+      <c r="H72" t="s">
+        <v>379</v>
+      </c>
+      <c r="I72" t="s">
+        <v>380</v>
+      </c>
+      <c r="J72" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>18</v>
+      </c>
+      <c r="B73" t="s">
+        <v>381</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>364</v>
+      </c>
+      <c r="E73" t="s">
+        <v>382</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>383</v>
+      </c>
+      <c r="H73" t="s">
+        <v>384</v>
+      </c>
+      <c r="I73" t="s">
+        <v>385</v>
+      </c>
+      <c r="J73" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>18</v>
+      </c>
+      <c r="B74" t="s">
+        <v>386</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>359</v>
+      </c>
+      <c r="E74" t="s">
+        <v>387</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>388</v>
+      </c>
+      <c r="H74" t="s">
+        <v>389</v>
+      </c>
+      <c r="I74" t="s">
+        <v>390</v>
+      </c>
+      <c r="J74" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
+        <v>392</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>393</v>
+      </c>
+      <c r="E75" t="s">
+        <v>394</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>395</v>
+      </c>
+      <c r="H75" t="s">
+        <v>396</v>
+      </c>
+      <c r="I75" t="s">
+        <v>397</v>
+      </c>
+      <c r="J75" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s">
+        <v>399</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>400</v>
+      </c>
+      <c r="E76" t="s">
+        <v>394</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>401</v>
+      </c>
+      <c r="H76" t="s">
+        <v>402</v>
+      </c>
+      <c r="I76" t="s">
+        <v>403</v>
+      </c>
+      <c r="J76" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>18</v>
+      </c>
+      <c r="B77" t="s">
+        <v>405</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>406</v>
+      </c>
+      <c r="E77" t="s">
+        <v>407</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>408</v>
+      </c>
+      <c r="H77" t="s">
+        <v>409</v>
+      </c>
+      <c r="I77" t="s">
+        <v>247</v>
+      </c>
+      <c r="J77" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>18</v>
+      </c>
+      <c r="B78" t="s">
+        <v>410</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>406</v>
+      </c>
+      <c r="E78" t="s">
+        <v>407</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>411</v>
+      </c>
+      <c r="H78" t="s">
+        <v>412</v>
+      </c>
+      <c r="I78" t="s">
+        <v>413</v>
+      </c>
+      <c r="J78" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>18</v>
+      </c>
+      <c r="B79" t="s">
+        <v>414</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>415</v>
+      </c>
+      <c r="E79" t="s">
+        <v>416</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>417</v>
+      </c>
+      <c r="H79" t="s">
+        <v>418</v>
+      </c>
+      <c r="I79" t="s">
+        <v>419</v>
+      </c>
+      <c r="J79" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>18</v>
+      </c>
+      <c r="B80" t="s">
+        <v>421</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>415</v>
+      </c>
+      <c r="E80" t="s">
+        <v>422</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>423</v>
+      </c>
+      <c r="H80" t="s">
+        <v>424</v>
+      </c>
+      <c r="I80" t="s">
+        <v>419</v>
+      </c>
+      <c r="J80" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>18</v>
+      </c>
+      <c r="B81" t="s">
+        <v>425</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>426</v>
+      </c>
+      <c r="E81" t="s">
+        <v>427</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>428</v>
+      </c>
+      <c r="H81" t="s">
+        <v>429</v>
+      </c>
+      <c r="I81" t="s">
+        <v>430</v>
+      </c>
+      <c r="J81" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>18</v>
+      </c>
+      <c r="B82" t="s">
+        <v>432</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>433</v>
+      </c>
+      <c r="E82" t="s">
+        <v>434</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>435</v>
+      </c>
+      <c r="H82" t="s">
+        <v>436</v>
+      </c>
+      <c r="I82" t="s">
+        <v>437</v>
+      </c>
+      <c r="J82" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>18</v>
+      </c>
+      <c r="B83" t="s">
+        <v>438</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>439</v>
+      </c>
+      <c r="E83" t="s">
+        <v>440</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>441</v>
+      </c>
+      <c r="H83" t="s">
+        <v>442</v>
+      </c>
+      <c r="I83" t="s">
+        <v>443</v>
+      </c>
+      <c r="J83" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>18</v>
+      </c>
+      <c r="B84" t="s">
+        <v>445</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>415</v>
+      </c>
+      <c r="E84" t="s">
+        <v>446</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>447</v>
+      </c>
+      <c r="H84" t="s">
+        <v>448</v>
+      </c>
+      <c r="I84" t="s">
+        <v>419</v>
+      </c>
+      <c r="J84" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>18</v>
+      </c>
+      <c r="B85" t="s">
+        <v>449</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>450</v>
+      </c>
+      <c r="E85" t="s">
+        <v>451</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>452</v>
+      </c>
+      <c r="H85" t="s">
+        <v>453</v>
+      </c>
+      <c r="I85" t="s">
+        <v>454</v>
+      </c>
+      <c r="J85" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>18</v>
+      </c>
+      <c r="B86" t="s">
+        <v>456</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>457</v>
+      </c>
+      <c r="E86" t="s">
+        <v>458</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>459</v>
+      </c>
+      <c r="H86" t="s">
+        <v>460</v>
+      </c>
+      <c r="I86" t="s">
+        <v>461</v>
+      </c>
+      <c r="J86" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>18</v>
+      </c>
+      <c r="B87" t="s">
+        <v>462</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>457</v>
+      </c>
+      <c r="E87" t="s">
+        <v>463</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>464</v>
+      </c>
+      <c r="H87" t="s">
+        <v>465</v>
+      </c>
+      <c r="I87" t="s">
+        <v>461</v>
+      </c>
+      <c r="J87" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>18</v>
+      </c>
+      <c r="B88" t="s">
+        <v>466</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>467</v>
+      </c>
+      <c r="E88" t="s">
+        <v>468</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>469</v>
+      </c>
+      <c r="H88" t="s">
+        <v>470</v>
+      </c>
+      <c r="I88" t="s">
+        <v>390</v>
+      </c>
+      <c r="J88" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>18</v>
+      </c>
+      <c r="B89" t="s">
+        <v>471</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>467</v>
+      </c>
+      <c r="E89" t="s">
+        <v>468</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>472</v>
+      </c>
+      <c r="H89" t="s">
+        <v>473</v>
+      </c>
+      <c r="I89" t="s">
+        <v>390</v>
+      </c>
+      <c r="J89" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>18</v>
+      </c>
+      <c r="B90" t="s">
+        <v>438</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>457</v>
+      </c>
+      <c r="E90" t="s">
+        <v>474</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>475</v>
+      </c>
+      <c r="H90" t="s">
+        <v>476</v>
+      </c>
+      <c r="I90" t="s">
+        <v>461</v>
+      </c>
+      <c r="J90" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>18</v>
+      </c>
+      <c r="B91" t="s">
+        <v>477</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>457</v>
+      </c>
+      <c r="E91" t="s">
+        <v>478</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>479</v>
+      </c>
+      <c r="H91" t="s">
+        <v>480</v>
+      </c>
+      <c r="I91" t="s">
+        <v>461</v>
+      </c>
+      <c r="J91" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>18</v>
+      </c>
+      <c r="B92" t="s">
+        <v>381</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>467</v>
+      </c>
+      <c r="E92" t="s">
+        <v>481</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>482</v>
+      </c>
+      <c r="H92" t="s">
+        <v>483</v>
+      </c>
+      <c r="I92" t="s">
+        <v>385</v>
+      </c>
+      <c r="J92" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>18</v>
+      </c>
+      <c r="B93" t="s">
+        <v>484</v>
+      </c>
+      <c r="C93" t="s">
+        <v>485</v>
+      </c>
+      <c r="D93" t="s">
+        <v>457</v>
+      </c>
+      <c r="E93" t="s">
+        <v>486</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>487</v>
+      </c>
+      <c r="H93" t="s">
+        <v>488</v>
+      </c>
+      <c r="I93" t="s">
+        <v>489</v>
+      </c>
+      <c r="J93" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>18</v>
+      </c>
+      <c r="B94" t="s">
+        <v>491</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>492</v>
+      </c>
+      <c r="E94" t="s">
+        <v>493</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>494</v>
+      </c>
+      <c r="H94" t="s">
+        <v>495</v>
+      </c>
+      <c r="I94" t="s">
+        <v>496</v>
+      </c>
+      <c r="J94" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>18</v>
+      </c>
+      <c r="B95" t="s">
+        <v>497</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>492</v>
+      </c>
+      <c r="E95" t="s">
+        <v>498</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>499</v>
+      </c>
+      <c r="H95" t="s">
+        <v>500</v>
+      </c>
+      <c r="I95" t="s">
+        <v>461</v>
+      </c>
+      <c r="J95" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>18</v>
+      </c>
+      <c r="B96" t="s">
+        <v>501</v>
+      </c>
+      <c r="C96" t="s">
+        <v>502</v>
+      </c>
+      <c r="D96" t="s">
+        <v>492</v>
+      </c>
+      <c r="E96" t="s">
+        <v>503</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>504</v>
+      </c>
+      <c r="H96" t="s">
+        <v>505</v>
+      </c>
+      <c r="I96" t="s">
+        <v>506</v>
+      </c>
+      <c r="J96" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>18</v>
+      </c>
+      <c r="B97" t="s">
+        <v>507</v>
+      </c>
+      <c r="C97" t="s">
+        <v>508</v>
+      </c>
+      <c r="D97" t="s">
+        <v>492</v>
+      </c>
+      <c r="E97" t="s">
+        <v>509</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>510</v>
+      </c>
+      <c r="H97" t="s">
+        <v>511</v>
+      </c>
+      <c r="I97" t="s">
+        <v>506</v>
+      </c>
+      <c r="J97" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B98" t="s">
+        <v>512</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>359</v>
+      </c>
+      <c r="E98" t="s">
+        <v>513</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>514</v>
+      </c>
+      <c r="H98" t="s">
+        <v>515</v>
+      </c>
+      <c r="I98" t="s">
+        <v>516</v>
+      </c>
+      <c r="J98" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>18</v>
+      </c>
+      <c r="B99" t="s">
+        <v>518</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>519</v>
+      </c>
+      <c r="E99" t="s">
+        <v>520</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>521</v>
+      </c>
+      <c r="H99" t="s">
+        <v>522</v>
+      </c>
+      <c r="I99" t="s">
+        <v>523</v>
+      </c>
+      <c r="J99" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100" t="s">
+        <v>525</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>526</v>
+      </c>
+      <c r="E100" t="s">
+        <v>520</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>527</v>
+      </c>
+      <c r="H100" t="s">
+        <v>528</v>
+      </c>
+      <c r="I100" t="s">
+        <v>529</v>
+      </c>
+      <c r="J100" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B101" t="s">
+        <v>531</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>532</v>
+      </c>
+      <c r="E101" t="s">
+        <v>533</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>534</v>
+      </c>
+      <c r="H101" t="s">
+        <v>535</v>
+      </c>
+      <c r="I101" t="s">
+        <v>536</v>
+      </c>
+      <c r="J101" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>18</v>
+      </c>
+      <c r="B102" t="s">
+        <v>537</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>538</v>
+      </c>
+      <c r="E102" t="s">
+        <v>539</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>540</v>
+      </c>
+      <c r="H102" t="s">
+        <v>541</v>
+      </c>
+      <c r="I102" t="s">
+        <v>542</v>
+      </c>
+      <c r="J102" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>18</v>
+      </c>
+      <c r="B103" t="s">
+        <v>544</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>545</v>
+      </c>
+      <c r="E103" t="s">
+        <v>539</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>546</v>
+      </c>
+      <c r="H103" t="s">
+        <v>547</v>
+      </c>
+      <c r="I103" t="s">
+        <v>548</v>
+      </c>
+      <c r="J103" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>18</v>
+      </c>
+      <c r="B104" t="s">
+        <v>549</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>545</v>
+      </c>
+      <c r="E104" t="s">
+        <v>539</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>550</v>
+      </c>
+      <c r="H104" t="s">
+        <v>551</v>
+      </c>
+      <c r="I104" t="s">
+        <v>552</v>
+      </c>
+      <c r="J104" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>18</v>
+      </c>
+      <c r="B105" t="s">
+        <v>553</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>554</v>
+      </c>
+      <c r="E105" t="s">
+        <v>555</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>556</v>
+      </c>
+      <c r="H105" t="s">
+        <v>557</v>
+      </c>
+      <c r="I105" t="s">
+        <v>247</v>
+      </c>
+      <c r="J105" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>18</v>
+      </c>
+      <c r="B106" t="s">
+        <v>558</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>559</v>
+      </c>
+      <c r="E106" t="s">
+        <v>560</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>561</v>
+      </c>
+      <c r="H106" t="s">
+        <v>562</v>
+      </c>
+      <c r="I106" t="s">
+        <v>563</v>
+      </c>
+      <c r="J106" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>18</v>
+      </c>
+      <c r="B107" t="s">
+        <v>565</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>566</v>
+      </c>
+      <c r="E107" t="s">
+        <v>567</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>568</v>
+      </c>
+      <c r="H107" t="s">
+        <v>569</v>
+      </c>
+      <c r="I107" t="s">
+        <v>96</v>
+      </c>
+      <c r="J107" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>18</v>
+      </c>
+      <c r="B108" t="s">
+        <v>570</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>566</v>
+      </c>
+      <c r="E108" t="s">
+        <v>567</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>571</v>
+      </c>
+      <c r="H108" t="s">
+        <v>572</v>
+      </c>
+      <c r="I108" t="s">
+        <v>96</v>
+      </c>
+      <c r="J108" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>18</v>
+      </c>
+      <c r="B109" t="s">
+        <v>573</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>566</v>
+      </c>
+      <c r="E109" t="s">
+        <v>574</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>575</v>
+      </c>
+      <c r="H109" t="s">
+        <v>576</v>
+      </c>
+      <c r="I109" t="s">
+        <v>577</v>
+      </c>
+      <c r="J109" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>18</v>
+      </c>
+      <c r="B110" t="s">
+        <v>579</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>580</v>
+      </c>
+      <c r="E110" t="s">
+        <v>581</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>582</v>
+      </c>
+      <c r="H110" t="s">
+        <v>583</v>
+      </c>
+      <c r="I110" t="s">
+        <v>584</v>
+      </c>
+      <c r="J110" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>18</v>
+      </c>
+      <c r="B111" t="s">
+        <v>585</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>586</v>
+      </c>
+      <c r="E111" t="s">
+        <v>587</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>588</v>
+      </c>
+      <c r="H111" t="s">
+        <v>589</v>
+      </c>
+      <c r="I111" t="s">
+        <v>590</v>
+      </c>
+      <c r="J111" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>18</v>
+      </c>
+      <c r="B112" t="s">
+        <v>592</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>586</v>
+      </c>
+      <c r="E112" t="s">
+        <v>587</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>593</v>
+      </c>
+      <c r="H112" t="s">
+        <v>594</v>
+      </c>
+      <c r="I112" t="s">
+        <v>590</v>
+      </c>
+      <c r="J112" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>18</v>
+      </c>
+      <c r="B113" t="s">
+        <v>327</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>586</v>
+      </c>
+      <c r="E113" t="s">
+        <v>595</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>596</v>
+      </c>
+      <c r="H113" t="s">
+        <v>597</v>
+      </c>
+      <c r="I113" t="s">
+        <v>124</v>
+      </c>
+      <c r="J113" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>18</v>
+      </c>
+      <c r="B114" t="s">
+        <v>598</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>599</v>
+      </c>
+      <c r="E114" t="s">
+        <v>600</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>601</v>
+      </c>
+      <c r="H114" t="s">
+        <v>602</v>
+      </c>
+      <c r="I114" t="s">
+        <v>603</v>
+      </c>
+      <c r="J114" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>18</v>
+      </c>
+      <c r="B115" t="s">
+        <v>45</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>599</v>
+      </c>
+      <c r="E115" t="s">
+        <v>600</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>604</v>
+      </c>
+      <c r="H115" t="s">
+        <v>605</v>
+      </c>
+      <c r="I115" t="s">
+        <v>49</v>
+      </c>
+      <c r="J115" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>18</v>
+      </c>
+      <c r="B116" t="s">
+        <v>138</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>607</v>
+      </c>
+      <c r="E116" t="s">
+        <v>608</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>609</v>
+      </c>
+      <c r="H116" t="s">
+        <v>610</v>
+      </c>
+      <c r="I116" t="s">
+        <v>590</v>
+      </c>
+      <c r="J116" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>18</v>
+      </c>
+      <c r="B117" t="s">
+        <v>611</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>607</v>
+      </c>
+      <c r="E117" t="s">
+        <v>612</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>613</v>
+      </c>
+      <c r="H117" t="s">
+        <v>614</v>
+      </c>
+      <c r="I117" t="s">
+        <v>67</v>
+      </c>
+      <c r="J117" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>18</v>
+      </c>
+      <c r="B118" t="s">
+        <v>114</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>607</v>
+      </c>
+      <c r="E118" t="s">
+        <v>608</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>615</v>
+      </c>
+      <c r="H118" t="s">
+        <v>616</v>
+      </c>
+      <c r="I118" t="s">
+        <v>590</v>
+      </c>
+      <c r="J118" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>18</v>
+      </c>
+      <c r="B119" t="s">
+        <v>120</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>617</v>
+      </c>
+      <c r="E119" t="s">
+        <v>618</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>619</v>
+      </c>
+      <c r="H119" t="s">
+        <v>620</v>
+      </c>
+      <c r="I119" t="s">
+        <v>621</v>
+      </c>
+      <c r="J119" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>18</v>
+      </c>
+      <c r="B120" t="s">
+        <v>622</v>
+      </c>
+      <c r="C120" t="s">
+        <v>623</v>
+      </c>
+      <c r="D120" t="s">
+        <v>617</v>
+      </c>
+      <c r="E120" t="s">
+        <v>624</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>625</v>
+      </c>
+      <c r="H120" t="s">
+        <v>626</v>
+      </c>
+      <c r="I120" t="s">
+        <v>13</v>
+      </c>
+      <c r="J120" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>18</v>
+      </c>
+      <c r="B121" t="s">
+        <v>358</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>627</v>
+      </c>
+      <c r="E121" t="s">
+        <v>628</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>629</v>
+      </c>
+      <c r="H121" t="s">
+        <v>630</v>
+      </c>
+      <c r="I121" t="s">
+        <v>13</v>
+      </c>
+      <c r="J121" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>18</v>
+      </c>
+      <c r="B122" t="s">
+        <v>631</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>632</v>
+      </c>
+      <c r="E122" t="s">
+        <v>633</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>634</v>
+      </c>
+      <c r="H122" t="s">
+        <v>635</v>
+      </c>
+      <c r="I122" t="s">
+        <v>636</v>
+      </c>
+      <c r="J122" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>18</v>
+      </c>
+      <c r="B123" t="s">
+        <v>45</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>632</v>
+      </c>
+      <c r="E123" t="s">
+        <v>633</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>637</v>
+      </c>
+      <c r="H123" t="s">
+        <v>638</v>
+      </c>
+      <c r="I123" t="s">
+        <v>49</v>
+      </c>
+      <c r="J123" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>18</v>
+      </c>
+      <c r="B124" t="s">
+        <v>639</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>632</v>
+      </c>
+      <c r="E124" t="s">
+        <v>640</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>641</v>
+      </c>
+      <c r="H124" t="s">
+        <v>642</v>
+      </c>
+      <c r="I124" t="s">
+        <v>636</v>
+      </c>
+      <c r="J124" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>18</v>
+      </c>
+      <c r="B125" t="s">
+        <v>643</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>632</v>
+      </c>
+      <c r="E125" t="s">
+        <v>640</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>644</v>
+      </c>
+      <c r="H125" t="s">
+        <v>645</v>
+      </c>
+      <c r="I125" t="s">
+        <v>646</v>
+      </c>
+      <c r="J125" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>18</v>
+      </c>
+      <c r="B126" t="s">
+        <v>647</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>632</v>
+      </c>
+      <c r="E126" t="s">
+        <v>640</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>648</v>
+      </c>
+      <c r="H126" t="s">
+        <v>649</v>
+      </c>
+      <c r="I126" t="s">
+        <v>636</v>
+      </c>
+      <c r="J126" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>18</v>
+      </c>
+      <c r="B127" t="s">
+        <v>650</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>632</v>
+      </c>
+      <c r="E127" t="s">
+        <v>640</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>651</v>
+      </c>
+      <c r="H127" t="s">
+        <v>652</v>
+      </c>
+      <c r="I127" t="s">
+        <v>636</v>
+      </c>
+      <c r="J127" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>18</v>
+      </c>
+      <c r="B128" t="s">
+        <v>653</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>654</v>
+      </c>
+      <c r="E128" t="s">
+        <v>655</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>656</v>
+      </c>
+      <c r="H128" t="s">
+        <v>657</v>
+      </c>
+      <c r="I128" t="s">
+        <v>658</v>
+      </c>
+      <c r="J128" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>18</v>
+      </c>
+      <c r="B129" t="s">
+        <v>19</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>654</v>
+      </c>
+      <c r="E129" t="s">
+        <v>660</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>661</v>
+      </c>
+      <c r="H129" t="s">
+        <v>662</v>
+      </c>
+      <c r="I129" t="s">
+        <v>663</v>
+      </c>
+      <c r="J129" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>18</v>
+      </c>
+      <c r="B130" t="s">
+        <v>665</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>666</v>
+      </c>
+      <c r="E130" t="s">
+        <v>667</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>668</v>
+      </c>
+      <c r="H130" t="s">
+        <v>669</v>
+      </c>
+      <c r="I130" t="s">
+        <v>670</v>
+      </c>
+      <c r="J130" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>18</v>
+      </c>
+      <c r="B131" t="s">
+        <v>672</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>666</v>
+      </c>
+      <c r="E131" t="s">
+        <v>673</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>674</v>
+      </c>
+      <c r="H131" t="s">
+        <v>675</v>
+      </c>
+      <c r="I131" t="s">
+        <v>676</v>
+      </c>
+      <c r="J131" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>18</v>
+      </c>
+      <c r="B132" t="s">
+        <v>677</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>666</v>
+      </c>
+      <c r="E132" t="s">
+        <v>673</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>678</v>
+      </c>
+      <c r="H132" t="s">
+        <v>679</v>
+      </c>
+      <c r="I132" t="s">
+        <v>680</v>
+      </c>
+      <c r="J132" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>18</v>
+      </c>
+      <c r="B133" t="s">
+        <v>681</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>682</v>
+      </c>
+      <c r="E133" t="s">
+        <v>683</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>684</v>
+      </c>
+      <c r="H133" t="s">
+        <v>685</v>
+      </c>
+      <c r="I133" t="s">
+        <v>686</v>
+      </c>
+      <c r="J133" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>18</v>
+      </c>
+      <c r="B134" t="s">
+        <v>687</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>682</v>
+      </c>
+      <c r="E134" t="s">
+        <v>688</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>689</v>
+      </c>
+      <c r="H134" t="s">
+        <v>690</v>
+      </c>
+      <c r="I134" t="s">
+        <v>691</v>
+      </c>
+      <c r="J134" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>18</v>
+      </c>
+      <c r="B135" t="s">
+        <v>693</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>694</v>
+      </c>
+      <c r="E135" t="s">
+        <v>695</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>696</v>
+      </c>
+      <c r="H135" t="s">
+        <v>697</v>
+      </c>
+      <c r="I135" t="s">
+        <v>698</v>
+      </c>
+      <c r="J135" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>18</v>
+      </c>
+      <c r="B136" t="s">
+        <v>170</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>699</v>
+      </c>
+      <c r="E136" t="s">
+        <v>700</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>701</v>
+      </c>
+      <c r="H136" t="s">
+        <v>702</v>
+      </c>
+      <c r="I136" t="s">
+        <v>703</v>
+      </c>
+      <c r="J136" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>18</v>
+      </c>
+      <c r="B137" t="s">
+        <v>704</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>699</v>
+      </c>
+      <c r="E137" t="s">
+        <v>700</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>705</v>
+      </c>
+      <c r="H137" t="s">
+        <v>706</v>
+      </c>
+      <c r="I137" t="s">
+        <v>707</v>
+      </c>
+      <c r="J137" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>18</v>
+      </c>
+      <c r="B138" t="s">
+        <v>708</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>699</v>
+      </c>
+      <c r="E138" t="s">
+        <v>700</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>709</v>
+      </c>
+      <c r="H138" t="s">
+        <v>710</v>
+      </c>
+      <c r="I138" t="s">
+        <v>707</v>
+      </c>
+      <c r="J138" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>18</v>
+      </c>
+      <c r="B139" t="s">
+        <v>711</v>
+      </c>
+      <c r="C139" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" t="s">
+        <v>699</v>
+      </c>
+      <c r="E139" t="s">
+        <v>700</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>712</v>
+      </c>
+      <c r="H139" t="s">
+        <v>713</v>
+      </c>
+      <c r="I139" t="s">
+        <v>703</v>
+      </c>
+      <c r="J139" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>18</v>
+      </c>
+      <c r="B140" t="s">
+        <v>714</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>699</v>
+      </c>
+      <c r="E140" t="s">
+        <v>700</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>715</v>
+      </c>
+      <c r="H140" t="s">
+        <v>716</v>
+      </c>
+      <c r="I140" t="s">
+        <v>703</v>
+      </c>
+      <c r="J140" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>18</v>
+      </c>
+      <c r="B141" t="s">
+        <v>717</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" t="s">
+        <v>718</v>
+      </c>
+      <c r="E141" t="s">
+        <v>719</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>720</v>
+      </c>
+      <c r="H141" t="s">
+        <v>721</v>
+      </c>
+      <c r="I141" t="s">
+        <v>722</v>
+      </c>
+      <c r="J141" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>18</v>
+      </c>
+      <c r="B142" t="s">
+        <v>724</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>725</v>
+      </c>
+      <c r="E142" t="s">
+        <v>726</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>727</v>
+      </c>
+      <c r="H142" t="s">
+        <v>728</v>
+      </c>
+      <c r="I142" t="s">
+        <v>729</v>
+      </c>
+      <c r="J142" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>18</v>
+      </c>
+      <c r="B143" t="s">
+        <v>120</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>725</v>
+      </c>
+      <c r="E143" t="s">
+        <v>726</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>730</v>
+      </c>
+      <c r="H143" t="s">
+        <v>731</v>
+      </c>
+      <c r="I143" t="s">
+        <v>732</v>
+      </c>
+      <c r="J143" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>18</v>
+      </c>
+      <c r="B144" t="s">
+        <v>734</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>725</v>
+      </c>
+      <c r="E144" t="s">
+        <v>726</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>735</v>
+      </c>
+      <c r="H144" t="s">
+        <v>736</v>
+      </c>
+      <c r="I144" t="s">
+        <v>636</v>
+      </c>
+      <c r="J144" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>18</v>
+      </c>
+      <c r="B145" t="s">
+        <v>738</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>739</v>
+      </c>
+      <c r="E145" t="s">
+        <v>740</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>741</v>
+      </c>
+      <c r="H145" t="s">
+        <v>742</v>
+      </c>
+      <c r="I145" t="s">
+        <v>743</v>
+      </c>
+      <c r="J145" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>18</v>
+      </c>
+      <c r="B146" t="s">
+        <v>745</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>739</v>
+      </c>
+      <c r="E146" t="s">
+        <v>746</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>747</v>
+      </c>
+      <c r="H146" t="s">
+        <v>748</v>
+      </c>
+      <c r="I146" t="s">
+        <v>749</v>
+      </c>
+      <c r="J146" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>18</v>
+      </c>
+      <c r="B147" t="s">
+        <v>751</v>
+      </c>
+      <c r="C147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" t="s">
+        <v>752</v>
+      </c>
+      <c r="E147" t="s">
+        <v>753</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>754</v>
+      </c>
+      <c r="H147" t="s">
+        <v>755</v>
+      </c>
+      <c r="I147" t="s">
+        <v>756</v>
+      </c>
+      <c r="J147" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>18</v>
+      </c>
+      <c r="B148" t="s">
+        <v>757</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>758</v>
+      </c>
+      <c r="E148" t="s">
+        <v>759</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>760</v>
+      </c>
+      <c r="H148" t="s">
+        <v>761</v>
+      </c>
+      <c r="I148" t="s">
+        <v>762</v>
+      </c>
+      <c r="J148" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>18</v>
+      </c>
+      <c r="B149" t="s">
+        <v>230</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>763</v>
+      </c>
+      <c r="E149" t="s">
+        <v>764</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>765</v>
+      </c>
+      <c r="H149" t="s">
+        <v>766</v>
+      </c>
+      <c r="I149" t="s">
+        <v>767</v>
+      </c>
+      <c r="J149" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>18</v>
+      </c>
+      <c r="B150" t="s">
+        <v>768</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>769</v>
+      </c>
+      <c r="E150" t="s">
+        <v>764</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>770</v>
+      </c>
+      <c r="H150" t="s">
+        <v>771</v>
+      </c>
+      <c r="I150" t="s">
+        <v>772</v>
+      </c>
+      <c r="J150" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>18</v>
+      </c>
+      <c r="B151" t="s">
+        <v>252</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>763</v>
+      </c>
+      <c r="E151" t="s">
+        <v>773</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>774</v>
+      </c>
+      <c r="H151" t="s">
+        <v>775</v>
+      </c>
+      <c r="I151" t="s">
+        <v>776</v>
+      </c>
+      <c r="J151" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>18</v>
+      </c>
+      <c r="B152" t="s">
+        <v>777</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>778</v>
+      </c>
+      <c r="E152" t="s">
+        <v>779</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>780</v>
+      </c>
+      <c r="H152" t="s">
+        <v>781</v>
+      </c>
+      <c r="I152" t="s">
+        <v>782</v>
+      </c>
+      <c r="J152" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>18</v>
+      </c>
+      <c r="B153" t="s">
+        <v>783</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>778</v>
+      </c>
+      <c r="E153" t="s">
+        <v>779</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>784</v>
+      </c>
+      <c r="H153" t="s">
+        <v>785</v>
+      </c>
+      <c r="I153" t="s">
+        <v>782</v>
+      </c>
+      <c r="J153" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>18</v>
+      </c>
+      <c r="B154" t="s">
+        <v>786</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>778</v>
+      </c>
+      <c r="E154" t="s">
+        <v>779</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>787</v>
+      </c>
+      <c r="H154" t="s">
+        <v>788</v>
+      </c>
+      <c r="I154" t="s">
+        <v>782</v>
+      </c>
+      <c r="J154" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>18</v>
+      </c>
+      <c r="B155" t="s">
+        <v>79</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>778</v>
+      </c>
+      <c r="E155" t="s">
+        <v>789</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>790</v>
+      </c>
+      <c r="H155" t="s">
+        <v>791</v>
+      </c>
+      <c r="I155" t="s">
+        <v>782</v>
+      </c>
+      <c r="J155" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>18</v>
+      </c>
+      <c r="B156" t="s">
+        <v>792</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>778</v>
+      </c>
+      <c r="E156" t="s">
+        <v>779</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>793</v>
+      </c>
+      <c r="H156" t="s">
+        <v>794</v>
+      </c>
+      <c r="I156" t="s">
+        <v>782</v>
+      </c>
+      <c r="J156" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>18</v>
+      </c>
+      <c r="B157" t="s">
+        <v>795</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>796</v>
+      </c>
+      <c r="E157" t="s">
+        <v>797</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>798</v>
+      </c>
+      <c r="H157" t="s">
+        <v>799</v>
+      </c>
+      <c r="I157" t="s">
+        <v>658</v>
+      </c>
+      <c r="J157" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>18</v>
+      </c>
+      <c r="B158" t="s">
+        <v>738</v>
+      </c>
+      <c r="C158" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" t="s">
+        <v>800</v>
+      </c>
+      <c r="E158" t="s">
+        <v>801</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>802</v>
+      </c>
+      <c r="H158" t="s">
+        <v>803</v>
+      </c>
+      <c r="I158" t="s">
+        <v>804</v>
+      </c>
+      <c r="J158" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>18</v>
+      </c>
+      <c r="B159" t="s">
+        <v>282</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>800</v>
+      </c>
+      <c r="E159" t="s">
+        <v>805</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>806</v>
+      </c>
+      <c r="H159" t="s">
+        <v>807</v>
+      </c>
+      <c r="I159" t="s">
+        <v>808</v>
+      </c>
+      <c r="J159" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>18</v>
+      </c>
+      <c r="B160" t="s">
+        <v>337</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>809</v>
+      </c>
+      <c r="E160" t="s">
+        <v>810</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>811</v>
+      </c>
+      <c r="H160" t="s">
+        <v>812</v>
+      </c>
+      <c r="I160" t="s">
+        <v>342</v>
+      </c>
+      <c r="J160" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>18</v>
+      </c>
+      <c r="B161" t="s">
+        <v>814</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>815</v>
+      </c>
+      <c r="E161" t="s">
+        <v>816</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>817</v>
+      </c>
+      <c r="H161" t="s">
+        <v>818</v>
+      </c>
+      <c r="I161" t="s">
+        <v>819</v>
+      </c>
+      <c r="J161" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>18</v>
+      </c>
+      <c r="B162" t="s">
+        <v>820</v>
+      </c>
+      <c r="C162" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" t="s">
+        <v>800</v>
+      </c>
+      <c r="E162" t="s">
+        <v>821</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>822</v>
+      </c>
+      <c r="H162" t="s">
+        <v>823</v>
+      </c>
+      <c r="I162" t="s">
+        <v>824</v>
+      </c>
+      <c r="J162" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>18</v>
+      </c>
+      <c r="B163" t="s">
+        <v>405</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>825</v>
+      </c>
+      <c r="E163" t="s">
+        <v>826</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>827</v>
+      </c>
+      <c r="H163" t="s">
+        <v>828</v>
+      </c>
+      <c r="I163" t="s">
+        <v>247</v>
+      </c>
+      <c r="J163" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>18</v>
+      </c>
+      <c r="B164" t="s">
+        <v>323</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>830</v>
+      </c>
+      <c r="E164" t="s">
+        <v>831</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>832</v>
+      </c>
+      <c r="H164" t="s">
+        <v>833</v>
+      </c>
+      <c r="I164" t="s">
+        <v>834</v>
+      </c>
+      <c r="J164" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>18</v>
+      </c>
+      <c r="B165" t="s">
+        <v>276</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>830</v>
+      </c>
+      <c r="E165" t="s">
+        <v>831</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>836</v>
+      </c>
+      <c r="H165" t="s">
+        <v>837</v>
+      </c>
+      <c r="I165" t="s">
+        <v>834</v>
+      </c>
+      <c r="J165" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>18</v>
+      </c>
+      <c r="B166" t="s">
+        <v>306</v>
+      </c>
+      <c r="C166" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" t="s">
+        <v>838</v>
+      </c>
+      <c r="E166" t="s">
+        <v>839</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>840</v>
+      </c>
+      <c r="H166" t="s">
+        <v>841</v>
+      </c>
+      <c r="I166" t="s">
+        <v>621</v>
+      </c>
+      <c r="J166" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>18</v>
+      </c>
+      <c r="B167" t="s">
+        <v>842</v>
+      </c>
+      <c r="C167" t="s">
+        <v>403</v>
+      </c>
+      <c r="D167" t="s">
+        <v>843</v>
+      </c>
+      <c r="E167" t="s">
+        <v>844</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>845</v>
+      </c>
+      <c r="H167" t="s">
+        <v>846</v>
+      </c>
+      <c r="I167" t="s">
+        <v>403</v>
+      </c>
+      <c r="J167" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>18</v>
+      </c>
+      <c r="B168" t="s">
+        <v>847</v>
+      </c>
+      <c r="C168" t="s">
+        <v>848</v>
+      </c>
+      <c r="D168" t="s">
+        <v>849</v>
+      </c>
+      <c r="E168" t="s">
+        <v>844</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>850</v>
+      </c>
+      <c r="H168" t="s">
+        <v>851</v>
+      </c>
+      <c r="I168" t="s">
+        <v>848</v>
+      </c>
+      <c r="J168" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>18</v>
+      </c>
+      <c r="B169" t="s">
+        <v>853</v>
+      </c>
+      <c r="C169" t="s">
+        <v>854</v>
+      </c>
+      <c r="D169" t="s">
+        <v>849</v>
+      </c>
+      <c r="E169" t="s">
+        <v>844</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>855</v>
+      </c>
+      <c r="H169" t="s">
+        <v>856</v>
+      </c>
+      <c r="I169" t="s">
+        <v>854</v>
+      </c>
+      <c r="J169" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>18</v>
+      </c>
+      <c r="B170" t="s">
+        <v>344</v>
+      </c>
+      <c r="C170" t="s">
+        <v>857</v>
+      </c>
+      <c r="D170" t="s">
+        <v>858</v>
+      </c>
+      <c r="E170" t="s">
+        <v>859</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>860</v>
+      </c>
+      <c r="H170" t="s">
+        <v>861</v>
+      </c>
+      <c r="I170" t="s">
+        <v>857</v>
+      </c>
+      <c r="J170" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B171" t="s">
+        <v>863</v>
+      </c>
+      <c r="C171" t="s">
+        <v>96</v>
+      </c>
+      <c r="D171" t="s">
+        <v>864</v>
+      </c>
+      <c r="E171" t="s">
+        <v>865</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>866</v>
+      </c>
+      <c r="H171" t="s">
+        <v>867</v>
+      </c>
+      <c r="I171" t="s">
+        <v>96</v>
+      </c>
+      <c r="J171" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>18</v>
+      </c>
+      <c r="B172" t="s">
+        <v>868</v>
+      </c>
+      <c r="C172" t="s">
+        <v>869</v>
+      </c>
+      <c r="D172" t="s">
+        <v>843</v>
+      </c>
+      <c r="E172" t="s">
+        <v>870</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>871</v>
+      </c>
+      <c r="H172" t="s">
+        <v>872</v>
+      </c>
+      <c r="I172" t="s">
+        <v>869</v>
+      </c>
+      <c r="J172" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>18</v>
+      </c>
+      <c r="B173" t="s">
+        <v>873</v>
+      </c>
+      <c r="C173" t="s">
+        <v>240</v>
+      </c>
+      <c r="D173" t="s">
+        <v>858</v>
+      </c>
+      <c r="E173" t="s">
+        <v>870</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>874</v>
+      </c>
+      <c r="H173" t="s">
+        <v>875</v>
+      </c>
+      <c r="I173" t="s">
+        <v>240</v>
+      </c>
+      <c r="J173" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>18</v>
+      </c>
+      <c r="B174" t="s">
+        <v>876</v>
+      </c>
+      <c r="C174" t="s">
+        <v>240</v>
+      </c>
+      <c r="D174" t="s">
+        <v>858</v>
+      </c>
+      <c r="E174" t="s">
+        <v>870</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>877</v>
+      </c>
+      <c r="H174" t="s">
+        <v>878</v>
+      </c>
+      <c r="I174" t="s">
+        <v>240</v>
+      </c>
+      <c r="J174" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>18</v>
+      </c>
+      <c r="B175" t="s">
+        <v>211</v>
+      </c>
+      <c r="C175" t="s">
+        <v>216</v>
+      </c>
+      <c r="D175" t="s">
+        <v>879</v>
+      </c>
+      <c r="E175" t="s">
+        <v>880</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>881</v>
+      </c>
+      <c r="H175" t="s">
+        <v>882</v>
+      </c>
+      <c r="I175" t="s">
+        <v>216</v>
+      </c>
+      <c r="J175" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>18</v>
+      </c>
+      <c r="B176" t="s">
+        <v>884</v>
+      </c>
+      <c r="C176" t="s">
+        <v>342</v>
+      </c>
+      <c r="D176" t="s">
+        <v>885</v>
+      </c>
+      <c r="E176" t="s">
+        <v>886</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>887</v>
+      </c>
+      <c r="H176" t="s">
+        <v>888</v>
+      </c>
+      <c r="I176" t="s">
+        <v>342</v>
+      </c>
+      <c r="J176" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>18</v>
+      </c>
+      <c r="B177" t="s">
+        <v>471</v>
+      </c>
+      <c r="C177" t="s">
+        <v>390</v>
+      </c>
+      <c r="D177" t="s">
+        <v>890</v>
+      </c>
+      <c r="E177" t="s">
+        <v>891</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>892</v>
+      </c>
+      <c r="H177" t="s">
+        <v>893</v>
+      </c>
+      <c r="I177" t="s">
+        <v>390</v>
+      </c>
+      <c r="J177" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>18</v>
+      </c>
+      <c r="B178" t="s">
+        <v>466</v>
+      </c>
+      <c r="C178" t="s">
+        <v>390</v>
+      </c>
+      <c r="D178" t="s">
+        <v>890</v>
+      </c>
+      <c r="E178" t="s">
+        <v>891</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>894</v>
+      </c>
+      <c r="H178" t="s">
+        <v>895</v>
+      </c>
+      <c r="I178" t="s">
+        <v>390</v>
+      </c>
+      <c r="J178" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>18</v>
+      </c>
+      <c r="B179" t="s">
+        <v>896</v>
+      </c>
+      <c r="C179" t="s">
+        <v>897</v>
+      </c>
+      <c r="D179" t="s">
+        <v>898</v>
+      </c>
+      <c r="E179" t="s">
+        <v>899</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>900</v>
+      </c>
+      <c r="H179" t="s">
+        <v>901</v>
+      </c>
+      <c r="I179" t="s">
+        <v>897</v>
+      </c>
+      <c r="J179" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>18</v>
+      </c>
+      <c r="B180" t="s">
+        <v>902</v>
+      </c>
+      <c r="C180" t="s">
+        <v>903</v>
+      </c>
+      <c r="D180" t="s">
+        <v>904</v>
+      </c>
+      <c r="E180" t="s">
+        <v>905</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>906</v>
+      </c>
+      <c r="H180" t="s">
+        <v>907</v>
+      </c>
+      <c r="I180" t="s">
+        <v>908</v>
+      </c>
+      <c r="J180" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>18</v>
+      </c>
+      <c r="B181" t="s">
+        <v>896</v>
+      </c>
+      <c r="C181" t="s">
+        <v>897</v>
+      </c>
+      <c r="D181" t="s">
+        <v>909</v>
+      </c>
+      <c r="E181" t="s">
+        <v>910</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>911</v>
+      </c>
+      <c r="H181" t="s">
+        <v>912</v>
+      </c>
+      <c r="I181" t="s">
+        <v>897</v>
+      </c>
+      <c r="J181" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>18</v>
+      </c>
+      <c r="B182" t="s">
+        <v>913</v>
+      </c>
+      <c r="C182" t="s">
+        <v>703</v>
+      </c>
+      <c r="D182" t="s">
+        <v>914</v>
+      </c>
+      <c r="E182" t="s">
+        <v>915</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>916</v>
+      </c>
+      <c r="H182" t="s">
+        <v>917</v>
+      </c>
+      <c r="I182" t="s">
+        <v>703</v>
+      </c>
+      <c r="J182" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>18</v>
+      </c>
+      <c r="B183" t="s">
+        <v>918</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
+        <v>919</v>
+      </c>
+      <c r="E183" t="s">
+        <v>920</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>921</v>
+      </c>
+      <c r="H183" t="s">
+        <v>922</v>
+      </c>
+      <c r="I183" t="s">
+        <v>13</v>
+      </c>
+      <c r="J183" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>18</v>
+      </c>
+      <c r="B184" t="s">
+        <v>537</v>
+      </c>
+      <c r="C184" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" t="s">
+        <v>923</v>
+      </c>
+      <c r="E184" t="s">
+        <v>924</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>925</v>
+      </c>
+      <c r="H184" t="s">
+        <v>926</v>
+      </c>
+      <c r="I184" t="s">
+        <v>13</v>
+      </c>
+      <c r="J184" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>18</v>
+      </c>
+      <c r="B185" t="s">
+        <v>928</v>
+      </c>
+      <c r="C185" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" t="s">
+        <v>929</v>
+      </c>
+      <c r="E185" t="s">
+        <v>930</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>931</v>
+      </c>
+      <c r="H185" t="s">
+        <v>932</v>
+      </c>
+      <c r="I185" t="s">
+        <v>13</v>
+      </c>
+      <c r="J185" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>18</v>
+      </c>
+      <c r="B186" t="s">
+        <v>934</v>
+      </c>
+      <c r="C186" t="s">
+        <v>935</v>
+      </c>
+      <c r="D186" t="s">
+        <v>936</v>
+      </c>
+      <c r="E186" t="s">
+        <v>930</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>937</v>
+      </c>
+      <c r="H186" t="s">
+        <v>938</v>
+      </c>
+      <c r="I186" t="s">
+        <v>935</v>
+      </c>
+      <c r="J186" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>18</v>
+      </c>
+      <c r="B187" t="s">
+        <v>939</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>923</v>
+      </c>
+      <c r="E187" t="s">
+        <v>940</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>941</v>
+      </c>
+      <c r="H187" t="s">
+        <v>942</v>
+      </c>
+      <c r="I187" t="s">
+        <v>13</v>
+      </c>
+      <c r="J187" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>18</v>
+      </c>
+      <c r="B188" t="s">
+        <v>943</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>944</v>
+      </c>
+      <c r="E188" t="s">
+        <v>940</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>945</v>
+      </c>
+      <c r="H188" t="s">
+        <v>946</v>
+      </c>
+      <c r="I188" t="s">
+        <v>13</v>
+      </c>
+      <c r="J188" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>18</v>
+      </c>
+      <c r="B189" t="s">
+        <v>947</v>
+      </c>
+      <c r="C189" t="s">
+        <v>935</v>
+      </c>
+      <c r="D189" t="s">
+        <v>948</v>
+      </c>
+      <c r="E189" t="s">
+        <v>949</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>950</v>
+      </c>
+      <c r="H189" t="s">
+        <v>951</v>
+      </c>
+      <c r="I189" t="s">
+        <v>935</v>
+      </c>
+      <c r="J189" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>18</v>
+      </c>
+      <c r="B190" t="s">
+        <v>952</v>
+      </c>
+      <c r="C190" t="s">
+        <v>935</v>
+      </c>
+      <c r="D190" t="s">
+        <v>948</v>
+      </c>
+      <c r="E190" t="s">
+        <v>949</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>953</v>
+      </c>
+      <c r="H190" t="s">
+        <v>954</v>
+      </c>
+      <c r="I190" t="s">
+        <v>935</v>
+      </c>
+      <c r="J190" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>18</v>
+      </c>
+      <c r="B191" t="s">
+        <v>955</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>944</v>
+      </c>
+      <c r="E191" t="s">
+        <v>949</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>956</v>
+      </c>
+      <c r="H191" t="s">
+        <v>957</v>
+      </c>
+      <c r="I191" t="s">
+        <v>13</v>
+      </c>
+      <c r="J191" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>18</v>
+      </c>
+      <c r="B192" t="s">
+        <v>958</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>944</v>
+      </c>
+      <c r="E192" t="s">
+        <v>949</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>959</v>
+      </c>
+      <c r="H192" t="s">
+        <v>960</v>
+      </c>
+      <c r="I192" t="s">
+        <v>13</v>
+      </c>
+      <c r="J192" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>18</v>
+      </c>
+      <c r="B193" t="s">
+        <v>405</v>
+      </c>
+      <c r="C193" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" t="s">
+        <v>961</v>
+      </c>
+      <c r="E193" t="s">
+        <v>962</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>963</v>
+      </c>
+      <c r="H193" t="s">
+        <v>964</v>
+      </c>
+      <c r="I193" t="s">
+        <v>13</v>
+      </c>
+      <c r="J193" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>18</v>
+      </c>
+      <c r="B194" t="s">
+        <v>410</v>
+      </c>
+      <c r="C194" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" t="s">
+        <v>961</v>
+      </c>
+      <c r="E194" t="s">
+        <v>962</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>965</v>
+      </c>
+      <c r="H194" t="s">
+        <v>966</v>
+      </c>
+      <c r="I194" t="s">
+        <v>13</v>
+      </c>
+      <c r="J194" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>18</v>
+      </c>
+      <c r="B195" t="s">
+        <v>183</v>
+      </c>
+      <c r="C195" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" t="s">
+        <v>967</v>
+      </c>
+      <c r="E195" t="s">
+        <v>968</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>969</v>
+      </c>
+      <c r="H195" t="s">
+        <v>970</v>
+      </c>
+      <c r="I195" t="s">
+        <v>13</v>
+      </c>
+      <c r="J195" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>18</v>
+      </c>
+      <c r="B196" t="s">
+        <v>176</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>967</v>
+      </c>
+      <c r="E196" t="s">
+        <v>968</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>971</v>
+      </c>
+      <c r="H196" t="s">
+        <v>972</v>
+      </c>
+      <c r="I196" t="s">
+        <v>13</v>
+      </c>
+      <c r="J196" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>18</v>
+      </c>
+      <c r="B197" t="s">
+        <v>973</v>
+      </c>
+      <c r="C197" t="s">
+        <v>897</v>
+      </c>
+      <c r="D197" t="s">
+        <v>974</v>
+      </c>
+      <c r="E197" t="s">
+        <v>975</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>976</v>
+      </c>
+      <c r="H197" t="s">
+        <v>977</v>
+      </c>
+      <c r="I197" t="s">
+        <v>897</v>
+      </c>
+      <c r="J197" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>18</v>
+      </c>
+      <c r="B198" t="s">
+        <v>525</v>
+      </c>
+      <c r="C198" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" t="s">
+        <v>978</v>
+      </c>
+      <c r="E198" t="s">
+        <v>979</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>980</v>
+      </c>
+      <c r="H198" t="s">
+        <v>981</v>
+      </c>
+      <c r="I198" t="s">
+        <v>13</v>
+      </c>
+      <c r="J198" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>18</v>
+      </c>
+      <c r="B199" t="s">
+        <v>982</v>
+      </c>
+      <c r="C199" t="s">
+        <v>983</v>
+      </c>
+      <c r="D199" t="s">
+        <v>984</v>
+      </c>
+      <c r="E199" t="s">
+        <v>985</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>986</v>
+      </c>
+      <c r="H199" t="s">
+        <v>987</v>
+      </c>
+      <c r="I199" t="s">
+        <v>983</v>
+      </c>
+      <c r="J199" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>18</v>
+      </c>
+      <c r="B200" t="s">
+        <v>988</v>
+      </c>
+      <c r="C200" t="s">
+        <v>983</v>
+      </c>
+      <c r="D200" t="s">
+        <v>989</v>
+      </c>
+      <c r="E200" t="s">
+        <v>990</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>991</v>
+      </c>
+      <c r="H200" t="s">
+        <v>992</v>
+      </c>
+      <c r="I200" t="s">
+        <v>983</v>
+      </c>
+      <c r="J200" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>18</v>
+      </c>
+      <c r="B201" t="s">
+        <v>579</v>
+      </c>
+      <c r="C201" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" t="s">
+        <v>989</v>
+      </c>
+      <c r="E201" t="s">
+        <v>990</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>994</v>
+      </c>
+      <c r="H201" t="s">
+        <v>995</v>
+      </c>
+      <c r="I201" t="s">
+        <v>13</v>
+      </c>
+      <c r="J201" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>18</v>
+      </c>
+      <c r="B202" t="s">
+        <v>996</v>
+      </c>
+      <c r="C202" t="s">
+        <v>997</v>
+      </c>
+      <c r="D202" t="s">
+        <v>998</v>
+      </c>
+      <c r="E202" t="s">
+        <v>999</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I202" t="s">
+        <v>997</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>18</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C203" t="s">
+        <v>997</v>
+      </c>
+      <c r="D203" t="s">
+        <v>984</v>
+      </c>
+      <c r="E203" t="s">
+        <v>999</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I203" t="s">
+        <v>997</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>18</v>
+      </c>
+      <c r="B204" t="s">
+        <v>316</v>
+      </c>
+      <c r="C204" t="s">
+        <v>13</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I204" t="s">
+        <v>13</v>
+      </c>
+      <c r="J204" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>18</v>
+      </c>
+      <c r="B205" t="s">
+        <v>570</v>
+      </c>
+      <c r="C205" t="s">
+        <v>983</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1013</v>
+      </c>
+      <c r="I205" t="s">
+        <v>983</v>
+      </c>
+      <c r="J205" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>18</v>
+      </c>
+      <c r="B206" t="s">
+        <v>565</v>
+      </c>
+      <c r="C206" t="s">
+        <v>983</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I206" t="s">
+        <v>983</v>
+      </c>
+      <c r="J206" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>18</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C207" t="s">
+        <v>897</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I207" t="s">
+        <v>897</v>
+      </c>
+      <c r="J207" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>18</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C208" t="s">
+        <v>897</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I208" t="s">
+        <v>897</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>18</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C209" t="s">
+        <v>897</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1029</v>
+      </c>
+      <c r="I209" t="s">
+        <v>897</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>18</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C210" t="s">
+        <v>897</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I210" t="s">
+        <v>897</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>18</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C211" t="s">
+        <v>897</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I211" t="s">
+        <v>897</v>
+      </c>
+      <c r="J211" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>18</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C212" t="s">
+        <v>897</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I212" t="s">
+        <v>897</v>
+      </c>
+      <c r="J212" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>18</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I213" t="s">
+        <v>13</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>18</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C214" t="s">
+        <v>897</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I214" t="s">
+        <v>897</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>18</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I215" t="s">
+        <v>13</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>18</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>18</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C217" t="s">
+        <v>897</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I217" t="s">
+        <v>897</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>18</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C218" t="s">
+        <v>897</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I218" t="s">
+        <v>897</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>18</v>
+      </c>
+      <c r="B219" t="s">
+        <v>87</v>
+      </c>
+      <c r="C219" t="s">
+        <v>997</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H219" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I219" t="s">
+        <v>997</v>
+      </c>
+      <c r="J219" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>18</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C220" t="s">
+        <v>13</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I220" t="s">
+        <v>13</v>
+      </c>
+      <c r="J220" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>18</v>
+      </c>
+      <c r="B221" t="s">
+        <v>276</v>
+      </c>
+      <c r="C221" t="s">
+        <v>621</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I221" t="s">
+        <v>621</v>
+      </c>
+      <c r="J221" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>18</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C222" t="s">
+        <v>897</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F222" t="s">
+        <v>13</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I222" t="s">
+        <v>897</v>
+      </c>
+      <c r="J222" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>18</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C223" t="s">
+        <v>897</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I223" t="s">
+        <v>897</v>
+      </c>
+      <c r="J223" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>18</v>
+      </c>
+      <c r="B224" t="s">
+        <v>643</v>
+      </c>
+      <c r="C224" t="s">
+        <v>897</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F224" t="s">
+        <v>13</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I224" t="s">
+        <v>897</v>
+      </c>
+      <c r="J224" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>18</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C225" t="s">
+        <v>897</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I225" t="s">
+        <v>897</v>
+      </c>
+      <c r="J225" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>18</v>
+      </c>
+      <c r="B226" t="s">
+        <v>647</v>
+      </c>
+      <c r="C226" t="s">
+        <v>897</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I226" t="s">
+        <v>897</v>
+      </c>
+      <c r="J226" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>18</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C227" t="s">
+        <v>897</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F227" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I227" t="s">
+        <v>897</v>
+      </c>
+      <c r="J227" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>18</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C228" t="s">
+        <v>621</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I228" t="s">
+        <v>621</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>18</v>
+      </c>
+      <c r="B229" t="s">
+        <v>768</v>
+      </c>
+      <c r="C229" t="s">
+        <v>935</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I229" t="s">
+        <v>935</v>
+      </c>
+      <c r="J229" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>18</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C230" t="s">
+        <v>897</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I230" t="s">
+        <v>897</v>
+      </c>
+      <c r="J230" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>18</v>
+      </c>
+      <c r="B231" t="s">
+        <v>708</v>
+      </c>
+      <c r="C231" t="s">
+        <v>13</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I231" t="s">
+        <v>13</v>
+      </c>
+      <c r="J231" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B232" t="s">
+        <v>704</v>
+      </c>
+      <c r="C232" t="s">
+        <v>13</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I232" t="s">
+        <v>13</v>
+      </c>
+      <c r="J232" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>18</v>
+      </c>
+      <c r="B233" t="s">
+        <v>170</v>
+      </c>
+      <c r="C233" t="s">
+        <v>13</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I233" t="s">
+        <v>13</v>
+      </c>
+      <c r="J233" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>18</v>
+      </c>
+      <c r="B234" t="s">
+        <v>714</v>
+      </c>
+      <c r="C234" t="s">
+        <v>13</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I234" t="s">
+        <v>13</v>
+      </c>
+      <c r="J234" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>18</v>
+      </c>
+      <c r="B235" t="s">
+        <v>711</v>
+      </c>
+      <c r="C235" t="s">
+        <v>13</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1124</v>
+      </c>
+      <c r="I235" t="s">
+        <v>13</v>
+      </c>
+      <c r="J235" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>18</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I236" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>18</v>
+      </c>
+      <c r="B237" t="s">
+        <v>276</v>
+      </c>
+      <c r="C237" t="s">
+        <v>621</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I237" t="s">
+        <v>621</v>
+      </c>
+      <c r="J237" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>18</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C238" t="s">
+        <v>13</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F238" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I238" t="s">
+        <v>13</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>18</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C239" t="s">
+        <v>13</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F239" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I239" t="s">
+        <v>13</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>18</v>
+      </c>
+      <c r="B240" t="s">
+        <v>291</v>
+      </c>
+      <c r="C240" t="s">
+        <v>621</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I240" t="s">
+        <v>621</v>
+      </c>
+      <c r="J240" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>18</v>
+      </c>
+      <c r="B241" t="s">
+        <v>300</v>
+      </c>
+      <c r="C241" t="s">
+        <v>935</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I241" t="s">
+        <v>935</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>18</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C242" t="s">
+        <v>13</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I242" t="s">
+        <v>13</v>
+      </c>
+      <c r="J242" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>18</v>
+      </c>
+      <c r="B243" t="s">
+        <v>282</v>
+      </c>
+      <c r="C243" t="s">
+        <v>983</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F243" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I243" t="s">
+        <v>983</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>18</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F244" t="s">
+        <v>13</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I244" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J244" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>18</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C245" t="s">
+        <v>13</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E245" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I245" t="s">
+        <v>13</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>18</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C246" t="s">
+        <v>13</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E246" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I246" t="s">
+        <v>13</v>
+      </c>
+      <c r="J246" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>18</v>
+      </c>
+      <c r="B247" t="s">
+        <v>853</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E247" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I247" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>18</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C248" t="s">
+        <v>13</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E248" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I248" t="s">
+        <v>13</v>
+      </c>
+      <c r="J248" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>18</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C249" t="s">
+        <v>13</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E249" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F249" t="s">
+        <v>13</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I249" t="s">
+        <v>13</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>18</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C250" t="s">
+        <v>13</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E250" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I250" t="s">
+        <v>13</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>18</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C251" t="s">
+        <v>13</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E251" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1202</v>
+      </c>
+      <c r="I251" t="s">
+        <v>13</v>
+      </c>
+      <c r="J251" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>18</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I252" t="s">
+        <v>1204</v>
+      </c>
+      <c r="J252" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>18</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I253" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>18</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C254" t="s">
+        <v>13</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I254" t="s">
+        <v>13</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>18</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C255" t="s">
+        <v>13</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I255" t="s">
+        <v>13</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>18</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C256" t="s">
+        <v>13</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I256" t="s">
+        <v>13</v>
+      </c>
+      <c r="J256" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>18</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C257" t="s">
+        <v>13</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F257" t="s">
+        <v>13</v>
+      </c>
+      <c r="G257" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I257" t="s">
+        <v>13</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>18</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C258" t="s">
+        <v>13</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I258" t="s">
+        <v>13</v>
+      </c>
+      <c r="J258" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>18</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I259" t="s">
+        <v>13</v>
+      </c>
+      <c r="J259" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>18</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I260" t="s">
+        <v>13</v>
+      </c>
+      <c r="J260" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>18</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1255</v>
+      </c>
+      <c r="I261" t="s">
+        <v>13</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>18</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C262" t="s">
+        <v>13</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F262" t="s">
+        <v>13</v>
+      </c>
+      <c r="G262" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I262" t="s">
+        <v>13</v>
+      </c>
+      <c r="J262" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>18</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C263" t="s">
+        <v>13</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F263" t="s">
+        <v>13</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I263" t="s">
+        <v>13</v>
+      </c>
+      <c r="J263" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>18</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C264" t="s">
+        <v>13</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F264" t="s">
+        <v>13</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I264" t="s">
+        <v>13</v>
+      </c>
+      <c r="J264" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>18</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C265" t="s">
+        <v>13</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I265" t="s">
+        <v>13</v>
+      </c>
+      <c r="J265" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>18</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C266" t="s">
+        <v>13</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F266" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I266" t="s">
+        <v>13</v>
+      </c>
+      <c r="J266" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>18</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F267" t="s">
+        <v>13</v>
+      </c>
+      <c r="G267" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I267" t="s">
+        <v>13</v>
+      </c>
+      <c r="J267" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>18</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F268" t="s">
+        <v>13</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I268" t="s">
+        <v>13</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>18</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F269" t="s">
+        <v>13</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I269" t="s">
+        <v>13</v>
+      </c>
+      <c r="J269" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>18</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C270" t="s">
+        <v>13</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F270" t="s">
+        <v>13</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I270" t="s">
+        <v>13</v>
+      </c>
+      <c r="J270" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>18</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F271" t="s">
+        <v>13</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I271" t="s">
+        <v>13</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>18</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F272" t="s">
+        <v>13</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I272" t="s">
+        <v>13</v>
+      </c>
+      <c r="J272" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>18</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F273" t="s">
+        <v>13</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I273" t="s">
+        <v>13</v>
+      </c>
+      <c r="J273" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>18</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C274" t="s">
+        <v>13</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I274" t="s">
+        <v>13</v>
+      </c>
+      <c r="J274" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>18</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C275" t="s">
+        <v>13</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F275" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I275" t="s">
+        <v>13</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>18</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C276" t="s">
+        <v>13</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F276" t="s">
+        <v>13</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I276" t="s">
+        <v>13</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>18</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C277" t="s">
+        <v>13</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F277" t="s">
+        <v>13</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I277" t="s">
+        <v>13</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>18</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C278" t="s">
+        <v>13</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F278" t="s">
+        <v>13</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I278" t="s">
+        <v>13</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>18</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C279" t="s">
+        <v>13</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F279" t="s">
+        <v>13</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I279" t="s">
+        <v>13</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>18</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C280" t="s">
+        <v>13</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F280" t="s">
+        <v>13</v>
+      </c>
+      <c r="G280" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I280" t="s">
+        <v>13</v>
+      </c>
+      <c r="J280" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>18</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C281" t="s">
+        <v>13</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I281" t="s">
+        <v>13</v>
+      </c>
+      <c r="J281" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>18</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C282" t="s">
+        <v>13</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F282" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1351</v>
+      </c>
+      <c r="I282" t="s">
+        <v>13</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>18</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C283" t="s">
+        <v>13</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F283" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I283" t="s">
+        <v>13</v>
+      </c>
+      <c r="J283" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>18</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F284" t="s">
+        <v>13</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I284" t="s">
+        <v>13</v>
+      </c>
+      <c r="J284" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>18</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F285" t="s">
+        <v>13</v>
+      </c>
+      <c r="G285" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I285" t="s">
+        <v>13</v>
+      </c>
+      <c r="J285" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>18</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C286" t="s">
+        <v>13</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F286" t="s">
+        <v>13</v>
+      </c>
+      <c r="G286" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I286" t="s">
+        <v>13</v>
+      </c>
+      <c r="J286" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>18</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F287" t="s">
+        <v>13</v>
+      </c>
+      <c r="G287" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I287" t="s">
+        <v>13</v>
+      </c>
+      <c r="J287" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>18</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F288" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I288" t="s">
+        <v>13</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>18</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C289" t="s">
+        <v>13</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F289" t="s">
+        <v>13</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I289" t="s">
+        <v>13</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1416</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>1417</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>1418</v>
       </c>
       <c r="C2" t="s">
-        <v>74</v>
+        <v>1419</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>1420</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>1421</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1590</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM133"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>1592</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>1595</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>1596</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
-[...140 lines deleted...]
-        <v>130</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B3" t="s">
-        <v>131</v>
+        <v>1598</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E3" t="s">
-        <v>132</v>
+        <v>1595</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>1599</v>
       </c>
       <c r="H3" t="s">
-        <v>134</v>
-[...53 lines deleted...]
-        <v>130</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B4" t="s">
-        <v>142</v>
+        <v>1601</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E4" t="s">
-        <v>143</v>
+        <v>1595</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>144</v>
+        <v>1602</v>
       </c>
       <c r="H4" t="s">
-        <v>145</v>
-[...14 lines deleted...]
-        <v>150</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B5" t="s">
-        <v>151</v>
+        <v>1604</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E5" t="s">
-        <v>152</v>
+        <v>1595</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>153</v>
+        <v>1605</v>
       </c>
       <c r="H5" t="s">
-        <v>154</v>
-[...29 lines deleted...]
-        <v>163</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B6" t="s">
-        <v>164</v>
+        <v>1607</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E6" t="s">
-        <v>165</v>
+        <v>1595</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>166</v>
+        <v>1608</v>
       </c>
       <c r="H6" t="s">
-        <v>167</v>
-[...11 lines deleted...]
-        <v>171</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B7" t="s">
-        <v>172</v>
+        <v>1610</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>1593</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>1594</v>
       </c>
       <c r="E7" t="s">
-        <v>173</v>
+        <v>1595</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>174</v>
+        <v>1611</v>
       </c>
       <c r="H7" t="s">
-        <v>175</v>
-[...170 lines deleted...]
-        <v>232</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B8" t="s">
-        <v>233</v>
+        <v>1613</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1614</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>1615</v>
       </c>
       <c r="E8" t="s">
-        <v>234</v>
+        <v>1616</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>235</v>
+        <v>1617</v>
       </c>
       <c r="H8" t="s">
-        <v>236</v>
-[...23 lines deleted...]
-        <v>244</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B9" t="s">
-        <v>245</v>
+        <v>1619</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1620</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>1621</v>
       </c>
       <c r="E9" t="s">
-        <v>246</v>
+        <v>1622</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>247</v>
+        <v>1623</v>
       </c>
       <c r="H9" t="s">
-        <v>248</v>
-[...14 lines deleted...]
-        <v>252</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B10" t="s">
-        <v>253</v>
+        <v>1625</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1626</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>1627</v>
       </c>
       <c r="E10" t="s">
-        <v>254</v>
+        <v>1628</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>255</v>
+        <v>1629</v>
       </c>
       <c r="H10" t="s">
-        <v>256</v>
-[...14 lines deleted...]
-        <v>261</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B11" t="s">
-        <v>262</v>
+        <v>1631</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>1632</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>1633</v>
       </c>
       <c r="E11" t="s">
-        <v>263</v>
+        <v>1634</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>264</v>
+        <v>1635</v>
       </c>
       <c r="H11" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>268</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B12" t="s">
-        <v>269</v>
+        <v>1637</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>1638</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>1639</v>
       </c>
       <c r="E12" t="s">
-        <v>270</v>
+        <v>1640</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>271</v>
+        <v>1641</v>
       </c>
       <c r="H12" t="s">
-        <v>272</v>
-[...14 lines deleted...]
-        <v>277</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B13" t="s">
-        <v>278</v>
+        <v>1643</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>1644</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>1645</v>
       </c>
       <c r="E13" t="s">
-        <v>279</v>
+        <v>1646</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>280</v>
+        <v>1647</v>
       </c>
       <c r="H13" t="s">
-        <v>281</v>
-[...14 lines deleted...]
-        <v>286</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>81</v>
+        <v>1591</v>
       </c>
       <c r="B14" t="s">
-        <v>287</v>
+        <v>1649</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>1650</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>1651</v>
       </c>
       <c r="E14" t="s">
-        <v>288</v>
+        <v>1652</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>289</v>
+        <v>1653</v>
       </c>
       <c r="H14" t="s">
-        <v>290</v>
-[...8 lines deleted...]
-        <v>292</v>
+        <v>1654</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1752</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>1675</v>
       </c>
       <c r="B15" t="s">
-        <v>293</v>
+        <v>1753</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>1754</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>1755</v>
       </c>
       <c r="E15" t="s">
-        <v>294</v>
+        <v>1756</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>295</v>
+        <v>1757</v>
       </c>
       <c r="H15" t="s">
-        <v>296</v>
-[...17 lines deleted...]
-        <v>302</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>81</v>
+        <v>1675</v>
       </c>
       <c r="B16" t="s">
-        <v>303</v>
+        <v>1759</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>1760</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>1761</v>
       </c>
       <c r="E16" t="s">
-        <v>304</v>
+        <v>1762</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>305</v>
+        <v>1763</v>
       </c>
       <c r="H16" t="s">
-        <v>306</v>
-[...14 lines deleted...]
-        <v>311</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>1675</v>
       </c>
       <c r="B17" t="s">
-        <v>312</v>
+        <v>1765</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>1766</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>1767</v>
       </c>
       <c r="E17" t="s">
-        <v>313</v>
+        <v>1768</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>314</v>
+        <v>1769</v>
       </c>
       <c r="H17" t="s">
-        <v>315</v>
-[...5535 lines deleted...]
-        <v>1548</v>
+        <v>1770</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1810</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>