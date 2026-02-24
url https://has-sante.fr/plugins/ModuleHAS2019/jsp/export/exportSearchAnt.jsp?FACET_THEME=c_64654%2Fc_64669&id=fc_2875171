--- v1 (2025-12-08)
+++ v2 (2026-02-24)
@@ -1,15401 +1,4895 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8563" uniqueCount="5089">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2273" uniqueCount="1593">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>19/12/2013 15:48:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>The purpose of this national diagnosis and treatment protocol (PNDS) is to outline to health providers the optimum management and integrated care pathway for patients with long-term conditions (ALD), particularly with status ALD 11: xeroderma pigmentosum (XP).</t>
+  </si>
+  <si>
+    <t>06/13/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/17/2007 11:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1713137/fr/choix-methodologiques-pour-le-developpement-clinique-des-pansements</t>
-[...2735 lines deleted...]
-    <t>c_2640958</t>
+    <t>https://www.has-sante.fr/jcms/c_556980/en/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>c_556980</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823986</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2801837</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the tests used to detect Leishmania DNA and serum antibodies in the diagnosis and follow-up of leishmaniasis by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2751691</t>
+  </si>
+  <si>
+    <t>Wound dressings: Indications and recommended uses - April 2011</t>
+  </si>
+  <si>
+    <t>Certain chronic or acute wound types qualify for the reimbursement of dressings included in the list of products and services qualifying for reimbursement (LPPR). These have been assessed by the Haute Autorité de Santé (HAS) National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS). Following this report, the classification of reimbursable dressings was amended (order dated 16 July 2010, published in the Official Journal dated 7August 2010). The use of the various dressings listed in this classification, as amended by the HAS recommendations, is summarised here to help healthcare professionals prescribe the most suitable dressings for wound care.</t>
+  </si>
+  <si>
+    <t>04/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
+  </si>
+  <si>
+    <t>r_1438004</t>
+  </si>
+  <si>
+    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
+  </si>
+  <si>
+    <t>The aim of this current project is to revise the categories “External breast prosthesis, breast implant, tissue expander”, in order to support reimbursement decision by the French National Insurance Funds.</t>
+  </si>
+  <si>
+    <t>05/26/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+  </si>
+  <si>
+    <t>c_865378</t>
+  </si>
+  <si>
+    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
+  </si>
+  <si>
+    <t>* To evaluate the clinical data available * To define the clinical situations that could justify use of NPWT * To recommend conditions of use and prescription</t>
+  </si>
+  <si>
+    <t>01/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/27/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
+  </si>
+  <si>
+    <t>c_927017</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>How to reduce wrong-site skin lesion excision</t>
+  </si>
+  <si>
+    <t>This Patient Safety Solution is recommended in dermatological surgery when the number or location of the lesions carries a risk of incorrect identification, particularly in the management of malignant lesions.</t>
+  </si>
+  <si>
+    <t>04/19/2013 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1524018/en/how-to-reduce-wrong-site-skin-lesion-excision</t>
+  </si>
+  <si>
+    <t>c_1524018</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>OPDIVO (nivolumab), anti-PD1 antibody</t>
+  </si>
+  <si>
+    <t>02/20/2026 16:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>pprd_2982912</t>
+  </si>
+  <si>
+    <t>nivolumab</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067177/en/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/en/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/en/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/en/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/en/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/en/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/en/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/en/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/en/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/en/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/en/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/en/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/en/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/en/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/en/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/en/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/en/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/en/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/en/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/en/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/en/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/en/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/en/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/en/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/en/opdivo/yervoy-nivolumab/ipilimumab-advanced-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/en/opdivo-nivolumab-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861353/en/opdivo-nivolumab-oncologie</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE HRA (kétoconazole)</t>
+  </si>
+  <si>
+    <t>02/20/2026 11:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/en/ketoconazole-hra-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984525</t>
+  </si>
+  <si>
+    <t>kétoconazole</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / CRISTERS / HRA PHARMA / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038116/en/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/en/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861370/en/ketoconazole-cristers-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861347/en/ketoconazole-viatris-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>02/17/2026 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+  </si>
+  <si>
+    <t>BYLVAY (odévixibat)</t>
+  </si>
+  <si>
+    <t>02/17/2026 16:44:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/en/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3427786</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427763/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/en/kayfanda-odevixibat-cholestatic-pruritus-in-alagille-syndrome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>KOSELUGO (sélumétinib)</t>
+  </si>
+  <si>
+    <t>02/11/2026 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
+  </si>
+  <si>
+    <t>p_3322927</t>
+  </si>
+  <si>
+    <t>sélumétinib</t>
+  </si>
+  <si>
+    <t>Laboratoire AstraZeneca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadélumab)</t>
+  </si>
+  <si>
+    <t>02/05/2026 18:48:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadelumab</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/en/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/en/takhzyro-lanadelumab-hereditary-angioedema</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/en/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858395/en/takhzyro-lanadelumab-angiooedeme-hereditaire-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-active-ulcerative-colitis-uc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/en/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/en/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/en/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>01/23/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/en/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/en/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/en/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/en/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/16/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/en/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>KEYTRUDA</t>
+  </si>
+  <si>
+    <t>12/19/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/en/keytruda-pembrolizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/en/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/en/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/en/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/en/keytruda-kidney-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/en/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/en/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/en/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/en/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/en/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/en/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/en/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/en/keytruda-pembrolizumab-clear-cell-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/en/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/en/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/en/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/en/keytruda-pembrolizumab-renal-cell-carcinoma-rcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/en/keytruda-pembrolizumab-gastro-oesophageal-junction-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/en/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/en/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/en/keytruda-pembrolizumab-metastatic-biliary</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/en/keytruda-pembrolizumab-adjuvant-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>YERVOY (ipilimumab)</t>
+  </si>
+  <si>
+    <t>10/16/2025 12:35:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983154/en/yervoy-ipilimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983154</t>
+  </si>
+  <si>
+    <t>ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189034/en/yervoy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701283/en/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779495/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769366/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867431/en/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863559/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>09/11/2025 08:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644681/en/casarenel-adapalene/peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>p_3644681</t>
+  </si>
+  <si>
+    <t>adapalène,peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644325/en/casarenel-adapalene-benzoyl-peroxide-acne</t>
+  </si>
+  <si>
+    <t>NEMLUVIO (nemolizumab)</t>
+  </si>
+  <si>
+    <t>07/16/2025 16:59:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635864/en/nemluvio-nemolizumab</t>
+  </si>
+  <si>
+    <t>p_3635864</t>
+  </si>
+  <si>
+    <t>nemolizumab</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635776/en/nemluvio-nemolizumab-atopic-dermatitis-in-adults-and-in-adolescents-12-years</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636353/en/nemluvio-nemolizumab-prurigo-nodularis</t>
+  </si>
+  <si>
+    <t>AYVAKYT (avapritinib)</t>
+  </si>
+  <si>
+    <t>06/30/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>p_3242313</t>
+  </si>
+  <si>
+    <t>avapritinib</t>
+  </si>
+  <si>
+    <t>BLUEPRINT MEDICINES FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242174/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/en/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/en/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/en/ayvakyt-avapritinib-indolent-systemic-mastocytosis-ism</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/en/ayvakyt-avapritinib-gastrointestinal-stromal-tumours-gist</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (tédizolide (phosphate de))</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984287</t>
+  </si>
+  <si>
+    <t>phosphate de tédizolid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/en/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>OTEZLA</t>
+  </si>
+  <si>
+    <t>05/15/2025 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984275/en/otezla</t>
+  </si>
+  <si>
+    <t>pprd_2984275</t>
+  </si>
+  <si>
+    <t>aprémilast</t>
+  </si>
+  <si>
+    <t>AMGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585408/en/otezla-apremilast-pde4-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242941/en/otezla-apremilast</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598324/en/otezla-apremilast-moderate-to-severe-plaque-psoriasis-in-children-and-adolescents-from-the-age-of-6-years</t>
+  </si>
+  <si>
+    <t>ANZUPGO (delgocitinib)</t>
+  </si>
+  <si>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603206/en/anzupgo-delgocitinib</t>
+  </si>
+  <si>
+    <t>p_3603206</t>
+  </si>
+  <si>
+    <t>delgocitinib</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603177/en/anzupgo-delgocitinib-chronic-hand-eczema-che</t>
+  </si>
+  <si>
+    <t>NORDIMET (méthotrexate)</t>
+  </si>
+  <si>
+    <t>03/25/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983809</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/en/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/en/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>BYLVAY (odevixibat)</t>
+  </si>
+  <si>
+    <t>03/10/2025 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587516/en/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3587516</t>
+  </si>
+  <si>
+    <t>ALBIREO AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299696/en/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>VITRAKVI</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193895/en/vitrakvi</t>
+  </si>
+  <si>
+    <t>p_3193895</t>
+  </si>
+  <si>
+    <t>larotrectinib</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193768/en/vitrakvi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290908/en/vitrakvi-20-mg/ml-larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422863/en/vitrakvi-larotrectinib-fibrosarcome-infantile-et-autres-sarcomes-pediatriques-des-tissus-mous</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594390/en/vitrakvi-larotrectinib-soft-tissue-sarcoma-salivary-gland-cancer-non-medullary-thyroid-cancer</t>
+  </si>
+  <si>
+    <t>VORAXAZE (glucarpidase)</t>
+  </si>
+  <si>
+    <t>08/22/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>p_3334742</t>
+  </si>
+  <si>
+    <t>glucarpidase</t>
+  </si>
+  <si>
+    <t>SERB SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/en/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+  </si>
+  <si>
+    <t>AMVUTTRA (vutrisiran)</t>
+  </si>
+  <si>
+    <t>02/26/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
+  </si>
+  <si>
+    <t>p_3395883</t>
+  </si>
+  <si>
+    <t>vutrisiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>PERPRUP (povidone iodée / alcool isopropylique)</t>
+  </si>
+  <si>
+    <t>01/24/2025 16:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585879/en/perprup-povidone-iodee-/-alcool-isopropylique</t>
+  </si>
+  <si>
+    <t>p_3585879</t>
+  </si>
+  <si>
+    <t>povidone iodée,alcool isopropylique</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585762/en/perprup-povidone-iodine-isopropyl-alcohol-antiseptic</t>
+  </si>
+  <si>
+    <t>BIMZELX (bimekizumab)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>p_3324069</t>
+  </si>
+  <si>
+    <t>bimekizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/en/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/en/bimzelx-bimekizumab-axial-spondyloarthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/en/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/en/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/en/bimzelx-bimekizumab-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/en/bimzelx-bimekizumab-in-plaque-psoriasis-psoriatic-arthritis-and-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>AMELUZ (acide 5-aminolévulinique (chlorhydrate de l'))</t>
+  </si>
+  <si>
+    <t>11/28/2024 12:07:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984204/en/ameluz-acide-5-aminolevulinique-chlorhydrate-de-l</t>
+  </si>
+  <si>
+    <t>pprd_2984204</t>
+  </si>
+  <si>
+    <t>acide 5-aminolévulinique (chlorhydrate de l')</t>
+  </si>
+  <si>
+    <t>BIOFRONTERA PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610161/en/ameluz-5-aminolaevulinic-acid-photodynamic-therapy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561254/en/ameluz-5-aminolevulinic-acid-basal-cell-carcinomas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561251/en/ameluz-5-aminolevulinic-acid-actinic-keratoses</t>
+  </si>
+  <si>
+    <t>EBGLYSS (lébrikizumab)</t>
+  </si>
+  <si>
+    <t>09/24/2024 15:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524686/en/ebglyss-lebrikizumab</t>
+  </si>
+  <si>
+    <t>p_3524686</t>
+  </si>
+  <si>
+    <t>lébrikizumab</t>
+  </si>
+  <si>
+    <t>ALMIRALL FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522389/en/ebglyss-lebrikizumab-atopic-dermatitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542722/en/ebglyss-lebrikizumab-atopic-dermatitis</t>
+  </si>
+  <si>
+    <t>ILARIS</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+  </si>
+  <si>
+    <t>pprd_2982751</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/en/ilaris-canakinumab-interleukin-1-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/en/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/en/ilaris-canakinumab-gouty-arthritis-attacks</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/en/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CIMZIA (certolizumab pegol)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982837</t>
+  </si>
+  <si>
+    <t>certolizumab pegol</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/en/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CHLORAPREP COLORE - CHLORAPREP (chlorhexidine (gluconate de)/ isopropylique (alcool))</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:07:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982907/en/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>pprd_2982907</t>
+  </si>
+  <si>
+    <t>chlorhexidine (gluconate de),isopropylique (alcool)</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036306/en/chloraprep-colore</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670193/en/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899211/en/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168608/en/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540394/en/chloraprep-chlorhexidine-gluconate-isopropyl-alcohol-antiseptic</t>
+  </si>
+  <si>
+    <t>HUMIRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+  </si>
+  <si>
+    <t>pprd_2983124</t>
+  </si>
+  <si>
+    <t>adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/en/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/en/humira-adalimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/en/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/en/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/en/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+  </si>
+  <si>
+    <t>pprd_2983313</t>
+  </si>
+  <si>
+    <t>ixékizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KYNTHEUM (brodalumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983334/en/kyntheum-brodalumab</t>
+  </si>
+  <si>
+    <t>pprd_2983334</t>
+  </si>
+  <si>
+    <t>brodalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842284/en/kyntheum-brodalumab-interleukin-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363299/en/kyntheum-brodalumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539096/en/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ENBREL (etanercept)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983439</t>
+  </si>
+  <si>
+    <t>etanercept</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/en/enbrel-etanercept-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/en/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/en/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/en/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/en/enbrel-etanercept-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+  </si>
+  <si>
+    <t>pprd_2983547</t>
+  </si>
+  <si>
+    <t>omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+  </si>
+  <si>
+    <t>pprd_2983689</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/en/stelara-ustekinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/en/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+  </si>
+  <si>
+    <t>pprd_2983874</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>CELLTRION HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/en/remsima-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/en/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/en/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/en/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+  </si>
+  <si>
+    <t>pprd_2984104</t>
+  </si>
+  <si>
+    <t>sécukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/en/cosentyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/en/cosentyx-children-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/en/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/en/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ILUMETRI (tildrakizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>p_3190412</t>
+  </si>
+  <si>
+    <t>tildrakizumab</t>
+  </si>
+  <si>
+    <t>ALMIRALL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/en/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/en/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ADTRALZA (tralokinumab)</t>
+  </si>
+  <si>
+    <t>09/12/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>p_3298686</t>
+  </si>
+  <si>
+    <t>tralokinumab</t>
+  </si>
+  <si>
+    <t>LEO PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297690/en/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/en/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/en/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CIBINQO (abrocitinib)</t>
+  </si>
+  <si>
+    <t>09/05/2024 16:53:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325552/en/cibinqo-abrocitinib</t>
+  </si>
+  <si>
+    <t>p_3325552</t>
+  </si>
+  <si>
+    <t>abrocitinib</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325534/en/cibinqo-abrocitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482873/en/cibinqo-abrocitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538222/en/cibinqo-abrocitinib-atopic-dermatitis-in-adolescents-12-years</t>
+  </si>
+  <si>
+    <t>XYDALBA (dalbavancine)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983769/en/xydalba-dalbavancine</t>
+  </si>
+  <si>
+    <t>pprd_2983769</t>
+  </si>
+  <si>
+    <t>dalbavancine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CORREVIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735208/en/xydalba-dalbavancin-antibiotic-of-the-glycopeptide-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481907/en/xydalba-dalbavancin-skin-and-soft-tissue-infections</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534482/en/xydalba-dalbavancin-antibiotic</t>
+  </si>
+  <si>
+    <t>HYDROXYZINE (hydroxyzine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281398/en/hydroxyzine-hydroxyzine</t>
+  </si>
+  <si>
+    <t>p_3281398</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'hydroxyzine</t>
+  </si>
+  <si>
+    <t>BLUEFISH PHARMACEUTICALS AB / LABORATOIRE RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280950/en/hydroxyzine-bluefish-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534473/en/hydroxyzine-renaudin-hydroxyzine-premedication</t>
+  </si>
+  <si>
+    <t>XERAVA (éravacycline)</t>
+  </si>
+  <si>
+    <t>02/23/2024 11:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497308/en/xerava-eravacycline</t>
+  </si>
+  <si>
+    <t>p_3497308</t>
+  </si>
+  <si>
+    <t>éravacycline</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497047/en/xerava-eravacycline</t>
+  </si>
+  <si>
+    <t>OPDUALAG (nivolumab/rélatlimab)</t>
+  </si>
+  <si>
+    <t>01/25/2024 08:40:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490930/en/opdualag-nivolumab/relatlimab</t>
+  </si>
+  <si>
+    <t>p_3490930</t>
+  </si>
+  <si>
+    <t>nivolumab,rélatlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490820/en/opdualag-nivolumab/relatlimab-melanoma</t>
+  </si>
+  <si>
+    <t>LIBTAYO</t>
+  </si>
+  <si>
+    <t>01/12/2024 16:39:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167133/en/libtayo</t>
+  </si>
+  <si>
+    <t>p_3167133</t>
+  </si>
+  <si>
+    <t>cemiplimab</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166985/en/libtayo-cemiplimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299037/en/libtayo-350-mg-cemiplimab-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308691/en/libtayo-350-mg-cemiplimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367549/en/libtayo-cemiplimab-cbcla-ou-cbcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430191/en/libtayo-cemiplimab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461359/en/libtayo-cemiplimab-carcinome-epidermoide-cutane-metastatique-ou-localement-avance-cecm-ou-cecla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488409/en/libtayo-cemiplimab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+  </si>
+  <si>
+    <t>pprd_2982764</t>
+  </si>
+  <si>
+    <t>toxine botulinique de type A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>XELJANZ</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/en/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>BAVENCIO</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:03:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983108/en/bavencio</t>
+  </si>
+  <si>
+    <t>pprd_2983108</t>
+  </si>
+  <si>
+    <t>avelumab</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872662/en/bavencio-avelumab-anti-pdl1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165896/en/bavencio-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184665/en/bavencio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243896/en/bavencio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470393/en/bavencio-avelumab-merkel-cell-carcinoma-mcc</t>
+  </si>
+  <si>
+    <t>METHOXSALENE MACOPHARMA (méthoxsalène)</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357717/en/methoxsalene-macopharma-methoxsalene</t>
+  </si>
+  <si>
+    <t>p_3357717</t>
+  </si>
+  <si>
+    <t>méthoxsalène</t>
+  </si>
+  <si>
+    <t>G.L. PHARMA FRANCE / MACOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352191/en/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471703/en/methoxsalene-g-l-pharma-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>CEPROTIN (protéine C humaine)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2986060</t>
+  </si>
+  <si>
+    <t>protéine C humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+  </si>
+  <si>
+    <t>SERILIA (lucilia sericata)</t>
+  </si>
+  <si>
+    <t>05/24/2023 16:39:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265504/en/serilia-lucilia-sericata</t>
+  </si>
+  <si>
+    <t>p_3265504</t>
+  </si>
+  <si>
+    <t>lucilia sericata (mouche verte commune)</t>
+  </si>
+  <si>
+    <t>BIOMONDE GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264805/en/serilia-lucilia-sericata</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442926/en/serilia-lucilia-sericata-chronic-wounds</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>ADCETRIS</t>
+  </si>
+  <si>
+    <t>03/29/2023 10:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982806/en/adcetris</t>
+  </si>
+  <si>
+    <t>pprd_2982806</t>
+  </si>
+  <si>
+    <t>brentuximab vedotin</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517924/en/adcetris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761868/en/adcetris-brentuximab-vedotin-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963333/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149192/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202239/en/adcetris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203103/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284362/en/adcetris-brentuximab-vedotine-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424045/en/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
+  </si>
+  <si>
+    <t>FILSUVEZ (extrait sec raffiné d’écorce de bouleau)</t>
+  </si>
+  <si>
+    <t>02/03/2023 10:49:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380200/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
+  </si>
+  <si>
+    <t>p_3380200</t>
+  </si>
+  <si>
+    <t>extrait sec raffiné d’écorce de bouleau</t>
+  </si>
+  <si>
+    <t>AMRYT PHARMACEUTICALS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380157/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394096/en/filsuvez-refined-dry-extract-of-birch-bark-dystrophic-epidermolysis-bullosa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409219/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
+  </si>
+  <si>
+    <t>KAPRUVIA (difélikéfaline)</t>
+  </si>
+  <si>
+    <t>01/12/2023 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334088/en/kapruvia-difelikefaline</t>
+  </si>
+  <si>
+    <t>p_3334088</t>
+  </si>
+  <si>
+    <t>difélikéfaline</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334049/en/kapruvia-difelikefaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403962/en/kapruvia-difelikefaline-prurit-associe-a-une-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>REMICADE (infliximab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983949</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/en/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/en/remicade-100-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/en/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/en/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/en/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/en/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>SAPHNELO (anifrolumab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:33:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396728/en/saphnelo-anifrolumab</t>
+  </si>
+  <si>
+    <t>p_3396728</t>
+  </si>
+  <si>
+    <t>anifrolumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395767/en/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+  </si>
+  <si>
+    <t>MEKINIST - TAFINLAR</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982830/en/mekinist-tafinlar</t>
+  </si>
+  <si>
+    <t>pprd_2982830</t>
+  </si>
+  <si>
+    <t>tramétinib,dabrafénib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606857/en/mekinist-trametinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911595/en/mekinist-tafinlar-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146424/en/tafinlar-mekinist-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381101/en/tafinlar-mekinist-dabrafenib/trametinib</t>
+  </si>
+  <si>
+    <t>PROCUTA (isotrétinoïne)</t>
+  </si>
+  <si>
+    <t>10/18/2022 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983668/en/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983668</t>
+  </si>
+  <si>
+    <t>isotrétinoïne</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517652/en/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256034/en/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754731/en/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377735/en/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>CURACNE (isotrétinoïne)</t>
+  </si>
+  <si>
+    <t>10/18/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984086/en/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2984086</t>
   </si>
   <si>
     <t>PIERRE FABRE DERMATOLOGIE</t>
   </si>
   <si>
-    <t>ACTINICA</t>
-[...191 lines deleted...]
-    <t>c_2053083</t>
+    <t>https://www.has-sante.fr/jcms/c_517579/en/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256032/en/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637975/en/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377738/en/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>ISOTRETINOINE ACNETRAIT (isotrétinoïne)</t>
+  </si>
+  <si>
+    <t>10/18/2022 08:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984464/en/isotretinoine-acnetrait-isotretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2984464</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047003/en/acnetrait-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377744/en/isotretinoine-acnetrait-isotretinoine</t>
+  </si>
+  <si>
+    <t>CONTRACNE (isotrétinoïne)</t>
+  </si>
+  <si>
+    <t>10/18/2022 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984937/en/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2984937</t>
+  </si>
+  <si>
+    <t>BAILLEUL-BIORGA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900498/en/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367939/en/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377741/en/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>PROTOPIC (tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982721</t>
+  </si>
+  <si>
+    <t>tacrolimus monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/en/protopic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/en/protopic-ointment</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/en/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
+  </si>
+  <si>
+    <t>04/14/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>pprd_2985140</t>
+  </si>
+  <si>
+    <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
+  </si>
+  <si>
+    <t>Laboratoire BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (hydroxychloroquine (sulfate d'))</t>
+  </si>
+  <si>
+    <t>03/22/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985332</t>
+  </si>
+  <si>
+    <t>sulfate d’hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/en/plaquenil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/en/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>ORLADEYO (dichlorhydrate de bérotralstat)</t>
+  </si>
+  <si>
+    <t>12/08/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298874/en/orladeyo-dichlorhydrate-de-berotralstat</t>
+  </si>
+  <si>
+    <t>p_3298874</t>
+  </si>
+  <si>
+    <t>dichlorhydrate de bérotralstat</t>
+  </si>
+  <si>
+    <t>BIOCRYST (INTSEL CHIMOS)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298588/en/orladeyo-150-mg-berotralstat</t>
+  </si>
+  <si>
+    <t>LUCENTIS</t>
+  </si>
+  <si>
+    <t>10/19/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+  </si>
+  <si>
+    <t>pprd_2983091</t>
+  </si>
+  <si>
+    <t>ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>ELAPRASE (idursulfase)</t>
+  </si>
+  <si>
+    <t>10/06/2021 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984455/en/elaprase-idursulfase</t>
+  </si>
+  <si>
+    <t>pprd_2984455</t>
+  </si>
+  <si>
+    <t>idursulfase</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517668/en/elaprase-idursulfase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048976/en/elaprase-idursulfase-enzyme-replacement</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289691/en/elaprase-2-mg/ml-idursulfase</t>
+  </si>
+  <si>
+    <t>FLAMMAZINE (sulfadiazine argentique)</t>
+  </si>
+  <si>
+    <t>05/07/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>pprd_2984893</t>
+  </si>
+  <si>
+    <t>sulfadiazine argentique</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>ENSTILAR (bétaméthasone (dipropionate de)/ calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983486/en/enstilar-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983486</t>
+  </si>
+  <si>
+    <t>bétaméthasone,calcipotriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803498/en/enstilar-calcipotriol-betamethasone-antipsoriatic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262271/en/enstilar-calcipotriol-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262265/en/enstilar-calcipotriol-betamethasone</t>
+  </si>
+  <si>
+    <t>RUCONEST (conestat alpha)</t>
+  </si>
+  <si>
+    <t>03/31/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982871</t>
+  </si>
+  <si>
+    <t>conestat alpha</t>
+  </si>
+  <si>
+    <t>PHARMING GROUP NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/en/ruconest-conestat-alpha-hereditary-angioedema-medicines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>TOLAK</t>
+  </si>
+  <si>
+    <t>11/03/2020 19:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215360/en/tolak</t>
+  </si>
+  <si>
+    <t>p_3215360</t>
+  </si>
+  <si>
+    <t>5-fluorouracile</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214279/en/tolak</t>
+  </si>
+  <si>
+    <t>ZELBORAF</t>
+  </si>
+  <si>
+    <t>10/15/2020 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983661/en/zelboraf</t>
+  </si>
+  <si>
+    <t>pprd_2983661</t>
+  </si>
+  <si>
+    <t>vemurafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329823/en/zelboraf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755482/en/zelboraf-vemurafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212633/en/zelboraf</t>
+  </si>
+  <si>
+    <t>ZINFORO (ceftaroline), céphalosporine</t>
+  </si>
+  <si>
+    <t>10/01/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983642/en/zinforo-ceftaroline-cephalosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983642</t>
+  </si>
+  <si>
+    <t>ceftaroline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356125/en/zinforo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758333/en/zinforo-ceftaroline-cephalosporin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203286/en/zinforo</t>
+  </si>
+  <si>
+    <t>HEMANGIOL</t>
+  </si>
+  <si>
+    <t>07/24/2020 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984731/en/hemangiol</t>
+  </si>
+  <si>
+    <t>pprd_2984731</t>
+  </si>
+  <si>
+    <t>propranolol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753945/en/hemangiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195779/en/hemangiol-propranolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>METOJECT</t>
+  </si>
+  <si>
+    <t>03/05/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+  </si>
+  <si>
+    <t>pprd_2982919</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>PICATO (mébutate d'ingénol)</t>
+  </si>
+  <si>
+    <t>11/22/2013 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984903/en/picato-mebutate-d-ingenol</t>
+  </si>
+  <si>
+    <t>pprd_2984903</t>
+  </si>
+  <si>
+    <t>mébutate d'ingénol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623645/en/picato-mebutate-d-ingenol-chimiotherapie-a-usage-local</t>
+  </si>
+  <si>
+    <t>VOTRIENT (pazopanib)</t>
+  </si>
+  <si>
+    <t>12/06/2019 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984388/en/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>pprd_2984388</t>
+  </si>
+  <si>
+    <t>pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024751/en/votrient</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359730/en/votrient</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623661/en/votrient-pazopanib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560232/en/votrient-pazopanib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3103874/en/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118709/en/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>GLIVEC (imatinib)</t>
+  </si>
+  <si>
+    <t>11/25/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983049/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>pprd_2983049</t>
+  </si>
+  <si>
+    <t>imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399553/en/glivec-100mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399746/en/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399873/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399996/en/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614779/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493436/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614800/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642498/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022285/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854122/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768792/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748394/en/glivec-imatinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580210/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881382/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119801/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>XAMIOL (calcipotriol/ dipropionate de bétaméthasone)</t>
+  </si>
+  <si>
+    <t>10/11/2019 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984761/en/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2984761</t>
+  </si>
+  <si>
+    <t>calcipotriol,dipropionate de bétaméthasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778871/en/xamiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743051/en/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111988/en/daivobet-xamiol-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>TAFINLAR (dabrafénib (mésilate de)/ tramétinib (dimethylsufloxyde de))</t>
+  </si>
+  <si>
+    <t>05/14/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982752/en/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+  </si>
+  <si>
+    <t>pprd_2982752</t>
+  </si>
+  <si>
+    <t>dabrafénib (mésilate de),tramétinib (dimethylsufloxyde de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742463/en/tafinlar-dabrafenib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732005/en/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835407/en/tafinlar-dabrafenib-in-combination-with-mekinist-trametinib-protein-kinase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967190/en/tafinlar-dabrafenib-mesilate-de-/-trametinib-dimethylsufloxyde-de</t>
+  </si>
+  <si>
+    <t>TAVANIC (lévofloxacine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/25/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982789/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982789</t>
+  </si>
+  <si>
+    <t>lévofloxacine hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399518/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399880/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400948/en/tavanic-500-mg-comprime-pellicule-secable-b/5-cip-349-655-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400991/en/tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-de-50-ml-cip-561-898-6-tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-en-verre-de-100-ml-cip-561-900-0-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-5-comprimes-cip-349-655-6-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-50-comprimes-cip-561-904-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970609/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022066/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024578/en/tavanic-levofloxacin-fluoroquinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964762/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>IZILOX (moxifloxacine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/18/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982876/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982876</t>
+  </si>
+  <si>
+    <t>moxifloxacine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399295/en/izilox-400-mg-comprime-pellicule-boites-5-7-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468673/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973830/en/izilox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234504/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856009/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904835/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ALOFISEL (darvadstrocel)</t>
+  </si>
+  <si>
+    <t>03/22/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982880/en/alofisel-darvadstrocel</t>
+  </si>
+  <si>
+    <t>pprd_2982880</t>
+  </si>
+  <si>
+    <t>darvadstrocel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904636/en/alofisel-darvadstrocel-stem-cell-therapy</t>
+  </si>
+  <si>
+    <t>WYSTAMM (N/R/ fumarate de rupatadine/ rupatadine (fumarate de))</t>
+  </si>
+  <si>
+    <t>01/31/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982886</t>
+  </si>
+  <si>
+    <t>rupatadine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/en/wystamm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>LYMPHOSEEK (tilmanocept)</t>
+  </si>
+  <si>
+    <t>02/14/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982974/en/lymphoseek-tilmanocept</t>
+  </si>
+  <si>
+    <t>pprd_2982974</t>
+  </si>
+  <si>
+    <t>tilmanocept</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889892/en/lymphoseek-tilmanocept-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>MERONEM (méropénem trihydraté)</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983003</t>
+  </si>
+  <si>
+    <t>méropénem trihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>HALAVEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983004/en/halaven</t>
+  </si>
+  <si>
+    <t>pprd_2983004</t>
+  </si>
+  <si>
+    <t>éribuline (mésilate de)</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096739/en/halaven</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559139/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761874/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886957/en/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>DACARBAZINE MEDAC (dacarbazine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983019/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>pprd_2983019</t>
+  </si>
+  <si>
+    <t>dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399887/en/dacarbazine-faulding-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774129/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769372/en/dacarbazine-lipomed-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769375/en/dacarbazine-medac-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862065/en/dacarbazine-lipomed-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885124/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
+  </si>
+  <si>
+    <t>02/08/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>pprd_2983098</t>
+  </si>
+  <si>
+    <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/en/berinert-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+  </si>
+  <si>
+    <t>FIRAZYR (icatibant (acétate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983101</t>
+  </si>
+  <si>
+    <t>icatibant (acétate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+  </si>
+  <si>
+    <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983102</t>
+  </si>
+  <si>
+    <t>inhibiteur de la C1 estérase humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/en/cinryze-c1-esterase-inhibitor-human-antifibrinolytic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>MUPHORAN (fotémustine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983175/en/muphoran-fotemustine</t>
+  </si>
+  <si>
+    <t>pprd_2983175</t>
+  </si>
+  <si>
+    <t>fotémustine</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758663/en/muphoran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863546/en/muphoran-fotemustine-nitrosourea</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400874/en/muphoran-poudre-et-solution-pour-usage-parenteral-a-diluer-perfusion-1-flacon-en-verre-brun-de-208-mg-1-ampoule-s-en-verre-de-4-ml-331-870-2</t>
+  </si>
+  <si>
+    <t>BETADINE (povidone iodée/ éthanol)</t>
+  </si>
+  <si>
+    <t>06/25/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983210/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>pprd_2983210</t>
+  </si>
+  <si>
+    <t>povidone iodée,éthanol</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398835/en/betadine-10-solution-vaginale-en-recipient-unidose-10-ml-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399917/en/betadine-alcoolique-5-solution-pour-application-cutanee-flacon-de-500-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724561/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725193/en/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025857/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728830/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735634/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739020/en/betadine-scrub</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031551/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642059/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655908/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658582/en/betadine-tulle-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756341/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857750/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858744/en/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>LARTRUVO (olaratumab)</t>
+  </si>
+  <si>
+    <t>09/07/2018 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983240/en/lartruvo-olaratumab</t>
+  </si>
+  <si>
+    <t>pprd_2983240</t>
+  </si>
+  <si>
+    <t>olaratumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856039/en/lartruvo-olaratumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>YONDELIS (trabectédine), antinéoplasique alcaloïde</t>
+  </si>
+  <si>
+    <t>06/01/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983269/en/yondelis-trabectedine-antineoplasique-alcaloide</t>
+  </si>
+  <si>
+    <t>pprd_2983269</t>
+  </si>
+  <si>
+    <t>trabectédine,trabectedine</t>
+  </si>
+  <si>
+    <t>PHARMA MAR S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657266/en/yondelis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964922/en/yondelis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638066/en/yondelis-trabectedine-antineoplasique-alcaloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630757/en/yondelis-trabectedine/-trabectedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852607/en/yondelis-trabectedin-alkaloid-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>FLIXOVATE (fluticasone (propionate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983270/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983270</t>
+  </si>
+  <si>
+    <t>fluticasone (propionate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400122/en/flixovate-0-05-creme-tube-de-30-g-flixovate-0-005-pommade-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400918/en/flixovate-0-05-emulsion-pour-application-cutanee-1-flacon-polyethylene-haute-densite-pehd-de-30-ml-368-165-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538679/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079022/en/flixovate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254513/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588374/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852604/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>BETESIL (bétaméthasone (valérate de))</t>
+  </si>
+  <si>
+    <t>03/05/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983374/en/betesil-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983374</t>
+  </si>
+  <si>
+    <t>bétaméthasone (valérate de)</t>
   </si>
   <si>
     <t>GENEVRIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2053084/fr/coalgan</t>
-[...2807 lines deleted...]
-    <t>spésolimab</t>
+    <t>https://www.has-sante.fr/jcms/c_1329536/en/betesil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830023/en/betesil-betamethasone-valerate-de</t>
+  </si>
+  <si>
+    <t>SORIATANE (acitrétine)</t>
+  </si>
+  <si>
+    <t>01/15/2018 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983437/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>pprd_2983437</t>
+  </si>
+  <si>
+    <t>acitrétine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399462/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517567/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773263/en/soriatane-acitretin-retinoid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819903/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
+  </si>
+  <si>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983469</t>
+  </si>
+  <si>
+    <t>prednisolone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/en/hydrocortancyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+  </si>
+  <si>
+    <t>BENEPALI (étanercept)</t>
+  </si>
+  <si>
+    <t>09/06/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983537</t>
+  </si>
+  <si>
+    <t>étanercept</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682115/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+  </si>
+  <si>
+    <t>NEORAL (ciclosporine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983568</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>DETICENE (dacarbazine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983611/en/deticene-dacarbazine</t>
+  </si>
+  <si>
+    <t>pprd_2983611</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769393/en/deticene-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769390/en/deticene-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>ZELITREX (N/R/ valaciclovir/ valaciclovir (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983614</t>
+  </si>
+  <si>
+    <t>valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/en/zelitrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>METVIXIA (aminolévulinate de méthyle (chlorhydrate d’))</t>
+  </si>
+  <si>
+    <t>05/10/2017 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983717/en/metvixia-aminolevulinate-de-methyle-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983717</t>
+  </si>
+  <si>
+    <t>aminolévulinate de méthyle (chlorhydrate d’)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523323/en/metvixia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735627/en/metvixia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746930/en/metvixia-methyl-aminolevulinate-photodynamic-therapy</t>
+  </si>
+  <si>
+    <t>ALDARA (imiquimod)</t>
+  </si>
+  <si>
+    <t>11/08/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983861/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>pprd_2983861</t>
+  </si>
+  <si>
+    <t>imiquimod</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400203/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400220/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725097/en/aldara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945892/en/aldara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579404/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682498/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>FLIXABI (infliximab)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983867</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>NIVAQUINE (chloroquine (sulfate de))</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983955</t>
+  </si>
+  <si>
+    <t>chloroquine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+  </si>
+  <si>
+    <t>TOCTINO (alitrétinoïne)</t>
+  </si>
+  <si>
+    <t>10/03/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983973/en/toctino-alitretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983973</t>
+  </si>
+  <si>
+    <t>alitrétinoïne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793460/en/toctino</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773293/en/toctino-alitretinoine-retinoide-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671722/en/toctino-alitretinoine</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>ODOMZO (sonidégib)</t>
+  </si>
+  <si>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984071/en/odomzo-sonidegib</t>
+  </si>
+  <si>
+    <t>pprd_2984071</t>
+  </si>
+  <si>
+    <t>sonidégib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655911/en/odomzo-sonidegib-hedgehog-inhibitor</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>COTELLIC</t>
+  </si>
+  <si>
+    <t>05/25/2016 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984159/en/cotellic</t>
+  </si>
+  <si>
+    <t>pprd_2984159</t>
+  </si>
+  <si>
+    <t>cobimetinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620147/en/cotellic-cobimetinib-anti-mek-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>ONYTEC (ciclopirox)</t>
+  </si>
+  <si>
+    <t>02/12/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984221/en/onytec-ciclopirox</t>
+  </si>
+  <si>
+    <t>pprd_2984221</t>
+  </si>
+  <si>
+    <t>ciclopirox</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928136/en/onytec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608641/en/onytec-ciclopirox</t>
+  </si>
+  <si>
+    <t>ERBITUX (cetuximab)</t>
+  </si>
+  <si>
+    <t>01/08/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984265/en/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>pprd_2984265</t>
+  </si>
+  <si>
+    <t>cetuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400187/en/erbitux-2-mg/ml-solution-pour-perfusion-1-flacon-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458750/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929982/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847976/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587099/en/erbitux-cetuximab</t>
+  </si>
+  <si>
+    <t>ORBACTIV (oritavancine (diphosphate d'))</t>
+  </si>
+  <si>
+    <t>01/18/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984285/en/orbactiv-oritavancine-diphosphate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984285</t>
+  </si>
+  <si>
+    <t>oritavancine (diphosphate d')</t>
+  </si>
+  <si>
+    <t>THE MEDECINES COMPANY FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581344/en/orbactiv-oritavancin-antibiotic-of-the-glycopeptide-class</t>
+  </si>
+  <si>
+    <t>ZYCLARA (imiquimod)</t>
+  </si>
+  <si>
+    <t>04/15/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984299/en/zyclara-imiquimod</t>
+  </si>
+  <si>
+    <t>pprd_2984299</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579434/en/zyclara-imiquimod-topical-chemotherapy</t>
+  </si>
+  <si>
+    <t>Spécialités à base de métoclopramide, stimulant de la motricité intestinale : PROKINYL LP (dompéridone/ magnésium/ métoclopramide (chlorhydrate de) anhydre/ trol...)</t>
+  </si>
+  <si>
+    <t>03/21/2016 13:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984333/en/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-prokinyl-lp-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>pprd_2984333</t>
+  </si>
+  <si>
+    <t>dompéridone,magnésium,métoclopramide (chlorhydrate de) anhydre,trolamine</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923710/en/specialites-a-base-de-trolamine-dans-l-erythrodermie-post-radiotherapie-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951087/en/specialites-a-base-de-magnesium-non-associe-dans-les-carences-averees-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570590/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-anausin-metoclopramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570596/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-primperan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570599/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-prokinyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053548/en/domperidone-based-proprietary-medicinal-products-intestinal-motility-stimulant-motilium-and-their-generics</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055733/en/domperidone-based-proprietary-medicinal-products-intestinal-motility-stimulant-peridys-oroperidys-and-their-generics</t>
+  </si>
+  <si>
+    <t>IMUREL (azathioprine)</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>pprd_2984367</t>
+  </si>
+  <si>
+    <t>azathioprine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+  </si>
+  <si>
+    <t>NEXOBRID (concentré d'enzymes protéolytiques riches en bromélaïne)</t>
+  </si>
+  <si>
+    <t>01/08/2016 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984383/en/nexobrid-concentre-d-enzymes-proteolytiques-riches-en-bromelaine</t>
+  </si>
+  <si>
+    <t>pprd_2984383</t>
+  </si>
+  <si>
+    <t>concentré d'enzymes protéolytiques riches en bromélaïne</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561335/en/nexobrid-concentrate-of-proteolytic-enzymes-enriched-in-bromelain-enzymes</t>
+  </si>
+  <si>
+    <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
+  </si>
+  <si>
+    <t>06/01/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+  </si>
+  <si>
+    <t>pprd_2984572</t>
+  </si>
+  <si>
+    <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+  </si>
+  <si>
+    <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
+  </si>
+  <si>
+    <t>05/22/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2984597</t>
+  </si>
+  <si>
+    <t>paraffine liquide,vaseline,glycérol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+  </si>
+  <si>
+    <t>TOPISCAB 5% (perméthrine)</t>
+  </si>
+  <si>
+    <t>04/09/2015 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984608/en/topiscab-5-permethrine</t>
+  </si>
+  <si>
+    <t>pprd_2984608</t>
+  </si>
+  <si>
+    <t>perméthrine</t>
+  </si>
+  <si>
+    <t>CODEXIAL DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011663/en/topiscab-5-permethrin-antiparasitic</t>
+  </si>
+  <si>
+    <t>BEROMUN (tasonermine)</t>
+  </si>
+  <si>
+    <t>11/24/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984665/en/beromun-tasonermine</t>
+  </si>
+  <si>
+    <t>pprd_2984665</t>
+  </si>
+  <si>
+    <t>tasonermine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3423139/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
-[...8426 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984669/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
+    <t>https://www.has-sante.fr/jcms/c_1774629/en/beromun</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué</t>
+  </si>
+  <si>
+    <t>02/23/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
   </si>
   <si>
     <t>pprd_2984669</t>
   </si>
   <si>
     <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774169/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
+    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
   </si>
   <si>
     <t>VEREGEN (extrait sec de feuille de thé vert)</t>
   </si>
   <si>
-    <t>13/10/2014 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984700/fr/veregen-extrait-sec-de-feuille-de-the-vert</t>
+    <t>10/13/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984700/en/veregen-extrait-sec-de-feuille-de-the-vert</t>
   </si>
   <si>
     <t>pprd_2984700</t>
   </si>
   <si>
     <t>extrait sec de feuille de thé vert</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1765933/fr/veregen-extrait-sec-de-feuille-de-the-vert</t>
+    <t>https://www.has-sante.fr/jcms/c_1765933/en/veregen</t>
   </si>
   <si>
     <t>NORMOSANG (hémine)</t>
   </si>
   <si>
-    <t>11/08/2014 14:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984711/fr/normosang-hemine</t>
+    <t>08/11/2014 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984711/en/normosang-hemine</t>
   </si>
   <si>
     <t>pprd_2984711</t>
   </si>
   <si>
     <t>hémine</t>
   </si>
   <si>
     <t>ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1759332/fr/normosang-hemine</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1738615/fr/eclaran-peroxyde-de-benzoyle</t>
+    <t>https://www.has-sante.fr/jcms/c_1759332/en/normosang</t>
   </si>
   <si>
     <t>ERIVEDGE (vismodégib)</t>
   </si>
   <si>
-    <t>15/09/2014 17:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984829/fr/erivedge-vismodegib</t>
+    <t>09/15/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984829/en/erivedge-vismodegib</t>
   </si>
   <si>
     <t>pprd_2984829</t>
   </si>
   <si>
     <t>vismodégib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1721873/fr/erivedge-vismodegib-antineoplasique</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1716247/fr/septeal-chlorhexidine-gluconate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1721873/en/erivedge</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>05/03/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1543501/fr/biorgasept-chlorhexidine-gluconate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>EFFALA (acide 5-aminolévulinique (chlorhydrate de l’))</t>
   </si>
   <si>
-    <t>12/07/2013 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984935/fr/effala-acide-5-aminolevulinique-chlorhydrate-de-l</t>
+    <t>07/12/2013 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984935/en/effala-acide-5-aminolevulinique-chlorhydrate-de-l</t>
   </si>
   <si>
     <t>pprd_2984935</t>
   </si>
   <si>
     <t>acide 5-aminolévulinique (chlorhydrate de l’)</t>
   </si>
   <si>
     <t>SPIRIG PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1367948/fr/effala-8-mg-acide-5-aminolevulinique-agent-sensibilisant-en-phototherapie-dynamique</t>
-[...167 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1163461/fr/caditar-huile-de-cade</t>
+    <t>https://www.has-sante.fr/jcms/c_1367948/en/effala</t>
   </si>
   <si>
     <t>TYGACIL (tigécycline)</t>
   </si>
   <si>
-    <t>12/10/2016 14:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985077/fr/tygacil-tigecycline</t>
+    <t>10/12/2016 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985077/en/tygacil-tigecycline</t>
   </si>
   <si>
     <t>pprd_2985077</t>
   </si>
   <si>
     <t>tigécycline</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461190/fr/tygacil-tigecycline</t>
-[...248 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+    <t>https://www.has-sante.fr/jcms/c_461190/en/tygacil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163443/en/tygacil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661383/en/tygacil-tigecycline-glycylcyclines</t>
   </si>
   <si>
     <t>SOLARAZE (diclofénac)</t>
   </si>
   <si>
-    <t>18/02/2011 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985304/fr/solaraze-diclofenac</t>
+    <t>02/18/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985304/en/solaraze-diclofenac</t>
   </si>
   <si>
     <t>pprd_2985304</t>
   </si>
   <si>
     <t>diclofénac</t>
   </si>
   <si>
     <t>Laboratoire ALMIRALL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399285/fr/solaraze-3-gel-tube-de-25-g</t>
-[...224 lines deleted...]
-    <t>c_2574402</t>
+    <t>https://www.has-sante.fr/jcms/c_399285/en/solaraze-3-gel-tube-de-25-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903962/en/solaraze</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -15420,27274 +4914,7164 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM337"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1846</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>1847</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>1848</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1849</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>1850</v>
-[...17 lines deleted...]
-        <v>1856</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1846</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>1857</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>1858</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1859</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>1860</v>
-[...15091 lines deleted...]
-        <v>5050</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>5052</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>5053</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>5054</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>5055</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>5056</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>5057</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>5058</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>5059</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>5060</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>5061</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>5062</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>5063</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>5064</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>5065</v>
+        <v>46</v>
       </c>
       <c r="H4" t="s">
-        <v>5066</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>5067</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>5068</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>5064</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>5069</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>5070</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>5071</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>5072</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>5073</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>5074</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>5075</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>5076</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>5077</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
-        <v>1616</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>5078</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>5079</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
-        <v>5080</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>5081</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>5082</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>5083</v>
+        <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>5084</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>5051</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>1656</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>5085</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>5086</v>
+        <v>75</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>5087</v>
+        <v>76</v>
       </c>
       <c r="H9" t="s">
-        <v>5088</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J289"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...318 lines deleted...]
-      <c r="H12" t="s">
         <v>83</v>
       </c>
-      <c r="I12" t="s">
-[...8868 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:BP136"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>84</v>
+      </c>
+      <c r="J1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K1" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1398</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>1399</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
-        <v>1400</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1401</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1402</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1403</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>1404</v>
+        <v>91</v>
+      </c>
+      <c r="I2" t="s">
+        <v>92</v>
+      </c>
+      <c r="J2" t="s">
+        <v>93</v>
+      </c>
+      <c r="K2" t="s">
+        <v>94</v>
+      </c>
+      <c r="L2" t="s">
+        <v>95</v>
+      </c>
+      <c r="M2" t="s">
+        <v>96</v>
+      </c>
+      <c r="N2" t="s">
+        <v>97</v>
+      </c>
+      <c r="O2" t="s">
+        <v>98</v>
+      </c>
+      <c r="P2" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>100</v>
+      </c>
+      <c r="R2" t="s">
+        <v>101</v>
+      </c>
+      <c r="S2" t="s">
+        <v>102</v>
+      </c>
+      <c r="T2" t="s">
+        <v>103</v>
+      </c>
+      <c r="U2" t="s">
+        <v>104</v>
+      </c>
+      <c r="V2" t="s">
+        <v>105</v>
+      </c>
+      <c r="W2" t="s">
+        <v>106</v>
+      </c>
+      <c r="X2" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>112</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>113</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>114</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>115</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>119</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>120</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>121</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>123</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>124</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>125</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>126</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>127</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>128</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>129</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>130</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>131</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>132</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>133</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>134</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>128</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>135</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>136</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1398</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>1405</v>
+        <v>138</v>
       </c>
       <c r="C3" t="s">
-        <v>1406</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1407</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1408</v>
+        <v>139</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1409</v>
+        <v>140</v>
       </c>
       <c r="H3" t="s">
-        <v>1410</v>
+        <v>141</v>
+      </c>
+      <c r="I3" t="s">
+        <v>142</v>
+      </c>
+      <c r="J3" t="s">
+        <v>143</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>145</v>
+      </c>
+      <c r="M3" t="s">
+        <v>146</v>
+      </c>
+      <c r="N3" t="s">
+        <v>147</v>
+      </c>
+      <c r="O3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1398</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>1411</v>
+        <v>149</v>
       </c>
       <c r="C4" t="s">
-        <v>1412</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1413</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1414</v>
+        <v>150</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1415</v>
+        <v>151</v>
       </c>
       <c r="H4" t="s">
-        <v>1416</v>
-[...117 lines deleted...]
-        <v>1431</v>
+        <v>152</v>
+      </c>
+      <c r="I4" t="s">
+        <v>153</v>
+      </c>
+      <c r="J4" t="s">
+        <v>154</v>
+      </c>
+      <c r="K4" t="s">
+        <v>155</v>
+      </c>
+      <c r="L4" t="s">
+        <v>156</v>
+      </c>
+      <c r="M4" t="s">
+        <v>157</v>
+      </c>
+      <c r="N4" t="s">
+        <v>158</v>
+      </c>
+      <c r="O4" t="s">
+        <v>159</v>
+      </c>
+      <c r="P4" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>161</v>
+      </c>
+      <c r="R4" t="s">
+        <v>162</v>
+      </c>
+      <c r="S4" t="s">
+        <v>163</v>
+      </c>
+      <c r="T4" t="s">
+        <v>164</v>
+      </c>
+      <c r="U4" t="s">
+        <v>165</v>
+      </c>
+      <c r="V4" t="s">
+        <v>166</v>
+      </c>
+      <c r="W4" t="s">
+        <v>167</v>
+      </c>
+      <c r="X4" t="s">
+        <v>168</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>169</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>170</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>171</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>172</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>173</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>1432</v>
+        <v>175</v>
       </c>
       <c r="C5" t="s">
-        <v>1433</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1434</v>
+        <v>176</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1435</v>
+        <v>177</v>
       </c>
       <c r="H5" t="s">
-        <v>1436</v>
+        <v>178</v>
+      </c>
+      <c r="I5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K5" t="s">
+        <v>181</v>
+      </c>
+      <c r="L5" t="s">
+        <v>182</v>
+      </c>
+      <c r="M5" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>1437</v>
+        <v>184</v>
       </c>
       <c r="C6" t="s">
-        <v>1438</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1439</v>
+        <v>185</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1440</v>
+        <v>186</v>
       </c>
       <c r="H6" t="s">
-        <v>1441</v>
+        <v>187</v>
+      </c>
+      <c r="I6" t="s">
+        <v>188</v>
+      </c>
+      <c r="J6" t="s">
+        <v>189</v>
+      </c>
+      <c r="K6" t="s">
+        <v>190</v>
+      </c>
+      <c r="L6" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>1442</v>
+        <v>192</v>
       </c>
       <c r="C7" t="s">
-        <v>1443</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>1444</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1445</v>
+        <v>193</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1446</v>
+        <v>194</v>
       </c>
       <c r="H7" t="s">
-        <v>1447</v>
+        <v>195</v>
+      </c>
+      <c r="I7" t="s">
+        <v>196</v>
+      </c>
+      <c r="J7" t="s">
+        <v>197</v>
+      </c>
+      <c r="K7" t="s">
+        <v>198</v>
+      </c>
+      <c r="L7" t="s">
+        <v>199</v>
+      </c>
+      <c r="M7" t="s">
+        <v>200</v>
+      </c>
+      <c r="N7" t="s">
+        <v>201</v>
+      </c>
+      <c r="O7" t="s">
+        <v>202</v>
+      </c>
+      <c r="P7" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
-        <v>1448</v>
+        <v>204</v>
       </c>
       <c r="C8" t="s">
-        <v>1449</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1450</v>
+        <v>205</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1451</v>
+        <v>206</v>
       </c>
       <c r="H8" t="s">
-        <v>1452</v>
+        <v>207</v>
+      </c>
+      <c r="I8" t="s">
+        <v>208</v>
+      </c>
+      <c r="J8" t="s">
+        <v>209</v>
+      </c>
+      <c r="K8" t="s">
+        <v>210</v>
+      </c>
+      <c r="L8" t="s">
+        <v>211</v>
+      </c>
+      <c r="M8" t="s">
+        <v>212</v>
+      </c>
+      <c r="N8" t="s">
+        <v>213</v>
+      </c>
+      <c r="O8" t="s">
+        <v>214</v>
+      </c>
+      <c r="P8" t="s">
+        <v>214</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>215</v>
+      </c>
+      <c r="R8" t="s">
+        <v>216</v>
+      </c>
+      <c r="S8" t="s">
+        <v>217</v>
+      </c>
+      <c r="T8" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>1453</v>
+        <v>219</v>
       </c>
       <c r="C9" t="s">
-        <v>1454</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1455</v>
+        <v>220</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1456</v>
+        <v>221</v>
       </c>
       <c r="H9" t="s">
-        <v>1457</v>
+        <v>222</v>
+      </c>
+      <c r="I9" t="s">
+        <v>223</v>
+      </c>
+      <c r="J9" t="s">
+        <v>224</v>
+      </c>
+      <c r="K9" t="s">
+        <v>225</v>
+      </c>
+      <c r="L9" t="s">
+        <v>226</v>
+      </c>
+      <c r="M9" t="s">
+        <v>227</v>
+      </c>
+      <c r="N9" t="s">
+        <v>228</v>
+      </c>
+      <c r="O9" t="s">
+        <v>229</v>
+      </c>
+      <c r="P9" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>1458</v>
+        <v>232</v>
       </c>
       <c r="C10" t="s">
-        <v>1459</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1460</v>
+        <v>233</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1461</v>
+        <v>234</v>
       </c>
       <c r="H10" t="s">
-        <v>1462</v>
+        <v>235</v>
+      </c>
+      <c r="I10" t="s">
+        <v>236</v>
+      </c>
+      <c r="J10" t="s">
+        <v>237</v>
+      </c>
+      <c r="K10" t="s">
+        <v>238</v>
+      </c>
+      <c r="L10" t="s">
+        <v>239</v>
+      </c>
+      <c r="M10" t="s">
+        <v>240</v>
+      </c>
+      <c r="N10" t="s">
+        <v>241</v>
+      </c>
+      <c r="O10" t="s">
+        <v>242</v>
+      </c>
+      <c r="P10" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>244</v>
+      </c>
+      <c r="R10" t="s">
+        <v>245</v>
+      </c>
+      <c r="S10" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>1463</v>
+        <v>247</v>
       </c>
       <c r="C11" t="s">
-        <v>1464</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1465</v>
+        <v>248</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1466</v>
+        <v>249</v>
       </c>
       <c r="H11" t="s">
-        <v>1467</v>
+        <v>250</v>
+      </c>
+      <c r="I11" t="s">
+        <v>251</v>
+      </c>
+      <c r="J11" t="s">
+        <v>252</v>
+      </c>
+      <c r="K11" t="s">
+        <v>253</v>
+      </c>
+      <c r="L11" t="s">
+        <v>254</v>
+      </c>
+      <c r="M11" t="s">
+        <v>255</v>
+      </c>
+      <c r="N11" t="s">
+        <v>256</v>
+      </c>
+      <c r="O11" t="s">
+        <v>257</v>
+      </c>
+      <c r="P11" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>1468</v>
+        <v>259</v>
       </c>
       <c r="C12" t="s">
-        <v>1469</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1470</v>
+        <v>260</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1471</v>
+        <v>261</v>
       </c>
       <c r="H12" t="s">
-        <v>1472</v>
+        <v>262</v>
+      </c>
+      <c r="I12" t="s">
+        <v>263</v>
+      </c>
+      <c r="J12" t="s">
+        <v>264</v>
+      </c>
+      <c r="K12" t="s">
+        <v>265</v>
+      </c>
+      <c r="L12" t="s">
+        <v>266</v>
+      </c>
+      <c r="M12" t="s">
+        <v>267</v>
+      </c>
+      <c r="N12" t="s">
+        <v>268</v>
+      </c>
+      <c r="O12" t="s">
+        <v>269</v>
+      </c>
+      <c r="P12" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>271</v>
+      </c>
+      <c r="R12" t="s">
+        <v>272</v>
+      </c>
+      <c r="S12" t="s">
+        <v>273</v>
+      </c>
+      <c r="T12" t="s">
+        <v>274</v>
+      </c>
+      <c r="U12" t="s">
+        <v>275</v>
+      </c>
+      <c r="V12" t="s">
+        <v>276</v>
+      </c>
+      <c r="W12" t="s">
+        <v>277</v>
+      </c>
+      <c r="X12" t="s">
+        <v>278</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>280</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>281</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>282</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>283</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>284</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>285</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>286</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>287</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>288</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>289</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>290</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>291</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>292</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>293</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>294</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>295</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>296</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>297</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>298</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>299</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>300</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>301</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>302</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>303</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>304</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>305</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>306</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>307</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>308</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>309</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>310</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>311</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>312</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>313</v>
+      </c>
+      <c r="BH12" t="s">
+        <v>314</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>315</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>316</v>
+      </c>
+      <c r="BK12" t="s">
+        <v>317</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>318</v>
+      </c>
+      <c r="BM12" t="s">
+        <v>319</v>
+      </c>
+      <c r="BN12" t="s">
+        <v>320</v>
+      </c>
+      <c r="BO12" t="s">
+        <v>321</v>
+      </c>
+      <c r="BP12" t="s">
+        <v>322</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>1473</v>
+        <v>323</v>
       </c>
       <c r="C13" t="s">
-        <v>1474</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1475</v>
+        <v>324</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1476</v>
+        <v>325</v>
       </c>
       <c r="H13" t="s">
-        <v>1477</v>
+        <v>326</v>
+      </c>
+      <c r="I13" t="s">
+        <v>327</v>
+      </c>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>328</v>
+      </c>
+      <c r="L13" t="s">
+        <v>329</v>
+      </c>
+      <c r="M13" t="s">
+        <v>330</v>
+      </c>
+      <c r="N13" t="s">
+        <v>331</v>
+      </c>
+      <c r="O13" t="s">
+        <v>332</v>
+      </c>
+      <c r="P13" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>106</v>
+      </c>
+      <c r="R13" t="s">
+        <v>108</v>
+      </c>
+      <c r="S13" t="s">
+        <v>112</v>
+      </c>
+      <c r="T13" t="s">
+        <v>113</v>
+      </c>
+      <c r="U13" t="s">
+        <v>123</v>
+      </c>
+      <c r="V13" t="s">
+        <v>130</v>
+      </c>
+      <c r="W13" t="s">
+        <v>131</v>
+      </c>
+      <c r="X13" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>135</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
-        <v>1478</v>
+        <v>334</v>
       </c>
       <c r="C14" t="s">
-        <v>1479</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1475</v>
+        <v>335</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1480</v>
+        <v>336</v>
       </c>
       <c r="H14" t="s">
-        <v>1481</v>
+        <v>337</v>
+      </c>
+      <c r="I14" t="s">
+        <v>338</v>
+      </c>
+      <c r="J14" t="s">
+        <v>339</v>
+      </c>
+      <c r="K14" t="s">
+        <v>340</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>1482</v>
+        <v>341</v>
       </c>
       <c r="C15" t="s">
-        <v>1483</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1484</v>
+        <v>342</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1485</v>
+        <v>343</v>
       </c>
       <c r="H15" t="s">
-        <v>1486</v>
+        <v>344</v>
+      </c>
+      <c r="I15" t="s">
+        <v>345</v>
+      </c>
+      <c r="J15" t="s">
+        <v>346</v>
+      </c>
+      <c r="K15" t="s">
+        <v>347</v>
+      </c>
+      <c r="L15" t="s">
+        <v>348</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
-        <v>1487</v>
+        <v>349</v>
       </c>
       <c r="C16" t="s">
-        <v>1488</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1489</v>
+        <v>350</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1490</v>
+        <v>351</v>
       </c>
       <c r="H16" t="s">
-        <v>1491</v>
+        <v>352</v>
+      </c>
+      <c r="I16" t="s">
+        <v>353</v>
+      </c>
+      <c r="J16" t="s">
+        <v>354</v>
+      </c>
+      <c r="K16" t="s">
+        <v>355</v>
+      </c>
+      <c r="L16" t="s">
+        <v>356</v>
+      </c>
+      <c r="M16" t="s">
+        <v>357</v>
+      </c>
+      <c r="N16" t="s">
+        <v>358</v>
+      </c>
+      <c r="O16" t="s">
+        <v>359</v>
+      </c>
+      <c r="P16" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>1492</v>
+        <v>361</v>
       </c>
       <c r="C17" t="s">
-        <v>1493</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1494</v>
+        <v>362</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1495</v>
+        <v>363</v>
       </c>
       <c r="H17" t="s">
-        <v>1496</v>
+        <v>364</v>
+      </c>
+      <c r="I17" t="s">
+        <v>365</v>
+      </c>
+      <c r="J17" t="s">
+        <v>264</v>
+      </c>
+      <c r="K17" t="s">
+        <v>366</v>
+      </c>
+      <c r="L17" t="s">
+        <v>367</v>
+      </c>
+      <c r="M17" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B18" t="s">
-        <v>1497</v>
+        <v>369</v>
       </c>
       <c r="C18" t="s">
-        <v>1498</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1499</v>
+        <v>370</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1500</v>
+        <v>371</v>
       </c>
       <c r="H18" t="s">
-        <v>1501</v>
+        <v>372</v>
+      </c>
+      <c r="I18" t="s">
+        <v>373</v>
+      </c>
+      <c r="J18" t="s">
+        <v>374</v>
+      </c>
+      <c r="K18" t="s">
+        <v>375</v>
+      </c>
+      <c r="L18" t="s">
+        <v>376</v>
+      </c>
+      <c r="M18" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
-        <v>1502</v>
+        <v>378</v>
       </c>
       <c r="C19" t="s">
-        <v>1503</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1504</v>
+        <v>379</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1505</v>
+        <v>380</v>
       </c>
       <c r="H19" t="s">
-        <v>1506</v>
+        <v>381</v>
+      </c>
+      <c r="I19" t="s">
+        <v>382</v>
+      </c>
+      <c r="J19" t="s">
+        <v>383</v>
+      </c>
+      <c r="K19" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
-        <v>1507</v>
+        <v>385</v>
       </c>
       <c r="C20" t="s">
-        <v>1508</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1509</v>
+        <v>386</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1510</v>
+        <v>387</v>
       </c>
       <c r="H20" t="s">
-        <v>1511</v>
+        <v>388</v>
+      </c>
+      <c r="I20" t="s">
+        <v>389</v>
+      </c>
+      <c r="J20" t="s">
+        <v>390</v>
+      </c>
+      <c r="K20" t="s">
+        <v>391</v>
+      </c>
+      <c r="L20" t="s">
+        <v>392</v>
+      </c>
+      <c r="M20" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>1512</v>
+        <v>394</v>
       </c>
       <c r="C21" t="s">
-        <v>1513</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1514</v>
+        <v>395</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1515</v>
+        <v>396</v>
       </c>
       <c r="H21" t="s">
-        <v>1516</v>
+        <v>397</v>
+      </c>
+      <c r="I21" t="s">
+        <v>179</v>
+      </c>
+      <c r="J21" t="s">
+        <v>398</v>
+      </c>
+      <c r="K21" t="s">
+        <v>399</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B22" t="s">
-        <v>1517</v>
+        <v>400</v>
       </c>
       <c r="C22" t="s">
-        <v>1518</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1519</v>
+        <v>401</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1520</v>
+        <v>402</v>
       </c>
       <c r="H22" t="s">
-        <v>1521</v>
+        <v>403</v>
+      </c>
+      <c r="I22" t="s">
+        <v>404</v>
+      </c>
+      <c r="J22" t="s">
+        <v>405</v>
+      </c>
+      <c r="K22" t="s">
+        <v>406</v>
+      </c>
+      <c r="L22" t="s">
+        <v>407</v>
+      </c>
+      <c r="M22" t="s">
+        <v>408</v>
+      </c>
+      <c r="N22" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B23" t="s">
-        <v>1522</v>
+        <v>410</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>1523</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1524</v>
+        <v>411</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1525</v>
+        <v>412</v>
       </c>
       <c r="H23" t="s">
-        <v>1526</v>
+        <v>413</v>
+      </c>
+      <c r="I23" t="s">
+        <v>414</v>
+      </c>
+      <c r="J23" t="s">
+        <v>415</v>
+      </c>
+      <c r="K23" t="s">
+        <v>416</v>
+      </c>
+      <c r="L23" t="s">
+        <v>417</v>
+      </c>
+      <c r="M23" t="s">
+        <v>418</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B24" t="s">
-        <v>1527</v>
+        <v>419</v>
       </c>
       <c r="C24" t="s">
-        <v>1528</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1529</v>
+        <v>420</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1530</v>
+        <v>421</v>
       </c>
       <c r="H24" t="s">
-        <v>1531</v>
+        <v>422</v>
+      </c>
+      <c r="I24" t="s">
+        <v>423</v>
+      </c>
+      <c r="J24" t="s">
+        <v>424</v>
+      </c>
+      <c r="K24" t="s">
+        <v>425</v>
+      </c>
+      <c r="L24" t="s">
+        <v>426</v>
+      </c>
+      <c r="M24" t="s">
+        <v>427</v>
+      </c>
+      <c r="N24" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B25" t="s">
-        <v>1532</v>
+        <v>429</v>
       </c>
       <c r="C25" t="s">
-        <v>1533</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1534</v>
+        <v>430</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1535</v>
+        <v>431</v>
       </c>
       <c r="H25" t="s">
-        <v>1536</v>
+        <v>432</v>
+      </c>
+      <c r="I25" t="s">
+        <v>433</v>
+      </c>
+      <c r="J25" t="s">
+        <v>434</v>
+      </c>
+      <c r="K25" t="s">
+        <v>435</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
-        <v>1537</v>
+        <v>436</v>
       </c>
       <c r="C26" t="s">
-        <v>1538</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1539</v>
+        <v>437</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1540</v>
+        <v>438</v>
       </c>
       <c r="H26" t="s">
-        <v>1541</v>
+        <v>439</v>
+      </c>
+      <c r="I26" t="s">
+        <v>440</v>
+      </c>
+      <c r="J26" t="s">
+        <v>441</v>
+      </c>
+      <c r="K26" t="s">
+        <v>442</v>
+      </c>
+      <c r="L26" t="s">
+        <v>443</v>
+      </c>
+      <c r="M26" t="s">
+        <v>444</v>
+      </c>
+      <c r="N26" t="s">
+        <v>445</v>
+      </c>
+      <c r="O26" t="s">
+        <v>446</v>
+      </c>
+      <c r="P26" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>448</v>
+      </c>
+      <c r="R26" t="s">
+        <v>449</v>
+      </c>
+      <c r="S26" t="s">
+        <v>450</v>
+      </c>
+      <c r="T26" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B27" t="s">
-        <v>1542</v>
+        <v>452</v>
       </c>
       <c r="C27" t="s">
-        <v>1543</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1544</v>
+        <v>453</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1545</v>
+        <v>454</v>
       </c>
       <c r="H27" t="s">
-        <v>1546</v>
+        <v>455</v>
+      </c>
+      <c r="I27" t="s">
+        <v>456</v>
+      </c>
+      <c r="J27" t="s">
+        <v>457</v>
+      </c>
+      <c r="K27" t="s">
+        <v>458</v>
+      </c>
+      <c r="L27" t="s">
+        <v>459</v>
+      </c>
+      <c r="M27" t="s">
+        <v>460</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B28" t="s">
-        <v>1547</v>
+        <v>461</v>
       </c>
       <c r="C28" t="s">
-        <v>1548</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1549</v>
+        <v>462</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1550</v>
+        <v>463</v>
       </c>
       <c r="H28" t="s">
-        <v>1551</v>
+        <v>464</v>
+      </c>
+      <c r="I28" t="s">
+        <v>465</v>
+      </c>
+      <c r="J28" t="s">
+        <v>466</v>
+      </c>
+      <c r="K28" t="s">
+        <v>467</v>
+      </c>
+      <c r="L28" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B29" t="s">
-        <v>1552</v>
+        <v>469</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1553</v>
+        <v>470</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1554</v>
+        <v>471</v>
       </c>
       <c r="H29" t="s">
-        <v>1555</v>
+        <v>472</v>
+      </c>
+      <c r="I29" t="s">
+        <v>473</v>
+      </c>
+      <c r="J29" t="s">
+        <v>474</v>
+      </c>
+      <c r="K29" t="s">
+        <v>475</v>
+      </c>
+      <c r="L29" t="s">
+        <v>476</v>
+      </c>
+      <c r="M29" t="s">
+        <v>477</v>
+      </c>
+      <c r="N29" t="s">
+        <v>478</v>
+      </c>
+      <c r="O29" t="s">
+        <v>479</v>
+      </c>
+      <c r="P29" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>481</v>
+      </c>
+      <c r="R29" t="s">
+        <v>482</v>
+      </c>
+      <c r="S29" t="s">
+        <v>483</v>
+      </c>
+      <c r="T29" t="s">
+        <v>484</v>
+      </c>
+      <c r="U29" t="s">
+        <v>485</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B30" t="s">
-        <v>1556</v>
+        <v>486</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1553</v>
+        <v>487</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1557</v>
+        <v>488</v>
       </c>
       <c r="H30" t="s">
-        <v>1558</v>
+        <v>489</v>
+      </c>
+      <c r="I30" t="s">
+        <v>490</v>
+      </c>
+      <c r="J30" t="s">
+        <v>491</v>
+      </c>
+      <c r="K30" t="s">
+        <v>492</v>
+      </c>
+      <c r="L30" t="s">
+        <v>493</v>
+      </c>
+      <c r="M30" t="s">
+        <v>494</v>
+      </c>
+      <c r="N30" t="s">
+        <v>495</v>
+      </c>
+      <c r="O30" t="s">
+        <v>496</v>
+      </c>
+      <c r="P30" t="s">
+        <v>497</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>498</v>
+      </c>
+      <c r="R30" t="s">
+        <v>499</v>
+      </c>
+      <c r="S30" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B31" t="s">
-        <v>1559</v>
+        <v>501</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1553</v>
+        <v>502</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1560</v>
+        <v>503</v>
       </c>
       <c r="H31" t="s">
-        <v>1561</v>
+        <v>504</v>
+      </c>
+      <c r="I31" t="s">
+        <v>505</v>
+      </c>
+      <c r="J31" t="s">
+        <v>506</v>
+      </c>
+      <c r="K31" t="s">
+        <v>507</v>
+      </c>
+      <c r="L31" t="s">
+        <v>508</v>
+      </c>
+      <c r="M31" t="s">
+        <v>509</v>
+      </c>
+      <c r="N31" t="s">
+        <v>510</v>
+      </c>
+      <c r="O31" t="s">
+        <v>511</v>
+      </c>
+      <c r="P31" t="s">
+        <v>512</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>513</v>
+      </c>
+      <c r="R31" t="s">
+        <v>514</v>
+      </c>
+      <c r="S31" t="s">
+        <v>515</v>
+      </c>
+      <c r="T31" t="s">
+        <v>516</v>
+      </c>
+      <c r="U31" t="s">
+        <v>517</v>
+      </c>
+      <c r="V31" t="s">
+        <v>518</v>
+      </c>
+      <c r="W31" t="s">
+        <v>519</v>
+      </c>
+      <c r="X31" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
-        <v>1562</v>
+        <v>521</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1553</v>
+        <v>522</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1563</v>
+        <v>523</v>
       </c>
       <c r="H32" t="s">
-        <v>1564</v>
+        <v>524</v>
+      </c>
+      <c r="I32" t="s">
+        <v>525</v>
+      </c>
+      <c r="J32" t="s">
+        <v>526</v>
+      </c>
+      <c r="K32" t="s">
+        <v>527</v>
+      </c>
+      <c r="L32" t="s">
+        <v>528</v>
+      </c>
+      <c r="M32" t="s">
+        <v>529</v>
+      </c>
+      <c r="N32" t="s">
+        <v>530</v>
+      </c>
+      <c r="O32" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B33" t="s">
-        <v>1565</v>
+        <v>532</v>
       </c>
       <c r="C33" t="s">
-        <v>1566</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>1567</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1568</v>
+        <v>533</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1569</v>
+        <v>534</v>
       </c>
       <c r="H33" t="s">
-        <v>1570</v>
+        <v>535</v>
+      </c>
+      <c r="I33" t="s">
+        <v>536</v>
+      </c>
+      <c r="J33" t="s">
+        <v>237</v>
+      </c>
+      <c r="K33" t="s">
+        <v>537</v>
+      </c>
+      <c r="L33" t="s">
+        <v>538</v>
+      </c>
+      <c r="M33" t="s">
+        <v>539</v>
+      </c>
+      <c r="N33" t="s">
+        <v>540</v>
+      </c>
+      <c r="O33" t="s">
+        <v>541</v>
+      </c>
+      <c r="P33" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>543</v>
+      </c>
+      <c r="R33" t="s">
+        <v>544</v>
+      </c>
+      <c r="S33" t="s">
+        <v>545</v>
+      </c>
+      <c r="T33" t="s">
+        <v>546</v>
+      </c>
+      <c r="U33" t="s">
+        <v>547</v>
+      </c>
+      <c r="V33" t="s">
+        <v>548</v>
+      </c>
+      <c r="W33" t="s">
+        <v>549</v>
+      </c>
+      <c r="X33" t="s">
+        <v>550</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>551</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>552</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>553</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>554</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>555</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>556</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>557</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>558</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>559</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>560</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>561</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>562</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>563</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>564</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>565</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>566</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>567</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>568</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>569</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
-        <v>1571</v>
+        <v>570</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>1572</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1573</v>
+        <v>571</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1574</v>
+        <v>572</v>
       </c>
       <c r="H34" t="s">
-        <v>1575</v>
+        <v>573</v>
+      </c>
+      <c r="I34" t="s">
+        <v>574</v>
+      </c>
+      <c r="J34" t="s">
+        <v>252</v>
+      </c>
+      <c r="K34" t="s">
+        <v>575</v>
+      </c>
+      <c r="L34" t="s">
+        <v>576</v>
+      </c>
+      <c r="M34" t="s">
+        <v>577</v>
+      </c>
+      <c r="N34" t="s">
+        <v>578</v>
+      </c>
+      <c r="O34" t="s">
+        <v>579</v>
+      </c>
+      <c r="P34" t="s">
+        <v>580</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B35" t="s">
-        <v>1576</v>
+        <v>582</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>1572</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1572</v>
+        <v>583</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1577</v>
+        <v>584</v>
       </c>
       <c r="H35" t="s">
-        <v>1578</v>
+        <v>585</v>
+      </c>
+      <c r="I35" t="s">
+        <v>586</v>
+      </c>
+      <c r="J35" t="s">
+        <v>383</v>
+      </c>
+      <c r="K35" t="s">
+        <v>587</v>
+      </c>
+      <c r="L35" t="s">
+        <v>588</v>
+      </c>
+      <c r="M35" t="s">
+        <v>588</v>
+      </c>
+      <c r="N35" t="s">
+        <v>589</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B36" t="s">
-        <v>1579</v>
+        <v>590</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>1572</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1572</v>
+        <v>591</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1580</v>
+        <v>592</v>
       </c>
       <c r="H36" t="s">
-        <v>1581</v>
+        <v>593</v>
+      </c>
+      <c r="I36" t="s">
+        <v>594</v>
+      </c>
+      <c r="J36" t="s">
+        <v>595</v>
+      </c>
+      <c r="K36" t="s">
+        <v>596</v>
+      </c>
+      <c r="L36" t="s">
+        <v>597</v>
+      </c>
+      <c r="M36" t="s">
+        <v>598</v>
+      </c>
+      <c r="N36" t="s">
+        <v>599</v>
+      </c>
+      <c r="O36" t="s">
+        <v>600</v>
+      </c>
+      <c r="P36" t="s">
+        <v>601</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>602</v>
+      </c>
+      <c r="R36" t="s">
+        <v>603</v>
+      </c>
+      <c r="S36" t="s">
+        <v>604</v>
+      </c>
+      <c r="T36" t="s">
+        <v>605</v>
+      </c>
+      <c r="U36" t="s">
+        <v>606</v>
+      </c>
+      <c r="V36" t="s">
+        <v>607</v>
+      </c>
+      <c r="W36" t="s">
+        <v>608</v>
+      </c>
+      <c r="X36" t="s">
+        <v>609</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>610</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>611</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>612</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>613</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>614</v>
+      </c>
+      <c r="AD36" t="s">
+        <v>615</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1417</v>
+        <v>87</v>
       </c>
       <c r="B37" t="s">
-        <v>1582</v>
+        <v>616</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>1572</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1572</v>
+        <v>617</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1583</v>
+        <v>618</v>
       </c>
       <c r="H37" t="s">
-        <v>1584</v>
+        <v>619</v>
+      </c>
+      <c r="I37" t="s">
+        <v>620</v>
+      </c>
+      <c r="J37" t="s">
+        <v>474</v>
+      </c>
+      <c r="K37" t="s">
+        <v>621</v>
+      </c>
+      <c r="L37" t="s">
+        <v>622</v>
+      </c>
+      <c r="M37" t="s">
+        <v>623</v>
+      </c>
+      <c r="N37" t="s">
+        <v>624</v>
+      </c>
+      <c r="O37" t="s">
+        <v>625</v>
+      </c>
+      <c r="P37" t="s">
+        <v>626</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>627</v>
+      </c>
+      <c r="R37" t="s">
+        <v>628</v>
+      </c>
+      <c r="S37" t="s">
+        <v>629</v>
+      </c>
+      <c r="T37" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" t="s">
+        <v>631</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>632</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>633</v>
+      </c>
+      <c r="H38" t="s">
+        <v>634</v>
+      </c>
+      <c r="I38" t="s">
+        <v>635</v>
+      </c>
+      <c r="J38" t="s">
+        <v>209</v>
+      </c>
+      <c r="K38" t="s">
+        <v>636</v>
+      </c>
+      <c r="L38" t="s">
+        <v>637</v>
+      </c>
+      <c r="M38" t="s">
+        <v>638</v>
+      </c>
+      <c r="N38" t="s">
+        <v>639</v>
+      </c>
+      <c r="O38" t="s">
+        <v>640</v>
+      </c>
+      <c r="P38" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>642</v>
+      </c>
+      <c r="R38" t="s">
+        <v>643</v>
+      </c>
+      <c r="S38" t="s">
+        <v>644</v>
+      </c>
+      <c r="T38" t="s">
+        <v>645</v>
+      </c>
+      <c r="U38" t="s">
+        <v>646</v>
+      </c>
+      <c r="V38" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" t="s">
+        <v>648</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>649</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>650</v>
+      </c>
+      <c r="H39" t="s">
+        <v>651</v>
+      </c>
+      <c r="I39" t="s">
+        <v>652</v>
+      </c>
+      <c r="J39" t="s">
+        <v>653</v>
+      </c>
+      <c r="K39" t="s">
+        <v>654</v>
+      </c>
+      <c r="L39" t="s">
+        <v>655</v>
+      </c>
+      <c r="M39" t="s">
+        <v>656</v>
+      </c>
+      <c r="N39" t="s">
+        <v>657</v>
+      </c>
+      <c r="O39" t="s">
+        <v>658</v>
+      </c>
+      <c r="P39" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>660</v>
+      </c>
+      <c r="R39" t="s">
+        <v>661</v>
+      </c>
+      <c r="S39" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" t="s">
+        <v>663</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>664</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>665</v>
+      </c>
+      <c r="H40" t="s">
+        <v>666</v>
+      </c>
+      <c r="I40" t="s">
+        <v>667</v>
+      </c>
+      <c r="J40" t="s">
+        <v>474</v>
+      </c>
+      <c r="K40" t="s">
+        <v>668</v>
+      </c>
+      <c r="L40" t="s">
+        <v>669</v>
+      </c>
+      <c r="M40" t="s">
+        <v>670</v>
+      </c>
+      <c r="N40" t="s">
+        <v>671</v>
+      </c>
+      <c r="O40" t="s">
+        <v>671</v>
+      </c>
+      <c r="P40" t="s">
+        <v>672</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>673</v>
+      </c>
+      <c r="R40" t="s">
+        <v>674</v>
+      </c>
+      <c r="S40" t="s">
+        <v>675</v>
+      </c>
+      <c r="T40" t="s">
+        <v>676</v>
+      </c>
+      <c r="U40" t="s">
+        <v>677</v>
+      </c>
+      <c r="V40" t="s">
+        <v>678</v>
+      </c>
+      <c r="W40" t="s">
+        <v>679</v>
+      </c>
+      <c r="X40" t="s">
+        <v>680</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>681</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>682</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>683</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>684</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" t="s">
+        <v>686</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>687</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>688</v>
+      </c>
+      <c r="H41" t="s">
+        <v>689</v>
+      </c>
+      <c r="I41" t="s">
+        <v>690</v>
+      </c>
+      <c r="J41" t="s">
+        <v>691</v>
+      </c>
+      <c r="K41" t="s">
+        <v>692</v>
+      </c>
+      <c r="L41" t="s">
+        <v>693</v>
+      </c>
+      <c r="M41" t="s">
+        <v>694</v>
+      </c>
+      <c r="N41" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>696</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>697</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>698</v>
+      </c>
+      <c r="H42" t="s">
+        <v>699</v>
+      </c>
+      <c r="I42" t="s">
+        <v>700</v>
+      </c>
+      <c r="J42" t="s">
+        <v>701</v>
+      </c>
+      <c r="K42" t="s">
+        <v>702</v>
+      </c>
+      <c r="L42" t="s">
+        <v>703</v>
+      </c>
+      <c r="M42" t="s">
+        <v>704</v>
+      </c>
+      <c r="N42" t="s">
+        <v>705</v>
+      </c>
+      <c r="O42" t="s">
+        <v>706</v>
+      </c>
+      <c r="P42" t="s">
+        <v>707</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" t="s">
+        <v>709</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>710</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>711</v>
+      </c>
+      <c r="H43" t="s">
+        <v>712</v>
+      </c>
+      <c r="I43" t="s">
+        <v>713</v>
+      </c>
+      <c r="J43" t="s">
+        <v>714</v>
+      </c>
+      <c r="K43" t="s">
+        <v>715</v>
+      </c>
+      <c r="L43" t="s">
+        <v>716</v>
+      </c>
+      <c r="M43" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" t="s">
+        <v>718</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>719</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>720</v>
+      </c>
+      <c r="H44" t="s">
+        <v>721</v>
+      </c>
+      <c r="I44" t="s">
+        <v>722</v>
+      </c>
+      <c r="J44" t="s">
+        <v>723</v>
+      </c>
+      <c r="K44" t="s">
+        <v>724</v>
+      </c>
+      <c r="L44" t="s">
+        <v>725</v>
+      </c>
+      <c r="M44" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" t="s">
+        <v>727</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>719</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>728</v>
+      </c>
+      <c r="H45" t="s">
+        <v>729</v>
+      </c>
+      <c r="I45" t="s">
+        <v>730</v>
+      </c>
+      <c r="J45" t="s">
+        <v>731</v>
+      </c>
+      <c r="K45" t="s">
+        <v>732</v>
+      </c>
+      <c r="L45" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>87</v>
+      </c>
+      <c r="B46" t="s">
+        <v>734</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>735</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>736</v>
+      </c>
+      <c r="H46" t="s">
+        <v>737</v>
+      </c>
+      <c r="I46" t="s">
+        <v>738</v>
+      </c>
+      <c r="J46" t="s">
+        <v>739</v>
+      </c>
+      <c r="K46" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>87</v>
+      </c>
+      <c r="B47" t="s">
+        <v>741</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>742</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>743</v>
+      </c>
+      <c r="H47" t="s">
+        <v>744</v>
+      </c>
+      <c r="I47" t="s">
+        <v>745</v>
+      </c>
+      <c r="J47" t="s">
+        <v>93</v>
+      </c>
+      <c r="K47" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B48" t="s">
+        <v>747</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>748</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>749</v>
+      </c>
+      <c r="H48" t="s">
+        <v>750</v>
+      </c>
+      <c r="I48" t="s">
+        <v>751</v>
+      </c>
+      <c r="J48" t="s">
+        <v>752</v>
+      </c>
+      <c r="K48" t="s">
+        <v>753</v>
+      </c>
+      <c r="L48" t="s">
+        <v>754</v>
+      </c>
+      <c r="M48" t="s">
+        <v>755</v>
+      </c>
+      <c r="N48" t="s">
+        <v>756</v>
+      </c>
+      <c r="O48" t="s">
+        <v>757</v>
+      </c>
+      <c r="P48" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>87</v>
+      </c>
+      <c r="B49" t="s">
+        <v>760</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>761</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>762</v>
+      </c>
+      <c r="H49" t="s">
+        <v>763</v>
+      </c>
+      <c r="I49" t="s">
+        <v>764</v>
+      </c>
+      <c r="J49" t="s">
+        <v>237</v>
+      </c>
+      <c r="K49" t="s">
+        <v>765</v>
+      </c>
+      <c r="L49" t="s">
+        <v>766</v>
+      </c>
+      <c r="M49" t="s">
+        <v>767</v>
+      </c>
+      <c r="N49" t="s">
+        <v>768</v>
+      </c>
+      <c r="O49" t="s">
+        <v>769</v>
+      </c>
+      <c r="P49" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>771</v>
+      </c>
+      <c r="R49" t="s">
+        <v>772</v>
+      </c>
+      <c r="S49" t="s">
+        <v>773</v>
+      </c>
+      <c r="T49" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>87</v>
+      </c>
+      <c r="B50" t="s">
+        <v>775</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>776</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>777</v>
+      </c>
+      <c r="H50" t="s">
+        <v>778</v>
+      </c>
+      <c r="I50" t="s">
+        <v>779</v>
+      </c>
+      <c r="J50" t="s">
+        <v>595</v>
+      </c>
+      <c r="K50" t="s">
+        <v>780</v>
+      </c>
+      <c r="L50" t="s">
+        <v>781</v>
+      </c>
+      <c r="M50" t="s">
+        <v>782</v>
+      </c>
+      <c r="N50" t="s">
+        <v>783</v>
+      </c>
+      <c r="O50" t="s">
+        <v>784</v>
+      </c>
+      <c r="P50" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>786</v>
+      </c>
+      <c r="R50" t="s">
+        <v>785</v>
+      </c>
+      <c r="S50" t="s">
+        <v>787</v>
+      </c>
+      <c r="T50" t="s">
+        <v>788</v>
+      </c>
+      <c r="U50" t="s">
+        <v>789</v>
+      </c>
+      <c r="V50" t="s">
+        <v>790</v>
+      </c>
+      <c r="W50" t="s">
+        <v>791</v>
+      </c>
+      <c r="X50" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>87</v>
+      </c>
+      <c r="B51" t="s">
+        <v>793</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>794</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>795</v>
+      </c>
+      <c r="H51" t="s">
+        <v>796</v>
+      </c>
+      <c r="I51" t="s">
+        <v>797</v>
+      </c>
+      <c r="J51" t="s">
+        <v>798</v>
+      </c>
+      <c r="K51" t="s">
+        <v>799</v>
+      </c>
+      <c r="L51" t="s">
+        <v>800</v>
+      </c>
+      <c r="M51" t="s">
+        <v>801</v>
+      </c>
+      <c r="N51" t="s">
+        <v>802</v>
+      </c>
+      <c r="O51" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>87</v>
+      </c>
+      <c r="B52" t="s">
+        <v>804</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>805</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>806</v>
+      </c>
+      <c r="H52" t="s">
+        <v>807</v>
+      </c>
+      <c r="I52" t="s">
+        <v>808</v>
+      </c>
+      <c r="J52" t="s">
+        <v>809</v>
+      </c>
+      <c r="K52" t="s">
+        <v>810</v>
+      </c>
+      <c r="L52" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>87</v>
+      </c>
+      <c r="B53" t="s">
+        <v>812</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>813</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>814</v>
+      </c>
+      <c r="H53" t="s">
+        <v>815</v>
+      </c>
+      <c r="I53" t="s">
+        <v>816</v>
+      </c>
+      <c r="J53" t="s">
+        <v>197</v>
+      </c>
+      <c r="K53" t="s">
+        <v>817</v>
+      </c>
+      <c r="L53" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>87</v>
+      </c>
+      <c r="B54" t="s">
+        <v>819</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>820</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>821</v>
+      </c>
+      <c r="H54" t="s">
+        <v>822</v>
+      </c>
+      <c r="I54" t="s">
+        <v>823</v>
+      </c>
+      <c r="J54" t="s">
+        <v>824</v>
+      </c>
+      <c r="K54" t="s">
+        <v>825</v>
+      </c>
+      <c r="L54" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>87</v>
+      </c>
+      <c r="B55" t="s">
+        <v>827</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>828</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>829</v>
+      </c>
+      <c r="H55" t="s">
+        <v>830</v>
+      </c>
+      <c r="I55" t="s">
+        <v>831</v>
+      </c>
+      <c r="J55" t="s">
+        <v>832</v>
+      </c>
+      <c r="K55" t="s">
+        <v>833</v>
+      </c>
+      <c r="L55" t="s">
+        <v>834</v>
+      </c>
+      <c r="M55" t="s">
+        <v>835</v>
+      </c>
+      <c r="N55" t="s">
+        <v>836</v>
+      </c>
+      <c r="O55" t="s">
+        <v>837</v>
+      </c>
+      <c r="P55" t="s">
+        <v>838</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>839</v>
+      </c>
+      <c r="R55" t="s">
+        <v>840</v>
+      </c>
+      <c r="S55" t="s">
+        <v>841</v>
+      </c>
+      <c r="T55" t="s">
+        <v>842</v>
+      </c>
+      <c r="U55" t="s">
+        <v>843</v>
+      </c>
+      <c r="V55" t="s">
+        <v>844</v>
+      </c>
+      <c r="W55" t="s">
+        <v>845</v>
+      </c>
+      <c r="X55" t="s">
+        <v>846</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>847</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>848</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>849</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>87</v>
+      </c>
+      <c r="B56" t="s">
+        <v>851</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>852</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>853</v>
+      </c>
+      <c r="H56" t="s">
+        <v>854</v>
+      </c>
+      <c r="I56" t="s">
+        <v>855</v>
+      </c>
+      <c r="J56" t="s">
+        <v>856</v>
+      </c>
+      <c r="K56" t="s">
+        <v>857</v>
+      </c>
+      <c r="L56" t="s">
+        <v>858</v>
+      </c>
+      <c r="M56" t="s">
+        <v>859</v>
+      </c>
+      <c r="N56" t="s">
+        <v>860</v>
+      </c>
+      <c r="O56" t="s">
+        <v>861</v>
+      </c>
+      <c r="P56" t="s">
+        <v>862</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>863</v>
+      </c>
+      <c r="R56" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>87</v>
+      </c>
+      <c r="B57" t="s">
+        <v>865</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>866</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>867</v>
+      </c>
+      <c r="H57" t="s">
+        <v>868</v>
+      </c>
+      <c r="I57" t="s">
+        <v>869</v>
+      </c>
+      <c r="J57" t="s">
+        <v>870</v>
+      </c>
+      <c r="K57" t="s">
+        <v>871</v>
+      </c>
+      <c r="L57" t="s">
+        <v>872</v>
+      </c>
+      <c r="M57" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>87</v>
+      </c>
+      <c r="B58" t="s">
+        <v>874</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>875</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>876</v>
+      </c>
+      <c r="H58" t="s">
+        <v>877</v>
+      </c>
+      <c r="I58" t="s">
+        <v>878</v>
+      </c>
+      <c r="J58" t="s">
+        <v>879</v>
+      </c>
+      <c r="K58" t="s">
+        <v>880</v>
+      </c>
+      <c r="L58" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>87</v>
+      </c>
+      <c r="B59" t="s">
+        <v>882</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>883</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>884</v>
+      </c>
+      <c r="H59" t="s">
+        <v>885</v>
+      </c>
+      <c r="I59" t="s">
+        <v>652</v>
+      </c>
+      <c r="J59" t="s">
+        <v>264</v>
+      </c>
+      <c r="K59" t="s">
+        <v>886</v>
+      </c>
+      <c r="L59" t="s">
+        <v>887</v>
+      </c>
+      <c r="M59" t="s">
+        <v>888</v>
+      </c>
+      <c r="N59" t="s">
+        <v>889</v>
+      </c>
+      <c r="O59" t="s">
+        <v>890</v>
+      </c>
+      <c r="P59" t="s">
+        <v>891</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>892</v>
+      </c>
+      <c r="R59" t="s">
+        <v>893</v>
+      </c>
+      <c r="S59" t="s">
+        <v>894</v>
+      </c>
+      <c r="T59" t="s">
+        <v>895</v>
+      </c>
+      <c r="U59" t="s">
+        <v>896</v>
+      </c>
+      <c r="V59" t="s">
+        <v>897</v>
+      </c>
+      <c r="W59" t="s">
+        <v>898</v>
+      </c>
+      <c r="X59" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>87</v>
+      </c>
+      <c r="B60" t="s">
+        <v>900</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>901</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>902</v>
+      </c>
+      <c r="H60" t="s">
+        <v>903</v>
+      </c>
+      <c r="I60" t="s">
+        <v>904</v>
+      </c>
+      <c r="J60" t="s">
+        <v>905</v>
+      </c>
+      <c r="K60" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>87</v>
+      </c>
+      <c r="B61" t="s">
+        <v>907</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>908</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>909</v>
+      </c>
+      <c r="H61" t="s">
+        <v>910</v>
+      </c>
+      <c r="I61" t="s">
+        <v>911</v>
+      </c>
+      <c r="J61" t="s">
+        <v>474</v>
+      </c>
+      <c r="K61" t="s">
+        <v>912</v>
+      </c>
+      <c r="L61" t="s">
+        <v>913</v>
+      </c>
+      <c r="M61" t="s">
+        <v>914</v>
+      </c>
+      <c r="N61" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>87</v>
+      </c>
+      <c r="B62" t="s">
+        <v>916</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>917</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>918</v>
+      </c>
+      <c r="H62" t="s">
+        <v>919</v>
+      </c>
+      <c r="I62" t="s">
+        <v>920</v>
+      </c>
+      <c r="J62" t="s">
+        <v>921</v>
+      </c>
+      <c r="K62" t="s">
+        <v>922</v>
+      </c>
+      <c r="L62" t="s">
+        <v>923</v>
+      </c>
+      <c r="M62" t="s">
+        <v>924</v>
+      </c>
+      <c r="N62" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>87</v>
+      </c>
+      <c r="B63" t="s">
+        <v>926</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>927</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>928</v>
+      </c>
+      <c r="H63" t="s">
+        <v>929</v>
+      </c>
+      <c r="I63" t="s">
+        <v>920</v>
+      </c>
+      <c r="J63" t="s">
+        <v>930</v>
+      </c>
+      <c r="K63" t="s">
+        <v>931</v>
+      </c>
+      <c r="L63" t="s">
+        <v>932</v>
+      </c>
+      <c r="M63" t="s">
+        <v>933</v>
+      </c>
+      <c r="N63" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>87</v>
+      </c>
+      <c r="B64" t="s">
+        <v>935</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>936</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>937</v>
+      </c>
+      <c r="H64" t="s">
+        <v>938</v>
+      </c>
+      <c r="I64" t="s">
+        <v>920</v>
+      </c>
+      <c r="J64" t="s">
+        <v>939</v>
+      </c>
+      <c r="K64" t="s">
+        <v>940</v>
+      </c>
+      <c r="L64" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>87</v>
+      </c>
+      <c r="B65" t="s">
+        <v>942</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>943</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>944</v>
+      </c>
+      <c r="H65" t="s">
+        <v>945</v>
+      </c>
+      <c r="I65" t="s">
+        <v>920</v>
+      </c>
+      <c r="J65" t="s">
+        <v>946</v>
+      </c>
+      <c r="K65" t="s">
+        <v>947</v>
+      </c>
+      <c r="L65" t="s">
+        <v>948</v>
+      </c>
+      <c r="M65" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>87</v>
+      </c>
+      <c r="B66" t="s">
+        <v>950</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>951</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>952</v>
+      </c>
+      <c r="H66" t="s">
+        <v>953</v>
+      </c>
+      <c r="I66" t="s">
+        <v>954</v>
+      </c>
+      <c r="J66" t="s">
+        <v>383</v>
+      </c>
+      <c r="K66" t="s">
+        <v>955</v>
+      </c>
+      <c r="L66" t="s">
+        <v>956</v>
+      </c>
+      <c r="M66" t="s">
+        <v>957</v>
+      </c>
+      <c r="N66" t="s">
+        <v>958</v>
+      </c>
+      <c r="O66" t="s">
+        <v>959</v>
+      </c>
+      <c r="P66" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>87</v>
+      </c>
+      <c r="B67" t="s">
+        <v>961</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>962</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>963</v>
+      </c>
+      <c r="H67" t="s">
+        <v>964</v>
+      </c>
+      <c r="I67" t="s">
+        <v>965</v>
+      </c>
+      <c r="J67" t="s">
+        <v>966</v>
+      </c>
+      <c r="K67" t="s">
+        <v>967</v>
+      </c>
+      <c r="L67" t="s">
+        <v>968</v>
+      </c>
+      <c r="M67" t="s">
+        <v>969</v>
+      </c>
+      <c r="N67" t="s">
+        <v>970</v>
+      </c>
+      <c r="O67" t="s">
+        <v>971</v>
+      </c>
+      <c r="P67" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>87</v>
+      </c>
+      <c r="B68" t="s">
+        <v>973</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>974</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>975</v>
+      </c>
+      <c r="H68" t="s">
+        <v>976</v>
+      </c>
+      <c r="I68" t="s">
+        <v>977</v>
+      </c>
+      <c r="J68" t="s">
+        <v>978</v>
+      </c>
+      <c r="K68" t="s">
+        <v>979</v>
+      </c>
+      <c r="L68" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>87</v>
+      </c>
+      <c r="B69" t="s">
+        <v>981</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>982</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>983</v>
+      </c>
+      <c r="H69" t="s">
+        <v>984</v>
+      </c>
+      <c r="I69" t="s">
+        <v>985</v>
+      </c>
+      <c r="J69" t="s">
+        <v>752</v>
+      </c>
+      <c r="K69" t="s">
+        <v>986</v>
+      </c>
+      <c r="L69" t="s">
+        <v>987</v>
+      </c>
+      <c r="M69" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>87</v>
+      </c>
+      <c r="B70" t="s">
+        <v>989</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>990</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>991</v>
+      </c>
+      <c r="H70" t="s">
+        <v>992</v>
+      </c>
+      <c r="I70" t="s">
+        <v>993</v>
+      </c>
+      <c r="J70" t="s">
+        <v>994</v>
+      </c>
+      <c r="K70" t="s">
+        <v>995</v>
+      </c>
+      <c r="L70" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>87</v>
+      </c>
+      <c r="B71" t="s">
+        <v>996</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>997</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>998</v>
+      </c>
+      <c r="H71" t="s">
+        <v>999</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J71" t="s">
+        <v>474</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1001</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1003</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1004</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1006</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1008</v>
+      </c>
+      <c r="S71" t="s">
+        <v>1009</v>
+      </c>
+      <c r="T71" t="s">
+        <v>1010</v>
+      </c>
+      <c r="U71" t="s">
+        <v>1011</v>
+      </c>
+      <c r="V71" t="s">
+        <v>1012</v>
+      </c>
+      <c r="W71" t="s">
+        <v>1013</v>
+      </c>
+      <c r="X71" t="s">
+        <v>1014</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>87</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1021</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1022</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>87</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>87</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J74" t="s">
+        <v>383</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1039</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>87</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1047</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1048</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1051</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>87</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1058</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>87</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J77" t="s">
+        <v>832</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>87</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J78" t="s">
+        <v>595</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1073</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>87</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J79" t="s">
+        <v>930</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1081</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>87</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I80" t="s">
+        <v>389</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1088</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1089</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1090</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1091</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1092</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1093</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>87</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J81" t="s">
+        <v>383</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>87</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1105</v>
+      </c>
+      <c r="J82" t="s">
+        <v>474</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1109</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1110</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>87</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1115</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J83" t="s">
+        <v>474</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1118</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1119</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1122</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>1123</v>
+      </c>
+      <c r="R83" t="s">
+        <v>1124</v>
+      </c>
+      <c r="S83" t="s">
+        <v>1125</v>
+      </c>
+      <c r="T83" t="s">
+        <v>1126</v>
+      </c>
+      <c r="U83" t="s">
+        <v>1127</v>
+      </c>
+      <c r="V83" t="s">
+        <v>1128</v>
+      </c>
+      <c r="W83" t="s">
+        <v>1129</v>
+      </c>
+      <c r="X83" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>87</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1136</v>
+      </c>
+      <c r="J84" t="s">
+        <v>383</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>87</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J85" t="s">
+        <v>474</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1145</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1146</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1147</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J86" t="s">
+        <v>752</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1154</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1155</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1157</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1159</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>1160</v>
+      </c>
+      <c r="R86" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>87</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J87" t="s">
+        <v>405</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1167</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1170</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>87</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J88" t="s">
+        <v>856</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>87</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>87</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>87</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J91" t="s">
+        <v>595</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1203</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>87</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1207</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1208</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1209</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1210</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1211</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>87</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1219</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1220</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1221</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>87</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1229</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1231</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1232</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>87</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1021</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1238</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1240</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>87</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1244</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1021</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>87</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1253</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1254</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1255</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>87</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1265</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1266</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1267</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1268</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>1269</v>
+      </c>
+      <c r="R98" t="s">
+        <v>1270</v>
+      </c>
+      <c r="S98" t="s">
+        <v>1271</v>
+      </c>
+      <c r="T98" t="s">
+        <v>1272</v>
+      </c>
+      <c r="U98" t="s">
+        <v>1273</v>
+      </c>
+      <c r="V98" t="s">
+        <v>1274</v>
+      </c>
+      <c r="W98" t="s">
+        <v>1275</v>
+      </c>
+      <c r="X98" t="s">
+        <v>1276</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>87</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J99" t="s">
+        <v>252</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>87</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1287</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1289</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1290</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1291</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1292</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1293</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>87</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J101" t="s">
+        <v>224</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1299</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1300</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1301</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1302</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1303</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1304</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>87</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>87</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1318</v>
+      </c>
+      <c r="J103" t="s">
+        <v>939</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1319</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1320</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1321</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>87</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J104" t="s">
+        <v>752</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1329</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1330</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>87</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1337</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1338</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1339</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1340</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>87</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1346</v>
+      </c>
+      <c r="J106" t="s">
+        <v>474</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1347</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1348</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1349</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1350</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>87</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J107" t="s">
+        <v>752</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1356</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>87</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J108" t="s">
+        <v>224</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1364</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1366</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1368</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>87</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1374</v>
+      </c>
+      <c r="J109" t="s">
+        <v>346</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>87</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1384</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1386</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1387</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>87</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I111" t="s">
+        <v>652</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1337</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1394</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>87</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J112" t="s">
+        <v>752</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1401</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1402</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1403</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>87</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J113" t="s">
+        <v>224</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1410</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>87</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I114" t="s">
         <v>1417</v>
       </c>
-      <c r="B38" t="s">
+      <c r="J114" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1419</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1421</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>87</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J115" t="s">
+        <v>474</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>87</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1433</v>
+      </c>
+      <c r="J116" t="s">
+        <v>209</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1434</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1435</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1436</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1437</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1438</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1439</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>87</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J117" t="s">
+        <v>832</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>87</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1451</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1452</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1453</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>87</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J119" t="s">
+        <v>798</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1460</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1461</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1462</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1463</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>87</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>87</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>87</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1484</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1485</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1486</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1487</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1488</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>87</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1498</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>87</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1504</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1505</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>87</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1511</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1512</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>87</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1518</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1519</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1521</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>87</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>87</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1535</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>87</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1541</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1542</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>87</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1548</v>
+      </c>
+      <c r="J130" t="s">
+        <v>921</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>87</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1555</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>87</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J132" t="s">
+        <v>832</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>87</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1229</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1567</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1568</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>87</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1575</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>87</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1581</v>
+      </c>
+      <c r="J135" t="s">
+        <v>595</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1582</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1583</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>87</v>
+      </c>
+      <c r="B136" t="s">
         <v>1585</v>
       </c>
-      <c r="C38" t="s">
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
         <v>1586</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
         <v>1587</v>
       </c>
-      <c r="E38" t="s">
+      <c r="H136" t="s">
         <v>1588</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="I136" t="s">
         <v>1589</v>
       </c>
-      <c r="H38" t="s">
+      <c r="J136" t="s">
         <v>1590</v>
       </c>
+      <c r="K136" t="s">
+        <v>1591</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1592</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...1395 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>