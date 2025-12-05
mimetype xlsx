--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8295" uniqueCount="5266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8335" uniqueCount="5293">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,50 +116,89 @@
   <si>
     <t>Hépatite C</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'hépatite C.</t>
   </si>
   <si>
     <t>19/01/2024 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3261788/fr/hepatite-c</t>
   </si>
   <si>
     <t>p_3261788</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>BRAVO</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
+  </si>
+  <si>
+    <t>p_3700068</t>
+  </si>
+  <si>
+    <t>Capsule de test du reflux gastro-œsophagien</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>TELECOMMANDE PATIENT INTERSTIM</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700797/fr/telecommande-patient-interstim</t>
+  </si>
+  <si>
+    <t>p_3700797</t>
+  </si>
+  <si>
+    <t>Télécommande patient pour les systèmes de neuromodulation des racines sacrées INTERSTIM X, INTERSTIM II et INTERSTIM Micro SureScan MRI</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
     <t>VACSTENT GI</t>
   </si>
   <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658373/fr/vacstent-gi</t>
   </si>
   <si>
     <t>p_3658373</t>
   </si>
   <si>
     <t>Endoprothèse œsophagienne et son système de thérapie endoscopique sous vide</t>
   </si>
   <si>
     <t>MICRO-TECH (France)</t>
   </si>
   <si>
     <t>BRAVA SUPPORT PLUS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686581/fr/brava-support-plus</t>
@@ -464,53 +503,50 @@
   <si>
     <t>Système d’appareillage en une pièce vidable pour stomie digestive</t>
   </si>
   <si>
     <t>LABORATOIRES COLOPLAST</t>
   </si>
   <si>
     <t>EMPRINT</t>
   </si>
   <si>
     <t>23/04/2024 00:00:00</t>
   </si>
   <si>
     <t>26/04/2024 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511649/fr/emprint</t>
   </si>
   <si>
     <t>p_3511649</t>
   </si>
   <si>
     <t>Sonde d’ablation de tissus mous par micro- ondes</t>
   </si>
   <si>
-    <t>MEDTRONIC FRANCE S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>ENTERRA II</t>
   </si>
   <si>
     <t>13/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 10:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3495272/fr/enterra-ii</t>
   </si>
   <si>
     <t>p_3495272</t>
   </si>
   <si>
     <t>Neurostimulateur gastrique implantable</t>
   </si>
   <si>
     <t>ENTERRA MEDICAL INC (Etats Unis)</t>
   </si>
   <si>
     <t>NEOSCOPE CPRE</t>
   </si>
   <si>
     <t>30/01/2024 00:00:00</t>
@@ -5234,50 +5270,320 @@
   <si>
     <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
   </si>
   <si>
     <t>24/06/2009 10:59:00</t>
   </si>
   <si>
     <t>10/07/2009 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
   </si>
   <si>
     <t>c_820067</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>IMFINZI (durvalumab)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>pprd_2982846</t>
+  </si>
+  <si>
+    <t>durvalumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418037/fr/imfinzi-durvalumab-carcinome-hepato-cellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448228/fr/imjudo-/-imfinzi-tremelimumab-/-durvalumab-carcinome-hepato-cellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451406/fr/imfinzi-durvalumab-cancer-des-voies-biliaires-cvb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459834/fr/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468175/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>RINVOQ (upadacitinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/fr/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/fr/rinvoq-upadacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/fr/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/fr/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/fr/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>VYLOY (zolbétuximab)</t>
+  </si>
+  <si>
+    <t>28/11/2025 16:50:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576575/fr/vyloy-zolbetuximab</t>
+  </si>
+  <si>
+    <t>p_3576575</t>
+  </si>
+  <si>
+    <t>zolbétuximab</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576557/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594155/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610362/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3763036/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>BRAFTOVI / MEKTOVI (encorafenib / binimetinib)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:09:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076752/fr/braftovi-/-mektovi-encorafenib-/-binimetinib</t>
+  </si>
+  <si>
+    <t>p_3076752</t>
+  </si>
+  <si>
+    <t>encorafenib,binimetinib</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067182/fr/braftovi/mektovi-encorafenib-binimetinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561108/fr/mektovi-binimetinib-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737643/fr/braftovi-/-mektovi-encorafenib-/-binimetinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>TEVIMBRA (tislélizumab)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:12:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544505/fr/tevimbra-tislelizumab</t>
+  </si>
+  <si>
+    <t>p_3544505</t>
+  </si>
+  <si>
+    <t>tislélizumab</t>
+  </si>
+  <si>
+    <t>BEONE MEDICINES FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544491/fr/tevimbra-tislelizumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557273/fr/tevimbra-tislelizumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737864/fr/tevimbra-tislelizumab-cancer-gastrique-et-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>GADOVIST (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>pprd_2983118</t>
+  </si>
+  <si>
+    <t>gadobutrol</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474325/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/fr/gadovist-gadobutrol-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
     <t>OPDIVO (nivolumab)</t>
   </si>
   <si>
     <t>16/10/2025 12:32:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
   </si>
   <si>
     <t>pprd_2982912</t>
   </si>
   <si>
     <t>nivolumab</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
@@ -5930,81 +6236,78 @@
   <si>
     <t>p_3637874</t>
   </si>
   <si>
     <t>seladelpar</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636962/fr/lyvdelzi-seladelpar-cholangite-biliaire-primitive-cbp</t>
   </si>
   <si>
     <t>PRIMOVIST (acide gadoxétique)</t>
   </si>
   <si>
     <t>16/07/2025 16:46:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225192/fr/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>p_3225192</t>
   </si>
   <si>
     <t>acide gadoxétique</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3224949/fr/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635767/fr/primovist-acide-gadoxetique-produit-de-contraste</t>
   </si>
   <si>
     <t>WELIREG (belzutifan)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633425/fr/welireg-belzutifan</t>
   </si>
   <si>
     <t>p_3633425</t>
   </si>
   <si>
     <t>belzutifan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633406/fr/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635779/fr/welireg-belzutifan-maladie-de-von-hippel-lindau-vhl</t>
   </si>
   <si>
     <t>ONIVYDE (irinotécan liposomal pégylé)</t>
   </si>
   <si>
-    <t>30/06/2025 08:50:53</t>
+    <t>30/06/2025 08:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983645/fr/onivyde-irinotecan-liposomal-pegyle</t>
   </si>
   <si>
     <t>pprd_2983645</t>
   </si>
   <si>
     <t>irinotécan liposomal pégylé</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757888/fr/onivyde-irinotecan-liposomal-pegyle-antineoplasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633450/fr/onivyde-pegylated-liposomal-irinotecan-liposomal-pegyle-cancer-du-pancreas-metastatique</t>
   </si>
   <si>
     <t>AYVAKYT (avapritinib)</t>
   </si>
   <si>
     <t>30/06/2025 08:42:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242313/fr/ayvakyt-avapritinib</t>
   </si>
@@ -6074,164 +6377,77 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214273/fr/tecentriq-atezolizumab-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240699/fr/tecentriq-atezolizumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298586/fr/tecentriq-840-1200-mg-atezolizumab-monotherapie-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302587/fr/tecentriq-840-mg-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390617/fr/tecentriq-atezolizumab-cancer-du-poumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3406124/fr/tecentriq-atezolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517160/fr/tecentriq-atezolizumab-oncologie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610371/fr/tecentriq-atezolizumab-cancer-du-poumon</t>
   </si>
   <si>
-    <t>VYLOY (zolbétuximab)</t>
-[...25 lines deleted...]
-  <si>
     <t>ZEPOSIA (ozanimod)</t>
   </si>
   <si>
     <t>12/06/2025 12:00:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226320/fr/zeposia-ozanimod</t>
   </si>
   <si>
     <t>p_3226320</t>
   </si>
   <si>
     <t>ozanimod</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226174/fr/zeposia-ozanimod</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352182/fr/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3410991/fr/zeposia-ozanimod-sclerose-en-plaques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3608837/fr/zeposia-ozanimod-sclerose-en-plaques</t>
   </si>
   <si>
-    <t>IMFINZI (durvalumab)</t>
-[...58 lines deleted...]
-  <si>
     <t>TIXTAR (rifaximine)</t>
   </si>
   <si>
     <t>21/05/2025 16:43:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984305/fr/tixtar-rifaximine</t>
   </si>
   <si>
     <t>pprd_2984305</t>
   </si>
   <si>
     <t>rifaximine</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579407/fr/tixtar-rifaximine-anti-infectieux-intestinal</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280941/fr/tixtar-rifaximine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606155/fr/tixtar-rifaximine-encephalopathie-hepatique</t>
@@ -6773,74 +6989,50 @@
   <si>
     <t>FRUZAQLA (fruquintinib)</t>
   </si>
   <si>
     <t>27/11/2024 15:27:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553078/fr/fruzaqla-fruquintinib</t>
   </si>
   <si>
     <t>p_3553078</t>
   </si>
   <si>
     <t>fruquintinib</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553066/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3561105/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique-ccrm</t>
   </si>
   <si>
-    <t>TEVIMBRA (tislélizumab)</t>
-[...22 lines deleted...]
-  <si>
     <t>INEXIUM (esomeprazole)</t>
   </si>
   <si>
     <t>31/10/2024 16:11:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984030/fr/inexium-esomeprazole</t>
   </si>
   <si>
     <t>pprd_2984030</t>
   </si>
   <si>
     <t>esomeprazole</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399748/fr/inexium-20-mg-et-40-mg-comprimes-gastro-resistants-boites-de-7-14-et-28-comprimes</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400075/fr/inexium-40-mg-poudre-pour-solution-injectable-ou-perfusion-boite-de-1-et-10-flacons</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400264/fr/inexium-20-mg-comprimes-gastro-resistants-boite-de-7-comprimes-code-cip-355-332-0-boite-de-14-comprimes-code-cip-355-333-7-boite-de-28-comprimes-code-cip-355-334-3-boite-de-50-comprimes-code-cip-562-828-1</t>
@@ -6938,53 +7130,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3096551/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295747/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539141/fr/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>HUMIRA (adalimumab)</t>
   </si>
   <si>
     <t>18/09/2024 09:20:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
@@ -7550,98 +7739,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
   </si>
   <si>
-    <t>GADOVIST (gadobutrol)</t>
-[...46 lines deleted...]
-  <si>
     <t>DIFICLIR (fidaxomicine)</t>
   </si>
   <si>
     <t>04/03/2024 09:04:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984973/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>pprd_2984973</t>
   </si>
   <si>
     <t>fidaxomicine</t>
   </si>
   <si>
     <t>TILLOTTS PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1332053/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214276/fr/dificlir-fidaxomicine-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498127/fr/dificlir-fidaxomicine-infection-a-clostridium-difficile</t>
@@ -7754,107 +7895,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337944/fr/xeljanz-tofacitinib-arthrite-juvenile</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337941/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403968/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482864/fr/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482879/fr/xeljanz-tofacitinib-rectocolite-hemorragique-rch</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486199/fr/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486201/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486233/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
   </si>
   <si>
-    <t>RINVOQ (upadacitinib)</t>
-[...55 lines deleted...]
-  <si>
     <t>JYSELECA (filgotinib)</t>
   </si>
   <si>
     <t>08/01/2024 12:11:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242626/fr/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>p_3242626</t>
   </si>
   <si>
     <t>filgotinib</t>
   </si>
   <si>
     <t>GALAPAGOS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242562/fr/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343855/fr/jyseleca-filgotinib-rectocolite-hemorragique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3412613/fr/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
@@ -9231,53 +9315,50 @@
     <t>https://www.has-sante.fr/jcms/c_2829046/fr/mitomycine-accord-mitomycine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159835/fr/mitomycine-medac-mitomycine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3229141/fr/mitomycine-substipharm-mitomycine-c</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118401/fr/mitomycine-substipharm-mitomycine-c</t>
   </si>
   <si>
     <t>BRAFTOVI (encorafenib)</t>
   </si>
   <si>
     <t>23/12/2020 17:40:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225652/fr/braftovi-encorafenib</t>
   </si>
   <si>
     <t>p_3225652</t>
   </si>
   <si>
     <t>encorafenib</t>
-  </si>
-[...1 lines deleted...]
-    <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225446/fr/braftovi-encorafenib</t>
   </si>
   <si>
     <t>AKYNZEO (palonosétron (chlorhydrate de)/ nétupitant)</t>
   </si>
   <si>
     <t>18/12/2020 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983659/fr/akynzeo-palonosetron-chlorhydrate-de-/-netupitant</t>
   </si>
   <si>
     <t>pprd_2983659</t>
   </si>
   <si>
     <t>palonosétron (chlorhydrate de),nétupitant</t>
   </si>
   <si>
     <t>VIFOR FRANCE S.A.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2755488/fr/akynzeo-palonosetron-netupitant-setron-en-association</t>
   </si>
@@ -16019,18406 +16100,18468 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B2" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="C2" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="D2" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="E2" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="H2" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B3" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="C3" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="D3" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="E3" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="H3" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B4" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="C4" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="D4" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="E4" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="H4" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B5" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="C5" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="D5" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="E5" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="H5" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B6" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="C6" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="D6" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E6" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="H6" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B7" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="C7" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="D7" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="E7" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="H7" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B8" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="C8" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="D8" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="E8" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="H8" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B9" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="C9" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="D9" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="E9" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="H9" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B10" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="C10" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="D10" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="E10" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="H10" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B11" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="C11" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="D11" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="E11" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="H11" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B12" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="C12" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="D12" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="E12" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="H12" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B13" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="C13" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
       <c r="D13" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
       <c r="E13" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1436</v>
+        <v>1448</v>
       </c>
       <c r="H13" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B14" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="C14" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="D14" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="E14" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="H14" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B15" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
       <c r="C15" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="D15" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="E15" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="H15" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B16" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="C16" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="D16" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="E16" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="H16" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B17" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="C17" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="D17" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="E17" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="H17" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B18" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="C18" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="D18" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="E18" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="H18" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B19" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="C19" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
       <c r="D19" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="E19" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1472</v>
+        <v>1484</v>
       </c>
       <c r="H19" t="s">
-        <v>1473</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B20" t="s">
-        <v>1474</v>
+        <v>1486</v>
       </c>
       <c r="C20" t="s">
-        <v>1475</v>
+        <v>1487</v>
       </c>
       <c r="D20" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="E20" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
       <c r="H20" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B21" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="C21" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="D21" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="E21" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="H21" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B22" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="C22" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
       <c r="D22" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="E22" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="H22" t="s">
-        <v>1487</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B23" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="C23" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="D23" t="s">
-        <v>1490</v>
+        <v>1502</v>
       </c>
       <c r="E23" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="H23" t="s">
-        <v>1493</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B24" t="s">
-        <v>1494</v>
+        <v>1506</v>
       </c>
       <c r="C24" t="s">
-        <v>1495</v>
+        <v>1507</v>
       </c>
       <c r="D24" t="s">
-        <v>1496</v>
+        <v>1508</v>
       </c>
       <c r="E24" t="s">
-        <v>1497</v>
+        <v>1509</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1498</v>
+        <v>1510</v>
       </c>
       <c r="H24" t="s">
-        <v>1499</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B25" t="s">
-        <v>1500</v>
+        <v>1512</v>
       </c>
       <c r="C25" t="s">
-        <v>1501</v>
+        <v>1513</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1502</v>
+        <v>1514</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1503</v>
+        <v>1515</v>
       </c>
       <c r="H25" t="s">
-        <v>1504</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B26" t="s">
-        <v>1505</v>
+        <v>1517</v>
       </c>
       <c r="C26" t="s">
-        <v>1506</v>
+        <v>1518</v>
       </c>
       <c r="D26" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="E26" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="H26" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B27" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="C27" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="D27" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="E27" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="H27" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B28" t="s">
-        <v>1515</v>
+        <v>1527</v>
       </c>
       <c r="C28" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
       <c r="D28" t="s">
-        <v>1517</v>
+        <v>1529</v>
       </c>
       <c r="E28" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="H28" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B29" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="C29" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
       <c r="D29" t="s">
-        <v>1517</v>
+        <v>1529</v>
       </c>
       <c r="E29" t="s">
-        <v>1523</v>
+        <v>1535</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1524</v>
+        <v>1536</v>
       </c>
       <c r="H29" t="s">
-        <v>1525</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B30" t="s">
-        <v>1526</v>
+        <v>1538</v>
       </c>
       <c r="C30" t="s">
-        <v>1527</v>
+        <v>1539</v>
       </c>
       <c r="D30" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="E30" t="s">
-        <v>1529</v>
+        <v>1541</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1530</v>
+        <v>1542</v>
       </c>
       <c r="H30" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B31" t="s">
-        <v>1532</v>
+        <v>1544</v>
       </c>
       <c r="C31" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="D31" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="E31" t="s">
-        <v>1529</v>
+        <v>1541</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1534</v>
+        <v>1546</v>
       </c>
       <c r="H31" t="s">
-        <v>1535</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B32" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C32" t="s">
-        <v>1537</v>
+        <v>1549</v>
       </c>
       <c r="D32" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="E32" t="s">
-        <v>1529</v>
+        <v>1541</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1538</v>
+        <v>1550</v>
       </c>
       <c r="H32" t="s">
-        <v>1539</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B33" t="s">
-        <v>1540</v>
+        <v>1552</v>
       </c>
       <c r="C33" t="s">
-        <v>1541</v>
+        <v>1553</v>
       </c>
       <c r="D33" t="s">
-        <v>1542</v>
+        <v>1554</v>
       </c>
       <c r="E33" t="s">
-        <v>1543</v>
+        <v>1555</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
       <c r="H33" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B34" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="C34" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
       <c r="D34" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="E34" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1550</v>
+        <v>1562</v>
       </c>
       <c r="H34" t="s">
-        <v>1551</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B35" t="s">
-        <v>1552</v>
+        <v>1564</v>
       </c>
       <c r="C35" t="s">
-        <v>1552</v>
+        <v>1564</v>
       </c>
       <c r="D35" t="s">
-        <v>1553</v>
+        <v>1565</v>
       </c>
       <c r="E35" t="s">
-        <v>1554</v>
+        <v>1566</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1555</v>
+        <v>1567</v>
       </c>
       <c r="H35" t="s">
-        <v>1556</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B36" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="C36" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="D36" t="s">
-        <v>1558</v>
+        <v>1570</v>
       </c>
       <c r="E36" t="s">
-        <v>1559</v>
+        <v>1571</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="H36" t="s">
-        <v>1561</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B37" t="s">
-        <v>1562</v>
+        <v>1574</v>
       </c>
       <c r="C37" t="s">
-        <v>1563</v>
+        <v>1575</v>
       </c>
       <c r="D37" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="E37" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="H37" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B38" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="C38" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="D38" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="E38" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="H38" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B39" t="s">
-        <v>1574</v>
+        <v>1586</v>
       </c>
       <c r="C39" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="D39" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="E39" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
       <c r="H39" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B40" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="C40" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
       <c r="D40" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="E40" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1584</v>
+        <v>1596</v>
       </c>
       <c r="H40" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B41" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="C41" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="D41" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="E41" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="H41" t="s">
-        <v>1590</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B42" t="s">
-        <v>1591</v>
+        <v>1603</v>
       </c>
       <c r="C42" t="s">
-        <v>1592</v>
+        <v>1604</v>
       </c>
       <c r="D42" t="s">
-        <v>1593</v>
+        <v>1605</v>
       </c>
       <c r="E42" t="s">
-        <v>1594</v>
+        <v>1606</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="H42" t="s">
-        <v>1596</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B43" t="s">
-        <v>1597</v>
+        <v>1609</v>
       </c>
       <c r="C43" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="D43" t="s">
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="E43" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="H43" t="s">
-        <v>1602</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B44" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="C44" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="D44" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
       <c r="E44" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="H44" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B45" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
       <c r="C45" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="H45" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="B46" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="C46" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="D46" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="E46" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="H46" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B2" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
       <c r="C2" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="D2" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="E2" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="H2" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B3" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="C3" t="s">
-        <v>1627</v>
+        <v>1639</v>
       </c>
       <c r="D3" t="s">
-        <v>1628</v>
+        <v>1640</v>
       </c>
       <c r="E3" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1629</v>
+        <v>1641</v>
       </c>
       <c r="H3" t="s">
-        <v>1630</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B4" t="s">
-        <v>1631</v>
+        <v>1643</v>
       </c>
       <c r="C4" t="s">
-        <v>1632</v>
+        <v>1644</v>
       </c>
       <c r="D4" t="s">
-        <v>1633</v>
+        <v>1645</v>
       </c>
       <c r="E4" t="s">
-        <v>1634</v>
+        <v>1646</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1635</v>
+        <v>1647</v>
       </c>
       <c r="H4" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B5" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="C5" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="D5" t="s">
-        <v>1639</v>
+        <v>1651</v>
       </c>
       <c r="E5" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="H5" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B6" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="C6" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
       <c r="D6" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="E6" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1646</v>
+        <v>1658</v>
       </c>
       <c r="H6" t="s">
-        <v>1647</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B7" t="s">
-        <v>1648</v>
+        <v>1660</v>
       </c>
       <c r="C7" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
       <c r="D7" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="E7" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1651</v>
+        <v>1663</v>
       </c>
       <c r="H7" t="s">
-        <v>1652</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B8" t="s">
-        <v>1653</v>
+        <v>1665</v>
       </c>
       <c r="C8" t="s">
-        <v>1654</v>
+        <v>1666</v>
       </c>
       <c r="D8" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="E8" t="s">
-        <v>1656</v>
+        <v>1668</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1657</v>
+        <v>1669</v>
       </c>
       <c r="H8" t="s">
-        <v>1658</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B9" t="s">
-        <v>1659</v>
+        <v>1671</v>
       </c>
       <c r="C9" t="s">
-        <v>1660</v>
+        <v>1672</v>
       </c>
       <c r="D9" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="E9" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
       <c r="H9" t="s">
-        <v>1663</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B10" t="s">
-        <v>1664</v>
+        <v>1676</v>
       </c>
       <c r="C10" t="s">
-        <v>1665</v>
+        <v>1677</v>
       </c>
       <c r="D10" t="s">
-        <v>1666</v>
+        <v>1678</v>
       </c>
       <c r="E10" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
       <c r="H10" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B11" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="C11" t="s">
-        <v>1671</v>
+        <v>1683</v>
       </c>
       <c r="D11" t="s">
-        <v>1672</v>
+        <v>1684</v>
       </c>
       <c r="E11" t="s">
-        <v>1673</v>
+        <v>1685</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1674</v>
+        <v>1686</v>
       </c>
       <c r="H11" t="s">
-        <v>1675</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B12" t="s">
-        <v>1676</v>
+        <v>1688</v>
       </c>
       <c r="C12" t="s">
-        <v>1677</v>
+        <v>1689</v>
       </c>
       <c r="D12" t="s">
-        <v>1678</v>
+        <v>1690</v>
       </c>
       <c r="E12" t="s">
-        <v>1679</v>
+        <v>1691</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="H12" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B13" t="s">
-        <v>1682</v>
+        <v>1694</v>
       </c>
       <c r="C13" t="s">
-        <v>1683</v>
+        <v>1695</v>
       </c>
       <c r="D13" t="s">
-        <v>1684</v>
+        <v>1696</v>
       </c>
       <c r="E13" t="s">
-        <v>1685</v>
+        <v>1697</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1686</v>
+        <v>1698</v>
       </c>
       <c r="H13" t="s">
-        <v>1687</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B14" t="s">
-        <v>1688</v>
+        <v>1700</v>
       </c>
       <c r="C14" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="D14" t="s">
-        <v>1690</v>
+        <v>1702</v>
       </c>
       <c r="E14" t="s">
-        <v>1685</v>
+        <v>1697</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="H14" t="s">
-        <v>1692</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B15" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
       <c r="C15" t="s">
-        <v>1694</v>
+        <v>1706</v>
       </c>
       <c r="D15" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="E15" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="H15" t="s">
-        <v>1698</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B16" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
       <c r="C16" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="D16" t="s">
-        <v>1684</v>
+        <v>1696</v>
       </c>
       <c r="E16" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="H16" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B17" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="C17" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="D17" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="E17" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="H17" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B18" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="C18" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="D18" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="E18" t="s">
-        <v>1711</v>
+        <v>1723</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="H18" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B19" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="C19" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="D19" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="E19" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="H19" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="B20" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
       <c r="C20" t="s">
-        <v>1721</v>
+        <v>1733</v>
       </c>
       <c r="D20" t="s">
-        <v>1722</v>
+        <v>1734</v>
       </c>
       <c r="E20" t="s">
-        <v>1723</v>
+        <v>1735</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="H20" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM354"/>
+  <dimension ref="A1:BM355"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="J1" t="s">
         <v>21</v>
       </c>
       <c r="K1" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B2" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1731</v>
+        <v>1743</v>
       </c>
       <c r="H2" t="s">
-        <v>1732</v>
+        <v>1744</v>
       </c>
       <c r="I2" t="s">
-        <v>1733</v>
+        <v>1745</v>
       </c>
       <c r="J2" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="K2" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="L2" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="M2" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="N2" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="O2" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="P2" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="Q2" t="s">
-        <v>1741</v>
+        <v>1753</v>
       </c>
       <c r="R2" t="s">
-        <v>1742</v>
+        <v>1754</v>
       </c>
       <c r="S2" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="T2" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
       <c r="U2" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="V2" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="W2" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="X2" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="Y2" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
       <c r="Z2" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="AA2" t="s">
-        <v>1750</v>
-[...37 lines deleted...]
-      <c r="AN2" t="s">
         <v>1763</v>
-      </c>
-[...43 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1767</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1770</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1771</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1773</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1774</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1775</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1777</v>
+      </c>
+      <c r="S3" t="s">
         <v>1778</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="T3" t="s">
         <v>1779</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="U3" t="s">
         <v>1780</v>
       </c>
-      <c r="H3" t="s">
+      <c r="V3" t="s">
         <v>1781</v>
       </c>
-      <c r="I3" t="s">
+      <c r="W3" t="s">
         <v>1782</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="X3" t="s">
         <v>1783</v>
       </c>
-      <c r="L3" t="s">
+      <c r="Y3" t="s">
         <v>1784</v>
-      </c>
-[...40 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B4" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1788</v>
+      </c>
+      <c r="I4" t="s">
         <v>1789</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J4" t="s">
         <v>1790</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="K4" t="s">
         <v>1791</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
         <v>1792</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
         <v>1793</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N4" t="s">
         <v>1794</v>
-      </c>
-[...19 lines deleted...]
-        <v>1801</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="L5" t="s">
         <v>1802</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="M5" t="s">
         <v>1803</v>
-      </c>
-[...46 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B6" t="s">
-        <v>1819</v>
+        <v>1804</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1820</v>
+        <v>1805</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1821</v>
+        <v>1806</v>
       </c>
       <c r="H6" t="s">
-        <v>1822</v>
+        <v>1807</v>
       </c>
       <c r="I6" t="s">
-        <v>1823</v>
+        <v>1808</v>
       </c>
       <c r="J6" t="s">
-        <v>1824</v>
+        <v>1809</v>
       </c>
       <c r="K6" t="s">
-        <v>1825</v>
+        <v>1810</v>
       </c>
       <c r="L6" t="s">
-        <v>1826</v>
+        <v>1811</v>
       </c>
       <c r="M6" t="s">
-        <v>1827</v>
-[...14 lines deleted...]
-        <v>1831</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B7" t="s">
-        <v>1832</v>
+        <v>1813</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1833</v>
+        <v>1814</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1834</v>
+        <v>1815</v>
       </c>
       <c r="H7" t="s">
-        <v>1835</v>
+        <v>1816</v>
       </c>
       <c r="I7" t="s">
-        <v>1836</v>
+        <v>1817</v>
       </c>
       <c r="J7" t="s">
-        <v>1837</v>
+        <v>1818</v>
       </c>
       <c r="K7" t="s">
-        <v>1838</v>
+        <v>1819</v>
       </c>
       <c r="L7" t="s">
-        <v>1839</v>
+        <v>1820</v>
       </c>
       <c r="M7" t="s">
-        <v>1840</v>
+        <v>1821</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1822</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1823</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1824</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1825</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1826</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1827</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1828</v>
+      </c>
+      <c r="U7" t="s">
+        <v>1829</v>
+      </c>
+      <c r="V7" t="s">
+        <v>1830</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B8" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1836</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1837</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1838</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1839</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1840</v>
+      </c>
+      <c r="O8" t="s">
         <v>1841</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="P8" t="s">
         <v>1842</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="Q8" t="s">
         <v>1843</v>
       </c>
-      <c r="H8" t="s">
+      <c r="R8" t="s">
         <v>1844</v>
       </c>
-      <c r="I8" t="s">
+      <c r="S8" t="s">
         <v>1845</v>
       </c>
-      <c r="J8" t="s">
+      <c r="T8" t="s">
         <v>1846</v>
       </c>
-      <c r="K8" t="s">
+      <c r="U8" t="s">
         <v>1847</v>
       </c>
-      <c r="L8" t="s">
+      <c r="V8" t="s">
         <v>1848</v>
       </c>
-      <c r="M8" t="s">
+      <c r="W8" t="s">
         <v>1849</v>
       </c>
-      <c r="N8" t="s">
+      <c r="X8" t="s">
         <v>1850</v>
       </c>
-      <c r="O8" t="s">
+      <c r="Y8" t="s">
         <v>1851</v>
       </c>
-      <c r="P8" t="s">
+      <c r="Z8" t="s">
         <v>1852</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="AA8" t="s">
+        <v>1852</v>
+      </c>
+      <c r="AB8" t="s">
         <v>1853</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>1857</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>1858</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>1859</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>1860</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>1861</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>1862</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>1863</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>1864</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>1865</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>1866</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>1867</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>1868</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>1870</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>1871</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>1872</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>1873</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>1874</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>1875</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>1876</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>1877</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>1871</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>1878</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>1879</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B9" t="s">
-        <v>1854</v>
+        <v>1880</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1883</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1884</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1836</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1885</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1887</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1888</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1889</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1890</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1849</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1851</v>
+      </c>
+      <c r="S9" t="s">
         <v>1855</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="T9" t="s">
         <v>1856</v>
       </c>
-      <c r="H9" t="s">
-[...26 lines deleted...]
-      <c r="Q9" t="s">
+      <c r="U9" t="s">
         <v>1866</v>
       </c>
-      <c r="R9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V9" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="W9" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="X9" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="Y9" t="s">
-        <v>1874</v>
+        <v>1878</v>
       </c>
       <c r="Z9" t="s">
-        <v>1875</v>
-[...10 lines deleted...]
-      <c r="AD9" t="s">
         <v>1879</v>
-      </c>
-[...103 lines deleted...]
-        <v>1914</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B10" t="s">
-        <v>1915</v>
+        <v>1891</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1916</v>
+        <v>1892</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1917</v>
+        <v>1893</v>
       </c>
       <c r="H10" t="s">
-        <v>1918</v>
+        <v>1894</v>
       </c>
       <c r="I10" t="s">
-        <v>1919</v>
+        <v>1895</v>
       </c>
       <c r="J10" t="s">
-        <v>1920</v>
+        <v>1896</v>
       </c>
       <c r="K10" t="s">
-        <v>1921</v>
+        <v>1897</v>
       </c>
       <c r="L10" t="s">
-        <v>1922</v>
+        <v>1898</v>
       </c>
       <c r="M10" t="s">
-        <v>1923</v>
+        <v>1899</v>
       </c>
       <c r="N10" t="s">
-        <v>1924</v>
+        <v>1900</v>
       </c>
       <c r="O10" t="s">
-        <v>1925</v>
+        <v>1901</v>
       </c>
       <c r="P10" t="s">
-        <v>1926</v>
+        <v>1902</v>
       </c>
       <c r="Q10" t="s">
-        <v>1927</v>
-[...11 lines deleted...]
-        <v>1931</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B11" t="s">
-        <v>1932</v>
+        <v>1904</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1933</v>
+        <v>1905</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1934</v>
+        <v>1906</v>
       </c>
       <c r="H11" t="s">
-        <v>1935</v>
+        <v>1907</v>
       </c>
       <c r="I11" t="s">
-        <v>1936</v>
+        <v>1908</v>
       </c>
       <c r="J11" t="s">
-        <v>1937</v>
+        <v>1909</v>
       </c>
       <c r="K11" t="s">
-        <v>1938</v>
+        <v>1910</v>
       </c>
       <c r="L11" t="s">
-        <v>1939</v>
+        <v>1911</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1912</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1913</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1914</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1915</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1916</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1917</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1918</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1919</v>
+      </c>
+      <c r="U11" t="s">
+        <v>1920</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B12" t="s">
-        <v>1940</v>
+        <v>1921</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1941</v>
+        <v>1922</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1942</v>
+        <v>1923</v>
       </c>
       <c r="H12" t="s">
-        <v>1943</v>
+        <v>1924</v>
       </c>
       <c r="I12" t="s">
-        <v>1944</v>
+        <v>1925</v>
       </c>
       <c r="J12" t="s">
-        <v>1945</v>
+        <v>1926</v>
       </c>
       <c r="K12" t="s">
-        <v>1946</v>
+        <v>1927</v>
       </c>
       <c r="L12" t="s">
-        <v>1947</v>
+        <v>1928</v>
       </c>
       <c r="M12" t="s">
-        <v>1948</v>
+        <v>1929</v>
       </c>
       <c r="N12" t="s">
-        <v>1949</v>
+        <v>1930</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1931</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1931</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1932</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1933</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B13" t="s">
-        <v>1950</v>
+        <v>1934</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1951</v>
+        <v>1935</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1952</v>
+        <v>1936</v>
       </c>
       <c r="H13" t="s">
-        <v>1953</v>
+        <v>1937</v>
       </c>
       <c r="I13" t="s">
-        <v>1954</v>
+        <v>1938</v>
       </c>
       <c r="J13" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="K13" t="s">
-        <v>1955</v>
+        <v>1940</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1941</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1942</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B14" t="s">
-        <v>1956</v>
+        <v>1943</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1957</v>
+        <v>1944</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1958</v>
+        <v>1945</v>
       </c>
       <c r="H14" t="s">
-        <v>1959</v>
+        <v>1946</v>
       </c>
       <c r="I14" t="s">
-        <v>1960</v>
+        <v>1947</v>
       </c>
       <c r="J14" t="s">
-        <v>1961</v>
+        <v>1948</v>
       </c>
       <c r="K14" t="s">
-        <v>1962</v>
+        <v>1949</v>
       </c>
       <c r="L14" t="s">
-        <v>1963</v>
+        <v>1950</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1951</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1952</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1953</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1954</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1955</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B15" t="s">
-        <v>1964</v>
+        <v>1956</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>1957</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1959</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1960</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1961</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1962</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1963</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1964</v>
+      </c>
+      <c r="N15" t="s">
         <v>1965</v>
       </c>
-      <c r="H15" t="s">
+      <c r="O15" t="s">
         <v>1966</v>
       </c>
-      <c r="I15" t="s">
+      <c r="P15" t="s">
         <v>1967</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="Q15" t="s">
         <v>1968</v>
       </c>
-      <c r="L15" t="s">
+      <c r="R15" t="s">
         <v>1969</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1970</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1971</v>
+      </c>
+      <c r="U15" t="s">
+        <v>1972</v>
+      </c>
+      <c r="V15" t="s">
+        <v>1973</v>
+      </c>
+      <c r="W15" t="s">
+        <v>1974</v>
+      </c>
+      <c r="X15" t="s">
+        <v>1975</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>1976</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>1977</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>1978</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>1979</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>1980</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>1981</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>1982</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>1983</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>1984</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>1985</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>1986</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>1987</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>1988</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>1989</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>1990</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>1991</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>1992</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>1993</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>1994</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>1995</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>1996</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>1997</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>1998</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>1999</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>2000</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>2001</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>2002</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>2003</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>2004</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>2005</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>2006</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>2007</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>2008</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>2009</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>2010</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>2011</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>2012</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>2013</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>2014</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>2015</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>2016</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B16" t="s">
-        <v>1970</v>
+        <v>2017</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1971</v>
+        <v>2018</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1972</v>
+        <v>2019</v>
       </c>
       <c r="H16" t="s">
-        <v>1973</v>
+        <v>2020</v>
       </c>
       <c r="I16" t="s">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>1794</v>
+        <v>2022</v>
       </c>
       <c r="K16" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="L16" t="s">
-        <v>1976</v>
+        <v>2024</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2025</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2026</v>
+      </c>
+      <c r="O16" t="s">
+        <v>2027</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2028</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2029</v>
+      </c>
+      <c r="R16" t="s">
+        <v>2030</v>
+      </c>
+      <c r="S16" t="s">
+        <v>2031</v>
+      </c>
+      <c r="T16" t="s">
+        <v>2032</v>
+      </c>
+      <c r="U16" t="s">
+        <v>2033</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B17" t="s">
-        <v>1977</v>
+        <v>2034</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1978</v>
+        <v>2035</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1979</v>
+        <v>2036</v>
       </c>
       <c r="H17" t="s">
-        <v>1980</v>
+        <v>2037</v>
       </c>
       <c r="I17" t="s">
-        <v>1981</v>
+        <v>2038</v>
       </c>
       <c r="J17" t="s">
-        <v>1982</v>
+        <v>2039</v>
       </c>
       <c r="K17" t="s">
-        <v>1983</v>
+        <v>2040</v>
       </c>
       <c r="L17" t="s">
-        <v>1984</v>
-[...11 lines deleted...]
-        <v>1988</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B18" t="s">
-        <v>1989</v>
+        <v>2042</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1990</v>
+        <v>2043</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1991</v>
+        <v>2044</v>
       </c>
       <c r="H18" t="s">
-        <v>1992</v>
+        <v>2045</v>
       </c>
       <c r="I18" t="s">
-        <v>1993</v>
+        <v>2046</v>
       </c>
       <c r="J18" t="s">
-        <v>1994</v>
+        <v>2047</v>
       </c>
       <c r="K18" t="s">
-        <v>1995</v>
+        <v>2048</v>
       </c>
       <c r="L18" t="s">
-        <v>1996</v>
+        <v>2049</v>
       </c>
       <c r="M18" t="s">
-        <v>1997</v>
+        <v>2050</v>
       </c>
       <c r="N18" t="s">
-        <v>1998</v>
-[...29 lines deleted...]
-        <v>2008</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B19" t="s">
-        <v>2009</v>
+        <v>2052</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2010</v>
+        <v>2053</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2011</v>
+        <v>2054</v>
       </c>
       <c r="H19" t="s">
-        <v>2012</v>
+        <v>2055</v>
       </c>
       <c r="I19" t="s">
-        <v>2013</v>
+        <v>2056</v>
       </c>
       <c r="J19" t="s">
-        <v>2014</v>
+        <v>2039</v>
       </c>
       <c r="K19" t="s">
-        <v>2015</v>
-[...5 lines deleted...]
-        <v>2017</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B20" t="s">
-        <v>2018</v>
+        <v>2058</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2019</v>
+        <v>2059</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2020</v>
+        <v>2060</v>
       </c>
       <c r="H20" t="s">
-        <v>2021</v>
+        <v>2061</v>
       </c>
       <c r="I20" t="s">
-        <v>2022</v>
+        <v>2062</v>
       </c>
       <c r="J20" t="s">
-        <v>1734</v>
+        <v>1818</v>
       </c>
       <c r="K20" t="s">
-        <v>2023</v>
+        <v>2063</v>
       </c>
       <c r="L20" t="s">
-        <v>2024</v>
-[...5 lines deleted...]
-        <v>2026</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B21" t="s">
-        <v>2027</v>
+        <v>2065</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2028</v>
+        <v>2059</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2029</v>
+        <v>2066</v>
       </c>
       <c r="H21" t="s">
-        <v>2030</v>
+        <v>2067</v>
       </c>
       <c r="I21" t="s">
-        <v>2031</v>
+        <v>2068</v>
       </c>
       <c r="J21" t="s">
-        <v>2032</v>
+        <v>1961</v>
       </c>
       <c r="K21" t="s">
-        <v>2033</v>
+        <v>2069</v>
       </c>
       <c r="L21" t="s">
-        <v>2034</v>
-[...35 lines deleted...]
-        <v>2046</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B22" t="s">
-        <v>2047</v>
+        <v>2071</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2048</v>
+        <v>2072</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2049</v>
+        <v>2073</v>
       </c>
       <c r="H22" t="s">
-        <v>2050</v>
+        <v>2074</v>
       </c>
       <c r="I22" t="s">
-        <v>2051</v>
+        <v>2075</v>
       </c>
       <c r="J22" t="s">
-        <v>2052</v>
+        <v>1896</v>
       </c>
       <c r="K22" t="s">
-        <v>2053</v>
+        <v>2076</v>
       </c>
       <c r="L22" t="s">
-        <v>2054</v>
-[...2 lines deleted...]
-        <v>2055</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B23" t="s">
-        <v>2056</v>
+        <v>2078</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2057</v>
+        <v>2079</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2058</v>
+        <v>2080</v>
       </c>
       <c r="H23" t="s">
-        <v>2059</v>
+        <v>2081</v>
       </c>
       <c r="I23" t="s">
-        <v>2060</v>
+        <v>2082</v>
       </c>
       <c r="J23" t="s">
-        <v>2061</v>
+        <v>2083</v>
       </c>
       <c r="K23" t="s">
-        <v>2062</v>
+        <v>2084</v>
       </c>
       <c r="L23" t="s">
-        <v>2063</v>
+        <v>2085</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2086</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2087</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2088</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2089</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B24" t="s">
-        <v>2064</v>
+        <v>2090</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2065</v>
+        <v>2091</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2066</v>
+        <v>2092</v>
       </c>
       <c r="H24" t="s">
-        <v>2067</v>
+        <v>2093</v>
       </c>
       <c r="I24" t="s">
-        <v>2068</v>
+        <v>2094</v>
       </c>
       <c r="J24" t="s">
-        <v>2069</v>
+        <v>2095</v>
       </c>
       <c r="K24" t="s">
-        <v>2070</v>
+        <v>2096</v>
       </c>
       <c r="L24" t="s">
-        <v>2071</v>
+        <v>2097</v>
       </c>
       <c r="M24" t="s">
-        <v>2072</v>
+        <v>2098</v>
       </c>
       <c r="N24" t="s">
-        <v>2073</v>
+        <v>2099</v>
       </c>
       <c r="O24" t="s">
-        <v>2074</v>
+        <v>2100</v>
       </c>
       <c r="P24" t="s">
-        <v>2073</v>
+        <v>2101</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2102</v>
+      </c>
+      <c r="R24" t="s">
+        <v>2103</v>
+      </c>
+      <c r="S24" t="s">
+        <v>2104</v>
+      </c>
+      <c r="T24" t="s">
+        <v>2105</v>
+      </c>
+      <c r="U24" t="s">
+        <v>2106</v>
+      </c>
+      <c r="V24" t="s">
+        <v>2107</v>
+      </c>
+      <c r="W24" t="s">
+        <v>2108</v>
+      </c>
+      <c r="X24" t="s">
+        <v>2109</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B25" t="s">
-        <v>2075</v>
+        <v>2110</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2076</v>
+        <v>2111</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2077</v>
+        <v>2112</v>
       </c>
       <c r="H25" t="s">
-        <v>2078</v>
+        <v>2113</v>
       </c>
       <c r="I25" t="s">
-        <v>2079</v>
+        <v>2114</v>
       </c>
       <c r="J25" t="s">
-        <v>2080</v>
+        <v>1836</v>
       </c>
       <c r="K25" t="s">
-        <v>2081</v>
+        <v>2115</v>
       </c>
       <c r="L25" t="s">
-        <v>2082</v>
+        <v>2116</v>
       </c>
       <c r="M25" t="s">
-        <v>2083</v>
+        <v>2117</v>
       </c>
       <c r="N25" t="s">
-        <v>2084</v>
-[...23 lines deleted...]
-        <v>2092</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B26" t="s">
-        <v>2093</v>
+        <v>2119</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2094</v>
+        <v>2120</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2095</v>
+        <v>2121</v>
       </c>
       <c r="H26" t="s">
-        <v>2096</v>
+        <v>2122</v>
       </c>
       <c r="I26" t="s">
-        <v>2097</v>
+        <v>2123</v>
       </c>
       <c r="J26" t="s">
-        <v>2098</v>
+        <v>2124</v>
       </c>
       <c r="K26" t="s">
-        <v>2099</v>
+        <v>2125</v>
       </c>
       <c r="L26" t="s">
-        <v>2100</v>
+        <v>2126</v>
       </c>
       <c r="M26" t="s">
-        <v>2101</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B27" t="s">
-        <v>2102</v>
+        <v>2128</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2103</v>
+        <v>2129</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2104</v>
+        <v>2130</v>
       </c>
       <c r="H27" t="s">
-        <v>2105</v>
+        <v>2131</v>
       </c>
       <c r="I27" t="s">
-        <v>2097</v>
+        <v>2132</v>
       </c>
       <c r="J27" t="s">
-        <v>2106</v>
+        <v>2133</v>
       </c>
       <c r="K27" t="s">
-        <v>2107</v>
+        <v>2134</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2135</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B28" t="s">
-        <v>2108</v>
+        <v>2136</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2109</v>
+        <v>2137</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2110</v>
+        <v>2138</v>
       </c>
       <c r="H28" t="s">
-        <v>2111</v>
+        <v>2139</v>
       </c>
       <c r="I28" t="s">
-        <v>2112</v>
+        <v>2140</v>
       </c>
       <c r="J28" t="s">
-        <v>2113</v>
+        <v>2141</v>
       </c>
       <c r="K28" t="s">
-        <v>2114</v>
+        <v>2142</v>
       </c>
       <c r="L28" t="s">
-        <v>2115</v>
+        <v>2143</v>
       </c>
       <c r="M28" t="s">
-        <v>2116</v>
+        <v>2144</v>
       </c>
       <c r="N28" t="s">
-        <v>2117</v>
+        <v>2145</v>
       </c>
       <c r="O28" t="s">
-        <v>2118</v>
+        <v>2146</v>
       </c>
       <c r="P28" t="s">
-        <v>2119</v>
-[...74 lines deleted...]
-        <v>2144</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B29" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="H29" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="I29" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="J29" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="K29" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="L29" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="M29" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="N29" t="s">
-        <v>2154</v>
+        <v>2156</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2157</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2158</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2159</v>
+      </c>
+      <c r="R29" t="s">
+        <v>2160</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2161</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2162</v>
+      </c>
+      <c r="U29" t="s">
+        <v>2163</v>
+      </c>
+      <c r="V29" t="s">
+        <v>2164</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B30" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2156</v>
+        <v>2166</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2157</v>
+        <v>2167</v>
       </c>
       <c r="H30" t="s">
-        <v>2158</v>
+        <v>2168</v>
       </c>
       <c r="I30" t="s">
-        <v>2159</v>
+        <v>2169</v>
       </c>
       <c r="J30" t="s">
-        <v>2032</v>
+        <v>2170</v>
       </c>
       <c r="K30" t="s">
-        <v>2160</v>
+        <v>2171</v>
       </c>
       <c r="L30" t="s">
-        <v>2161</v>
+        <v>2172</v>
       </c>
       <c r="M30" t="s">
-        <v>2162</v>
-[...31 lines deleted...]
-      <c r="X30" t="s">
         <v>2173</v>
-      </c>
-[...4 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B31" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
         <v>2176</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>2177</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="I31" t="s">
+        <v>2169</v>
+      </c>
+      <c r="J31" t="s">
         <v>2178</v>
       </c>
-      <c r="H31" t="s">
+      <c r="K31" t="s">
         <v>2179</v>
-      </c>
-[...10 lines deleted...]
-        <v>2182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B32" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H32" t="s">
         <v>2183</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="I32" t="s">
         <v>2184</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="J32" t="s">
         <v>2185</v>
       </c>
-      <c r="H32" t="s">
+      <c r="K32" t="s">
         <v>2186</v>
       </c>
-      <c r="I32" t="s">
+      <c r="L32" t="s">
         <v>2187</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="M32" t="s">
         <v>2188</v>
       </c>
-      <c r="L32" t="s">
+      <c r="N32" t="s">
         <v>2189</v>
       </c>
-      <c r="M32" t="s">
+      <c r="O32" t="s">
         <v>2190</v>
       </c>
-      <c r="N32" t="s">
+      <c r="P32" t="s">
         <v>2191</v>
       </c>
-      <c r="O32" t="s">
+      <c r="Q32" t="s">
         <v>2192</v>
       </c>
-      <c r="P32" t="s">
+      <c r="R32" t="s">
         <v>2193</v>
       </c>
-      <c r="Q32" t="s">
+      <c r="S32" t="s">
         <v>2194</v>
       </c>
-      <c r="R32" t="s">
+      <c r="T32" t="s">
         <v>2195</v>
       </c>
-      <c r="S32" t="s">
+      <c r="U32" t="s">
         <v>2196</v>
       </c>
-      <c r="T32" t="s">
+      <c r="V32" t="s">
         <v>2197</v>
       </c>
-      <c r="U32" t="s">
+      <c r="W32" t="s">
         <v>2198</v>
       </c>
-      <c r="V32" t="s">
+      <c r="X32" t="s">
         <v>2199</v>
       </c>
-      <c r="W32" t="s">
+      <c r="Y32" t="s">
         <v>2200</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>2201</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>2202</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>2203</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>2204</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>2205</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>2206</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>2207</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>2208</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>2209</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>2210</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>2211</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>2212</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>2213</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>2214</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>2215</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>2216</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B33" t="s">
-        <v>2201</v>
+        <v>2217</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2202</v>
+        <v>2218</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2203</v>
+        <v>2219</v>
       </c>
       <c r="H33" t="s">
-        <v>2204</v>
+        <v>2220</v>
       </c>
       <c r="I33" t="s">
-        <v>2205</v>
+        <v>2221</v>
       </c>
       <c r="J33" t="s">
-        <v>2206</v>
+        <v>2222</v>
       </c>
       <c r="K33" t="s">
-        <v>2207</v>
+        <v>2223</v>
       </c>
       <c r="L33" t="s">
-        <v>2208</v>
+        <v>2224</v>
       </c>
       <c r="M33" t="s">
-        <v>2209</v>
+        <v>2225</v>
       </c>
       <c r="N33" t="s">
-        <v>2210</v>
-[...46 lines deleted...]
-      <c r="AD33" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B34" t="s">
         <v>2227</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>2228</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>2229</v>
       </c>
       <c r="H34" t="s">
         <v>2230</v>
       </c>
       <c r="I34" t="s">
         <v>2231</v>
       </c>
       <c r="J34" t="s">
+        <v>1746</v>
+      </c>
+      <c r="K34" t="s">
         <v>2232</v>
       </c>
-      <c r="K34" t="s">
+      <c r="L34" t="s">
         <v>2233</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2234</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2235</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2237</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2238</v>
+      </c>
+      <c r="R34" t="s">
+        <v>2239</v>
+      </c>
+      <c r="S34" t="s">
+        <v>2240</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2241</v>
+      </c>
+      <c r="U34" t="s">
+        <v>2242</v>
+      </c>
+      <c r="V34" t="s">
+        <v>2243</v>
+      </c>
+      <c r="W34" t="s">
+        <v>2244</v>
+      </c>
+      <c r="X34" t="s">
+        <v>2245</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>2246</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>2247</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B35" t="s">
-        <v>2234</v>
+        <v>2248</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2235</v>
+        <v>2249</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2236</v>
+        <v>2250</v>
       </c>
       <c r="H35" t="s">
-        <v>2237</v>
+        <v>2251</v>
       </c>
       <c r="I35" t="s">
-        <v>2238</v>
+        <v>2252</v>
       </c>
       <c r="J35" t="s">
-        <v>2239</v>
+        <v>2170</v>
       </c>
       <c r="K35" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
       <c r="L35" t="s">
-        <v>2241</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B36" t="s">
-        <v>2242</v>
+        <v>2255</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2243</v>
+        <v>2256</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2244</v>
+        <v>2257</v>
       </c>
       <c r="H36" t="s">
-        <v>2245</v>
+        <v>2258</v>
       </c>
       <c r="I36" t="s">
-        <v>2246</v>
+        <v>2259</v>
       </c>
       <c r="J36" t="s">
-        <v>2247</v>
+        <v>1909</v>
       </c>
       <c r="K36" t="s">
-        <v>2248</v>
+        <v>2260</v>
       </c>
       <c r="L36" t="s">
-        <v>2249</v>
+        <v>2261</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2262</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2263</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2264</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2265</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2266</v>
+      </c>
+      <c r="R36" t="s">
+        <v>2267</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2268</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2269</v>
+      </c>
+      <c r="U36" t="s">
+        <v>2270</v>
+      </c>
+      <c r="V36" t="s">
+        <v>2271</v>
+      </c>
+      <c r="W36" t="s">
+        <v>2272</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B37" t="s">
-        <v>2250</v>
+        <v>2273</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2251</v>
+        <v>2274</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2252</v>
+        <v>2275</v>
       </c>
       <c r="H37" t="s">
-        <v>2253</v>
+        <v>2276</v>
       </c>
       <c r="I37" t="s">
-        <v>2254</v>
+        <v>2277</v>
       </c>
       <c r="J37" t="s">
-        <v>2255</v>
+        <v>2278</v>
       </c>
       <c r="K37" t="s">
-        <v>2256</v>
+        <v>2279</v>
       </c>
       <c r="L37" t="s">
-        <v>2257</v>
+        <v>2280</v>
       </c>
       <c r="M37" t="s">
-        <v>2258</v>
+        <v>2281</v>
       </c>
       <c r="N37" t="s">
-        <v>2259</v>
+        <v>2282</v>
       </c>
       <c r="O37" t="s">
-        <v>2260</v>
+        <v>2283</v>
       </c>
       <c r="P37" t="s">
-        <v>2261</v>
+        <v>2284</v>
       </c>
       <c r="Q37" t="s">
-        <v>2262</v>
+        <v>2285</v>
       </c>
       <c r="R37" t="s">
-        <v>2263</v>
+        <v>2286</v>
       </c>
       <c r="S37" t="s">
-        <v>2264</v>
+        <v>2287</v>
       </c>
       <c r="T37" t="s">
-        <v>2265</v>
+        <v>2288</v>
       </c>
       <c r="U37" t="s">
-        <v>2266</v>
+        <v>2289</v>
       </c>
       <c r="V37" t="s">
-        <v>2267</v>
+        <v>2290</v>
+      </c>
+      <c r="W37" t="s">
+        <v>2291</v>
+      </c>
+      <c r="X37" t="s">
+        <v>2292</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>2293</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>2294</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>2295</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>2296</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>2297</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>2298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B38" t="s">
-        <v>2268</v>
+        <v>2299</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2269</v>
+        <v>2300</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2270</v>
+        <v>2301</v>
       </c>
       <c r="H38" t="s">
-        <v>2271</v>
+        <v>2302</v>
       </c>
       <c r="I38" t="s">
-        <v>2272</v>
+        <v>2303</v>
       </c>
       <c r="J38" t="s">
-        <v>2273</v>
+        <v>2304</v>
       </c>
       <c r="K38" t="s">
-        <v>2274</v>
-[...8 lines deleted...]
-        <v>2276</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B39" t="s">
-        <v>2277</v>
+        <v>2306</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2278</v>
+        <v>2307</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2279</v>
+        <v>2308</v>
       </c>
       <c r="H39" t="s">
-        <v>2280</v>
+        <v>2309</v>
       </c>
       <c r="I39" t="s">
-        <v>2281</v>
+        <v>2310</v>
       </c>
       <c r="J39" t="s">
-        <v>1859</v>
+        <v>2311</v>
       </c>
       <c r="K39" t="s">
-        <v>2282</v>
+        <v>2312</v>
       </c>
       <c r="L39" t="s">
-        <v>2283</v>
-[...23 lines deleted...]
-        <v>2291</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B40" t="s">
-        <v>2292</v>
+        <v>2314</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2293</v>
+        <v>2315</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2294</v>
+        <v>2316</v>
       </c>
       <c r="H40" t="s">
-        <v>2295</v>
+        <v>2317</v>
       </c>
       <c r="I40" t="s">
-        <v>2296</v>
+        <v>2318</v>
       </c>
       <c r="J40" t="s">
-        <v>2297</v>
+        <v>2319</v>
       </c>
       <c r="K40" t="s">
-        <v>2298</v>
+        <v>2320</v>
       </c>
       <c r="L40" t="s">
-        <v>2299</v>
+        <v>2321</v>
       </c>
       <c r="M40" t="s">
-        <v>2300</v>
+        <v>2322</v>
       </c>
       <c r="N40" t="s">
-        <v>2301</v>
+        <v>2323</v>
       </c>
       <c r="O40" t="s">
-        <v>2302</v>
+        <v>2324</v>
       </c>
       <c r="P40" t="s">
-        <v>2303</v>
+        <v>2325</v>
       </c>
       <c r="Q40" t="s">
-        <v>2304</v>
+        <v>2326</v>
       </c>
       <c r="R40" t="s">
-        <v>2305</v>
+        <v>2327</v>
       </c>
       <c r="S40" t="s">
-        <v>2306</v>
+        <v>2328</v>
       </c>
       <c r="T40" t="s">
-        <v>2307</v>
+        <v>2329</v>
       </c>
       <c r="U40" t="s">
-        <v>2308</v>
+        <v>2330</v>
       </c>
       <c r="V40" t="s">
-        <v>2309</v>
-[...62 lines deleted...]
-        <v>2330</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B41" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="H41" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="I41" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="J41" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="K41" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="L41" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="M41" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="N41" t="s">
         <v>2340</v>
       </c>
-      <c r="O41" t="s">
-[...46 lines deleted...]
-      </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B42" t="s">
-        <v>2357</v>
+        <v>2341</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2358</v>
+        <v>2342</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2359</v>
+        <v>2343</v>
       </c>
       <c r="H42" t="s">
-        <v>2360</v>
+        <v>2344</v>
       </c>
       <c r="I42" t="s">
-        <v>2361</v>
+        <v>2345</v>
       </c>
       <c r="J42" t="s">
-        <v>1824</v>
+        <v>1961</v>
       </c>
       <c r="K42" t="s">
-        <v>2362</v>
+        <v>2346</v>
       </c>
       <c r="L42" t="s">
-        <v>2363</v>
+        <v>2347</v>
       </c>
       <c r="M42" t="s">
-        <v>2364</v>
+        <v>2348</v>
       </c>
       <c r="N42" t="s">
-        <v>2365</v>
+        <v>2349</v>
       </c>
       <c r="O42" t="s">
-        <v>2366</v>
+        <v>2350</v>
       </c>
       <c r="P42" t="s">
-        <v>2367</v>
+        <v>2351</v>
       </c>
       <c r="Q42" t="s">
-        <v>2368</v>
+        <v>2352</v>
       </c>
       <c r="R42" t="s">
-        <v>2369</v>
+        <v>2353</v>
       </c>
       <c r="S42" t="s">
-        <v>2370</v>
+        <v>2354</v>
       </c>
       <c r="T42" t="s">
-        <v>2371</v>
-[...5 lines deleted...]
-        <v>2373</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B43" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1769</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2361</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2362</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2363</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2364</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2365</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2366</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2367</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2368</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2369</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2370</v>
+      </c>
+      <c r="U43" t="s">
+        <v>2371</v>
+      </c>
+      <c r="V43" t="s">
+        <v>2372</v>
+      </c>
+      <c r="W43" t="s">
+        <v>2373</v>
+      </c>
+      <c r="X43" t="s">
         <v>2374</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="Y43" t="s">
         <v>2375</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="Z43" t="s">
         <v>2376</v>
       </c>
-      <c r="H43" t="s">
+      <c r="AA43" t="s">
         <v>2377</v>
       </c>
-      <c r="I43" t="s">
+      <c r="AB43" t="s">
         <v>2378</v>
       </c>
-      <c r="J43" t="s">
-[...2 lines deleted...]
-      <c r="K43" t="s">
+      <c r="AC43" t="s">
         <v>2379</v>
       </c>
-      <c r="L43" t="s">
+      <c r="AD43" t="s">
         <v>2380</v>
       </c>
-      <c r="M43" t="s">
+      <c r="AE43" t="s">
         <v>2381</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>2382</v>
+      </c>
+      <c r="AG43" t="s">
+        <v>2383</v>
+      </c>
+      <c r="AH43" t="s">
+        <v>2384</v>
+      </c>
+      <c r="AI43" t="s">
+        <v>2385</v>
+      </c>
+      <c r="AJ43" t="s">
+        <v>2386</v>
+      </c>
+      <c r="AK43" t="s">
+        <v>2387</v>
+      </c>
+      <c r="AL43" t="s">
+        <v>2388</v>
+      </c>
+      <c r="AM43" t="s">
+        <v>2389</v>
+      </c>
+      <c r="AN43" t="s">
+        <v>2390</v>
+      </c>
+      <c r="AO43" t="s">
+        <v>2391</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>2392</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>2393</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B44" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="H44" t="s">
-        <v>2385</v>
+        <v>2397</v>
       </c>
       <c r="I44" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
       <c r="J44" t="s">
-        <v>2387</v>
+        <v>2399</v>
       </c>
       <c r="K44" t="s">
-        <v>2388</v>
+        <v>2400</v>
       </c>
       <c r="L44" t="s">
-        <v>2389</v>
+        <v>2401</v>
       </c>
       <c r="M44" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
       <c r="N44" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="O44" t="s">
-        <v>2392</v>
+        <v>2404</v>
       </c>
       <c r="P44" t="s">
-        <v>2393</v>
+        <v>2405</v>
       </c>
       <c r="Q44" t="s">
-        <v>2394</v>
+        <v>2406</v>
       </c>
       <c r="R44" t="s">
-        <v>2395</v>
+        <v>2407</v>
       </c>
       <c r="S44" t="s">
-        <v>2396</v>
+        <v>2408</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2409</v>
+      </c>
+      <c r="U44" t="s">
+        <v>2410</v>
+      </c>
+      <c r="V44" t="s">
+        <v>2411</v>
+      </c>
+      <c r="W44" t="s">
+        <v>2412</v>
+      </c>
+      <c r="X44" t="s">
+        <v>2413</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>2414</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>2415</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>2416</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>2417</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>2418</v>
+      </c>
+      <c r="AD44" t="s">
+        <v>2419</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B45" t="s">
-        <v>2397</v>
+        <v>2420</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2398</v>
+        <v>2421</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2399</v>
+        <v>2422</v>
       </c>
       <c r="H45" t="s">
-        <v>2400</v>
+        <v>2423</v>
       </c>
       <c r="I45" t="s">
-        <v>2401</v>
+        <v>2424</v>
       </c>
       <c r="J45" t="s">
-        <v>2297</v>
+        <v>1926</v>
       </c>
       <c r="K45" t="s">
-        <v>2402</v>
+        <v>2425</v>
       </c>
       <c r="L45" t="s">
-        <v>2403</v>
+        <v>2426</v>
       </c>
       <c r="M45" t="s">
-        <v>2404</v>
+        <v>2427</v>
       </c>
       <c r="N45" t="s">
-        <v>2405</v>
+        <v>2428</v>
       </c>
       <c r="O45" t="s">
-        <v>2406</v>
+        <v>2429</v>
       </c>
       <c r="P45" t="s">
-        <v>2407</v>
+        <v>2430</v>
       </c>
       <c r="Q45" t="s">
-        <v>2408</v>
+        <v>2431</v>
       </c>
       <c r="R45" t="s">
-        <v>2409</v>
+        <v>2432</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2433</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2434</v>
+      </c>
+      <c r="U45" t="s">
+        <v>2435</v>
+      </c>
+      <c r="V45" t="s">
+        <v>2436</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B46" t="s">
-        <v>2410</v>
+        <v>2437</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2411</v>
+        <v>2438</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2412</v>
+        <v>2439</v>
       </c>
       <c r="H46" t="s">
-        <v>2413</v>
+        <v>2440</v>
       </c>
       <c r="I46" t="s">
-        <v>2414</v>
+        <v>2441</v>
       </c>
       <c r="J46" t="s">
-        <v>2415</v>
+        <v>1896</v>
       </c>
       <c r="K46" t="s">
-        <v>2416</v>
+        <v>2442</v>
       </c>
       <c r="L46" t="s">
-        <v>2417</v>
+        <v>2443</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2444</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B47" t="s">
-        <v>2418</v>
+        <v>2445</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2419</v>
+        <v>2446</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2420</v>
+        <v>2447</v>
       </c>
       <c r="H47" t="s">
-        <v>2421</v>
+        <v>2448</v>
       </c>
       <c r="I47" t="s">
-        <v>2422</v>
+        <v>2449</v>
       </c>
       <c r="J47" t="s">
-        <v>2423</v>
+        <v>2450</v>
       </c>
       <c r="K47" t="s">
-        <v>2424</v>
+        <v>2451</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2452</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2453</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2454</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2455</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2456</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>2457</v>
+      </c>
+      <c r="R47" t="s">
+        <v>2458</v>
+      </c>
+      <c r="S47" t="s">
+        <v>2459</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B48" t="s">
-        <v>2425</v>
+        <v>2460</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2426</v>
+        <v>2461</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2427</v>
+        <v>2462</v>
       </c>
       <c r="H48" t="s">
-        <v>2428</v>
+        <v>2463</v>
       </c>
       <c r="I48" t="s">
-        <v>2429</v>
+        <v>2464</v>
       </c>
       <c r="J48" t="s">
-        <v>2423</v>
+        <v>1769</v>
       </c>
       <c r="K48" t="s">
-        <v>2430</v>
+        <v>2465</v>
       </c>
       <c r="L48" t="s">
-        <v>2431</v>
+        <v>2466</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2467</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2468</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2469</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2470</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R48" t="s">
+        <v>2472</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B49" t="s">
-        <v>2432</v>
+        <v>2473</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2433</v>
+        <v>2474</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2434</v>
+        <v>2475</v>
       </c>
       <c r="H49" t="s">
-        <v>2435</v>
+        <v>2476</v>
       </c>
       <c r="I49" t="s">
-        <v>2436</v>
+        <v>2477</v>
       </c>
       <c r="J49" t="s">
-        <v>2032</v>
+        <v>2478</v>
       </c>
       <c r="K49" t="s">
-        <v>2437</v>
+        <v>2479</v>
       </c>
       <c r="L49" t="s">
-        <v>2038</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B50" t="s">
-        <v>2438</v>
+        <v>2481</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2439</v>
+        <v>2482</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2440</v>
+        <v>2483</v>
       </c>
       <c r="H50" t="s">
-        <v>2441</v>
+        <v>2484</v>
       </c>
       <c r="I50" t="s">
-        <v>2442</v>
+        <v>2485</v>
       </c>
       <c r="J50" t="s">
-        <v>2443</v>
+        <v>2486</v>
       </c>
       <c r="K50" t="s">
-        <v>2444</v>
-[...5 lines deleted...]
-        <v>2446</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B51" t="s">
-        <v>2447</v>
+        <v>2488</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2448</v>
+        <v>2489</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2449</v>
+        <v>2490</v>
       </c>
       <c r="H51" t="s">
-        <v>2450</v>
+        <v>2491</v>
       </c>
       <c r="I51" t="s">
-        <v>2451</v>
+        <v>2492</v>
       </c>
       <c r="J51" t="s">
-        <v>2452</v>
+        <v>2486</v>
       </c>
       <c r="K51" t="s">
-        <v>2453</v>
+        <v>2493</v>
       </c>
       <c r="L51" t="s">
-        <v>2454</v>
-[...23 lines deleted...]
-        <v>2462</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B52" t="s">
-        <v>2463</v>
+        <v>2495</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2464</v>
+        <v>2496</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2465</v>
+        <v>2497</v>
       </c>
       <c r="H52" t="s">
-        <v>2466</v>
+        <v>2498</v>
       </c>
       <c r="I52" t="s">
-        <v>2467</v>
+        <v>2499</v>
       </c>
       <c r="J52" t="s">
-        <v>2239</v>
+        <v>1746</v>
       </c>
       <c r="K52" t="s">
-        <v>2468</v>
+        <v>2500</v>
       </c>
       <c r="L52" t="s">
-        <v>2469</v>
-[...17 lines deleted...]
-        <v>2475</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B53" t="s">
-        <v>2476</v>
+        <v>2501</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2477</v>
+        <v>2502</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2478</v>
+        <v>2503</v>
       </c>
       <c r="H53" t="s">
-        <v>2479</v>
+        <v>2504</v>
       </c>
       <c r="I53" t="s">
-        <v>2480</v>
+        <v>2505</v>
       </c>
       <c r="J53" t="s">
-        <v>2481</v>
+        <v>2506</v>
       </c>
       <c r="K53" t="s">
-        <v>2482</v>
+        <v>2507</v>
+      </c>
+      <c r="L53" t="s">
+        <v>2508</v>
+      </c>
+      <c r="M53" t="s">
+        <v>2509</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B54" t="s">
-        <v>2483</v>
+        <v>2510</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2484</v>
+        <v>2511</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2485</v>
+        <v>2512</v>
       </c>
       <c r="H54" t="s">
-        <v>2486</v>
+        <v>2513</v>
       </c>
       <c r="I54" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="J54" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="K54" t="s">
-        <v>2489</v>
+        <v>2516</v>
       </c>
       <c r="L54" t="s">
-        <v>2490</v>
+        <v>2517</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2518</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2519</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2520</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2521</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2522</v>
+      </c>
+      <c r="R54" t="s">
+        <v>2523</v>
+      </c>
+      <c r="S54" t="s">
+        <v>2524</v>
+      </c>
+      <c r="T54" t="s">
+        <v>2525</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B55" t="s">
-        <v>2491</v>
+        <v>2526</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2492</v>
+        <v>2527</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2493</v>
+        <v>2528</v>
       </c>
       <c r="H55" t="s">
-        <v>2494</v>
+        <v>2529</v>
       </c>
       <c r="I55" t="s">
-        <v>2495</v>
+        <v>2530</v>
       </c>
       <c r="J55" t="s">
-        <v>1807</v>
+        <v>2311</v>
       </c>
       <c r="K55" t="s">
-        <v>2496</v>
+        <v>2531</v>
       </c>
       <c r="L55" t="s">
-        <v>2497</v>
+        <v>2532</v>
       </c>
       <c r="M55" t="s">
-        <v>2498</v>
+        <v>2533</v>
       </c>
       <c r="N55" t="s">
-        <v>2499</v>
+        <v>2534</v>
       </c>
       <c r="O55" t="s">
-        <v>2500</v>
+        <v>2535</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2536</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>2537</v>
+      </c>
+      <c r="R55" t="s">
+        <v>2538</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B56" t="s">
-        <v>2501</v>
+        <v>2539</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2502</v>
+        <v>2540</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2503</v>
+        <v>2541</v>
       </c>
       <c r="H56" t="s">
-        <v>2504</v>
+        <v>2542</v>
       </c>
       <c r="I56" t="s">
-        <v>2505</v>
+        <v>2543</v>
       </c>
       <c r="J56" t="s">
-        <v>1961</v>
+        <v>2544</v>
       </c>
       <c r="K56" t="s">
-        <v>2506</v>
-[...29 lines deleted...]
-        <v>2516</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B57" t="s">
-        <v>2517</v>
+        <v>2546</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2518</v>
+        <v>2547</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2519</v>
+        <v>2548</v>
       </c>
       <c r="H57" t="s">
-        <v>2520</v>
+        <v>2549</v>
       </c>
       <c r="I57" t="s">
-        <v>2521</v>
+        <v>2550</v>
       </c>
       <c r="J57" t="s">
-        <v>2522</v>
+        <v>2551</v>
       </c>
       <c r="K57" t="s">
-        <v>2523</v>
+        <v>2552</v>
       </c>
       <c r="L57" t="s">
-        <v>2524</v>
-[...2 lines deleted...]
-        <v>2525</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B58" t="s">
-        <v>2526</v>
+        <v>2554</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2527</v>
+        <v>2555</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2528</v>
+        <v>2556</v>
       </c>
       <c r="H58" t="s">
-        <v>2529</v>
+        <v>2557</v>
       </c>
       <c r="I58" t="s">
-        <v>2530</v>
+        <v>2558</v>
       </c>
       <c r="J58" t="s">
-        <v>2531</v>
+        <v>1909</v>
       </c>
       <c r="K58" t="s">
-        <v>2532</v>
+        <v>2559</v>
       </c>
       <c r="L58" t="s">
-        <v>2533</v>
+        <v>2560</v>
       </c>
       <c r="M58" t="s">
-        <v>2534</v>
+        <v>2561</v>
       </c>
       <c r="N58" t="s">
-        <v>2535</v>
+        <v>2562</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2563</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B59" t="s">
-        <v>2536</v>
+        <v>2564</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2537</v>
+        <v>2565</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2538</v>
+        <v>2566</v>
       </c>
       <c r="H59" t="s">
-        <v>2539</v>
+        <v>2567</v>
       </c>
       <c r="I59" t="s">
-        <v>2540</v>
+        <v>2568</v>
       </c>
       <c r="J59" t="s">
-        <v>2541</v>
+        <v>2569</v>
       </c>
       <c r="K59" t="s">
-        <v>2542</v>
+        <v>2570</v>
+      </c>
+      <c r="L59" t="s">
+        <v>2571</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2572</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B60" t="s">
-        <v>2543</v>
+        <v>2573</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2545</v>
+        <v>2575</v>
       </c>
       <c r="H60" t="s">
-        <v>2546</v>
+        <v>2576</v>
       </c>
       <c r="I60" t="s">
-        <v>2547</v>
+        <v>2577</v>
       </c>
       <c r="J60" t="s">
-        <v>1859</v>
+        <v>2578</v>
       </c>
       <c r="K60" t="s">
-        <v>2548</v>
+        <v>2579</v>
       </c>
       <c r="L60" t="s">
-        <v>2549</v>
+        <v>2580</v>
       </c>
       <c r="M60" t="s">
-        <v>2550</v>
+        <v>2581</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2582</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B61" t="s">
-        <v>2551</v>
+        <v>2583</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2552</v>
+        <v>2584</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2553</v>
+        <v>2585</v>
       </c>
       <c r="H61" t="s">
-        <v>2554</v>
+        <v>2586</v>
       </c>
       <c r="I61" t="s">
-        <v>2555</v>
+        <v>2587</v>
       </c>
       <c r="J61" t="s">
-        <v>2336</v>
+        <v>2588</v>
       </c>
       <c r="K61" t="s">
-        <v>2556</v>
-[...38 lines deleted...]
-        <v>2568</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B62" t="s">
-        <v>2569</v>
+        <v>2590</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2570</v>
+        <v>2591</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2571</v>
+        <v>2592</v>
       </c>
       <c r="H62" t="s">
-        <v>2572</v>
+        <v>2593</v>
       </c>
       <c r="I62" t="s">
-        <v>2573</v>
+        <v>2594</v>
       </c>
       <c r="J62" t="s">
-        <v>2297</v>
+        <v>1961</v>
       </c>
       <c r="K62" t="s">
-        <v>2574</v>
+        <v>2595</v>
       </c>
       <c r="L62" t="s">
-        <v>2575</v>
+        <v>2596</v>
       </c>
       <c r="M62" t="s">
-        <v>2576</v>
-[...32 lines deleted...]
-        <v>2587</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B63" t="s">
-        <v>2588</v>
+        <v>2598</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2590</v>
+        <v>2600</v>
       </c>
       <c r="H63" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
       <c r="I63" t="s">
-        <v>2592</v>
+        <v>2602</v>
       </c>
       <c r="J63" t="s">
-        <v>2593</v>
+        <v>2399</v>
       </c>
       <c r="K63" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="L63" t="s">
-        <v>2595</v>
+        <v>2604</v>
       </c>
       <c r="M63" t="s">
-        <v>2596</v>
+        <v>2605</v>
       </c>
       <c r="N63" t="s">
-        <v>2597</v>
+        <v>2606</v>
       </c>
       <c r="O63" t="s">
-        <v>2598</v>
+        <v>2607</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2608</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2609</v>
+      </c>
+      <c r="R63" t="s">
+        <v>2608</v>
+      </c>
+      <c r="S63" t="s">
+        <v>2610</v>
+      </c>
+      <c r="T63" t="s">
+        <v>2611</v>
+      </c>
+      <c r="U63" t="s">
+        <v>2612</v>
+      </c>
+      <c r="V63" t="s">
+        <v>2613</v>
+      </c>
+      <c r="W63" t="s">
+        <v>2614</v>
+      </c>
+      <c r="X63" t="s">
+        <v>2615</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B64" t="s">
-        <v>2599</v>
+        <v>2616</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2600</v>
+        <v>2617</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2601</v>
+        <v>2618</v>
       </c>
       <c r="H64" t="s">
-        <v>2602</v>
+        <v>2619</v>
       </c>
       <c r="I64" t="s">
-        <v>2603</v>
+        <v>2620</v>
       </c>
       <c r="J64" t="s">
-        <v>2604</v>
+        <v>2621</v>
       </c>
       <c r="K64" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="L64" t="s">
-        <v>2606</v>
+        <v>2623</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2624</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2625</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2626</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B65" t="s">
-        <v>2607</v>
+        <v>2627</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2608</v>
+        <v>2628</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2609</v>
+        <v>2629</v>
       </c>
       <c r="H65" t="s">
-        <v>2610</v>
+        <v>2630</v>
       </c>
       <c r="I65" t="s">
-        <v>2611</v>
+        <v>2631</v>
       </c>
       <c r="J65" t="s">
-        <v>2612</v>
+        <v>2632</v>
       </c>
       <c r="K65" t="s">
-        <v>2613</v>
+        <v>2633</v>
       </c>
       <c r="L65" t="s">
-        <v>2614</v>
-[...41 lines deleted...]
-        <v>2628</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B66" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2631</v>
+        <v>2637</v>
       </c>
       <c r="H66" t="s">
-        <v>2632</v>
+        <v>2638</v>
       </c>
       <c r="I66" t="s">
-        <v>2633</v>
+        <v>2639</v>
       </c>
       <c r="J66" t="s">
-        <v>2612</v>
+        <v>2640</v>
       </c>
       <c r="K66" t="s">
-        <v>2634</v>
+        <v>2641</v>
       </c>
       <c r="L66" t="s">
-        <v>2635</v>
+        <v>2642</v>
       </c>
       <c r="M66" t="s">
-        <v>2636</v>
+        <v>2643</v>
       </c>
       <c r="N66" t="s">
-        <v>2637</v>
+        <v>2644</v>
+      </c>
+      <c r="O66" t="s">
+        <v>2645</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2646</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>2647</v>
+      </c>
+      <c r="R66" t="s">
+        <v>2648</v>
+      </c>
+      <c r="S66" t="s">
+        <v>2649</v>
+      </c>
+      <c r="T66" t="s">
+        <v>2650</v>
+      </c>
+      <c r="U66" t="s">
+        <v>2651</v>
+      </c>
+      <c r="V66" t="s">
+        <v>2652</v>
+      </c>
+      <c r="W66" t="s">
+        <v>2653</v>
+      </c>
+      <c r="X66" t="s">
+        <v>2654</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>2655</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>2656</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B67" t="s">
-        <v>2638</v>
+        <v>2657</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2639</v>
+        <v>2658</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
+        <v>2659</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2660</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2661</v>
+      </c>
+      <c r="J67" t="s">
         <v>2640</v>
       </c>
-      <c r="H67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K67" t="s">
-        <v>2644</v>
+        <v>2662</v>
       </c>
       <c r="L67" t="s">
-        <v>2645</v>
+        <v>2663</v>
       </c>
       <c r="M67" t="s">
-        <v>2646</v>
+        <v>2664</v>
       </c>
       <c r="N67" t="s">
-        <v>2647</v>
-[...8 lines deleted...]
-        <v>2650</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B68" t="s">
-        <v>2651</v>
+        <v>2666</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2652</v>
+        <v>2667</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2653</v>
+        <v>2668</v>
       </c>
       <c r="H68" t="s">
-        <v>2654</v>
+        <v>2669</v>
       </c>
       <c r="I68" t="s">
-        <v>2655</v>
+        <v>2670</v>
       </c>
       <c r="J68" t="s">
-        <v>2656</v>
+        <v>2671</v>
       </c>
       <c r="K68" t="s">
-        <v>2657</v>
+        <v>2672</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2673</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2674</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2675</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2676</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2677</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>2678</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B69" t="s">
-        <v>2658</v>
+        <v>2679</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="H69" t="s">
-        <v>2661</v>
+        <v>2682</v>
       </c>
       <c r="I69" t="s">
-        <v>2487</v>
+        <v>2683</v>
       </c>
       <c r="J69" t="s">
-        <v>2423</v>
+        <v>2684</v>
       </c>
       <c r="K69" t="s">
-        <v>2662</v>
-[...11 lines deleted...]
-        <v>2666</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B70" t="s">
-        <v>2667</v>
+        <v>2686</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2668</v>
+        <v>2687</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2669</v>
+        <v>2688</v>
       </c>
       <c r="H70" t="s">
-        <v>2670</v>
+        <v>2689</v>
       </c>
       <c r="I70" t="s">
-        <v>2671</v>
+        <v>2550</v>
       </c>
       <c r="J70" t="s">
-        <v>2672</v>
+        <v>2486</v>
       </c>
       <c r="K70" t="s">
-        <v>2673</v>
+        <v>2690</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2691</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2692</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2693</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2694</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B71" t="s">
-        <v>2674</v>
+        <v>2695</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2676</v>
+        <v>2697</v>
       </c>
       <c r="H71" t="s">
-        <v>2677</v>
+        <v>2698</v>
       </c>
       <c r="I71" t="s">
-        <v>2678</v>
+        <v>2699</v>
       </c>
       <c r="J71" t="s">
-        <v>2150</v>
+        <v>2700</v>
       </c>
       <c r="K71" t="s">
-        <v>2679</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B72" t="s">
-        <v>2680</v>
+        <v>2702</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2681</v>
+        <v>2703</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2682</v>
+        <v>2704</v>
       </c>
       <c r="H72" t="s">
-        <v>2683</v>
+        <v>2705</v>
       </c>
       <c r="I72" t="s">
-        <v>2684</v>
+        <v>2706</v>
       </c>
       <c r="J72" t="s">
-        <v>2685</v>
+        <v>2222</v>
       </c>
       <c r="K72" t="s">
-        <v>2686</v>
-[...41 lines deleted...]
-        <v>2700</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B73" t="s">
-        <v>2701</v>
+        <v>2708</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2702</v>
+        <v>2709</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2703</v>
+        <v>2710</v>
       </c>
       <c r="H73" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="I73" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
       <c r="J73" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="K73" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="L73" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
       <c r="M73" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="N73" t="s">
-        <v>2710</v>
+        <v>2717</v>
       </c>
       <c r="O73" t="s">
-        <v>2711</v>
+        <v>2718</v>
       </c>
       <c r="P73" t="s">
-        <v>2712</v>
+        <v>2719</v>
       </c>
       <c r="Q73" t="s">
-        <v>2713</v>
+        <v>2720</v>
       </c>
       <c r="R73" t="s">
-        <v>2714</v>
+        <v>2721</v>
       </c>
       <c r="S73" t="s">
-        <v>2715</v>
+        <v>2722</v>
       </c>
       <c r="T73" t="s">
-        <v>2716</v>
+        <v>2723</v>
       </c>
       <c r="U73" t="s">
-        <v>2717</v>
+        <v>2724</v>
       </c>
       <c r="V73" t="s">
-        <v>2718</v>
+        <v>2725</v>
       </c>
       <c r="W73" t="s">
-        <v>2719</v>
+        <v>2726</v>
       </c>
       <c r="X73" t="s">
-        <v>2720</v>
+        <v>2727</v>
       </c>
       <c r="Y73" t="s">
-        <v>2721</v>
-[...17 lines deleted...]
-        <v>2727</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B74" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="H74" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="I74" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="J74" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="K74" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="L74" t="s">
-        <v>2735</v>
+        <v>2736</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2737</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2738</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2739</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2740</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>2741</v>
+      </c>
+      <c r="R74" t="s">
+        <v>2742</v>
+      </c>
+      <c r="S74" t="s">
+        <v>2743</v>
+      </c>
+      <c r="T74" t="s">
+        <v>2744</v>
+      </c>
+      <c r="U74" t="s">
+        <v>2745</v>
+      </c>
+      <c r="V74" t="s">
+        <v>2746</v>
+      </c>
+      <c r="W74" t="s">
+        <v>2747</v>
+      </c>
+      <c r="X74" t="s">
+        <v>2748</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>2749</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>2750</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>2751</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>2752</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>2753</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>2754</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>2755</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B75" t="s">
-        <v>2736</v>
+        <v>2756</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2737</v>
+        <v>2757</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2738</v>
+        <v>2758</v>
       </c>
       <c r="H75" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="I75" t="s">
-        <v>2740</v>
+        <v>2760</v>
       </c>
       <c r="J75" t="s">
-        <v>2741</v>
+        <v>2761</v>
       </c>
       <c r="K75" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="L75" t="s">
-        <v>2743</v>
-[...8 lines deleted...]
-        <v>2746</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B76" t="s">
-        <v>2747</v>
+        <v>2764</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>2748</v>
+        <v>2765</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>2749</v>
+        <v>2766</v>
       </c>
       <c r="H76" t="s">
-        <v>2750</v>
+        <v>2767</v>
       </c>
       <c r="I76" t="s">
-        <v>2751</v>
+        <v>2768</v>
       </c>
       <c r="J76" t="s">
-        <v>2752</v>
+        <v>2769</v>
       </c>
       <c r="K76" t="s">
-        <v>2753</v>
+        <v>2770</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2771</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2772</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2773</v>
+      </c>
+      <c r="O76" t="s">
+        <v>2774</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B77" t="s">
-        <v>2754</v>
+        <v>2775</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2755</v>
+        <v>2776</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2756</v>
+        <v>2777</v>
       </c>
       <c r="H77" t="s">
-        <v>2757</v>
+        <v>2778</v>
       </c>
       <c r="I77" t="s">
-        <v>2758</v>
+        <v>2779</v>
       </c>
       <c r="J77" t="s">
-        <v>1859</v>
+        <v>2780</v>
       </c>
       <c r="K77" t="s">
-        <v>2759</v>
-[...5 lines deleted...]
-        <v>2761</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B78" t="s">
-        <v>2762</v>
+        <v>2782</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2763</v>
+        <v>2783</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2764</v>
+        <v>2784</v>
       </c>
       <c r="H78" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="I78" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="J78" t="s">
-        <v>2767</v>
+        <v>1961</v>
       </c>
       <c r="K78" t="s">
-        <v>2768</v>
+        <v>2787</v>
       </c>
       <c r="L78" t="s">
-        <v>2769</v>
+        <v>2788</v>
       </c>
       <c r="M78" t="s">
-        <v>2770</v>
-[...2 lines deleted...]
-        <v>2771</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B79" t="s">
-        <v>2772</v>
+        <v>2790</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2773</v>
+        <v>2791</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2774</v>
+        <v>2792</v>
       </c>
       <c r="H79" t="s">
-        <v>2775</v>
+        <v>2793</v>
       </c>
       <c r="I79" t="s">
-        <v>2386</v>
+        <v>2794</v>
       </c>
       <c r="J79" t="s">
-        <v>1859</v>
+        <v>2795</v>
       </c>
       <c r="K79" t="s">
-        <v>2776</v>
+        <v>2796</v>
       </c>
       <c r="L79" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
       <c r="M79" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="N79" t="s">
-        <v>2779</v>
-[...29 lines deleted...]
-        <v>2789</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B80" t="s">
-        <v>2790</v>
+        <v>2800</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2791</v>
+        <v>2801</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2792</v>
+        <v>2802</v>
       </c>
       <c r="H80" t="s">
-        <v>2793</v>
+        <v>2803</v>
       </c>
       <c r="I80" t="s">
-        <v>2794</v>
+        <v>2449</v>
       </c>
       <c r="J80" t="s">
-        <v>2795</v>
+        <v>1961</v>
       </c>
       <c r="K80" t="s">
-        <v>2796</v>
+        <v>2804</v>
       </c>
       <c r="L80" t="s">
-        <v>2797</v>
+        <v>2805</v>
       </c>
       <c r="M80" t="s">
-        <v>2798</v>
+        <v>2806</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2807</v>
+      </c>
+      <c r="O80" t="s">
+        <v>2808</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>2810</v>
+      </c>
+      <c r="R80" t="s">
+        <v>2811</v>
+      </c>
+      <c r="S80" t="s">
+        <v>2812</v>
+      </c>
+      <c r="T80" t="s">
+        <v>2813</v>
+      </c>
+      <c r="U80" t="s">
+        <v>2814</v>
+      </c>
+      <c r="V80" t="s">
+        <v>2815</v>
+      </c>
+      <c r="W80" t="s">
+        <v>2816</v>
+      </c>
+      <c r="X80" t="s">
+        <v>2817</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B81" t="s">
-        <v>2799</v>
+        <v>2818</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2800</v>
+        <v>2819</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2801</v>
+        <v>2820</v>
       </c>
       <c r="H81" t="s">
-        <v>2802</v>
+        <v>2821</v>
       </c>
       <c r="I81" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
       <c r="J81" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="K81" t="s">
-        <v>2805</v>
+        <v>2824</v>
       </c>
       <c r="L81" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
       <c r="M81" t="s">
-        <v>2807</v>
-[...5 lines deleted...]
-        <v>2809</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B82" t="s">
-        <v>2810</v>
+        <v>2827</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2811</v>
+        <v>2828</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2812</v>
+        <v>2829</v>
       </c>
       <c r="H82" t="s">
-        <v>2813</v>
+        <v>2830</v>
       </c>
       <c r="I82" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="J82" t="s">
-        <v>2815</v>
+        <v>2832</v>
       </c>
       <c r="K82" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="L82" t="s">
-        <v>2817</v>
+        <v>2834</v>
       </c>
       <c r="M82" t="s">
-        <v>2818</v>
+        <v>2835</v>
       </c>
       <c r="N82" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
       <c r="O82" t="s">
-        <v>2820</v>
-[...2 lines deleted...]
-        <v>2821</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B83" t="s">
-        <v>2822</v>
+        <v>2838</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2823</v>
+        <v>2839</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2824</v>
+        <v>2840</v>
       </c>
       <c r="H83" t="s">
-        <v>2825</v>
+        <v>2841</v>
       </c>
       <c r="I83" t="s">
-        <v>2826</v>
+        <v>2842</v>
       </c>
       <c r="J83" t="s">
-        <v>2827</v>
+        <v>2843</v>
       </c>
       <c r="K83" t="s">
-        <v>2828</v>
+        <v>2844</v>
+      </c>
+      <c r="L83" t="s">
+        <v>2845</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2846</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2847</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2848</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2849</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B84" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2831</v>
+        <v>2852</v>
       </c>
       <c r="H84" t="s">
-        <v>2832</v>
+        <v>2853</v>
       </c>
       <c r="I84" t="s">
-        <v>2684</v>
+        <v>2854</v>
       </c>
       <c r="J84" t="s">
-        <v>2733</v>
+        <v>2855</v>
       </c>
       <c r="K84" t="s">
-        <v>2833</v>
-[...11 lines deleted...]
-        <v>2837</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B85" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>1249</v>
+        <v>2858</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2839</v>
+        <v>2859</v>
       </c>
       <c r="H85" t="s">
-        <v>2840</v>
+        <v>2860</v>
       </c>
       <c r="I85" t="s">
-        <v>2841</v>
+        <v>2712</v>
       </c>
       <c r="J85" t="s">
-        <v>2842</v>
+        <v>2761</v>
       </c>
       <c r="K85" t="s">
-        <v>2843</v>
+        <v>2861</v>
       </c>
       <c r="L85" t="s">
-        <v>2844</v>
+        <v>2862</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2863</v>
+      </c>
+      <c r="N85" t="s">
+        <v>2864</v>
+      </c>
+      <c r="O85" t="s">
+        <v>2865</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B86" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="H86" t="s">
-        <v>2847</v>
+        <v>2868</v>
       </c>
       <c r="I86" t="s">
-        <v>2841</v>
+        <v>2869</v>
       </c>
       <c r="J86" t="s">
-        <v>2848</v>
+        <v>2870</v>
       </c>
       <c r="K86" t="s">
-        <v>2849</v>
+        <v>2871</v>
       </c>
       <c r="L86" t="s">
-        <v>2850</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B87" t="s">
-        <v>2851</v>
+        <v>2873</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2852</v>
+        <v>1261</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2853</v>
+        <v>2874</v>
       </c>
       <c r="H87" t="s">
-        <v>2854</v>
+        <v>2875</v>
       </c>
       <c r="I87" t="s">
-        <v>2855</v>
+        <v>2869</v>
       </c>
       <c r="J87" t="s">
-        <v>2856</v>
+        <v>2876</v>
       </c>
       <c r="K87" t="s">
-        <v>2857</v>
+        <v>2877</v>
+      </c>
+      <c r="L87" t="s">
+        <v>2878</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B88" t="s">
-        <v>2858</v>
+        <v>2879</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2859</v>
+        <v>2880</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
       <c r="H88" t="s">
-        <v>2861</v>
+        <v>2882</v>
       </c>
       <c r="I88" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
       <c r="J88" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
       <c r="K88" t="s">
-        <v>2864</v>
-[...20 lines deleted...]
-        <v>2871</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B89" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2873</v>
+        <v>2887</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2874</v>
+        <v>2888</v>
       </c>
       <c r="H89" t="s">
-        <v>2875</v>
+        <v>2889</v>
       </c>
       <c r="I89" t="s">
-        <v>2876</v>
+        <v>2890</v>
       </c>
       <c r="J89" t="s">
-        <v>1937</v>
+        <v>2891</v>
       </c>
       <c r="K89" t="s">
-        <v>2877</v>
+        <v>2892</v>
       </c>
       <c r="L89" t="s">
-        <v>2878</v>
+        <v>2893</v>
       </c>
       <c r="M89" t="s">
-        <v>2879</v>
+        <v>2894</v>
       </c>
       <c r="N89" t="s">
-        <v>2880</v>
+        <v>2895</v>
+      </c>
+      <c r="O89" t="s">
+        <v>2896</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2897</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>2898</v>
+      </c>
+      <c r="R89" t="s">
+        <v>2899</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B90" t="s">
-        <v>2881</v>
+        <v>2900</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2882</v>
+        <v>2901</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2883</v>
+        <v>2902</v>
       </c>
       <c r="H90" t="s">
-        <v>2884</v>
+        <v>2903</v>
       </c>
       <c r="I90" t="s">
-        <v>2885</v>
+        <v>2904</v>
       </c>
       <c r="J90" t="s">
-        <v>1937</v>
+        <v>2039</v>
       </c>
       <c r="K90" t="s">
-        <v>2886</v>
+        <v>2905</v>
       </c>
       <c r="L90" t="s">
-        <v>2887</v>
+        <v>2906</v>
       </c>
       <c r="M90" t="s">
-        <v>2888</v>
+        <v>2907</v>
       </c>
       <c r="N90" t="s">
-        <v>2889</v>
-[...5 lines deleted...]
-        <v>2891</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B91" t="s">
-        <v>2892</v>
+        <v>2909</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2893</v>
+        <v>2910</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2894</v>
+        <v>2911</v>
       </c>
       <c r="H91" t="s">
-        <v>2895</v>
+        <v>2912</v>
       </c>
       <c r="I91" t="s">
-        <v>2896</v>
+        <v>2913</v>
       </c>
       <c r="J91" t="s">
-        <v>2897</v>
+        <v>2039</v>
       </c>
       <c r="K91" t="s">
-        <v>2898</v>
+        <v>2914</v>
       </c>
       <c r="L91" t="s">
-        <v>2899</v>
+        <v>2915</v>
       </c>
       <c r="M91" t="s">
-        <v>2900</v>
+        <v>2916</v>
       </c>
       <c r="N91" t="s">
-        <v>2901</v>
+        <v>2917</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2918</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2919</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B92" t="s">
-        <v>2902</v>
+        <v>2920</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2903</v>
+        <v>2921</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2904</v>
+        <v>2922</v>
       </c>
       <c r="H92" t="s">
-        <v>2905</v>
+        <v>2923</v>
       </c>
       <c r="I92" t="s">
-        <v>2906</v>
+        <v>2924</v>
       </c>
       <c r="J92" t="s">
-        <v>2907</v>
+        <v>2925</v>
       </c>
       <c r="K92" t="s">
-        <v>2908</v>
+        <v>2926</v>
       </c>
       <c r="L92" t="s">
-        <v>2909</v>
+        <v>2927</v>
       </c>
       <c r="M92" t="s">
-        <v>2910</v>
+        <v>2928</v>
       </c>
       <c r="N92" t="s">
-        <v>2911</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B93" t="s">
-        <v>2912</v>
+        <v>2930</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2913</v>
+        <v>2931</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2914</v>
+        <v>2932</v>
       </c>
       <c r="H93" t="s">
-        <v>2915</v>
+        <v>2933</v>
       </c>
       <c r="I93" t="s">
-        <v>2916</v>
+        <v>2934</v>
       </c>
       <c r="J93" t="s">
-        <v>2297</v>
+        <v>2935</v>
       </c>
       <c r="K93" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="L93" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
       <c r="M93" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
       <c r="N93" t="s">
-        <v>2920</v>
-[...8 lines deleted...]
-        <v>2923</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B94" t="s">
-        <v>2924</v>
+        <v>2940</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2925</v>
+        <v>2941</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2926</v>
+        <v>2942</v>
       </c>
       <c r="H94" t="s">
-        <v>2927</v>
+        <v>2943</v>
       </c>
       <c r="I94" t="s">
-        <v>2928</v>
+        <v>2944</v>
       </c>
       <c r="J94" t="s">
-        <v>1937</v>
+        <v>1769</v>
       </c>
       <c r="K94" t="s">
-        <v>2929</v>
+        <v>2945</v>
       </c>
       <c r="L94" t="s">
-        <v>2930</v>
+        <v>2946</v>
       </c>
       <c r="M94" t="s">
-        <v>2931</v>
+        <v>2947</v>
       </c>
       <c r="N94" t="s">
-        <v>2932</v>
+        <v>2948</v>
       </c>
       <c r="O94" t="s">
-        <v>2933</v>
+        <v>2949</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2950</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>2951</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B95" t="s">
-        <v>2934</v>
+        <v>2952</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2935</v>
+        <v>2953</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2936</v>
+        <v>2954</v>
       </c>
       <c r="H95" t="s">
-        <v>2937</v>
+        <v>2955</v>
       </c>
       <c r="I95" t="s">
-        <v>2938</v>
+        <v>2956</v>
       </c>
       <c r="J95" t="s">
-        <v>1937</v>
+        <v>2039</v>
       </c>
       <c r="K95" t="s">
-        <v>2939</v>
+        <v>2957</v>
       </c>
       <c r="L95" t="s">
-        <v>2940</v>
+        <v>2958</v>
       </c>
       <c r="M95" t="s">
-        <v>2941</v>
+        <v>2959</v>
       </c>
       <c r="N95" t="s">
-        <v>2942</v>
+        <v>2960</v>
       </c>
       <c r="O95" t="s">
-        <v>2943</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B96" t="s">
-        <v>2944</v>
+        <v>2962</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2945</v>
+        <v>2963</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2946</v>
+        <v>2964</v>
       </c>
       <c r="H96" t="s">
-        <v>2947</v>
+        <v>2965</v>
       </c>
       <c r="I96" t="s">
-        <v>2948</v>
+        <v>2966</v>
       </c>
       <c r="J96" t="s">
-        <v>2949</v>
+        <v>2039</v>
       </c>
       <c r="K96" t="s">
-        <v>2950</v>
+        <v>2967</v>
       </c>
       <c r="L96" t="s">
-        <v>2951</v>
+        <v>2968</v>
       </c>
       <c r="M96" t="s">
-        <v>2952</v>
+        <v>2969</v>
       </c>
       <c r="N96" t="s">
-        <v>2953</v>
+        <v>2970</v>
       </c>
       <c r="O96" t="s">
-        <v>2954</v>
-[...2 lines deleted...]
-        <v>2955</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B97" t="s">
-        <v>2956</v>
+        <v>2972</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2957</v>
+        <v>2973</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2958</v>
+        <v>2974</v>
       </c>
       <c r="H97" t="s">
-        <v>2959</v>
+        <v>2975</v>
       </c>
       <c r="I97" t="s">
-        <v>2603</v>
+        <v>2976</v>
       </c>
       <c r="J97" t="s">
-        <v>2522</v>
+        <v>2977</v>
       </c>
       <c r="K97" t="s">
-        <v>2960</v>
+        <v>2978</v>
       </c>
       <c r="L97" t="s">
-        <v>2961</v>
+        <v>2979</v>
       </c>
       <c r="M97" t="s">
-        <v>2962</v>
+        <v>2980</v>
       </c>
       <c r="N97" t="s">
-        <v>2963</v>
+        <v>2981</v>
       </c>
       <c r="O97" t="s">
-        <v>2964</v>
+        <v>2982</v>
       </c>
       <c r="P97" t="s">
-        <v>2965</v>
-[...2 lines deleted...]
-        <v>2966</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B98" t="s">
-        <v>2967</v>
+        <v>2984</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2968</v>
+        <v>2985</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2969</v>
+        <v>2986</v>
       </c>
       <c r="H98" t="s">
-        <v>2970</v>
+        <v>2987</v>
       </c>
       <c r="I98" t="s">
-        <v>2971</v>
+        <v>2631</v>
       </c>
       <c r="J98" t="s">
-        <v>1807</v>
+        <v>2569</v>
       </c>
       <c r="K98" t="s">
-        <v>2972</v>
+        <v>2988</v>
       </c>
       <c r="L98" t="s">
-        <v>2973</v>
+        <v>2989</v>
       </c>
       <c r="M98" t="s">
-        <v>2195</v>
+        <v>2990</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2991</v>
+      </c>
+      <c r="O98" t="s">
+        <v>2992</v>
+      </c>
+      <c r="P98" t="s">
+        <v>2993</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>2994</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B99" t="s">
-        <v>2974</v>
+        <v>2995</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2975</v>
+        <v>2996</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2976</v>
+        <v>2997</v>
       </c>
       <c r="H99" t="s">
-        <v>2977</v>
+        <v>2998</v>
       </c>
       <c r="I99" t="s">
-        <v>2978</v>
+        <v>2999</v>
       </c>
       <c r="J99" t="s">
-        <v>2979</v>
+        <v>1909</v>
       </c>
       <c r="K99" t="s">
-        <v>2980</v>
+        <v>3000</v>
       </c>
       <c r="L99" t="s">
-        <v>2981</v>
+        <v>3001</v>
+      </c>
+      <c r="M99" t="s">
+        <v>2267</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B100" t="s">
-        <v>2982</v>
+        <v>3002</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2983</v>
+        <v>3003</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2984</v>
+        <v>3004</v>
       </c>
       <c r="H100" t="s">
-        <v>2985</v>
+        <v>3005</v>
       </c>
       <c r="I100" t="s">
-        <v>2986</v>
+        <v>3006</v>
       </c>
       <c r="J100" t="s">
-        <v>2987</v>
+        <v>3007</v>
       </c>
       <c r="K100" t="s">
-        <v>2988</v>
+        <v>3008</v>
       </c>
       <c r="L100" t="s">
-        <v>2989</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B101" t="s">
-        <v>2990</v>
+        <v>3010</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2991</v>
+        <v>3011</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2992</v>
+        <v>3012</v>
       </c>
       <c r="H101" t="s">
-        <v>2993</v>
+        <v>3013</v>
       </c>
       <c r="I101" t="s">
-        <v>2994</v>
+        <v>3014</v>
       </c>
       <c r="J101" t="s">
-        <v>2827</v>
+        <v>3015</v>
       </c>
       <c r="K101" t="s">
-        <v>2995</v>
+        <v>3016</v>
       </c>
       <c r="L101" t="s">
-        <v>2996</v>
-[...2 lines deleted...]
-        <v>2997</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B102" t="s">
-        <v>2998</v>
+        <v>3018</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2999</v>
+        <v>3019</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>3000</v>
+        <v>3020</v>
       </c>
       <c r="H102" t="s">
-        <v>3001</v>
+        <v>3021</v>
       </c>
       <c r="I102" t="s">
-        <v>2386</v>
+        <v>3022</v>
       </c>
       <c r="J102" t="s">
-        <v>3002</v>
+        <v>2855</v>
       </c>
       <c r="K102" t="s">
-        <v>3003</v>
+        <v>3023</v>
       </c>
       <c r="L102" t="s">
-        <v>3004</v>
+        <v>3024</v>
       </c>
       <c r="M102" t="s">
-        <v>3005</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B103" t="s">
-        <v>3006</v>
+        <v>3026</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2999</v>
+        <v>3027</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>3007</v>
+        <v>3028</v>
       </c>
       <c r="H103" t="s">
-        <v>3008</v>
+        <v>3029</v>
       </c>
       <c r="I103" t="s">
-        <v>2051</v>
+        <v>2449</v>
       </c>
       <c r="J103" t="s">
-        <v>2643</v>
+        <v>3030</v>
       </c>
       <c r="K103" t="s">
-        <v>3009</v>
+        <v>3031</v>
       </c>
       <c r="L103" t="s">
-        <v>3010</v>
+        <v>3032</v>
+      </c>
+      <c r="M103" t="s">
+        <v>3033</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B104" t="s">
-        <v>3011</v>
+        <v>3034</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>3012</v>
+        <v>3027</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>3013</v>
+        <v>3035</v>
       </c>
       <c r="H104" t="s">
-        <v>3014</v>
+        <v>3036</v>
       </c>
       <c r="I104" t="s">
-        <v>3015</v>
+        <v>2123</v>
       </c>
       <c r="J104" t="s">
-        <v>3016</v>
+        <v>2671</v>
       </c>
       <c r="K104" t="s">
-        <v>3017</v>
+        <v>3037</v>
+      </c>
+      <c r="L104" t="s">
+        <v>3038</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B105" t="s">
-        <v>3018</v>
+        <v>3039</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>3019</v>
+        <v>3040</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>3020</v>
+        <v>3041</v>
       </c>
       <c r="H105" t="s">
-        <v>3021</v>
+        <v>3042</v>
       </c>
       <c r="I105" t="s">
-        <v>3022</v>
+        <v>3043</v>
       </c>
       <c r="J105" t="s">
-        <v>3023</v>
+        <v>3044</v>
       </c>
       <c r="K105" t="s">
-        <v>3024</v>
-[...11 lines deleted...]
-        <v>3028</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B106" t="s">
-        <v>3029</v>
+        <v>3046</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>3030</v>
+        <v>3047</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>3031</v>
+        <v>3048</v>
       </c>
       <c r="H106" t="s">
-        <v>3032</v>
+        <v>3049</v>
       </c>
       <c r="I106" t="s">
-        <v>3033</v>
+        <v>3050</v>
       </c>
       <c r="J106" t="s">
-        <v>3034</v>
+        <v>3051</v>
       </c>
       <c r="K106" t="s">
-        <v>3035</v>
+        <v>3052</v>
       </c>
       <c r="L106" t="s">
-        <v>3036</v>
+        <v>3053</v>
       </c>
       <c r="M106" t="s">
-        <v>3037</v>
+        <v>3054</v>
       </c>
       <c r="N106" t="s">
-        <v>3038</v>
+        <v>3055</v>
+      </c>
+      <c r="O106" t="s">
+        <v>3056</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B107" t="s">
-        <v>3039</v>
+        <v>3057</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>3040</v>
+        <v>3058</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>3041</v>
+        <v>3059</v>
       </c>
       <c r="H107" t="s">
-        <v>3042</v>
+        <v>3060</v>
       </c>
       <c r="I107" t="s">
-        <v>3043</v>
+        <v>3061</v>
       </c>
       <c r="J107" t="s">
-        <v>3044</v>
+        <v>3062</v>
       </c>
       <c r="K107" t="s">
-        <v>3045</v>
+        <v>3063</v>
       </c>
       <c r="L107" t="s">
-        <v>3046</v>
+        <v>3064</v>
+      </c>
+      <c r="M107" t="s">
+        <v>3065</v>
+      </c>
+      <c r="N107" t="s">
+        <v>3066</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B108" t="s">
-        <v>3047</v>
+        <v>3067</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>3048</v>
+        <v>3068</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="H108" t="s">
-        <v>3050</v>
+        <v>3070</v>
       </c>
       <c r="I108" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
       <c r="J108" t="s">
-        <v>3052</v>
+        <v>3072</v>
       </c>
       <c r="K108" t="s">
-        <v>3053</v>
+        <v>3073</v>
       </c>
       <c r="L108" t="s">
-        <v>3054</v>
-[...5 lines deleted...]
-        <v>3056</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B109" t="s">
-        <v>3057</v>
+        <v>3075</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>3058</v>
+        <v>3076</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>3059</v>
+        <v>3077</v>
       </c>
       <c r="H109" t="s">
-        <v>3060</v>
+        <v>3078</v>
       </c>
       <c r="I109" t="s">
-        <v>3061</v>
+        <v>3079</v>
       </c>
       <c r="J109" t="s">
-        <v>3062</v>
+        <v>3080</v>
       </c>
       <c r="K109" t="s">
-        <v>3063</v>
+        <v>3081</v>
+      </c>
+      <c r="L109" t="s">
+        <v>3082</v>
+      </c>
+      <c r="M109" t="s">
+        <v>3083</v>
+      </c>
+      <c r="N109" t="s">
+        <v>3084</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B110" t="s">
-        <v>3064</v>
+        <v>3085</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>3065</v>
+        <v>3086</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>3066</v>
+        <v>3087</v>
       </c>
       <c r="H110" t="s">
-        <v>3067</v>
+        <v>3088</v>
       </c>
       <c r="I110" t="s">
-        <v>3068</v>
+        <v>3089</v>
       </c>
       <c r="J110" t="s">
-        <v>3069</v>
+        <v>1800</v>
       </c>
       <c r="K110" t="s">
-        <v>3070</v>
-[...2 lines deleted...]
-        <v>3071</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B111" t="s">
-        <v>3072</v>
+        <v>3091</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>3073</v>
+        <v>3092</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>3074</v>
+        <v>3093</v>
       </c>
       <c r="H111" t="s">
-        <v>3075</v>
+        <v>3094</v>
       </c>
       <c r="I111" t="s">
-        <v>3076</v>
+        <v>3095</v>
       </c>
       <c r="J111" t="s">
-        <v>1824</v>
+        <v>3096</v>
       </c>
       <c r="K111" t="s">
-        <v>3077</v>
+        <v>3097</v>
       </c>
       <c r="L111" t="s">
-        <v>3078</v>
-[...20 lines deleted...]
-        <v>3085</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B112" t="s">
-        <v>3086</v>
+        <v>3099</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>3087</v>
+        <v>3100</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>3088</v>
+        <v>3101</v>
       </c>
       <c r="H112" t="s">
-        <v>3089</v>
+        <v>3102</v>
       </c>
       <c r="I112" t="s">
-        <v>3090</v>
+        <v>3103</v>
       </c>
       <c r="J112" t="s">
-        <v>3091</v>
+        <v>1926</v>
       </c>
       <c r="K112" t="s">
-        <v>3092</v>
+        <v>3104</v>
       </c>
       <c r="L112" t="s">
-        <v>3093</v>
+        <v>3105</v>
       </c>
       <c r="M112" t="s">
-        <v>3094</v>
+        <v>3106</v>
       </c>
       <c r="N112" t="s">
-        <v>3095</v>
+        <v>3107</v>
       </c>
       <c r="O112" t="s">
-        <v>3096</v>
+        <v>3108</v>
       </c>
       <c r="P112" t="s">
-        <v>3097</v>
+        <v>3109</v>
       </c>
       <c r="Q112" t="s">
-        <v>3098</v>
+        <v>3110</v>
       </c>
       <c r="R112" t="s">
-        <v>3099</v>
+        <v>3111</v>
       </c>
       <c r="S112" t="s">
-        <v>3100</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B113" t="s">
-        <v>3101</v>
+        <v>3113</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>3102</v>
+        <v>3114</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>3103</v>
+        <v>3115</v>
       </c>
       <c r="H113" t="s">
-        <v>3104</v>
+        <v>3116</v>
       </c>
       <c r="I113" t="s">
-        <v>2855</v>
+        <v>3117</v>
       </c>
       <c r="J113" t="s">
-        <v>2032</v>
+        <v>3118</v>
       </c>
       <c r="K113" t="s">
-        <v>3105</v>
+        <v>3119</v>
       </c>
       <c r="L113" t="s">
-        <v>3106</v>
+        <v>3120</v>
       </c>
       <c r="M113" t="s">
-        <v>3107</v>
+        <v>3121</v>
       </c>
       <c r="N113" t="s">
-        <v>3108</v>
+        <v>3122</v>
       </c>
       <c r="O113" t="s">
-        <v>3109</v>
+        <v>3123</v>
       </c>
       <c r="P113" t="s">
-        <v>3110</v>
+        <v>3124</v>
       </c>
       <c r="Q113" t="s">
-        <v>3111</v>
+        <v>3125</v>
       </c>
       <c r="R113" t="s">
-        <v>3112</v>
+        <v>3126</v>
+      </c>
+      <c r="S113" t="s">
+        <v>3127</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B114" t="s">
-        <v>3113</v>
+        <v>3128</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>3114</v>
+        <v>3129</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>3115</v>
+        <v>3130</v>
       </c>
       <c r="H114" t="s">
-        <v>3116</v>
+        <v>3131</v>
       </c>
       <c r="I114" t="s">
-        <v>3090</v>
+        <v>2883</v>
       </c>
       <c r="J114" t="s">
-        <v>2239</v>
+        <v>1746</v>
       </c>
       <c r="K114" t="s">
-        <v>3117</v>
+        <v>3132</v>
       </c>
       <c r="L114" t="s">
-        <v>3118</v>
+        <v>3133</v>
       </c>
       <c r="M114" t="s">
-        <v>3119</v>
+        <v>3134</v>
       </c>
       <c r="N114" t="s">
-        <v>3120</v>
+        <v>3135</v>
       </c>
       <c r="O114" t="s">
-        <v>3121</v>
+        <v>3136</v>
       </c>
       <c r="P114" t="s">
-        <v>3122</v>
+        <v>3137</v>
       </c>
       <c r="Q114" t="s">
-        <v>3123</v>
+        <v>3138</v>
       </c>
       <c r="R114" t="s">
-        <v>3124</v>
-[...2 lines deleted...]
-        <v>3125</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B115" t="s">
-        <v>3126</v>
+        <v>3140</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>3127</v>
+        <v>3141</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>3128</v>
+        <v>3142</v>
       </c>
       <c r="H115" t="s">
-        <v>3129</v>
+        <v>3143</v>
       </c>
       <c r="I115" t="s">
-        <v>3130</v>
+        <v>3117</v>
       </c>
       <c r="J115" t="s">
-        <v>2239</v>
+        <v>2311</v>
       </c>
       <c r="K115" t="s">
-        <v>3131</v>
+        <v>3144</v>
       </c>
       <c r="L115" t="s">
-        <v>3132</v>
+        <v>3145</v>
       </c>
       <c r="M115" t="s">
-        <v>3133</v>
+        <v>3146</v>
       </c>
       <c r="N115" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="O115" t="s">
-        <v>3135</v>
+        <v>3148</v>
       </c>
       <c r="P115" t="s">
-        <v>3136</v>
+        <v>3149</v>
       </c>
       <c r="Q115" t="s">
-        <v>3137</v>
+        <v>3150</v>
       </c>
       <c r="R115" t="s">
-        <v>3138</v>
+        <v>3151</v>
       </c>
       <c r="S115" t="s">
-        <v>3139</v>
-[...26 lines deleted...]
-        <v>3148</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B116" t="s">
-        <v>3149</v>
+        <v>3153</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>3150</v>
+        <v>3154</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>3151</v>
+        <v>3155</v>
       </c>
       <c r="H116" t="s">
-        <v>3152</v>
+        <v>3156</v>
       </c>
       <c r="I116" t="s">
-        <v>3153</v>
+        <v>3157</v>
       </c>
       <c r="J116" t="s">
-        <v>3154</v>
+        <v>2311</v>
       </c>
       <c r="K116" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
       <c r="L116" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
       <c r="M116" t="s">
-        <v>3157</v>
+        <v>3160</v>
+      </c>
+      <c r="N116" t="s">
+        <v>3161</v>
+      </c>
+      <c r="O116" t="s">
+        <v>3162</v>
+      </c>
+      <c r="P116" t="s">
+        <v>3163</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>3164</v>
+      </c>
+      <c r="R116" t="s">
+        <v>3165</v>
+      </c>
+      <c r="S116" t="s">
+        <v>3166</v>
+      </c>
+      <c r="T116" t="s">
+        <v>3167</v>
+      </c>
+      <c r="U116" t="s">
+        <v>3168</v>
+      </c>
+      <c r="V116" t="s">
+        <v>3169</v>
+      </c>
+      <c r="W116" t="s">
+        <v>3170</v>
+      </c>
+      <c r="X116" t="s">
+        <v>3171</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>3172</v>
+      </c>
+      <c r="Z116" t="s">
+        <v>3173</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>3174</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>3175</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B117" t="s">
-        <v>3158</v>
+        <v>3176</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>3159</v>
+        <v>3177</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>3160</v>
+        <v>3178</v>
       </c>
       <c r="H117" t="s">
-        <v>3161</v>
+        <v>3179</v>
       </c>
       <c r="I117" t="s">
-        <v>3162</v>
+        <v>3180</v>
       </c>
       <c r="J117" t="s">
-        <v>3163</v>
+        <v>3181</v>
       </c>
       <c r="K117" t="s">
-        <v>3164</v>
+        <v>3182</v>
       </c>
       <c r="L117" t="s">
-        <v>3165</v>
+        <v>3183</v>
       </c>
       <c r="M117" t="s">
-        <v>3166</v>
-[...2 lines deleted...]
-        <v>3167</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B118" t="s">
-        <v>3168</v>
+        <v>3185</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>3169</v>
+        <v>3186</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>3170</v>
+        <v>3187</v>
       </c>
       <c r="H118" t="s">
-        <v>3171</v>
+        <v>3188</v>
       </c>
       <c r="I118" t="s">
-        <v>2530</v>
+        <v>3189</v>
       </c>
       <c r="J118" t="s">
-        <v>3172</v>
+        <v>3190</v>
       </c>
       <c r="K118" t="s">
-        <v>3173</v>
+        <v>3191</v>
+      </c>
+      <c r="L118" t="s">
+        <v>3192</v>
+      </c>
+      <c r="M118" t="s">
+        <v>3193</v>
+      </c>
+      <c r="N118" t="s">
+        <v>3194</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B119" t="s">
-        <v>3174</v>
+        <v>3195</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>3175</v>
+        <v>3196</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>3176</v>
+        <v>3197</v>
       </c>
       <c r="H119" t="s">
-        <v>3177</v>
+        <v>3198</v>
       </c>
       <c r="I119" t="s">
-        <v>3178</v>
+        <v>2577</v>
       </c>
       <c r="J119" t="s">
-        <v>3179</v>
+        <v>3199</v>
       </c>
       <c r="K119" t="s">
-        <v>3180</v>
-[...8 lines deleted...]
-        <v>3183</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B120" t="s">
-        <v>3184</v>
+        <v>3201</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>3185</v>
+        <v>3202</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>3186</v>
+        <v>3203</v>
       </c>
       <c r="H120" t="s">
-        <v>3187</v>
+        <v>3204</v>
       </c>
       <c r="I120" t="s">
-        <v>3188</v>
+        <v>3205</v>
       </c>
       <c r="J120" t="s">
-        <v>3189</v>
+        <v>3206</v>
       </c>
       <c r="K120" t="s">
-        <v>3190</v>
+        <v>3207</v>
       </c>
       <c r="L120" t="s">
-        <v>3191</v>
+        <v>3208</v>
+      </c>
+      <c r="M120" t="s">
+        <v>3209</v>
+      </c>
+      <c r="N120" t="s">
+        <v>3210</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B121" t="s">
-        <v>3192</v>
+        <v>3211</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>3193</v>
+        <v>3212</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>3194</v>
+        <v>3213</v>
       </c>
       <c r="H121" t="s">
-        <v>3195</v>
+        <v>3214</v>
       </c>
       <c r="I121" t="s">
-        <v>3196</v>
+        <v>3215</v>
       </c>
       <c r="J121" t="s">
-        <v>2415</v>
+        <v>3216</v>
       </c>
       <c r="K121" t="s">
-        <v>3197</v>
+        <v>3217</v>
       </c>
       <c r="L121" t="s">
-        <v>3198</v>
-[...8 lines deleted...]
-        <v>3201</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B122" t="s">
-        <v>3202</v>
+        <v>3219</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>3203</v>
+        <v>3220</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>3204</v>
+        <v>3221</v>
       </c>
       <c r="H122" t="s">
-        <v>3205</v>
+        <v>3222</v>
       </c>
       <c r="I122" t="s">
-        <v>2603</v>
+        <v>3223</v>
       </c>
       <c r="J122" t="s">
-        <v>3206</v>
+        <v>2478</v>
       </c>
       <c r="K122" t="s">
-        <v>3207</v>
+        <v>3224</v>
       </c>
       <c r="L122" t="s">
-        <v>3208</v>
+        <v>3225</v>
       </c>
       <c r="M122" t="s">
-        <v>3209</v>
+        <v>3226</v>
       </c>
       <c r="N122" t="s">
-        <v>3210</v>
+        <v>3227</v>
       </c>
       <c r="O122" t="s">
-        <v>3211</v>
-[...2 lines deleted...]
-        <v>3212</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B123" t="s">
-        <v>3213</v>
+        <v>3229</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>3214</v>
+        <v>3230</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>3215</v>
+        <v>3231</v>
       </c>
       <c r="H123" t="s">
-        <v>3216</v>
+        <v>3232</v>
       </c>
       <c r="I123" t="s">
-        <v>3217</v>
+        <v>2631</v>
       </c>
       <c r="J123" t="s">
-        <v>1937</v>
+        <v>3233</v>
       </c>
       <c r="K123" t="s">
-        <v>3218</v>
+        <v>3234</v>
       </c>
       <c r="L123" t="s">
-        <v>3219</v>
+        <v>3235</v>
       </c>
       <c r="M123" t="s">
-        <v>3220</v>
+        <v>3236</v>
       </c>
       <c r="N123" t="s">
-        <v>3221</v>
+        <v>3237</v>
       </c>
       <c r="O123" t="s">
-        <v>3222</v>
+        <v>3238</v>
       </c>
       <c r="P123" t="s">
-        <v>3223</v>
-[...8 lines deleted...]
-        <v>3226</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B124" t="s">
-        <v>3227</v>
+        <v>3240</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>3228</v>
+        <v>3241</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>3229</v>
+        <v>3242</v>
       </c>
       <c r="H124" t="s">
-        <v>3230</v>
+        <v>3243</v>
       </c>
       <c r="I124" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="J124" t="s">
-        <v>2795</v>
+        <v>2039</v>
       </c>
       <c r="K124" t="s">
-        <v>3232</v>
+        <v>3245</v>
+      </c>
+      <c r="L124" t="s">
+        <v>3246</v>
+      </c>
+      <c r="M124" t="s">
+        <v>3247</v>
+      </c>
+      <c r="N124" t="s">
+        <v>3248</v>
+      </c>
+      <c r="O124" t="s">
+        <v>3249</v>
+      </c>
+      <c r="P124" t="s">
+        <v>3250</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>3251</v>
+      </c>
+      <c r="R124" t="s">
+        <v>3252</v>
+      </c>
+      <c r="S124" t="s">
+        <v>3253</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B125" t="s">
-        <v>3233</v>
+        <v>3254</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>3234</v>
+        <v>3255</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>3235</v>
+        <v>3256</v>
       </c>
       <c r="H125" t="s">
-        <v>3236</v>
+        <v>3257</v>
       </c>
       <c r="I125" t="s">
-        <v>3237</v>
+        <v>3258</v>
       </c>
       <c r="J125" t="s">
-        <v>3238</v>
+        <v>2823</v>
       </c>
       <c r="K125" t="s">
-        <v>3239</v>
-[...8 lines deleted...]
-        <v>3242</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B126" t="s">
-        <v>3243</v>
+        <v>3260</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>3244</v>
+        <v>3261</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>3245</v>
+        <v>3262</v>
       </c>
       <c r="H126" t="s">
-        <v>3246</v>
+        <v>3263</v>
       </c>
       <c r="I126" t="s">
-        <v>3247</v>
+        <v>3264</v>
       </c>
       <c r="J126" t="s">
-        <v>3248</v>
+        <v>3265</v>
       </c>
       <c r="K126" t="s">
-        <v>3249</v>
+        <v>3266</v>
       </c>
       <c r="L126" t="s">
-        <v>3250</v>
+        <v>3267</v>
       </c>
       <c r="M126" t="s">
-        <v>3251</v>
+        <v>3268</v>
       </c>
       <c r="N126" t="s">
-        <v>3252</v>
-[...2 lines deleted...]
-        <v>3253</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B127" t="s">
-        <v>3254</v>
+        <v>3270</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>3255</v>
+        <v>3271</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>3256</v>
+        <v>3272</v>
       </c>
       <c r="H127" t="s">
-        <v>3257</v>
+        <v>3273</v>
       </c>
       <c r="I127" t="s">
-        <v>3258</v>
+        <v>3274</v>
       </c>
       <c r="J127" t="s">
-        <v>2522</v>
+        <v>3275</v>
       </c>
       <c r="K127" t="s">
-        <v>3259</v>
+        <v>3276</v>
+      </c>
+      <c r="L127" t="s">
+        <v>3277</v>
+      </c>
+      <c r="M127" t="s">
+        <v>3278</v>
+      </c>
+      <c r="N127" t="s">
+        <v>3279</v>
+      </c>
+      <c r="O127" t="s">
+        <v>3280</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B128" t="s">
-        <v>3260</v>
+        <v>3281</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>3261</v>
+        <v>3282</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>3262</v>
+        <v>3283</v>
       </c>
       <c r="H128" t="s">
-        <v>3263</v>
+        <v>3284</v>
       </c>
       <c r="I128" t="s">
-        <v>3264</v>
+        <v>3285</v>
       </c>
       <c r="J128" t="s">
-        <v>3023</v>
+        <v>2569</v>
       </c>
       <c r="K128" t="s">
-        <v>3265</v>
-[...20 lines deleted...]
-        <v>3272</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B129" t="s">
-        <v>3273</v>
+        <v>3287</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>3274</v>
+        <v>3288</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>3275</v>
+        <v>3289</v>
       </c>
       <c r="H129" t="s">
-        <v>3276</v>
+        <v>3290</v>
       </c>
       <c r="I129" t="s">
-        <v>3277</v>
+        <v>3291</v>
       </c>
       <c r="J129" t="s">
-        <v>3278</v>
+        <v>3051</v>
       </c>
       <c r="K129" t="s">
-        <v>3279</v>
+        <v>3292</v>
       </c>
       <c r="L129" t="s">
-        <v>3280</v>
+        <v>3293</v>
       </c>
       <c r="M129" t="s">
-        <v>3281</v>
+        <v>3294</v>
+      </c>
+      <c r="N129" t="s">
+        <v>3295</v>
+      </c>
+      <c r="O129" t="s">
+        <v>3296</v>
+      </c>
+      <c r="P129" t="s">
+        <v>3297</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>3298</v>
+      </c>
+      <c r="R129" t="s">
+        <v>3299</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B130" t="s">
-        <v>3282</v>
+        <v>3300</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>3283</v>
+        <v>3301</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>3284</v>
+        <v>3302</v>
       </c>
       <c r="H130" t="s">
-        <v>3285</v>
+        <v>3303</v>
       </c>
       <c r="I130" t="s">
-        <v>3286</v>
+        <v>3304</v>
       </c>
       <c r="J130" t="s">
-        <v>2848</v>
+        <v>3305</v>
       </c>
       <c r="K130" t="s">
-        <v>3287</v>
+        <v>3306</v>
       </c>
       <c r="L130" t="s">
-        <v>3288</v>
+        <v>3307</v>
       </c>
       <c r="M130" t="s">
-        <v>3289</v>
-[...5 lines deleted...]
-        <v>3291</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B131" t="s">
-        <v>3292</v>
+        <v>3309</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>3293</v>
+        <v>3310</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>3294</v>
+        <v>3311</v>
       </c>
       <c r="H131" t="s">
-        <v>3295</v>
+        <v>3312</v>
       </c>
       <c r="I131" t="s">
-        <v>3296</v>
+        <v>3313</v>
       </c>
       <c r="J131" t="s">
-        <v>3297</v>
+        <v>2876</v>
       </c>
       <c r="K131" t="s">
-        <v>3298</v>
+        <v>3314</v>
+      </c>
+      <c r="L131" t="s">
+        <v>3315</v>
+      </c>
+      <c r="M131" t="s">
+        <v>3316</v>
+      </c>
+      <c r="N131" t="s">
+        <v>3317</v>
+      </c>
+      <c r="O131" t="s">
+        <v>3318</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B132" t="s">
-        <v>3299</v>
+        <v>3319</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>3300</v>
+        <v>3320</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>3301</v>
+        <v>3321</v>
       </c>
       <c r="H132" t="s">
-        <v>3302</v>
+        <v>3322</v>
       </c>
       <c r="I132" t="s">
-        <v>3303</v>
+        <v>3323</v>
       </c>
       <c r="J132" t="s">
-        <v>3304</v>
+        <v>3324</v>
       </c>
       <c r="K132" t="s">
-        <v>3305</v>
-[...17 lines deleted...]
-        <v>3311</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B133" t="s">
-        <v>3312</v>
+        <v>3326</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>3313</v>
+        <v>3327</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>3314</v>
+        <v>3328</v>
       </c>
       <c r="H133" t="s">
-        <v>3315</v>
+        <v>3329</v>
       </c>
       <c r="I133" t="s">
-        <v>3316</v>
+        <v>3330</v>
       </c>
       <c r="J133" t="s">
-        <v>1961</v>
+        <v>3331</v>
       </c>
       <c r="K133" t="s">
-        <v>3317</v>
+        <v>3332</v>
       </c>
       <c r="L133" t="s">
-        <v>3318</v>
+        <v>3333</v>
       </c>
       <c r="M133" t="s">
-        <v>3319</v>
+        <v>3334</v>
       </c>
       <c r="N133" t="s">
-        <v>3320</v>
+        <v>3335</v>
       </c>
       <c r="O133" t="s">
-        <v>3321</v>
+        <v>3336</v>
+      </c>
+      <c r="P133" t="s">
+        <v>3337</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>3338</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B134" t="s">
-        <v>3322</v>
+        <v>3339</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>3323</v>
+        <v>3340</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>3324</v>
+        <v>3341</v>
       </c>
       <c r="H134" t="s">
-        <v>3325</v>
+        <v>3342</v>
       </c>
       <c r="I134" t="s">
-        <v>3326</v>
+        <v>3343</v>
       </c>
       <c r="J134" t="s">
-        <v>3327</v>
+        <v>1818</v>
       </c>
       <c r="K134" t="s">
-        <v>3328</v>
+        <v>3344</v>
       </c>
       <c r="L134" t="s">
-        <v>3329</v>
+        <v>3345</v>
       </c>
       <c r="M134" t="s">
-        <v>3330</v>
+        <v>3346</v>
       </c>
       <c r="N134" t="s">
-        <v>3331</v>
+        <v>3347</v>
+      </c>
+      <c r="O134" t="s">
+        <v>3348</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B135" t="s">
-        <v>3332</v>
+        <v>3349</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>3333</v>
+        <v>3350</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>3334</v>
+        <v>3351</v>
       </c>
       <c r="H135" t="s">
-        <v>3335</v>
+        <v>3352</v>
       </c>
       <c r="I135" t="s">
-        <v>3336</v>
+        <v>3353</v>
       </c>
       <c r="J135" t="s">
-        <v>3337</v>
+        <v>3354</v>
       </c>
       <c r="K135" t="s">
-        <v>3338</v>
+        <v>3355</v>
       </c>
       <c r="L135" t="s">
-        <v>3339</v>
+        <v>3356</v>
       </c>
       <c r="M135" t="s">
-        <v>3340</v>
+        <v>3357</v>
+      </c>
+      <c r="N135" t="s">
+        <v>3358</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B136" t="s">
-        <v>3341</v>
+        <v>3359</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>3342</v>
+        <v>3360</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>3343</v>
+        <v>3361</v>
       </c>
       <c r="H136" t="s">
-        <v>3344</v>
+        <v>3362</v>
       </c>
       <c r="I136" t="s">
-        <v>3336</v>
+        <v>3363</v>
       </c>
       <c r="J136" t="s">
-        <v>2848</v>
+        <v>3364</v>
       </c>
       <c r="K136" t="s">
-        <v>3345</v>
+        <v>3365</v>
       </c>
       <c r="L136" t="s">
-        <v>3346</v>
+        <v>3366</v>
       </c>
       <c r="M136" t="s">
-        <v>3347</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B137" t="s">
-        <v>3348</v>
+        <v>3368</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>3349</v>
+        <v>3369</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>3350</v>
+        <v>3370</v>
       </c>
       <c r="H137" t="s">
-        <v>3351</v>
+        <v>3371</v>
       </c>
       <c r="I137" t="s">
-        <v>2296</v>
+        <v>3363</v>
       </c>
       <c r="J137" t="s">
-        <v>3352</v>
+        <v>2876</v>
       </c>
       <c r="K137" t="s">
-        <v>3353</v>
+        <v>3372</v>
       </c>
       <c r="L137" t="s">
-        <v>3354</v>
+        <v>3373</v>
       </c>
       <c r="M137" t="s">
-        <v>3355</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B138" t="s">
-        <v>3356</v>
+        <v>3375</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>3357</v>
+        <v>3376</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>3358</v>
+        <v>3377</v>
       </c>
       <c r="H138" t="s">
-        <v>3359</v>
+        <v>3378</v>
       </c>
       <c r="I138" t="s">
-        <v>3360</v>
+        <v>2360</v>
       </c>
       <c r="J138" t="s">
-        <v>3361</v>
+        <v>3379</v>
       </c>
       <c r="K138" t="s">
-        <v>3362</v>
+        <v>3380</v>
       </c>
       <c r="L138" t="s">
-        <v>3363</v>
+        <v>3381</v>
       </c>
       <c r="M138" t="s">
-        <v>3364</v>
-[...5 lines deleted...]
-        <v>3366</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B139" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>3368</v>
+        <v>3384</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>3369</v>
+        <v>3385</v>
       </c>
       <c r="H139" t="s">
-        <v>3370</v>
+        <v>3386</v>
       </c>
       <c r="I139" t="s">
-        <v>3371</v>
+        <v>3387</v>
       </c>
       <c r="J139" t="s">
-        <v>3091</v>
+        <v>3388</v>
       </c>
       <c r="K139" t="s">
-        <v>3372</v>
+        <v>3389</v>
       </c>
       <c r="L139" t="s">
-        <v>3373</v>
+        <v>3390</v>
       </c>
       <c r="M139" t="s">
-        <v>3374</v>
+        <v>3391</v>
       </c>
       <c r="N139" t="s">
-        <v>3375</v>
+        <v>3392</v>
       </c>
       <c r="O139" t="s">
-        <v>3376</v>
-[...2 lines deleted...]
-        <v>3377</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B140" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
       <c r="C140" t="s">
         <v>11</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="H140" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="I140" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
       <c r="J140" t="s">
-        <v>3383</v>
+        <v>3118</v>
       </c>
       <c r="K140" t="s">
-        <v>3384</v>
+        <v>3399</v>
+      </c>
+      <c r="L140" t="s">
+        <v>3400</v>
+      </c>
+      <c r="M140" t="s">
+        <v>3401</v>
+      </c>
+      <c r="N140" t="s">
+        <v>3402</v>
+      </c>
+      <c r="O140" t="s">
+        <v>3403</v>
+      </c>
+      <c r="P140" t="s">
+        <v>3404</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B141" t="s">
-        <v>3385</v>
+        <v>3405</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>3386</v>
+        <v>3406</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>3387</v>
+        <v>3407</v>
       </c>
       <c r="H141" t="s">
-        <v>3388</v>
+        <v>3408</v>
       </c>
       <c r="I141" t="s">
-        <v>3389</v>
+        <v>3409</v>
       </c>
       <c r="J141" t="s">
-        <v>367</v>
+        <v>3410</v>
       </c>
       <c r="K141" t="s">
-        <v>3390</v>
-[...5 lines deleted...]
-        <v>3392</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B142" t="s">
-        <v>3393</v>
+        <v>3412</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>3394</v>
+        <v>3413</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>3395</v>
+        <v>3414</v>
       </c>
       <c r="H142" t="s">
-        <v>3396</v>
+        <v>3415</v>
       </c>
       <c r="I142" t="s">
-        <v>3397</v>
+        <v>3416</v>
       </c>
       <c r="J142" t="s">
-        <v>2452</v>
+        <v>379</v>
       </c>
       <c r="K142" t="s">
-        <v>3398</v>
+        <v>3417</v>
       </c>
       <c r="L142" t="s">
-        <v>3399</v>
+        <v>3418</v>
       </c>
       <c r="M142" t="s">
-        <v>3400</v>
-[...35 lines deleted...]
-        <v>3412</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B143" t="s">
-        <v>3413</v>
+        <v>3420</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>3414</v>
+        <v>3421</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>3415</v>
+        <v>3422</v>
       </c>
       <c r="H143" t="s">
-        <v>3416</v>
+        <v>3423</v>
       </c>
       <c r="I143" t="s">
-        <v>2530</v>
+        <v>3424</v>
       </c>
       <c r="J143" t="s">
-        <v>3206</v>
+        <v>2515</v>
       </c>
       <c r="K143" t="s">
-        <v>3417</v>
+        <v>3425</v>
       </c>
       <c r="L143" t="s">
-        <v>3418</v>
+        <v>3426</v>
       </c>
       <c r="M143" t="s">
-        <v>3419</v>
+        <v>3427</v>
       </c>
       <c r="N143" t="s">
-        <v>3420</v>
+        <v>3428</v>
+      </c>
+      <c r="O143" t="s">
+        <v>3429</v>
+      </c>
+      <c r="P143" t="s">
+        <v>3430</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>3431</v>
+      </c>
+      <c r="R143" t="s">
+        <v>3432</v>
+      </c>
+      <c r="S143" t="s">
+        <v>3433</v>
+      </c>
+      <c r="T143" t="s">
+        <v>3434</v>
+      </c>
+      <c r="U143" t="s">
+        <v>3435</v>
+      </c>
+      <c r="V143" t="s">
+        <v>3436</v>
+      </c>
+      <c r="W143" t="s">
+        <v>3437</v>
+      </c>
+      <c r="X143" t="s">
+        <v>3438</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>3439</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B144" t="s">
-        <v>3421</v>
+        <v>3440</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>3422</v>
+        <v>3441</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>3423</v>
+        <v>3442</v>
       </c>
       <c r="H144" t="s">
-        <v>3424</v>
+        <v>3443</v>
       </c>
       <c r="I144" t="s">
-        <v>3425</v>
+        <v>2577</v>
       </c>
       <c r="J144" t="s">
-        <v>3426</v>
+        <v>3233</v>
       </c>
       <c r="K144" t="s">
-        <v>3427</v>
+        <v>3444</v>
+      </c>
+      <c r="L144" t="s">
+        <v>3445</v>
+      </c>
+      <c r="M144" t="s">
+        <v>3446</v>
+      </c>
+      <c r="N144" t="s">
+        <v>3447</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B145" t="s">
-        <v>3428</v>
+        <v>3448</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>3429</v>
+        <v>3449</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>3430</v>
+        <v>3450</v>
       </c>
       <c r="H145" t="s">
-        <v>3431</v>
+        <v>3451</v>
       </c>
       <c r="I145" t="s">
-        <v>3432</v>
+        <v>3452</v>
       </c>
       <c r="J145" t="s">
-        <v>3023</v>
+        <v>3453</v>
       </c>
       <c r="K145" t="s">
-        <v>3433</v>
-[...2 lines deleted...]
-        <v>3434</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B146" t="s">
-        <v>3435</v>
+        <v>3455</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>3436</v>
+        <v>3456</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>3437</v>
+        <v>3457</v>
       </c>
       <c r="H146" t="s">
-        <v>3438</v>
+        <v>3458</v>
       </c>
       <c r="I146" t="s">
-        <v>3439</v>
+        <v>3459</v>
       </c>
       <c r="J146" t="s">
-        <v>3440</v>
+        <v>3051</v>
       </c>
       <c r="K146" t="s">
-        <v>3441</v>
+        <v>3460</v>
       </c>
       <c r="L146" t="s">
-        <v>3442</v>
-[...5 lines deleted...]
-        <v>3444</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B147" t="s">
-        <v>3445</v>
+        <v>3462</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>3446</v>
+        <v>3463</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>3447</v>
+        <v>3464</v>
       </c>
       <c r="H147" t="s">
-        <v>3448</v>
+        <v>3465</v>
       </c>
       <c r="I147" t="s">
-        <v>3449</v>
+        <v>3466</v>
       </c>
       <c r="J147" t="s">
-        <v>3450</v>
+        <v>3467</v>
       </c>
       <c r="K147" t="s">
-        <v>3451</v>
+        <v>3468</v>
+      </c>
+      <c r="L147" t="s">
+        <v>3469</v>
+      </c>
+      <c r="M147" t="s">
+        <v>3470</v>
+      </c>
+      <c r="N147" t="s">
+        <v>3471</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B148" t="s">
-        <v>3452</v>
+        <v>3472</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>3453</v>
+        <v>3473</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>3454</v>
+        <v>3474</v>
       </c>
       <c r="H148" t="s">
-        <v>3455</v>
+        <v>3475</v>
       </c>
       <c r="I148" t="s">
-        <v>3432</v>
+        <v>3476</v>
       </c>
       <c r="J148" t="s">
-        <v>2336</v>
+        <v>3477</v>
       </c>
       <c r="K148" t="s">
-        <v>3456</v>
-[...2 lines deleted...]
-        <v>3457</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B149" t="s">
-        <v>3458</v>
+        <v>3479</v>
       </c>
       <c r="C149" t="s">
         <v>11</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
+        <v>3480</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H149" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I149" t="s">
         <v>3459</v>
       </c>
-      <c r="F149" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J149" t="s">
-        <v>3462</v>
+        <v>2399</v>
       </c>
       <c r="K149" t="s">
-        <v>3463</v>
+        <v>3483</v>
+      </c>
+      <c r="L149" t="s">
+        <v>3484</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B150" t="s">
-        <v>3464</v>
+        <v>3485</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>3465</v>
+        <v>3486</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>3466</v>
+        <v>3487</v>
       </c>
       <c r="H150" t="s">
-        <v>3467</v>
+        <v>3488</v>
       </c>
       <c r="I150" t="s">
-        <v>3468</v>
+        <v>2360</v>
       </c>
       <c r="J150" t="s">
-        <v>3469</v>
+        <v>3489</v>
       </c>
       <c r="K150" t="s">
-        <v>3470</v>
-[...20 lines deleted...]
-        <v>3477</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B151" t="s">
-        <v>3478</v>
+        <v>3491</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>3465</v>
+        <v>3492</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>3479</v>
+        <v>3493</v>
       </c>
       <c r="H151" t="s">
-        <v>3480</v>
+        <v>3494</v>
       </c>
       <c r="I151" t="s">
-        <v>3432</v>
+        <v>3495</v>
       </c>
       <c r="J151" t="s">
-        <v>1859</v>
+        <v>3496</v>
       </c>
       <c r="K151" t="s">
-        <v>3481</v>
+        <v>3497</v>
       </c>
       <c r="L151" t="s">
-        <v>3482</v>
+        <v>3498</v>
+      </c>
+      <c r="M151" t="s">
+        <v>3499</v>
+      </c>
+      <c r="N151" t="s">
+        <v>3500</v>
+      </c>
+      <c r="O151" t="s">
+        <v>3501</v>
+      </c>
+      <c r="P151" t="s">
+        <v>3502</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>3503</v>
+      </c>
+      <c r="R151" t="s">
+        <v>3504</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B152" t="s">
-        <v>3483</v>
+        <v>3505</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>3484</v>
+        <v>3492</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>3485</v>
+        <v>3506</v>
       </c>
       <c r="H152" t="s">
-        <v>3486</v>
+        <v>3507</v>
       </c>
       <c r="I152" t="s">
-        <v>3371</v>
+        <v>3459</v>
       </c>
       <c r="J152" t="s">
-        <v>489</v>
+        <v>1961</v>
       </c>
       <c r="K152" t="s">
-        <v>3487</v>
+        <v>3508</v>
       </c>
       <c r="L152" t="s">
-        <v>3488</v>
-[...2 lines deleted...]
-        <v>3489</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B153" t="s">
-        <v>3490</v>
+        <v>3510</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>3491</v>
+        <v>3511</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>3492</v>
+        <v>3512</v>
       </c>
       <c r="H153" t="s">
-        <v>3493</v>
+        <v>3513</v>
       </c>
       <c r="I153" t="s">
-        <v>3494</v>
+        <v>3398</v>
       </c>
       <c r="J153" t="s">
-        <v>2656</v>
+        <v>501</v>
       </c>
       <c r="K153" t="s">
-        <v>3495</v>
+        <v>3514</v>
       </c>
       <c r="L153" t="s">
-        <v>3496</v>
+        <v>3515</v>
       </c>
       <c r="M153" t="s">
-        <v>3497</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B154" t="s">
-        <v>3498</v>
+        <v>3517</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>3499</v>
+        <v>3518</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>3500</v>
+        <v>3519</v>
       </c>
       <c r="H154" t="s">
-        <v>3501</v>
+        <v>3520</v>
       </c>
       <c r="I154" t="s">
-        <v>3502</v>
+        <v>3521</v>
       </c>
       <c r="J154" t="s">
-        <v>3503</v>
+        <v>2684</v>
       </c>
       <c r="K154" t="s">
-        <v>3504</v>
+        <v>3522</v>
       </c>
       <c r="L154" t="s">
-        <v>3505</v>
+        <v>3523</v>
       </c>
       <c r="M154" t="s">
-        <v>3506</v>
-[...5 lines deleted...]
-        <v>3508</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B155" t="s">
-        <v>3509</v>
+        <v>3525</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>3499</v>
+        <v>3526</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>3510</v>
+        <v>3527</v>
       </c>
       <c r="H155" t="s">
-        <v>3511</v>
+        <v>3528</v>
       </c>
       <c r="I155" t="s">
-        <v>3512</v>
+        <v>3529</v>
       </c>
       <c r="J155" t="s">
-        <v>2098</v>
+        <v>3530</v>
       </c>
       <c r="K155" t="s">
-        <v>3513</v>
+        <v>3531</v>
       </c>
       <c r="L155" t="s">
-        <v>3514</v>
+        <v>3532</v>
       </c>
       <c r="M155" t="s">
-        <v>3515</v>
+        <v>3533</v>
       </c>
       <c r="N155" t="s">
-        <v>3516</v>
+        <v>3534</v>
+      </c>
+      <c r="O155" t="s">
+        <v>3535</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B156" t="s">
-        <v>3517</v>
+        <v>3536</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>3518</v>
+        <v>3526</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>3519</v>
+        <v>3537</v>
       </c>
       <c r="H156" t="s">
-        <v>3520</v>
+        <v>3538</v>
       </c>
       <c r="I156" t="s">
-        <v>3521</v>
+        <v>3539</v>
       </c>
       <c r="J156" t="s">
-        <v>2336</v>
+        <v>2170</v>
       </c>
       <c r="K156" t="s">
-        <v>3522</v>
+        <v>3540</v>
       </c>
       <c r="L156" t="s">
-        <v>3523</v>
+        <v>3541</v>
       </c>
       <c r="M156" t="s">
-        <v>3524</v>
+        <v>3542</v>
+      </c>
+      <c r="N156" t="s">
+        <v>3543</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B157" t="s">
-        <v>3525</v>
+        <v>3544</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>3526</v>
+        <v>3545</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>3527</v>
+        <v>3546</v>
       </c>
       <c r="H157" t="s">
-        <v>3528</v>
+        <v>3547</v>
       </c>
       <c r="I157" t="s">
-        <v>3529</v>
+        <v>3548</v>
       </c>
       <c r="J157" t="s">
-        <v>3530</v>
+        <v>2399</v>
       </c>
       <c r="K157" t="s">
-        <v>3531</v>
+        <v>3549</v>
+      </c>
+      <c r="L157" t="s">
+        <v>3550</v>
+      </c>
+      <c r="M157" t="s">
+        <v>3551</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B158" t="s">
-        <v>3532</v>
+        <v>3552</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>3533</v>
+        <v>3553</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>3534</v>
+        <v>3554</v>
       </c>
       <c r="H158" t="s">
-        <v>3535</v>
+        <v>3555</v>
       </c>
       <c r="I158" t="s">
-        <v>3536</v>
+        <v>3556</v>
       </c>
       <c r="J158" t="s">
-        <v>3537</v>
+        <v>3557</v>
       </c>
       <c r="K158" t="s">
-        <v>3538</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B159" t="s">
-        <v>3539</v>
+        <v>3559</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>3533</v>
+        <v>3560</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>3540</v>
+        <v>3561</v>
       </c>
       <c r="H159" t="s">
-        <v>3541</v>
+        <v>3562</v>
       </c>
       <c r="I159" t="s">
-        <v>3542</v>
+        <v>3563</v>
       </c>
       <c r="J159" t="s">
-        <v>2098</v>
+        <v>3564</v>
       </c>
       <c r="K159" t="s">
-        <v>3543</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B160" t="s">
-        <v>3544</v>
+        <v>3566</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>3545</v>
+        <v>3560</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>3546</v>
+        <v>3567</v>
       </c>
       <c r="H160" t="s">
-        <v>3547</v>
+        <v>3568</v>
       </c>
       <c r="I160" t="s">
-        <v>3548</v>
+        <v>3569</v>
       </c>
       <c r="J160" t="s">
-        <v>3549</v>
+        <v>2170</v>
       </c>
       <c r="K160" t="s">
-        <v>3550</v>
-[...14 lines deleted...]
-        <v>3555</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B161" t="s">
-        <v>3556</v>
+        <v>3571</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>3557</v>
+        <v>3572</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>3558</v>
+        <v>3573</v>
       </c>
       <c r="H161" t="s">
-        <v>3559</v>
+        <v>3574</v>
       </c>
       <c r="I161" t="s">
-        <v>3560</v>
+        <v>3575</v>
       </c>
       <c r="J161" t="s">
-        <v>3561</v>
+        <v>3576</v>
       </c>
       <c r="K161" t="s">
-        <v>3562</v>
+        <v>3577</v>
       </c>
       <c r="L161" t="s">
-        <v>3563</v>
+        <v>3578</v>
       </c>
       <c r="M161" t="s">
-        <v>3564</v>
+        <v>3579</v>
       </c>
       <c r="N161" t="s">
-        <v>3565</v>
+        <v>3580</v>
       </c>
       <c r="O161" t="s">
-        <v>3566</v>
+        <v>3581</v>
+      </c>
+      <c r="P161" t="s">
+        <v>3582</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B162" t="s">
-        <v>3567</v>
+        <v>3583</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>3568</v>
+        <v>3584</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>3569</v>
+        <v>3585</v>
       </c>
       <c r="H162" t="s">
-        <v>3570</v>
+        <v>3586</v>
       </c>
       <c r="I162" t="s">
-        <v>3571</v>
+        <v>3587</v>
       </c>
       <c r="J162" t="s">
-        <v>3572</v>
+        <v>3588</v>
       </c>
       <c r="K162" t="s">
-        <v>3573</v>
+        <v>3589</v>
+      </c>
+      <c r="L162" t="s">
+        <v>3590</v>
+      </c>
+      <c r="M162" t="s">
+        <v>3591</v>
+      </c>
+      <c r="N162" t="s">
+        <v>3592</v>
+      </c>
+      <c r="O162" t="s">
+        <v>3593</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B163" t="s">
-        <v>3574</v>
+        <v>3594</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>3575</v>
+        <v>3595</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>3576</v>
+        <v>3596</v>
       </c>
       <c r="H163" t="s">
-        <v>3577</v>
+        <v>3597</v>
       </c>
       <c r="I163" t="s">
-        <v>3578</v>
+        <v>3598</v>
       </c>
       <c r="J163" t="s">
-        <v>2098</v>
+        <v>3599</v>
       </c>
       <c r="K163" t="s">
-        <v>3579</v>
-[...5 lines deleted...]
-        <v>3581</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B164" t="s">
-        <v>3582</v>
+        <v>3601</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>3575</v>
+        <v>3602</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>3583</v>
+        <v>3603</v>
       </c>
       <c r="H164" t="s">
-        <v>3584</v>
+        <v>3604</v>
       </c>
       <c r="I164" t="s">
-        <v>3178</v>
+        <v>3605</v>
       </c>
       <c r="J164" t="s">
-        <v>1824</v>
+        <v>2170</v>
       </c>
       <c r="K164" t="s">
-        <v>3585</v>
+        <v>3606</v>
       </c>
       <c r="L164" t="s">
-        <v>3586</v>
+        <v>3607</v>
       </c>
       <c r="M164" t="s">
-        <v>3587</v>
-[...2 lines deleted...]
-        <v>3588</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B165" t="s">
-        <v>3589</v>
+        <v>3609</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>3590</v>
+        <v>3602</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>3591</v>
+        <v>3610</v>
       </c>
       <c r="H165" t="s">
-        <v>3592</v>
+        <v>3611</v>
       </c>
       <c r="I165" t="s">
-        <v>2386</v>
+        <v>3205</v>
       </c>
       <c r="J165" t="s">
-        <v>2863</v>
+        <v>1926</v>
       </c>
       <c r="K165" t="s">
-        <v>3593</v>
+        <v>3612</v>
+      </c>
+      <c r="L165" t="s">
+        <v>3613</v>
+      </c>
+      <c r="M165" t="s">
+        <v>3614</v>
+      </c>
+      <c r="N165" t="s">
+        <v>3615</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B166" t="s">
-        <v>3594</v>
+        <v>3616</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>3595</v>
+        <v>3617</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>3596</v>
+        <v>3618</v>
       </c>
       <c r="H166" t="s">
-        <v>3597</v>
+        <v>3619</v>
       </c>
       <c r="I166" t="s">
-        <v>3598</v>
+        <v>2449</v>
       </c>
       <c r="J166" t="s">
-        <v>1994</v>
+        <v>2891</v>
       </c>
       <c r="K166" t="s">
-        <v>3599</v>
-[...14 lines deleted...]
-        <v>3604</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B167" t="s">
-        <v>3605</v>
+        <v>3621</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>1502</v>
+        <v>3622</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>3606</v>
+        <v>3623</v>
       </c>
       <c r="H167" t="s">
-        <v>3607</v>
+        <v>3624</v>
       </c>
       <c r="I167" t="s">
-        <v>3608</v>
+        <v>3625</v>
       </c>
       <c r="J167" t="s">
-        <v>367</v>
+        <v>2095</v>
       </c>
       <c r="K167" t="s">
-        <v>3609</v>
+        <v>3626</v>
       </c>
       <c r="L167" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="M167" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="N167" t="s">
-        <v>3612</v>
+        <v>3629</v>
       </c>
       <c r="O167" t="s">
-        <v>3613</v>
+        <v>3630</v>
       </c>
       <c r="P167" t="s">
-        <v>3614</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B168" t="s">
-        <v>3615</v>
+        <v>3632</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>3575</v>
+        <v>1514</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>3616</v>
+        <v>3633</v>
       </c>
       <c r="H168" t="s">
-        <v>3617</v>
+        <v>3634</v>
       </c>
       <c r="I168" t="s">
-        <v>3432</v>
+        <v>3635</v>
       </c>
       <c r="J168" t="s">
-        <v>3618</v>
+        <v>379</v>
       </c>
       <c r="K168" t="s">
-        <v>3619</v>
+        <v>3636</v>
       </c>
       <c r="L168" t="s">
-        <v>3620</v>
+        <v>3637</v>
+      </c>
+      <c r="M168" t="s">
+        <v>3638</v>
+      </c>
+      <c r="N168" t="s">
+        <v>3639</v>
+      </c>
+      <c r="O168" t="s">
+        <v>3640</v>
+      </c>
+      <c r="P168" t="s">
+        <v>3641</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B169" t="s">
-        <v>3621</v>
+        <v>3642</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>3622</v>
+        <v>3602</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>3623</v>
+        <v>3643</v>
       </c>
       <c r="H169" t="s">
-        <v>3624</v>
+        <v>3644</v>
       </c>
       <c r="I169" t="s">
-        <v>3625</v>
+        <v>3459</v>
       </c>
       <c r="J169" t="s">
-        <v>3626</v>
+        <v>3645</v>
       </c>
       <c r="K169" t="s">
-        <v>3627</v>
+        <v>3646</v>
       </c>
       <c r="L169" t="s">
-        <v>3628</v>
-[...5 lines deleted...]
-        <v>3630</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B170" t="s">
-        <v>3631</v>
+        <v>3648</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>3632</v>
+        <v>3649</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>3633</v>
+        <v>3650</v>
       </c>
       <c r="H170" t="s">
-        <v>3634</v>
+        <v>3651</v>
       </c>
       <c r="I170" t="s">
-        <v>3635</v>
+        <v>3652</v>
       </c>
       <c r="J170" t="s">
-        <v>2336</v>
+        <v>3653</v>
       </c>
       <c r="K170" t="s">
-        <v>3636</v>
+        <v>3654</v>
       </c>
       <c r="L170" t="s">
-        <v>3637</v>
+        <v>3655</v>
       </c>
       <c r="M170" t="s">
-        <v>3638</v>
+        <v>3656</v>
       </c>
       <c r="N170" t="s">
-        <v>3639</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B171" t="s">
-        <v>3640</v>
+        <v>3658</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>3641</v>
+        <v>3659</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>3642</v>
+        <v>3660</v>
       </c>
       <c r="H171" t="s">
-        <v>3643</v>
+        <v>3661</v>
       </c>
       <c r="I171" t="s">
-        <v>2296</v>
+        <v>3662</v>
       </c>
       <c r="J171" t="s">
-        <v>3023</v>
+        <v>2399</v>
       </c>
       <c r="K171" t="s">
-        <v>3644</v>
+        <v>3663</v>
+      </c>
+      <c r="L171" t="s">
+        <v>3664</v>
+      </c>
+      <c r="M171" t="s">
+        <v>3665</v>
+      </c>
+      <c r="N171" t="s">
+        <v>3666</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B172" t="s">
-        <v>3645</v>
+        <v>3667</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>3632</v>
+        <v>3668</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>3646</v>
+        <v>3669</v>
       </c>
       <c r="H172" t="s">
-        <v>3647</v>
+        <v>3670</v>
       </c>
       <c r="I172" t="s">
-        <v>3648</v>
+        <v>2360</v>
       </c>
       <c r="J172" t="s">
-        <v>3649</v>
+        <v>3051</v>
       </c>
       <c r="K172" t="s">
-        <v>3650</v>
-[...2 lines deleted...]
-        <v>3651</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B173" t="s">
-        <v>3652</v>
+        <v>3672</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>3653</v>
+        <v>3659</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>3654</v>
+        <v>3673</v>
       </c>
       <c r="H173" t="s">
-        <v>3655</v>
+        <v>3674</v>
       </c>
       <c r="I173" t="s">
-        <v>3656</v>
+        <v>3675</v>
       </c>
       <c r="J173" t="s">
-        <v>3657</v>
+        <v>3676</v>
       </c>
       <c r="K173" t="s">
-        <v>3658</v>
+        <v>3677</v>
       </c>
       <c r="L173" t="s">
-        <v>3659</v>
-[...5 lines deleted...]
-        <v>3661</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B174" t="s">
-        <v>3662</v>
+        <v>3679</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>3663</v>
+        <v>3680</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>3664</v>
+        <v>3681</v>
       </c>
       <c r="H174" t="s">
-        <v>3665</v>
+        <v>3682</v>
       </c>
       <c r="I174" t="s">
-        <v>3666</v>
+        <v>3683</v>
       </c>
       <c r="J174" t="s">
-        <v>1994</v>
+        <v>3684</v>
       </c>
       <c r="K174" t="s">
-        <v>3667</v>
+        <v>3685</v>
       </c>
       <c r="L174" t="s">
-        <v>3668</v>
+        <v>3686</v>
       </c>
       <c r="M174" t="s">
-        <v>3669</v>
+        <v>3687</v>
       </c>
       <c r="N174" t="s">
-        <v>3670</v>
-[...11 lines deleted...]
-        <v>3674</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B175" t="s">
-        <v>3675</v>
+        <v>3689</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>3676</v>
+        <v>3690</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>3677</v>
+        <v>3691</v>
       </c>
       <c r="H175" t="s">
-        <v>3678</v>
+        <v>3692</v>
       </c>
       <c r="I175" t="s">
-        <v>3679</v>
+        <v>3693</v>
       </c>
       <c r="J175" t="s">
-        <v>3680</v>
+        <v>2095</v>
       </c>
       <c r="K175" t="s">
-        <v>3681</v>
+        <v>3694</v>
       </c>
       <c r="L175" t="s">
-        <v>3682</v>
+        <v>3695</v>
       </c>
       <c r="M175" t="s">
-        <v>3683</v>
+        <v>3696</v>
+      </c>
+      <c r="N175" t="s">
+        <v>3697</v>
+      </c>
+      <c r="O175" t="s">
+        <v>3698</v>
+      </c>
+      <c r="P175" t="s">
+        <v>3699</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>3700</v>
+      </c>
+      <c r="R175" t="s">
+        <v>3701</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B176" t="s">
-        <v>3684</v>
+        <v>3702</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>3685</v>
+        <v>3703</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>3686</v>
+        <v>3704</v>
       </c>
       <c r="H176" t="s">
-        <v>3687</v>
+        <v>3705</v>
       </c>
       <c r="I176" t="s">
-        <v>2862</v>
+        <v>3706</v>
       </c>
       <c r="J176" t="s">
-        <v>2897</v>
+        <v>3707</v>
       </c>
       <c r="K176" t="s">
-        <v>3688</v>
+        <v>3708</v>
       </c>
       <c r="L176" t="s">
-        <v>3689</v>
+        <v>3709</v>
+      </c>
+      <c r="M176" t="s">
+        <v>3710</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B177" t="s">
-        <v>3690</v>
+        <v>3711</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>3685</v>
+        <v>3712</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>3691</v>
+        <v>3713</v>
       </c>
       <c r="H177" t="s">
-        <v>3692</v>
+        <v>3714</v>
       </c>
       <c r="I177" t="s">
-        <v>3693</v>
+        <v>2890</v>
       </c>
       <c r="J177" t="s">
-        <v>1859</v>
+        <v>2925</v>
       </c>
       <c r="K177" t="s">
-        <v>3694</v>
+        <v>3715</v>
       </c>
       <c r="L177" t="s">
-        <v>3695</v>
-[...2 lines deleted...]
-        <v>3696</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B178" t="s">
-        <v>3697</v>
+        <v>3717</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>3698</v>
+        <v>3712</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>3699</v>
+        <v>3718</v>
       </c>
       <c r="H178" t="s">
-        <v>3700</v>
+        <v>3719</v>
       </c>
       <c r="I178" t="s">
-        <v>3701</v>
+        <v>3720</v>
       </c>
       <c r="J178" t="s">
-        <v>1994</v>
+        <v>1961</v>
       </c>
       <c r="K178" t="s">
-        <v>3702</v>
+        <v>3721</v>
       </c>
       <c r="L178" t="s">
-        <v>3703</v>
+        <v>3722</v>
       </c>
       <c r="M178" t="s">
-        <v>3704</v>
-[...8 lines deleted...]
-        <v>3707</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B179" t="s">
-        <v>3708</v>
+        <v>3724</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>3709</v>
+        <v>3725</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>3710</v>
+        <v>3726</v>
       </c>
       <c r="H179" t="s">
-        <v>3711</v>
+        <v>3727</v>
       </c>
       <c r="I179" t="s">
-        <v>3712</v>
+        <v>3728</v>
       </c>
       <c r="J179" t="s">
-        <v>3713</v>
+        <v>2095</v>
       </c>
       <c r="K179" t="s">
-        <v>3714</v>
+        <v>3729</v>
       </c>
       <c r="L179" t="s">
-        <v>3715</v>
+        <v>3730</v>
       </c>
       <c r="M179" t="s">
-        <v>3716</v>
+        <v>3731</v>
       </c>
       <c r="N179" t="s">
-        <v>3717</v>
+        <v>3732</v>
       </c>
       <c r="O179" t="s">
-        <v>3718</v>
+        <v>3733</v>
       </c>
       <c r="P179" t="s">
-        <v>3719</v>
-[...8 lines deleted...]
-        <v>3722</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B180" t="s">
-        <v>3723</v>
+        <v>3735</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>3724</v>
+        <v>3736</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>3725</v>
+        <v>3737</v>
       </c>
       <c r="H180" t="s">
-        <v>3726</v>
+        <v>3738</v>
       </c>
       <c r="I180" t="s">
-        <v>3727</v>
+        <v>3739</v>
       </c>
       <c r="J180" t="s">
-        <v>1824</v>
+        <v>3740</v>
       </c>
       <c r="K180" t="s">
-        <v>3728</v>
+        <v>3741</v>
       </c>
       <c r="L180" t="s">
-        <v>3729</v>
+        <v>3742</v>
       </c>
       <c r="M180" t="s">
-        <v>3730</v>
+        <v>3743</v>
       </c>
       <c r="N180" t="s">
-        <v>3731</v>
+        <v>3744</v>
       </c>
       <c r="O180" t="s">
-        <v>3732</v>
+        <v>3745</v>
       </c>
       <c r="P180" t="s">
-        <v>3733</v>
+        <v>3746</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>3747</v>
+      </c>
+      <c r="R180" t="s">
+        <v>3748</v>
+      </c>
+      <c r="S180" t="s">
+        <v>3749</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B181" t="s">
-        <v>3734</v>
+        <v>3750</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>3735</v>
+        <v>3751</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>3736</v>
+        <v>3752</v>
       </c>
       <c r="H181" t="s">
-        <v>3737</v>
+        <v>3753</v>
       </c>
       <c r="I181" t="s">
-        <v>2296</v>
+        <v>3754</v>
       </c>
       <c r="J181" t="s">
-        <v>3738</v>
+        <v>1926</v>
       </c>
       <c r="K181" t="s">
-        <v>3739</v>
+        <v>3755</v>
+      </c>
+      <c r="L181" t="s">
+        <v>3756</v>
+      </c>
+      <c r="M181" t="s">
+        <v>3757</v>
+      </c>
+      <c r="N181" t="s">
+        <v>3758</v>
+      </c>
+      <c r="O181" t="s">
+        <v>3759</v>
+      </c>
+      <c r="P181" t="s">
+        <v>3760</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B182" t="s">
-        <v>3740</v>
+        <v>3761</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>3741</v>
+        <v>3762</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>3742</v>
+        <v>3763</v>
       </c>
       <c r="H182" t="s">
-        <v>3743</v>
+        <v>3764</v>
       </c>
       <c r="I182" t="s">
-        <v>3744</v>
+        <v>2360</v>
       </c>
       <c r="J182" t="s">
-        <v>3745</v>
+        <v>3765</v>
       </c>
       <c r="K182" t="s">
-        <v>3746</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B183" t="s">
-        <v>3747</v>
+        <v>3767</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>3748</v>
+        <v>3768</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>3749</v>
+        <v>3769</v>
       </c>
       <c r="H183" t="s">
-        <v>3750</v>
+        <v>3770</v>
       </c>
       <c r="I183" t="s">
-        <v>3751</v>
+        <v>3771</v>
       </c>
       <c r="J183" t="s">
-        <v>1994</v>
+        <v>3772</v>
       </c>
       <c r="K183" t="s">
-        <v>3752</v>
-[...47 lines deleted...]
-        <v>3768</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B184" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>3770</v>
+        <v>3775</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
       <c r="H184" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
       <c r="I184" t="s">
-        <v>3773</v>
+        <v>3778</v>
       </c>
       <c r="J184" t="s">
-        <v>3774</v>
+        <v>2095</v>
       </c>
       <c r="K184" t="s">
-        <v>3775</v>
+        <v>3779</v>
       </c>
       <c r="L184" t="s">
-        <v>3776</v>
+        <v>3780</v>
       </c>
       <c r="M184" t="s">
-        <v>3777</v>
+        <v>3781</v>
       </c>
       <c r="N184" t="s">
-        <v>3778</v>
+        <v>3782</v>
       </c>
       <c r="O184" t="s">
-        <v>3779</v>
+        <v>3783</v>
       </c>
       <c r="P184" t="s">
-        <v>3780</v>
+        <v>3784</v>
       </c>
       <c r="Q184" t="s">
-        <v>3781</v>
+        <v>3785</v>
       </c>
       <c r="R184" t="s">
-        <v>3782</v>
+        <v>3786</v>
       </c>
       <c r="S184" t="s">
-        <v>3783</v>
+        <v>3787</v>
       </c>
       <c r="T184" t="s">
-        <v>3784</v>
+        <v>3788</v>
       </c>
       <c r="U184" t="s">
-        <v>3785</v>
+        <v>3789</v>
       </c>
       <c r="V184" t="s">
-        <v>3786</v>
+        <v>3790</v>
       </c>
       <c r="W184" t="s">
-        <v>3787</v>
+        <v>3791</v>
       </c>
       <c r="X184" t="s">
-        <v>3788</v>
+        <v>3792</v>
       </c>
       <c r="Y184" t="s">
-        <v>3789</v>
+        <v>3793</v>
       </c>
       <c r="Z184" t="s">
-        <v>3790</v>
+        <v>3794</v>
       </c>
       <c r="AA184" t="s">
-        <v>3791</v>
-[...10 lines deleted...]
-      <c r="AE184" t="s">
         <v>3795</v>
-      </c>
-[...1 lines deleted...]
-        <v>3796</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B185" t="s">
+        <v>3796</v>
+      </c>
+      <c r="C185" t="s">
+        <v>11</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
         <v>3797</v>
-      </c>
-[...7 lines deleted...]
-        <v>3770</v>
       </c>
       <c r="F185" t="s">
         <v>11</v>
       </c>
       <c r="G185" t="s">
         <v>3798</v>
       </c>
       <c r="H185" t="s">
         <v>3799</v>
       </c>
       <c r="I185" t="s">
         <v>3800</v>
       </c>
       <c r="J185" t="s">
         <v>3801</v>
       </c>
       <c r="K185" t="s">
         <v>3802</v>
       </c>
       <c r="L185" t="s">
         <v>3803</v>
       </c>
       <c r="M185" t="s">
         <v>3804</v>
       </c>
       <c r="N185" t="s">
         <v>3805</v>
       </c>
+      <c r="O185" t="s">
+        <v>3806</v>
+      </c>
+      <c r="P185" t="s">
+        <v>3807</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>3808</v>
+      </c>
+      <c r="R185" t="s">
+        <v>3809</v>
+      </c>
+      <c r="S185" t="s">
+        <v>3810</v>
+      </c>
+      <c r="T185" t="s">
+        <v>3811</v>
+      </c>
+      <c r="U185" t="s">
+        <v>3812</v>
+      </c>
+      <c r="V185" t="s">
+        <v>3813</v>
+      </c>
+      <c r="W185" t="s">
+        <v>3814</v>
+      </c>
+      <c r="X185" t="s">
+        <v>3815</v>
+      </c>
+      <c r="Y185" t="s">
+        <v>3816</v>
+      </c>
+      <c r="Z185" t="s">
+        <v>3817</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>3818</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>3819</v>
+      </c>
+      <c r="AC185" t="s">
+        <v>3820</v>
+      </c>
+      <c r="AD185" t="s">
+        <v>3821</v>
+      </c>
+      <c r="AE185" t="s">
+        <v>3822</v>
+      </c>
+      <c r="AF185" t="s">
+        <v>3823</v>
+      </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B186" t="s">
-        <v>3806</v>
+        <v>3824</v>
       </c>
       <c r="C186" t="s">
         <v>11</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>3770</v>
+        <v>3797</v>
       </c>
       <c r="F186" t="s">
         <v>11</v>
       </c>
       <c r="G186" t="s">
-        <v>3807</v>
+        <v>3825</v>
       </c>
       <c r="H186" t="s">
-        <v>3808</v>
+        <v>3826</v>
       </c>
       <c r="I186" t="s">
-        <v>3432</v>
+        <v>3827</v>
       </c>
       <c r="J186" t="s">
-        <v>3738</v>
+        <v>3828</v>
       </c>
       <c r="K186" t="s">
-        <v>3809</v>
+        <v>3829</v>
+      </c>
+      <c r="L186" t="s">
+        <v>3830</v>
+      </c>
+      <c r="M186" t="s">
+        <v>3831</v>
+      </c>
+      <c r="N186" t="s">
+        <v>3832</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B187" t="s">
-        <v>3810</v>
+        <v>3833</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>3811</v>
+        <v>3797</v>
       </c>
       <c r="F187" t="s">
         <v>11</v>
       </c>
       <c r="G187" t="s">
-        <v>3812</v>
+        <v>3834</v>
       </c>
       <c r="H187" t="s">
-        <v>3813</v>
+        <v>3835</v>
       </c>
       <c r="I187" t="s">
-        <v>3814</v>
+        <v>3459</v>
       </c>
       <c r="J187" t="s">
-        <v>3815</v>
+        <v>3765</v>
       </c>
       <c r="K187" t="s">
-        <v>3816</v>
-[...11 lines deleted...]
-        <v>3820</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B188" t="s">
-        <v>3821</v>
+        <v>3837</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>3822</v>
+        <v>3838</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>3823</v>
+        <v>3839</v>
       </c>
       <c r="H188" t="s">
-        <v>3824</v>
+        <v>3840</v>
       </c>
       <c r="I188" t="s">
-        <v>3825</v>
+        <v>3841</v>
       </c>
       <c r="J188" t="s">
-        <v>2052</v>
+        <v>3842</v>
       </c>
       <c r="K188" t="s">
-        <v>3826</v>
+        <v>3843</v>
+      </c>
+      <c r="L188" t="s">
+        <v>3844</v>
+      </c>
+      <c r="M188" t="s">
+        <v>3845</v>
+      </c>
+      <c r="N188" t="s">
+        <v>3846</v>
+      </c>
+      <c r="O188" t="s">
+        <v>3847</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B189" t="s">
-        <v>3827</v>
+        <v>3848</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>3828</v>
+        <v>3849</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>3829</v>
+        <v>3850</v>
       </c>
       <c r="H189" t="s">
-        <v>3830</v>
+        <v>3851</v>
       </c>
       <c r="I189" t="s">
-        <v>3258</v>
+        <v>3852</v>
       </c>
       <c r="J189" t="s">
-        <v>367</v>
+        <v>2124</v>
       </c>
       <c r="K189" t="s">
-        <v>3831</v>
-[...8 lines deleted...]
-        <v>3834</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B190" t="s">
-        <v>3835</v>
+        <v>3854</v>
       </c>
       <c r="C190" t="s">
         <v>11</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>3836</v>
+        <v>3855</v>
       </c>
       <c r="F190" t="s">
         <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>3837</v>
+        <v>3856</v>
       </c>
       <c r="H190" t="s">
-        <v>3838</v>
+        <v>3857</v>
       </c>
       <c r="I190" t="s">
-        <v>3839</v>
+        <v>3285</v>
       </c>
       <c r="J190" t="s">
-        <v>2452</v>
+        <v>379</v>
       </c>
       <c r="K190" t="s">
-        <v>3840</v>
+        <v>3858</v>
       </c>
       <c r="L190" t="s">
-        <v>3841</v>
+        <v>3859</v>
       </c>
       <c r="M190" t="s">
-        <v>3842</v>
+        <v>3860</v>
+      </c>
+      <c r="N190" t="s">
+        <v>3861</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B191" t="s">
-        <v>3843</v>
+        <v>3862</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>3844</v>
+        <v>3863</v>
       </c>
       <c r="F191" t="s">
         <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>3845</v>
+        <v>3864</v>
       </c>
       <c r="H191" t="s">
-        <v>3846</v>
+        <v>3865</v>
       </c>
       <c r="I191" t="s">
-        <v>3847</v>
+        <v>3866</v>
       </c>
       <c r="J191" t="s">
-        <v>3848</v>
+        <v>2515</v>
       </c>
       <c r="K191" t="s">
-        <v>3849</v>
+        <v>3867</v>
       </c>
       <c r="L191" t="s">
-        <v>3850</v>
+        <v>3868</v>
       </c>
       <c r="M191" t="s">
-        <v>3851</v>
-[...2 lines deleted...]
-        <v>3852</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B192" t="s">
-        <v>3853</v>
+        <v>3870</v>
       </c>
       <c r="C192" t="s">
         <v>11</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>3854</v>
+        <v>3871</v>
       </c>
       <c r="F192" t="s">
         <v>11</v>
       </c>
       <c r="G192" t="s">
-        <v>3855</v>
+        <v>3872</v>
       </c>
       <c r="H192" t="s">
-        <v>3856</v>
+        <v>3873</v>
       </c>
       <c r="I192" t="s">
-        <v>3857</v>
+        <v>3874</v>
       </c>
       <c r="J192" t="s">
-        <v>2098</v>
+        <v>3875</v>
       </c>
       <c r="K192" t="s">
-        <v>3858</v>
+        <v>3876</v>
       </c>
       <c r="L192" t="s">
-        <v>3859</v>
+        <v>3877</v>
       </c>
       <c r="M192" t="s">
-        <v>3860</v>
+        <v>3878</v>
+      </c>
+      <c r="N192" t="s">
+        <v>3879</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B193" t="s">
-        <v>3861</v>
+        <v>3880</v>
       </c>
       <c r="C193" t="s">
         <v>11</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>3862</v>
+        <v>3881</v>
       </c>
       <c r="F193" t="s">
         <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>3863</v>
+        <v>3882</v>
       </c>
       <c r="H193" t="s">
-        <v>3864</v>
+        <v>3883</v>
       </c>
       <c r="I193" t="s">
-        <v>3865</v>
+        <v>3884</v>
       </c>
       <c r="J193" t="s">
-        <v>3866</v>
+        <v>2170</v>
       </c>
       <c r="K193" t="s">
-        <v>3867</v>
+        <v>3885</v>
       </c>
       <c r="L193" t="s">
-        <v>3868</v>
+        <v>3886</v>
+      </c>
+      <c r="M193" t="s">
+        <v>3887</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B194" t="s">
-        <v>3869</v>
+        <v>3888</v>
       </c>
       <c r="C194" t="s">
         <v>11</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>3870</v>
+        <v>3889</v>
       </c>
       <c r="F194" t="s">
         <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>3871</v>
+        <v>3890</v>
       </c>
       <c r="H194" t="s">
-        <v>3872</v>
+        <v>3891</v>
       </c>
       <c r="I194" t="s">
-        <v>3873</v>
+        <v>3892</v>
       </c>
       <c r="J194" t="s">
-        <v>2052</v>
+        <v>3893</v>
       </c>
       <c r="K194" t="s">
-        <v>3874</v>
+        <v>3894</v>
       </c>
       <c r="L194" t="s">
-        <v>3875</v>
-[...2 lines deleted...]
-        <v>3876</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B195" t="s">
-        <v>3877</v>
+        <v>3896</v>
       </c>
       <c r="C195" t="s">
         <v>11</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>3878</v>
+        <v>3897</v>
       </c>
       <c r="F195" t="s">
         <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>3879</v>
+        <v>3898</v>
       </c>
       <c r="H195" t="s">
-        <v>3880</v>
+        <v>3899</v>
       </c>
       <c r="I195" t="s">
-        <v>3648</v>
+        <v>3900</v>
       </c>
       <c r="J195" t="s">
-        <v>1734</v>
+        <v>2124</v>
       </c>
       <c r="K195" t="s">
-        <v>3881</v>
+        <v>3901</v>
       </c>
       <c r="L195" t="s">
-        <v>3882</v>
+        <v>3902</v>
       </c>
       <c r="M195" t="s">
-        <v>3883</v>
-[...2 lines deleted...]
-        <v>3884</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B196" t="s">
-        <v>3885</v>
+        <v>3904</v>
       </c>
       <c r="C196" t="s">
         <v>11</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>3870</v>
+        <v>3905</v>
       </c>
       <c r="F196" t="s">
         <v>11</v>
       </c>
       <c r="G196" t="s">
-        <v>3886</v>
+        <v>3906</v>
       </c>
       <c r="H196" t="s">
-        <v>3887</v>
+        <v>3907</v>
       </c>
       <c r="I196" t="s">
-        <v>3888</v>
+        <v>3675</v>
       </c>
       <c r="J196" t="s">
-        <v>3889</v>
+        <v>1836</v>
       </c>
       <c r="K196" t="s">
-        <v>3890</v>
+        <v>3908</v>
       </c>
       <c r="L196" t="s">
-        <v>3891</v>
+        <v>3909</v>
       </c>
       <c r="M196" t="s">
-        <v>3892</v>
+        <v>3910</v>
       </c>
       <c r="N196" t="s">
-        <v>3893</v>
-[...2 lines deleted...]
-        <v>3894</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B197" t="s">
-        <v>3895</v>
+        <v>3912</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>3896</v>
+        <v>3897</v>
       </c>
       <c r="F197" t="s">
         <v>11</v>
       </c>
       <c r="G197" t="s">
-        <v>3897</v>
+        <v>3913</v>
       </c>
       <c r="H197" t="s">
-        <v>3898</v>
+        <v>3914</v>
       </c>
       <c r="I197" t="s">
-        <v>3847</v>
+        <v>3915</v>
       </c>
       <c r="J197" t="s">
-        <v>1846</v>
+        <v>3916</v>
       </c>
       <c r="K197" t="s">
-        <v>3899</v>
+        <v>3917</v>
       </c>
       <c r="L197" t="s">
-        <v>3900</v>
+        <v>3918</v>
+      </c>
+      <c r="M197" t="s">
+        <v>3919</v>
+      </c>
+      <c r="N197" t="s">
+        <v>3920</v>
+      </c>
+      <c r="O197" t="s">
+        <v>3921</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B198" t="s">
-        <v>3901</v>
+        <v>3922</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>3822</v>
+        <v>3923</v>
       </c>
       <c r="F198" t="s">
         <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>3902</v>
+        <v>3924</v>
       </c>
       <c r="H198" t="s">
-        <v>3903</v>
+        <v>3925</v>
       </c>
       <c r="I198" t="s">
-        <v>3904</v>
+        <v>3874</v>
       </c>
       <c r="J198" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="K198" t="s">
-        <v>3905</v>
+        <v>3926</v>
+      </c>
+      <c r="L198" t="s">
+        <v>3927</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B199" t="s">
-        <v>3906</v>
+        <v>3928</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>3828</v>
+        <v>3849</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>3907</v>
+        <v>3929</v>
       </c>
       <c r="H199" t="s">
-        <v>3908</v>
+        <v>3930</v>
       </c>
       <c r="I199" t="s">
-        <v>2530</v>
+        <v>3931</v>
       </c>
       <c r="J199" t="s">
-        <v>3909</v>
+        <v>2039</v>
       </c>
       <c r="K199" t="s">
-        <v>3910</v>
-[...14 lines deleted...]
-        <v>3915</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B200" t="s">
-        <v>3916</v>
+        <v>3933</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>3917</v>
+        <v>3855</v>
       </c>
       <c r="F200" t="s">
         <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>3918</v>
+        <v>3934</v>
       </c>
       <c r="H200" t="s">
-        <v>3919</v>
+        <v>3935</v>
       </c>
       <c r="I200" t="s">
-        <v>3920</v>
+        <v>2577</v>
       </c>
       <c r="J200" t="s">
-        <v>3921</v>
+        <v>3936</v>
       </c>
       <c r="K200" t="s">
-        <v>3922</v>
+        <v>3937</v>
       </c>
       <c r="L200" t="s">
-        <v>3923</v>
+        <v>3938</v>
       </c>
       <c r="M200" t="s">
-        <v>3924</v>
+        <v>3939</v>
+      </c>
+      <c r="N200" t="s">
+        <v>3940</v>
+      </c>
+      <c r="O200" t="s">
+        <v>3941</v>
+      </c>
+      <c r="P200" t="s">
+        <v>3942</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B201" t="s">
-        <v>3925</v>
+        <v>3943</v>
       </c>
       <c r="C201" t="s">
         <v>11</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>3896</v>
+        <v>3944</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>3926</v>
+        <v>3945</v>
       </c>
       <c r="H201" t="s">
-        <v>3927</v>
+        <v>3946</v>
       </c>
       <c r="I201" t="s">
-        <v>3928</v>
+        <v>3947</v>
       </c>
       <c r="J201" t="s">
-        <v>3929</v>
+        <v>3948</v>
       </c>
       <c r="K201" t="s">
-        <v>3930</v>
+        <v>3949</v>
       </c>
       <c r="L201" t="s">
-        <v>3931</v>
+        <v>3950</v>
+      </c>
+      <c r="M201" t="s">
+        <v>3951</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B202" t="s">
-        <v>3932</v>
+        <v>3952</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>3933</v>
+        <v>3923</v>
       </c>
       <c r="F202" t="s">
         <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>3934</v>
+        <v>3953</v>
       </c>
       <c r="H202" t="s">
-        <v>3935</v>
+        <v>3954</v>
       </c>
       <c r="I202" t="s">
-        <v>3936</v>
+        <v>3955</v>
       </c>
       <c r="J202" t="s">
-        <v>1734</v>
+        <v>3956</v>
       </c>
       <c r="K202" t="s">
-        <v>3937</v>
+        <v>3957</v>
       </c>
       <c r="L202" t="s">
-        <v>3938</v>
-[...8 lines deleted...]
-        <v>3941</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B203" t="s">
-        <v>3942</v>
+        <v>3959</v>
       </c>
       <c r="C203" t="s">
         <v>11</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>3933</v>
+        <v>3960</v>
       </c>
       <c r="F203" t="s">
         <v>11</v>
       </c>
       <c r="G203" t="s">
-        <v>3943</v>
+        <v>3961</v>
       </c>
       <c r="H203" t="s">
-        <v>3944</v>
+        <v>3962</v>
       </c>
       <c r="I203" t="s">
-        <v>3945</v>
+        <v>3963</v>
       </c>
       <c r="J203" t="s">
-        <v>1937</v>
+        <v>1836</v>
       </c>
       <c r="K203" t="s">
-        <v>3946</v>
+        <v>3964</v>
       </c>
       <c r="L203" t="s">
-        <v>3947</v>
+        <v>3965</v>
       </c>
       <c r="M203" t="s">
-        <v>3948</v>
+        <v>3966</v>
+      </c>
+      <c r="N203" t="s">
+        <v>3967</v>
+      </c>
+      <c r="O203" t="s">
+        <v>3968</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B204" t="s">
-        <v>3949</v>
+        <v>3969</v>
       </c>
       <c r="C204" t="s">
         <v>11</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>3950</v>
+        <v>3960</v>
       </c>
       <c r="F204" t="s">
         <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>3951</v>
+        <v>3970</v>
       </c>
       <c r="H204" t="s">
-        <v>3952</v>
+        <v>3971</v>
       </c>
       <c r="I204" t="s">
-        <v>3953</v>
+        <v>3972</v>
       </c>
       <c r="J204" t="s">
-        <v>2452</v>
+        <v>2039</v>
       </c>
       <c r="K204" t="s">
-        <v>3954</v>
+        <v>3973</v>
       </c>
       <c r="L204" t="s">
-        <v>3955</v>
+        <v>3974</v>
       </c>
       <c r="M204" t="s">
-        <v>3956</v>
-[...5 lines deleted...]
-        <v>3958</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B205" t="s">
-        <v>3959</v>
+        <v>3976</v>
       </c>
       <c r="C205" t="s">
         <v>11</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>3960</v>
+        <v>3977</v>
       </c>
       <c r="F205" t="s">
         <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>3961</v>
+        <v>3978</v>
       </c>
       <c r="H205" t="s">
-        <v>3962</v>
+        <v>3979</v>
       </c>
       <c r="I205" t="s">
-        <v>3963</v>
+        <v>3980</v>
       </c>
       <c r="J205" t="s">
-        <v>3964</v>
+        <v>2515</v>
       </c>
       <c r="K205" t="s">
-        <v>3965</v>
+        <v>3981</v>
       </c>
       <c r="L205" t="s">
-        <v>3966</v>
+        <v>3982</v>
+      </c>
+      <c r="M205" t="s">
+        <v>3983</v>
+      </c>
+      <c r="N205" t="s">
+        <v>3984</v>
+      </c>
+      <c r="O205" t="s">
+        <v>3985</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B206" t="s">
-        <v>3967</v>
+        <v>3986</v>
       </c>
       <c r="C206" t="s">
         <v>11</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>3968</v>
+        <v>3987</v>
       </c>
       <c r="F206" t="s">
         <v>11</v>
       </c>
       <c r="G206" t="s">
-        <v>3969</v>
+        <v>3988</v>
       </c>
       <c r="H206" t="s">
-        <v>3970</v>
+        <v>3989</v>
       </c>
       <c r="I206" t="s">
-        <v>3971</v>
+        <v>3990</v>
       </c>
       <c r="J206" t="s">
-        <v>3972</v>
+        <v>3991</v>
       </c>
       <c r="K206" t="s">
-        <v>3973</v>
+        <v>3992</v>
       </c>
       <c r="L206" t="s">
-        <v>3974</v>
-[...2 lines deleted...]
-        <v>3975</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B207" t="s">
-        <v>3976</v>
+        <v>3994</v>
       </c>
       <c r="C207" t="s">
         <v>11</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
-        <v>3977</v>
+        <v>3995</v>
       </c>
       <c r="F207" t="s">
         <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>3978</v>
+        <v>3996</v>
       </c>
       <c r="H207" t="s">
-        <v>3979</v>
+        <v>3997</v>
       </c>
       <c r="I207" t="s">
-        <v>3980</v>
+        <v>3998</v>
       </c>
       <c r="J207" t="s">
-        <v>3972</v>
+        <v>3999</v>
       </c>
       <c r="K207" t="s">
-        <v>3981</v>
+        <v>4000</v>
       </c>
       <c r="L207" t="s">
-        <v>3982</v>
+        <v>4001</v>
       </c>
       <c r="M207" t="s">
-        <v>3983</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B208" t="s">
-        <v>3984</v>
+        <v>4003</v>
       </c>
       <c r="C208" t="s">
         <v>11</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>3985</v>
+        <v>4004</v>
       </c>
       <c r="F208" t="s">
         <v>11</v>
       </c>
       <c r="G208" t="s">
-        <v>3986</v>
+        <v>4005</v>
       </c>
       <c r="H208" t="s">
-        <v>3987</v>
+        <v>4006</v>
       </c>
       <c r="I208" t="s">
-        <v>3988</v>
+        <v>4007</v>
       </c>
       <c r="J208" t="s">
-        <v>3327</v>
+        <v>3999</v>
       </c>
       <c r="K208" t="s">
-        <v>3989</v>
+        <v>4008</v>
       </c>
       <c r="L208" t="s">
-        <v>3990</v>
+        <v>4009</v>
       </c>
       <c r="M208" t="s">
-        <v>3991</v>
-[...2 lines deleted...]
-        <v>3992</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B209" t="s">
-        <v>3993</v>
+        <v>4011</v>
       </c>
       <c r="C209" t="s">
         <v>11</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>3994</v>
+        <v>4012</v>
       </c>
       <c r="F209" t="s">
         <v>11</v>
       </c>
       <c r="G209" t="s">
-        <v>3995</v>
+        <v>4013</v>
       </c>
       <c r="H209" t="s">
-        <v>3996</v>
+        <v>4014</v>
       </c>
       <c r="I209" t="s">
-        <v>3997</v>
+        <v>4015</v>
       </c>
       <c r="J209" t="s">
-        <v>3998</v>
+        <v>3354</v>
       </c>
       <c r="K209" t="s">
-        <v>3999</v>
+        <v>4016</v>
       </c>
       <c r="L209" t="s">
-        <v>4000</v>
+        <v>4017</v>
       </c>
       <c r="M209" t="s">
-        <v>4001</v>
+        <v>4018</v>
+      </c>
+      <c r="N209" t="s">
+        <v>4019</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B210" t="s">
-        <v>4002</v>
+        <v>4020</v>
       </c>
       <c r="C210" t="s">
         <v>11</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>3994</v>
+        <v>4021</v>
       </c>
       <c r="F210" t="s">
         <v>11</v>
       </c>
       <c r="G210" t="s">
-        <v>4003</v>
+        <v>4022</v>
       </c>
       <c r="H210" t="s">
-        <v>4004</v>
+        <v>4023</v>
       </c>
       <c r="I210" t="s">
-        <v>4005</v>
+        <v>4024</v>
       </c>
       <c r="J210" t="s">
-        <v>3998</v>
+        <v>4025</v>
       </c>
       <c r="K210" t="s">
-        <v>4006</v>
+        <v>4026</v>
       </c>
       <c r="L210" t="s">
-        <v>4007</v>
+        <v>4027</v>
       </c>
       <c r="M210" t="s">
-        <v>4008</v>
-[...2 lines deleted...]
-        <v>4009</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B211" t="s">
-        <v>4010</v>
+        <v>4029</v>
       </c>
       <c r="C211" t="s">
         <v>11</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>3828</v>
+        <v>4021</v>
       </c>
       <c r="F211" t="s">
         <v>11</v>
       </c>
       <c r="G211" t="s">
-        <v>4011</v>
+        <v>4030</v>
       </c>
       <c r="H211" t="s">
-        <v>4012</v>
+        <v>4031</v>
       </c>
       <c r="I211" t="s">
-        <v>4013</v>
+        <v>4032</v>
       </c>
       <c r="J211" t="s">
-        <v>1961</v>
+        <v>4025</v>
       </c>
       <c r="K211" t="s">
-        <v>4014</v>
+        <v>4033</v>
       </c>
       <c r="L211" t="s">
-        <v>4015</v>
+        <v>4034</v>
       </c>
       <c r="M211" t="s">
-        <v>4016</v>
+        <v>4035</v>
+      </c>
+      <c r="N211" t="s">
+        <v>4036</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B212" t="s">
-        <v>4017</v>
+        <v>4037</v>
       </c>
       <c r="C212" t="s">
         <v>11</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>4018</v>
+        <v>3855</v>
       </c>
       <c r="F212" t="s">
         <v>11</v>
       </c>
       <c r="G212" t="s">
-        <v>4019</v>
+        <v>4038</v>
       </c>
       <c r="H212" t="s">
-        <v>4020</v>
+        <v>4039</v>
       </c>
       <c r="I212" t="s">
-        <v>4021</v>
+        <v>4040</v>
       </c>
       <c r="J212" t="s">
-        <v>2098</v>
+        <v>1818</v>
       </c>
       <c r="K212" t="s">
-        <v>4022</v>
+        <v>4041</v>
       </c>
       <c r="L212" t="s">
-        <v>4023</v>
+        <v>4042</v>
       </c>
       <c r="M212" t="s">
-        <v>4024</v>
-[...2 lines deleted...]
-        <v>4025</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B213" t="s">
-        <v>4026</v>
+        <v>4044</v>
       </c>
       <c r="C213" t="s">
         <v>11</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>4027</v>
+        <v>4045</v>
       </c>
       <c r="F213" t="s">
         <v>11</v>
       </c>
       <c r="G213" t="s">
-        <v>4028</v>
+        <v>4046</v>
       </c>
       <c r="H213" t="s">
-        <v>4029</v>
+        <v>4047</v>
       </c>
       <c r="I213" t="s">
-        <v>4030</v>
+        <v>4048</v>
       </c>
       <c r="J213" t="s">
-        <v>2863</v>
+        <v>2170</v>
       </c>
       <c r="K213" t="s">
-        <v>4031</v>
+        <v>4049</v>
       </c>
       <c r="L213" t="s">
-        <v>4032</v>
+        <v>4050</v>
+      </c>
+      <c r="M213" t="s">
+        <v>4051</v>
+      </c>
+      <c r="N213" t="s">
+        <v>4052</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B214" t="s">
-        <v>4033</v>
+        <v>4053</v>
       </c>
       <c r="C214" t="s">
         <v>11</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
-        <v>4034</v>
+        <v>4054</v>
       </c>
       <c r="F214" t="s">
         <v>11</v>
       </c>
       <c r="G214" t="s">
-        <v>4035</v>
+        <v>4055</v>
       </c>
       <c r="H214" t="s">
-        <v>4036</v>
+        <v>4056</v>
       </c>
       <c r="I214" t="s">
-        <v>4037</v>
+        <v>4057</v>
       </c>
       <c r="J214" t="s">
-        <v>3091</v>
+        <v>2891</v>
       </c>
       <c r="K214" t="s">
-        <v>4038</v>
+        <v>4058</v>
       </c>
       <c r="L214" t="s">
-        <v>4039</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B215" t="s">
-        <v>4040</v>
+        <v>4060</v>
       </c>
       <c r="C215" t="s">
         <v>11</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>4041</v>
+        <v>4061</v>
       </c>
       <c r="F215" t="s">
         <v>11</v>
       </c>
       <c r="G215" t="s">
-        <v>4042</v>
+        <v>4062</v>
       </c>
       <c r="H215" t="s">
-        <v>4043</v>
+        <v>4063</v>
       </c>
       <c r="I215" t="s">
-        <v>4044</v>
+        <v>4064</v>
       </c>
       <c r="J215" t="s">
-        <v>2052</v>
+        <v>3118</v>
       </c>
       <c r="K215" t="s">
-        <v>4045</v>
+        <v>4065</v>
       </c>
       <c r="L215" t="s">
-        <v>4046</v>
-[...8 lines deleted...]
-        <v>4049</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B216" t="s">
-        <v>4050</v>
+        <v>4067</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>4041</v>
+        <v>4068</v>
       </c>
       <c r="F216" t="s">
         <v>11</v>
       </c>
       <c r="G216" t="s">
-        <v>4051</v>
+        <v>4069</v>
       </c>
       <c r="H216" t="s">
-        <v>4052</v>
+        <v>4070</v>
       </c>
       <c r="I216" t="s">
-        <v>4053</v>
+        <v>4071</v>
       </c>
       <c r="J216" t="s">
-        <v>1846</v>
+        <v>2124</v>
       </c>
       <c r="K216" t="s">
-        <v>4054</v>
+        <v>4072</v>
       </c>
       <c r="L216" t="s">
-        <v>4055</v>
+        <v>4073</v>
       </c>
       <c r="M216" t="s">
-        <v>4056</v>
+        <v>4074</v>
       </c>
       <c r="N216" t="s">
-        <v>4057</v>
+        <v>4075</v>
       </c>
       <c r="O216" t="s">
-        <v>4058</v>
-[...5 lines deleted...]
-        <v>4060</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B217" t="s">
-        <v>4061</v>
+        <v>4077</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>4018</v>
+        <v>4068</v>
       </c>
       <c r="F217" t="s">
         <v>11</v>
       </c>
       <c r="G217" t="s">
-        <v>4062</v>
+        <v>4078</v>
       </c>
       <c r="H217" t="s">
-        <v>4063</v>
+        <v>4079</v>
       </c>
       <c r="I217" t="s">
-        <v>4064</v>
+        <v>4080</v>
       </c>
       <c r="J217" t="s">
-        <v>3383</v>
+        <v>1948</v>
       </c>
       <c r="K217" t="s">
-        <v>4065</v>
+        <v>4081</v>
       </c>
       <c r="L217" t="s">
-        <v>4066</v>
+        <v>4082</v>
       </c>
       <c r="M217" t="s">
-        <v>4067</v>
+        <v>4083</v>
       </c>
       <c r="N217" t="s">
-        <v>4068</v>
+        <v>4084</v>
       </c>
       <c r="O217" t="s">
-        <v>4069</v>
+        <v>4085</v>
       </c>
       <c r="P217" t="s">
-        <v>4070</v>
+        <v>4086</v>
+      </c>
+      <c r="Q217" t="s">
+        <v>4087</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B218" t="s">
-        <v>4071</v>
+        <v>4088</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>4072</v>
+        <v>4045</v>
       </c>
       <c r="F218" t="s">
         <v>11</v>
       </c>
       <c r="G218" t="s">
-        <v>4073</v>
+        <v>4089</v>
       </c>
       <c r="H218" t="s">
-        <v>4074</v>
+        <v>4090</v>
       </c>
       <c r="I218" t="s">
-        <v>4075</v>
+        <v>4091</v>
       </c>
       <c r="J218" t="s">
-        <v>4076</v>
+        <v>3410</v>
       </c>
       <c r="K218" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
       <c r="L218" t="s">
-        <v>4078</v>
+        <v>4093</v>
+      </c>
+      <c r="M218" t="s">
+        <v>4094</v>
+      </c>
+      <c r="N218" t="s">
+        <v>4095</v>
+      </c>
+      <c r="O218" t="s">
+        <v>4096</v>
+      </c>
+      <c r="P218" t="s">
+        <v>4097</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B219" t="s">
-        <v>4079</v>
+        <v>4098</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>4072</v>
+        <v>4099</v>
       </c>
       <c r="F219" t="s">
         <v>11</v>
       </c>
       <c r="G219" t="s">
-        <v>4080</v>
+        <v>4100</v>
       </c>
       <c r="H219" t="s">
-        <v>4081</v>
+        <v>4101</v>
       </c>
       <c r="I219" t="s">
-        <v>4082</v>
+        <v>4102</v>
       </c>
       <c r="J219" t="s">
-        <v>3469</v>
+        <v>4103</v>
       </c>
       <c r="K219" t="s">
-        <v>4083</v>
+        <v>4104</v>
       </c>
       <c r="L219" t="s">
-        <v>4084</v>
-[...5 lines deleted...]
-        <v>4086</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B220" t="s">
-        <v>4087</v>
+        <v>4106</v>
       </c>
       <c r="C220" t="s">
         <v>11</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>4088</v>
+        <v>4099</v>
       </c>
       <c r="F220" t="s">
         <v>11</v>
       </c>
       <c r="G220" t="s">
-        <v>4089</v>
+        <v>4107</v>
       </c>
       <c r="H220" t="s">
-        <v>4090</v>
+        <v>4108</v>
       </c>
       <c r="I220" t="s">
-        <v>4091</v>
+        <v>4109</v>
       </c>
       <c r="J220" t="s">
-        <v>4092</v>
+        <v>3496</v>
       </c>
       <c r="K220" t="s">
-        <v>4093</v>
+        <v>4110</v>
       </c>
       <c r="L220" t="s">
-        <v>4094</v>
+        <v>4111</v>
       </c>
       <c r="M220" t="s">
-        <v>4095</v>
+        <v>4112</v>
+      </c>
+      <c r="N220" t="s">
+        <v>4113</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B221" t="s">
-        <v>4096</v>
+        <v>4114</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>4097</v>
+        <v>4115</v>
       </c>
       <c r="F221" t="s">
         <v>11</v>
       </c>
       <c r="G221" t="s">
-        <v>4098</v>
+        <v>4116</v>
       </c>
       <c r="H221" t="s">
-        <v>4099</v>
+        <v>4117</v>
       </c>
       <c r="I221" t="s">
-        <v>4100</v>
+        <v>4118</v>
       </c>
       <c r="J221" t="s">
-        <v>3327</v>
+        <v>4119</v>
       </c>
       <c r="K221" t="s">
-        <v>4101</v>
+        <v>4120</v>
+      </c>
+      <c r="L221" t="s">
+        <v>4121</v>
+      </c>
+      <c r="M221" t="s">
+        <v>4122</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B222" t="s">
-        <v>4102</v>
+        <v>4123</v>
       </c>
       <c r="C222" t="s">
         <v>11</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>4103</v>
+        <v>4124</v>
       </c>
       <c r="F222" t="s">
         <v>11</v>
       </c>
       <c r="G222" t="s">
-        <v>4104</v>
+        <v>4125</v>
       </c>
       <c r="H222" t="s">
-        <v>4105</v>
+        <v>4126</v>
       </c>
       <c r="I222" t="s">
-        <v>4106</v>
+        <v>4127</v>
       </c>
       <c r="J222" t="s">
-        <v>4107</v>
+        <v>3354</v>
       </c>
       <c r="K222" t="s">
-        <v>4108</v>
-[...8 lines deleted...]
-        <v>4111</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B223" t="s">
-        <v>4112</v>
+        <v>4129</v>
       </c>
       <c r="C223" t="s">
         <v>11</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>4113</v>
+        <v>4130</v>
       </c>
       <c r="F223" t="s">
         <v>11</v>
       </c>
       <c r="G223" t="s">
-        <v>4114</v>
+        <v>4131</v>
       </c>
       <c r="H223" t="s">
-        <v>4115</v>
+        <v>4132</v>
       </c>
       <c r="I223" t="s">
-        <v>4116</v>
+        <v>4133</v>
       </c>
       <c r="J223" t="s">
-        <v>4117</v>
+        <v>4134</v>
       </c>
       <c r="K223" t="s">
-        <v>4118</v>
+        <v>4135</v>
       </c>
       <c r="L223" t="s">
-        <v>4119</v>
+        <v>4136</v>
+      </c>
+      <c r="M223" t="s">
+        <v>4137</v>
+      </c>
+      <c r="N223" t="s">
+        <v>4138</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B224" t="s">
-        <v>4120</v>
+        <v>4139</v>
       </c>
       <c r="C224" t="s">
         <v>11</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>4121</v>
+        <v>4140</v>
       </c>
       <c r="F224" t="s">
         <v>11</v>
       </c>
       <c r="G224" t="s">
-        <v>4122</v>
+        <v>4141</v>
       </c>
       <c r="H224" t="s">
-        <v>4123</v>
+        <v>4142</v>
       </c>
       <c r="I224" t="s">
-        <v>4124</v>
+        <v>4143</v>
       </c>
       <c r="J224" t="s">
-        <v>1846</v>
+        <v>4144</v>
       </c>
       <c r="K224" t="s">
-        <v>4125</v>
+        <v>4145</v>
       </c>
       <c r="L224" t="s">
-        <v>4126</v>
-[...5 lines deleted...]
-        <v>4128</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B225" t="s">
-        <v>4129</v>
+        <v>4147</v>
       </c>
       <c r="C225" t="s">
         <v>11</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>4130</v>
+        <v>4148</v>
       </c>
       <c r="F225" t="s">
         <v>11</v>
       </c>
       <c r="G225" t="s">
-        <v>4131</v>
+        <v>4149</v>
       </c>
       <c r="H225" t="s">
-        <v>4132</v>
+        <v>4150</v>
       </c>
       <c r="I225" t="s">
-        <v>4133</v>
+        <v>4151</v>
       </c>
       <c r="J225" t="s">
-        <v>2297</v>
+        <v>1948</v>
       </c>
       <c r="K225" t="s">
-        <v>4134</v>
+        <v>4152</v>
       </c>
       <c r="L225" t="s">
-        <v>4135</v>
+        <v>4153</v>
       </c>
       <c r="M225" t="s">
-        <v>4136</v>
+        <v>4154</v>
+      </c>
+      <c r="N225" t="s">
+        <v>4155</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B226" t="s">
-        <v>4137</v>
+        <v>4156</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
-        <v>4138</v>
+        <v>4157</v>
       </c>
       <c r="F226" t="s">
         <v>11</v>
       </c>
       <c r="G226" t="s">
-        <v>4139</v>
+        <v>4158</v>
       </c>
       <c r="H226" t="s">
-        <v>4140</v>
+        <v>4159</v>
       </c>
       <c r="I226" t="s">
-        <v>4141</v>
+        <v>4160</v>
       </c>
       <c r="J226" t="s">
-        <v>3327</v>
+        <v>1769</v>
       </c>
       <c r="K226" t="s">
-        <v>4142</v>
+        <v>4161</v>
+      </c>
+      <c r="L226" t="s">
+        <v>4162</v>
+      </c>
+      <c r="M226" t="s">
+        <v>4163</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B227" t="s">
-        <v>4143</v>
+        <v>4164</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>4144</v>
+        <v>4165</v>
       </c>
       <c r="F227" t="s">
         <v>11</v>
       </c>
       <c r="G227" t="s">
-        <v>4145</v>
+        <v>4166</v>
       </c>
       <c r="H227" t="s">
-        <v>4146</v>
+        <v>4167</v>
       </c>
       <c r="I227" t="s">
-        <v>4147</v>
+        <v>4168</v>
       </c>
       <c r="J227" t="s">
-        <v>4148</v>
+        <v>3354</v>
       </c>
       <c r="K227" t="s">
-        <v>4149</v>
-[...50 lines deleted...]
-        <v>4166</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B228" t="s">
-        <v>4167</v>
+        <v>4170</v>
       </c>
       <c r="C228" t="s">
         <v>11</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>4144</v>
+        <v>4171</v>
       </c>
       <c r="F228" t="s">
         <v>11</v>
       </c>
       <c r="G228" t="s">
-        <v>4168</v>
+        <v>4172</v>
       </c>
       <c r="H228" t="s">
-        <v>4169</v>
+        <v>4173</v>
       </c>
       <c r="I228" t="s">
-        <v>4170</v>
+        <v>4174</v>
       </c>
       <c r="J228" t="s">
-        <v>3091</v>
+        <v>4175</v>
       </c>
       <c r="K228" t="s">
-        <v>4171</v>
+        <v>4176</v>
       </c>
       <c r="L228" t="s">
-        <v>4172</v>
+        <v>4177</v>
       </c>
       <c r="M228" t="s">
-        <v>4173</v>
+        <v>4178</v>
+      </c>
+      <c r="N228" t="s">
+        <v>4179</v>
+      </c>
+      <c r="O228" t="s">
+        <v>4180</v>
+      </c>
+      <c r="P228" t="s">
+        <v>4181</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>4182</v>
+      </c>
+      <c r="R228" t="s">
+        <v>4183</v>
+      </c>
+      <c r="S228" t="s">
+        <v>4184</v>
+      </c>
+      <c r="T228" t="s">
+        <v>4185</v>
+      </c>
+      <c r="U228" t="s">
+        <v>4186</v>
+      </c>
+      <c r="V228" t="s">
+        <v>4187</v>
+      </c>
+      <c r="W228" t="s">
+        <v>4188</v>
+      </c>
+      <c r="X228" t="s">
+        <v>4189</v>
+      </c>
+      <c r="Y228" t="s">
+        <v>4190</v>
+      </c>
+      <c r="Z228" t="s">
+        <v>4191</v>
+      </c>
+      <c r="AA228" t="s">
+        <v>4192</v>
+      </c>
+      <c r="AB228" t="s">
+        <v>4193</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B229" t="s">
-        <v>4174</v>
+        <v>4194</v>
       </c>
       <c r="C229" t="s">
         <v>11</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>4175</v>
+        <v>4171</v>
       </c>
       <c r="F229" t="s">
         <v>11</v>
       </c>
       <c r="G229" t="s">
-        <v>4176</v>
+        <v>4195</v>
       </c>
       <c r="H229" t="s">
-        <v>4177</v>
+        <v>4196</v>
       </c>
       <c r="I229" t="s">
-        <v>4178</v>
+        <v>4197</v>
       </c>
       <c r="J229" t="s">
-        <v>2336</v>
+        <v>3118</v>
       </c>
       <c r="K229" t="s">
-        <v>4179</v>
+        <v>4198</v>
       </c>
       <c r="L229" t="s">
-        <v>4180</v>
+        <v>4199</v>
       </c>
       <c r="M229" t="s">
-        <v>4181</v>
-[...11 lines deleted...]
-        <v>4185</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B230" t="s">
-        <v>4186</v>
+        <v>4201</v>
       </c>
       <c r="C230" t="s">
         <v>11</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>4187</v>
+        <v>4202</v>
       </c>
       <c r="F230" t="s">
         <v>11</v>
       </c>
       <c r="G230" t="s">
-        <v>4188</v>
+        <v>4203</v>
       </c>
       <c r="H230" t="s">
-        <v>4189</v>
+        <v>4204</v>
       </c>
       <c r="I230" t="s">
-        <v>4190</v>
+        <v>4205</v>
       </c>
       <c r="J230" t="s">
-        <v>4191</v>
+        <v>2399</v>
       </c>
       <c r="K230" t="s">
-        <v>4192</v>
+        <v>4206</v>
       </c>
       <c r="L230" t="s">
-        <v>4193</v>
+        <v>4207</v>
       </c>
       <c r="M230" t="s">
-        <v>4194</v>
+        <v>4208</v>
       </c>
       <c r="N230" t="s">
-        <v>4195</v>
+        <v>4209</v>
+      </c>
+      <c r="O230" t="s">
+        <v>4210</v>
+      </c>
+      <c r="P230" t="s">
+        <v>4211</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>4212</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B231" t="s">
-        <v>4196</v>
+        <v>4213</v>
       </c>
       <c r="C231" t="s">
         <v>11</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>4197</v>
+        <v>4214</v>
       </c>
       <c r="F231" t="s">
         <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>4198</v>
+        <v>4215</v>
       </c>
       <c r="H231" t="s">
-        <v>4199</v>
+        <v>4216</v>
       </c>
       <c r="I231" t="s">
-        <v>4200</v>
+        <v>4217</v>
       </c>
       <c r="J231" t="s">
-        <v>2098</v>
+        <v>4218</v>
       </c>
       <c r="K231" t="s">
-        <v>4201</v>
+        <v>4219</v>
       </c>
       <c r="L231" t="s">
-        <v>4202</v>
+        <v>4220</v>
       </c>
       <c r="M231" t="s">
-        <v>4203</v>
+        <v>4221</v>
       </c>
       <c r="N231" t="s">
-        <v>4204</v>
-[...8 lines deleted...]
-        <v>4207</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B232" t="s">
-        <v>4208</v>
+        <v>4223</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>4209</v>
+        <v>4224</v>
       </c>
       <c r="F232" t="s">
         <v>11</v>
       </c>
       <c r="G232" t="s">
-        <v>4210</v>
+        <v>4225</v>
       </c>
       <c r="H232" t="s">
-        <v>4211</v>
+        <v>4226</v>
       </c>
       <c r="I232" t="s">
-        <v>2530</v>
+        <v>4227</v>
       </c>
       <c r="J232" t="s">
-        <v>1846</v>
+        <v>2170</v>
       </c>
       <c r="K232" t="s">
-        <v>4212</v>
+        <v>4228</v>
       </c>
       <c r="L232" t="s">
-        <v>4213</v>
+        <v>4229</v>
       </c>
       <c r="M232" t="s">
-        <v>4214</v>
+        <v>4230</v>
       </c>
       <c r="N232" t="s">
-        <v>4215</v>
+        <v>4231</v>
       </c>
       <c r="O232" t="s">
-        <v>4216</v>
+        <v>4232</v>
+      </c>
+      <c r="P232" t="s">
+        <v>4233</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>4234</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B233" t="s">
-        <v>4217</v>
+        <v>4235</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>4218</v>
+        <v>4236</v>
       </c>
       <c r="F233" t="s">
         <v>11</v>
       </c>
       <c r="G233" t="s">
-        <v>4219</v>
+        <v>4237</v>
       </c>
       <c r="H233" t="s">
-        <v>4220</v>
+        <v>4238</v>
       </c>
       <c r="I233" t="s">
-        <v>3494</v>
+        <v>2577</v>
       </c>
       <c r="J233" t="s">
-        <v>1859</v>
+        <v>1948</v>
       </c>
       <c r="K233" t="s">
-        <v>4221</v>
+        <v>4239</v>
       </c>
       <c r="L233" t="s">
-        <v>4222</v>
+        <v>4240</v>
       </c>
       <c r="M233" t="s">
-        <v>4223</v>
+        <v>4241</v>
       </c>
       <c r="N233" t="s">
-        <v>4224</v>
+        <v>4242</v>
       </c>
       <c r="O233" t="s">
-        <v>4225</v>
-[...5 lines deleted...]
-        <v>4227</v>
+        <v>4243</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B234" t="s">
-        <v>4228</v>
+        <v>4244</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>4229</v>
+        <v>4245</v>
       </c>
       <c r="F234" t="s">
         <v>11</v>
       </c>
       <c r="G234" t="s">
-        <v>4230</v>
+        <v>4246</v>
       </c>
       <c r="H234" t="s">
-        <v>4231</v>
+        <v>4247</v>
       </c>
       <c r="I234" t="s">
-        <v>4232</v>
+        <v>3521</v>
       </c>
       <c r="J234" t="s">
-        <v>3738</v>
+        <v>1961</v>
       </c>
       <c r="K234" t="s">
-        <v>4233</v>
+        <v>4248</v>
       </c>
       <c r="L234" t="s">
-        <v>4234</v>
+        <v>4249</v>
       </c>
       <c r="M234" t="s">
-        <v>4235</v>
+        <v>4250</v>
       </c>
       <c r="N234" t="s">
-        <v>4236</v>
+        <v>4251</v>
+      </c>
+      <c r="O234" t="s">
+        <v>4252</v>
+      </c>
+      <c r="P234" t="s">
+        <v>4253</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>4254</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B235" t="s">
-        <v>4237</v>
+        <v>4255</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>4238</v>
+        <v>4256</v>
       </c>
       <c r="F235" t="s">
         <v>11</v>
       </c>
       <c r="G235" t="s">
-        <v>4239</v>
+        <v>4257</v>
       </c>
       <c r="H235" t="s">
-        <v>4240</v>
+        <v>4258</v>
       </c>
       <c r="I235" t="s">
-        <v>4241</v>
+        <v>4259</v>
       </c>
       <c r="J235" t="s">
-        <v>4242</v>
+        <v>3765</v>
       </c>
       <c r="K235" t="s">
-        <v>4243</v>
+        <v>4260</v>
       </c>
       <c r="L235" t="s">
-        <v>4244</v>
+        <v>4261</v>
       </c>
       <c r="M235" t="s">
-        <v>4245</v>
+        <v>4262</v>
+      </c>
+      <c r="N235" t="s">
+        <v>4263</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B236" t="s">
-        <v>4246</v>
+        <v>4264</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>4247</v>
+        <v>4265</v>
       </c>
       <c r="F236" t="s">
         <v>11</v>
       </c>
       <c r="G236" t="s">
-        <v>4248</v>
+        <v>4266</v>
       </c>
       <c r="H236" t="s">
-        <v>4249</v>
+        <v>4267</v>
       </c>
       <c r="I236" t="s">
-        <v>4250</v>
+        <v>4268</v>
       </c>
       <c r="J236" t="s">
-        <v>4251</v>
+        <v>4269</v>
       </c>
       <c r="K236" t="s">
-        <v>4252</v>
+        <v>4270</v>
       </c>
       <c r="L236" t="s">
-        <v>4253</v>
+        <v>4271</v>
       </c>
       <c r="M236" t="s">
-        <v>4254</v>
-[...17 lines deleted...]
-        <v>4260</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B237" t="s">
-        <v>4261</v>
+        <v>4273</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>4247</v>
+        <v>4274</v>
       </c>
       <c r="F237" t="s">
         <v>11</v>
       </c>
       <c r="G237" t="s">
-        <v>4262</v>
+        <v>4275</v>
       </c>
       <c r="H237" t="s">
-        <v>4263</v>
+        <v>4276</v>
       </c>
       <c r="I237" t="s">
-        <v>4264</v>
+        <v>4277</v>
       </c>
       <c r="J237" t="s">
-        <v>2452</v>
+        <v>4278</v>
       </c>
       <c r="K237" t="s">
-        <v>4265</v>
+        <v>4279</v>
       </c>
       <c r="L237" t="s">
-        <v>4266</v>
+        <v>4280</v>
       </c>
       <c r="M237" t="s">
-        <v>4267</v>
+        <v>4281</v>
       </c>
       <c r="N237" t="s">
-        <v>4268</v>
+        <v>4282</v>
       </c>
       <c r="O237" t="s">
-        <v>4269</v>
+        <v>4283</v>
       </c>
       <c r="P237" t="s">
-        <v>4270</v>
+        <v>4284</v>
       </c>
       <c r="Q237" t="s">
-        <v>4271</v>
+        <v>4285</v>
+      </c>
+      <c r="R237" t="s">
+        <v>4286</v>
+      </c>
+      <c r="S237" t="s">
+        <v>4287</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B238" t="s">
-        <v>4272</v>
+        <v>4288</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>4273</v>
+        <v>4274</v>
       </c>
       <c r="F238" t="s">
         <v>11</v>
       </c>
       <c r="G238" t="s">
-        <v>4274</v>
+        <v>4289</v>
       </c>
       <c r="H238" t="s">
-        <v>4275</v>
+        <v>4290</v>
       </c>
       <c r="I238" t="s">
-        <v>4276</v>
+        <v>4291</v>
       </c>
       <c r="J238" t="s">
-        <v>4277</v>
+        <v>2515</v>
       </c>
       <c r="K238" t="s">
-        <v>4278</v>
+        <v>4292</v>
       </c>
       <c r="L238" t="s">
-        <v>4279</v>
+        <v>4293</v>
+      </c>
+      <c r="M238" t="s">
+        <v>4294</v>
+      </c>
+      <c r="N238" t="s">
+        <v>4295</v>
+      </c>
+      <c r="O238" t="s">
+        <v>4296</v>
+      </c>
+      <c r="P238" t="s">
+        <v>4297</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>4298</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B239" t="s">
-        <v>4280</v>
+        <v>4299</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>4273</v>
+        <v>4300</v>
       </c>
       <c r="F239" t="s">
         <v>11</v>
       </c>
       <c r="G239" t="s">
-        <v>4281</v>
+        <v>4301</v>
       </c>
       <c r="H239" t="s">
-        <v>4282</v>
+        <v>4302</v>
       </c>
       <c r="I239" t="s">
-        <v>4283</v>
+        <v>4303</v>
       </c>
       <c r="J239" t="s">
-        <v>4284</v>
+        <v>4304</v>
       </c>
       <c r="K239" t="s">
-        <v>4285</v>
+        <v>4305</v>
+      </c>
+      <c r="L239" t="s">
+        <v>4306</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B240" t="s">
-        <v>4286</v>
+        <v>4307</v>
       </c>
       <c r="C240" t="s">
         <v>11</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>4287</v>
+        <v>4300</v>
       </c>
       <c r="F240" t="s">
         <v>11</v>
       </c>
       <c r="G240" t="s">
-        <v>4288</v>
+        <v>4308</v>
       </c>
       <c r="H240" t="s">
-        <v>4289</v>
+        <v>4309</v>
       </c>
       <c r="I240" t="s">
-        <v>4290</v>
+        <v>4310</v>
       </c>
       <c r="J240" t="s">
-        <v>4291</v>
+        <v>4311</v>
       </c>
       <c r="K240" t="s">
-        <v>4292</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B241" t="s">
-        <v>4293</v>
+        <v>4313</v>
       </c>
       <c r="C241" t="s">
         <v>11</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>4294</v>
+        <v>4314</v>
       </c>
       <c r="F241" t="s">
         <v>11</v>
       </c>
       <c r="G241" t="s">
-        <v>4295</v>
+        <v>4315</v>
       </c>
       <c r="H241" t="s">
-        <v>4296</v>
+        <v>4316</v>
       </c>
       <c r="I241" t="s">
-        <v>4297</v>
+        <v>4317</v>
       </c>
       <c r="J241" t="s">
-        <v>1859</v>
+        <v>4318</v>
       </c>
       <c r="K241" t="s">
-        <v>4298</v>
-[...11 lines deleted...]
-        <v>4302</v>
+        <v>4319</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B242" t="s">
-        <v>4303</v>
+        <v>4320</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>4304</v>
+        <v>4321</v>
       </c>
       <c r="F242" t="s">
         <v>11</v>
       </c>
       <c r="G242" t="s">
-        <v>4305</v>
+        <v>4322</v>
       </c>
       <c r="H242" t="s">
-        <v>4306</v>
+        <v>4323</v>
       </c>
       <c r="I242" t="s">
-        <v>4307</v>
+        <v>4324</v>
       </c>
       <c r="J242" t="s">
-        <v>1994</v>
+        <v>1961</v>
       </c>
       <c r="K242" t="s">
-        <v>4308</v>
+        <v>4325</v>
       </c>
       <c r="L242" t="s">
-        <v>4309</v>
+        <v>4326</v>
       </c>
       <c r="M242" t="s">
-        <v>4310</v>
+        <v>4327</v>
       </c>
       <c r="N242" t="s">
-        <v>4311</v>
+        <v>4328</v>
       </c>
       <c r="O242" t="s">
-        <v>4312</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B243" t="s">
-        <v>4313</v>
+        <v>4330</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>4314</v>
+        <v>4331</v>
       </c>
       <c r="F243" t="s">
         <v>11</v>
       </c>
       <c r="G243" t="s">
-        <v>4315</v>
+        <v>4332</v>
       </c>
       <c r="H243" t="s">
-        <v>4316</v>
+        <v>4333</v>
       </c>
       <c r="I243" t="s">
-        <v>4317</v>
+        <v>4334</v>
       </c>
       <c r="J243" t="s">
-        <v>1859</v>
+        <v>2095</v>
       </c>
       <c r="K243" t="s">
-        <v>4318</v>
+        <v>4335</v>
       </c>
       <c r="L243" t="s">
-        <v>4319</v>
+        <v>4336</v>
       </c>
       <c r="M243" t="s">
-        <v>4320</v>
+        <v>4337</v>
       </c>
       <c r="N243" t="s">
-        <v>4321</v>
+        <v>4338</v>
+      </c>
+      <c r="O243" t="s">
+        <v>4339</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B244" t="s">
-        <v>4322</v>
+        <v>4340</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>4323</v>
+        <v>4341</v>
       </c>
       <c r="F244" t="s">
         <v>11</v>
       </c>
       <c r="G244" t="s">
-        <v>4324</v>
+        <v>4342</v>
       </c>
       <c r="H244" t="s">
-        <v>4325</v>
+        <v>4343</v>
       </c>
       <c r="I244" t="s">
-        <v>4326</v>
+        <v>4344</v>
       </c>
       <c r="J244" t="s">
         <v>1961</v>
       </c>
       <c r="K244" t="s">
-        <v>4327</v>
+        <v>4345</v>
       </c>
       <c r="L244" t="s">
-        <v>4328</v>
+        <v>4346</v>
       </c>
       <c r="M244" t="s">
-        <v>4329</v>
+        <v>4347</v>
+      </c>
+      <c r="N244" t="s">
+        <v>4348</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B245" t="s">
-        <v>4330</v>
+        <v>4349</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>4331</v>
+        <v>4350</v>
       </c>
       <c r="F245" t="s">
         <v>11</v>
       </c>
       <c r="G245" t="s">
-        <v>4332</v>
+        <v>4351</v>
       </c>
       <c r="H245" t="s">
-        <v>4333</v>
+        <v>4352</v>
       </c>
       <c r="I245" t="s">
-        <v>4334</v>
+        <v>4353</v>
       </c>
       <c r="J245" t="s">
-        <v>11</v>
+        <v>1818</v>
       </c>
       <c r="K245" t="s">
-        <v>4335</v>
+        <v>4354</v>
       </c>
       <c r="L245" t="s">
-        <v>4336</v>
+        <v>4355</v>
+      </c>
+      <c r="M245" t="s">
+        <v>4356</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B246" t="s">
-        <v>4337</v>
+        <v>4357</v>
       </c>
       <c r="C246" t="s">
         <v>11</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>4338</v>
+        <v>4358</v>
       </c>
       <c r="F246" t="s">
         <v>11</v>
       </c>
       <c r="G246" t="s">
-        <v>4339</v>
+        <v>4359</v>
       </c>
       <c r="H246" t="s">
-        <v>4340</v>
+        <v>4360</v>
       </c>
       <c r="I246" t="s">
-        <v>4341</v>
+        <v>4361</v>
       </c>
       <c r="J246" t="s">
-        <v>4342</v>
+        <v>11</v>
       </c>
       <c r="K246" t="s">
-        <v>4343</v>
+        <v>4362</v>
       </c>
       <c r="L246" t="s">
-        <v>4344</v>
-[...11 lines deleted...]
-        <v>4348</v>
+        <v>4363</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B247" t="s">
-        <v>4349</v>
+        <v>4364</v>
       </c>
       <c r="C247" t="s">
         <v>11</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>4350</v>
+        <v>4365</v>
       </c>
       <c r="F247" t="s">
         <v>11</v>
       </c>
       <c r="G247" t="s">
-        <v>4351</v>
+        <v>4366</v>
       </c>
       <c r="H247" t="s">
-        <v>4352</v>
+        <v>4367</v>
       </c>
       <c r="I247" t="s">
-        <v>4341</v>
+        <v>4368</v>
       </c>
       <c r="J247" t="s">
-        <v>3091</v>
+        <v>4369</v>
       </c>
       <c r="K247" t="s">
-        <v>4353</v>
+        <v>4370</v>
       </c>
       <c r="L247" t="s">
-        <v>4354</v>
+        <v>4371</v>
+      </c>
+      <c r="M247" t="s">
+        <v>4372</v>
+      </c>
+      <c r="N247" t="s">
+        <v>4373</v>
+      </c>
+      <c r="O247" t="s">
+        <v>4374</v>
+      </c>
+      <c r="P247" t="s">
+        <v>4375</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B248" t="s">
-        <v>4355</v>
+        <v>4376</v>
       </c>
       <c r="C248" t="s">
         <v>11</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>4356</v>
+        <v>4377</v>
       </c>
       <c r="F248" t="s">
         <v>11</v>
       </c>
       <c r="G248" t="s">
-        <v>4357</v>
+        <v>4378</v>
       </c>
       <c r="H248" t="s">
-        <v>4358</v>
+        <v>4379</v>
       </c>
       <c r="I248" t="s">
-        <v>2386</v>
+        <v>4368</v>
       </c>
       <c r="J248" t="s">
-        <v>3352</v>
+        <v>3118</v>
       </c>
       <c r="K248" t="s">
-        <v>4359</v>
+        <v>4380</v>
       </c>
       <c r="L248" t="s">
-        <v>4360</v>
+        <v>4381</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B249" t="s">
-        <v>4361</v>
+        <v>4382</v>
       </c>
       <c r="C249" t="s">
         <v>11</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
-        <v>4362</v>
+        <v>4383</v>
       </c>
       <c r="F249" t="s">
         <v>11</v>
       </c>
       <c r="G249" t="s">
-        <v>4363</v>
+        <v>4384</v>
       </c>
       <c r="H249" t="s">
-        <v>4364</v>
+        <v>4385</v>
       </c>
       <c r="I249" t="s">
-        <v>4365</v>
+        <v>2449</v>
       </c>
       <c r="J249" t="s">
-        <v>4366</v>
+        <v>3379</v>
       </c>
       <c r="K249" t="s">
-        <v>4367</v>
+        <v>4386</v>
       </c>
       <c r="L249" t="s">
-        <v>4368</v>
-[...5 lines deleted...]
-        <v>4370</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B250" t="s">
-        <v>4371</v>
+        <v>4388</v>
       </c>
       <c r="C250" t="s">
         <v>11</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>4356</v>
+        <v>4389</v>
       </c>
       <c r="F250" t="s">
         <v>11</v>
       </c>
       <c r="G250" t="s">
-        <v>4372</v>
+        <v>4390</v>
       </c>
       <c r="H250" t="s">
-        <v>4373</v>
+        <v>4391</v>
       </c>
       <c r="I250" t="s">
-        <v>4374</v>
+        <v>4392</v>
       </c>
       <c r="J250" t="s">
-        <v>4375</v>
+        <v>4393</v>
       </c>
       <c r="K250" t="s">
-        <v>4376</v>
+        <v>4394</v>
       </c>
       <c r="L250" t="s">
-        <v>4377</v>
+        <v>4395</v>
       </c>
       <c r="M250" t="s">
-        <v>4378</v>
+        <v>4396</v>
       </c>
       <c r="N250" t="s">
-        <v>4379</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B251" t="s">
-        <v>4380</v>
+        <v>4398</v>
       </c>
       <c r="C251" t="s">
         <v>11</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>4356</v>
+        <v>4383</v>
       </c>
       <c r="F251" t="s">
         <v>11</v>
       </c>
       <c r="G251" t="s">
-        <v>4381</v>
+        <v>4399</v>
       </c>
       <c r="H251" t="s">
-        <v>4382</v>
+        <v>4400</v>
       </c>
       <c r="I251" t="s">
-        <v>4383</v>
+        <v>4401</v>
       </c>
       <c r="J251" t="s">
-        <v>3091</v>
+        <v>4402</v>
       </c>
       <c r="K251" t="s">
-        <v>4384</v>
+        <v>4403</v>
       </c>
       <c r="L251" t="s">
-        <v>4385</v>
+        <v>4404</v>
       </c>
       <c r="M251" t="s">
-        <v>4386</v>
+        <v>4405</v>
+      </c>
+      <c r="N251" t="s">
+        <v>4406</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B252" t="s">
-        <v>4387</v>
+        <v>4407</v>
       </c>
       <c r="C252" t="s">
         <v>11</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
-        <v>4388</v>
+        <v>4383</v>
       </c>
       <c r="F252" t="s">
         <v>11</v>
       </c>
       <c r="G252" t="s">
-        <v>4389</v>
+        <v>4408</v>
       </c>
       <c r="H252" t="s">
-        <v>4390</v>
+        <v>4409</v>
       </c>
       <c r="I252" t="s">
-        <v>3773</v>
+        <v>4410</v>
       </c>
       <c r="J252" t="s">
-        <v>3062</v>
+        <v>3118</v>
       </c>
       <c r="K252" t="s">
-        <v>4391</v>
+        <v>4411</v>
       </c>
       <c r="L252" t="s">
-        <v>4392</v>
+        <v>4412</v>
       </c>
       <c r="M252" t="s">
-        <v>4393</v>
+        <v>4413</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B253" t="s">
-        <v>4394</v>
+        <v>4414</v>
       </c>
       <c r="C253" t="s">
         <v>11</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
-        <v>4395</v>
+        <v>4415</v>
       </c>
       <c r="F253" t="s">
         <v>11</v>
       </c>
       <c r="G253" t="s">
-        <v>4396</v>
+        <v>4416</v>
       </c>
       <c r="H253" t="s">
-        <v>4397</v>
+        <v>4417</v>
       </c>
       <c r="I253" t="s">
-        <v>4398</v>
+        <v>3800</v>
       </c>
       <c r="J253" t="s">
-        <v>2336</v>
+        <v>1800</v>
       </c>
       <c r="K253" t="s">
-        <v>4399</v>
+        <v>4418</v>
       </c>
       <c r="L253" t="s">
-        <v>4400</v>
+        <v>4419</v>
       </c>
       <c r="M253" t="s">
-        <v>4401</v>
+        <v>4420</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B254" t="s">
-        <v>4402</v>
+        <v>4421</v>
       </c>
       <c r="C254" t="s">
         <v>11</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>4403</v>
+        <v>4422</v>
       </c>
       <c r="F254" t="s">
         <v>11</v>
       </c>
       <c r="G254" t="s">
-        <v>4404</v>
+        <v>4423</v>
       </c>
       <c r="H254" t="s">
-        <v>4405</v>
+        <v>4424</v>
       </c>
       <c r="I254" t="s">
-        <v>4406</v>
+        <v>4425</v>
       </c>
       <c r="J254" t="s">
-        <v>4251</v>
+        <v>2399</v>
       </c>
       <c r="K254" t="s">
-        <v>4407</v>
+        <v>4426</v>
       </c>
       <c r="L254" t="s">
-        <v>4408</v>
+        <v>4427</v>
       </c>
       <c r="M254" t="s">
-        <v>4409</v>
-[...5 lines deleted...]
-        <v>4411</v>
+        <v>4428</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B255" t="s">
-        <v>4412</v>
+        <v>4429</v>
       </c>
       <c r="C255" t="s">
         <v>11</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
-        <v>4413</v>
+        <v>4430</v>
       </c>
       <c r="F255" t="s">
         <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>4414</v>
+        <v>4431</v>
       </c>
       <c r="H255" t="s">
-        <v>4415</v>
+        <v>4432</v>
       </c>
       <c r="I255" t="s">
-        <v>4416</v>
+        <v>4433</v>
       </c>
       <c r="J255" t="s">
-        <v>4417</v>
+        <v>4278</v>
       </c>
       <c r="K255" t="s">
-        <v>4418</v>
+        <v>4434</v>
       </c>
       <c r="L255" t="s">
-        <v>4419</v>
+        <v>4435</v>
       </c>
       <c r="M255" t="s">
-        <v>4420</v>
+        <v>4436</v>
       </c>
       <c r="N255" t="s">
-        <v>4421</v>
+        <v>4437</v>
+      </c>
+      <c r="O255" t="s">
+        <v>4438</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B256" t="s">
-        <v>4422</v>
+        <v>4439</v>
       </c>
       <c r="C256" t="s">
         <v>11</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
-        <v>4423</v>
+        <v>4440</v>
       </c>
       <c r="F256" t="s">
         <v>11</v>
       </c>
       <c r="G256" t="s">
-        <v>4424</v>
+        <v>4441</v>
       </c>
       <c r="H256" t="s">
-        <v>4425</v>
+        <v>4442</v>
       </c>
       <c r="I256" t="s">
-        <v>4426</v>
+        <v>4443</v>
       </c>
       <c r="J256" t="s">
-        <v>2612</v>
+        <v>4444</v>
       </c>
       <c r="K256" t="s">
-        <v>4427</v>
+        <v>4445</v>
       </c>
       <c r="L256" t="s">
-        <v>4428</v>
+        <v>4446</v>
       </c>
       <c r="M256" t="s">
-        <v>4429</v>
+        <v>4447</v>
+      </c>
+      <c r="N256" t="s">
+        <v>4448</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B257" t="s">
-        <v>4430</v>
+        <v>4449</v>
       </c>
       <c r="C257" t="s">
         <v>11</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>4431</v>
+        <v>4450</v>
       </c>
       <c r="F257" t="s">
         <v>11</v>
       </c>
       <c r="G257" t="s">
-        <v>4432</v>
+        <v>4451</v>
       </c>
       <c r="H257" t="s">
-        <v>4433</v>
+        <v>4452</v>
       </c>
       <c r="I257" t="s">
-        <v>4434</v>
+        <v>4453</v>
       </c>
       <c r="J257" t="s">
-        <v>2656</v>
+        <v>2640</v>
       </c>
       <c r="K257" t="s">
-        <v>4435</v>
+        <v>4454</v>
+      </c>
+      <c r="L257" t="s">
+        <v>4455</v>
+      </c>
+      <c r="M257" t="s">
+        <v>4456</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B258" t="s">
-        <v>4436</v>
+        <v>4457</v>
       </c>
       <c r="C258" t="s">
         <v>11</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>4437</v>
+        <v>4458</v>
       </c>
       <c r="F258" t="s">
         <v>11</v>
       </c>
       <c r="G258" t="s">
-        <v>4438</v>
+        <v>4459</v>
       </c>
       <c r="H258" t="s">
-        <v>4439</v>
+        <v>4460</v>
       </c>
       <c r="I258" t="s">
-        <v>4440</v>
+        <v>4461</v>
       </c>
       <c r="J258" t="s">
-        <v>4441</v>
+        <v>2684</v>
       </c>
       <c r="K258" t="s">
-        <v>4442</v>
-[...8 lines deleted...]
-        <v>4445</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B259" t="s">
-        <v>4446</v>
+        <v>4463</v>
       </c>
       <c r="C259" t="s">
         <v>11</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>4447</v>
+        <v>4464</v>
       </c>
       <c r="F259" t="s">
         <v>11</v>
       </c>
       <c r="G259" t="s">
-        <v>4448</v>
+        <v>4465</v>
       </c>
       <c r="H259" t="s">
-        <v>4449</v>
+        <v>4466</v>
       </c>
       <c r="I259" t="s">
-        <v>4450</v>
+        <v>4467</v>
       </c>
       <c r="J259" t="s">
-        <v>3062</v>
+        <v>4468</v>
       </c>
       <c r="K259" t="s">
-        <v>4451</v>
+        <v>4469</v>
       </c>
       <c r="L259" t="s">
-        <v>4452</v>
+        <v>4470</v>
       </c>
       <c r="M259" t="s">
-        <v>4453</v>
+        <v>4471</v>
       </c>
       <c r="N259" t="s">
-        <v>4454</v>
-[...2 lines deleted...]
-        <v>4455</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B260" t="s">
-        <v>4456</v>
+        <v>4473</v>
       </c>
       <c r="C260" t="s">
         <v>11</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>4437</v>
+        <v>4474</v>
       </c>
       <c r="F260" t="s">
         <v>11</v>
       </c>
       <c r="G260" t="s">
-        <v>4457</v>
+        <v>4475</v>
       </c>
       <c r="H260" t="s">
-        <v>4458</v>
+        <v>4476</v>
       </c>
       <c r="I260" t="s">
-        <v>4459</v>
+        <v>4477</v>
       </c>
       <c r="J260" t="s">
-        <v>4460</v>
+        <v>1800</v>
       </c>
       <c r="K260" t="s">
-        <v>4461</v>
+        <v>4478</v>
       </c>
       <c r="L260" t="s">
-        <v>4462</v>
+        <v>4479</v>
       </c>
       <c r="M260" t="s">
-        <v>4463</v>
+        <v>4480</v>
       </c>
       <c r="N260" t="s">
-        <v>4464</v>
+        <v>4481</v>
+      </c>
+      <c r="O260" t="s">
+        <v>4482</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B261" t="s">
-        <v>4465</v>
+        <v>4483</v>
       </c>
       <c r="C261" t="s">
         <v>11</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>4437</v>
+        <v>4464</v>
       </c>
       <c r="F261" t="s">
         <v>11</v>
       </c>
       <c r="G261" t="s">
-        <v>4466</v>
+        <v>4484</v>
       </c>
       <c r="H261" t="s">
-        <v>4467</v>
+        <v>4485</v>
       </c>
       <c r="I261" t="s">
-        <v>4468</v>
+        <v>4486</v>
       </c>
       <c r="J261" t="s">
-        <v>4469</v>
+        <v>4487</v>
       </c>
       <c r="K261" t="s">
-        <v>4470</v>
+        <v>4488</v>
       </c>
       <c r="L261" t="s">
-        <v>4471</v>
+        <v>4489</v>
       </c>
       <c r="M261" t="s">
-        <v>4472</v>
+        <v>4490</v>
       </c>
       <c r="N261" t="s">
-        <v>4473</v>
-[...8 lines deleted...]
-        <v>4476</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B262" t="s">
-        <v>4477</v>
+        <v>4492</v>
       </c>
       <c r="C262" t="s">
         <v>11</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>4478</v>
+        <v>4464</v>
       </c>
       <c r="F262" t="s">
         <v>11</v>
       </c>
       <c r="G262" t="s">
-        <v>4479</v>
+        <v>4493</v>
       </c>
       <c r="H262" t="s">
-        <v>4480</v>
+        <v>4494</v>
       </c>
       <c r="I262" t="s">
-        <v>3432</v>
+        <v>4495</v>
       </c>
       <c r="J262" t="s">
-        <v>1994</v>
+        <v>4496</v>
       </c>
       <c r="K262" t="s">
-        <v>4481</v>
+        <v>4497</v>
       </c>
       <c r="L262" t="s">
-        <v>4482</v>
+        <v>4498</v>
       </c>
       <c r="M262" t="s">
-        <v>4483</v>
+        <v>4499</v>
       </c>
       <c r="N262" t="s">
-        <v>4484</v>
+        <v>4500</v>
       </c>
       <c r="O262" t="s">
-        <v>4485</v>
+        <v>4501</v>
       </c>
       <c r="P262" t="s">
-        <v>4486</v>
+        <v>4502</v>
       </c>
       <c r="Q262" t="s">
-        <v>4487</v>
-[...8 lines deleted...]
-        <v>4490</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B263" t="s">
-        <v>4491</v>
+        <v>4504</v>
       </c>
       <c r="C263" t="s">
         <v>11</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>4492</v>
+        <v>4505</v>
       </c>
       <c r="F263" t="s">
         <v>11</v>
       </c>
       <c r="G263" t="s">
-        <v>4493</v>
+        <v>4506</v>
       </c>
       <c r="H263" t="s">
-        <v>4494</v>
+        <v>4507</v>
       </c>
       <c r="I263" t="s">
-        <v>4495</v>
+        <v>3459</v>
       </c>
       <c r="J263" t="s">
-        <v>4496</v>
+        <v>2095</v>
       </c>
       <c r="K263" t="s">
-        <v>4497</v>
+        <v>4508</v>
       </c>
       <c r="L263" t="s">
-        <v>4498</v>
+        <v>4509</v>
       </c>
       <c r="M263" t="s">
-        <v>4499</v>
+        <v>4510</v>
       </c>
       <c r="N263" t="s">
-        <v>4500</v>
+        <v>4511</v>
+      </c>
+      <c r="O263" t="s">
+        <v>4512</v>
+      </c>
+      <c r="P263" t="s">
+        <v>4513</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>4514</v>
+      </c>
+      <c r="R263" t="s">
+        <v>4515</v>
+      </c>
+      <c r="S263" t="s">
+        <v>4516</v>
+      </c>
+      <c r="T263" t="s">
+        <v>4517</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B264" t="s">
-        <v>4501</v>
+        <v>4518</v>
       </c>
       <c r="C264" t="s">
         <v>11</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>4502</v>
+        <v>4519</v>
       </c>
       <c r="F264" t="s">
         <v>11</v>
       </c>
       <c r="G264" t="s">
-        <v>4503</v>
+        <v>4520</v>
       </c>
       <c r="H264" t="s">
-        <v>4504</v>
+        <v>4521</v>
       </c>
       <c r="I264" t="s">
-        <v>3449</v>
+        <v>4522</v>
       </c>
       <c r="J264" t="s">
-        <v>2452</v>
+        <v>4523</v>
       </c>
       <c r="K264" t="s">
-        <v>4505</v>
+        <v>4524</v>
       </c>
       <c r="L264" t="s">
-        <v>4506</v>
+        <v>4525</v>
+      </c>
+      <c r="M264" t="s">
+        <v>4526</v>
+      </c>
+      <c r="N264" t="s">
+        <v>4527</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B265" t="s">
-        <v>4507</v>
+        <v>4528</v>
       </c>
       <c r="C265" t="s">
         <v>11</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>4508</v>
+        <v>4529</v>
       </c>
       <c r="F265" t="s">
         <v>11</v>
       </c>
       <c r="G265" t="s">
-        <v>4509</v>
+        <v>4530</v>
       </c>
       <c r="H265" t="s">
-        <v>4510</v>
+        <v>4531</v>
       </c>
       <c r="I265" t="s">
-        <v>4511</v>
+        <v>3476</v>
       </c>
       <c r="J265" t="s">
-        <v>1859</v>
+        <v>2515</v>
       </c>
       <c r="K265" t="s">
-        <v>4512</v>
+        <v>4532</v>
       </c>
       <c r="L265" t="s">
-        <v>4513</v>
-[...5 lines deleted...]
-        <v>4515</v>
+        <v>4533</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B266" t="s">
-        <v>4516</v>
+        <v>4534</v>
       </c>
       <c r="C266" t="s">
         <v>11</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>4517</v>
+        <v>4535</v>
       </c>
       <c r="F266" t="s">
         <v>11</v>
       </c>
       <c r="G266" t="s">
-        <v>4518</v>
+        <v>4536</v>
       </c>
       <c r="H266" t="s">
-        <v>4519</v>
+        <v>4537</v>
       </c>
       <c r="I266" t="s">
-        <v>4520</v>
+        <v>4538</v>
       </c>
       <c r="J266" t="s">
-        <v>3503</v>
+        <v>1961</v>
       </c>
       <c r="K266" t="s">
-        <v>4521</v>
+        <v>4539</v>
       </c>
       <c r="L266" t="s">
-        <v>4522</v>
+        <v>4540</v>
       </c>
       <c r="M266" t="s">
-        <v>4523</v>
+        <v>4541</v>
       </c>
       <c r="N266" t="s">
-        <v>4524</v>
+        <v>4542</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B267" t="s">
-        <v>4525</v>
+        <v>4543</v>
       </c>
       <c r="C267" t="s">
         <v>11</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>4517</v>
+        <v>4544</v>
       </c>
       <c r="F267" t="s">
         <v>11</v>
       </c>
       <c r="G267" t="s">
-        <v>4526</v>
+        <v>4545</v>
       </c>
       <c r="H267" t="s">
-        <v>4527</v>
+        <v>4546</v>
       </c>
       <c r="I267" t="s">
-        <v>4528</v>
+        <v>4547</v>
       </c>
       <c r="J267" t="s">
-        <v>2643</v>
+        <v>3530</v>
       </c>
       <c r="K267" t="s">
-        <v>4529</v>
+        <v>4548</v>
       </c>
       <c r="L267" t="s">
-        <v>4530</v>
+        <v>4549</v>
       </c>
       <c r="M267" t="s">
-        <v>4531</v>
+        <v>4550</v>
       </c>
       <c r="N267" t="s">
-        <v>4532</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B268" t="s">
-        <v>4533</v>
+        <v>4552</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>4534</v>
+        <v>4544</v>
       </c>
       <c r="F268" t="s">
         <v>11</v>
       </c>
       <c r="G268" t="s">
-        <v>4535</v>
+        <v>4553</v>
       </c>
       <c r="H268" t="s">
-        <v>4536</v>
+        <v>4554</v>
       </c>
       <c r="I268" t="s">
-        <v>4537</v>
+        <v>4555</v>
       </c>
       <c r="J268" t="s">
-        <v>2452</v>
+        <v>2671</v>
       </c>
       <c r="K268" t="s">
-        <v>4538</v>
+        <v>4556</v>
       </c>
       <c r="L268" t="s">
-        <v>4539</v>
+        <v>4557</v>
       </c>
       <c r="M268" t="s">
-        <v>4540</v>
+        <v>4558</v>
       </c>
       <c r="N268" t="s">
-        <v>4541</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B269" t="s">
-        <v>4542</v>
+        <v>4560</v>
       </c>
       <c r="C269" t="s">
         <v>11</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>4543</v>
+        <v>4561</v>
       </c>
       <c r="F269" t="s">
         <v>11</v>
       </c>
       <c r="G269" t="s">
-        <v>4544</v>
+        <v>4562</v>
       </c>
       <c r="H269" t="s">
-        <v>4545</v>
+        <v>4563</v>
       </c>
       <c r="I269" t="s">
-        <v>4546</v>
+        <v>4564</v>
       </c>
       <c r="J269" t="s">
-        <v>2098</v>
+        <v>2515</v>
       </c>
       <c r="K269" t="s">
-        <v>4547</v>
+        <v>4565</v>
       </c>
       <c r="L269" t="s">
-        <v>4548</v>
+        <v>4566</v>
       </c>
       <c r="M269" t="s">
-        <v>4549</v>
+        <v>4567</v>
       </c>
       <c r="N269" t="s">
-        <v>4550</v>
-[...14 lines deleted...]
-        <v>4555</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B270" t="s">
-        <v>4556</v>
+        <v>4569</v>
       </c>
       <c r="C270" t="s">
         <v>11</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>4557</v>
+        <v>4570</v>
       </c>
       <c r="F270" t="s">
         <v>11</v>
       </c>
       <c r="G270" t="s">
-        <v>4558</v>
+        <v>4571</v>
       </c>
       <c r="H270" t="s">
-        <v>4559</v>
+        <v>4572</v>
       </c>
       <c r="I270" t="s">
-        <v>4560</v>
+        <v>4573</v>
       </c>
       <c r="J270" t="s">
-        <v>1734</v>
+        <v>2170</v>
       </c>
       <c r="K270" t="s">
-        <v>4561</v>
+        <v>4574</v>
       </c>
       <c r="L270" t="s">
-        <v>4562</v>
+        <v>4575</v>
+      </c>
+      <c r="M270" t="s">
+        <v>4576</v>
+      </c>
+      <c r="N270" t="s">
+        <v>4577</v>
+      </c>
+      <c r="O270" t="s">
+        <v>4578</v>
+      </c>
+      <c r="P270" t="s">
+        <v>4579</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>4580</v>
+      </c>
+      <c r="R270" t="s">
+        <v>4581</v>
+      </c>
+      <c r="S270" t="s">
+        <v>4582</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B271" t="s">
-        <v>4563</v>
+        <v>4583</v>
       </c>
       <c r="C271" t="s">
         <v>11</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>4564</v>
+        <v>4584</v>
       </c>
       <c r="F271" t="s">
         <v>11</v>
       </c>
       <c r="G271" t="s">
-        <v>4565</v>
+        <v>4585</v>
       </c>
       <c r="H271" t="s">
-        <v>4566</v>
+        <v>4586</v>
       </c>
       <c r="I271" t="s">
-        <v>4567</v>
+        <v>4587</v>
       </c>
       <c r="J271" t="s">
-        <v>3327</v>
+        <v>1836</v>
       </c>
       <c r="K271" t="s">
-        <v>4568</v>
+        <v>4588</v>
       </c>
       <c r="L271" t="s">
-        <v>4569</v>
+        <v>4589</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B272" t="s">
-        <v>4570</v>
+        <v>4590</v>
       </c>
       <c r="C272" t="s">
         <v>11</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>4564</v>
+        <v>4591</v>
       </c>
       <c r="F272" t="s">
         <v>11</v>
       </c>
       <c r="G272" t="s">
-        <v>4571</v>
+        <v>4592</v>
       </c>
       <c r="H272" t="s">
-        <v>4572</v>
+        <v>4593</v>
       </c>
       <c r="I272" t="s">
-        <v>4573</v>
+        <v>4594</v>
       </c>
       <c r="J272" t="s">
-        <v>2336</v>
+        <v>3354</v>
       </c>
       <c r="K272" t="s">
-        <v>4574</v>
+        <v>4595</v>
       </c>
       <c r="L272" t="s">
-        <v>4575</v>
-[...2 lines deleted...]
-        <v>4576</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B273" t="s">
-        <v>4577</v>
+        <v>4597</v>
       </c>
       <c r="C273" t="s">
         <v>11</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>4564</v>
+        <v>4591</v>
       </c>
       <c r="F273" t="s">
         <v>11</v>
       </c>
       <c r="G273" t="s">
-        <v>4578</v>
+        <v>4598</v>
       </c>
       <c r="H273" t="s">
-        <v>4579</v>
+        <v>4599</v>
       </c>
       <c r="I273" t="s">
-        <v>4580</v>
+        <v>4600</v>
       </c>
       <c r="J273" t="s">
-        <v>3091</v>
+        <v>2399</v>
       </c>
       <c r="K273" t="s">
-        <v>4581</v>
+        <v>4601</v>
       </c>
       <c r="L273" t="s">
-        <v>4582</v>
+        <v>4602</v>
       </c>
       <c r="M273" t="s">
-        <v>4583</v>
+        <v>4603</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B274" t="s">
-        <v>4584</v>
+        <v>4604</v>
       </c>
       <c r="C274" t="s">
         <v>11</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>4585</v>
+        <v>4591</v>
       </c>
       <c r="F274" t="s">
         <v>11</v>
       </c>
       <c r="G274" t="s">
-        <v>4586</v>
+        <v>4605</v>
       </c>
       <c r="H274" t="s">
-        <v>4587</v>
+        <v>4606</v>
       </c>
       <c r="I274" t="s">
-        <v>4588</v>
+        <v>4607</v>
       </c>
       <c r="J274" t="s">
-        <v>2336</v>
+        <v>3118</v>
       </c>
       <c r="K274" t="s">
-        <v>4589</v>
+        <v>4608</v>
       </c>
       <c r="L274" t="s">
-        <v>4590</v>
+        <v>4609</v>
       </c>
       <c r="M274" t="s">
-        <v>4591</v>
-[...5 lines deleted...]
-        <v>4593</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B275" t="s">
-        <v>4594</v>
+        <v>4611</v>
       </c>
       <c r="C275" t="s">
         <v>11</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>4564</v>
+        <v>4612</v>
       </c>
       <c r="F275" t="s">
         <v>11</v>
       </c>
       <c r="G275" t="s">
-        <v>4595</v>
+        <v>4613</v>
       </c>
       <c r="H275" t="s">
-        <v>4596</v>
+        <v>4614</v>
       </c>
       <c r="I275" t="s">
-        <v>4597</v>
+        <v>4615</v>
       </c>
       <c r="J275" t="s">
-        <v>2643</v>
+        <v>2399</v>
       </c>
       <c r="K275" t="s">
-        <v>4598</v>
+        <v>4616</v>
       </c>
       <c r="L275" t="s">
-        <v>4599</v>
+        <v>4617</v>
       </c>
       <c r="M275" t="s">
-        <v>4600</v>
+        <v>4618</v>
+      </c>
+      <c r="N275" t="s">
+        <v>4619</v>
+      </c>
+      <c r="O275" t="s">
+        <v>4620</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B276" t="s">
-        <v>4601</v>
+        <v>4621</v>
       </c>
       <c r="C276" t="s">
         <v>11</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>4602</v>
+        <v>4591</v>
       </c>
       <c r="F276" t="s">
         <v>11</v>
       </c>
       <c r="G276" t="s">
-        <v>4603</v>
+        <v>4622</v>
       </c>
       <c r="H276" t="s">
-        <v>4604</v>
+        <v>4623</v>
       </c>
       <c r="I276" t="s">
-        <v>4605</v>
+        <v>4624</v>
       </c>
       <c r="J276" t="s">
-        <v>2848</v>
+        <v>2671</v>
       </c>
       <c r="K276" t="s">
-        <v>4606</v>
+        <v>4625</v>
       </c>
       <c r="L276" t="s">
-        <v>4607</v>
+        <v>4626</v>
       </c>
       <c r="M276" t="s">
-        <v>4608</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B277" t="s">
-        <v>4609</v>
+        <v>4628</v>
       </c>
       <c r="C277" t="s">
         <v>11</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>4610</v>
+        <v>4629</v>
       </c>
       <c r="F277" t="s">
         <v>11</v>
       </c>
       <c r="G277" t="s">
-        <v>4611</v>
+        <v>4630</v>
       </c>
       <c r="H277" t="s">
-        <v>4612</v>
+        <v>4631</v>
       </c>
       <c r="I277" t="s">
-        <v>4613</v>
+        <v>4632</v>
       </c>
       <c r="J277" t="s">
-        <v>1937</v>
+        <v>2876</v>
       </c>
       <c r="K277" t="s">
-        <v>4614</v>
+        <v>4633</v>
       </c>
       <c r="L277" t="s">
-        <v>4615</v>
+        <v>4634</v>
       </c>
       <c r="M277" t="s">
-        <v>4616</v>
-[...2 lines deleted...]
-        <v>4617</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B278" t="s">
-        <v>4618</v>
+        <v>4636</v>
       </c>
       <c r="C278" t="s">
         <v>11</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>4619</v>
+        <v>4637</v>
       </c>
       <c r="F278" t="s">
         <v>11</v>
       </c>
       <c r="G278" t="s">
-        <v>4620</v>
+        <v>4638</v>
       </c>
       <c r="H278" t="s">
-        <v>4621</v>
+        <v>4639</v>
       </c>
       <c r="I278" t="s">
-        <v>4622</v>
+        <v>4640</v>
       </c>
       <c r="J278" t="s">
-        <v>2452</v>
+        <v>2039</v>
       </c>
       <c r="K278" t="s">
-        <v>4623</v>
+        <v>4641</v>
       </c>
       <c r="L278" t="s">
-        <v>4624</v>
+        <v>4642</v>
       </c>
       <c r="M278" t="s">
-        <v>4625</v>
+        <v>4643</v>
       </c>
       <c r="N278" t="s">
-        <v>4626</v>
-[...2 lines deleted...]
-        <v>4627</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B279" t="s">
-        <v>4628</v>
+        <v>4645</v>
       </c>
       <c r="C279" t="s">
         <v>11</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>4619</v>
+        <v>4646</v>
       </c>
       <c r="F279" t="s">
         <v>11</v>
       </c>
       <c r="G279" t="s">
-        <v>4629</v>
+        <v>4647</v>
       </c>
       <c r="H279" t="s">
-        <v>4630</v>
+        <v>4648</v>
       </c>
       <c r="I279" t="s">
-        <v>4631</v>
+        <v>4649</v>
       </c>
       <c r="J279" t="s">
-        <v>2423</v>
+        <v>2515</v>
       </c>
       <c r="K279" t="s">
-        <v>4632</v>
+        <v>4650</v>
       </c>
       <c r="L279" t="s">
-        <v>4633</v>
+        <v>4651</v>
+      </c>
+      <c r="M279" t="s">
+        <v>4652</v>
+      </c>
+      <c r="N279" t="s">
+        <v>4653</v>
+      </c>
+      <c r="O279" t="s">
+        <v>4654</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B280" t="s">
-        <v>4634</v>
+        <v>4655</v>
       </c>
       <c r="C280" t="s">
         <v>11</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>4635</v>
+        <v>4646</v>
       </c>
       <c r="F280" t="s">
         <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>4636</v>
+        <v>4656</v>
       </c>
       <c r="H280" t="s">
-        <v>4637</v>
+        <v>4657</v>
       </c>
       <c r="I280" t="s">
-        <v>4638</v>
+        <v>4658</v>
       </c>
       <c r="J280" t="s">
-        <v>4639</v>
+        <v>2486</v>
       </c>
       <c r="K280" t="s">
-        <v>4640</v>
+        <v>4659</v>
       </c>
       <c r="L280" t="s">
-        <v>4641</v>
-[...8 lines deleted...]
-        <v>4644</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B281" t="s">
-        <v>4645</v>
+        <v>4661</v>
       </c>
       <c r="C281" t="s">
         <v>11</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>4646</v>
+        <v>4662</v>
       </c>
       <c r="F281" t="s">
         <v>11</v>
       </c>
       <c r="G281" t="s">
-        <v>4647</v>
+        <v>4663</v>
       </c>
       <c r="H281" t="s">
-        <v>4648</v>
+        <v>4664</v>
       </c>
       <c r="I281" t="s">
-        <v>4649</v>
+        <v>4665</v>
       </c>
       <c r="J281" t="s">
-        <v>4251</v>
+        <v>4666</v>
       </c>
       <c r="K281" t="s">
-        <v>4650</v>
+        <v>4667</v>
       </c>
       <c r="L281" t="s">
-        <v>4651</v>
+        <v>4668</v>
+      </c>
+      <c r="M281" t="s">
+        <v>4669</v>
+      </c>
+      <c r="N281" t="s">
+        <v>4670</v>
+      </c>
+      <c r="O281" t="s">
+        <v>4671</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B282" t="s">
-        <v>4652</v>
+        <v>4672</v>
       </c>
       <c r="C282" t="s">
         <v>11</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>4653</v>
+        <v>4673</v>
       </c>
       <c r="F282" t="s">
         <v>11</v>
       </c>
       <c r="G282" t="s">
-        <v>4654</v>
+        <v>4674</v>
       </c>
       <c r="H282" t="s">
-        <v>4655</v>
+        <v>4675</v>
       </c>
       <c r="I282" t="s">
-        <v>4649</v>
+        <v>4676</v>
       </c>
       <c r="J282" t="s">
-        <v>3206</v>
+        <v>4278</v>
       </c>
       <c r="K282" t="s">
-        <v>4656</v>
+        <v>4677</v>
       </c>
       <c r="L282" t="s">
-        <v>4657</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B283" t="s">
-        <v>4658</v>
+        <v>4679</v>
       </c>
       <c r="C283" t="s">
         <v>11</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>4659</v>
+        <v>4680</v>
       </c>
       <c r="F283" t="s">
         <v>11</v>
       </c>
       <c r="G283" t="s">
-        <v>4660</v>
+        <v>4681</v>
       </c>
       <c r="H283" t="s">
-        <v>4661</v>
+        <v>4682</v>
       </c>
       <c r="I283" t="s">
-        <v>4662</v>
+        <v>4676</v>
       </c>
       <c r="J283" t="s">
-        <v>4663</v>
+        <v>3233</v>
       </c>
       <c r="K283" t="s">
-        <v>4664</v>
+        <v>4683</v>
+      </c>
+      <c r="L283" t="s">
+        <v>4684</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B284" t="s">
-        <v>4665</v>
+        <v>4685</v>
       </c>
       <c r="C284" t="s">
         <v>11</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>4666</v>
+        <v>4686</v>
       </c>
       <c r="F284" t="s">
         <v>11</v>
       </c>
       <c r="G284" t="s">
-        <v>4667</v>
+        <v>4687</v>
       </c>
       <c r="H284" t="s">
-        <v>4668</v>
+        <v>4688</v>
       </c>
       <c r="I284" t="s">
-        <v>4264</v>
+        <v>4689</v>
       </c>
       <c r="J284" t="s">
-        <v>4669</v>
+        <v>4690</v>
       </c>
       <c r="K284" t="s">
-        <v>4670</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B285" t="s">
-        <v>4671</v>
+        <v>4692</v>
       </c>
       <c r="C285" t="s">
         <v>11</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>4666</v>
+        <v>4693</v>
       </c>
       <c r="F285" t="s">
         <v>11</v>
       </c>
       <c r="G285" t="s">
-        <v>4672</v>
+        <v>4694</v>
       </c>
       <c r="H285" t="s">
-        <v>4673</v>
+        <v>4695</v>
       </c>
       <c r="I285" t="s">
-        <v>4674</v>
+        <v>4291</v>
       </c>
       <c r="J285" t="s">
-        <v>2848</v>
+        <v>4696</v>
       </c>
       <c r="K285" t="s">
-        <v>4675</v>
-[...8 lines deleted...]
-        <v>4678</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B286" t="s">
-        <v>4679</v>
+        <v>4698</v>
       </c>
       <c r="C286" t="s">
         <v>11</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>4666</v>
+        <v>4693</v>
       </c>
       <c r="F286" t="s">
         <v>11</v>
       </c>
       <c r="G286" t="s">
-        <v>4680</v>
+        <v>4699</v>
       </c>
       <c r="H286" t="s">
-        <v>4681</v>
+        <v>4700</v>
       </c>
       <c r="I286" t="s">
-        <v>4682</v>
+        <v>4701</v>
       </c>
       <c r="J286" t="s">
-        <v>2643</v>
+        <v>2876</v>
       </c>
       <c r="K286" t="s">
-        <v>4683</v>
+        <v>4702</v>
       </c>
       <c r="L286" t="s">
-        <v>4684</v>
+        <v>4703</v>
       </c>
       <c r="M286" t="s">
-        <v>4685</v>
+        <v>4704</v>
+      </c>
+      <c r="N286" t="s">
+        <v>4705</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B287" t="s">
-        <v>4686</v>
+        <v>4706</v>
       </c>
       <c r="C287" t="s">
         <v>11</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>4687</v>
+        <v>4693</v>
       </c>
       <c r="F287" t="s">
         <v>11</v>
       </c>
       <c r="G287" t="s">
-        <v>4688</v>
+        <v>4707</v>
       </c>
       <c r="H287" t="s">
-        <v>4689</v>
+        <v>4708</v>
       </c>
       <c r="I287" t="s">
-        <v>4690</v>
+        <v>4709</v>
       </c>
       <c r="J287" t="s">
-        <v>2423</v>
+        <v>2671</v>
       </c>
       <c r="K287" t="s">
-        <v>4691</v>
+        <v>4710</v>
       </c>
       <c r="L287" t="s">
-        <v>4692</v>
+        <v>4711</v>
       </c>
       <c r="M287" t="s">
-        <v>4693</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B288" t="s">
-        <v>4694</v>
+        <v>4713</v>
       </c>
       <c r="C288" t="s">
         <v>11</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>4695</v>
+        <v>4714</v>
       </c>
       <c r="F288" t="s">
         <v>11</v>
       </c>
       <c r="G288" t="s">
-        <v>4696</v>
+        <v>4715</v>
       </c>
       <c r="H288" t="s">
-        <v>4697</v>
+        <v>4716</v>
       </c>
       <c r="I288" t="s">
-        <v>4698</v>
+        <v>4717</v>
       </c>
       <c r="J288" t="s">
-        <v>3062</v>
+        <v>2486</v>
       </c>
       <c r="K288" t="s">
-        <v>4699</v>
+        <v>4718</v>
       </c>
       <c r="L288" t="s">
-        <v>4700</v>
+        <v>4719</v>
       </c>
       <c r="M288" t="s">
-        <v>4701</v>
-[...11 lines deleted...]
-        <v>4705</v>
+        <v>4720</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B289" t="s">
-        <v>4706</v>
+        <v>4721</v>
       </c>
       <c r="C289" t="s">
         <v>11</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>4707</v>
+        <v>4722</v>
       </c>
       <c r="F289" t="s">
         <v>11</v>
       </c>
       <c r="G289" t="s">
-        <v>4708</v>
+        <v>4723</v>
       </c>
       <c r="H289" t="s">
-        <v>4709</v>
+        <v>4724</v>
       </c>
       <c r="I289" t="s">
-        <v>4710</v>
+        <v>4725</v>
       </c>
       <c r="J289" t="s">
-        <v>1994</v>
+        <v>1800</v>
       </c>
       <c r="K289" t="s">
-        <v>4711</v>
+        <v>4726</v>
       </c>
       <c r="L289" t="s">
-        <v>4712</v>
+        <v>4727</v>
       </c>
       <c r="M289" t="s">
-        <v>4713</v>
+        <v>4728</v>
       </c>
       <c r="N289" t="s">
-        <v>4714</v>
+        <v>4729</v>
       </c>
       <c r="O289" t="s">
-        <v>4715</v>
+        <v>4730</v>
       </c>
       <c r="P289" t="s">
-        <v>4716</v>
+        <v>4731</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>4732</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B290" t="s">
-        <v>4717</v>
+        <v>4733</v>
       </c>
       <c r="C290" t="s">
         <v>11</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>4718</v>
+        <v>4734</v>
       </c>
       <c r="F290" t="s">
         <v>11</v>
       </c>
       <c r="G290" t="s">
-        <v>4719</v>
+        <v>4735</v>
       </c>
       <c r="H290" t="s">
-        <v>4720</v>
+        <v>4736</v>
       </c>
       <c r="I290" t="s">
-        <v>3090</v>
+        <v>4737</v>
       </c>
       <c r="J290" t="s">
-        <v>3774</v>
+        <v>2095</v>
       </c>
       <c r="K290" t="s">
-        <v>4721</v>
+        <v>4738</v>
       </c>
       <c r="L290" t="s">
-        <v>4722</v>
+        <v>4739</v>
+      </c>
+      <c r="M290" t="s">
+        <v>4740</v>
+      </c>
+      <c r="N290" t="s">
+        <v>4741</v>
+      </c>
+      <c r="O290" t="s">
+        <v>4742</v>
+      </c>
+      <c r="P290" t="s">
+        <v>4743</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B291" t="s">
-        <v>4723</v>
+        <v>4744</v>
       </c>
       <c r="C291" t="s">
         <v>11</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>4724</v>
+        <v>4745</v>
       </c>
       <c r="F291" t="s">
         <v>11</v>
       </c>
       <c r="G291" t="s">
-        <v>4725</v>
+        <v>4746</v>
       </c>
       <c r="H291" t="s">
-        <v>4726</v>
+        <v>4747</v>
       </c>
       <c r="I291" t="s">
-        <v>4727</v>
+        <v>3117</v>
       </c>
       <c r="J291" t="s">
-        <v>4728</v>
+        <v>3801</v>
       </c>
       <c r="K291" t="s">
-        <v>4729</v>
+        <v>4748</v>
       </c>
       <c r="L291" t="s">
-        <v>4730</v>
-[...5 lines deleted...]
-        <v>4732</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B292" t="s">
-        <v>4733</v>
+        <v>4750</v>
       </c>
       <c r="C292" t="s">
         <v>11</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>4734</v>
+        <v>4751</v>
       </c>
       <c r="F292" t="s">
         <v>11</v>
       </c>
       <c r="G292" t="s">
-        <v>4735</v>
+        <v>4752</v>
       </c>
       <c r="H292" t="s">
-        <v>4736</v>
+        <v>4753</v>
       </c>
       <c r="I292" t="s">
-        <v>4737</v>
+        <v>4754</v>
       </c>
       <c r="J292" t="s">
-        <v>1994</v>
+        <v>4755</v>
       </c>
       <c r="K292" t="s">
-        <v>4738</v>
+        <v>4756</v>
       </c>
       <c r="L292" t="s">
-        <v>4739</v>
+        <v>4757</v>
       </c>
       <c r="M292" t="s">
-        <v>4740</v>
+        <v>4758</v>
+      </c>
+      <c r="N292" t="s">
+        <v>4759</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B293" t="s">
-        <v>4741</v>
+        <v>4760</v>
       </c>
       <c r="C293" t="s">
         <v>11</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>4742</v>
+        <v>4761</v>
       </c>
       <c r="F293" t="s">
         <v>11</v>
       </c>
       <c r="G293" t="s">
-        <v>4743</v>
+        <v>4762</v>
       </c>
       <c r="H293" t="s">
-        <v>4744</v>
+        <v>4763</v>
       </c>
       <c r="I293" t="s">
-        <v>4745</v>
+        <v>4764</v>
       </c>
       <c r="J293" t="s">
-        <v>4746</v>
+        <v>2095</v>
       </c>
       <c r="K293" t="s">
-        <v>4747</v>
+        <v>4765</v>
       </c>
       <c r="L293" t="s">
-        <v>4748</v>
+        <v>4766</v>
       </c>
       <c r="M293" t="s">
-        <v>4749</v>
-[...2 lines deleted...]
-        <v>4750</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B294" t="s">
-        <v>4751</v>
+        <v>4768</v>
       </c>
       <c r="C294" t="s">
         <v>11</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>4742</v>
+        <v>4769</v>
       </c>
       <c r="F294" t="s">
         <v>11</v>
       </c>
       <c r="G294" t="s">
-        <v>4752</v>
+        <v>4770</v>
       </c>
       <c r="H294" t="s">
-        <v>4753</v>
+        <v>4771</v>
       </c>
       <c r="I294" t="s">
-        <v>2855</v>
+        <v>4772</v>
       </c>
       <c r="J294" t="s">
-        <v>2032</v>
+        <v>4773</v>
       </c>
       <c r="K294" t="s">
-        <v>4754</v>
+        <v>4774</v>
       </c>
       <c r="L294" t="s">
-        <v>4755</v>
+        <v>4775</v>
       </c>
       <c r="M294" t="s">
-        <v>4756</v>
+        <v>4776</v>
       </c>
       <c r="N294" t="s">
-        <v>4757</v>
-[...2 lines deleted...]
-        <v>4758</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B295" t="s">
-        <v>4759</v>
+        <v>4778</v>
       </c>
       <c r="C295" t="s">
         <v>11</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>4742</v>
+        <v>4769</v>
       </c>
       <c r="F295" t="s">
         <v>11</v>
       </c>
       <c r="G295" t="s">
-        <v>4760</v>
+        <v>4779</v>
       </c>
       <c r="H295" t="s">
-        <v>4761</v>
+        <v>4780</v>
       </c>
       <c r="I295" t="s">
-        <v>4762</v>
+        <v>2883</v>
       </c>
       <c r="J295" t="s">
-        <v>2656</v>
+        <v>1746</v>
       </c>
       <c r="K295" t="s">
-        <v>4763</v>
+        <v>4781</v>
+      </c>
+      <c r="L295" t="s">
+        <v>4782</v>
+      </c>
+      <c r="M295" t="s">
+        <v>4783</v>
+      </c>
+      <c r="N295" t="s">
+        <v>4784</v>
+      </c>
+      <c r="O295" t="s">
+        <v>4785</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B296" t="s">
-        <v>4764</v>
+        <v>4786</v>
       </c>
       <c r="C296" t="s">
         <v>11</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>4742</v>
+        <v>4769</v>
       </c>
       <c r="F296" t="s">
         <v>11</v>
       </c>
       <c r="G296" t="s">
-        <v>4765</v>
+        <v>4787</v>
       </c>
       <c r="H296" t="s">
-        <v>4766</v>
+        <v>4788</v>
       </c>
       <c r="I296" t="s">
-        <v>4767</v>
+        <v>4789</v>
       </c>
       <c r="J296" t="s">
-        <v>1846</v>
+        <v>2684</v>
       </c>
       <c r="K296" t="s">
-        <v>4768</v>
-[...2 lines deleted...]
-        <v>4769</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B297" t="s">
-        <v>4770</v>
+        <v>4791</v>
       </c>
       <c r="C297" t="s">
         <v>11</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>4771</v>
+        <v>4769</v>
       </c>
       <c r="F297" t="s">
         <v>11</v>
       </c>
       <c r="G297" t="s">
-        <v>4772</v>
+        <v>4792</v>
       </c>
       <c r="H297" t="s">
-        <v>4773</v>
+        <v>4793</v>
       </c>
       <c r="I297" t="s">
-        <v>4774</v>
+        <v>4794</v>
       </c>
       <c r="J297" t="s">
-        <v>4775</v>
+        <v>1948</v>
       </c>
       <c r="K297" t="s">
-        <v>4776</v>
+        <v>4795</v>
       </c>
       <c r="L297" t="s">
-        <v>4777</v>
-[...11 lines deleted...]
-        <v>4781</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B298" t="s">
-        <v>4782</v>
+        <v>4797</v>
       </c>
       <c r="C298" t="s">
         <v>11</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>4771</v>
+        <v>4798</v>
       </c>
       <c r="F298" t="s">
         <v>11</v>
       </c>
       <c r="G298" t="s">
-        <v>4783</v>
+        <v>4799</v>
       </c>
       <c r="H298" t="s">
-        <v>4784</v>
+        <v>4800</v>
       </c>
       <c r="I298" t="s">
-        <v>3701</v>
+        <v>4801</v>
       </c>
       <c r="J298" t="s">
-        <v>1859</v>
+        <v>4802</v>
       </c>
       <c r="K298" t="s">
-        <v>4785</v>
+        <v>4803</v>
       </c>
       <c r="L298" t="s">
-        <v>4786</v>
+        <v>4804</v>
       </c>
       <c r="M298" t="s">
-        <v>4787</v>
+        <v>4805</v>
       </c>
       <c r="N298" t="s">
-        <v>4788</v>
+        <v>4806</v>
       </c>
       <c r="O298" t="s">
-        <v>4789</v>
+        <v>4807</v>
       </c>
       <c r="P298" t="s">
-        <v>4790</v>
-[...8 lines deleted...]
-        <v>4793</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B299" t="s">
-        <v>4794</v>
+        <v>4809</v>
       </c>
       <c r="C299" t="s">
         <v>11</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>4795</v>
+        <v>4798</v>
       </c>
       <c r="F299" t="s">
         <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>4796</v>
+        <v>4810</v>
       </c>
       <c r="H299" t="s">
-        <v>4797</v>
+        <v>4811</v>
       </c>
       <c r="I299" t="s">
-        <v>4798</v>
+        <v>3728</v>
       </c>
       <c r="J299" t="s">
-        <v>3091</v>
+        <v>1961</v>
       </c>
       <c r="K299" t="s">
-        <v>4799</v>
+        <v>4812</v>
       </c>
       <c r="L299" t="s">
-        <v>4800</v>
+        <v>4813</v>
       </c>
       <c r="M299" t="s">
-        <v>4801</v>
+        <v>4814</v>
+      </c>
+      <c r="N299" t="s">
+        <v>4815</v>
+      </c>
+      <c r="O299" t="s">
+        <v>4816</v>
+      </c>
+      <c r="P299" t="s">
+        <v>4817</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>4818</v>
+      </c>
+      <c r="R299" t="s">
+        <v>4819</v>
+      </c>
+      <c r="S299" t="s">
+        <v>4820</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B300" t="s">
-        <v>4802</v>
+        <v>4821</v>
       </c>
       <c r="C300" t="s">
         <v>11</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>4803</v>
+        <v>4822</v>
       </c>
       <c r="F300" t="s">
         <v>11</v>
       </c>
       <c r="G300" t="s">
-        <v>4804</v>
+        <v>4823</v>
       </c>
       <c r="H300" t="s">
-        <v>4805</v>
+        <v>4824</v>
       </c>
       <c r="I300" t="s">
-        <v>4806</v>
+        <v>4825</v>
       </c>
       <c r="J300" t="s">
-        <v>1824</v>
+        <v>3118</v>
       </c>
       <c r="K300" t="s">
-        <v>4807</v>
+        <v>4826</v>
       </c>
       <c r="L300" t="s">
-        <v>4808</v>
+        <v>4827</v>
       </c>
       <c r="M300" t="s">
-        <v>4809</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B301" t="s">
-        <v>4810</v>
+        <v>4829</v>
       </c>
       <c r="C301" t="s">
         <v>11</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>4811</v>
+        <v>4830</v>
       </c>
       <c r="F301" t="s">
         <v>11</v>
       </c>
       <c r="G301" t="s">
-        <v>4812</v>
+        <v>4831</v>
       </c>
       <c r="H301" t="s">
-        <v>4813</v>
+        <v>4832</v>
       </c>
       <c r="I301" t="s">
-        <v>3439</v>
+        <v>4833</v>
       </c>
       <c r="J301" t="s">
-        <v>3774</v>
+        <v>1926</v>
       </c>
       <c r="K301" t="s">
-        <v>4814</v>
+        <v>4834</v>
+      </c>
+      <c r="L301" t="s">
+        <v>4835</v>
+      </c>
+      <c r="M301" t="s">
+        <v>4836</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B302" t="s">
-        <v>4815</v>
+        <v>4837</v>
       </c>
       <c r="C302" t="s">
         <v>11</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>4816</v>
+        <v>4838</v>
       </c>
       <c r="F302" t="s">
         <v>11</v>
       </c>
       <c r="G302" t="s">
-        <v>4817</v>
+        <v>4839</v>
       </c>
       <c r="H302" t="s">
-        <v>4818</v>
+        <v>4840</v>
       </c>
       <c r="I302" t="s">
-        <v>4819</v>
+        <v>3466</v>
       </c>
       <c r="J302" t="s">
-        <v>2423</v>
+        <v>3801</v>
       </c>
       <c r="K302" t="s">
-        <v>4820</v>
-[...5 lines deleted...]
-        <v>4822</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B303" t="s">
-        <v>4823</v>
+        <v>4842</v>
       </c>
       <c r="C303" t="s">
         <v>11</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>4824</v>
+        <v>4843</v>
       </c>
       <c r="F303" t="s">
         <v>11</v>
       </c>
       <c r="G303" t="s">
-        <v>4825</v>
+        <v>4844</v>
       </c>
       <c r="H303" t="s">
-        <v>4826</v>
+        <v>4845</v>
       </c>
       <c r="I303" t="s">
-        <v>2603</v>
+        <v>4846</v>
       </c>
       <c r="J303" t="s">
-        <v>4496</v>
+        <v>2486</v>
       </c>
       <c r="K303" t="s">
-        <v>4827</v>
+        <v>4847</v>
       </c>
       <c r="L303" t="s">
-        <v>4828</v>
+        <v>4848</v>
       </c>
       <c r="M303" t="s">
-        <v>4829</v>
-[...2 lines deleted...]
-        <v>4830</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B304" t="s">
-        <v>4831</v>
+        <v>4850</v>
       </c>
       <c r="C304" t="s">
         <v>11</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
-        <v>4832</v>
+        <v>4851</v>
       </c>
       <c r="F304" t="s">
         <v>11</v>
       </c>
       <c r="G304" t="s">
-        <v>4833</v>
+        <v>4852</v>
       </c>
       <c r="H304" t="s">
-        <v>4834</v>
+        <v>4853</v>
       </c>
       <c r="I304" t="s">
-        <v>4030</v>
+        <v>2631</v>
       </c>
       <c r="J304" t="s">
-        <v>4663</v>
+        <v>4523</v>
       </c>
       <c r="K304" t="s">
-        <v>4835</v>
+        <v>4854</v>
+      </c>
+      <c r="L304" t="s">
+        <v>4855</v>
+      </c>
+      <c r="M304" t="s">
+        <v>4856</v>
+      </c>
+      <c r="N304" t="s">
+        <v>4857</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B305" t="s">
-        <v>4836</v>
+        <v>4858</v>
       </c>
       <c r="C305" t="s">
         <v>11</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>4837</v>
+        <v>4859</v>
       </c>
       <c r="F305" t="s">
         <v>11</v>
       </c>
       <c r="G305" t="s">
-        <v>4838</v>
+        <v>4860</v>
       </c>
       <c r="H305" t="s">
-        <v>4839</v>
+        <v>4861</v>
       </c>
       <c r="I305" t="s">
-        <v>3701</v>
+        <v>4057</v>
       </c>
       <c r="J305" t="s">
-        <v>3248</v>
+        <v>4690</v>
       </c>
       <c r="K305" t="s">
-        <v>4840</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B306" t="s">
-        <v>4841</v>
+        <v>4863</v>
       </c>
       <c r="C306" t="s">
         <v>11</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>4842</v>
+        <v>4864</v>
       </c>
       <c r="F306" t="s">
         <v>11</v>
       </c>
       <c r="G306" t="s">
-        <v>4843</v>
+        <v>4865</v>
       </c>
       <c r="H306" t="s">
-        <v>4844</v>
+        <v>4866</v>
       </c>
       <c r="I306" t="s">
-        <v>4845</v>
+        <v>3728</v>
       </c>
       <c r="J306" t="s">
-        <v>1824</v>
+        <v>3275</v>
       </c>
       <c r="K306" t="s">
-        <v>4846</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B307" t="s">
-        <v>4847</v>
+        <v>4868</v>
       </c>
       <c r="C307" t="s">
         <v>11</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>4848</v>
+        <v>4869</v>
       </c>
       <c r="F307" t="s">
         <v>11</v>
       </c>
       <c r="G307" t="s">
-        <v>4849</v>
+        <v>4870</v>
       </c>
       <c r="H307" t="s">
-        <v>4850</v>
+        <v>4871</v>
       </c>
       <c r="I307" t="s">
-        <v>4851</v>
+        <v>4872</v>
       </c>
       <c r="J307" t="s">
-        <v>3462</v>
+        <v>1926</v>
       </c>
       <c r="K307" t="s">
-        <v>4852</v>
-[...2 lines deleted...]
-        <v>4853</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B308" t="s">
-        <v>4854</v>
+        <v>4874</v>
       </c>
       <c r="C308" t="s">
         <v>11</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>4855</v>
+        <v>4875</v>
       </c>
       <c r="F308" t="s">
         <v>11</v>
       </c>
       <c r="G308" t="s">
-        <v>4856</v>
+        <v>4876</v>
       </c>
       <c r="H308" t="s">
-        <v>4857</v>
+        <v>4877</v>
       </c>
       <c r="I308" t="s">
-        <v>4190</v>
+        <v>4878</v>
       </c>
       <c r="J308" t="s">
-        <v>2856</v>
+        <v>3489</v>
       </c>
       <c r="K308" t="s">
-        <v>4858</v>
+        <v>4879</v>
       </c>
       <c r="L308" t="s">
-        <v>4859</v>
-[...5 lines deleted...]
-        <v>4861</v>
+        <v>4880</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B309" t="s">
-        <v>4862</v>
+        <v>4881</v>
       </c>
       <c r="C309" t="s">
         <v>11</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
-        <v>4863</v>
+        <v>4882</v>
       </c>
       <c r="F309" t="s">
         <v>11</v>
       </c>
       <c r="G309" t="s">
-        <v>4864</v>
+        <v>4883</v>
       </c>
       <c r="H309" t="s">
-        <v>4865</v>
+        <v>4884</v>
       </c>
       <c r="I309" t="s">
-        <v>4866</v>
+        <v>4217</v>
       </c>
       <c r="J309" t="s">
-        <v>2098</v>
+        <v>2884</v>
       </c>
       <c r="K309" t="s">
-        <v>4867</v>
+        <v>4885</v>
+      </c>
+      <c r="L309" t="s">
+        <v>4886</v>
+      </c>
+      <c r="M309" t="s">
+        <v>4887</v>
+      </c>
+      <c r="N309" t="s">
+        <v>4888</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B310" t="s">
-        <v>4868</v>
+        <v>4889</v>
       </c>
       <c r="C310" t="s">
         <v>11</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>4869</v>
+        <v>4890</v>
       </c>
       <c r="F310" t="s">
         <v>11</v>
       </c>
       <c r="G310" t="s">
-        <v>4870</v>
+        <v>4891</v>
       </c>
       <c r="H310" t="s">
-        <v>4871</v>
+        <v>4892</v>
       </c>
       <c r="I310" t="s">
-        <v>4872</v>
+        <v>4893</v>
       </c>
       <c r="J310" t="s">
-        <v>4460</v>
+        <v>2170</v>
       </c>
       <c r="K310" t="s">
-        <v>4873</v>
-[...5 lines deleted...]
-        <v>4875</v>
+        <v>4894</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B311" t="s">
-        <v>4876</v>
+        <v>4895</v>
       </c>
       <c r="C311" t="s">
         <v>11</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>4877</v>
+        <v>4896</v>
       </c>
       <c r="F311" t="s">
         <v>11</v>
       </c>
       <c r="G311" t="s">
-        <v>4878</v>
+        <v>4897</v>
       </c>
       <c r="H311" t="s">
-        <v>4879</v>
+        <v>4898</v>
       </c>
       <c r="I311" t="s">
-        <v>4880</v>
+        <v>4899</v>
       </c>
       <c r="J311" t="s">
-        <v>4366</v>
+        <v>4487</v>
       </c>
       <c r="K311" t="s">
-        <v>4881</v>
+        <v>4900</v>
+      </c>
+      <c r="L311" t="s">
+        <v>4901</v>
+      </c>
+      <c r="M311" t="s">
+        <v>4902</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B312" t="s">
-        <v>4882</v>
+        <v>4903</v>
       </c>
       <c r="C312" t="s">
         <v>11</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>4883</v>
+        <v>4904</v>
       </c>
       <c r="F312" t="s">
         <v>11</v>
       </c>
       <c r="G312" t="s">
-        <v>4884</v>
+        <v>4905</v>
       </c>
       <c r="H312" t="s">
-        <v>4885</v>
+        <v>4906</v>
       </c>
       <c r="I312" t="s">
-        <v>4886</v>
+        <v>4907</v>
       </c>
       <c r="J312" t="s">
-        <v>4887</v>
+        <v>4393</v>
       </c>
       <c r="K312" t="s">
-        <v>4888</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B313" t="s">
-        <v>4889</v>
+        <v>4909</v>
       </c>
       <c r="C313" t="s">
         <v>11</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>4890</v>
+        <v>4910</v>
       </c>
       <c r="F313" t="s">
         <v>11</v>
       </c>
       <c r="G313" t="s">
-        <v>4891</v>
+        <v>4911</v>
       </c>
       <c r="H313" t="s">
-        <v>4892</v>
+        <v>4912</v>
       </c>
       <c r="I313" t="s">
-        <v>4893</v>
+        <v>4913</v>
       </c>
       <c r="J313" t="s">
-        <v>3248</v>
+        <v>4914</v>
       </c>
       <c r="K313" t="s">
-        <v>4894</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B314" t="s">
-        <v>4895</v>
+        <v>4916</v>
       </c>
       <c r="C314" t="s">
         <v>11</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
-        <v>4890</v>
+        <v>4917</v>
       </c>
       <c r="F314" t="s">
         <v>11</v>
       </c>
       <c r="G314" t="s">
-        <v>4896</v>
+        <v>4918</v>
       </c>
       <c r="H314" t="s">
-        <v>4897</v>
+        <v>4919</v>
       </c>
       <c r="I314" t="s">
-        <v>4898</v>
+        <v>4920</v>
       </c>
       <c r="J314" t="s">
-        <v>3002</v>
+        <v>3275</v>
       </c>
       <c r="K314" t="s">
-        <v>4899</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B315" t="s">
-        <v>4900</v>
+        <v>4922</v>
       </c>
       <c r="C315" t="s">
         <v>11</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>4901</v>
+        <v>4917</v>
       </c>
       <c r="F315" t="s">
         <v>11</v>
       </c>
       <c r="G315" t="s">
-        <v>4902</v>
+        <v>4923</v>
       </c>
       <c r="H315" t="s">
-        <v>4903</v>
+        <v>4924</v>
       </c>
       <c r="I315" t="s">
-        <v>4904</v>
+        <v>4925</v>
       </c>
       <c r="J315" t="s">
-        <v>1859</v>
+        <v>3030</v>
       </c>
       <c r="K315" t="s">
-        <v>4905</v>
-[...2 lines deleted...]
-        <v>4906</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B316" t="s">
-        <v>4907</v>
+        <v>4927</v>
       </c>
       <c r="C316" t="s">
         <v>11</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>4908</v>
+        <v>4928</v>
       </c>
       <c r="F316" t="s">
         <v>11</v>
       </c>
       <c r="G316" t="s">
-        <v>4909</v>
+        <v>4929</v>
       </c>
       <c r="H316" t="s">
-        <v>4910</v>
+        <v>4930</v>
       </c>
       <c r="I316" t="s">
-        <v>4911</v>
+        <v>4931</v>
       </c>
       <c r="J316" t="s">
-        <v>1824</v>
+        <v>1961</v>
       </c>
       <c r="K316" t="s">
-        <v>4912</v>
+        <v>4932</v>
       </c>
       <c r="L316" t="s">
-        <v>4913</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B317" t="s">
-        <v>4914</v>
+        <v>4934</v>
       </c>
       <c r="C317" t="s">
         <v>11</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>4915</v>
+        <v>4935</v>
       </c>
       <c r="F317" t="s">
         <v>11</v>
       </c>
       <c r="G317" t="s">
-        <v>4916</v>
+        <v>4936</v>
       </c>
       <c r="H317" t="s">
-        <v>4917</v>
+        <v>4937</v>
       </c>
       <c r="I317" t="s">
-        <v>4918</v>
+        <v>4938</v>
       </c>
       <c r="J317" t="s">
-        <v>3572</v>
+        <v>1926</v>
       </c>
       <c r="K317" t="s">
-        <v>4919</v>
+        <v>4939</v>
+      </c>
+      <c r="L317" t="s">
+        <v>4940</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B318" t="s">
-        <v>4920</v>
+        <v>4941</v>
       </c>
       <c r="C318" t="s">
         <v>11</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
-        <v>4921</v>
+        <v>4942</v>
       </c>
       <c r="F318" t="s">
         <v>11</v>
       </c>
       <c r="G318" t="s">
-        <v>4922</v>
+        <v>4943</v>
       </c>
       <c r="H318" t="s">
-        <v>4923</v>
+        <v>4944</v>
       </c>
       <c r="I318" t="s">
-        <v>4924</v>
+        <v>4945</v>
       </c>
       <c r="J318" t="s">
-        <v>4925</v>
+        <v>3599</v>
       </c>
       <c r="K318" t="s">
-        <v>4926</v>
-[...5 lines deleted...]
-        <v>4928</v>
+        <v>4946</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B319" t="s">
-        <v>4929</v>
+        <v>4947</v>
       </c>
       <c r="C319" t="s">
         <v>11</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>4930</v>
+        <v>4948</v>
       </c>
       <c r="F319" t="s">
         <v>11</v>
       </c>
       <c r="G319" t="s">
-        <v>4931</v>
+        <v>4949</v>
       </c>
       <c r="H319" t="s">
-        <v>4932</v>
+        <v>4950</v>
       </c>
       <c r="I319" t="s">
-        <v>4933</v>
+        <v>4951</v>
       </c>
       <c r="J319" t="s">
-        <v>4934</v>
+        <v>4952</v>
       </c>
       <c r="K319" t="s">
-        <v>4935</v>
+        <v>4953</v>
       </c>
       <c r="L319" t="s">
-        <v>4936</v>
+        <v>4954</v>
+      </c>
+      <c r="M319" t="s">
+        <v>4955</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B320" t="s">
-        <v>4937</v>
+        <v>4956</v>
       </c>
       <c r="C320" t="s">
         <v>11</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
-        <v>4938</v>
+        <v>4957</v>
       </c>
       <c r="F320" t="s">
         <v>11</v>
       </c>
       <c r="G320" t="s">
-        <v>4939</v>
+        <v>4958</v>
       </c>
       <c r="H320" t="s">
-        <v>4940</v>
+        <v>4959</v>
       </c>
       <c r="I320" t="s">
-        <v>4941</v>
+        <v>4960</v>
       </c>
       <c r="J320" t="s">
-        <v>4934</v>
+        <v>4961</v>
       </c>
       <c r="K320" t="s">
-        <v>4942</v>
+        <v>4962</v>
       </c>
       <c r="L320" t="s">
-        <v>4943</v>
+        <v>4963</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B321" t="s">
-        <v>4944</v>
+        <v>4964</v>
       </c>
       <c r="C321" t="s">
         <v>11</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>4945</v>
+        <v>4965</v>
       </c>
       <c r="F321" t="s">
         <v>11</v>
       </c>
       <c r="G321" t="s">
-        <v>4946</v>
+        <v>4966</v>
       </c>
       <c r="H321" t="s">
-        <v>4947</v>
+        <v>4967</v>
       </c>
       <c r="I321" t="s">
-        <v>4948</v>
+        <v>4968</v>
       </c>
       <c r="J321" t="s">
-        <v>3091</v>
+        <v>4961</v>
       </c>
       <c r="K321" t="s">
-        <v>4949</v>
+        <v>4969</v>
       </c>
       <c r="L321" t="s">
-        <v>4950</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B322" t="s">
-        <v>4951</v>
+        <v>4971</v>
       </c>
       <c r="C322" t="s">
         <v>11</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>4952</v>
+        <v>4972</v>
       </c>
       <c r="F322" t="s">
         <v>11</v>
       </c>
       <c r="G322" t="s">
-        <v>4953</v>
+        <v>4973</v>
       </c>
       <c r="H322" t="s">
-        <v>4954</v>
+        <v>4974</v>
       </c>
       <c r="I322" t="s">
-        <v>4955</v>
+        <v>4975</v>
       </c>
       <c r="J322" t="s">
-        <v>3091</v>
+        <v>3118</v>
       </c>
       <c r="K322" t="s">
-        <v>4956</v>
+        <v>4976</v>
+      </c>
+      <c r="L322" t="s">
+        <v>4977</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B323" t="s">
-        <v>4957</v>
+        <v>4978</v>
       </c>
       <c r="C323" t="s">
         <v>11</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>4958</v>
+        <v>4979</v>
       </c>
       <c r="F323" t="s">
         <v>11</v>
       </c>
       <c r="G323" t="s">
-        <v>4959</v>
+        <v>4980</v>
       </c>
       <c r="H323" t="s">
-        <v>4960</v>
+        <v>4981</v>
       </c>
       <c r="I323" t="s">
-        <v>4961</v>
+        <v>4982</v>
       </c>
       <c r="J323" t="s">
-        <v>4496</v>
+        <v>3118</v>
       </c>
       <c r="K323" t="s">
-        <v>4962</v>
-[...14 lines deleted...]
-        <v>4967</v>
+        <v>4983</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B324" t="s">
-        <v>4968</v>
+        <v>4984</v>
       </c>
       <c r="C324" t="s">
         <v>11</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>4969</v>
+        <v>4985</v>
       </c>
       <c r="F324" t="s">
         <v>11</v>
       </c>
       <c r="G324" t="s">
-        <v>4970</v>
+        <v>4986</v>
       </c>
       <c r="H324" t="s">
-        <v>4971</v>
+        <v>4987</v>
       </c>
       <c r="I324" t="s">
-        <v>4972</v>
+        <v>4988</v>
       </c>
       <c r="J324" t="s">
-        <v>3062</v>
+        <v>4523</v>
       </c>
       <c r="K324" t="s">
-        <v>4973</v>
+        <v>4989</v>
       </c>
       <c r="L324" t="s">
-        <v>4974</v>
+        <v>4990</v>
       </c>
       <c r="M324" t="s">
-        <v>4975</v>
+        <v>4991</v>
+      </c>
+      <c r="N324" t="s">
+        <v>4992</v>
+      </c>
+      <c r="O324" t="s">
+        <v>4993</v>
+      </c>
+      <c r="P324" t="s">
+        <v>4994</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B325" t="s">
-        <v>4976</v>
+        <v>4995</v>
       </c>
       <c r="C325" t="s">
         <v>11</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>4977</v>
+        <v>4996</v>
       </c>
       <c r="F325" t="s">
         <v>11</v>
       </c>
       <c r="G325" t="s">
-        <v>4978</v>
+        <v>4997</v>
       </c>
       <c r="H325" t="s">
-        <v>4979</v>
+        <v>4998</v>
       </c>
       <c r="I325" t="s">
-        <v>4980</v>
+        <v>4999</v>
       </c>
       <c r="J325" t="s">
-        <v>2643</v>
+        <v>1800</v>
       </c>
       <c r="K325" t="s">
-        <v>4981</v>
+        <v>5000</v>
       </c>
       <c r="L325" t="s">
-        <v>4982</v>
+        <v>5001</v>
       </c>
       <c r="M325" t="s">
-        <v>4983</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B326" t="s">
-        <v>4984</v>
+        <v>5003</v>
       </c>
       <c r="C326" t="s">
         <v>11</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>4985</v>
+        <v>5004</v>
       </c>
       <c r="F326" t="s">
         <v>11</v>
       </c>
       <c r="G326" t="s">
-        <v>4986</v>
+        <v>5005</v>
       </c>
       <c r="H326" t="s">
-        <v>4987</v>
+        <v>5006</v>
       </c>
       <c r="I326" t="s">
-        <v>4988</v>
+        <v>5007</v>
       </c>
       <c r="J326" t="s">
-        <v>2032</v>
+        <v>2671</v>
       </c>
       <c r="K326" t="s">
-        <v>4989</v>
+        <v>5008</v>
       </c>
       <c r="L326" t="s">
-        <v>4990</v>
+        <v>5009</v>
+      </c>
+      <c r="M326" t="s">
+        <v>5010</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B327" t="s">
-        <v>4991</v>
+        <v>5011</v>
       </c>
       <c r="C327" t="s">
         <v>11</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
-        <v>4992</v>
+        <v>5012</v>
       </c>
       <c r="F327" t="s">
         <v>11</v>
       </c>
       <c r="G327" t="s">
-        <v>4993</v>
+        <v>5013</v>
       </c>
       <c r="H327" t="s">
-        <v>4994</v>
+        <v>5014</v>
       </c>
       <c r="I327" t="s">
-        <v>4995</v>
+        <v>5015</v>
       </c>
       <c r="J327" t="s">
-        <v>4996</v>
+        <v>1746</v>
       </c>
       <c r="K327" t="s">
-        <v>4997</v>
+        <v>5016</v>
+      </c>
+      <c r="L327" t="s">
+        <v>5017</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B328" t="s">
-        <v>4998</v>
+        <v>5018</v>
       </c>
       <c r="C328" t="s">
         <v>11</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>4999</v>
+        <v>5019</v>
       </c>
       <c r="F328" t="s">
         <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>5000</v>
+        <v>5020</v>
       </c>
       <c r="H328" t="s">
-        <v>5001</v>
+        <v>5021</v>
       </c>
       <c r="I328" t="s">
-        <v>5002</v>
+        <v>5022</v>
       </c>
       <c r="J328" t="s">
-        <v>1859</v>
+        <v>5023</v>
       </c>
       <c r="K328" t="s">
-        <v>5003</v>
-[...14 lines deleted...]
-        <v>5008</v>
+        <v>5024</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B329" t="s">
-        <v>5009</v>
+        <v>5025</v>
       </c>
       <c r="C329" t="s">
         <v>11</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>5010</v>
+        <v>5026</v>
       </c>
       <c r="F329" t="s">
         <v>11</v>
       </c>
       <c r="G329" t="s">
-        <v>5011</v>
+        <v>5027</v>
       </c>
       <c r="H329" t="s">
-        <v>5012</v>
+        <v>5028</v>
       </c>
       <c r="I329" t="s">
-        <v>5013</v>
+        <v>5029</v>
       </c>
       <c r="J329" t="s">
-        <v>5014</v>
+        <v>1961</v>
       </c>
       <c r="K329" t="s">
-        <v>5015</v>
+        <v>5030</v>
       </c>
       <c r="L329" t="s">
-        <v>5016</v>
+        <v>5031</v>
       </c>
       <c r="M329" t="s">
-        <v>5017</v>
+        <v>5032</v>
       </c>
       <c r="N329" t="s">
-        <v>5018</v>
+        <v>5033</v>
+      </c>
+      <c r="O329" t="s">
+        <v>5034</v>
+      </c>
+      <c r="P329" t="s">
+        <v>5035</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B330" t="s">
-        <v>5019</v>
+        <v>5036</v>
       </c>
       <c r="C330" t="s">
         <v>11</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>5020</v>
+        <v>5037</v>
       </c>
       <c r="F330" t="s">
         <v>11</v>
       </c>
       <c r="G330" t="s">
-        <v>5021</v>
+        <v>5038</v>
       </c>
       <c r="H330" t="s">
-        <v>5022</v>
+        <v>5039</v>
       </c>
       <c r="I330" t="s">
-        <v>5023</v>
+        <v>5040</v>
       </c>
       <c r="J330" t="s">
-        <v>4639</v>
+        <v>5041</v>
       </c>
       <c r="K330" t="s">
-        <v>5024</v>
+        <v>5042</v>
       </c>
       <c r="L330" t="s">
-        <v>5025</v>
+        <v>5043</v>
       </c>
       <c r="M330" t="s">
-        <v>5026</v>
+        <v>5044</v>
+      </c>
+      <c r="N330" t="s">
+        <v>5045</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B331" t="s">
-        <v>5027</v>
+        <v>5046</v>
       </c>
       <c r="C331" t="s">
         <v>11</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>5028</v>
+        <v>5047</v>
       </c>
       <c r="F331" t="s">
         <v>11</v>
       </c>
       <c r="G331" t="s">
-        <v>5029</v>
+        <v>5048</v>
       </c>
       <c r="H331" t="s">
-        <v>5030</v>
+        <v>5049</v>
       </c>
       <c r="I331" t="s">
-        <v>4341</v>
+        <v>5050</v>
       </c>
       <c r="J331" t="s">
-        <v>5031</v>
+        <v>4666</v>
       </c>
       <c r="K331" t="s">
-        <v>5032</v>
+        <v>5051</v>
       </c>
       <c r="L331" t="s">
-        <v>5033</v>
+        <v>5052</v>
       </c>
       <c r="M331" t="s">
-        <v>5034</v>
-[...2 lines deleted...]
-        <v>5035</v>
+        <v>5053</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B332" t="s">
-        <v>5036</v>
+        <v>5054</v>
       </c>
       <c r="C332" t="s">
         <v>11</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>5037</v>
+        <v>5055</v>
       </c>
       <c r="F332" t="s">
         <v>11</v>
       </c>
       <c r="G332" t="s">
-        <v>5038</v>
+        <v>5056</v>
       </c>
       <c r="H332" t="s">
-        <v>5039</v>
+        <v>5057</v>
       </c>
       <c r="I332" t="s">
-        <v>5040</v>
+        <v>4368</v>
       </c>
       <c r="J332" t="s">
-        <v>5041</v>
+        <v>5058</v>
       </c>
       <c r="K332" t="s">
-        <v>5042</v>
+        <v>5059</v>
       </c>
       <c r="L332" t="s">
-        <v>5043</v>
+        <v>5060</v>
       </c>
       <c r="M332" t="s">
-        <v>5044</v>
+        <v>5061</v>
+      </c>
+      <c r="N332" t="s">
+        <v>5062</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B333" t="s">
-        <v>5045</v>
+        <v>5063</v>
       </c>
       <c r="C333" t="s">
         <v>11</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>5046</v>
+        <v>5064</v>
       </c>
       <c r="F333" t="s">
         <v>11</v>
       </c>
       <c r="G333" t="s">
-        <v>5047</v>
+        <v>5065</v>
       </c>
       <c r="H333" t="s">
-        <v>5048</v>
+        <v>5066</v>
       </c>
       <c r="I333" t="s">
-        <v>5049</v>
+        <v>5067</v>
       </c>
       <c r="J333" t="s">
-        <v>5050</v>
+        <v>5068</v>
       </c>
       <c r="K333" t="s">
-        <v>5051</v>
+        <v>5069</v>
       </c>
       <c r="L333" t="s">
-        <v>5052</v>
+        <v>5070</v>
       </c>
       <c r="M333" t="s">
-        <v>5053</v>
+        <v>5071</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B334" t="s">
-        <v>5054</v>
+        <v>5072</v>
       </c>
       <c r="C334" t="s">
         <v>11</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>5055</v>
+        <v>5073</v>
       </c>
       <c r="F334" t="s">
         <v>11</v>
       </c>
       <c r="G334" t="s">
-        <v>5056</v>
+        <v>5074</v>
       </c>
       <c r="H334" t="s">
-        <v>5057</v>
+        <v>5075</v>
       </c>
       <c r="I334" t="s">
-        <v>5058</v>
+        <v>5076</v>
       </c>
       <c r="J334" t="s">
-        <v>5059</v>
+        <v>5077</v>
       </c>
       <c r="K334" t="s">
-        <v>5060</v>
+        <v>5078</v>
       </c>
       <c r="L334" t="s">
-        <v>5061</v>
+        <v>5079</v>
       </c>
       <c r="M334" t="s">
-        <v>5062</v>
-[...2 lines deleted...]
-        <v>5063</v>
+        <v>5080</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B335" t="s">
-        <v>5064</v>
+        <v>5081</v>
       </c>
       <c r="C335" t="s">
         <v>11</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>5055</v>
+        <v>5082</v>
       </c>
       <c r="F335" t="s">
         <v>11</v>
       </c>
       <c r="G335" t="s">
-        <v>5065</v>
+        <v>5083</v>
       </c>
       <c r="H335" t="s">
-        <v>5066</v>
+        <v>5084</v>
       </c>
       <c r="I335" t="s">
-        <v>5067</v>
+        <v>5085</v>
       </c>
       <c r="J335" t="s">
-        <v>5068</v>
+        <v>5086</v>
       </c>
       <c r="K335" t="s">
-        <v>5069</v>
+        <v>5087</v>
       </c>
       <c r="L335" t="s">
-        <v>5070</v>
+        <v>5088</v>
+      </c>
+      <c r="M335" t="s">
+        <v>5089</v>
+      </c>
+      <c r="N335" t="s">
+        <v>5090</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B336" t="s">
-        <v>5071</v>
+        <v>5091</v>
       </c>
       <c r="C336" t="s">
         <v>11</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>5072</v>
+        <v>5082</v>
       </c>
       <c r="F336" t="s">
         <v>11</v>
       </c>
       <c r="G336" t="s">
-        <v>5073</v>
+        <v>5092</v>
       </c>
       <c r="H336" t="s">
-        <v>5074</v>
+        <v>5093</v>
       </c>
       <c r="I336" t="s">
-        <v>5075</v>
+        <v>5094</v>
       </c>
       <c r="J336" t="s">
-        <v>5076</v>
+        <v>5095</v>
       </c>
       <c r="K336" t="s">
-        <v>5077</v>
+        <v>5096</v>
+      </c>
+      <c r="L336" t="s">
+        <v>5097</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B337" t="s">
-        <v>5078</v>
+        <v>5098</v>
       </c>
       <c r="C337" t="s">
         <v>11</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>5079</v>
+        <v>5099</v>
       </c>
       <c r="F337" t="s">
         <v>11</v>
       </c>
       <c r="G337" t="s">
-        <v>5080</v>
+        <v>5100</v>
       </c>
       <c r="H337" t="s">
-        <v>5081</v>
+        <v>5101</v>
       </c>
       <c r="I337" t="s">
-        <v>5082</v>
+        <v>5102</v>
       </c>
       <c r="J337" t="s">
-        <v>2336</v>
+        <v>5103</v>
       </c>
       <c r="K337" t="s">
-        <v>5083</v>
-[...5 lines deleted...]
-        <v>5085</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B338" t="s">
-        <v>5086</v>
+        <v>5105</v>
       </c>
       <c r="C338" t="s">
         <v>11</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>5087</v>
+        <v>5106</v>
       </c>
       <c r="F338" t="s">
         <v>11</v>
       </c>
       <c r="G338" t="s">
-        <v>5088</v>
+        <v>5107</v>
       </c>
       <c r="H338" t="s">
-        <v>5089</v>
+        <v>5108</v>
       </c>
       <c r="I338" t="s">
-        <v>5090</v>
+        <v>5109</v>
       </c>
       <c r="J338" t="s">
-        <v>5091</v>
+        <v>2399</v>
       </c>
       <c r="K338" t="s">
-        <v>5092</v>
+        <v>5110</v>
       </c>
       <c r="L338" t="s">
-        <v>5093</v>
+        <v>5111</v>
       </c>
       <c r="M338" t="s">
-        <v>5094</v>
-[...8 lines deleted...]
-        <v>5097</v>
+        <v>5112</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B339" t="s">
-        <v>5098</v>
+        <v>5113</v>
       </c>
       <c r="C339" t="s">
         <v>11</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>5087</v>
+        <v>5114</v>
       </c>
       <c r="F339" t="s">
         <v>11</v>
       </c>
       <c r="G339" t="s">
-        <v>5099</v>
+        <v>5115</v>
       </c>
       <c r="H339" t="s">
-        <v>5100</v>
+        <v>5116</v>
       </c>
       <c r="I339" t="s">
-        <v>2530</v>
+        <v>5117</v>
       </c>
       <c r="J339" t="s">
-        <v>5101</v>
+        <v>5118</v>
       </c>
       <c r="K339" t="s">
-        <v>5102</v>
+        <v>5119</v>
       </c>
       <c r="L339" t="s">
-        <v>5103</v>
+        <v>5120</v>
+      </c>
+      <c r="M339" t="s">
+        <v>5121</v>
+      </c>
+      <c r="N339" t="s">
+        <v>5122</v>
+      </c>
+      <c r="O339" t="s">
+        <v>5123</v>
+      </c>
+      <c r="P339" t="s">
+        <v>5124</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B340" t="s">
-        <v>5104</v>
+        <v>5125</v>
       </c>
       <c r="C340" t="s">
         <v>11</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>5105</v>
+        <v>5114</v>
       </c>
       <c r="F340" t="s">
         <v>11</v>
       </c>
       <c r="G340" t="s">
-        <v>5106</v>
+        <v>5126</v>
       </c>
       <c r="H340" t="s">
-        <v>5107</v>
+        <v>5127</v>
       </c>
       <c r="I340" t="s">
-        <v>5108</v>
+        <v>2577</v>
       </c>
       <c r="J340" t="s">
-        <v>4342</v>
+        <v>5128</v>
       </c>
       <c r="K340" t="s">
-        <v>5109</v>
+        <v>5129</v>
       </c>
       <c r="L340" t="s">
-        <v>5110</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B341" t="s">
-        <v>5111</v>
+        <v>5131</v>
       </c>
       <c r="C341" t="s">
         <v>11</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>5105</v>
+        <v>5132</v>
       </c>
       <c r="F341" t="s">
         <v>11</v>
       </c>
       <c r="G341" t="s">
-        <v>5112</v>
+        <v>5133</v>
       </c>
       <c r="H341" t="s">
-        <v>5113</v>
+        <v>5134</v>
       </c>
       <c r="I341" t="s">
-        <v>5108</v>
+        <v>5135</v>
       </c>
       <c r="J341" t="s">
-        <v>5114</v>
+        <v>4369</v>
       </c>
       <c r="K341" t="s">
-        <v>5115</v>
+        <v>5136</v>
       </c>
       <c r="L341" t="s">
-        <v>5116</v>
-[...2 lines deleted...]
-        <v>5117</v>
+        <v>5137</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B342" t="s">
-        <v>5118</v>
+        <v>5138</v>
       </c>
       <c r="C342" t="s">
         <v>11</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>5105</v>
+        <v>5132</v>
       </c>
       <c r="F342" t="s">
         <v>11</v>
       </c>
       <c r="G342" t="s">
-        <v>5119</v>
+        <v>5139</v>
       </c>
       <c r="H342" t="s">
-        <v>5120</v>
+        <v>5140</v>
       </c>
       <c r="I342" t="s">
-        <v>4961</v>
+        <v>5135</v>
       </c>
       <c r="J342" t="s">
-        <v>5121</v>
+        <v>5141</v>
       </c>
       <c r="K342" t="s">
-        <v>5122</v>
+        <v>5142</v>
       </c>
       <c r="L342" t="s">
-        <v>5123</v>
+        <v>5143</v>
       </c>
       <c r="M342" t="s">
-        <v>5124</v>
-[...26 lines deleted...]
-        <v>5133</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B343" t="s">
-        <v>5134</v>
+        <v>5145</v>
       </c>
       <c r="C343" t="s">
         <v>11</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>5105</v>
+        <v>5132</v>
       </c>
       <c r="F343" t="s">
         <v>11</v>
       </c>
       <c r="G343" t="s">
-        <v>5135</v>
+        <v>5146</v>
       </c>
       <c r="H343" t="s">
-        <v>5136</v>
+        <v>5147</v>
       </c>
       <c r="I343" t="s">
-        <v>5137</v>
+        <v>4988</v>
       </c>
       <c r="J343" t="s">
-        <v>367</v>
+        <v>5148</v>
       </c>
       <c r="K343" t="s">
-        <v>5138</v>
+        <v>5149</v>
       </c>
       <c r="L343" t="s">
-        <v>5139</v>
+        <v>5150</v>
       </c>
       <c r="M343" t="s">
-        <v>5140</v>
+        <v>5151</v>
+      </c>
+      <c r="N343" t="s">
+        <v>5152</v>
+      </c>
+      <c r="O343" t="s">
+        <v>5153</v>
+      </c>
+      <c r="P343" t="s">
+        <v>5154</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>5155</v>
+      </c>
+      <c r="R343" t="s">
+        <v>5156</v>
+      </c>
+      <c r="S343" t="s">
+        <v>5157</v>
+      </c>
+      <c r="T343" t="s">
+        <v>5158</v>
+      </c>
+      <c r="U343" t="s">
+        <v>5159</v>
+      </c>
+      <c r="V343" t="s">
+        <v>5160</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B344" t="s">
-        <v>5141</v>
+        <v>5161</v>
       </c>
       <c r="C344" t="s">
         <v>11</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>5105</v>
+        <v>5132</v>
       </c>
       <c r="F344" t="s">
         <v>11</v>
       </c>
       <c r="G344" t="s">
-        <v>5142</v>
+        <v>5162</v>
       </c>
       <c r="H344" t="s">
-        <v>5143</v>
+        <v>5163</v>
       </c>
       <c r="I344" t="s">
-        <v>4961</v>
+        <v>5164</v>
       </c>
       <c r="J344" t="s">
-        <v>5144</v>
+        <v>379</v>
       </c>
       <c r="K344" t="s">
-        <v>5145</v>
+        <v>5165</v>
       </c>
       <c r="L344" t="s">
-        <v>5146</v>
+        <v>5166</v>
       </c>
       <c r="M344" t="s">
-        <v>5147</v>
-[...5 lines deleted...]
-        <v>5149</v>
+        <v>5167</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B345" t="s">
-        <v>5150</v>
+        <v>5168</v>
       </c>
       <c r="C345" t="s">
         <v>11</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>5105</v>
+        <v>5132</v>
       </c>
       <c r="F345" t="s">
         <v>11</v>
       </c>
       <c r="G345" t="s">
-        <v>5151</v>
+        <v>5169</v>
       </c>
       <c r="H345" t="s">
-        <v>5152</v>
+        <v>5170</v>
       </c>
       <c r="I345" t="s">
-        <v>5137</v>
+        <v>4988</v>
       </c>
       <c r="J345" t="s">
-        <v>5153</v>
+        <v>5171</v>
       </c>
       <c r="K345" t="s">
-        <v>5154</v>
+        <v>5172</v>
       </c>
       <c r="L345" t="s">
-        <v>5155</v>
+        <v>5173</v>
+      </c>
+      <c r="M345" t="s">
+        <v>5174</v>
+      </c>
+      <c r="N345" t="s">
+        <v>5175</v>
+      </c>
+      <c r="O345" t="s">
+        <v>5176</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B346" t="s">
-        <v>5156</v>
+        <v>5177</v>
       </c>
       <c r="C346" t="s">
         <v>11</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>5157</v>
+        <v>5132</v>
       </c>
       <c r="F346" t="s">
         <v>11</v>
       </c>
       <c r="G346" t="s">
-        <v>5158</v>
+        <v>5178</v>
       </c>
       <c r="H346" t="s">
-        <v>5159</v>
+        <v>5179</v>
       </c>
       <c r="I346" t="s">
-        <v>5160</v>
+        <v>5164</v>
       </c>
       <c r="J346" t="s">
-        <v>5161</v>
+        <v>5180</v>
       </c>
       <c r="K346" t="s">
-        <v>5162</v>
+        <v>5181</v>
       </c>
       <c r="L346" t="s">
-        <v>5163</v>
-[...2 lines deleted...]
-        <v>5164</v>
+        <v>5182</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B347" t="s">
-        <v>5165</v>
+        <v>5183</v>
       </c>
       <c r="C347" t="s">
         <v>11</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>5166</v>
+        <v>5184</v>
       </c>
       <c r="F347" t="s">
         <v>11</v>
       </c>
       <c r="G347" t="s">
-        <v>5167</v>
+        <v>5185</v>
       </c>
       <c r="H347" t="s">
-        <v>5168</v>
+        <v>5186</v>
       </c>
       <c r="I347" t="s">
-        <v>5169</v>
+        <v>5187</v>
       </c>
       <c r="J347" t="s">
-        <v>2856</v>
+        <v>5188</v>
       </c>
       <c r="K347" t="s">
-        <v>5170</v>
+        <v>5189</v>
       </c>
       <c r="L347" t="s">
-        <v>5171</v>
+        <v>5190</v>
       </c>
       <c r="M347" t="s">
-        <v>5172</v>
-[...5 lines deleted...]
-        <v>5174</v>
+        <v>5191</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B348" t="s">
-        <v>5175</v>
+        <v>5192</v>
       </c>
       <c r="C348" t="s">
         <v>11</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>5176</v>
+        <v>5193</v>
       </c>
       <c r="F348" t="s">
         <v>11</v>
       </c>
       <c r="G348" t="s">
-        <v>5177</v>
+        <v>5194</v>
       </c>
       <c r="H348" t="s">
-        <v>5178</v>
+        <v>5195</v>
       </c>
       <c r="I348" t="s">
-        <v>5179</v>
+        <v>5196</v>
       </c>
       <c r="J348" t="s">
-        <v>5059</v>
+        <v>2884</v>
       </c>
       <c r="K348" t="s">
-        <v>5180</v>
+        <v>5197</v>
       </c>
       <c r="L348" t="s">
-        <v>5181</v>
+        <v>5198</v>
       </c>
       <c r="M348" t="s">
-        <v>5182</v>
+        <v>5199</v>
+      </c>
+      <c r="N348" t="s">
+        <v>5200</v>
+      </c>
+      <c r="O348" t="s">
+        <v>5201</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B349" t="s">
-        <v>5183</v>
+        <v>5202</v>
       </c>
       <c r="C349" t="s">
         <v>11</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>5184</v>
+        <v>5203</v>
       </c>
       <c r="F349" t="s">
         <v>11</v>
       </c>
       <c r="G349" t="s">
-        <v>5185</v>
+        <v>5204</v>
       </c>
       <c r="H349" t="s">
-        <v>5186</v>
+        <v>5205</v>
       </c>
       <c r="I349" t="s">
-        <v>5187</v>
+        <v>5206</v>
       </c>
       <c r="J349" t="s">
-        <v>5059</v>
+        <v>5086</v>
       </c>
       <c r="K349" t="s">
-        <v>5188</v>
+        <v>5207</v>
       </c>
       <c r="L349" t="s">
-        <v>5189</v>
+        <v>5208</v>
       </c>
       <c r="M349" t="s">
-        <v>5190</v>
+        <v>5209</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B350" t="s">
-        <v>5191</v>
+        <v>5210</v>
       </c>
       <c r="C350" t="s">
         <v>11</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>5192</v>
+        <v>5211</v>
       </c>
       <c r="F350" t="s">
         <v>11</v>
       </c>
       <c r="G350" t="s">
-        <v>5193</v>
+        <v>5212</v>
       </c>
       <c r="H350" t="s">
-        <v>5194</v>
+        <v>5213</v>
       </c>
       <c r="I350" t="s">
-        <v>5195</v>
+        <v>5214</v>
       </c>
       <c r="J350" t="s">
-        <v>5196</v>
+        <v>5086</v>
       </c>
       <c r="K350" t="s">
-        <v>5197</v>
+        <v>5215</v>
+      </c>
+      <c r="L350" t="s">
+        <v>5216</v>
+      </c>
+      <c r="M350" t="s">
+        <v>5217</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B351" t="s">
-        <v>5198</v>
+        <v>5218</v>
       </c>
       <c r="C351" t="s">
         <v>11</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>5199</v>
+        <v>5219</v>
       </c>
       <c r="F351" t="s">
         <v>11</v>
       </c>
       <c r="G351" t="s">
-        <v>5200</v>
+        <v>5220</v>
       </c>
       <c r="H351" t="s">
-        <v>5201</v>
+        <v>5221</v>
       </c>
       <c r="I351" t="s">
-        <v>2603</v>
+        <v>5222</v>
       </c>
       <c r="J351" t="s">
-        <v>5202</v>
+        <v>5223</v>
       </c>
       <c r="K351" t="s">
-        <v>5203</v>
+        <v>5224</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B352" t="s">
-        <v>5204</v>
+        <v>5225</v>
       </c>
       <c r="C352" t="s">
         <v>11</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>5205</v>
+        <v>5226</v>
       </c>
       <c r="F352" t="s">
         <v>11</v>
       </c>
       <c r="G352" t="s">
-        <v>5206</v>
+        <v>5227</v>
       </c>
       <c r="H352" t="s">
-        <v>5207</v>
+        <v>5228</v>
       </c>
       <c r="I352" t="s">
-        <v>5208</v>
+        <v>2631</v>
       </c>
       <c r="J352" t="s">
-        <v>5209</v>
+        <v>5229</v>
       </c>
       <c r="K352" t="s">
-        <v>5210</v>
+        <v>5230</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B353" t="s">
-        <v>5211</v>
+        <v>5231</v>
       </c>
       <c r="C353" t="s">
         <v>11</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>5212</v>
+        <v>5232</v>
       </c>
       <c r="F353" t="s">
         <v>11</v>
       </c>
       <c r="G353" t="s">
-        <v>5213</v>
+        <v>5233</v>
       </c>
       <c r="H353" t="s">
-        <v>5214</v>
+        <v>5234</v>
       </c>
       <c r="I353" t="s">
-        <v>5215</v>
+        <v>5235</v>
       </c>
       <c r="J353" t="s">
-        <v>3626</v>
+        <v>5236</v>
       </c>
       <c r="K353" t="s">
-        <v>5216</v>
-[...2 lines deleted...]
-        <v>5217</v>
+        <v>5237</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="B354" t="s">
-        <v>5218</v>
+        <v>5238</v>
       </c>
       <c r="C354" t="s">
         <v>11</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>5219</v>
+        <v>5239</v>
       </c>
       <c r="F354" t="s">
         <v>11</v>
       </c>
       <c r="G354" t="s">
-        <v>5220</v>
+        <v>5240</v>
       </c>
       <c r="H354" t="s">
-        <v>5221</v>
+        <v>5241</v>
       </c>
       <c r="I354" t="s">
-        <v>5222</v>
+        <v>5242</v>
       </c>
       <c r="J354" t="s">
-        <v>5223</v>
+        <v>3653</v>
       </c>
       <c r="K354" t="s">
-        <v>5224</v>
+        <v>5243</v>
+      </c>
+      <c r="L354" t="s">
+        <v>5244</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B355" t="s">
+        <v>5245</v>
+      </c>
+      <c r="C355" t="s">
+        <v>11</v>
+      </c>
+      <c r="D355" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" t="s">
+        <v>5246</v>
+      </c>
+      <c r="F355" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" t="s">
+        <v>5247</v>
+      </c>
+      <c r="H355" t="s">
+        <v>5248</v>
+      </c>
+      <c r="I355" t="s">
+        <v>5249</v>
+      </c>
+      <c r="J355" t="s">
+        <v>5250</v>
+      </c>
+      <c r="K355" t="s">
+        <v>5251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B2" t="s">
-        <v>5226</v>
+        <v>5253</v>
       </c>
       <c r="C2" t="s">
-        <v>5227</v>
+        <v>5254</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>5228</v>
+        <v>5255</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>5229</v>
+        <v>5256</v>
       </c>
       <c r="H2" t="s">
-        <v>5230</v>
+        <v>5257</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B3" t="s">
-        <v>5231</v>
+        <v>5258</v>
       </c>
       <c r="C3" t="s">
-        <v>5232</v>
+        <v>5259</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>5233</v>
+        <v>5260</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>5234</v>
+        <v>5261</v>
       </c>
       <c r="H3" t="s">
-        <v>5235</v>
+        <v>5262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B4" t="s">
-        <v>5236</v>
+        <v>5263</v>
       </c>
       <c r="C4" t="s">
-        <v>5237</v>
+        <v>5264</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>5238</v>
+        <v>5265</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>5239</v>
+        <v>5266</v>
       </c>
       <c r="H4" t="s">
-        <v>5240</v>
+        <v>5267</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B5" t="s">
-        <v>5241</v>
+        <v>5268</v>
       </c>
       <c r="C5" t="s">
-        <v>5242</v>
+        <v>5269</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>5243</v>
+        <v>5270</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>5244</v>
+        <v>5271</v>
       </c>
       <c r="H5" t="s">
-        <v>5245</v>
+        <v>5272</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B6" t="s">
-        <v>5246</v>
+        <v>5273</v>
       </c>
       <c r="C6" t="s">
-        <v>5247</v>
+        <v>5274</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>5248</v>
+        <v>5275</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>5249</v>
+        <v>5276</v>
       </c>
       <c r="H6" t="s">
-        <v>5250</v>
+        <v>5277</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B7" t="s">
-        <v>5251</v>
+        <v>5278</v>
       </c>
       <c r="C7" t="s">
-        <v>5252</v>
+        <v>5279</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>5253</v>
+        <v>5280</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>5254</v>
+        <v>5281</v>
       </c>
       <c r="H7" t="s">
-        <v>5255</v>
+        <v>5282</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B8" t="s">
-        <v>5256</v>
+        <v>5283</v>
       </c>
       <c r="C8" t="s">
-        <v>5257</v>
+        <v>5284</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>5258</v>
+        <v>5285</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>5259</v>
+        <v>5286</v>
       </c>
       <c r="H8" t="s">
-        <v>5260</v>
+        <v>5287</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>5225</v>
+        <v>5252</v>
       </c>
       <c r="B9" t="s">
-        <v>5261</v>
+        <v>5288</v>
       </c>
       <c r="C9" t="s">
-        <v>5262</v>
+        <v>5289</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>5263</v>
+        <v>5290</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>5264</v>
+        <v>5291</v>
       </c>
       <c r="H9" t="s">
-        <v>5265</v>
+        <v>5292</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J139"/>
+  <dimension ref="A1:J141"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -34458,115 +34601,115 @@
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>44</v>
       </c>
       <c r="H5" t="s">
         <v>45</v>
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s">
@@ -34586,1154 +34729,1154 @@
       </c>
       <c r="H6" t="s">
         <v>52</v>
       </c>
       <c r="I6" t="s">
         <v>53</v>
       </c>
       <c r="J6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>57</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>58</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>59</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I9" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I10" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="J10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="H11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J12" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
         <v>90</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>92</v>
       </c>
       <c r="H13" t="s">
         <v>93</v>
       </c>
       <c r="I13" t="s">
         <v>94</v>
       </c>
       <c r="J13" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="H14" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="I14" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="H15" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="I15" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="J15" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E16" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="H16" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="I16" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>111</v>
+      </c>
+      <c r="H17" t="s">
+        <v>112</v>
+      </c>
+      <c r="I17" t="s">
         <v>107</v>
       </c>
-      <c r="E17" t="s">
+      <c r="J17" t="s">
         <v>108</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E18" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H18" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="I18" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="J18" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E19" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H19" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="I19" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E20" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="H20" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="I20" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="J20" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="H21" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="I21" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="J21" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E22" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="H22" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="I22" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="J22" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E23" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="H23" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="I23" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="J23" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="J24" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="E25" t="s">
+        <v>129</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>142</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
       </c>
-      <c r="I25" t="s">
+      <c r="J25" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
         <v>147</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>148</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>149</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>150</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>151</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>153</v>
       </c>
       <c r="E27" t="s">
         <v>154</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>155</v>
       </c>
       <c r="H27" t="s">
         <v>156</v>
       </c>
       <c r="I27" t="s">
-        <v>105</v>
+        <v>157</v>
       </c>
       <c r="J27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I28" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="J28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>164</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>165</v>
       </c>
       <c r="E29" t="s">
         <v>166</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>167</v>
       </c>
       <c r="H29" t="s">
         <v>168</v>
       </c>
       <c r="I29" t="s">
+        <v>118</v>
+      </c>
+      <c r="J29" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
         <v>170</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E30" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>46</v>
       </c>
       <c r="J30" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="E31" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H31" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I31" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="J31" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
         <v>177</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>178</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="I32" t="s">
         <v>181</v>
       </c>
       <c r="J32" t="s">
-        <v>182</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>186</v>
       </c>
       <c r="H33" t="s">
         <v>187</v>
       </c>
       <c r="I33" t="s">
         <v>188</v>
       </c>
       <c r="J33" t="s">
-        <v>189</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
         <v>190</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
         <v>191</v>
       </c>
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>192</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>193</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
         <v>196</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>197</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>198</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>199</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>200</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
+        <v>202</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
         <v>203</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>204</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
         <v>205</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>206</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
+        <v>46</v>
+      </c>
+      <c r="J36" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
+        <v>208</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E37" t="s">
         <v>210</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>211</v>
       </c>
       <c r="H37" t="s">
         <v>212</v>
       </c>
       <c r="I37" t="s">
         <v>213</v>
       </c>
       <c r="J37" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I38" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="J38" t="s">
-        <v>219</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="E39" t="s">
         <v>222</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
         <v>223</v>
       </c>
       <c r="H39" t="s">
         <v>224</v>
       </c>
       <c r="I39" t="s">
         <v>225</v>
       </c>
       <c r="J39" t="s">
-        <v>226</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
         <v>227</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>228</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>229</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>230</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
+        <v>220</v>
+      </c>
+      <c r="J40" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
+        <v>232</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>233</v>
+      </c>
+      <c r="E41" t="s">
         <v>234</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="s">
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
         <v>235</v>
       </c>
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>236</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="I41" t="s">
         <v>237</v>
       </c>
-      <c r="H41" t="s">
+      <c r="J41" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>22</v>
       </c>
       <c r="B42" t="s">
         <v>239</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>240</v>
       </c>
       <c r="E42" t="s">
         <v>241</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>242</v>
       </c>
       <c r="H42" t="s">
@@ -35750,2919 +35893,2919 @@
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
         <v>246</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>247</v>
       </c>
       <c r="E43" t="s">
         <v>248</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>249</v>
       </c>
       <c r="H43" t="s">
         <v>250</v>
       </c>
       <c r="I43" t="s">
-        <v>251</v>
+        <v>46</v>
       </c>
       <c r="J43" t="s">
-        <v>252</v>
+        <v>201</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
+        <v>251</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>252</v>
+      </c>
+      <c r="E44" t="s">
         <v>253</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
         <v>254</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>255</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>256</v>
       </c>
-      <c r="I44" t="s">
+      <c r="J44" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
         <v>258</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>259</v>
       </c>
       <c r="E45" t="s">
         <v>260</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
         <v>261</v>
       </c>
       <c r="H45" t="s">
         <v>262</v>
       </c>
       <c r="I45" t="s">
         <v>263</v>
       </c>
       <c r="J45" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
         <v>265</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
+        <v>196</v>
+      </c>
+      <c r="E46" t="s">
         <v>266</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
         <v>267</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>268</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>269</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>271</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>22</v>
       </c>
       <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>271</v>
+      </c>
+      <c r="E47" t="s">
         <v>272</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
         <v>273</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>274</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>275</v>
       </c>
-      <c r="I47" t="s">
+      <c r="J47" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>277</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E48" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H48" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I48" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J48" t="s">
-        <v>157</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C49" t="s">
-        <v>283</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>277</v>
+        <v>196</v>
       </c>
       <c r="E49" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H49" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J49" t="s">
-        <v>288</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>289</v>
       </c>
       <c r="E50" t="s">
         <v>290</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
         <v>291</v>
       </c>
       <c r="H50" t="s">
         <v>292</v>
       </c>
       <c r="I50" t="s">
-        <v>176</v>
+        <v>293</v>
       </c>
       <c r="J50" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>295</v>
       </c>
       <c r="D51" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I51" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J51" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>22</v>
       </c>
       <c r="B52" t="s">
-        <v>300</v>
+        <v>185</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>301</v>
       </c>
       <c r="E52" t="s">
         <v>302</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
         <v>303</v>
       </c>
       <c r="H52" t="s">
         <v>304</v>
       </c>
       <c r="I52" t="s">
-        <v>305</v>
+        <v>188</v>
       </c>
       <c r="J52" t="s">
-        <v>288</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>22</v>
       </c>
       <c r="B53" t="s">
+        <v>305</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
         <v>306</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>307</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
         <v>308</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>309</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>310</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>132</v>
+        <v>311</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>22</v>
       </c>
       <c r="B54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E54" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I54" t="s">
-        <v>71</v>
+        <v>317</v>
       </c>
       <c r="J54" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>22</v>
       </c>
       <c r="B55" t="s">
-        <v>100</v>
+        <v>318</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E55" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H55" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="I55" t="s">
-        <v>321</v>
+        <v>220</v>
       </c>
       <c r="J55" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E56" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H56" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I56" t="s">
-        <v>298</v>
+        <v>84</v>
       </c>
       <c r="J56" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>22</v>
       </c>
       <c r="B57" t="s">
-        <v>328</v>
+        <v>113</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="E57" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H57" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>333</v>
       </c>
       <c r="J57" t="s">
-        <v>327</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="E58" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="H58" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="I58" t="s">
-        <v>88</v>
+        <v>310</v>
       </c>
       <c r="J58" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>22</v>
       </c>
       <c r="B59" t="s">
-        <v>83</v>
+        <v>340</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
+        <v>335</v>
+      </c>
+      <c r="E59" t="s">
         <v>336</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H59" t="s">
+        <v>342</v>
+      </c>
+      <c r="I59" t="s">
+        <v>310</v>
+      </c>
+      <c r="J59" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>22</v>
       </c>
       <c r="B60" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="E60" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H60" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="I60" t="s">
-        <v>344</v>
+        <v>101</v>
       </c>
       <c r="J60" t="s">
-        <v>139</v>
+        <v>347</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>22</v>
       </c>
       <c r="B61" t="s">
-        <v>345</v>
+        <v>96</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E61" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H61" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="I61" t="s">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="J61" t="s">
-        <v>327</v>
+        <v>102</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>22</v>
       </c>
       <c r="B62" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E62" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H62" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="I62" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="J62" t="s">
-        <v>327</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>22</v>
       </c>
       <c r="B63" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E63" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H63" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="I63" t="s">
-        <v>359</v>
+        <v>53</v>
       </c>
       <c r="J63" t="s">
-        <v>360</v>
+        <v>339</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>22</v>
       </c>
       <c r="B64" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E64" t="s">
+        <v>359</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
         <v>363</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>364</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>365</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>367</v>
+        <v>339</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>22</v>
       </c>
       <c r="B65" t="s">
+        <v>366</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>367</v>
+      </c>
+      <c r="E65" t="s">
         <v>368</v>
       </c>
-      <c r="C65" t="s">
-[...2 lines deleted...]
-      <c r="D65" t="s">
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
         <v>369</v>
       </c>
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>370</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>371</v>
       </c>
-      <c r="H65" t="s">
+      <c r="J65" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>22</v>
       </c>
       <c r="B66" t="s">
-        <v>90</v>
+        <v>373</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>374</v>
       </c>
       <c r="E66" t="s">
         <v>375</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
         <v>376</v>
       </c>
       <c r="H66" t="s">
         <v>377</v>
       </c>
       <c r="I66" t="s">
-        <v>94</v>
+        <v>378</v>
       </c>
       <c r="J66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>22</v>
       </c>
       <c r="B67" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J67" t="s">
-        <v>54</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>22</v>
       </c>
       <c r="B68" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I68" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="J68" t="s">
-        <v>157</v>
+        <v>390</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>22</v>
       </c>
       <c r="B69" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="E69" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="H69" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="I69" t="s">
-        <v>46</v>
+        <v>396</v>
       </c>
       <c r="J69" t="s">
-        <v>157</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>22</v>
       </c>
       <c r="B70" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="E70" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="H70" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="I70" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="J70" t="s">
-        <v>132</v>
+        <v>169</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>22</v>
       </c>
       <c r="B71" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E71" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="H71" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="I71" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="J71" t="s">
-        <v>54</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>22</v>
       </c>
       <c r="B72" t="s">
-        <v>400</v>
+        <v>43</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="E72" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I72" t="s">
-        <v>405</v>
+        <v>11</v>
       </c>
       <c r="J72" t="s">
-        <v>327</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>22</v>
       </c>
       <c r="B73" t="s">
-        <v>164</v>
+        <v>61</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E73" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="H73" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="I73" t="s">
-        <v>410</v>
+        <v>94</v>
       </c>
       <c r="J73" t="s">
-        <v>139</v>
+        <v>67</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>22</v>
       </c>
       <c r="B74" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E74" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H74" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="I74" t="s">
-        <v>208</v>
+        <v>417</v>
       </c>
       <c r="J74" t="s">
-        <v>132</v>
+        <v>339</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>22</v>
       </c>
       <c r="B75" t="s">
-        <v>416</v>
+        <v>176</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E75" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H75" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I75" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J75" t="s">
-        <v>132</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>22</v>
       </c>
       <c r="B76" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E76" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I76" t="s">
-        <v>427</v>
+        <v>220</v>
       </c>
       <c r="J76" t="s">
-        <v>378</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>22</v>
       </c>
       <c r="B77" t="s">
         <v>428</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="E77" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H77" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J77" t="s">
-        <v>433</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>22</v>
       </c>
       <c r="B78" t="s">
-        <v>73</v>
+        <v>434</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E78" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H78" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="I78" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J78" t="s">
-        <v>439</v>
+        <v>390</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>22</v>
       </c>
       <c r="B79" t="s">
-        <v>66</v>
+        <v>440</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E79" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H79" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I79" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="J79" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>22</v>
       </c>
       <c r="B80" t="s">
-        <v>442</v>
+        <v>86</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E80" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="H80" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="I80" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="J80" t="s">
-        <v>139</v>
+        <v>451</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>22</v>
       </c>
       <c r="B81" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="E81" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
+        <v>452</v>
+      </c>
+      <c r="H81" t="s">
+        <v>453</v>
+      </c>
+      <c r="I81" t="s">
         <v>450</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>22</v>
       </c>
       <c r="B82" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="E82" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="H82" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="I82" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J82" t="s">
-        <v>457</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>22</v>
       </c>
       <c r="B83" t="s">
-        <v>458</v>
+        <v>119</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E83" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H83" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I83" t="s">
-        <v>463</v>
+        <v>94</v>
       </c>
       <c r="J83" t="s">
-        <v>464</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>22</v>
       </c>
       <c r="B84" t="s">
+        <v>464</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>455</v>
+      </c>
+      <c r="E84" t="s">
         <v>465</v>
       </c>
-      <c r="C84" t="s">
-[...2 lines deleted...]
-      <c r="D84" t="s">
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
         <v>466</v>
       </c>
-      <c r="E84" t="s">
+      <c r="H84" t="s">
         <v>467</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="I84" t="s">
         <v>468</v>
       </c>
-      <c r="H84" t="s">
+      <c r="J84" t="s">
         <v>469</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>22</v>
       </c>
       <c r="B85" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="E85" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H85" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="I85" t="s">
-        <v>11</v>
+        <v>475</v>
       </c>
       <c r="J85" t="s">
-        <v>264</v>
+        <v>476</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>22</v>
       </c>
       <c r="B86" t="s">
-        <v>100</v>
+        <v>477</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="E86" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="H86" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="I86" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J86" t="s">
-        <v>157</v>
+        <v>276</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>22</v>
       </c>
       <c r="B87" t="s">
-        <v>209</v>
+        <v>477</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="E87" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="H87" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="I87" t="s">
-        <v>213</v>
+        <v>11</v>
       </c>
       <c r="J87" t="s">
-        <v>139</v>
+        <v>276</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>22</v>
       </c>
       <c r="B88" t="s">
-        <v>483</v>
+        <v>113</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E88" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H88" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="I88" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="J88" t="s">
-        <v>489</v>
+        <v>169</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>22</v>
       </c>
       <c r="B89" t="s">
-        <v>490</v>
+        <v>221</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="E89" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H89" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="I89" t="s">
-        <v>493</v>
+        <v>225</v>
       </c>
       <c r="J89" t="s">
-        <v>489</v>
+        <v>35</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>22</v>
       </c>
       <c r="B90" t="s">
-        <v>90</v>
+        <v>495</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E90" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H90" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I90" t="s">
-        <v>94</v>
+        <v>500</v>
       </c>
       <c r="J90" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>22</v>
       </c>
       <c r="B91" t="s">
-        <v>100</v>
+        <v>502</v>
       </c>
       <c r="C91" t="s">
-        <v>499</v>
+        <v>11</v>
       </c>
       <c r="D91" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="E91" t="s">
+        <v>497</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>503</v>
+      </c>
+      <c r="H91" t="s">
+        <v>504</v>
+      </c>
+      <c r="I91" t="s">
+        <v>505</v>
+      </c>
+      <c r="J91" t="s">
         <v>501</v>
-      </c>
-[...13 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>22</v>
       </c>
       <c r="B92" t="s">
-        <v>282</v>
+        <v>103</v>
       </c>
       <c r="C92" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
       <c r="D92" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E92" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H92" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I92" t="s">
-        <v>509</v>
+        <v>107</v>
       </c>
       <c r="J92" t="s">
-        <v>288</v>
+        <v>510</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>22</v>
       </c>
       <c r="B93" t="s">
-        <v>510</v>
+        <v>113</v>
       </c>
       <c r="C93" t="s">
         <v>511</v>
       </c>
       <c r="D93" t="s">
         <v>512</v>
       </c>
       <c r="E93" t="s">
         <v>513</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
         <v>514</v>
       </c>
       <c r="H93" t="s">
         <v>515</v>
       </c>
       <c r="I93" t="s">
         <v>511</v>
       </c>
       <c r="J93" t="s">
-        <v>457</v>
+        <v>169</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>22</v>
       </c>
       <c r="B94" t="s">
+        <v>294</v>
+      </c>
+      <c r="C94" t="s">
         <v>516</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>517</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>518</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
         <v>519</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>520</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>521</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>522</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>22</v>
       </c>
       <c r="B95" t="s">
+        <v>522</v>
+      </c>
+      <c r="C95" t="s">
         <v>523</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="E95" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H95" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="I95" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="J95" t="s">
-        <v>522</v>
+        <v>469</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>22</v>
       </c>
       <c r="B96" t="s">
-        <v>239</v>
+        <v>528</v>
       </c>
       <c r="C96" t="s">
-        <v>511</v>
+        <v>529</v>
       </c>
       <c r="D96" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="E96" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="H96" t="s">
+        <v>533</v>
+      </c>
+      <c r="I96" t="s">
         <v>529</v>
       </c>
-      <c r="I96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>22</v>
       </c>
       <c r="B97" t="s">
-        <v>322</v>
+        <v>535</v>
       </c>
       <c r="C97" t="s">
+        <v>529</v>
+      </c>
+      <c r="D97" t="s">
+        <v>530</v>
+      </c>
+      <c r="E97" t="s">
         <v>531</v>
       </c>
-      <c r="D97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
+        <v>536</v>
+      </c>
+      <c r="H97" t="s">
+        <v>537</v>
+      </c>
+      <c r="I97" t="s">
+        <v>529</v>
+      </c>
+      <c r="J97" t="s">
         <v>534</v>
-      </c>
-[...7 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>22</v>
       </c>
       <c r="B98" t="s">
-        <v>328</v>
+        <v>251</v>
       </c>
       <c r="C98" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="D98" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="E98" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="H98" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="I98" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="J98" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>22</v>
       </c>
       <c r="B99" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="C99" t="s">
-        <v>511</v>
+        <v>543</v>
       </c>
       <c r="D99" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="E99" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H99" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="I99" t="s">
-        <v>511</v>
+        <v>543</v>
       </c>
       <c r="J99" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>22</v>
       </c>
       <c r="B100" t="s">
+        <v>340</v>
+      </c>
+      <c r="C100" t="s">
         <v>543</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>544</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>545</v>
       </c>
-      <c r="E100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H100" t="s">
+        <v>550</v>
+      </c>
+      <c r="I100" t="s">
+        <v>543</v>
+      </c>
+      <c r="J100" t="s">
         <v>548</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>22</v>
       </c>
       <c r="B101" t="s">
-        <v>550</v>
+        <v>357</v>
       </c>
       <c r="C101" t="s">
-        <v>11</v>
+        <v>523</v>
       </c>
       <c r="D101" t="s">
         <v>551</v>
       </c>
       <c r="E101" t="s">
         <v>552</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
         <v>553</v>
       </c>
       <c r="H101" t="s">
         <v>554</v>
       </c>
       <c r="I101" t="s">
-        <v>11</v>
+        <v>523</v>
       </c>
       <c r="J101" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>22</v>
       </c>
       <c r="B102" t="s">
+        <v>555</v>
+      </c>
+      <c r="C102" t="s">
         <v>556</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="E102" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H102" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I102" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="J102" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>22</v>
       </c>
       <c r="B103" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E103" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H103" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I103" t="s">
         <v>11</v>
       </c>
       <c r="J103" t="s">
-        <v>549</v>
+        <v>567</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>22</v>
       </c>
       <c r="B104" t="s">
-        <v>465</v>
+        <v>568</v>
       </c>
       <c r="C104" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="D104" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="E104" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="H104" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="I104" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="J104" t="s">
-        <v>264</v>
+        <v>572</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>22</v>
       </c>
       <c r="B105" t="s">
-        <v>416</v>
+        <v>573</v>
       </c>
       <c r="C105" t="s">
-        <v>570</v>
+        <v>11</v>
       </c>
       <c r="D105" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E105" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="H105" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="I105" t="s">
-        <v>570</v>
+        <v>11</v>
       </c>
       <c r="J105" t="s">
-        <v>132</v>
+        <v>561</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>575</v>
+        <v>477</v>
       </c>
       <c r="C106" t="s">
-        <v>511</v>
+        <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E106" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="H106" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="I106" t="s">
-        <v>511</v>
+        <v>11</v>
       </c>
       <c r="J106" t="s">
-        <v>457</v>
+        <v>276</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>22</v>
       </c>
       <c r="B107" t="s">
-        <v>579</v>
+        <v>428</v>
       </c>
       <c r="C107" t="s">
-        <v>511</v>
+        <v>582</v>
       </c>
       <c r="D107" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="E107" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H107" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="I107" t="s">
-        <v>511</v>
+        <v>582</v>
       </c>
       <c r="J107" t="s">
-        <v>457</v>
+        <v>145</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>22</v>
       </c>
       <c r="B108" t="s">
-        <v>416</v>
+        <v>587</v>
       </c>
       <c r="C108" t="s">
-        <v>570</v>
+        <v>523</v>
       </c>
       <c r="D108" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E108" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="H108" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="I108" t="s">
-        <v>570</v>
+        <v>523</v>
       </c>
       <c r="J108" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>22</v>
       </c>
       <c r="B109" t="s">
-        <v>48</v>
+        <v>591</v>
       </c>
       <c r="C109" t="s">
-        <v>11</v>
+        <v>523</v>
       </c>
       <c r="D109" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="E109" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="H109" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="I109" t="s">
-        <v>11</v>
+        <v>523</v>
       </c>
       <c r="J109" t="s">
-        <v>589</v>
+        <v>469</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>22</v>
       </c>
       <c r="B110" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
       <c r="C110" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
       <c r="D110" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="E110" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="H110" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="I110" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
       <c r="J110" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>22</v>
       </c>
       <c r="B111" t="s">
-        <v>594</v>
+        <v>61</v>
       </c>
       <c r="C111" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="D111" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E111" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H111" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="I111" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="J111" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>22</v>
       </c>
       <c r="B112" t="s">
-        <v>600</v>
+        <v>423</v>
       </c>
       <c r="C112" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E112" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H112" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="I112" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="J112" t="s">
-        <v>605</v>
+        <v>145</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>22</v>
       </c>
       <c r="B113" t="s">
-        <v>106</v>
+        <v>606</v>
       </c>
       <c r="C113" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="D113" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E113" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H113" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="I113" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="J113" t="s">
-        <v>132</v>
+        <v>611</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>22</v>
       </c>
       <c r="B114" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C114" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="D114" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="E114" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H114" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="I114" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="J114" t="s">
-        <v>599</v>
+        <v>617</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>22</v>
       </c>
       <c r="B115" t="s">
-        <v>615</v>
+        <v>119</v>
       </c>
       <c r="C115" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="D115" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="E115" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="H115" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="I115" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="J115" t="s">
-        <v>599</v>
+        <v>145</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>22</v>
       </c>
       <c r="B116" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C116" t="s">
-        <v>447</v>
+        <v>556</v>
       </c>
       <c r="D116" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="E116" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H116" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="I116" t="s">
-        <v>447</v>
+        <v>556</v>
       </c>
       <c r="J116" t="s">
-        <v>139</v>
+        <v>611</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>22</v>
       </c>
       <c r="B117" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C117" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="D117" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="E117" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H117" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="I117" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="J117" t="s">
-        <v>11</v>
+        <v>611</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>22</v>
       </c>
       <c r="B118" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C118" t="s">
-        <v>630</v>
+        <v>459</v>
       </c>
       <c r="D118" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="E118" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H118" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="I118" t="s">
-        <v>630</v>
+        <v>459</v>
       </c>
       <c r="J118" t="s">
-        <v>635</v>
+        <v>35</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>22</v>
       </c>
       <c r="B119" t="s">
         <v>636</v>
       </c>
       <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" t="s">
         <v>637</v>
       </c>
-      <c r="D119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H119" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="I119" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
       <c r="J119" t="s">
-        <v>635</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>22</v>
       </c>
       <c r="B120" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C120" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D120" t="s">
+        <v>643</v>
+      </c>
+      <c r="E120" t="s">
+        <v>644</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>645</v>
+      </c>
+      <c r="H120" t="s">
+        <v>646</v>
+      </c>
+      <c r="I120" t="s">
         <v>642</v>
       </c>
-      <c r="E120" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J120" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>22</v>
       </c>
       <c r="B121" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C121" t="s">
-        <v>11</v>
+        <v>649</v>
       </c>
       <c r="D121" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="E121" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
         <v>650</v>
       </c>
       <c r="H121" t="s">
         <v>651</v>
       </c>
       <c r="I121" t="s">
-        <v>11</v>
+        <v>649</v>
       </c>
       <c r="J121" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>22</v>
       </c>
       <c r="B122" t="s">
+        <v>652</v>
+      </c>
+      <c r="C122" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>654</v>
       </c>
       <c r="E122" t="s">
         <v>655</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
         <v>656</v>
       </c>
       <c r="H122" t="s">
         <v>657</v>
       </c>
       <c r="I122" t="s">
-        <v>11</v>
+        <v>653</v>
       </c>
       <c r="J122" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>22</v>
       </c>
       <c r="B123" t="s">
         <v>659</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="E123" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H123" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="I123" t="s">
         <v>11</v>
       </c>
       <c r="J123" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>22</v>
       </c>
       <c r="B124" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="E124" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="H124" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="I124" t="s">
         <v>11</v>
       </c>
       <c r="J124" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>22</v>
       </c>
       <c r="B125" t="s">
+        <v>671</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" t="s">
         <v>666</v>
       </c>
-      <c r="C125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="H125" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="I125" t="s">
         <v>11</v>
       </c>
       <c r="J125" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>22</v>
       </c>
       <c r="B126" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="E126" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
+        <v>676</v>
+      </c>
+      <c r="H126" t="s">
+        <v>677</v>
+      </c>
+      <c r="I126" t="s">
+        <v>11</v>
+      </c>
+      <c r="J126" t="s">
         <v>670</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>22</v>
       </c>
       <c r="B127" t="s">
+        <v>678</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" t="s">
+        <v>666</v>
+      </c>
+      <c r="E127" t="s">
         <v>672</v>
       </c>
-      <c r="C127" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="H127" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="I127" t="s">
         <v>11</v>
       </c>
       <c r="J127" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>22</v>
       </c>
       <c r="B128" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="E128" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="H128" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="I128" t="s">
         <v>11</v>
       </c>
       <c r="J128" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>22</v>
       </c>
       <c r="B129" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="E129" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="H129" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="I129" t="s">
         <v>11</v>
       </c>
       <c r="J129" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>22</v>
       </c>
       <c r="B130" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
-        <v>682</v>
+        <v>666</v>
       </c>
       <c r="E130" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="H130" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="I130" t="s">
         <v>11</v>
       </c>
       <c r="J130" t="s">
-        <v>686</v>
+        <v>670</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>22</v>
       </c>
       <c r="B131" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C131" t="s">
-        <v>688</v>
+        <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>689</v>
+        <v>666</v>
       </c>
       <c r="E131" t="s">
-        <v>690</v>
+        <v>672</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
         <v>691</v>
       </c>
       <c r="H131" t="s">
         <v>692</v>
       </c>
       <c r="I131" t="s">
         <v>11</v>
       </c>
       <c r="J131" t="s">
-        <v>693</v>
+        <v>670</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>22</v>
       </c>
       <c r="B132" t="s">
+        <v>693</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
         <v>694</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>695</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
         <v>696</v>
       </c>
-      <c r="E132" t="s">
+      <c r="H132" t="s">
         <v>697</v>
       </c>
-      <c r="F132" t="s">
-[...2 lines deleted...]
-      <c r="G132" t="s">
+      <c r="I132" t="s">
+        <v>11</v>
+      </c>
+      <c r="J132" t="s">
         <v>698</v>
-      </c>
-[...7 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>22</v>
       </c>
       <c r="B133" t="s">
+        <v>699</v>
+      </c>
+      <c r="C133" t="s">
+        <v>700</v>
+      </c>
+      <c r="D133" t="s">
         <v>701</v>
       </c>
-      <c r="C133" t="s">
-[...2 lines deleted...]
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
         <v>703</v>
       </c>
       <c r="H133" t="s">
         <v>704</v>
       </c>
       <c r="I133" t="s">
         <v>11</v>
       </c>
       <c r="J133" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>22</v>
       </c>
       <c r="B134" t="s">
         <v>706</v>
       </c>
       <c r="C134" t="s">
@@ -38676,3725 +38819,3789 @@
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
         <v>710</v>
       </c>
       <c r="H134" t="s">
         <v>711</v>
       </c>
       <c r="I134" t="s">
         <v>11</v>
       </c>
       <c r="J134" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>22</v>
       </c>
       <c r="B135" t="s">
         <v>713</v>
       </c>
       <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" t="s">
         <v>714</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
+        <v>709</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
         <v>715</v>
       </c>
-      <c r="E135" t="s">
+      <c r="H135" t="s">
         <v>716</v>
       </c>
-      <c r="F135" t="s">
-[...2 lines deleted...]
-      <c r="G135" t="s">
+      <c r="I135" t="s">
+        <v>11</v>
+      </c>
+      <c r="J135" t="s">
         <v>717</v>
-      </c>
-[...7 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>22</v>
       </c>
       <c r="B136" t="s">
+        <v>718</v>
+      </c>
+      <c r="C136" t="s">
+        <v>719</v>
+      </c>
+      <c r="D136" t="s">
         <v>720</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>721</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
         <v>722</v>
       </c>
-      <c r="E136" t="s">
+      <c r="H136" t="s">
         <v>723</v>
       </c>
-      <c r="F136" t="s">
-[...2 lines deleted...]
-      <c r="G136" t="s">
+      <c r="I136" t="s">
+        <v>11</v>
+      </c>
+      <c r="J136" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>22</v>
       </c>
       <c r="B137" t="s">
+        <v>725</v>
+      </c>
+      <c r="C137" t="s">
+        <v>726</v>
+      </c>
+      <c r="D137" t="s">
         <v>727</v>
       </c>
-      <c r="C137" t="s">
+      <c r="E137" t="s">
         <v>728</v>
       </c>
-      <c r="D137" t="s">
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
         <v>729</v>
       </c>
-      <c r="E137" t="s">
+      <c r="H137" t="s">
         <v>730</v>
       </c>
-      <c r="F137" t="s">
-[...2 lines deleted...]
-      <c r="G137" t="s">
+      <c r="I137" t="s">
+        <v>11</v>
+      </c>
+      <c r="J137" t="s">
         <v>731</v>
-      </c>
-[...7 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>22</v>
       </c>
       <c r="B138" t="s">
+        <v>732</v>
+      </c>
+      <c r="C138" t="s">
+        <v>733</v>
+      </c>
+      <c r="D138" t="s">
         <v>734</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
         <v>735</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
         <v>736</v>
       </c>
-      <c r="E138" t="s">
+      <c r="H138" t="s">
         <v>737</v>
       </c>
-      <c r="F138" t="s">
-[...2 lines deleted...]
-      <c r="G138" t="s">
+      <c r="I138" t="s">
+        <v>11</v>
+      </c>
+      <c r="J138" t="s">
         <v>738</v>
-      </c>
-[...7 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>22</v>
       </c>
       <c r="B139" t="s">
+        <v>739</v>
+      </c>
+      <c r="C139" t="s">
+        <v>740</v>
+      </c>
+      <c r="D139" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>742</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
         <v>743</v>
       </c>
       <c r="H139" t="s">
         <v>744</v>
       </c>
       <c r="I139" t="s">
         <v>11</v>
       </c>
       <c r="J139" t="s">
         <v>745</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>22</v>
+      </c>
+      <c r="B140" t="s">
+        <v>746</v>
+      </c>
+      <c r="C140" t="s">
+        <v>747</v>
+      </c>
+      <c r="D140" t="s">
+        <v>748</v>
+      </c>
+      <c r="E140" t="s">
+        <v>749</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>750</v>
+      </c>
+      <c r="H140" t="s">
+        <v>751</v>
+      </c>
+      <c r="I140" t="s">
+        <v>11</v>
+      </c>
+      <c r="J140" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>22</v>
+      </c>
+      <c r="B141" t="s">
+        <v>753</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>754</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>755</v>
+      </c>
+      <c r="H141" t="s">
+        <v>756</v>
+      </c>
+      <c r="I141" t="s">
+        <v>11</v>
+      </c>
+      <c r="J141" t="s">
+        <v>757</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B2" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="C2" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="H2" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B3" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="C3" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="H3" t="s">
-        <v>756</v>
+        <v>768</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B4" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
       <c r="C4" t="s">
-        <v>758</v>
+        <v>770</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>760</v>
+        <v>772</v>
       </c>
       <c r="H4" t="s">
-        <v>761</v>
+        <v>773</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B5" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
       <c r="C5" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D5" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="E5" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
       <c r="H5" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B6" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="C6" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D6" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="E6" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="H6" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B7" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="C7" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D7" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="E7" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="H7" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B8" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="C8" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D8" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="E8" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="H8" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B9" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="C9" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="D9" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="E9" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="H9" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B10" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="C10" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="D10" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="E10" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
       <c r="H10" t="s">
-        <v>788</v>
+        <v>800</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B11" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="C11" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="H11" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B12" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="C12" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="H12" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B13" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="C13" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="H13" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B14" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="C14" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="H14" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B15" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="C15" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="H15" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B16" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="C16" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="H16" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B17" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="C17" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="H17" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B18" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="C18" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="H18" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B19" t="s">
-        <v>826</v>
+        <v>838</v>
       </c>
       <c r="C19" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="H19" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B20" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="C20" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="H20" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B21" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="C21" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
       <c r="H21" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B22" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="C22" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="H22" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B23" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="C23" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="H23" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B24" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="C24" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="H24" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B25" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="C25" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
       <c r="H25" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B26" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="C26" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
       <c r="H26" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B27" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="C27" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="H27" t="s">
-        <v>866</v>
+        <v>878</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B28" t="s">
-        <v>867</v>
+        <v>879</v>
       </c>
       <c r="C28" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>869</v>
+        <v>881</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
       <c r="H28" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B29" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="C29" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="H29" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B30" t="s">
-        <v>877</v>
+        <v>889</v>
       </c>
       <c r="C30" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
       <c r="H30" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B31" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="C31" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>884</v>
+        <v>896</v>
       </c>
       <c r="H31" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B32" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="C32" t="s">
-        <v>887</v>
+        <v>899</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
       <c r="H32" t="s">
-        <v>890</v>
+        <v>902</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B33" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="C33" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="H33" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B34" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
       <c r="C34" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D34" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="E34" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>899</v>
+        <v>911</v>
       </c>
       <c r="H34" t="s">
-        <v>900</v>
+        <v>912</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B35" t="s">
-        <v>901</v>
+        <v>913</v>
       </c>
       <c r="C35" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D35" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="E35" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="H35" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B36" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="C36" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>908</v>
+        <v>920</v>
       </c>
       <c r="H36" t="s">
-        <v>909</v>
+        <v>921</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B37" t="s">
-        <v>910</v>
+        <v>922</v>
       </c>
       <c r="C37" t="s">
-        <v>911</v>
+        <v>923</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>912</v>
+        <v>924</v>
       </c>
       <c r="H37" t="s">
-        <v>913</v>
+        <v>925</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B38" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
       <c r="C38" t="s">
-        <v>915</v>
+        <v>927</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>916</v>
+        <v>928</v>
       </c>
       <c r="H38" t="s">
-        <v>917</v>
+        <v>929</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B39" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>920</v>
+        <v>932</v>
       </c>
       <c r="H39" t="s">
-        <v>921</v>
+        <v>933</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B40" t="s">
-        <v>922</v>
+        <v>934</v>
       </c>
       <c r="C40" t="s">
-        <v>923</v>
+        <v>935</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>924</v>
+        <v>936</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="H40" t="s">
-        <v>926</v>
+        <v>938</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B41" t="s">
-        <v>927</v>
+        <v>939</v>
       </c>
       <c r="C41" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D41" t="s">
-        <v>928</v>
+        <v>940</v>
       </c>
       <c r="E41" t="s">
-        <v>929</v>
+        <v>941</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>930</v>
+        <v>942</v>
       </c>
       <c r="H41" t="s">
-        <v>931</v>
+        <v>943</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B42" t="s">
-        <v>932</v>
+        <v>944</v>
       </c>
       <c r="C42" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D42" t="s">
-        <v>928</v>
+        <v>940</v>
       </c>
       <c r="E42" t="s">
-        <v>929</v>
+        <v>941</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>933</v>
+        <v>945</v>
       </c>
       <c r="H42" t="s">
-        <v>934</v>
+        <v>946</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B43" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
       <c r="C43" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D43" t="s">
-        <v>936</v>
+        <v>948</v>
       </c>
       <c r="E43" t="s">
-        <v>937</v>
+        <v>949</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="H43" t="s">
-        <v>939</v>
+        <v>951</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B44" t="s">
-        <v>940</v>
+        <v>952</v>
       </c>
       <c r="C44" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D44" t="s">
-        <v>936</v>
+        <v>948</v>
       </c>
       <c r="E44" t="s">
-        <v>937</v>
+        <v>949</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>941</v>
+        <v>953</v>
       </c>
       <c r="H44" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B45" t="s">
-        <v>943</v>
+        <v>955</v>
       </c>
       <c r="C45" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="D45" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
       <c r="E45" t="s">
-        <v>945</v>
+        <v>957</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="H45" t="s">
-        <v>947</v>
+        <v>959</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
       <c r="B2" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="C2" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
       <c r="D2" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="E2" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="H2" t="s">
-        <v>953</v>
+        <v>965</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B2" t="s">
-        <v>955</v>
+        <v>967</v>
       </c>
       <c r="C2" t="s">
-        <v>956</v>
+        <v>968</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>957</v>
+        <v>969</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>958</v>
+        <v>970</v>
       </c>
       <c r="H2" t="s">
-        <v>959</v>
+        <v>971</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B3" t="s">
-        <v>960</v>
+        <v>972</v>
       </c>
       <c r="C3" t="s">
-        <v>961</v>
+        <v>973</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>963</v>
+        <v>975</v>
       </c>
       <c r="H3" t="s">
-        <v>964</v>
+        <v>976</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B4" t="s">
-        <v>965</v>
+        <v>977</v>
       </c>
       <c r="C4" t="s">
-        <v>966</v>
+        <v>978</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="H4" t="s">
-        <v>969</v>
+        <v>981</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B5" t="s">
-        <v>970</v>
+        <v>982</v>
       </c>
       <c r="C5" t="s">
-        <v>971</v>
+        <v>983</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>973</v>
+        <v>985</v>
       </c>
       <c r="H5" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B6" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="C6" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>977</v>
+        <v>989</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>978</v>
+        <v>990</v>
       </c>
       <c r="H6" t="s">
-        <v>979</v>
+        <v>991</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B7" t="s">
-        <v>980</v>
+        <v>992</v>
       </c>
       <c r="C7" t="s">
-        <v>981</v>
+        <v>993</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>982</v>
+        <v>994</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>983</v>
+        <v>995</v>
       </c>
       <c r="H7" t="s">
-        <v>984</v>
+        <v>996</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B8" t="s">
-        <v>985</v>
+        <v>997</v>
       </c>
       <c r="C8" t="s">
-        <v>986</v>
+        <v>998</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>987</v>
+        <v>999</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>988</v>
+        <v>1000</v>
       </c>
       <c r="H8" t="s">
-        <v>989</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B9" t="s">
-        <v>990</v>
+        <v>1002</v>
       </c>
       <c r="C9" t="s">
-        <v>991</v>
+        <v>1003</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>992</v>
+        <v>1004</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>993</v>
+        <v>1005</v>
       </c>
       <c r="H9" t="s">
-        <v>994</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B10" t="s">
-        <v>995</v>
+        <v>1007</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="H10" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B11" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="H11" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B12" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="C12" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="H12" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B13" t="s">
-        <v>1008</v>
+        <v>1020</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1009</v>
+        <v>1021</v>
       </c>
       <c r="H13" t="s">
-        <v>1010</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="B14" t="s">
-        <v>1011</v>
+        <v>1023</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1012</v>
+        <v>1024</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="H14" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B2" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
       <c r="C2" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
       <c r="D2" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="E2" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="H2" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B3" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
       <c r="C3" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="D3" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
       <c r="E3" t="s">
-        <v>1025</v>
+        <v>1037</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="H3" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B4" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="C4" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="D4" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="E4" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="H4" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B5" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="C5" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="D5" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="E5" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="H5" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B6" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="C6" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="D6" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="E6" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="H6" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B7" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="C7" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
       <c r="D7" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="E7" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="H7" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B8" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="C8" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="D8" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="E8" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="H8" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B9" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="C9" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="D9" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="E9" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="H9" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B10" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="C10" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="D10" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="E10" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="H10" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="B11" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="C11" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="D11" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="E11" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="H11" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B2" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="C2" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="D2" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="E2" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="H2" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B3" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="C3" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="D3" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="E3" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="H3" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B4" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="C4" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="D4" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="E4" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="H4" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B5" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="C5" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="D5" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="E5" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="H5" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B6" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="C6" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="D6" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="E6" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="H6" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B7" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
       <c r="C7" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
       <c r="D7" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="E7" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1105</v>
+        <v>1117</v>
       </c>
       <c r="H7" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B8" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="C8" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="D8" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
       <c r="E8" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="H8" t="s">
-        <v>1112</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B9" t="s">
-        <v>1113</v>
+        <v>1125</v>
       </c>
       <c r="C9" t="s">
-        <v>1114</v>
+        <v>1126</v>
       </c>
       <c r="D9" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="E9" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="H9" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B10" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="C10" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="D10" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="E10" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="H10" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B11" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="C11" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
       <c r="D11" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="E11" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="H11" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B12" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
       <c r="C12" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
       <c r="D12" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="E12" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1133</v>
+        <v>1145</v>
       </c>
       <c r="H12" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B13" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
       <c r="C13" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="D13" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="E13" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
       <c r="H13" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B14" t="s">
-        <v>1141</v>
+        <v>1153</v>
       </c>
       <c r="C14" t="s">
-        <v>1142</v>
+        <v>1154</v>
       </c>
       <c r="D14" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
       <c r="E14" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="H14" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B15" t="s">
-        <v>985</v>
+        <v>997</v>
       </c>
       <c r="C15" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="D15" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="E15" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="H15" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B16" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C16" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="D16" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="E16" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1155</v>
+        <v>1167</v>
       </c>
       <c r="H16" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B17" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="C17" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="D17" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
       <c r="E17" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="H17" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B18" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="C18" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="D18" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="E18" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="H18" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B19" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="C19" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="D19" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="E19" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1172</v>
+        <v>1184</v>
       </c>
       <c r="H19" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B20" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="C20" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="D20" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="E20" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="H20" t="s">
-        <v>1179</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B21" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="C21" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="D21" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="E21" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="H21" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B22" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C22" t="s">
-        <v>1185</v>
+        <v>1197</v>
       </c>
       <c r="D22" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="E22" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="H22" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B23" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="C23" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
       <c r="D23" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="E23" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="H23" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B24" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="C24" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="D24" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="E24" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="H24" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B2" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="C2" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="D2" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="E2" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="H2" t="s">
-        <v>1207</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B3" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
       <c r="C3" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="D3" t="s">
-        <v>1210</v>
+        <v>1222</v>
       </c>
       <c r="E3" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="H3" t="s">
-        <v>1213</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B4" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
       <c r="C4" t="s">
-        <v>1215</v>
+        <v>1227</v>
       </c>
       <c r="D4" t="s">
-        <v>1216</v>
+        <v>1228</v>
       </c>
       <c r="E4" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1217</v>
+        <v>1229</v>
       </c>
       <c r="H4" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B5" t="s">
-        <v>1219</v>
+        <v>1231</v>
       </c>
       <c r="C5" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="D5" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="E5" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
       <c r="H5" t="s">
-        <v>1224</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B6" t="s">
-        <v>1225</v>
+        <v>1237</v>
       </c>
       <c r="C6" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="D6" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
       <c r="E6" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="H6" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="B7" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="C7" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="D7" t="s">
-        <v>1233</v>
+        <v>1245</v>
       </c>
       <c r="E7" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
       <c r="H7" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B2" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="C2" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="H2" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B3" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="C3" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
       <c r="H3" t="s">
-        <v>1246</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B4" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
       <c r="C4" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="H4" t="s">
-        <v>1251</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B5" t="s">
-        <v>1252</v>
+        <v>1264</v>
       </c>
       <c r="C5" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1254</v>
+        <v>1266</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1255</v>
+        <v>1267</v>
       </c>
       <c r="H5" t="s">
-        <v>1256</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B6" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="C6" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="H6" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B7" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
       <c r="C7" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="H7" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B8" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="C8" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1269</v>
+        <v>1281</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1270</v>
+        <v>1282</v>
       </c>
       <c r="H8" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B9" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
       <c r="C9" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1275</v>
+        <v>1287</v>
       </c>
       <c r="H9" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B10" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
       <c r="C10" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1279</v>
+        <v>1291</v>
       </c>
       <c r="H10" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B11" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
       <c r="C11" t="s">
-        <v>1282</v>
+        <v>1294</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1283</v>
+        <v>1295</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1284</v>
+        <v>1296</v>
       </c>
       <c r="H11" t="s">
-        <v>1285</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B12" t="s">
-        <v>1286</v>
+        <v>1298</v>
       </c>
       <c r="C12" t="s">
-        <v>1287</v>
+        <v>1299</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="H12" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B13" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="H13" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B14" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="C14" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>977</v>
+        <v>989</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="H14" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B15" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="C15" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="H15" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B16" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
       <c r="C16" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="H16" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B17" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="H17" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B18" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="C18" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="H18" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B19" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="C19" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="H19" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B20" t="s">
-        <v>1322</v>
+        <v>1334</v>
       </c>
       <c r="C20" t="s">
-        <v>1323</v>
+        <v>1335</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="H20" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B21" t="s">
-        <v>1327</v>
+        <v>1339</v>
       </c>
       <c r="C21" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="H21" t="s">
-        <v>1330</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B22" t="s">
-        <v>1331</v>
+        <v>1343</v>
       </c>
       <c r="C22" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="H22" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B23" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="C23" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="H23" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B24" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="C24" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="H24" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B25" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="C25" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1348</v>
+        <v>1360</v>
       </c>
       <c r="H25" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B26" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="C26" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="H26" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B27" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="C27" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="H27" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B28" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="H28" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="B29" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="H29" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>