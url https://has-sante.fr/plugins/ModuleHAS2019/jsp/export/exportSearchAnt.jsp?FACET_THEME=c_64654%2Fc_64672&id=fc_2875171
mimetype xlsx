--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8335" uniqueCount="5293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8366" uniqueCount="5317">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,50 +116,71 @@
   <si>
     <t>Hépatite C</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'hépatite C.</t>
   </si>
   <si>
     <t>19/01/2024 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3261788/fr/hepatite-c</t>
   </si>
   <si>
     <t>p_3261788</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>NAVINA INSERT</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741852/fr/navina-insert</t>
+  </si>
+  <si>
+    <t>p_3741852</t>
+  </si>
+  <si>
+    <t>Insert pour incontinence fécale</t>
+  </si>
+  <si>
+    <t>Wellspect France SAS (France)</t>
+  </si>
+  <si>
     <t>BRAVO</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
     <t>14/11/2025 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
   </si>
   <si>
     <t>p_3700068</t>
   </si>
   <si>
     <t>Capsule de test du reflux gastro-œsophagien</t>
   </si>
   <si>
     <t>MEDTRONIC France S.A.S (France)</t>
   </si>
   <si>
     <t>TELECOMMANDE PATIENT INTERSTIM</t>
   </si>
   <si>
     <t>28/10/2025 12:24:01</t>
@@ -2324,50 +2345,65 @@
   <si>
     <t>c_950930</t>
   </si>
   <si>
     <t>Lactalis Nutrition Santé (France)</t>
   </si>
   <si>
     <t>SIR-Spheres - CEPP du 07 juillet 2009 (2074)</t>
   </si>
   <si>
     <t>29/07/2009 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_829806/fr/sir-spheres-cepp-du-07-juillet-2009-2074</t>
   </si>
   <si>
     <t>c_829806</t>
   </si>
   <si>
     <t>SIRTEX Medical Europe GmbH (ALLEMAGNE)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Tumeurs kystiques du pancréas (TIPMP exclues)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une tumeur kystique rare du pancréas (TKP) quelle que soit sa sévérité. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594144/fr/tumeurs-kystiques-du-pancreas-tipmp-exclues</t>
   </si>
   <si>
     <t>p_3594144</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
@@ -2849,65 +2885,50 @@
   <si>
     <t>Atteintes hépatiques au cours de la maladie de Rendu-Osler</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant des atteintes hépatiques au cours de la maladie de Rendu-Osler. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2900212/fr/atteintes-hepatiques-au-cours-de-la-maladie-de-rendu-osler</t>
   </si>
   <si>
     <t>c_2900212</t>
   </si>
   <si>
     <t>Atrésie de l’œsophage</t>
   </si>
   <si>
     <t>17/12/2018 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
   </si>
   <si>
     <t>c_715169</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>ALD n° 30 - Cancer de l'œsophage</t>
   </si>
   <si>
     <t>21/11/2012 00:00:00</t>
   </si>
   <si>
     <t>06/12/2012 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1105133/fr/ald-n-30-cancer-de-l-oesophage</t>
   </si>
   <si>
     <t>c_1105133</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer de l'estomac</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1105137/fr/ald-n-30-cancer-de-l-estomac</t>
   </si>
   <si>
     <t>c_1105137</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer primitif du foie</t>
@@ -5270,50 +5291,338 @@
   <si>
     <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
   </si>
   <si>
     <t>24/06/2009 10:59:00</t>
   </si>
   <si>
     <t>10/07/2009 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
   </si>
   <si>
     <t>c_820067</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>DUPHALAC (lactulose)</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983327/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>pprd_2983327</t>
+  </si>
+  <si>
+    <t>lactulose</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603123/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361963/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728827/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843881/fr/duphalac-lactulose-laxatif-osmotique-hypoammoniemiant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259733/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807659/fr/duphalac-lactulose-laxatif-hypoammoniemiant</t>
+  </si>
+  <si>
+    <t>ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563117/fr/ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3563117</t>
+  </si>
+  <si>
+    <t>zanidatamab</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563099/fr/ziihera-zanidatamab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806763/fr/ziihera-zanidatamab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>CELLCEPT (mycophénolate mofétil)</t>
+  </si>
+  <si>
+    <t>09/12/2025 15:26:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984764/fr/cellcept-mycophenolate-mofetil</t>
+  </si>
+  <si>
+    <t>pprd_2984764</t>
+  </si>
+  <si>
+    <t>mycophénolate mofétil</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399725/fr/cellcept-250-mg-gelules-boite-de-100-cellcept-500-mg-comprimes-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400258/fr/cellcept-1-g-/-5-ml-poudre-pour-suspension-buvable-boite-de-1-flacon-code-cip-359-529-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697225/fr/cellcept-mofetil-mycophenolate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742493/fr/cellcept-mofetil-mycophenolate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105282/fr/cellcept-mofetil-mycophenolate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784254/fr/cellcept-mycophenolate-mofetil-prevention-des-rejets-aigus-d-allogreffe-renale-cardiaque-hepatique</t>
+  </si>
+  <si>
     <t>IMFINZI (durvalumab)</t>
   </si>
   <si>
     <t>01/12/2025 14:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>pprd_2982846</t>
   </si>
   <si>
     <t>durvalumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
@@ -5915,233 +6224,50 @@
   <si>
     <t>MAYOLY SPINDLER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400303/fr/eurobiol-25-000-u-microgranules-gastro-resistants-en-gelule-boite-de-90-code-cip-342-500-7</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400620/fr/eurobiol-12500-u/dose-granules-flacon-s-en-verre-brun-de-20-g-avec-cuillere-mesure-polystyrene-cip-367-744-7</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_969540/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1245657/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2017372/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2044643/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643230/fr/eurobiol-poudre-de-pancreas-d-origine-porcine-insuffisance-pancreatique-exocrine</t>
   </si>
   <si>
-    <t>KEYTRUDA (pembrolizumab)</t>
-[...181 lines deleted...]
-  <si>
     <t>PEGASYS (peginterféron alfa-2a)</t>
   </si>
   <si>
     <t>07/08/2025 10:59:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983134/fr/pegasys-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>pprd_2983134</t>
   </si>
   <si>
     <t>peginterféron alfa-2a</t>
   </si>
   <si>
     <t>CHEPLAPHARM FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399754/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400333/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_749190/fr/pegasys-peginterferon-alfa-2a</t>
@@ -6332,53 +6458,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3449806/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3538225/fr/ayvakyt-avapritinib-mastocytose-systemique-indolente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633266/fr/ayvakyt-avapritinib-tumeurs-stromales-gastro-intestinales-gist</t>
   </si>
   <si>
     <t>TECENTRIQ (atézolizumab)</t>
   </si>
   <si>
     <t>18/06/2025 15:54:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982779/fr/tecentriq-atezolizumab</t>
   </si>
   <si>
     <t>pprd_2982779</t>
   </si>
   <si>
     <t>atézolizumab</t>
   </si>
   <si>
-    <t>ROCHE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2856045/fr/tecentriq-cancer-bronchique-non-a-petites-cellules-2eme-ligne-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2965862/fr/tecentriq-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3113584/fr/tecentriq-cancer-bronchique-non-a-petites-cellules-1ere-ligne-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3119783/fr/tecentriq-cancer-bronchique-non-a-petites-cellules-1ere-ligne-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3167438/fr/tecentriq-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3184911/fr/tecentriq-cbpc-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214273/fr/tecentriq-atezolizumab-atezolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240699/fr/tecentriq-atezolizumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298586/fr/tecentriq-840-1200-mg-atezolizumab-monotherapie-cbnpc</t>
@@ -6944,71 +7067,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
   </si>
   <si>
-    <t>ZIIHERA (zanidatamab)</t>
-[...19 lines deleted...]
-  <si>
     <t>FRUZAQLA (fruquintinib)</t>
   </si>
   <si>
     <t>27/11/2024 15:27:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553078/fr/fruzaqla-fruquintinib</t>
   </si>
   <si>
     <t>p_3553078</t>
   </si>
   <si>
     <t>fruquintinib</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553066/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3561105/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique-ccrm</t>
   </si>
   <si>
     <t>INEXIUM (esomeprazole)</t>
@@ -9185,786 +9287,756 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280963/fr/targaxan-rifaximine</t>
   </si>
   <si>
     <t>DROPIZAL (opium brut)</t>
   </si>
   <si>
     <t>18/06/2021 17:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272170/fr/dropizal-opium-brut</t>
   </si>
   <si>
     <t>p_3272170</t>
   </si>
   <si>
     <t>opium brut (teinture de Papaver somniferum L., succus siccus)</t>
   </si>
   <si>
     <t>ATNAHS A/S</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272109/fr/dropizal-opium-brut</t>
   </si>
   <si>
-    <t>DUPHALAC (lactulose)</t>
-[...11 lines deleted...]
-    <t>lactulose</t>
+    <t>BACTRIM (triméthoprime/ sulfaméthoxazole)</t>
+  </si>
+  <si>
+    <t>08/04/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984034/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>pprd_2984034</t>
+  </si>
+  <si>
+    <t>triméthoprime,sulfaméthoxazole</t>
+  </si>
+  <si>
+    <t>EUMEDICA PHARMACEUTICALS GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724367/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777268/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656834/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259922/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>GIVLAARI (givosiran)</t>
+  </si>
+  <si>
+    <t>01/04/2021 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192159/fr/givlaari-givosiran</t>
+  </si>
+  <si>
+    <t>p_3192159</t>
+  </si>
+  <si>
+    <t>givosiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191915/fr/givlaari-givosiran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258964/fr/givlaari-givosiran</t>
+  </si>
+  <si>
+    <t>MITOMYCINE (mitomycine)</t>
+  </si>
+  <si>
+    <t>08/01/2021 12:34:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983380/fr/mitomycine-mitomycine</t>
+  </si>
+  <si>
+    <t>pprd_2983380</t>
+  </si>
+  <si>
+    <t>mitomycine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / MEDAC / SUBSTIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829046/fr/mitomycine-accord-mitomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159835/fr/mitomycine-medac-mitomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229141/fr/mitomycine-substipharm-mitomycine-c</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118401/fr/mitomycine-substipharm-mitomycine-c</t>
+  </si>
+  <si>
+    <t>BRAFTOVI (encorafenib)</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:40:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225652/fr/braftovi-encorafenib</t>
+  </si>
+  <si>
+    <t>p_3225652</t>
+  </si>
+  <si>
+    <t>encorafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225446/fr/braftovi-encorafenib</t>
+  </si>
+  <si>
+    <t>AKYNZEO (palonosétron (chlorhydrate de)/ nétupitant)</t>
+  </si>
+  <si>
+    <t>18/12/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983659/fr/akynzeo-palonosetron-chlorhydrate-de-/-netupitant</t>
+  </si>
+  <si>
+    <t>pprd_2983659</t>
+  </si>
+  <si>
+    <t>palonosétron (chlorhydrate de),nétupitant</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755488/fr/akynzeo-palonosetron-netupitant-setron-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224928/fr/akynzeo-palonosetron-chlorhydrate-de-/-netupitant</t>
+  </si>
+  <si>
+    <t>PARIET (rabéprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982991/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2982991</t>
+  </si>
+  <si>
+    <t>rabéprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399406/fr/pariet-10-mg-20-mg-comprime-gastro-resistant-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399451/fr/pariet-10-mg-comprimes-gastro-resistants-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400127/fr/pariet-10-mg-comprime-gastroresistant-boite-de-14-code-cip-336-742-8-pariet-10-mg-comprime-gastroresistant-boite-de-28-code-cip-356-744-0-pariet-20-mg-comprime-gastroresistant-boite-de-14-code-cip-355-145-6-pariet-20-mg-comprime-gastroresistant-boite-de-28-code-cip-355-147-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400128/fr/pariet-10-mg-20-mg-comprimes-gastroresistants-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763750/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923065/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343130/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888450/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215594/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>LANZOR (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>pprd_2983753</t>
+  </si>
+  <si>
+    <t>lansoprazole</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/fr/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/fr/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/fr/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>MOPRAL - ZOLTUM (oméprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984407/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2984407</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399005/fr/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399503/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400743/fr/mopral-10-mg-microgranules-gastroresistants-en-gelule-b/14-341-300-4-b/28-341-301-0-mopral-20-mg-microgranules-gastroresistants-en-gelule-b/7-340-810-9-b/14-340-812-1-b/28-340-814-4-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763738/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954780/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559097/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559100/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215588/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>pprd_2984969</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/fr/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/fr/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/fr/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>EUPANTOL - INIPOMP (pantoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985021/fr/eupantol-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>pprd_2985021</t>
+  </si>
+  <si>
+    <t>pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399491/fr/eupantol-40-mg-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399677/fr/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399775/fr/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399849/fr/eupantol-40-mg-comprime-gastro-resistant-boites-de-7-14-28-eupantol-40-mg-comprime-gastro-resistant-boite-de-50-eupantol-40-mg-poudre-pour-solution-injectable-iv-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400709/fr/eupantol-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-code-cip-346-065-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622522/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763771/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773278/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254521/fr/eupantol-/-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773290/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763744/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622516/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399498/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399793/fr/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399686/fr/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399853/fr/inipomp-40-mg-comprime-gastro-resistant-boites-de-7-14-28-inipomp-40-mg-comprime-gastro-resistant-boite-de-50-inipomp-40-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400741/fr/inipomp-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-346-061-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215591/fr/eupantol-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>VAQTA (vaccin de l'hépatite A inactivé adsorbé)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985257/fr/vaqta-vaccin-de-l-hepatite-a-inactive-adsorbe</t>
+  </si>
+  <si>
+    <t>pprd_2985257</t>
+  </si>
+  <si>
+    <t>vaccin de l'hépatite A inactivé adsorbé</t>
+  </si>
+  <si>
+    <t>MSD VACCINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987174/fr/vaqta-enfant-vaccin-de-l-hepatite-a-inactive-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987207/fr/vaqta-adultes-vaccin-de-l-hepatite-a-inactive-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215567/fr/vaqta-vaccin-de-l-hepatite-a-inactive-adsorbe-vaccin-de-l-hepatite-a-inactive-adsorbe</t>
+  </si>
+  <si>
+    <t>GEMCITABINE (gemcitabine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>23/09/2020 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983453/fr/gemcitabine-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983453</t>
+  </si>
+  <si>
+    <t>gemcitabine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V. / DELBERT / FRESENIUS KABI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656304/fr/gemcitabine-kabi-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756461/fr/gemcitabine-sun-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814672/fr/gemcitabine-sun-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202542/fr/gemcitabine-hikma-gemcitabine</t>
+  </si>
+  <si>
+    <t>JORVEZA (budésonide)</t>
+  </si>
+  <si>
+    <t>15/09/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>p_3201388</t>
+  </si>
+  <si>
+    <t>DR. FALK PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201256/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>LOPERAMIDE (lopéramide (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984461/fr/loperamide-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984461</t>
+  </si>
+  <si>
+    <t>lopéramide (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE / ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400794/fr/loperamide-lyoc-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969971/fr/loperamide-lyoc-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047431/fr/loperamide-lyoc-loperamide-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189038/fr/loperamide-arrow-lab-chlorhydrate-de-loperamide</t>
+  </si>
+  <si>
+    <t>OCALIVA (acide obéticholique)</t>
+  </si>
+  <si>
+    <t>29/05/2020 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983599/fr/ocaliva-acide-obeticholique</t>
+  </si>
+  <si>
+    <t>pprd_2983599</t>
+  </si>
+  <si>
+    <t>acide obéticholique</t>
+  </si>
+  <si>
+    <t>INTERCEPT PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773278/fr/ocaliva-acide-obeticholique-acide-biliaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186712/fr/ocaliva-acide-obeticholique</t>
+  </si>
+  <si>
+    <t>CYRAMZA (ramucirumab)</t>
+  </si>
+  <si>
+    <t>29/05/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983894/fr/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>pprd_2983894</t>
+  </si>
+  <si>
+    <t>ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048967/fr/cyramza-ramucirumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680638/fr/cyramza-cancer-bronchique-avance-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678892/fr/cyramza-ramucirumab-anticorps-monoclonal-cancer-colorectal-adulte-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180087/fr/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186709/fr/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>PENTASA (mésalazine)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984262/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>pprd_2984262</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398913/fr/pentasa-1-g-granules-sachets-de-2-g-b/120</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604847/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004545/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588371/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181092/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181095/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>VIREAD (ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>03/04/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983062</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399667/fr/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/fr/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>LYSAKARE (chlorhydrate de L-Arginine/ chlorhydrate de L-Lysine)</t>
+  </si>
+  <si>
+    <t>31/03/2020 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168234/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+  </si>
+  <si>
+    <t>p_3168234</t>
+  </si>
+  <si>
+    <t>chlorhydrate de L-Arginine,chlorhydrate de L-Lysine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167729/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+  </si>
+  <si>
+    <t>ESOMEPRAZOLE (ésoméprazole)</t>
+  </si>
+  <si>
+    <t>27/03/2020 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983401/fr/esomeprazole-esomeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2983401</t>
+  </si>
+  <si>
+    <t>ésoméprazole</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V. / ACCORD HEALTHCARE FRANCE SAS / CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724471/fr/esomeprazole-sun-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757739/fr/esomeprazole-accord-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826585/fr/esomeprazole-sun-pharma-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166650/fr/esomeprazole-tillomed-esomeprazole</t>
+  </si>
+  <si>
+    <t>TIORFAN - TIORFANOR (racécadotril)</t>
+  </si>
+  <si>
+    <t>27/03/2020 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984074/fr/tiorfan-tiorfanor-racecadotril</t>
+  </si>
+  <si>
+    <t>pprd_2984074</t>
+  </si>
+  <si>
+    <t>racécadotril</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400640/fr/tiorfan-10-mg-nourrissons-poudre-orale-en-sachet-dose-boite-de-16-cip-352-111-3-tiorfan-30-mg-enfants-poudre-orale-en-sachet-dose-boite-de-30-cip-352-114-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951425/fr/tiorfan-tiorfanor-racecadotril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642053/fr/tiorfan-tiorfanor-racecadotril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642926/fr/tiorfanor-racecadotril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166665/fr/tiorfan-racecadotril</t>
+  </si>
+  <si>
+    <t>TILLHEPO (acide ursodésoxycholique)</t>
+  </si>
+  <si>
+    <t>06/03/2020 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161050/fr/tillhepo-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>p_3161050</t>
+  </si>
+  <si>
+    <t>acide ursodésoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159936/fr/tillhepo-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>CREON (pancréatine)</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983963/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>pprd_2983963</t>
+  </si>
+  <si>
+    <t>pancréatine</t>
   </si>
   <si>
     <t>MYLAN MEDICAL SAS</t>
-  </si>
-[...718 lines deleted...]
-    <t>pancréatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398880/fr/creon-25-000-u-microgranules-gastroresistants-en-gelules-boite-de-60</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_459867/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_968482/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1245654/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1773278/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1773281/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2671758/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3164100/fr/creon-pancreatine</t>
   </si>
@@ -16100,4130 +16172,4112 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B2" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="C2" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="D2" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="E2" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="H2" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B3" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="C3" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="D3" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="E3" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="H3" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B4" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="C4" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="D4" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="E4" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="H4" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B5" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="C5" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="D5" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="E5" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="H5" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B6" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="C6" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="D6" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E6" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="H6" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B7" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="C7" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="D7" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="E7" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="H7" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B8" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="C8" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="D8" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="E8" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="H8" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B9" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="C9" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="D9" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="E9" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="H9" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B10" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C10" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="D10" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="E10" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="H10" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B11" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="C11" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="D11" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="E11" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="H11" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B12" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="C12" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="D12" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="E12" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="H12" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B13" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="C13" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="D13" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="E13" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="H13" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B14" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="C14" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="D14" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="E14" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="H14" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B15" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="C15" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="D15" t="s">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="E15" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="H15" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B16" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="C16" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="D16" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="E16" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="H16" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B17" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="C17" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="D17" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="E17" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="H17" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B18" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="C18" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="D18" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="E18" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="H18" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B19" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="C19" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="D19" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="E19" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="H19" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B20" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="C20" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="D20" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="E20" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="H20" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B21" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="C21" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="D21" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="E21" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="H21" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B22" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="C22" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="D22" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="E22" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="H22" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B23" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="C23" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="D23" t="s">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="E23" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="H23" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B24" t="s">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="C24" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
       <c r="D24" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="E24" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="H24" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B25" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="C25" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="H25" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B26" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="C26" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="D26" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E26" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="H26" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B27" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="C27" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="D27" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E27" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="H27" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B28" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C28" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="D28" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="E28" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="H28" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B29" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="C29" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="D29" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="E29" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="H29" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B30" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="C30" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="D30" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="E30" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="H30" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B31" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="C31" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="D31" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="E31" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="H31" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B32" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E32" t="s">
         <v>1548</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="H32" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B33" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="C33" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="D33" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="E33" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="H33" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B34" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="C34" t="s">
-        <v>1559</v>
+        <v>1566</v>
       </c>
       <c r="D34" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="E34" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="H34" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B35" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="C35" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="D35" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="E35" t="s">
-        <v>1566</v>
+        <v>1573</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1567</v>
+        <v>1574</v>
       </c>
       <c r="H35" t="s">
-        <v>1568</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B36" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="C36" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="D36" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="E36" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="H36" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B37" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="C37" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="D37" t="s">
-        <v>1576</v>
+        <v>1583</v>
       </c>
       <c r="E37" t="s">
-        <v>1577</v>
+        <v>1584</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1578</v>
+        <v>1585</v>
       </c>
       <c r="H37" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B38" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="C38" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="D38" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="E38" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="H38" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B39" t="s">
-        <v>1586</v>
+        <v>1593</v>
       </c>
       <c r="C39" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D39" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="E39" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="H39" t="s">
-        <v>1591</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B40" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="C40" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="D40" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="E40" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="H40" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B41" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="C41" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="D41" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="E41" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="H41" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B42" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="C42" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="D42" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="E42" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="H42" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B43" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="C43" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="D43" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="E43" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="H43" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B44" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="C44" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="D44" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="E44" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="H44" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B45" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="C45" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="H45" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B46" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="C46" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="D46" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="E46" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="H46" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B2" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="C2" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="D2" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="E2" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="H2" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B3" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="C3" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="D3" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="E3" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
       <c r="H3" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B4" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="C4" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="D4" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="E4" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="H4" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B5" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="C5" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="D5" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
       <c r="E5" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="H5" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B6" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="C6" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="D6" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="E6" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="H6" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B7" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="C7" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
       <c r="D7" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="E7" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
       <c r="H7" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B8" t="s">
-        <v>1665</v>
+        <v>1672</v>
       </c>
       <c r="C8" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
       <c r="D8" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="E8" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="H8" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B9" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="C9" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="D9" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
       <c r="E9" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
       <c r="H9" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B10" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
       <c r="C10" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="D10" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="E10" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="H10" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B11" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
       <c r="C11" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="D11" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="E11" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="H11" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B12" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="C12" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="D12" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="E12" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="H12" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B13" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="C13" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="D13" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="E13" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1698</v>
+        <v>1705</v>
       </c>
       <c r="H13" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B14" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="C14" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="D14" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="E14" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="H14" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B15" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="C15" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="D15" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="E15" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="H15" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B16" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="C16" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="D16" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="E16" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="H16" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B17" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E17" t="s">
         <v>1715</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="H17" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B18" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="C18" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="D18" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="E18" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="H18" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B19" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="C19" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="D19" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="E19" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="H19" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B20" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="C20" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="D20" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="E20" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="H20" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM355"/>
+  <dimension ref="A1:BP356"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
       <c r="J1" t="s">
         <v>21</v>
       </c>
       <c r="K1" t="s">
-        <v>1739</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B2" t="s">
-        <v>1741</v>
+        <v>1748</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1742</v>
+        <v>1749</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
       <c r="H2" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
       <c r="I2" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="J2" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="K2" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
       <c r="L2" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
       <c r="M2" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="N2" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="O2" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="P2" t="s">
-        <v>1752</v>
-[...19 lines deleted...]
-      <c r="W2" t="s">
         <v>1759</v>
-      </c>
-[...10 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B3" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I3" t="s">
         <v>1764</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
         <v>1765</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K3" t="s">
         <v>1766</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
         <v>1767</v>
-      </c>
-[...49 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B4" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1771</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1772</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1773</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1774</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1775</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1776</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1777</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1778</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1779</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1780</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1781</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1782</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1783</v>
+      </c>
+      <c r="U4" t="s">
+        <v>1784</v>
+      </c>
+      <c r="V4" t="s">
         <v>1785</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="W4" t="s">
         <v>1786</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="X4" t="s">
         <v>1787</v>
       </c>
-      <c r="H4" t="s">
+      <c r="Y4" t="s">
         <v>1788</v>
       </c>
-      <c r="I4" t="s">
+      <c r="Z4" t="s">
         <v>1789</v>
       </c>
-      <c r="J4" t="s">
+      <c r="AA4" t="s">
         <v>1790</v>
       </c>
-      <c r="K4" t="s">
+      <c r="AB4" t="s">
         <v>1791</v>
       </c>
-      <c r="L4" t="s">
+      <c r="AC4" t="s">
         <v>1792</v>
       </c>
-      <c r="M4" t="s">
+      <c r="AD4" t="s">
         <v>1793</v>
       </c>
-      <c r="N4" t="s">
+      <c r="AE4" t="s">
         <v>1794</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>1795</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>1796</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>1797</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>1799</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>1800</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>1802</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>1803</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>1804</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>1805</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>1806</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>1807</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>1808</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>1809</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>1810</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>1811</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>1812</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>1813</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>1815</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>1816</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>1817</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>1818</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>1819</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>1820</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>1821</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>1822</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>1825</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>1826</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>1827</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>1828</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>1829</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>1830</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>1831</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B5" t="s">
-        <v>1795</v>
+        <v>1832</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1796</v>
+        <v>1833</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1797</v>
+        <v>1834</v>
       </c>
       <c r="H5" t="s">
-        <v>1798</v>
+        <v>1835</v>
       </c>
       <c r="I5" t="s">
-        <v>1799</v>
+        <v>1836</v>
       </c>
       <c r="J5" t="s">
-        <v>1800</v>
+        <v>1837</v>
       </c>
       <c r="K5" t="s">
-        <v>1801</v>
+        <v>1838</v>
       </c>
       <c r="L5" t="s">
-        <v>1802</v>
+        <v>1839</v>
       </c>
       <c r="M5" t="s">
-        <v>1803</v>
+        <v>1840</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1843</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B6" t="s">
-        <v>1804</v>
+        <v>1844</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1805</v>
+        <v>1845</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1806</v>
+        <v>1846</v>
       </c>
       <c r="H6" t="s">
-        <v>1807</v>
+        <v>1847</v>
       </c>
       <c r="I6" t="s">
-        <v>1808</v>
+        <v>1848</v>
       </c>
       <c r="J6" t="s">
-        <v>1809</v>
+        <v>1849</v>
       </c>
       <c r="K6" t="s">
-        <v>1810</v>
+        <v>1850</v>
       </c>
       <c r="L6" t="s">
-        <v>1811</v>
+        <v>1851</v>
       </c>
       <c r="M6" t="s">
-        <v>1812</v>
+        <v>1852</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1853</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1854</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1857</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1858</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1859</v>
+      </c>
+      <c r="U6" t="s">
+        <v>1860</v>
+      </c>
+      <c r="V6" t="s">
+        <v>1861</v>
+      </c>
+      <c r="W6" t="s">
+        <v>1862</v>
+      </c>
+      <c r="X6" t="s">
+        <v>1863</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>1864</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>1866</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B7" t="s">
-        <v>1813</v>
+        <v>1867</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1814</v>
+        <v>1868</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1815</v>
+        <v>1869</v>
       </c>
       <c r="H7" t="s">
-        <v>1816</v>
+        <v>1870</v>
       </c>
       <c r="I7" t="s">
-        <v>1817</v>
+        <v>1871</v>
       </c>
       <c r="J7" t="s">
-        <v>1818</v>
+        <v>1872</v>
       </c>
       <c r="K7" t="s">
-        <v>1819</v>
+        <v>1873</v>
       </c>
       <c r="L7" t="s">
-        <v>1820</v>
+        <v>1874</v>
       </c>
       <c r="M7" t="s">
-        <v>1821</v>
+        <v>1875</v>
       </c>
       <c r="N7" t="s">
-        <v>1822</v>
+        <v>1876</v>
       </c>
       <c r="O7" t="s">
-        <v>1823</v>
+        <v>1877</v>
       </c>
       <c r="P7" t="s">
-        <v>1824</v>
+        <v>1878</v>
       </c>
       <c r="Q7" t="s">
-        <v>1825</v>
+        <v>1879</v>
       </c>
       <c r="R7" t="s">
-        <v>1826</v>
+        <v>1880</v>
       </c>
       <c r="S7" t="s">
-        <v>1827</v>
+        <v>1881</v>
       </c>
       <c r="T7" t="s">
-        <v>1828</v>
+        <v>1882</v>
       </c>
       <c r="U7" t="s">
-        <v>1829</v>
+        <v>1883</v>
       </c>
       <c r="V7" t="s">
-        <v>1830</v>
+        <v>1884</v>
+      </c>
+      <c r="W7" t="s">
+        <v>1885</v>
+      </c>
+      <c r="X7" t="s">
+        <v>1886</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B8" t="s">
-        <v>1831</v>
+        <v>1888</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1832</v>
+        <v>1889</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1833</v>
+        <v>1890</v>
       </c>
       <c r="H8" t="s">
-        <v>1834</v>
+        <v>1891</v>
       </c>
       <c r="I8" t="s">
-        <v>1835</v>
+        <v>1892</v>
       </c>
       <c r="J8" t="s">
-        <v>1836</v>
+        <v>1893</v>
       </c>
       <c r="K8" t="s">
-        <v>1837</v>
+        <v>1894</v>
       </c>
       <c r="L8" t="s">
-        <v>1838</v>
+        <v>1895</v>
       </c>
       <c r="M8" t="s">
-        <v>1839</v>
+        <v>1896</v>
       </c>
       <c r="N8" t="s">
-        <v>1840</v>
-[...122 lines deleted...]
-        <v>1879</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B9" t="s">
-        <v>1880</v>
+        <v>1898</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1881</v>
+        <v>1899</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1882</v>
+        <v>1900</v>
       </c>
       <c r="H9" t="s">
-        <v>1883</v>
+        <v>1901</v>
       </c>
       <c r="I9" t="s">
-        <v>1884</v>
+        <v>1902</v>
       </c>
       <c r="J9" t="s">
-        <v>1836</v>
+        <v>1903</v>
       </c>
       <c r="K9" t="s">
-        <v>1885</v>
+        <v>1904</v>
       </c>
       <c r="L9" t="s">
-        <v>1886</v>
+        <v>1905</v>
       </c>
       <c r="M9" t="s">
-        <v>1887</v>
-[...38 lines deleted...]
-        <v>1879</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B10" t="s">
-        <v>1891</v>
+        <v>1907</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1892</v>
+        <v>1908</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1893</v>
+        <v>1909</v>
       </c>
       <c r="H10" t="s">
-        <v>1894</v>
+        <v>1910</v>
       </c>
       <c r="I10" t="s">
-        <v>1895</v>
+        <v>1911</v>
       </c>
       <c r="J10" t="s">
-        <v>1896</v>
+        <v>1912</v>
       </c>
       <c r="K10" t="s">
-        <v>1897</v>
+        <v>1913</v>
       </c>
       <c r="L10" t="s">
-        <v>1898</v>
+        <v>1914</v>
       </c>
       <c r="M10" t="s">
-        <v>1899</v>
-[...11 lines deleted...]
-        <v>1903</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B11" t="s">
-        <v>1904</v>
+        <v>1916</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1905</v>
+        <v>1917</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1906</v>
+        <v>1918</v>
       </c>
       <c r="H11" t="s">
-        <v>1907</v>
+        <v>1919</v>
       </c>
       <c r="I11" t="s">
-        <v>1908</v>
+        <v>1920</v>
       </c>
       <c r="J11" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="K11" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="L11" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="M11" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
       <c r="N11" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="O11" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
       <c r="P11" t="s">
-        <v>1915</v>
+        <v>1927</v>
       </c>
       <c r="Q11" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="R11" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
       <c r="S11" t="s">
-        <v>1918</v>
+        <v>1930</v>
       </c>
       <c r="T11" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="U11" t="s">
-        <v>1920</v>
+        <v>1932</v>
+      </c>
+      <c r="V11" t="s">
+        <v>1933</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B12" t="s">
-        <v>1921</v>
+        <v>1934</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1922</v>
+        <v>1935</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1923</v>
+        <v>1936</v>
       </c>
       <c r="H12" t="s">
-        <v>1924</v>
+        <v>1937</v>
       </c>
       <c r="I12" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="J12" t="s">
-        <v>1926</v>
+        <v>1939</v>
       </c>
       <c r="K12" t="s">
-        <v>1927</v>
+        <v>1940</v>
       </c>
       <c r="L12" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="M12" t="s">
-        <v>1929</v>
+        <v>1942</v>
       </c>
       <c r="N12" t="s">
-        <v>1930</v>
+        <v>1943</v>
       </c>
       <c r="O12" t="s">
-        <v>1931</v>
+        <v>1944</v>
       </c>
       <c r="P12" t="s">
-        <v>1931</v>
+        <v>1945</v>
       </c>
       <c r="Q12" t="s">
-        <v>1932</v>
+        <v>1946</v>
       </c>
       <c r="R12" t="s">
-        <v>1933</v>
+        <v>1947</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1948</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1949</v>
+      </c>
+      <c r="U12" t="s">
+        <v>1950</v>
+      </c>
+      <c r="V12" t="s">
+        <v>1951</v>
+      </c>
+      <c r="W12" t="s">
+        <v>1952</v>
+      </c>
+      <c r="X12" t="s">
+        <v>1953</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>1954</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>1956</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>1957</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>1958</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>1959</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>1960</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>1961</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>1962</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>1963</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>1964</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>1965</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>1966</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>1967</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>1968</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>1969</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>1970</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>1971</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>1972</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>1973</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>1974</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>1975</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>1976</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>1977</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>1978</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>1979</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>1980</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>1974</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>1981</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>1982</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B13" t="s">
-        <v>1934</v>
+        <v>1983</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1935</v>
+        <v>1984</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1936</v>
+        <v>1985</v>
       </c>
       <c r="H13" t="s">
-        <v>1937</v>
+        <v>1986</v>
       </c>
       <c r="I13" t="s">
-        <v>1938</v>
+        <v>1987</v>
       </c>
       <c r="J13" t="s">
         <v>1939</v>
       </c>
       <c r="K13" t="s">
-        <v>1940</v>
+        <v>1988</v>
       </c>
       <c r="L13" t="s">
-        <v>1941</v>
+        <v>1989</v>
       </c>
       <c r="M13" t="s">
-        <v>1942</v>
+        <v>1990</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1991</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1992</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1993</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1952</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1954</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1958</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1959</v>
+      </c>
+      <c r="U13" t="s">
+        <v>1969</v>
+      </c>
+      <c r="V13" t="s">
+        <v>1976</v>
+      </c>
+      <c r="W13" t="s">
+        <v>1977</v>
+      </c>
+      <c r="X13" t="s">
+        <v>1978</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>1981</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>1982</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B14" t="s">
-        <v>1943</v>
+        <v>1994</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1944</v>
+        <v>1995</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1945</v>
+        <v>1996</v>
       </c>
       <c r="H14" t="s">
-        <v>1946</v>
+        <v>1997</v>
       </c>
       <c r="I14" t="s">
-        <v>1947</v>
+        <v>1998</v>
       </c>
       <c r="J14" t="s">
-        <v>1948</v>
+        <v>1999</v>
       </c>
       <c r="K14" t="s">
-        <v>1949</v>
+        <v>2000</v>
       </c>
       <c r="L14" t="s">
-        <v>1950</v>
+        <v>2001</v>
       </c>
       <c r="M14" t="s">
-        <v>1951</v>
+        <v>2002</v>
       </c>
       <c r="N14" t="s">
-        <v>1952</v>
+        <v>2003</v>
       </c>
       <c r="O14" t="s">
-        <v>1953</v>
+        <v>2004</v>
       </c>
       <c r="P14" t="s">
-        <v>1954</v>
+        <v>2005</v>
       </c>
       <c r="Q14" t="s">
-        <v>1955</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B15" t="s">
-        <v>1956</v>
+        <v>2007</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1957</v>
+        <v>2008</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1958</v>
+        <v>2009</v>
       </c>
       <c r="H15" t="s">
-        <v>1959</v>
+        <v>2010</v>
       </c>
       <c r="I15" t="s">
-        <v>1960</v>
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>1961</v>
+        <v>2012</v>
       </c>
       <c r="K15" t="s">
-        <v>1962</v>
+        <v>2013</v>
       </c>
       <c r="L15" t="s">
-        <v>1963</v>
+        <v>2014</v>
       </c>
       <c r="M15" t="s">
-        <v>1964</v>
+        <v>2015</v>
       </c>
       <c r="N15" t="s">
-        <v>1965</v>
+        <v>2016</v>
       </c>
       <c r="O15" t="s">
-        <v>1966</v>
+        <v>2017</v>
       </c>
       <c r="P15" t="s">
-        <v>1967</v>
+        <v>2018</v>
       </c>
       <c r="Q15" t="s">
-        <v>1968</v>
+        <v>2019</v>
       </c>
       <c r="R15" t="s">
-        <v>1969</v>
+        <v>2020</v>
       </c>
       <c r="S15" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="T15" t="s">
-        <v>1971</v>
+        <v>2022</v>
       </c>
       <c r="U15" t="s">
-        <v>1972</v>
-[...131 lines deleted...]
-        <v>2016</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B16" t="s">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="H16" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="I16" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="J16" t="s">
-        <v>2022</v>
+        <v>2029</v>
       </c>
       <c r="K16" t="s">
-        <v>2023</v>
+        <v>2030</v>
       </c>
       <c r="L16" t="s">
-        <v>2024</v>
+        <v>2031</v>
       </c>
       <c r="M16" t="s">
-        <v>2025</v>
+        <v>2032</v>
       </c>
       <c r="N16" t="s">
-        <v>2026</v>
+        <v>2033</v>
       </c>
       <c r="O16" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="P16" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="Q16" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="R16" t="s">
-        <v>2030</v>
-[...8 lines deleted...]
-        <v>2033</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B17" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="H17" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="I17" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="J17" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="K17" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="L17" t="s">
-        <v>2041</v>
+        <v>2044</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2045</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B18" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="H18" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="I18" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="J18" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="K18" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="L18" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
       <c r="M18" t="s">
-        <v>2050</v>
+        <v>2054</v>
       </c>
       <c r="N18" t="s">
-        <v>2051</v>
+        <v>2055</v>
+      </c>
+      <c r="O18" t="s">
+        <v>2056</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2057</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2058</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B19" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2054</v>
+        <v>2061</v>
       </c>
       <c r="H19" t="s">
-        <v>2055</v>
+        <v>2062</v>
       </c>
       <c r="I19" t="s">
-        <v>2056</v>
+        <v>2063</v>
       </c>
       <c r="J19" t="s">
-        <v>2039</v>
+        <v>2064</v>
       </c>
       <c r="K19" t="s">
-        <v>2057</v>
+        <v>2065</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2068</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2069</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2070</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2071</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2072</v>
+      </c>
+      <c r="S19" t="s">
+        <v>2073</v>
+      </c>
+      <c r="T19" t="s">
+        <v>2074</v>
+      </c>
+      <c r="U19" t="s">
+        <v>2075</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B20" t="s">
-        <v>2058</v>
+        <v>2076</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2059</v>
+        <v>2077</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2060</v>
+        <v>2078</v>
       </c>
       <c r="H20" t="s">
-        <v>2061</v>
+        <v>2079</v>
       </c>
       <c r="I20" t="s">
-        <v>2062</v>
+        <v>2080</v>
       </c>
       <c r="J20" t="s">
-        <v>1818</v>
+        <v>2081</v>
       </c>
       <c r="K20" t="s">
-        <v>2063</v>
+        <v>2082</v>
       </c>
       <c r="L20" t="s">
-        <v>2064</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B21" t="s">
-        <v>2065</v>
+        <v>2084</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2059</v>
+        <v>2085</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2066</v>
+        <v>2086</v>
       </c>
       <c r="H21" t="s">
-        <v>2067</v>
+        <v>2087</v>
       </c>
       <c r="I21" t="s">
-        <v>2068</v>
+        <v>2088</v>
       </c>
       <c r="J21" t="s">
-        <v>1961</v>
+        <v>2089</v>
       </c>
       <c r="K21" t="s">
-        <v>2069</v>
+        <v>2090</v>
       </c>
       <c r="L21" t="s">
-        <v>2070</v>
+        <v>2091</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2093</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B22" t="s">
-        <v>2071</v>
+        <v>2094</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2072</v>
+        <v>2095</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2073</v>
+        <v>2096</v>
       </c>
       <c r="H22" t="s">
-        <v>2074</v>
+        <v>2097</v>
       </c>
       <c r="I22" t="s">
-        <v>2075</v>
+        <v>2098</v>
       </c>
       <c r="J22" t="s">
-        <v>1896</v>
+        <v>2081</v>
       </c>
       <c r="K22" t="s">
-        <v>2076</v>
-[...2 lines deleted...]
-        <v>2077</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B23" t="s">
-        <v>2078</v>
+        <v>2100</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2079</v>
+        <v>2101</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2080</v>
+        <v>2102</v>
       </c>
       <c r="H23" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="I23" t="s">
-        <v>2082</v>
+        <v>2104</v>
       </c>
       <c r="J23" t="s">
-        <v>2083</v>
+        <v>1921</v>
       </c>
       <c r="K23" t="s">
-        <v>2084</v>
+        <v>2105</v>
       </c>
       <c r="L23" t="s">
-        <v>2085</v>
-[...11 lines deleted...]
-        <v>2089</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B24" t="s">
-        <v>2090</v>
+        <v>2107</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2091</v>
+        <v>2101</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2092</v>
+        <v>2108</v>
       </c>
       <c r="H24" t="s">
-        <v>2093</v>
+        <v>2109</v>
       </c>
       <c r="I24" t="s">
-        <v>2094</v>
+        <v>2110</v>
       </c>
       <c r="J24" t="s">
-        <v>2095</v>
+        <v>1773</v>
       </c>
       <c r="K24" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
       <c r="L24" t="s">
-        <v>2097</v>
-[...35 lines deleted...]
-        <v>2109</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B25" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="H25" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="I25" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="J25" t="s">
-        <v>1836</v>
+        <v>1999</v>
       </c>
       <c r="K25" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="L25" t="s">
-        <v>2116</v>
-[...5 lines deleted...]
-        <v>2118</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B26" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="H26" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="I26" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="J26" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="K26" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="L26" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="M26" t="s">
-        <v>2127</v>
+        <v>2128</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2129</v>
+      </c>
+      <c r="O26" t="s">
+        <v>2130</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2131</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B27" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="H27" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="I27" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="J27" t="s">
-        <v>2133</v>
+        <v>1837</v>
       </c>
       <c r="K27" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="L27" t="s">
-        <v>2135</v>
+        <v>2138</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2139</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2140</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2141</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2142</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2143</v>
+      </c>
+      <c r="R27" t="s">
+        <v>2144</v>
+      </c>
+      <c r="S27" t="s">
+        <v>2145</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2146</v>
+      </c>
+      <c r="U27" t="s">
+        <v>2147</v>
+      </c>
+      <c r="V27" t="s">
+        <v>2148</v>
+      </c>
+      <c r="W27" t="s">
+        <v>2149</v>
+      </c>
+      <c r="X27" t="s">
+        <v>2150</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B28" t="s">
-        <v>2136</v>
+        <v>2151</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2137</v>
+        <v>2152</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2138</v>
+        <v>2153</v>
       </c>
       <c r="H28" t="s">
-        <v>2139</v>
+        <v>2154</v>
       </c>
       <c r="I28" t="s">
-        <v>2140</v>
+        <v>2155</v>
       </c>
       <c r="J28" t="s">
-        <v>2141</v>
+        <v>1939</v>
       </c>
       <c r="K28" t="s">
-        <v>2142</v>
+        <v>2156</v>
       </c>
       <c r="L28" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="M28" t="s">
-        <v>2144</v>
+        <v>2158</v>
       </c>
       <c r="N28" t="s">
-        <v>2145</v>
-[...5 lines deleted...]
-        <v>2145</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B29" t="s">
-        <v>2147</v>
+        <v>2160</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2148</v>
+        <v>2161</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2149</v>
+        <v>2162</v>
       </c>
       <c r="H29" t="s">
-        <v>2150</v>
+        <v>2163</v>
       </c>
       <c r="I29" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
       <c r="J29" t="s">
-        <v>2152</v>
+        <v>2165</v>
       </c>
       <c r="K29" t="s">
-        <v>2153</v>
+        <v>2166</v>
       </c>
       <c r="L29" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="M29" t="s">
-        <v>2155</v>
-[...26 lines deleted...]
-        <v>2164</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B30" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="H30" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="I30" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="J30" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="K30" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="L30" t="s">
-        <v>2172</v>
-[...2 lines deleted...]
-        <v>2173</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B31" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="H31" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="I31" t="s">
-        <v>2169</v>
+        <v>2181</v>
       </c>
       <c r="J31" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="K31" t="s">
-        <v>2179</v>
+        <v>2183</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2184</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2185</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2186</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2187</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2186</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B32" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="H32" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="I32" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="J32" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="K32" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="L32" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="M32" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="N32" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="O32" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="P32" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="Q32" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="R32" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="S32" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="T32" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="U32" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="V32" t="s">
-        <v>2197</v>
-[...22 lines deleted...]
-      <c r="AD32" t="s">
         <v>2205</v>
-      </c>
-[...31 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B33" t="s">
-        <v>2217</v>
+        <v>2206</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2218</v>
+        <v>2207</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2219</v>
+        <v>2208</v>
       </c>
       <c r="H33" t="s">
-        <v>2220</v>
+        <v>2209</v>
       </c>
       <c r="I33" t="s">
-        <v>2221</v>
+        <v>2210</v>
       </c>
       <c r="J33" t="s">
-        <v>2222</v>
+        <v>2211</v>
       </c>
       <c r="K33" t="s">
-        <v>2223</v>
+        <v>2212</v>
       </c>
       <c r="L33" t="s">
-        <v>2224</v>
+        <v>2213</v>
       </c>
       <c r="M33" t="s">
-        <v>2225</v>
-[...2 lines deleted...]
-        <v>2226</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B34" t="s">
-        <v>2227</v>
+        <v>2215</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2228</v>
+        <v>2216</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2229</v>
+        <v>2217</v>
       </c>
       <c r="H34" t="s">
-        <v>2230</v>
+        <v>2218</v>
       </c>
       <c r="I34" t="s">
-        <v>2231</v>
+        <v>2210</v>
       </c>
       <c r="J34" t="s">
-        <v>1746</v>
+        <v>2219</v>
       </c>
       <c r="K34" t="s">
-        <v>2232</v>
-[...44 lines deleted...]
-        <v>2247</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B35" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2222</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2225</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2227</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2228</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2229</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2230</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2232</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2233</v>
+      </c>
+      <c r="R35" t="s">
+        <v>2234</v>
+      </c>
+      <c r="S35" t="s">
+        <v>2235</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2236</v>
+      </c>
+      <c r="U35" t="s">
+        <v>2237</v>
+      </c>
+      <c r="V35" t="s">
+        <v>2238</v>
+      </c>
+      <c r="W35" t="s">
+        <v>2239</v>
+      </c>
+      <c r="X35" t="s">
+        <v>2240</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>2241</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>2242</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>2243</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>2244</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>2245</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>2246</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>2247</v>
+      </c>
+      <c r="AF35" t="s">
         <v>2248</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="AG35" t="s">
         <v>2249</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="AH35" t="s">
         <v>2250</v>
       </c>
-      <c r="H35" t="s">
+      <c r="AI35" t="s">
         <v>2251</v>
       </c>
-      <c r="I35" t="s">
+      <c r="AJ35" t="s">
         <v>2252</v>
       </c>
-      <c r="J35" t="s">
-[...2 lines deleted...]
-      <c r="K35" t="s">
+      <c r="AK35" t="s">
         <v>2253</v>
       </c>
-      <c r="L35" t="s">
+      <c r="AL35" t="s">
         <v>2254</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>2255</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>2256</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>2257</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B36" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
       <c r="H36" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="I36" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="J36" t="s">
-        <v>1909</v>
+        <v>2263</v>
       </c>
       <c r="K36" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="L36" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="M36" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="N36" t="s">
-        <v>2263</v>
-[...10 lines deleted...]
-      <c r="R36" t="s">
         <v>2267</v>
-      </c>
-[...13 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B37" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K37" t="s">
         <v>2273</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="L37" t="s">
         <v>2274</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="M37" t="s">
         <v>2275</v>
       </c>
-      <c r="H37" t="s">
+      <c r="N37" t="s">
         <v>2276</v>
       </c>
-      <c r="I37" t="s">
+      <c r="O37" t="s">
         <v>2277</v>
       </c>
-      <c r="J37" t="s">
+      <c r="P37" t="s">
         <v>2278</v>
       </c>
-      <c r="K37" t="s">
+      <c r="Q37" t="s">
         <v>2279</v>
       </c>
-      <c r="L37" t="s">
+      <c r="R37" t="s">
         <v>2280</v>
       </c>
-      <c r="M37" t="s">
+      <c r="S37" t="s">
         <v>2281</v>
       </c>
-      <c r="N37" t="s">
+      <c r="T37" t="s">
         <v>2282</v>
       </c>
-      <c r="O37" t="s">
+      <c r="U37" t="s">
         <v>2283</v>
       </c>
-      <c r="P37" t="s">
+      <c r="V37" t="s">
         <v>2284</v>
       </c>
-      <c r="Q37" t="s">
+      <c r="W37" t="s">
         <v>2285</v>
       </c>
-      <c r="R37" t="s">
+      <c r="X37" t="s">
         <v>2286</v>
       </c>
-      <c r="S37" t="s">
+      <c r="Y37" t="s">
         <v>2287</v>
       </c>
-      <c r="T37" t="s">
+      <c r="Z37" t="s">
         <v>2288</v>
-      </c>
-[...28 lines deleted...]
-        <v>2298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B38" t="s">
-        <v>2299</v>
+        <v>2289</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2300</v>
+        <v>2290</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2301</v>
+        <v>2291</v>
       </c>
       <c r="H38" t="s">
-        <v>2302</v>
+        <v>2292</v>
       </c>
       <c r="I38" t="s">
-        <v>2303</v>
+        <v>2293</v>
       </c>
       <c r="J38" t="s">
-        <v>2304</v>
+        <v>2211</v>
       </c>
       <c r="K38" t="s">
-        <v>2305</v>
+        <v>2294</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2295</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B39" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2299</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2300</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2012</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2301</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2302</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2303</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2304</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2305</v>
+      </c>
+      <c r="P39" t="s">
         <v>2306</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="Q39" t="s">
         <v>2307</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="R39" t="s">
         <v>2308</v>
       </c>
-      <c r="H39" t="s">
+      <c r="S39" t="s">
         <v>2309</v>
       </c>
-      <c r="I39" t="s">
+      <c r="T39" t="s">
         <v>2310</v>
       </c>
-      <c r="J39" t="s">
+      <c r="U39" t="s">
         <v>2311</v>
       </c>
-      <c r="K39" t="s">
+      <c r="V39" t="s">
         <v>2312</v>
       </c>
-      <c r="L39" t="s">
+      <c r="W39" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B40" t="s">
         <v>2314</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>2315</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>2316</v>
       </c>
       <c r="H40" t="s">
         <v>2317</v>
       </c>
       <c r="I40" t="s">
         <v>2318</v>
       </c>
@@ -20244,14324 +20298,14407 @@
       </c>
       <c r="O40" t="s">
         <v>2324</v>
       </c>
       <c r="P40" t="s">
         <v>2325</v>
       </c>
       <c r="Q40" t="s">
         <v>2326</v>
       </c>
       <c r="R40" t="s">
         <v>2327</v>
       </c>
       <c r="S40" t="s">
         <v>2328</v>
       </c>
       <c r="T40" t="s">
         <v>2329</v>
       </c>
       <c r="U40" t="s">
         <v>2330</v>
       </c>
       <c r="V40" t="s">
         <v>2331</v>
       </c>
+      <c r="W40" t="s">
+        <v>2332</v>
+      </c>
+      <c r="X40" t="s">
+        <v>2333</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>2334</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>2335</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>2336</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>2337</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>2338</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>2339</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B41" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="H41" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="I41" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
       <c r="J41" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="K41" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="L41" t="s">
-        <v>2339</v>
-[...5 lines deleted...]
-        <v>2340</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B42" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
       <c r="H42" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
       <c r="I42" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="J42" t="s">
-        <v>1961</v>
+        <v>2353</v>
       </c>
       <c r="K42" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="L42" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="M42" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="N42" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="O42" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
       <c r="P42" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="Q42" t="s">
-        <v>2352</v>
+        <v>2360</v>
       </c>
       <c r="R42" t="s">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="S42" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
       <c r="T42" t="s">
-        <v>2355</v>
+        <v>2363</v>
+      </c>
+      <c r="U42" t="s">
+        <v>2364</v>
+      </c>
+      <c r="V42" t="s">
+        <v>2365</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B43" t="s">
-        <v>2356</v>
+        <v>2366</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2358</v>
+        <v>2368</v>
       </c>
       <c r="H43" t="s">
-        <v>2359</v>
+        <v>2369</v>
       </c>
       <c r="I43" t="s">
-        <v>2360</v>
+        <v>2370</v>
       </c>
       <c r="J43" t="s">
-        <v>1769</v>
+        <v>2371</v>
       </c>
       <c r="K43" t="s">
-        <v>2361</v>
+        <v>2372</v>
       </c>
       <c r="L43" t="s">
-        <v>2362</v>
+        <v>2373</v>
       </c>
       <c r="M43" t="s">
-        <v>2363</v>
+        <v>2374</v>
       </c>
       <c r="N43" t="s">
-        <v>2364</v>
-[...28 lines deleted...]
-      <c r="X43" t="s">
         <v>2374</v>
-      </c>
-[...55 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B44" t="s">
-        <v>2394</v>
+        <v>2375</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2395</v>
+        <v>2376</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2396</v>
+        <v>2377</v>
       </c>
       <c r="H44" t="s">
-        <v>2397</v>
+        <v>2378</v>
       </c>
       <c r="I44" t="s">
-        <v>2398</v>
+        <v>2379</v>
       </c>
       <c r="J44" t="s">
-        <v>2399</v>
+        <v>1773</v>
       </c>
       <c r="K44" t="s">
-        <v>2400</v>
+        <v>2380</v>
       </c>
       <c r="L44" t="s">
-        <v>2401</v>
+        <v>2381</v>
       </c>
       <c r="M44" t="s">
-        <v>2402</v>
+        <v>2382</v>
       </c>
       <c r="N44" t="s">
-        <v>2403</v>
+        <v>2383</v>
       </c>
       <c r="O44" t="s">
-        <v>2404</v>
+        <v>2384</v>
       </c>
       <c r="P44" t="s">
-        <v>2405</v>
+        <v>2385</v>
       </c>
       <c r="Q44" t="s">
-        <v>2406</v>
+        <v>2386</v>
       </c>
       <c r="R44" t="s">
-        <v>2407</v>
+        <v>2387</v>
       </c>
       <c r="S44" t="s">
-        <v>2408</v>
+        <v>2388</v>
       </c>
       <c r="T44" t="s">
-        <v>2409</v>
-[...29 lines deleted...]
-        <v>2419</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B45" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2393</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2394</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2395</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2396</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2397</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2398</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2399</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2400</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2401</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2402</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2403</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2404</v>
+      </c>
+      <c r="U45" t="s">
+        <v>2405</v>
+      </c>
+      <c r="V45" t="s">
+        <v>2406</v>
+      </c>
+      <c r="W45" t="s">
+        <v>2407</v>
+      </c>
+      <c r="X45" t="s">
+        <v>2408</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>2409</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>2410</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>2411</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>2412</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>2413</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>2414</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>2415</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>2416</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>2417</v>
+      </c>
+      <c r="AH45" t="s">
+        <v>2418</v>
+      </c>
+      <c r="AI45" t="s">
+        <v>2419</v>
+      </c>
+      <c r="AJ45" t="s">
         <v>2420</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="AK45" t="s">
         <v>2421</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="AL45" t="s">
         <v>2422</v>
       </c>
-      <c r="H45" t="s">
+      <c r="AM45" t="s">
         <v>2423</v>
       </c>
-      <c r="I45" t="s">
+      <c r="AN45" t="s">
         <v>2424</v>
       </c>
-      <c r="J45" t="s">
-[...2 lines deleted...]
-      <c r="K45" t="s">
+      <c r="AO45" t="s">
         <v>2425</v>
       </c>
-      <c r="L45" t="s">
+      <c r="AP45" t="s">
         <v>2426</v>
       </c>
-      <c r="M45" t="s">
+      <c r="AQ45" t="s">
         <v>2427</v>
-      </c>
-[...25 lines deleted...]
-        <v>2436</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B46" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2430</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2431</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2432</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2433</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2434</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2436</v>
+      </c>
+      <c r="N46" t="s">
         <v>2437</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="O46" t="s">
         <v>2438</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="P46" t="s">
         <v>2439</v>
       </c>
-      <c r="H46" t="s">
+      <c r="Q46" t="s">
         <v>2440</v>
       </c>
-      <c r="I46" t="s">
+      <c r="R46" t="s">
         <v>2441</v>
       </c>
-      <c r="J46" t="s">
-[...2 lines deleted...]
-      <c r="K46" t="s">
+      <c r="S46" t="s">
         <v>2442</v>
       </c>
-      <c r="L46" t="s">
+      <c r="T46" t="s">
         <v>2443</v>
       </c>
-      <c r="M46" t="s">
+      <c r="U46" t="s">
         <v>2444</v>
+      </c>
+      <c r="V46" t="s">
+        <v>2445</v>
+      </c>
+      <c r="W46" t="s">
+        <v>2446</v>
+      </c>
+      <c r="X46" t="s">
+        <v>2447</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>2448</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>2449</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>2450</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>2451</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>2452</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>2453</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B47" t="s">
-        <v>2445</v>
+        <v>2454</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2446</v>
+        <v>2455</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2447</v>
+        <v>2456</v>
       </c>
       <c r="H47" t="s">
-        <v>2448</v>
+        <v>2457</v>
       </c>
       <c r="I47" t="s">
-        <v>2449</v>
+        <v>2458</v>
       </c>
       <c r="J47" t="s">
-        <v>2450</v>
+        <v>2029</v>
       </c>
       <c r="K47" t="s">
-        <v>2451</v>
+        <v>2459</v>
       </c>
       <c r="L47" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
       <c r="M47" t="s">
-        <v>2453</v>
+        <v>2461</v>
       </c>
       <c r="N47" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
       <c r="O47" t="s">
-        <v>2455</v>
+        <v>2463</v>
       </c>
       <c r="P47" t="s">
-        <v>2456</v>
+        <v>2464</v>
       </c>
       <c r="Q47" t="s">
-        <v>2457</v>
+        <v>2465</v>
       </c>
       <c r="R47" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
       <c r="S47" t="s">
-        <v>2459</v>
+        <v>2467</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2468</v>
+      </c>
+      <c r="U47" t="s">
+        <v>2469</v>
+      </c>
+      <c r="V47" t="s">
+        <v>2470</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B48" t="s">
-        <v>2460</v>
+        <v>2471</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2462</v>
+        <v>2473</v>
       </c>
       <c r="H48" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
       <c r="I48" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="J48" t="s">
-        <v>1769</v>
+        <v>1999</v>
       </c>
       <c r="K48" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="L48" t="s">
-        <v>2466</v>
+        <v>2477</v>
       </c>
       <c r="M48" t="s">
-        <v>2467</v>
-[...14 lines deleted...]
-        <v>2472</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B49" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2475</v>
+        <v>2481</v>
       </c>
       <c r="H49" t="s">
-        <v>2476</v>
+        <v>2482</v>
       </c>
       <c r="I49" t="s">
-        <v>2477</v>
+        <v>2483</v>
       </c>
       <c r="J49" t="s">
-        <v>2478</v>
+        <v>2484</v>
       </c>
       <c r="K49" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
       <c r="L49" t="s">
-        <v>2480</v>
+        <v>2486</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2487</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2488</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2489</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2490</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2491</v>
+      </c>
+      <c r="R49" t="s">
+        <v>2492</v>
+      </c>
+      <c r="S49" t="s">
+        <v>2493</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B50" t="s">
-        <v>2481</v>
+        <v>2494</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2482</v>
+        <v>2495</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2483</v>
+        <v>2496</v>
       </c>
       <c r="H50" t="s">
-        <v>2484</v>
+        <v>2497</v>
       </c>
       <c r="I50" t="s">
-        <v>2485</v>
+        <v>2498</v>
       </c>
       <c r="J50" t="s">
-        <v>2486</v>
+        <v>1872</v>
       </c>
       <c r="K50" t="s">
-        <v>2487</v>
+        <v>2499</v>
+      </c>
+      <c r="L50" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2501</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2502</v>
+      </c>
+      <c r="O50" t="s">
+        <v>2503</v>
+      </c>
+      <c r="P50" t="s">
+        <v>2504</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2505</v>
+      </c>
+      <c r="R50" t="s">
+        <v>2506</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B51" t="s">
-        <v>2488</v>
+        <v>2507</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2489</v>
+        <v>2508</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2490</v>
+        <v>2509</v>
       </c>
       <c r="H51" t="s">
-        <v>2491</v>
+        <v>2510</v>
       </c>
       <c r="I51" t="s">
-        <v>2492</v>
+        <v>2511</v>
       </c>
       <c r="J51" t="s">
-        <v>2486</v>
+        <v>2512</v>
       </c>
       <c r="K51" t="s">
-        <v>2493</v>
+        <v>2513</v>
       </c>
       <c r="L51" t="s">
-        <v>2494</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B52" t="s">
-        <v>2495</v>
+        <v>2515</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2496</v>
+        <v>2516</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2497</v>
+        <v>2517</v>
       </c>
       <c r="H52" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="I52" t="s">
-        <v>2499</v>
+        <v>2519</v>
       </c>
       <c r="J52" t="s">
-        <v>1746</v>
+        <v>2520</v>
       </c>
       <c r="K52" t="s">
-        <v>2500</v>
-[...2 lines deleted...]
-        <v>1752</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B53" t="s">
-        <v>2501</v>
+        <v>2522</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2502</v>
+        <v>2523</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2503</v>
+        <v>2524</v>
       </c>
       <c r="H53" t="s">
-        <v>2504</v>
+        <v>2525</v>
       </c>
       <c r="I53" t="s">
-        <v>2505</v>
+        <v>2526</v>
       </c>
       <c r="J53" t="s">
-        <v>2506</v>
+        <v>2520</v>
       </c>
       <c r="K53" t="s">
-        <v>2507</v>
+        <v>2527</v>
       </c>
       <c r="L53" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-        <v>2509</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B54" t="s">
-        <v>2510</v>
+        <v>2529</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2511</v>
+        <v>2530</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2512</v>
+        <v>2531</v>
       </c>
       <c r="H54" t="s">
-        <v>2513</v>
+        <v>2532</v>
       </c>
       <c r="I54" t="s">
-        <v>2514</v>
+        <v>2533</v>
       </c>
       <c r="J54" t="s">
-        <v>2515</v>
+        <v>1849</v>
       </c>
       <c r="K54" t="s">
-        <v>2516</v>
+        <v>2534</v>
       </c>
       <c r="L54" t="s">
-        <v>2517</v>
-[...23 lines deleted...]
-        <v>2525</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B55" t="s">
-        <v>2526</v>
+        <v>2535</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2527</v>
+        <v>2536</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2528</v>
+        <v>2537</v>
       </c>
       <c r="H55" t="s">
-        <v>2529</v>
+        <v>2538</v>
       </c>
       <c r="I55" t="s">
-        <v>2530</v>
+        <v>2539</v>
       </c>
       <c r="J55" t="s">
-        <v>2311</v>
+        <v>2540</v>
       </c>
       <c r="K55" t="s">
-        <v>2531</v>
+        <v>2541</v>
       </c>
       <c r="L55" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
       <c r="M55" t="s">
-        <v>2533</v>
-[...14 lines deleted...]
-        <v>2538</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B56" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2540</v>
+        <v>2545</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="H56" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="I56" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
       <c r="J56" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="K56" t="s">
-        <v>2545</v>
+        <v>2550</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2551</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2552</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2553</v>
+      </c>
+      <c r="O56" t="s">
+        <v>2554</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2555</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>2556</v>
+      </c>
+      <c r="R56" t="s">
+        <v>2557</v>
+      </c>
+      <c r="S56" t="s">
+        <v>2558</v>
+      </c>
+      <c r="T56" t="s">
+        <v>2559</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B57" t="s">
-        <v>2546</v>
+        <v>2560</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2547</v>
+        <v>2561</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2548</v>
+        <v>2562</v>
       </c>
       <c r="H57" t="s">
-        <v>2549</v>
+        <v>2563</v>
       </c>
       <c r="I57" t="s">
-        <v>2550</v>
+        <v>2564</v>
       </c>
       <c r="J57" t="s">
-        <v>2551</v>
+        <v>2345</v>
       </c>
       <c r="K57" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="L57" t="s">
-        <v>2553</v>
+        <v>2566</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2567</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2568</v>
+      </c>
+      <c r="O57" t="s">
+        <v>2569</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2570</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>2571</v>
+      </c>
+      <c r="R57" t="s">
+        <v>2572</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B58" t="s">
-        <v>2554</v>
+        <v>2573</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
       <c r="H58" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="I58" t="s">
-        <v>2558</v>
+        <v>2577</v>
       </c>
       <c r="J58" t="s">
-        <v>1909</v>
+        <v>2578</v>
       </c>
       <c r="K58" t="s">
-        <v>2559</v>
-[...11 lines deleted...]
-        <v>2563</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B59" t="s">
-        <v>2564</v>
+        <v>2580</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2565</v>
+        <v>2581</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2566</v>
+        <v>2582</v>
       </c>
       <c r="H59" t="s">
-        <v>2567</v>
+        <v>2583</v>
       </c>
       <c r="I59" t="s">
-        <v>2568</v>
+        <v>2584</v>
       </c>
       <c r="J59" t="s">
-        <v>2569</v>
+        <v>2585</v>
       </c>
       <c r="K59" t="s">
-        <v>2570</v>
+        <v>2586</v>
       </c>
       <c r="L59" t="s">
-        <v>2571</v>
-[...2 lines deleted...]
-        <v>2572</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B60" t="s">
-        <v>2573</v>
+        <v>2588</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2574</v>
+        <v>2589</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="H60" t="s">
-        <v>2576</v>
+        <v>2591</v>
       </c>
       <c r="I60" t="s">
-        <v>2577</v>
+        <v>2592</v>
       </c>
       <c r="J60" t="s">
-        <v>2578</v>
+        <v>2012</v>
       </c>
       <c r="K60" t="s">
-        <v>2579</v>
+        <v>2593</v>
       </c>
       <c r="L60" t="s">
-        <v>2580</v>
+        <v>2594</v>
       </c>
       <c r="M60" t="s">
-        <v>2581</v>
+        <v>2595</v>
       </c>
       <c r="N60" t="s">
-        <v>2582</v>
+        <v>2596</v>
+      </c>
+      <c r="O60" t="s">
+        <v>2597</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B61" t="s">
-        <v>2583</v>
+        <v>2598</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2584</v>
+        <v>2599</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2585</v>
+        <v>2600</v>
       </c>
       <c r="H61" t="s">
-        <v>2586</v>
+        <v>2601</v>
       </c>
       <c r="I61" t="s">
-        <v>2587</v>
+        <v>2602</v>
       </c>
       <c r="J61" t="s">
-        <v>2588</v>
+        <v>2603</v>
       </c>
       <c r="K61" t="s">
-        <v>2589</v>
+        <v>2604</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2605</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2606</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B62" t="s">
-        <v>2590</v>
+        <v>2607</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2591</v>
+        <v>2608</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2592</v>
+        <v>2609</v>
       </c>
       <c r="H62" t="s">
-        <v>2593</v>
+        <v>2610</v>
       </c>
       <c r="I62" t="s">
-        <v>2594</v>
+        <v>2611</v>
       </c>
       <c r="J62" t="s">
-        <v>1961</v>
+        <v>2612</v>
       </c>
       <c r="K62" t="s">
-        <v>2595</v>
+        <v>2613</v>
       </c>
       <c r="L62" t="s">
-        <v>2596</v>
+        <v>2614</v>
       </c>
       <c r="M62" t="s">
-        <v>2597</v>
+        <v>2615</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2616</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B63" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2599</v>
+        <v>2618</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2600</v>
+        <v>2619</v>
       </c>
       <c r="H63" t="s">
-        <v>2601</v>
+        <v>2620</v>
       </c>
       <c r="I63" t="s">
-        <v>2602</v>
+        <v>2621</v>
       </c>
       <c r="J63" t="s">
-        <v>2399</v>
+        <v>2622</v>
       </c>
       <c r="K63" t="s">
-        <v>2603</v>
-[...38 lines deleted...]
-        <v>2615</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B64" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
       <c r="H64" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
       <c r="I64" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="J64" t="s">
-        <v>2621</v>
+        <v>1773</v>
       </c>
       <c r="K64" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
       <c r="L64" t="s">
-        <v>2623</v>
+        <v>2630</v>
       </c>
       <c r="M64" t="s">
-        <v>2624</v>
-[...5 lines deleted...]
-        <v>2626</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B65" t="s">
-        <v>2627</v>
+        <v>2632</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2628</v>
+        <v>2633</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2629</v>
+        <v>2634</v>
       </c>
       <c r="H65" t="s">
-        <v>2630</v>
+        <v>2635</v>
       </c>
       <c r="I65" t="s">
-        <v>2631</v>
+        <v>2636</v>
       </c>
       <c r="J65" t="s">
-        <v>2632</v>
+        <v>2433</v>
       </c>
       <c r="K65" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="L65" t="s">
-        <v>2634</v>
+        <v>2638</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2639</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2640</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2641</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2642</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2643</v>
+      </c>
+      <c r="R65" t="s">
+        <v>2642</v>
+      </c>
+      <c r="S65" t="s">
+        <v>2644</v>
+      </c>
+      <c r="T65" t="s">
+        <v>2645</v>
+      </c>
+      <c r="U65" t="s">
+        <v>2646</v>
+      </c>
+      <c r="V65" t="s">
+        <v>2647</v>
+      </c>
+      <c r="W65" t="s">
+        <v>2648</v>
+      </c>
+      <c r="X65" t="s">
+        <v>2649</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B66" t="s">
-        <v>2635</v>
+        <v>2650</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2636</v>
+        <v>2651</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2637</v>
+        <v>2652</v>
       </c>
       <c r="H66" t="s">
-        <v>2638</v>
+        <v>2653</v>
       </c>
       <c r="I66" t="s">
-        <v>2639</v>
+        <v>2654</v>
       </c>
       <c r="J66" t="s">
-        <v>2640</v>
+        <v>2655</v>
       </c>
       <c r="K66" t="s">
-        <v>2641</v>
+        <v>2656</v>
       </c>
       <c r="L66" t="s">
-        <v>2642</v>
+        <v>2657</v>
       </c>
       <c r="M66" t="s">
-        <v>2643</v>
+        <v>2658</v>
       </c>
       <c r="N66" t="s">
-        <v>2644</v>
+        <v>2659</v>
       </c>
       <c r="O66" t="s">
-        <v>2645</v>
-[...32 lines deleted...]
-        <v>2656</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B67" t="s">
-        <v>2657</v>
+        <v>2661</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2658</v>
+        <v>2662</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2659</v>
+        <v>2663</v>
       </c>
       <c r="H67" t="s">
-        <v>2660</v>
+        <v>2664</v>
       </c>
       <c r="I67" t="s">
-        <v>2661</v>
+        <v>2665</v>
       </c>
       <c r="J67" t="s">
-        <v>2640</v>
+        <v>2666</v>
       </c>
       <c r="K67" t="s">
-        <v>2662</v>
+        <v>2667</v>
       </c>
       <c r="L67" t="s">
-        <v>2663</v>
-[...5 lines deleted...]
-        <v>2665</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B68" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
       <c r="H68" t="s">
-        <v>2669</v>
+        <v>2672</v>
       </c>
       <c r="I68" t="s">
-        <v>2670</v>
+        <v>2673</v>
       </c>
       <c r="J68" t="s">
-        <v>2671</v>
+        <v>2674</v>
       </c>
       <c r="K68" t="s">
-        <v>2672</v>
+        <v>2675</v>
       </c>
       <c r="L68" t="s">
-        <v>2673</v>
+        <v>2676</v>
       </c>
       <c r="M68" t="s">
-        <v>2674</v>
+        <v>2677</v>
       </c>
       <c r="N68" t="s">
-        <v>2675</v>
+        <v>2678</v>
       </c>
       <c r="O68" t="s">
-        <v>2676</v>
+        <v>2679</v>
       </c>
       <c r="P68" t="s">
-        <v>2677</v>
+        <v>2680</v>
       </c>
       <c r="Q68" t="s">
-        <v>2678</v>
+        <v>2681</v>
+      </c>
+      <c r="R68" t="s">
+        <v>2682</v>
+      </c>
+      <c r="S68" t="s">
+        <v>2683</v>
+      </c>
+      <c r="T68" t="s">
+        <v>2684</v>
+      </c>
+      <c r="U68" t="s">
+        <v>2685</v>
+      </c>
+      <c r="V68" t="s">
+        <v>2686</v>
+      </c>
+      <c r="W68" t="s">
+        <v>2687</v>
+      </c>
+      <c r="X68" t="s">
+        <v>2688</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>2689</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>2690</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B69" t="s">
-        <v>2679</v>
+        <v>2691</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>2680</v>
+        <v>2692</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2681</v>
+        <v>2693</v>
       </c>
       <c r="H69" t="s">
-        <v>2682</v>
+        <v>2694</v>
       </c>
       <c r="I69" t="s">
-        <v>2683</v>
+        <v>2695</v>
       </c>
       <c r="J69" t="s">
-        <v>2684</v>
+        <v>2674</v>
       </c>
       <c r="K69" t="s">
-        <v>2685</v>
+        <v>2696</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2697</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2698</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2699</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B70" t="s">
-        <v>2686</v>
+        <v>2700</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2687</v>
+        <v>2701</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2688</v>
+        <v>2702</v>
       </c>
       <c r="H70" t="s">
-        <v>2689</v>
+        <v>2703</v>
       </c>
       <c r="I70" t="s">
-        <v>2550</v>
+        <v>2704</v>
       </c>
       <c r="J70" t="s">
-        <v>2486</v>
+        <v>2705</v>
       </c>
       <c r="K70" t="s">
-        <v>2690</v>
+        <v>2706</v>
       </c>
       <c r="L70" t="s">
-        <v>2691</v>
+        <v>2707</v>
       </c>
       <c r="M70" t="s">
-        <v>2692</v>
+        <v>2708</v>
       </c>
       <c r="N70" t="s">
-        <v>2693</v>
+        <v>2709</v>
       </c>
       <c r="O70" t="s">
-        <v>2694</v>
+        <v>2710</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2711</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>2712</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B71" t="s">
-        <v>2695</v>
+        <v>2713</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2696</v>
+        <v>2714</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2697</v>
+        <v>2715</v>
       </c>
       <c r="H71" t="s">
-        <v>2698</v>
+        <v>2716</v>
       </c>
       <c r="I71" t="s">
-        <v>2699</v>
+        <v>2717</v>
       </c>
       <c r="J71" t="s">
-        <v>2700</v>
+        <v>2718</v>
       </c>
       <c r="K71" t="s">
-        <v>2701</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B72" t="s">
-        <v>2702</v>
+        <v>2720</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2703</v>
+        <v>2721</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2704</v>
+        <v>2722</v>
       </c>
       <c r="H72" t="s">
-        <v>2705</v>
+        <v>2723</v>
       </c>
       <c r="I72" t="s">
-        <v>2706</v>
+        <v>2584</v>
       </c>
       <c r="J72" t="s">
-        <v>2222</v>
+        <v>2520</v>
       </c>
       <c r="K72" t="s">
-        <v>2707</v>
+        <v>2724</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2725</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2727</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2728</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B73" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2710</v>
+        <v>2731</v>
       </c>
       <c r="H73" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
       <c r="I73" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="J73" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
       <c r="K73" t="s">
-        <v>2714</v>
-[...41 lines deleted...]
-        <v>2728</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B74" t="s">
-        <v>2729</v>
+        <v>2736</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2730</v>
+        <v>2737</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2731</v>
+        <v>2738</v>
       </c>
       <c r="H74" t="s">
-        <v>2732</v>
+        <v>2739</v>
       </c>
       <c r="I74" t="s">
-        <v>2733</v>
+        <v>2740</v>
       </c>
       <c r="J74" t="s">
-        <v>2734</v>
+        <v>2263</v>
       </c>
       <c r="K74" t="s">
-        <v>2735</v>
-[...16 lines deleted...]
-      <c r="Q74" t="s">
         <v>2741</v>
-      </c>
-[...40 lines deleted...]
-        <v>2755</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B75" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2746</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2749</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2750</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2751</v>
+      </c>
+      <c r="O75" t="s">
+        <v>2752</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2753</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>2754</v>
+      </c>
+      <c r="R75" t="s">
+        <v>2755</v>
+      </c>
+      <c r="S75" t="s">
         <v>2756</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="T75" t="s">
         <v>2757</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="U75" t="s">
         <v>2758</v>
       </c>
-      <c r="H75" t="s">
+      <c r="V75" t="s">
         <v>2759</v>
       </c>
-      <c r="I75" t="s">
+      <c r="W75" t="s">
         <v>2760</v>
       </c>
-      <c r="J75" t="s">
+      <c r="X75" t="s">
         <v>2761</v>
       </c>
-      <c r="K75" t="s">
+      <c r="Y75" t="s">
         <v>2762</v>
-      </c>
-[...1 lines deleted...]
-        <v>2763</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B76" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
         <v>2764</v>
       </c>
-      <c r="C76" t="s">
-[...5 lines deleted...]
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
         <v>2765</v>
       </c>
-      <c r="F76" t="s">
-[...2 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>2766</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>2767</v>
       </c>
-      <c r="I76" t="s">
+      <c r="J76" t="s">
         <v>2768</v>
       </c>
-      <c r="J76" t="s">
+      <c r="K76" t="s">
         <v>2769</v>
       </c>
-      <c r="K76" t="s">
+      <c r="L76" t="s">
         <v>2770</v>
       </c>
-      <c r="L76" t="s">
+      <c r="M76" t="s">
         <v>2771</v>
       </c>
-      <c r="M76" t="s">
+      <c r="N76" t="s">
         <v>2772</v>
       </c>
-      <c r="N76" t="s">
+      <c r="O76" t="s">
         <v>2773</v>
       </c>
-      <c r="O76" t="s">
+      <c r="P76" t="s">
         <v>2774</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>2775</v>
+      </c>
+      <c r="R76" t="s">
+        <v>2776</v>
+      </c>
+      <c r="S76" t="s">
+        <v>2777</v>
+      </c>
+      <c r="T76" t="s">
+        <v>2778</v>
+      </c>
+      <c r="U76" t="s">
+        <v>2779</v>
+      </c>
+      <c r="V76" t="s">
+        <v>2780</v>
+      </c>
+      <c r="W76" t="s">
+        <v>2781</v>
+      </c>
+      <c r="X76" t="s">
+        <v>2782</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>2783</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>2784</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>2785</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>2786</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>2787</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>2788</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>2789</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B77" t="s">
-        <v>2775</v>
+        <v>2790</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2776</v>
+        <v>2791</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2777</v>
+        <v>2792</v>
       </c>
       <c r="H77" t="s">
-        <v>2778</v>
+        <v>2793</v>
       </c>
       <c r="I77" t="s">
-        <v>2779</v>
+        <v>2794</v>
       </c>
       <c r="J77" t="s">
-        <v>2780</v>
+        <v>2795</v>
       </c>
       <c r="K77" t="s">
-        <v>2781</v>
+        <v>2796</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2797</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B78" t="s">
-        <v>2782</v>
+        <v>2798</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2783</v>
+        <v>2799</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2784</v>
+        <v>2800</v>
       </c>
       <c r="H78" t="s">
-        <v>2785</v>
+        <v>2801</v>
       </c>
       <c r="I78" t="s">
-        <v>2786</v>
+        <v>2802</v>
       </c>
       <c r="J78" t="s">
-        <v>1961</v>
+        <v>2803</v>
       </c>
       <c r="K78" t="s">
-        <v>2787</v>
+        <v>2804</v>
       </c>
       <c r="L78" t="s">
-        <v>2788</v>
+        <v>2805</v>
       </c>
       <c r="M78" t="s">
-        <v>2789</v>
+        <v>2806</v>
+      </c>
+      <c r="N78" t="s">
+        <v>2807</v>
+      </c>
+      <c r="O78" t="s">
+        <v>2808</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B79" t="s">
-        <v>2790</v>
+        <v>2809</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2791</v>
+        <v>2810</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2792</v>
+        <v>2811</v>
       </c>
       <c r="H79" t="s">
-        <v>2793</v>
+        <v>2812</v>
       </c>
       <c r="I79" t="s">
-        <v>2794</v>
+        <v>2813</v>
       </c>
       <c r="J79" t="s">
-        <v>2795</v>
+        <v>2814</v>
       </c>
       <c r="K79" t="s">
-        <v>2796</v>
-[...8 lines deleted...]
-        <v>2799</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B80" t="s">
-        <v>2800</v>
+        <v>2816</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2801</v>
+        <v>2817</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2802</v>
+        <v>2818</v>
       </c>
       <c r="H80" t="s">
-        <v>2803</v>
+        <v>2819</v>
       </c>
       <c r="I80" t="s">
-        <v>2449</v>
+        <v>2820</v>
       </c>
       <c r="J80" t="s">
-        <v>1961</v>
+        <v>1773</v>
       </c>
       <c r="K80" t="s">
-        <v>2804</v>
+        <v>2821</v>
       </c>
       <c r="L80" t="s">
-        <v>2805</v>
+        <v>2822</v>
       </c>
       <c r="M80" t="s">
-        <v>2806</v>
-[...32 lines deleted...]
-        <v>2817</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B81" t="s">
-        <v>2818</v>
+        <v>2824</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2819</v>
+        <v>2825</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2820</v>
+        <v>2826</v>
       </c>
       <c r="H81" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
       <c r="I81" t="s">
-        <v>2822</v>
+        <v>2828</v>
       </c>
       <c r="J81" t="s">
-        <v>2823</v>
+        <v>2829</v>
       </c>
       <c r="K81" t="s">
-        <v>2824</v>
+        <v>2830</v>
       </c>
       <c r="L81" t="s">
-        <v>2825</v>
+        <v>2831</v>
       </c>
       <c r="M81" t="s">
-        <v>2826</v>
+        <v>2832</v>
+      </c>
+      <c r="N81" t="s">
+        <v>2833</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B82" t="s">
-        <v>2827</v>
+        <v>2834</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2828</v>
+        <v>2835</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2829</v>
+        <v>2836</v>
       </c>
       <c r="H82" t="s">
-        <v>2830</v>
+        <v>2837</v>
       </c>
       <c r="I82" t="s">
-        <v>2831</v>
+        <v>2483</v>
       </c>
       <c r="J82" t="s">
-        <v>2832</v>
+        <v>1773</v>
       </c>
       <c r="K82" t="s">
-        <v>2833</v>
+        <v>2838</v>
       </c>
       <c r="L82" t="s">
-        <v>2834</v>
+        <v>2839</v>
       </c>
       <c r="M82" t="s">
-        <v>2835</v>
+        <v>2840</v>
       </c>
       <c r="N82" t="s">
-        <v>2836</v>
+        <v>2841</v>
       </c>
       <c r="O82" t="s">
-        <v>2837</v>
+        <v>2842</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2843</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>2844</v>
+      </c>
+      <c r="R82" t="s">
+        <v>2845</v>
+      </c>
+      <c r="S82" t="s">
+        <v>2846</v>
+      </c>
+      <c r="T82" t="s">
+        <v>2847</v>
+      </c>
+      <c r="U82" t="s">
+        <v>2848</v>
+      </c>
+      <c r="V82" t="s">
+        <v>2849</v>
+      </c>
+      <c r="W82" t="s">
+        <v>2850</v>
+      </c>
+      <c r="X82" t="s">
+        <v>2851</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B83" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2839</v>
+        <v>2853</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2840</v>
+        <v>2854</v>
       </c>
       <c r="H83" t="s">
-        <v>2841</v>
+        <v>2855</v>
       </c>
       <c r="I83" t="s">
-        <v>2842</v>
+        <v>2856</v>
       </c>
       <c r="J83" t="s">
-        <v>2843</v>
+        <v>2857</v>
       </c>
       <c r="K83" t="s">
-        <v>2844</v>
+        <v>2858</v>
       </c>
       <c r="L83" t="s">
-        <v>2845</v>
+        <v>2859</v>
       </c>
       <c r="M83" t="s">
-        <v>2846</v>
-[...8 lines deleted...]
-        <v>2849</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B84" t="s">
-        <v>2850</v>
+        <v>2861</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2851</v>
+        <v>2862</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2852</v>
+        <v>2863</v>
       </c>
       <c r="H84" t="s">
-        <v>2853</v>
+        <v>2864</v>
       </c>
       <c r="I84" t="s">
-        <v>2854</v>
+        <v>2865</v>
       </c>
       <c r="J84" t="s">
-        <v>2855</v>
+        <v>2866</v>
       </c>
       <c r="K84" t="s">
-        <v>2856</v>
+        <v>2867</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2868</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2869</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2870</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2871</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B85" t="s">
-        <v>2857</v>
+        <v>2872</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2858</v>
+        <v>2873</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2859</v>
+        <v>2874</v>
       </c>
       <c r="H85" t="s">
-        <v>2860</v>
+        <v>2875</v>
       </c>
       <c r="I85" t="s">
-        <v>2712</v>
+        <v>2876</v>
       </c>
       <c r="J85" t="s">
-        <v>2761</v>
+        <v>2877</v>
       </c>
       <c r="K85" t="s">
-        <v>2861</v>
+        <v>2878</v>
       </c>
       <c r="L85" t="s">
-        <v>2862</v>
+        <v>2879</v>
       </c>
       <c r="M85" t="s">
-        <v>2863</v>
+        <v>2880</v>
       </c>
       <c r="N85" t="s">
-        <v>2864</v>
+        <v>2881</v>
       </c>
       <c r="O85" t="s">
-        <v>2865</v>
+        <v>2882</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2883</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B86" t="s">
-        <v>2866</v>
+        <v>2884</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>1261</v>
+        <v>2885</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2867</v>
+        <v>2886</v>
       </c>
       <c r="H86" t="s">
-        <v>2868</v>
+        <v>2887</v>
       </c>
       <c r="I86" t="s">
-        <v>2869</v>
+        <v>2888</v>
       </c>
       <c r="J86" t="s">
-        <v>2870</v>
+        <v>2889</v>
       </c>
       <c r="K86" t="s">
-        <v>2871</v>
-[...2 lines deleted...]
-        <v>2872</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B87" t="s">
-        <v>2873</v>
+        <v>2891</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>1261</v>
+        <v>2892</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
       <c r="H87" t="s">
-        <v>2875</v>
+        <v>2894</v>
       </c>
       <c r="I87" t="s">
-        <v>2869</v>
+        <v>2746</v>
       </c>
       <c r="J87" t="s">
-        <v>2876</v>
+        <v>2795</v>
       </c>
       <c r="K87" t="s">
-        <v>2877</v>
+        <v>2895</v>
       </c>
       <c r="L87" t="s">
-        <v>2878</v>
+        <v>2896</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2897</v>
+      </c>
+      <c r="N87" t="s">
+        <v>2898</v>
+      </c>
+      <c r="O87" t="s">
+        <v>2899</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B88" t="s">
-        <v>2879</v>
+        <v>2900</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2880</v>
+        <v>1268</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2881</v>
+        <v>2901</v>
       </c>
       <c r="H88" t="s">
-        <v>2882</v>
+        <v>2902</v>
       </c>
       <c r="I88" t="s">
-        <v>2883</v>
+        <v>2903</v>
       </c>
       <c r="J88" t="s">
-        <v>2884</v>
+        <v>2904</v>
       </c>
       <c r="K88" t="s">
-        <v>2885</v>
+        <v>2905</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2906</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B89" t="s">
-        <v>2886</v>
+        <v>2907</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2887</v>
+        <v>1268</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2888</v>
+        <v>2908</v>
       </c>
       <c r="H89" t="s">
-        <v>2889</v>
+        <v>2909</v>
       </c>
       <c r="I89" t="s">
-        <v>2890</v>
+        <v>2903</v>
       </c>
       <c r="J89" t="s">
-        <v>2891</v>
+        <v>2910</v>
       </c>
       <c r="K89" t="s">
-        <v>2892</v>
+        <v>2911</v>
       </c>
       <c r="L89" t="s">
-        <v>2893</v>
-[...17 lines deleted...]
-        <v>2899</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B90" t="s">
-        <v>2900</v>
+        <v>2913</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2901</v>
+        <v>2914</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2902</v>
+        <v>2915</v>
       </c>
       <c r="H90" t="s">
-        <v>2903</v>
+        <v>2916</v>
       </c>
       <c r="I90" t="s">
-        <v>2904</v>
+        <v>2917</v>
       </c>
       <c r="J90" t="s">
-        <v>2039</v>
+        <v>2918</v>
       </c>
       <c r="K90" t="s">
-        <v>2905</v>
-[...8 lines deleted...]
-        <v>2908</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B91" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2910</v>
+        <v>2921</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2911</v>
+        <v>2922</v>
       </c>
       <c r="H91" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
       <c r="I91" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="J91" t="s">
-        <v>2039</v>
+        <v>2925</v>
       </c>
       <c r="K91" t="s">
-        <v>2914</v>
+        <v>2926</v>
       </c>
       <c r="L91" t="s">
-        <v>2915</v>
+        <v>2927</v>
       </c>
       <c r="M91" t="s">
-        <v>2916</v>
+        <v>2928</v>
       </c>
       <c r="N91" t="s">
-        <v>2917</v>
+        <v>2929</v>
       </c>
       <c r="O91" t="s">
-        <v>2918</v>
+        <v>2930</v>
       </c>
       <c r="P91" t="s">
-        <v>2919</v>
+        <v>2931</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>2932</v>
+      </c>
+      <c r="R91" t="s">
+        <v>2933</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B92" t="s">
-        <v>2920</v>
+        <v>2934</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2921</v>
+        <v>2935</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2922</v>
+        <v>2936</v>
       </c>
       <c r="H92" t="s">
-        <v>2923</v>
+        <v>2937</v>
       </c>
       <c r="I92" t="s">
-        <v>2924</v>
+        <v>2938</v>
       </c>
       <c r="J92" t="s">
-        <v>2925</v>
+        <v>2081</v>
       </c>
       <c r="K92" t="s">
-        <v>2926</v>
+        <v>2939</v>
       </c>
       <c r="L92" t="s">
-        <v>2927</v>
+        <v>2940</v>
       </c>
       <c r="M92" t="s">
-        <v>2928</v>
+        <v>2941</v>
       </c>
       <c r="N92" t="s">
-        <v>2929</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B93" t="s">
-        <v>2930</v>
+        <v>2943</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2931</v>
+        <v>2944</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2932</v>
+        <v>2945</v>
       </c>
       <c r="H93" t="s">
-        <v>2933</v>
+        <v>2946</v>
       </c>
       <c r="I93" t="s">
-        <v>2934</v>
+        <v>2947</v>
       </c>
       <c r="J93" t="s">
-        <v>2935</v>
+        <v>2081</v>
       </c>
       <c r="K93" t="s">
-        <v>2936</v>
+        <v>2948</v>
       </c>
       <c r="L93" t="s">
-        <v>2937</v>
+        <v>2949</v>
       </c>
       <c r="M93" t="s">
-        <v>2938</v>
+        <v>2950</v>
       </c>
       <c r="N93" t="s">
-        <v>2939</v>
+        <v>2951</v>
+      </c>
+      <c r="O93" t="s">
+        <v>2952</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2953</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B94" t="s">
-        <v>2940</v>
+        <v>2954</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2941</v>
+        <v>2955</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2942</v>
+        <v>2956</v>
       </c>
       <c r="H94" t="s">
-        <v>2943</v>
+        <v>2957</v>
       </c>
       <c r="I94" t="s">
-        <v>2944</v>
+        <v>2958</v>
       </c>
       <c r="J94" t="s">
-        <v>1769</v>
+        <v>2959</v>
       </c>
       <c r="K94" t="s">
-        <v>2945</v>
+        <v>2960</v>
       </c>
       <c r="L94" t="s">
-        <v>2946</v>
+        <v>2961</v>
       </c>
       <c r="M94" t="s">
-        <v>2947</v>
+        <v>2962</v>
       </c>
       <c r="N94" t="s">
-        <v>2948</v>
-[...8 lines deleted...]
-        <v>2951</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B95" t="s">
-        <v>2952</v>
+        <v>2964</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2953</v>
+        <v>2965</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2954</v>
+        <v>2966</v>
       </c>
       <c r="H95" t="s">
-        <v>2955</v>
+        <v>2967</v>
       </c>
       <c r="I95" t="s">
-        <v>2956</v>
+        <v>2968</v>
       </c>
       <c r="J95" t="s">
-        <v>2039</v>
+        <v>2969</v>
       </c>
       <c r="K95" t="s">
-        <v>2957</v>
+        <v>2970</v>
       </c>
       <c r="L95" t="s">
-        <v>2958</v>
+        <v>2971</v>
       </c>
       <c r="M95" t="s">
-        <v>2959</v>
+        <v>2972</v>
       </c>
       <c r="N95" t="s">
-        <v>2960</v>
-[...2 lines deleted...]
-        <v>2961</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B96" t="s">
-        <v>2962</v>
+        <v>2974</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2963</v>
+        <v>2975</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2964</v>
+        <v>2976</v>
       </c>
       <c r="H96" t="s">
-        <v>2965</v>
+        <v>2977</v>
       </c>
       <c r="I96" t="s">
-        <v>2966</v>
+        <v>2978</v>
       </c>
       <c r="J96" t="s">
-        <v>2039</v>
+        <v>1872</v>
       </c>
       <c r="K96" t="s">
-        <v>2967</v>
+        <v>2979</v>
       </c>
       <c r="L96" t="s">
-        <v>2968</v>
+        <v>2980</v>
       </c>
       <c r="M96" t="s">
-        <v>2969</v>
+        <v>2981</v>
       </c>
       <c r="N96" t="s">
-        <v>2970</v>
+        <v>2982</v>
       </c>
       <c r="O96" t="s">
-        <v>2971</v>
+        <v>2983</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2984</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>2985</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B97" t="s">
-        <v>2972</v>
+        <v>2986</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2973</v>
+        <v>2987</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2974</v>
+        <v>2988</v>
       </c>
       <c r="H97" t="s">
-        <v>2975</v>
+        <v>2989</v>
       </c>
       <c r="I97" t="s">
-        <v>2976</v>
+        <v>2990</v>
       </c>
       <c r="J97" t="s">
-        <v>2977</v>
+        <v>2081</v>
       </c>
       <c r="K97" t="s">
-        <v>2978</v>
+        <v>2991</v>
       </c>
       <c r="L97" t="s">
-        <v>2979</v>
+        <v>2992</v>
       </c>
       <c r="M97" t="s">
-        <v>2980</v>
+        <v>2993</v>
       </c>
       <c r="N97" t="s">
-        <v>2981</v>
+        <v>2994</v>
       </c>
       <c r="O97" t="s">
-        <v>2982</v>
-[...2 lines deleted...]
-        <v>2983</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B98" t="s">
-        <v>2984</v>
+        <v>2996</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2985</v>
+        <v>2997</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2986</v>
+        <v>2998</v>
       </c>
       <c r="H98" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
       <c r="I98" t="s">
-        <v>2631</v>
+        <v>3000</v>
       </c>
       <c r="J98" t="s">
-        <v>2569</v>
+        <v>2081</v>
       </c>
       <c r="K98" t="s">
-        <v>2988</v>
+        <v>3001</v>
       </c>
       <c r="L98" t="s">
-        <v>2989</v>
+        <v>3002</v>
       </c>
       <c r="M98" t="s">
-        <v>2990</v>
+        <v>3003</v>
       </c>
       <c r="N98" t="s">
-        <v>2991</v>
+        <v>3004</v>
       </c>
       <c r="O98" t="s">
-        <v>2992</v>
-[...5 lines deleted...]
-        <v>2994</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B99" t="s">
-        <v>2995</v>
+        <v>3006</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2996</v>
+        <v>3007</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2997</v>
+        <v>3008</v>
       </c>
       <c r="H99" t="s">
-        <v>2998</v>
+        <v>3009</v>
       </c>
       <c r="I99" t="s">
-        <v>2999</v>
+        <v>3010</v>
       </c>
       <c r="J99" t="s">
-        <v>1909</v>
+        <v>3011</v>
       </c>
       <c r="K99" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
       <c r="L99" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="M99" t="s">
-        <v>2267</v>
+        <v>3014</v>
+      </c>
+      <c r="N99" t="s">
+        <v>3015</v>
+      </c>
+      <c r="O99" t="s">
+        <v>3016</v>
+      </c>
+      <c r="P99" t="s">
+        <v>3017</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B100" t="s">
-        <v>3002</v>
+        <v>3018</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>3003</v>
+        <v>3019</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>3004</v>
+        <v>3020</v>
       </c>
       <c r="H100" t="s">
-        <v>3005</v>
+        <v>3021</v>
       </c>
       <c r="I100" t="s">
-        <v>3006</v>
+        <v>2665</v>
       </c>
       <c r="J100" t="s">
-        <v>3007</v>
+        <v>2603</v>
       </c>
       <c r="K100" t="s">
-        <v>3008</v>
+        <v>3022</v>
       </c>
       <c r="L100" t="s">
-        <v>3009</v>
+        <v>3023</v>
+      </c>
+      <c r="M100" t="s">
+        <v>3024</v>
+      </c>
+      <c r="N100" t="s">
+        <v>3025</v>
+      </c>
+      <c r="O100" t="s">
+        <v>3026</v>
+      </c>
+      <c r="P100" t="s">
+        <v>3027</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>3028</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B101" t="s">
-        <v>3010</v>
+        <v>3029</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>3011</v>
+        <v>3030</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>3012</v>
+        <v>3031</v>
       </c>
       <c r="H101" t="s">
-        <v>3013</v>
+        <v>3032</v>
       </c>
       <c r="I101" t="s">
-        <v>3014</v>
+        <v>3033</v>
       </c>
       <c r="J101" t="s">
-        <v>3015</v>
+        <v>2012</v>
       </c>
       <c r="K101" t="s">
-        <v>3016</v>
+        <v>3034</v>
       </c>
       <c r="L101" t="s">
-        <v>3017</v>
+        <v>3035</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2308</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B102" t="s">
-        <v>3018</v>
+        <v>3036</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>3019</v>
+        <v>3037</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>3020</v>
+        <v>3038</v>
       </c>
       <c r="H102" t="s">
-        <v>3021</v>
+        <v>3039</v>
       </c>
       <c r="I102" t="s">
-        <v>3022</v>
+        <v>3040</v>
       </c>
       <c r="J102" t="s">
-        <v>2855</v>
+        <v>3041</v>
       </c>
       <c r="K102" t="s">
-        <v>3023</v>
+        <v>3042</v>
       </c>
       <c r="L102" t="s">
-        <v>3024</v>
-[...2 lines deleted...]
-        <v>3025</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B103" t="s">
-        <v>3026</v>
+        <v>3044</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>3027</v>
+        <v>3045</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>3028</v>
+        <v>3046</v>
       </c>
       <c r="H103" t="s">
-        <v>3029</v>
+        <v>3047</v>
       </c>
       <c r="I103" t="s">
-        <v>2449</v>
+        <v>3048</v>
       </c>
       <c r="J103" t="s">
-        <v>3030</v>
+        <v>3049</v>
       </c>
       <c r="K103" t="s">
-        <v>3031</v>
+        <v>3050</v>
       </c>
       <c r="L103" t="s">
-        <v>3032</v>
-[...2 lines deleted...]
-        <v>3033</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B104" t="s">
-        <v>3034</v>
+        <v>3052</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>3027</v>
+        <v>3053</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>3035</v>
+        <v>3054</v>
       </c>
       <c r="H104" t="s">
-        <v>3036</v>
+        <v>3055</v>
       </c>
       <c r="I104" t="s">
-        <v>2123</v>
+        <v>3056</v>
       </c>
       <c r="J104" t="s">
-        <v>2671</v>
+        <v>2889</v>
       </c>
       <c r="K104" t="s">
-        <v>3037</v>
+        <v>3057</v>
       </c>
       <c r="L104" t="s">
-        <v>3038</v>
+        <v>3058</v>
+      </c>
+      <c r="M104" t="s">
+        <v>3059</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B105" t="s">
-        <v>3039</v>
+        <v>3060</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>3040</v>
+        <v>3061</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>3041</v>
+        <v>3062</v>
       </c>
       <c r="H105" t="s">
-        <v>3042</v>
+        <v>3063</v>
       </c>
       <c r="I105" t="s">
-        <v>3043</v>
+        <v>2483</v>
       </c>
       <c r="J105" t="s">
-        <v>3044</v>
+        <v>3064</v>
       </c>
       <c r="K105" t="s">
-        <v>3045</v>
+        <v>3065</v>
+      </c>
+      <c r="L105" t="s">
+        <v>3066</v>
+      </c>
+      <c r="M105" t="s">
+        <v>3067</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B106" t="s">
-        <v>3046</v>
+        <v>3068</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>3047</v>
+        <v>3061</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>3048</v>
+        <v>3069</v>
       </c>
       <c r="H106" t="s">
-        <v>3049</v>
+        <v>3070</v>
       </c>
       <c r="I106" t="s">
-        <v>3050</v>
+        <v>2164</v>
       </c>
       <c r="J106" t="s">
-        <v>3051</v>
+        <v>2705</v>
       </c>
       <c r="K106" t="s">
-        <v>3052</v>
+        <v>3071</v>
       </c>
       <c r="L106" t="s">
-        <v>3053</v>
-[...8 lines deleted...]
-        <v>3056</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B107" t="s">
-        <v>3057</v>
+        <v>3073</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>3058</v>
+        <v>3074</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>3059</v>
+        <v>3075</v>
       </c>
       <c r="H107" t="s">
-        <v>3060</v>
+        <v>3076</v>
       </c>
       <c r="I107" t="s">
-        <v>3061</v>
+        <v>3077</v>
       </c>
       <c r="J107" t="s">
-        <v>3062</v>
+        <v>3078</v>
       </c>
       <c r="K107" t="s">
-        <v>3063</v>
-[...8 lines deleted...]
-        <v>3066</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B108" t="s">
-        <v>3067</v>
+        <v>3080</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>3068</v>
+        <v>3081</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>3069</v>
+        <v>3082</v>
       </c>
       <c r="H108" t="s">
-        <v>3070</v>
+        <v>3083</v>
       </c>
       <c r="I108" t="s">
-        <v>3071</v>
+        <v>3084</v>
       </c>
       <c r="J108" t="s">
-        <v>3072</v>
+        <v>3085</v>
       </c>
       <c r="K108" t="s">
-        <v>3073</v>
+        <v>3086</v>
       </c>
       <c r="L108" t="s">
-        <v>3074</v>
+        <v>3087</v>
+      </c>
+      <c r="M108" t="s">
+        <v>3088</v>
+      </c>
+      <c r="N108" t="s">
+        <v>3089</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B109" t="s">
-        <v>3075</v>
+        <v>3090</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>3076</v>
+        <v>3091</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>3077</v>
+        <v>3092</v>
       </c>
       <c r="H109" t="s">
-        <v>3078</v>
+        <v>3093</v>
       </c>
       <c r="I109" t="s">
-        <v>3079</v>
+        <v>3094</v>
       </c>
       <c r="J109" t="s">
-        <v>3080</v>
+        <v>3095</v>
       </c>
       <c r="K109" t="s">
-        <v>3081</v>
+        <v>3096</v>
       </c>
       <c r="L109" t="s">
-        <v>3082</v>
-[...5 lines deleted...]
-        <v>3084</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B110" t="s">
-        <v>3085</v>
+        <v>3098</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>3086</v>
+        <v>3099</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>3087</v>
+        <v>3100</v>
       </c>
       <c r="H110" t="s">
-        <v>3088</v>
+        <v>3101</v>
       </c>
       <c r="I110" t="s">
-        <v>3089</v>
+        <v>3102</v>
       </c>
       <c r="J110" t="s">
-        <v>1800</v>
+        <v>3103</v>
       </c>
       <c r="K110" t="s">
-        <v>3090</v>
+        <v>3104</v>
+      </c>
+      <c r="L110" t="s">
+        <v>3105</v>
+      </c>
+      <c r="M110" t="s">
+        <v>3106</v>
+      </c>
+      <c r="N110" t="s">
+        <v>3107</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B111" t="s">
-        <v>3091</v>
+        <v>3108</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>3092</v>
+        <v>3109</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>3093</v>
+        <v>3110</v>
       </c>
       <c r="H111" t="s">
-        <v>3094</v>
+        <v>3111</v>
       </c>
       <c r="I111" t="s">
-        <v>3095</v>
+        <v>3112</v>
       </c>
       <c r="J111" t="s">
-        <v>3096</v>
+        <v>1903</v>
       </c>
       <c r="K111" t="s">
-        <v>3097</v>
-[...2 lines deleted...]
-        <v>3098</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B112" t="s">
-        <v>3099</v>
+        <v>3114</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>3100</v>
+        <v>3115</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>3101</v>
+        <v>3116</v>
       </c>
       <c r="H112" t="s">
-        <v>3102</v>
+        <v>3117</v>
       </c>
       <c r="I112" t="s">
-        <v>3103</v>
+        <v>3118</v>
       </c>
       <c r="J112" t="s">
-        <v>1926</v>
+        <v>3119</v>
       </c>
       <c r="K112" t="s">
-        <v>3104</v>
+        <v>3120</v>
       </c>
       <c r="L112" t="s">
-        <v>3105</v>
-[...20 lines deleted...]
-        <v>3112</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B113" t="s">
-        <v>3113</v>
+        <v>3122</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>3114</v>
+        <v>3123</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>3115</v>
+        <v>3124</v>
       </c>
       <c r="H113" t="s">
-        <v>3116</v>
+        <v>3125</v>
       </c>
       <c r="I113" t="s">
-        <v>3117</v>
+        <v>3126</v>
       </c>
       <c r="J113" t="s">
-        <v>3118</v>
+        <v>2029</v>
       </c>
       <c r="K113" t="s">
-        <v>3119</v>
+        <v>3127</v>
       </c>
       <c r="L113" t="s">
-        <v>3120</v>
+        <v>3128</v>
       </c>
       <c r="M113" t="s">
-        <v>3121</v>
+        <v>3129</v>
       </c>
       <c r="N113" t="s">
-        <v>3122</v>
+        <v>3130</v>
       </c>
       <c r="O113" t="s">
-        <v>3123</v>
+        <v>3131</v>
       </c>
       <c r="P113" t="s">
-        <v>3124</v>
+        <v>3132</v>
       </c>
       <c r="Q113" t="s">
-        <v>3125</v>
+        <v>3133</v>
       </c>
       <c r="R113" t="s">
-        <v>3126</v>
+        <v>3134</v>
       </c>
       <c r="S113" t="s">
-        <v>3127</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B114" t="s">
-        <v>3128</v>
+        <v>3136</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>3129</v>
+        <v>3137</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>3130</v>
+        <v>3138</v>
       </c>
       <c r="H114" t="s">
-        <v>3131</v>
+        <v>3139</v>
       </c>
       <c r="I114" t="s">
-        <v>2883</v>
+        <v>3140</v>
       </c>
       <c r="J114" t="s">
-        <v>1746</v>
+        <v>3141</v>
       </c>
       <c r="K114" t="s">
-        <v>3132</v>
+        <v>3142</v>
       </c>
       <c r="L114" t="s">
-        <v>3133</v>
+        <v>3143</v>
       </c>
       <c r="M114" t="s">
-        <v>3134</v>
+        <v>3144</v>
       </c>
       <c r="N114" t="s">
-        <v>3135</v>
+        <v>3145</v>
       </c>
       <c r="O114" t="s">
-        <v>3136</v>
+        <v>3146</v>
       </c>
       <c r="P114" t="s">
-        <v>3137</v>
+        <v>3147</v>
       </c>
       <c r="Q114" t="s">
-        <v>3138</v>
+        <v>3148</v>
       </c>
       <c r="R114" t="s">
-        <v>3139</v>
+        <v>3149</v>
+      </c>
+      <c r="S114" t="s">
+        <v>3150</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B115" t="s">
-        <v>3140</v>
+        <v>3151</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>3141</v>
+        <v>3152</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>3142</v>
+        <v>3153</v>
       </c>
       <c r="H115" t="s">
-        <v>3143</v>
+        <v>3154</v>
       </c>
       <c r="I115" t="s">
-        <v>3117</v>
+        <v>2917</v>
       </c>
       <c r="J115" t="s">
-        <v>2311</v>
+        <v>1849</v>
       </c>
       <c r="K115" t="s">
-        <v>3144</v>
+        <v>3155</v>
       </c>
       <c r="L115" t="s">
-        <v>3145</v>
+        <v>3156</v>
       </c>
       <c r="M115" t="s">
-        <v>3146</v>
+        <v>3157</v>
       </c>
       <c r="N115" t="s">
-        <v>3147</v>
+        <v>3158</v>
       </c>
       <c r="O115" t="s">
-        <v>3148</v>
+        <v>3159</v>
       </c>
       <c r="P115" t="s">
-        <v>3149</v>
+        <v>3160</v>
       </c>
       <c r="Q115" t="s">
-        <v>3150</v>
+        <v>3161</v>
       </c>
       <c r="R115" t="s">
-        <v>3151</v>
-[...2 lines deleted...]
-        <v>3152</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B116" t="s">
-        <v>3153</v>
+        <v>3163</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>3154</v>
+        <v>3164</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>3155</v>
+        <v>3165</v>
       </c>
       <c r="H116" t="s">
-        <v>3156</v>
+        <v>3166</v>
       </c>
       <c r="I116" t="s">
-        <v>3157</v>
+        <v>3140</v>
       </c>
       <c r="J116" t="s">
-        <v>2311</v>
+        <v>2345</v>
       </c>
       <c r="K116" t="s">
-        <v>3158</v>
+        <v>3167</v>
       </c>
       <c r="L116" t="s">
-        <v>3159</v>
+        <v>3168</v>
       </c>
       <c r="M116" t="s">
-        <v>3160</v>
+        <v>3169</v>
       </c>
       <c r="N116" t="s">
-        <v>3161</v>
+        <v>3170</v>
       </c>
       <c r="O116" t="s">
-        <v>3162</v>
+        <v>3171</v>
       </c>
       <c r="P116" t="s">
-        <v>3163</v>
+        <v>3172</v>
       </c>
       <c r="Q116" t="s">
-        <v>3164</v>
+        <v>3173</v>
       </c>
       <c r="R116" t="s">
-        <v>3165</v>
+        <v>3174</v>
       </c>
       <c r="S116" t="s">
-        <v>3166</v>
-[...25 lines deleted...]
-      <c r="AB116" t="s">
         <v>3175</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B117" t="s">
         <v>3176</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>3177</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
         <v>3178</v>
       </c>
       <c r="H117" t="s">
         <v>3179</v>
       </c>
       <c r="I117" t="s">
         <v>3180</v>
       </c>
       <c r="J117" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K117" t="s">
         <v>3181</v>
       </c>
-      <c r="K117" t="s">
+      <c r="L117" t="s">
         <v>3182</v>
       </c>
-      <c r="L117" t="s">
+      <c r="M117" t="s">
         <v>3183</v>
       </c>
-      <c r="M117" t="s">
+      <c r="N117" t="s">
         <v>3184</v>
+      </c>
+      <c r="O117" t="s">
+        <v>3185</v>
+      </c>
+      <c r="P117" t="s">
+        <v>3186</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>3187</v>
+      </c>
+      <c r="R117" t="s">
+        <v>3188</v>
+      </c>
+      <c r="S117" t="s">
+        <v>3189</v>
+      </c>
+      <c r="T117" t="s">
+        <v>3190</v>
+      </c>
+      <c r="U117" t="s">
+        <v>3191</v>
+      </c>
+      <c r="V117" t="s">
+        <v>3192</v>
+      </c>
+      <c r="W117" t="s">
+        <v>3193</v>
+      </c>
+      <c r="X117" t="s">
+        <v>3194</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>3195</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>3196</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>3197</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>3198</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B118" t="s">
-        <v>3185</v>
+        <v>3199</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>3186</v>
+        <v>3200</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>3187</v>
+        <v>3201</v>
       </c>
       <c r="H118" t="s">
-        <v>3188</v>
+        <v>3202</v>
       </c>
       <c r="I118" t="s">
-        <v>3189</v>
+        <v>3203</v>
       </c>
       <c r="J118" t="s">
-        <v>3190</v>
+        <v>3204</v>
       </c>
       <c r="K118" t="s">
-        <v>3191</v>
+        <v>3205</v>
       </c>
       <c r="L118" t="s">
-        <v>3192</v>
+        <v>3206</v>
       </c>
       <c r="M118" t="s">
-        <v>3193</v>
-[...2 lines deleted...]
-        <v>3194</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B119" t="s">
-        <v>3195</v>
+        <v>3208</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>3196</v>
+        <v>3209</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>3197</v>
+        <v>3210</v>
       </c>
       <c r="H119" t="s">
-        <v>3198</v>
+        <v>3211</v>
       </c>
       <c r="I119" t="s">
-        <v>2577</v>
+        <v>3212</v>
       </c>
       <c r="J119" t="s">
-        <v>3199</v>
+        <v>3213</v>
       </c>
       <c r="K119" t="s">
-        <v>3200</v>
+        <v>3214</v>
+      </c>
+      <c r="L119" t="s">
+        <v>3215</v>
+      </c>
+      <c r="M119" t="s">
+        <v>3216</v>
+      </c>
+      <c r="N119" t="s">
+        <v>3217</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B120" t="s">
-        <v>3201</v>
+        <v>3218</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>3202</v>
+        <v>3219</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>3203</v>
+        <v>3220</v>
       </c>
       <c r="H120" t="s">
-        <v>3204</v>
+        <v>3221</v>
       </c>
       <c r="I120" t="s">
-        <v>3205</v>
+        <v>2611</v>
       </c>
       <c r="J120" t="s">
-        <v>3206</v>
+        <v>3222</v>
       </c>
       <c r="K120" t="s">
-        <v>3207</v>
-[...8 lines deleted...]
-        <v>3210</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B121" t="s">
-        <v>3211</v>
+        <v>3224</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>3212</v>
+        <v>3225</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>3213</v>
+        <v>3226</v>
       </c>
       <c r="H121" t="s">
-        <v>3214</v>
+        <v>3227</v>
       </c>
       <c r="I121" t="s">
-        <v>3215</v>
+        <v>3228</v>
       </c>
       <c r="J121" t="s">
-        <v>3216</v>
+        <v>3229</v>
       </c>
       <c r="K121" t="s">
-        <v>3217</v>
+        <v>3230</v>
       </c>
       <c r="L121" t="s">
-        <v>3218</v>
+        <v>3231</v>
+      </c>
+      <c r="M121" t="s">
+        <v>3232</v>
+      </c>
+      <c r="N121" t="s">
+        <v>3233</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B122" t="s">
-        <v>3219</v>
+        <v>3234</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>3220</v>
+        <v>3235</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>3221</v>
+        <v>3236</v>
       </c>
       <c r="H122" t="s">
-        <v>3222</v>
+        <v>3237</v>
       </c>
       <c r="I122" t="s">
-        <v>3223</v>
+        <v>3238</v>
       </c>
       <c r="J122" t="s">
-        <v>2478</v>
+        <v>3239</v>
       </c>
       <c r="K122" t="s">
-        <v>3224</v>
+        <v>3240</v>
       </c>
       <c r="L122" t="s">
-        <v>3225</v>
-[...8 lines deleted...]
-        <v>3228</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B123" t="s">
-        <v>3229</v>
+        <v>3242</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>3230</v>
+        <v>3243</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="H123" t="s">
-        <v>3232</v>
+        <v>3245</v>
       </c>
       <c r="I123" t="s">
-        <v>2631</v>
+        <v>3246</v>
       </c>
       <c r="J123" t="s">
-        <v>3233</v>
+        <v>2512</v>
       </c>
       <c r="K123" t="s">
-        <v>3234</v>
+        <v>3247</v>
       </c>
       <c r="L123" t="s">
-        <v>3235</v>
+        <v>3248</v>
       </c>
       <c r="M123" t="s">
-        <v>3236</v>
+        <v>3249</v>
       </c>
       <c r="N123" t="s">
-        <v>3237</v>
+        <v>3250</v>
       </c>
       <c r="O123" t="s">
-        <v>3238</v>
-[...2 lines deleted...]
-        <v>3239</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B124" t="s">
-        <v>3240</v>
+        <v>3252</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>3241</v>
+        <v>3253</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>3242</v>
+        <v>3254</v>
       </c>
       <c r="H124" t="s">
-        <v>3243</v>
+        <v>3255</v>
       </c>
       <c r="I124" t="s">
-        <v>3244</v>
+        <v>2665</v>
       </c>
       <c r="J124" t="s">
-        <v>2039</v>
+        <v>3256</v>
       </c>
       <c r="K124" t="s">
-        <v>3245</v>
+        <v>3257</v>
       </c>
       <c r="L124" t="s">
-        <v>3246</v>
+        <v>3258</v>
       </c>
       <c r="M124" t="s">
-        <v>3247</v>
+        <v>3259</v>
       </c>
       <c r="N124" t="s">
-        <v>3248</v>
+        <v>3260</v>
       </c>
       <c r="O124" t="s">
-        <v>3249</v>
+        <v>3261</v>
       </c>
       <c r="P124" t="s">
-        <v>3250</v>
-[...8 lines deleted...]
-        <v>3253</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B125" t="s">
-        <v>3254</v>
+        <v>3263</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>3255</v>
+        <v>3264</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>3256</v>
+        <v>3265</v>
       </c>
       <c r="H125" t="s">
-        <v>3257</v>
+        <v>3266</v>
       </c>
       <c r="I125" t="s">
-        <v>3258</v>
+        <v>3267</v>
       </c>
       <c r="J125" t="s">
-        <v>2823</v>
+        <v>2081</v>
       </c>
       <c r="K125" t="s">
-        <v>3259</v>
+        <v>3268</v>
+      </c>
+      <c r="L125" t="s">
+        <v>3269</v>
+      </c>
+      <c r="M125" t="s">
+        <v>3270</v>
+      </c>
+      <c r="N125" t="s">
+        <v>3271</v>
+      </c>
+      <c r="O125" t="s">
+        <v>3272</v>
+      </c>
+      <c r="P125" t="s">
+        <v>3273</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>3274</v>
+      </c>
+      <c r="R125" t="s">
+        <v>3275</v>
+      </c>
+      <c r="S125" t="s">
+        <v>3276</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B126" t="s">
-        <v>3260</v>
+        <v>3277</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>3261</v>
+        <v>3278</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>3262</v>
+        <v>3279</v>
       </c>
       <c r="H126" t="s">
-        <v>3263</v>
+        <v>3280</v>
       </c>
       <c r="I126" t="s">
-        <v>3264</v>
+        <v>3281</v>
       </c>
       <c r="J126" t="s">
-        <v>3265</v>
+        <v>2857</v>
       </c>
       <c r="K126" t="s">
-        <v>3266</v>
-[...8 lines deleted...]
-        <v>3269</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B127" t="s">
-        <v>3270</v>
+        <v>3283</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>3271</v>
+        <v>3284</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>3272</v>
+        <v>3285</v>
       </c>
       <c r="H127" t="s">
-        <v>3273</v>
+        <v>3286</v>
       </c>
       <c r="I127" t="s">
-        <v>3274</v>
+        <v>3287</v>
       </c>
       <c r="J127" t="s">
-        <v>3275</v>
+        <v>3288</v>
       </c>
       <c r="K127" t="s">
-        <v>3276</v>
+        <v>3289</v>
       </c>
       <c r="L127" t="s">
-        <v>3277</v>
+        <v>3290</v>
       </c>
       <c r="M127" t="s">
-        <v>3278</v>
+        <v>3291</v>
       </c>
       <c r="N127" t="s">
-        <v>3279</v>
-[...2 lines deleted...]
-        <v>3280</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B128" t="s">
-        <v>3281</v>
+        <v>3293</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>3282</v>
+        <v>3294</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>3283</v>
+        <v>3295</v>
       </c>
       <c r="H128" t="s">
-        <v>3284</v>
+        <v>3296</v>
       </c>
       <c r="I128" t="s">
-        <v>3285</v>
+        <v>3297</v>
       </c>
       <c r="J128" t="s">
-        <v>2569</v>
+        <v>3298</v>
       </c>
       <c r="K128" t="s">
-        <v>3286</v>
+        <v>3299</v>
+      </c>
+      <c r="L128" t="s">
+        <v>3300</v>
+      </c>
+      <c r="M128" t="s">
+        <v>3301</v>
+      </c>
+      <c r="N128" t="s">
+        <v>3302</v>
+      </c>
+      <c r="O128" t="s">
+        <v>3303</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B129" t="s">
-        <v>3287</v>
+        <v>3304</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>3288</v>
+        <v>3305</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>3289</v>
+        <v>3306</v>
       </c>
       <c r="H129" t="s">
-        <v>3290</v>
+        <v>3307</v>
       </c>
       <c r="I129" t="s">
-        <v>3291</v>
+        <v>3308</v>
       </c>
       <c r="J129" t="s">
-        <v>3051</v>
+        <v>2603</v>
       </c>
       <c r="K129" t="s">
-        <v>3292</v>
-[...20 lines deleted...]
-        <v>3299</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B130" t="s">
-        <v>3300</v>
+        <v>3310</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>3301</v>
+        <v>3311</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>3302</v>
+        <v>3312</v>
       </c>
       <c r="H130" t="s">
-        <v>3303</v>
+        <v>3313</v>
       </c>
       <c r="I130" t="s">
-        <v>3304</v>
+        <v>3314</v>
       </c>
       <c r="J130" t="s">
-        <v>3305</v>
+        <v>3315</v>
       </c>
       <c r="K130" t="s">
-        <v>3306</v>
+        <v>3316</v>
       </c>
       <c r="L130" t="s">
-        <v>3307</v>
+        <v>3317</v>
       </c>
       <c r="M130" t="s">
-        <v>3308</v>
+        <v>3318</v>
+      </c>
+      <c r="N130" t="s">
+        <v>3319</v>
+      </c>
+      <c r="O130" t="s">
+        <v>3320</v>
+      </c>
+      <c r="P130" t="s">
+        <v>3321</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>3322</v>
+      </c>
+      <c r="R130" t="s">
+        <v>3323</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B131" t="s">
-        <v>3309</v>
+        <v>3324</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>3310</v>
+        <v>3325</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>3311</v>
+        <v>3326</v>
       </c>
       <c r="H131" t="s">
-        <v>3312</v>
+        <v>3327</v>
       </c>
       <c r="I131" t="s">
-        <v>3313</v>
+        <v>3328</v>
       </c>
       <c r="J131" t="s">
-        <v>2876</v>
+        <v>3329</v>
       </c>
       <c r="K131" t="s">
-        <v>3314</v>
+        <v>3330</v>
       </c>
       <c r="L131" t="s">
-        <v>3315</v>
+        <v>3331</v>
       </c>
       <c r="M131" t="s">
-        <v>3316</v>
-[...5 lines deleted...]
-        <v>3318</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B132" t="s">
-        <v>3319</v>
+        <v>3333</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>3320</v>
+        <v>3334</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>3321</v>
+        <v>3335</v>
       </c>
       <c r="H132" t="s">
-        <v>3322</v>
+        <v>3336</v>
       </c>
       <c r="I132" t="s">
-        <v>3323</v>
+        <v>3337</v>
       </c>
       <c r="J132" t="s">
-        <v>3324</v>
+        <v>2910</v>
       </c>
       <c r="K132" t="s">
-        <v>3325</v>
+        <v>3338</v>
+      </c>
+      <c r="L132" t="s">
+        <v>3339</v>
+      </c>
+      <c r="M132" t="s">
+        <v>3340</v>
+      </c>
+      <c r="N132" t="s">
+        <v>3341</v>
+      </c>
+      <c r="O132" t="s">
+        <v>3342</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B133" t="s">
-        <v>3326</v>
+        <v>3343</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>3327</v>
+        <v>3344</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>3328</v>
+        <v>3345</v>
       </c>
       <c r="H133" t="s">
-        <v>3329</v>
+        <v>3346</v>
       </c>
       <c r="I133" t="s">
-        <v>3330</v>
+        <v>3347</v>
       </c>
       <c r="J133" t="s">
-        <v>3331</v>
+        <v>3348</v>
       </c>
       <c r="K133" t="s">
-        <v>3332</v>
-[...17 lines deleted...]
-        <v>3338</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B134" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>3340</v>
+        <v>3351</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>3341</v>
+        <v>3352</v>
       </c>
       <c r="H134" t="s">
-        <v>3342</v>
+        <v>3353</v>
       </c>
       <c r="I134" t="s">
-        <v>3343</v>
+        <v>3354</v>
       </c>
       <c r="J134" t="s">
-        <v>1818</v>
+        <v>3355</v>
       </c>
       <c r="K134" t="s">
-        <v>3344</v>
+        <v>3356</v>
       </c>
       <c r="L134" t="s">
-        <v>3345</v>
+        <v>3357</v>
       </c>
       <c r="M134" t="s">
-        <v>3346</v>
+        <v>3358</v>
       </c>
       <c r="N134" t="s">
-        <v>3347</v>
+        <v>3359</v>
       </c>
       <c r="O134" t="s">
-        <v>3348</v>
+        <v>3360</v>
+      </c>
+      <c r="P134" t="s">
+        <v>3361</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>3362</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B135" t="s">
-        <v>3349</v>
+        <v>3363</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>3350</v>
+        <v>3364</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>3351</v>
+        <v>3365</v>
       </c>
       <c r="H135" t="s">
-        <v>3352</v>
+        <v>3366</v>
       </c>
       <c r="I135" t="s">
-        <v>3353</v>
+        <v>3367</v>
       </c>
       <c r="J135" t="s">
-        <v>3354</v>
+        <v>1921</v>
       </c>
       <c r="K135" t="s">
-        <v>3355</v>
+        <v>3368</v>
       </c>
       <c r="L135" t="s">
-        <v>3356</v>
+        <v>3369</v>
       </c>
       <c r="M135" t="s">
-        <v>3357</v>
+        <v>3370</v>
       </c>
       <c r="N135" t="s">
-        <v>3358</v>
+        <v>3371</v>
+      </c>
+      <c r="O135" t="s">
+        <v>3372</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B136" t="s">
-        <v>3359</v>
+        <v>3373</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>3360</v>
+        <v>3374</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>3361</v>
+        <v>3375</v>
       </c>
       <c r="H136" t="s">
-        <v>3362</v>
+        <v>3376</v>
       </c>
       <c r="I136" t="s">
-        <v>3363</v>
+        <v>3377</v>
       </c>
       <c r="J136" t="s">
-        <v>3364</v>
+        <v>3378</v>
       </c>
       <c r="K136" t="s">
-        <v>3365</v>
+        <v>3379</v>
       </c>
       <c r="L136" t="s">
-        <v>3366</v>
+        <v>3380</v>
       </c>
       <c r="M136" t="s">
-        <v>3367</v>
+        <v>3381</v>
+      </c>
+      <c r="N136" t="s">
+        <v>3382</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B137" t="s">
-        <v>3368</v>
+        <v>3383</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>3369</v>
+        <v>3384</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>3370</v>
+        <v>3385</v>
       </c>
       <c r="H137" t="s">
-        <v>3371</v>
+        <v>3386</v>
       </c>
       <c r="I137" t="s">
-        <v>3363</v>
+        <v>3387</v>
       </c>
       <c r="J137" t="s">
-        <v>2876</v>
+        <v>3388</v>
       </c>
       <c r="K137" t="s">
-        <v>3372</v>
+        <v>3389</v>
       </c>
       <c r="L137" t="s">
-        <v>3373</v>
+        <v>3390</v>
       </c>
       <c r="M137" t="s">
-        <v>3374</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B138" t="s">
-        <v>3375</v>
+        <v>3392</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>3376</v>
+        <v>3393</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>3377</v>
+        <v>3394</v>
       </c>
       <c r="H138" t="s">
-        <v>3378</v>
+        <v>3395</v>
       </c>
       <c r="I138" t="s">
-        <v>2360</v>
+        <v>3387</v>
       </c>
       <c r="J138" t="s">
-        <v>3379</v>
+        <v>2910</v>
       </c>
       <c r="K138" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="L138" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="M138" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B139" t="s">
-        <v>3383</v>
+        <v>3399</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>3384</v>
+        <v>3400</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>3385</v>
+        <v>3401</v>
       </c>
       <c r="H139" t="s">
-        <v>3386</v>
+        <v>3402</v>
       </c>
       <c r="I139" t="s">
-        <v>3387</v>
+        <v>2394</v>
       </c>
       <c r="J139" t="s">
-        <v>3388</v>
+        <v>3403</v>
       </c>
       <c r="K139" t="s">
-        <v>3389</v>
+        <v>3404</v>
       </c>
       <c r="L139" t="s">
-        <v>3390</v>
+        <v>3405</v>
       </c>
       <c r="M139" t="s">
-        <v>3391</v>
-[...5 lines deleted...]
-        <v>3393</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B140" t="s">
-        <v>3394</v>
+        <v>3407</v>
       </c>
       <c r="C140" t="s">
         <v>11</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>3395</v>
+        <v>3408</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>3396</v>
+        <v>3409</v>
       </c>
       <c r="H140" t="s">
-        <v>3397</v>
+        <v>3410</v>
       </c>
       <c r="I140" t="s">
-        <v>3398</v>
+        <v>3411</v>
       </c>
       <c r="J140" t="s">
-        <v>3118</v>
+        <v>3412</v>
       </c>
       <c r="K140" t="s">
-        <v>3399</v>
+        <v>3413</v>
       </c>
       <c r="L140" t="s">
-        <v>3400</v>
+        <v>3414</v>
       </c>
       <c r="M140" t="s">
-        <v>3401</v>
+        <v>3415</v>
       </c>
       <c r="N140" t="s">
-        <v>3402</v>
+        <v>3416</v>
       </c>
       <c r="O140" t="s">
-        <v>3403</v>
-[...2 lines deleted...]
-        <v>3404</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B141" t="s">
-        <v>3405</v>
+        <v>3418</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>3406</v>
+        <v>3419</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>3407</v>
+        <v>3420</v>
       </c>
       <c r="H141" t="s">
-        <v>3408</v>
+        <v>3421</v>
       </c>
       <c r="I141" t="s">
-        <v>3409</v>
+        <v>3422</v>
       </c>
       <c r="J141" t="s">
-        <v>3410</v>
+        <v>3141</v>
       </c>
       <c r="K141" t="s">
-        <v>3411</v>
+        <v>3423</v>
+      </c>
+      <c r="L141" t="s">
+        <v>3424</v>
+      </c>
+      <c r="M141" t="s">
+        <v>3425</v>
+      </c>
+      <c r="N141" t="s">
+        <v>3426</v>
+      </c>
+      <c r="O141" t="s">
+        <v>3427</v>
+      </c>
+      <c r="P141" t="s">
+        <v>3428</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B142" t="s">
-        <v>3412</v>
+        <v>3429</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>3413</v>
+        <v>3430</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>3414</v>
+        <v>3431</v>
       </c>
       <c r="H142" t="s">
-        <v>3415</v>
+        <v>3432</v>
       </c>
       <c r="I142" t="s">
-        <v>3416</v>
+        <v>3433</v>
       </c>
       <c r="J142" t="s">
-        <v>379</v>
+        <v>3434</v>
       </c>
       <c r="K142" t="s">
-        <v>3417</v>
-[...5 lines deleted...]
-        <v>3419</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B143" t="s">
-        <v>3420</v>
+        <v>3436</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>3421</v>
+        <v>3437</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>3422</v>
+        <v>3438</v>
       </c>
       <c r="H143" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="I143" t="s">
-        <v>3424</v>
+        <v>3440</v>
       </c>
       <c r="J143" t="s">
-        <v>2515</v>
+        <v>386</v>
       </c>
       <c r="K143" t="s">
-        <v>3425</v>
+        <v>3441</v>
       </c>
       <c r="L143" t="s">
-        <v>3426</v>
+        <v>3442</v>
       </c>
       <c r="M143" t="s">
-        <v>3427</v>
-[...35 lines deleted...]
-        <v>3439</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B144" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>3441</v>
+        <v>3445</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>3442</v>
+        <v>3446</v>
       </c>
       <c r="H144" t="s">
-        <v>3443</v>
+        <v>3447</v>
       </c>
       <c r="I144" t="s">
-        <v>2577</v>
+        <v>3448</v>
       </c>
       <c r="J144" t="s">
-        <v>3233</v>
+        <v>2549</v>
       </c>
       <c r="K144" t="s">
-        <v>3444</v>
+        <v>3449</v>
       </c>
       <c r="L144" t="s">
-        <v>3445</v>
+        <v>3450</v>
       </c>
       <c r="M144" t="s">
-        <v>3446</v>
+        <v>3451</v>
       </c>
       <c r="N144" t="s">
-        <v>3447</v>
+        <v>3452</v>
+      </c>
+      <c r="O144" t="s">
+        <v>3453</v>
+      </c>
+      <c r="P144" t="s">
+        <v>3454</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>3455</v>
+      </c>
+      <c r="R144" t="s">
+        <v>3456</v>
+      </c>
+      <c r="S144" t="s">
+        <v>3457</v>
+      </c>
+      <c r="T144" t="s">
+        <v>3458</v>
+      </c>
+      <c r="U144" t="s">
+        <v>3459</v>
+      </c>
+      <c r="V144" t="s">
+        <v>3460</v>
+      </c>
+      <c r="W144" t="s">
+        <v>3461</v>
+      </c>
+      <c r="X144" t="s">
+        <v>3462</v>
+      </c>
+      <c r="Y144" t="s">
+        <v>3463</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B145" t="s">
-        <v>3448</v>
+        <v>3464</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>3449</v>
+        <v>3465</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>3450</v>
+        <v>3466</v>
       </c>
       <c r="H145" t="s">
-        <v>3451</v>
+        <v>3467</v>
       </c>
       <c r="I145" t="s">
-        <v>3452</v>
+        <v>2611</v>
       </c>
       <c r="J145" t="s">
-        <v>3453</v>
+        <v>3256</v>
       </c>
       <c r="K145" t="s">
-        <v>3454</v>
+        <v>3468</v>
+      </c>
+      <c r="L145" t="s">
+        <v>3469</v>
+      </c>
+      <c r="M145" t="s">
+        <v>3470</v>
+      </c>
+      <c r="N145" t="s">
+        <v>3471</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B146" t="s">
-        <v>3455</v>
+        <v>3472</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>3456</v>
+        <v>3473</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>3457</v>
+        <v>3474</v>
       </c>
       <c r="H146" t="s">
-        <v>3458</v>
+        <v>3475</v>
       </c>
       <c r="I146" t="s">
-        <v>3459</v>
+        <v>3476</v>
       </c>
       <c r="J146" t="s">
-        <v>3051</v>
+        <v>3477</v>
       </c>
       <c r="K146" t="s">
-        <v>3460</v>
-[...2 lines deleted...]
-        <v>3461</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B147" t="s">
-        <v>3462</v>
+        <v>3479</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>3463</v>
+        <v>3480</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>3464</v>
+        <v>3481</v>
       </c>
       <c r="H147" t="s">
-        <v>3465</v>
+        <v>3482</v>
       </c>
       <c r="I147" t="s">
-        <v>3466</v>
+        <v>3483</v>
       </c>
       <c r="J147" t="s">
-        <v>3467</v>
+        <v>3315</v>
       </c>
       <c r="K147" t="s">
-        <v>3468</v>
+        <v>3484</v>
       </c>
       <c r="L147" t="s">
-        <v>3469</v>
-[...5 lines deleted...]
-        <v>3471</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B148" t="s">
-        <v>3472</v>
+        <v>3486</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>3473</v>
+        <v>3487</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>3474</v>
+        <v>3488</v>
       </c>
       <c r="H148" t="s">
-        <v>3475</v>
+        <v>3489</v>
       </c>
       <c r="I148" t="s">
-        <v>3476</v>
+        <v>3490</v>
       </c>
       <c r="J148" t="s">
-        <v>3477</v>
+        <v>3491</v>
       </c>
       <c r="K148" t="s">
-        <v>3478</v>
+        <v>3492</v>
+      </c>
+      <c r="L148" t="s">
+        <v>3493</v>
+      </c>
+      <c r="M148" t="s">
+        <v>3494</v>
+      </c>
+      <c r="N148" t="s">
+        <v>3495</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B149" t="s">
-        <v>3479</v>
+        <v>3496</v>
       </c>
       <c r="C149" t="s">
         <v>11</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>3480</v>
+        <v>3497</v>
       </c>
       <c r="F149" t="s">
         <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>3481</v>
+        <v>3498</v>
       </c>
       <c r="H149" t="s">
-        <v>3482</v>
+        <v>3499</v>
       </c>
       <c r="I149" t="s">
-        <v>3459</v>
+        <v>3500</v>
       </c>
       <c r="J149" t="s">
-        <v>2399</v>
+        <v>3501</v>
       </c>
       <c r="K149" t="s">
-        <v>3483</v>
-[...2 lines deleted...]
-        <v>3484</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B150" t="s">
-        <v>3485</v>
+        <v>3503</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>3486</v>
+        <v>3504</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>3487</v>
+        <v>3505</v>
       </c>
       <c r="H150" t="s">
-        <v>3488</v>
+        <v>3506</v>
       </c>
       <c r="I150" t="s">
-        <v>2360</v>
+        <v>3483</v>
       </c>
       <c r="J150" t="s">
-        <v>3489</v>
+        <v>2433</v>
       </c>
       <c r="K150" t="s">
-        <v>3490</v>
+        <v>3507</v>
+      </c>
+      <c r="L150" t="s">
+        <v>3508</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B151" t="s">
-        <v>3491</v>
+        <v>3509</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>3492</v>
+        <v>3510</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>3493</v>
+        <v>3511</v>
       </c>
       <c r="H151" t="s">
-        <v>3494</v>
+        <v>3512</v>
       </c>
       <c r="I151" t="s">
-        <v>3495</v>
+        <v>2394</v>
       </c>
       <c r="J151" t="s">
-        <v>3496</v>
+        <v>3513</v>
       </c>
       <c r="K151" t="s">
-        <v>3497</v>
-[...20 lines deleted...]
-        <v>3504</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B152" t="s">
-        <v>3505</v>
+        <v>3515</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>3492</v>
+        <v>3516</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>3506</v>
+        <v>3517</v>
       </c>
       <c r="H152" t="s">
-        <v>3507</v>
+        <v>3518</v>
       </c>
       <c r="I152" t="s">
-        <v>3459</v>
+        <v>3519</v>
       </c>
       <c r="J152" t="s">
-        <v>1961</v>
+        <v>3520</v>
       </c>
       <c r="K152" t="s">
-        <v>3508</v>
+        <v>3521</v>
       </c>
       <c r="L152" t="s">
-        <v>3509</v>
+        <v>3522</v>
+      </c>
+      <c r="M152" t="s">
+        <v>3523</v>
+      </c>
+      <c r="N152" t="s">
+        <v>3524</v>
+      </c>
+      <c r="O152" t="s">
+        <v>3525</v>
+      </c>
+      <c r="P152" t="s">
+        <v>3526</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>3527</v>
+      </c>
+      <c r="R152" t="s">
+        <v>3528</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B153" t="s">
-        <v>3510</v>
+        <v>3529</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>3511</v>
+        <v>3516</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>3512</v>
+        <v>3530</v>
       </c>
       <c r="H153" t="s">
-        <v>3513</v>
+        <v>3531</v>
       </c>
       <c r="I153" t="s">
-        <v>3398</v>
+        <v>3483</v>
       </c>
       <c r="J153" t="s">
-        <v>501</v>
+        <v>1773</v>
       </c>
       <c r="K153" t="s">
-        <v>3514</v>
+        <v>3532</v>
       </c>
       <c r="L153" t="s">
-        <v>3515</v>
-[...2 lines deleted...]
-        <v>3516</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B154" t="s">
-        <v>3517</v>
+        <v>3534</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>3518</v>
+        <v>3535</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>3519</v>
+        <v>3536</v>
       </c>
       <c r="H154" t="s">
-        <v>3520</v>
+        <v>3537</v>
       </c>
       <c r="I154" t="s">
-        <v>3521</v>
+        <v>3422</v>
       </c>
       <c r="J154" t="s">
-        <v>2684</v>
+        <v>508</v>
       </c>
       <c r="K154" t="s">
-        <v>3522</v>
+        <v>3538</v>
       </c>
       <c r="L154" t="s">
-        <v>3523</v>
+        <v>3539</v>
       </c>
       <c r="M154" t="s">
-        <v>3524</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B155" t="s">
-        <v>3525</v>
+        <v>3541</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>3526</v>
+        <v>3542</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>3527</v>
+        <v>3543</v>
       </c>
       <c r="H155" t="s">
-        <v>3528</v>
+        <v>3544</v>
       </c>
       <c r="I155" t="s">
-        <v>3529</v>
+        <v>3545</v>
       </c>
       <c r="J155" t="s">
-        <v>3530</v>
+        <v>2718</v>
       </c>
       <c r="K155" t="s">
-        <v>3531</v>
+        <v>3546</v>
       </c>
       <c r="L155" t="s">
-        <v>3532</v>
+        <v>3547</v>
       </c>
       <c r="M155" t="s">
-        <v>3533</v>
-[...5 lines deleted...]
-        <v>3535</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B156" t="s">
-        <v>3536</v>
+        <v>3549</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>3526</v>
+        <v>3550</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>3537</v>
+        <v>3551</v>
       </c>
       <c r="H156" t="s">
-        <v>3538</v>
+        <v>3552</v>
       </c>
       <c r="I156" t="s">
-        <v>3539</v>
+        <v>3553</v>
       </c>
       <c r="J156" t="s">
-        <v>2170</v>
+        <v>3554</v>
       </c>
       <c r="K156" t="s">
-        <v>3540</v>
+        <v>3555</v>
       </c>
       <c r="L156" t="s">
-        <v>3541</v>
+        <v>3556</v>
       </c>
       <c r="M156" t="s">
-        <v>3542</v>
+        <v>3557</v>
       </c>
       <c r="N156" t="s">
-        <v>3543</v>
+        <v>3558</v>
+      </c>
+      <c r="O156" t="s">
+        <v>3559</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B157" t="s">
-        <v>3544</v>
+        <v>3560</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>3545</v>
+        <v>3550</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>3546</v>
+        <v>3561</v>
       </c>
       <c r="H157" t="s">
-        <v>3547</v>
+        <v>3562</v>
       </c>
       <c r="I157" t="s">
-        <v>3548</v>
+        <v>3563</v>
       </c>
       <c r="J157" t="s">
-        <v>2399</v>
+        <v>2211</v>
       </c>
       <c r="K157" t="s">
-        <v>3549</v>
+        <v>3564</v>
       </c>
       <c r="L157" t="s">
-        <v>3550</v>
+        <v>3565</v>
       </c>
       <c r="M157" t="s">
-        <v>3551</v>
+        <v>3566</v>
+      </c>
+      <c r="N157" t="s">
+        <v>3567</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B158" t="s">
-        <v>3552</v>
+        <v>3568</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>3553</v>
+        <v>3569</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>3554</v>
+        <v>3570</v>
       </c>
       <c r="H158" t="s">
-        <v>3555</v>
+        <v>3571</v>
       </c>
       <c r="I158" t="s">
-        <v>3556</v>
+        <v>3572</v>
       </c>
       <c r="J158" t="s">
-        <v>3557</v>
+        <v>2433</v>
       </c>
       <c r="K158" t="s">
-        <v>3558</v>
+        <v>3573</v>
+      </c>
+      <c r="L158" t="s">
+        <v>3574</v>
+      </c>
+      <c r="M158" t="s">
+        <v>3575</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B159" t="s">
-        <v>3559</v>
+        <v>3576</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>3560</v>
+        <v>3577</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>3561</v>
+        <v>3578</v>
       </c>
       <c r="H159" t="s">
-        <v>3562</v>
+        <v>3579</v>
       </c>
       <c r="I159" t="s">
-        <v>3563</v>
+        <v>3580</v>
       </c>
       <c r="J159" t="s">
-        <v>3564</v>
+        <v>3581</v>
       </c>
       <c r="K159" t="s">
-        <v>3565</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B160" t="s">
-        <v>3566</v>
+        <v>3583</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>3560</v>
+        <v>3584</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>3567</v>
+        <v>3585</v>
       </c>
       <c r="H160" t="s">
-        <v>3568</v>
+        <v>3586</v>
       </c>
       <c r="I160" t="s">
-        <v>3569</v>
+        <v>3587</v>
       </c>
       <c r="J160" t="s">
-        <v>2170</v>
+        <v>3588</v>
       </c>
       <c r="K160" t="s">
-        <v>3570</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B161" t="s">
-        <v>3571</v>
+        <v>3590</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>3572</v>
+        <v>3584</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>3573</v>
+        <v>3591</v>
       </c>
       <c r="H161" t="s">
-        <v>3574</v>
+        <v>3592</v>
       </c>
       <c r="I161" t="s">
-        <v>3575</v>
+        <v>3593</v>
       </c>
       <c r="J161" t="s">
-        <v>3576</v>
+        <v>2211</v>
       </c>
       <c r="K161" t="s">
-        <v>3577</v>
-[...14 lines deleted...]
-        <v>3582</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B162" t="s">
-        <v>3583</v>
+        <v>3595</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>3584</v>
+        <v>3596</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>3585</v>
+        <v>3597</v>
       </c>
       <c r="H162" t="s">
-        <v>3586</v>
+        <v>3598</v>
       </c>
       <c r="I162" t="s">
-        <v>3587</v>
+        <v>3599</v>
       </c>
       <c r="J162" t="s">
-        <v>3588</v>
+        <v>3600</v>
       </c>
       <c r="K162" t="s">
-        <v>3589</v>
+        <v>3601</v>
       </c>
       <c r="L162" t="s">
-        <v>3590</v>
+        <v>3602</v>
       </c>
       <c r="M162" t="s">
-        <v>3591</v>
+        <v>3603</v>
       </c>
       <c r="N162" t="s">
-        <v>3592</v>
+        <v>3604</v>
       </c>
       <c r="O162" t="s">
-        <v>3593</v>
+        <v>3605</v>
+      </c>
+      <c r="P162" t="s">
+        <v>3606</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B163" t="s">
-        <v>3594</v>
+        <v>3607</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>3595</v>
+        <v>3608</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>3596</v>
+        <v>3609</v>
       </c>
       <c r="H163" t="s">
-        <v>3597</v>
+        <v>3610</v>
       </c>
       <c r="I163" t="s">
-        <v>3598</v>
+        <v>3611</v>
       </c>
       <c r="J163" t="s">
-        <v>3599</v>
+        <v>3612</v>
       </c>
       <c r="K163" t="s">
-        <v>3600</v>
+        <v>3613</v>
+      </c>
+      <c r="L163" t="s">
+        <v>3614</v>
+      </c>
+      <c r="M163" t="s">
+        <v>3615</v>
+      </c>
+      <c r="N163" t="s">
+        <v>3616</v>
+      </c>
+      <c r="O163" t="s">
+        <v>3617</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B164" t="s">
-        <v>3601</v>
+        <v>3618</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>3602</v>
+        <v>3619</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>3603</v>
+        <v>3620</v>
       </c>
       <c r="H164" t="s">
-        <v>3604</v>
+        <v>3621</v>
       </c>
       <c r="I164" t="s">
-        <v>3605</v>
+        <v>3622</v>
       </c>
       <c r="J164" t="s">
-        <v>2170</v>
+        <v>3623</v>
       </c>
       <c r="K164" t="s">
-        <v>3606</v>
-[...5 lines deleted...]
-        <v>3608</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B165" t="s">
-        <v>3609</v>
+        <v>3625</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>3602</v>
+        <v>3626</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="H165" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="I165" t="s">
-        <v>3205</v>
+        <v>3629</v>
       </c>
       <c r="J165" t="s">
-        <v>1926</v>
+        <v>2211</v>
       </c>
       <c r="K165" t="s">
-        <v>3612</v>
+        <v>3630</v>
       </c>
       <c r="L165" t="s">
-        <v>3613</v>
+        <v>3631</v>
       </c>
       <c r="M165" t="s">
-        <v>3614</v>
-[...2 lines deleted...]
-        <v>3615</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B166" t="s">
-        <v>3616</v>
+        <v>3633</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>3617</v>
+        <v>3626</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>3618</v>
+        <v>3634</v>
       </c>
       <c r="H166" t="s">
-        <v>3619</v>
+        <v>3635</v>
       </c>
       <c r="I166" t="s">
-        <v>2449</v>
+        <v>3228</v>
       </c>
       <c r="J166" t="s">
-        <v>2891</v>
+        <v>2029</v>
       </c>
       <c r="K166" t="s">
-        <v>3620</v>
+        <v>3636</v>
+      </c>
+      <c r="L166" t="s">
+        <v>3637</v>
+      </c>
+      <c r="M166" t="s">
+        <v>3638</v>
+      </c>
+      <c r="N166" t="s">
+        <v>3639</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B167" t="s">
-        <v>3621</v>
+        <v>3640</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>3622</v>
+        <v>3641</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>3623</v>
+        <v>3642</v>
       </c>
       <c r="H167" t="s">
-        <v>3624</v>
+        <v>3643</v>
       </c>
       <c r="I167" t="s">
-        <v>3625</v>
+        <v>2483</v>
       </c>
       <c r="J167" t="s">
-        <v>2095</v>
+        <v>2925</v>
       </c>
       <c r="K167" t="s">
-        <v>3626</v>
-[...14 lines deleted...]
-        <v>3631</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B168" t="s">
-        <v>3632</v>
+        <v>3645</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>1514</v>
+        <v>3646</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>3633</v>
+        <v>3647</v>
       </c>
       <c r="H168" t="s">
-        <v>3634</v>
+        <v>3648</v>
       </c>
       <c r="I168" t="s">
-        <v>3635</v>
+        <v>3649</v>
       </c>
       <c r="J168" t="s">
-        <v>379</v>
+        <v>1837</v>
       </c>
       <c r="K168" t="s">
-        <v>3636</v>
+        <v>3650</v>
       </c>
       <c r="L168" t="s">
-        <v>3637</v>
+        <v>3651</v>
       </c>
       <c r="M168" t="s">
-        <v>3638</v>
+        <v>3652</v>
       </c>
       <c r="N168" t="s">
-        <v>3639</v>
+        <v>3653</v>
       </c>
       <c r="O168" t="s">
-        <v>3640</v>
+        <v>3654</v>
       </c>
       <c r="P168" t="s">
-        <v>3641</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B169" t="s">
-        <v>3642</v>
+        <v>3656</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>3602</v>
+        <v>1521</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>3643</v>
+        <v>3657</v>
       </c>
       <c r="H169" t="s">
-        <v>3644</v>
+        <v>3658</v>
       </c>
       <c r="I169" t="s">
-        <v>3459</v>
+        <v>3659</v>
       </c>
       <c r="J169" t="s">
-        <v>3645</v>
+        <v>386</v>
       </c>
       <c r="K169" t="s">
-        <v>3646</v>
+        <v>3660</v>
       </c>
       <c r="L169" t="s">
-        <v>3647</v>
+        <v>3661</v>
+      </c>
+      <c r="M169" t="s">
+        <v>3662</v>
+      </c>
+      <c r="N169" t="s">
+        <v>3663</v>
+      </c>
+      <c r="O169" t="s">
+        <v>3664</v>
+      </c>
+      <c r="P169" t="s">
+        <v>3665</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B170" t="s">
-        <v>3648</v>
+        <v>3666</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>3649</v>
+        <v>3626</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>3650</v>
+        <v>3667</v>
       </c>
       <c r="H170" t="s">
-        <v>3651</v>
+        <v>3668</v>
       </c>
       <c r="I170" t="s">
-        <v>3652</v>
+        <v>3483</v>
       </c>
       <c r="J170" t="s">
-        <v>3653</v>
+        <v>3669</v>
       </c>
       <c r="K170" t="s">
-        <v>3654</v>
+        <v>3670</v>
       </c>
       <c r="L170" t="s">
-        <v>3655</v>
-[...5 lines deleted...]
-        <v>3657</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B171" t="s">
-        <v>3658</v>
+        <v>3672</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>3659</v>
+        <v>3673</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>3660</v>
+        <v>3674</v>
       </c>
       <c r="H171" t="s">
-        <v>3661</v>
+        <v>3675</v>
       </c>
       <c r="I171" t="s">
-        <v>3662</v>
+        <v>3676</v>
       </c>
       <c r="J171" t="s">
-        <v>2399</v>
+        <v>3677</v>
       </c>
       <c r="K171" t="s">
-        <v>3663</v>
+        <v>3678</v>
       </c>
       <c r="L171" t="s">
-        <v>3664</v>
+        <v>3679</v>
       </c>
       <c r="M171" t="s">
-        <v>3665</v>
+        <v>3680</v>
       </c>
       <c r="N171" t="s">
-        <v>3666</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B172" t="s">
-        <v>3667</v>
+        <v>3682</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>3668</v>
+        <v>3683</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>3669</v>
+        <v>3684</v>
       </c>
       <c r="H172" t="s">
-        <v>3670</v>
+        <v>3685</v>
       </c>
       <c r="I172" t="s">
-        <v>2360</v>
+        <v>3686</v>
       </c>
       <c r="J172" t="s">
-        <v>3051</v>
+        <v>2433</v>
       </c>
       <c r="K172" t="s">
-        <v>3671</v>
+        <v>3687</v>
+      </c>
+      <c r="L172" t="s">
+        <v>3688</v>
+      </c>
+      <c r="M172" t="s">
+        <v>3689</v>
+      </c>
+      <c r="N172" t="s">
+        <v>3690</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B173" t="s">
-        <v>3672</v>
+        <v>3691</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>3659</v>
+        <v>3692</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>3673</v>
+        <v>3693</v>
       </c>
       <c r="H173" t="s">
-        <v>3674</v>
+        <v>3694</v>
       </c>
       <c r="I173" t="s">
-        <v>3675</v>
+        <v>2394</v>
       </c>
       <c r="J173" t="s">
-        <v>3676</v>
+        <v>3315</v>
       </c>
       <c r="K173" t="s">
-        <v>3677</v>
-[...2 lines deleted...]
-        <v>3678</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B174" t="s">
-        <v>3679</v>
+        <v>3696</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>3680</v>
+        <v>3683</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>3681</v>
+        <v>3697</v>
       </c>
       <c r="H174" t="s">
-        <v>3682</v>
+        <v>3698</v>
       </c>
       <c r="I174" t="s">
-        <v>3683</v>
+        <v>3699</v>
       </c>
       <c r="J174" t="s">
-        <v>3684</v>
+        <v>3700</v>
       </c>
       <c r="K174" t="s">
-        <v>3685</v>
+        <v>3701</v>
       </c>
       <c r="L174" t="s">
-        <v>3686</v>
-[...5 lines deleted...]
-        <v>3688</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B175" t="s">
-        <v>3689</v>
+        <v>3703</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>3690</v>
+        <v>3704</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>3691</v>
+        <v>3705</v>
       </c>
       <c r="H175" t="s">
-        <v>3692</v>
+        <v>3706</v>
       </c>
       <c r="I175" t="s">
-        <v>3693</v>
+        <v>3707</v>
       </c>
       <c r="J175" t="s">
-        <v>2095</v>
+        <v>3708</v>
       </c>
       <c r="K175" t="s">
-        <v>3694</v>
+        <v>3709</v>
       </c>
       <c r="L175" t="s">
-        <v>3695</v>
+        <v>3710</v>
       </c>
       <c r="M175" t="s">
-        <v>3696</v>
+        <v>3711</v>
       </c>
       <c r="N175" t="s">
-        <v>3697</v>
-[...11 lines deleted...]
-        <v>3701</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B176" t="s">
-        <v>3702</v>
+        <v>3713</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>3703</v>
+        <v>3714</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>3704</v>
+        <v>3715</v>
       </c>
       <c r="H176" t="s">
-        <v>3705</v>
+        <v>3716</v>
       </c>
       <c r="I176" t="s">
-        <v>3706</v>
+        <v>3717</v>
       </c>
       <c r="J176" t="s">
-        <v>3707</v>
+        <v>1837</v>
       </c>
       <c r="K176" t="s">
-        <v>3708</v>
+        <v>3718</v>
       </c>
       <c r="L176" t="s">
-        <v>3709</v>
+        <v>3719</v>
       </c>
       <c r="M176" t="s">
-        <v>3710</v>
+        <v>3720</v>
+      </c>
+      <c r="N176" t="s">
+        <v>3721</v>
+      </c>
+      <c r="O176" t="s">
+        <v>3722</v>
+      </c>
+      <c r="P176" t="s">
+        <v>3723</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>3724</v>
+      </c>
+      <c r="R176" t="s">
+        <v>3725</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B177" t="s">
-        <v>3711</v>
+        <v>3726</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>3712</v>
+        <v>3727</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>3713</v>
+        <v>3728</v>
       </c>
       <c r="H177" t="s">
-        <v>3714</v>
+        <v>3729</v>
       </c>
       <c r="I177" t="s">
-        <v>2890</v>
+        <v>3730</v>
       </c>
       <c r="J177" t="s">
-        <v>2925</v>
+        <v>3731</v>
       </c>
       <c r="K177" t="s">
-        <v>3715</v>
+        <v>3732</v>
       </c>
       <c r="L177" t="s">
-        <v>3716</v>
+        <v>3733</v>
+      </c>
+      <c r="M177" t="s">
+        <v>3734</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B178" t="s">
-        <v>3717</v>
+        <v>3735</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>3712</v>
+        <v>3736</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>3718</v>
+        <v>3737</v>
       </c>
       <c r="H178" t="s">
-        <v>3719</v>
+        <v>3738</v>
       </c>
       <c r="I178" t="s">
-        <v>3720</v>
+        <v>2924</v>
       </c>
       <c r="J178" t="s">
-        <v>1961</v>
+        <v>2959</v>
       </c>
       <c r="K178" t="s">
-        <v>3721</v>
+        <v>3739</v>
       </c>
       <c r="L178" t="s">
-        <v>3722</v>
-[...2 lines deleted...]
-        <v>3723</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B179" t="s">
-        <v>3724</v>
+        <v>3741</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>3725</v>
+        <v>3736</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>3726</v>
+        <v>3742</v>
       </c>
       <c r="H179" t="s">
-        <v>3727</v>
+        <v>3743</v>
       </c>
       <c r="I179" t="s">
-        <v>3728</v>
+        <v>3744</v>
       </c>
       <c r="J179" t="s">
-        <v>2095</v>
+        <v>1773</v>
       </c>
       <c r="K179" t="s">
-        <v>3729</v>
+        <v>3745</v>
       </c>
       <c r="L179" t="s">
-        <v>3730</v>
+        <v>3746</v>
       </c>
       <c r="M179" t="s">
-        <v>3731</v>
-[...8 lines deleted...]
-        <v>3734</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B180" t="s">
-        <v>3735</v>
+        <v>3748</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>3736</v>
+        <v>3749</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>3737</v>
+        <v>3750</v>
       </c>
       <c r="H180" t="s">
-        <v>3738</v>
+        <v>3751</v>
       </c>
       <c r="I180" t="s">
-        <v>3739</v>
+        <v>3752</v>
       </c>
       <c r="J180" t="s">
-        <v>3740</v>
+        <v>1837</v>
       </c>
       <c r="K180" t="s">
-        <v>3741</v>
+        <v>3753</v>
       </c>
       <c r="L180" t="s">
-        <v>3742</v>
+        <v>3754</v>
       </c>
       <c r="M180" t="s">
-        <v>3743</v>
+        <v>3755</v>
       </c>
       <c r="N180" t="s">
-        <v>3744</v>
+        <v>3756</v>
       </c>
       <c r="O180" t="s">
-        <v>3745</v>
+        <v>3757</v>
       </c>
       <c r="P180" t="s">
-        <v>3746</v>
-[...8 lines deleted...]
-        <v>3749</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B181" t="s">
-        <v>3750</v>
+        <v>3759</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>3751</v>
+        <v>3760</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>3752</v>
+        <v>3761</v>
       </c>
       <c r="H181" t="s">
-        <v>3753</v>
+        <v>3762</v>
       </c>
       <c r="I181" t="s">
-        <v>3754</v>
+        <v>3763</v>
       </c>
       <c r="J181" t="s">
-        <v>1926</v>
+        <v>3764</v>
       </c>
       <c r="K181" t="s">
-        <v>3755</v>
+        <v>3765</v>
       </c>
       <c r="L181" t="s">
-        <v>3756</v>
+        <v>3766</v>
       </c>
       <c r="M181" t="s">
-        <v>3757</v>
+        <v>3767</v>
       </c>
       <c r="N181" t="s">
-        <v>3758</v>
+        <v>3768</v>
       </c>
       <c r="O181" t="s">
-        <v>3759</v>
+        <v>3769</v>
       </c>
       <c r="P181" t="s">
-        <v>3760</v>
+        <v>3770</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>3771</v>
+      </c>
+      <c r="R181" t="s">
+        <v>3772</v>
+      </c>
+      <c r="S181" t="s">
+        <v>3773</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B182" t="s">
-        <v>3761</v>
+        <v>3774</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>3762</v>
+        <v>3775</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>3763</v>
+        <v>3776</v>
       </c>
       <c r="H182" t="s">
-        <v>3764</v>
+        <v>3777</v>
       </c>
       <c r="I182" t="s">
-        <v>2360</v>
+        <v>3778</v>
       </c>
       <c r="J182" t="s">
-        <v>3765</v>
+        <v>2029</v>
       </c>
       <c r="K182" t="s">
-        <v>3766</v>
+        <v>3779</v>
+      </c>
+      <c r="L182" t="s">
+        <v>3780</v>
+      </c>
+      <c r="M182" t="s">
+        <v>3781</v>
+      </c>
+      <c r="N182" t="s">
+        <v>3782</v>
+      </c>
+      <c r="O182" t="s">
+        <v>3783</v>
+      </c>
+      <c r="P182" t="s">
+        <v>3784</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B183" t="s">
-        <v>3767</v>
+        <v>3785</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>3768</v>
+        <v>3786</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>3769</v>
+        <v>3787</v>
       </c>
       <c r="H183" t="s">
-        <v>3770</v>
+        <v>3788</v>
       </c>
       <c r="I183" t="s">
-        <v>3771</v>
+        <v>2394</v>
       </c>
       <c r="J183" t="s">
-        <v>3772</v>
+        <v>3789</v>
       </c>
       <c r="K183" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B184" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>3775</v>
+        <v>3792</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>3776</v>
+        <v>3793</v>
       </c>
       <c r="H184" t="s">
-        <v>3777</v>
+        <v>3794</v>
       </c>
       <c r="I184" t="s">
-        <v>3778</v>
+        <v>3795</v>
       </c>
       <c r="J184" t="s">
-        <v>2095</v>
+        <v>3796</v>
       </c>
       <c r="K184" t="s">
-        <v>3779</v>
-[...47 lines deleted...]
-        <v>3795</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B185" t="s">
-        <v>3796</v>
+        <v>3798</v>
       </c>
       <c r="C185" t="s">
         <v>11</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>3797</v>
+        <v>3799</v>
       </c>
       <c r="F185" t="s">
         <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>3798</v>
+        <v>3800</v>
       </c>
       <c r="H185" t="s">
-        <v>3799</v>
+        <v>3801</v>
       </c>
       <c r="I185" t="s">
-        <v>3800</v>
+        <v>3802</v>
       </c>
       <c r="J185" t="s">
-        <v>3801</v>
+        <v>1837</v>
       </c>
       <c r="K185" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="L185" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="M185" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
       <c r="N185" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
       <c r="O185" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="P185" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
       <c r="Q185" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="R185" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
       <c r="S185" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
       <c r="T185" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
       <c r="U185" t="s">
-        <v>3812</v>
+        <v>3813</v>
       </c>
       <c r="V185" t="s">
-        <v>3813</v>
+        <v>3814</v>
       </c>
       <c r="W185" t="s">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="X185" t="s">
-        <v>3815</v>
+        <v>3816</v>
       </c>
       <c r="Y185" t="s">
-        <v>3816</v>
+        <v>3817</v>
       </c>
       <c r="Z185" t="s">
-        <v>3817</v>
+        <v>3818</v>
       </c>
       <c r="AA185" t="s">
-        <v>3818</v>
-[...1 lines deleted...]
-      <c r="AB185" t="s">
         <v>3819</v>
-      </c>
-[...10 lines deleted...]
-        <v>3823</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B186" t="s">
+        <v>3820</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3822</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3823</v>
+      </c>
+      <c r="I186" t="s">
         <v>3824</v>
       </c>
-      <c r="C186" t="s">
-[...11 lines deleted...]
-      <c r="G186" t="s">
+      <c r="J186" t="s">
         <v>3825</v>
       </c>
-      <c r="H186" t="s">
+      <c r="K186" t="s">
         <v>3826</v>
       </c>
-      <c r="I186" t="s">
+      <c r="L186" t="s">
         <v>3827</v>
       </c>
-      <c r="J186" t="s">
+      <c r="M186" t="s">
         <v>3828</v>
       </c>
-      <c r="K186" t="s">
+      <c r="N186" t="s">
         <v>3829</v>
       </c>
-      <c r="L186" t="s">
+      <c r="O186" t="s">
         <v>3830</v>
       </c>
-      <c r="M186" t="s">
+      <c r="P186" t="s">
         <v>3831</v>
       </c>
-      <c r="N186" t="s">
+      <c r="Q186" t="s">
         <v>3832</v>
+      </c>
+      <c r="R186" t="s">
+        <v>3833</v>
+      </c>
+      <c r="S186" t="s">
+        <v>3834</v>
+      </c>
+      <c r="T186" t="s">
+        <v>3835</v>
+      </c>
+      <c r="U186" t="s">
+        <v>3836</v>
+      </c>
+      <c r="V186" t="s">
+        <v>3837</v>
+      </c>
+      <c r="W186" t="s">
+        <v>3838</v>
+      </c>
+      <c r="X186" t="s">
+        <v>3839</v>
+      </c>
+      <c r="Y186" t="s">
+        <v>3840</v>
+      </c>
+      <c r="Z186" t="s">
+        <v>3841</v>
+      </c>
+      <c r="AA186" t="s">
+        <v>3842</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>3843</v>
+      </c>
+      <c r="AC186" t="s">
+        <v>3844</v>
+      </c>
+      <c r="AD186" t="s">
+        <v>3845</v>
+      </c>
+      <c r="AE186" t="s">
+        <v>3846</v>
+      </c>
+      <c r="AF186" t="s">
+        <v>3847</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B187" t="s">
-        <v>3833</v>
+        <v>3848</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>3797</v>
+        <v>3821</v>
       </c>
       <c r="F187" t="s">
         <v>11</v>
       </c>
       <c r="G187" t="s">
-        <v>3834</v>
+        <v>3849</v>
       </c>
       <c r="H187" t="s">
-        <v>3835</v>
+        <v>3850</v>
       </c>
       <c r="I187" t="s">
-        <v>3459</v>
+        <v>3851</v>
       </c>
       <c r="J187" t="s">
-        <v>3765</v>
+        <v>3852</v>
       </c>
       <c r="K187" t="s">
-        <v>3836</v>
+        <v>3853</v>
+      </c>
+      <c r="L187" t="s">
+        <v>3854</v>
+      </c>
+      <c r="M187" t="s">
+        <v>3855</v>
+      </c>
+      <c r="N187" t="s">
+        <v>3856</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B188" t="s">
-        <v>3837</v>
+        <v>3857</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>3838</v>
+        <v>3821</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>3839</v>
+        <v>3858</v>
       </c>
       <c r="H188" t="s">
-        <v>3840</v>
+        <v>3859</v>
       </c>
       <c r="I188" t="s">
-        <v>3841</v>
+        <v>3483</v>
       </c>
       <c r="J188" t="s">
-        <v>3842</v>
+        <v>3789</v>
       </c>
       <c r="K188" t="s">
-        <v>3843</v>
-[...11 lines deleted...]
-        <v>3847</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B189" t="s">
-        <v>3848</v>
+        <v>3861</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>3849</v>
+        <v>3862</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>3850</v>
+        <v>3863</v>
       </c>
       <c r="H189" t="s">
-        <v>3851</v>
+        <v>3864</v>
       </c>
       <c r="I189" t="s">
-        <v>3852</v>
+        <v>3865</v>
       </c>
       <c r="J189" t="s">
-        <v>2124</v>
+        <v>3866</v>
       </c>
       <c r="K189" t="s">
-        <v>3853</v>
+        <v>3867</v>
+      </c>
+      <c r="L189" t="s">
+        <v>3868</v>
+      </c>
+      <c r="M189" t="s">
+        <v>3869</v>
+      </c>
+      <c r="N189" t="s">
+        <v>3870</v>
+      </c>
+      <c r="O189" t="s">
+        <v>3871</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B190" t="s">
-        <v>3854</v>
+        <v>3872</v>
       </c>
       <c r="C190" t="s">
         <v>11</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>3855</v>
+        <v>3873</v>
       </c>
       <c r="F190" t="s">
         <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>3856</v>
+        <v>3874</v>
       </c>
       <c r="H190" t="s">
-        <v>3857</v>
+        <v>3875</v>
       </c>
       <c r="I190" t="s">
-        <v>3285</v>
+        <v>3876</v>
       </c>
       <c r="J190" t="s">
-        <v>379</v>
+        <v>2165</v>
       </c>
       <c r="K190" t="s">
-        <v>3858</v>
-[...8 lines deleted...]
-        <v>3861</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B191" t="s">
-        <v>3862</v>
+        <v>3878</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>3863</v>
+        <v>3879</v>
       </c>
       <c r="F191" t="s">
         <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>3864</v>
+        <v>3880</v>
       </c>
       <c r="H191" t="s">
-        <v>3865</v>
+        <v>3881</v>
       </c>
       <c r="I191" t="s">
-        <v>3866</v>
+        <v>3308</v>
       </c>
       <c r="J191" t="s">
-        <v>2515</v>
+        <v>386</v>
       </c>
       <c r="K191" t="s">
-        <v>3867</v>
+        <v>3882</v>
       </c>
       <c r="L191" t="s">
-        <v>3868</v>
+        <v>3883</v>
       </c>
       <c r="M191" t="s">
-        <v>3869</v>
+        <v>3884</v>
+      </c>
+      <c r="N191" t="s">
+        <v>3885</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B192" t="s">
-        <v>3870</v>
+        <v>3886</v>
       </c>
       <c r="C192" t="s">
         <v>11</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>3871</v>
+        <v>3887</v>
       </c>
       <c r="F192" t="s">
         <v>11</v>
       </c>
       <c r="G192" t="s">
-        <v>3872</v>
+        <v>3888</v>
       </c>
       <c r="H192" t="s">
-        <v>3873</v>
+        <v>3889</v>
       </c>
       <c r="I192" t="s">
-        <v>3874</v>
+        <v>3890</v>
       </c>
       <c r="J192" t="s">
-        <v>3875</v>
+        <v>2549</v>
       </c>
       <c r="K192" t="s">
-        <v>3876</v>
+        <v>3891</v>
       </c>
       <c r="L192" t="s">
-        <v>3877</v>
+        <v>3892</v>
       </c>
       <c r="M192" t="s">
-        <v>3878</v>
-[...2 lines deleted...]
-        <v>3879</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B193" t="s">
-        <v>3880</v>
+        <v>3894</v>
       </c>
       <c r="C193" t="s">
         <v>11</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>3881</v>
+        <v>3895</v>
       </c>
       <c r="F193" t="s">
         <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>3882</v>
+        <v>3896</v>
       </c>
       <c r="H193" t="s">
-        <v>3883</v>
+        <v>3897</v>
       </c>
       <c r="I193" t="s">
-        <v>3884</v>
+        <v>3898</v>
       </c>
       <c r="J193" t="s">
-        <v>2170</v>
+        <v>3899</v>
       </c>
       <c r="K193" t="s">
-        <v>3885</v>
+        <v>3900</v>
       </c>
       <c r="L193" t="s">
-        <v>3886</v>
+        <v>3901</v>
       </c>
       <c r="M193" t="s">
-        <v>3887</v>
+        <v>3902</v>
+      </c>
+      <c r="N193" t="s">
+        <v>3903</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B194" t="s">
-        <v>3888</v>
+        <v>3904</v>
       </c>
       <c r="C194" t="s">
         <v>11</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>3889</v>
+        <v>3905</v>
       </c>
       <c r="F194" t="s">
         <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>3890</v>
+        <v>3906</v>
       </c>
       <c r="H194" t="s">
-        <v>3891</v>
+        <v>3907</v>
       </c>
       <c r="I194" t="s">
-        <v>3892</v>
+        <v>3908</v>
       </c>
       <c r="J194" t="s">
-        <v>3893</v>
+        <v>2211</v>
       </c>
       <c r="K194" t="s">
-        <v>3894</v>
+        <v>3909</v>
       </c>
       <c r="L194" t="s">
-        <v>3895</v>
+        <v>3910</v>
+      </c>
+      <c r="M194" t="s">
+        <v>3911</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B195" t="s">
-        <v>3896</v>
+        <v>3912</v>
       </c>
       <c r="C195" t="s">
         <v>11</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>3897</v>
+        <v>3913</v>
       </c>
       <c r="F195" t="s">
         <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>3898</v>
+        <v>3914</v>
       </c>
       <c r="H195" t="s">
-        <v>3899</v>
+        <v>3915</v>
       </c>
       <c r="I195" t="s">
-        <v>3900</v>
+        <v>3916</v>
       </c>
       <c r="J195" t="s">
-        <v>2124</v>
+        <v>3917</v>
       </c>
       <c r="K195" t="s">
-        <v>3901</v>
+        <v>3918</v>
       </c>
       <c r="L195" t="s">
-        <v>3902</v>
-[...2 lines deleted...]
-        <v>3903</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B196" t="s">
-        <v>3904</v>
+        <v>3920</v>
       </c>
       <c r="C196" t="s">
         <v>11</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>3905</v>
+        <v>3921</v>
       </c>
       <c r="F196" t="s">
         <v>11</v>
       </c>
       <c r="G196" t="s">
-        <v>3906</v>
+        <v>3922</v>
       </c>
       <c r="H196" t="s">
-        <v>3907</v>
+        <v>3923</v>
       </c>
       <c r="I196" t="s">
-        <v>3675</v>
+        <v>3924</v>
       </c>
       <c r="J196" t="s">
-        <v>1836</v>
+        <v>2165</v>
       </c>
       <c r="K196" t="s">
-        <v>3908</v>
+        <v>3925</v>
       </c>
       <c r="L196" t="s">
-        <v>3909</v>
+        <v>3926</v>
       </c>
       <c r="M196" t="s">
-        <v>3910</v>
-[...2 lines deleted...]
-        <v>3911</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B197" t="s">
-        <v>3912</v>
+        <v>3928</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>3897</v>
+        <v>3929</v>
       </c>
       <c r="F197" t="s">
         <v>11</v>
       </c>
       <c r="G197" t="s">
-        <v>3913</v>
+        <v>3930</v>
       </c>
       <c r="H197" t="s">
-        <v>3914</v>
+        <v>3931</v>
       </c>
       <c r="I197" t="s">
-        <v>3915</v>
+        <v>3699</v>
       </c>
       <c r="J197" t="s">
-        <v>3916</v>
+        <v>1939</v>
       </c>
       <c r="K197" t="s">
-        <v>3917</v>
+        <v>3932</v>
       </c>
       <c r="L197" t="s">
-        <v>3918</v>
+        <v>3933</v>
       </c>
       <c r="M197" t="s">
-        <v>3919</v>
+        <v>3934</v>
       </c>
       <c r="N197" t="s">
-        <v>3920</v>
-[...2 lines deleted...]
-        <v>3921</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B198" t="s">
-        <v>3922</v>
+        <v>3936</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>3923</v>
+        <v>3921</v>
       </c>
       <c r="F198" t="s">
         <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>3924</v>
+        <v>3937</v>
       </c>
       <c r="H198" t="s">
-        <v>3925</v>
+        <v>3938</v>
       </c>
       <c r="I198" t="s">
-        <v>3874</v>
+        <v>3939</v>
       </c>
       <c r="J198" t="s">
-        <v>1948</v>
+        <v>3940</v>
       </c>
       <c r="K198" t="s">
-        <v>3926</v>
+        <v>3941</v>
       </c>
       <c r="L198" t="s">
-        <v>3927</v>
+        <v>3942</v>
+      </c>
+      <c r="M198" t="s">
+        <v>3943</v>
+      </c>
+      <c r="N198" t="s">
+        <v>3944</v>
+      </c>
+      <c r="O198" t="s">
+        <v>3945</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B199" t="s">
-        <v>3928</v>
+        <v>3946</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>3849</v>
+        <v>3947</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>3929</v>
+        <v>3948</v>
       </c>
       <c r="H199" t="s">
-        <v>3930</v>
+        <v>3949</v>
       </c>
       <c r="I199" t="s">
-        <v>3931</v>
+        <v>3898</v>
       </c>
       <c r="J199" t="s">
-        <v>2039</v>
+        <v>2051</v>
       </c>
       <c r="K199" t="s">
-        <v>3932</v>
+        <v>3950</v>
+      </c>
+      <c r="L199" t="s">
+        <v>3951</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B200" t="s">
-        <v>3933</v>
+        <v>3952</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>3855</v>
+        <v>3873</v>
       </c>
       <c r="F200" t="s">
         <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>3934</v>
+        <v>3953</v>
       </c>
       <c r="H200" t="s">
-        <v>3935</v>
+        <v>3954</v>
       </c>
       <c r="I200" t="s">
-        <v>2577</v>
+        <v>3955</v>
       </c>
       <c r="J200" t="s">
-        <v>3936</v>
+        <v>2081</v>
       </c>
       <c r="K200" t="s">
-        <v>3937</v>
-[...14 lines deleted...]
-        <v>3942</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B201" t="s">
-        <v>3943</v>
+        <v>3957</v>
       </c>
       <c r="C201" t="s">
         <v>11</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>3944</v>
+        <v>3879</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>3945</v>
+        <v>3958</v>
       </c>
       <c r="H201" t="s">
-        <v>3946</v>
+        <v>3959</v>
       </c>
       <c r="I201" t="s">
-        <v>3947</v>
+        <v>2611</v>
       </c>
       <c r="J201" t="s">
-        <v>3948</v>
+        <v>3960</v>
       </c>
       <c r="K201" t="s">
-        <v>3949</v>
+        <v>3961</v>
       </c>
       <c r="L201" t="s">
-        <v>3950</v>
+        <v>3962</v>
       </c>
       <c r="M201" t="s">
-        <v>3951</v>
+        <v>3963</v>
+      </c>
+      <c r="N201" t="s">
+        <v>3964</v>
+      </c>
+      <c r="O201" t="s">
+        <v>3965</v>
+      </c>
+      <c r="P201" t="s">
+        <v>3966</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B202" t="s">
-        <v>3952</v>
+        <v>3967</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>3923</v>
+        <v>3968</v>
       </c>
       <c r="F202" t="s">
         <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>3953</v>
+        <v>3969</v>
       </c>
       <c r="H202" t="s">
-        <v>3954</v>
+        <v>3970</v>
       </c>
       <c r="I202" t="s">
-        <v>3955</v>
+        <v>3971</v>
       </c>
       <c r="J202" t="s">
-        <v>3956</v>
+        <v>3972</v>
       </c>
       <c r="K202" t="s">
-        <v>3957</v>
+        <v>3973</v>
       </c>
       <c r="L202" t="s">
-        <v>3958</v>
+        <v>3974</v>
+      </c>
+      <c r="M202" t="s">
+        <v>3975</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B203" t="s">
-        <v>3959</v>
+        <v>3976</v>
       </c>
       <c r="C203" t="s">
         <v>11</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>3960</v>
+        <v>3947</v>
       </c>
       <c r="F203" t="s">
         <v>11</v>
       </c>
       <c r="G203" t="s">
-        <v>3961</v>
+        <v>3977</v>
       </c>
       <c r="H203" t="s">
-        <v>3962</v>
+        <v>3978</v>
       </c>
       <c r="I203" t="s">
-        <v>3963</v>
+        <v>3979</v>
       </c>
       <c r="J203" t="s">
-        <v>1836</v>
+        <v>3980</v>
       </c>
       <c r="K203" t="s">
-        <v>3964</v>
+        <v>3981</v>
       </c>
       <c r="L203" t="s">
-        <v>3965</v>
-[...8 lines deleted...]
-        <v>3968</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B204" t="s">
-        <v>3969</v>
+        <v>3983</v>
       </c>
       <c r="C204" t="s">
         <v>11</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>3960</v>
+        <v>3984</v>
       </c>
       <c r="F204" t="s">
         <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>3970</v>
+        <v>3985</v>
       </c>
       <c r="H204" t="s">
-        <v>3971</v>
+        <v>3986</v>
       </c>
       <c r="I204" t="s">
-        <v>3972</v>
+        <v>3987</v>
       </c>
       <c r="J204" t="s">
-        <v>2039</v>
+        <v>1939</v>
       </c>
       <c r="K204" t="s">
-        <v>3973</v>
+        <v>3988</v>
       </c>
       <c r="L204" t="s">
-        <v>3974</v>
+        <v>3989</v>
       </c>
       <c r="M204" t="s">
-        <v>3975</v>
+        <v>3990</v>
+      </c>
+      <c r="N204" t="s">
+        <v>3991</v>
+      </c>
+      <c r="O204" t="s">
+        <v>3992</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B205" t="s">
-        <v>3976</v>
+        <v>3993</v>
       </c>
       <c r="C205" t="s">
         <v>11</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>3977</v>
+        <v>3984</v>
       </c>
       <c r="F205" t="s">
         <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>3978</v>
+        <v>3994</v>
       </c>
       <c r="H205" t="s">
-        <v>3979</v>
+        <v>3995</v>
       </c>
       <c r="I205" t="s">
-        <v>3980</v>
+        <v>3996</v>
       </c>
       <c r="J205" t="s">
-        <v>2515</v>
+        <v>2081</v>
       </c>
       <c r="K205" t="s">
-        <v>3981</v>
+        <v>3997</v>
       </c>
       <c r="L205" t="s">
-        <v>3982</v>
+        <v>3998</v>
       </c>
       <c r="M205" t="s">
-        <v>3983</v>
-[...5 lines deleted...]
-        <v>3985</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B206" t="s">
-        <v>3986</v>
+        <v>4000</v>
       </c>
       <c r="C206" t="s">
         <v>11</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>3987</v>
+        <v>4001</v>
       </c>
       <c r="F206" t="s">
         <v>11</v>
       </c>
       <c r="G206" t="s">
-        <v>3988</v>
+        <v>4002</v>
       </c>
       <c r="H206" t="s">
-        <v>3989</v>
+        <v>4003</v>
       </c>
       <c r="I206" t="s">
-        <v>3990</v>
+        <v>4004</v>
       </c>
       <c r="J206" t="s">
-        <v>3991</v>
+        <v>2549</v>
       </c>
       <c r="K206" t="s">
-        <v>3992</v>
+        <v>4005</v>
       </c>
       <c r="L206" t="s">
-        <v>3993</v>
+        <v>4006</v>
+      </c>
+      <c r="M206" t="s">
+        <v>4007</v>
+      </c>
+      <c r="N206" t="s">
+        <v>4008</v>
+      </c>
+      <c r="O206" t="s">
+        <v>4009</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B207" t="s">
-        <v>3994</v>
+        <v>4010</v>
       </c>
       <c r="C207" t="s">
         <v>11</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
-        <v>3995</v>
+        <v>4011</v>
       </c>
       <c r="F207" t="s">
         <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>3996</v>
+        <v>4012</v>
       </c>
       <c r="H207" t="s">
-        <v>3997</v>
+        <v>4013</v>
       </c>
       <c r="I207" t="s">
-        <v>3998</v>
+        <v>4014</v>
       </c>
       <c r="J207" t="s">
-        <v>3999</v>
+        <v>4015</v>
       </c>
       <c r="K207" t="s">
-        <v>4000</v>
+        <v>4016</v>
       </c>
       <c r="L207" t="s">
-        <v>4001</v>
-[...2 lines deleted...]
-        <v>4002</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B208" t="s">
-        <v>4003</v>
+        <v>4018</v>
       </c>
       <c r="C208" t="s">
         <v>11</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>4004</v>
+        <v>4019</v>
       </c>
       <c r="F208" t="s">
         <v>11</v>
       </c>
       <c r="G208" t="s">
-        <v>4005</v>
+        <v>4020</v>
       </c>
       <c r="H208" t="s">
-        <v>4006</v>
+        <v>4021</v>
       </c>
       <c r="I208" t="s">
-        <v>4007</v>
+        <v>4022</v>
       </c>
       <c r="J208" t="s">
-        <v>3999</v>
+        <v>4023</v>
       </c>
       <c r="K208" t="s">
-        <v>4008</v>
+        <v>4024</v>
       </c>
       <c r="L208" t="s">
-        <v>4009</v>
+        <v>4025</v>
       </c>
       <c r="M208" t="s">
-        <v>4010</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B209" t="s">
-        <v>4011</v>
+        <v>4027</v>
       </c>
       <c r="C209" t="s">
         <v>11</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>4012</v>
+        <v>4028</v>
       </c>
       <c r="F209" t="s">
         <v>11</v>
       </c>
       <c r="G209" t="s">
-        <v>4013</v>
+        <v>4029</v>
       </c>
       <c r="H209" t="s">
-        <v>4014</v>
+        <v>4030</v>
       </c>
       <c r="I209" t="s">
-        <v>4015</v>
+        <v>4031</v>
       </c>
       <c r="J209" t="s">
-        <v>3354</v>
+        <v>4023</v>
       </c>
       <c r="K209" t="s">
-        <v>4016</v>
+        <v>4032</v>
       </c>
       <c r="L209" t="s">
-        <v>4017</v>
+        <v>4033</v>
       </c>
       <c r="M209" t="s">
-        <v>4018</v>
-[...2 lines deleted...]
-        <v>4019</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B210" t="s">
-        <v>4020</v>
+        <v>4035</v>
       </c>
       <c r="C210" t="s">
         <v>11</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>4021</v>
+        <v>4036</v>
       </c>
       <c r="F210" t="s">
         <v>11</v>
       </c>
       <c r="G210" t="s">
-        <v>4022</v>
+        <v>4037</v>
       </c>
       <c r="H210" t="s">
-        <v>4023</v>
+        <v>4038</v>
       </c>
       <c r="I210" t="s">
-        <v>4024</v>
+        <v>4039</v>
       </c>
       <c r="J210" t="s">
-        <v>4025</v>
+        <v>3378</v>
       </c>
       <c r="K210" t="s">
-        <v>4026</v>
+        <v>4040</v>
       </c>
       <c r="L210" t="s">
-        <v>4027</v>
+        <v>4041</v>
       </c>
       <c r="M210" t="s">
-        <v>4028</v>
+        <v>4042</v>
+      </c>
+      <c r="N210" t="s">
+        <v>4043</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B211" t="s">
-        <v>4029</v>
+        <v>4044</v>
       </c>
       <c r="C211" t="s">
         <v>11</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>4021</v>
+        <v>4045</v>
       </c>
       <c r="F211" t="s">
         <v>11</v>
       </c>
       <c r="G211" t="s">
-        <v>4030</v>
+        <v>4046</v>
       </c>
       <c r="H211" t="s">
-        <v>4031</v>
+        <v>4047</v>
       </c>
       <c r="I211" t="s">
-        <v>4032</v>
+        <v>4048</v>
       </c>
       <c r="J211" t="s">
-        <v>4025</v>
+        <v>4049</v>
       </c>
       <c r="K211" t="s">
-        <v>4033</v>
+        <v>4050</v>
       </c>
       <c r="L211" t="s">
-        <v>4034</v>
+        <v>4051</v>
       </c>
       <c r="M211" t="s">
-        <v>4035</v>
-[...2 lines deleted...]
-        <v>4036</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B212" t="s">
-        <v>4037</v>
+        <v>4053</v>
       </c>
       <c r="C212" t="s">
         <v>11</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>3855</v>
+        <v>4045</v>
       </c>
       <c r="F212" t="s">
         <v>11</v>
       </c>
       <c r="G212" t="s">
-        <v>4038</v>
+        <v>4054</v>
       </c>
       <c r="H212" t="s">
-        <v>4039</v>
+        <v>4055</v>
       </c>
       <c r="I212" t="s">
-        <v>4040</v>
+        <v>4056</v>
       </c>
       <c r="J212" t="s">
-        <v>1818</v>
+        <v>4049</v>
       </c>
       <c r="K212" t="s">
-        <v>4041</v>
+        <v>4057</v>
       </c>
       <c r="L212" t="s">
-        <v>4042</v>
+        <v>4058</v>
       </c>
       <c r="M212" t="s">
-        <v>4043</v>
+        <v>4059</v>
+      </c>
+      <c r="N212" t="s">
+        <v>4060</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B213" t="s">
-        <v>4044</v>
+        <v>4061</v>
       </c>
       <c r="C213" t="s">
         <v>11</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>4045</v>
+        <v>3879</v>
       </c>
       <c r="F213" t="s">
         <v>11</v>
       </c>
       <c r="G213" t="s">
-        <v>4046</v>
+        <v>4062</v>
       </c>
       <c r="H213" t="s">
-        <v>4047</v>
+        <v>4063</v>
       </c>
       <c r="I213" t="s">
-        <v>4048</v>
+        <v>4064</v>
       </c>
       <c r="J213" t="s">
-        <v>2170</v>
+        <v>1921</v>
       </c>
       <c r="K213" t="s">
-        <v>4049</v>
+        <v>4065</v>
       </c>
       <c r="L213" t="s">
-        <v>4050</v>
+        <v>4066</v>
       </c>
       <c r="M213" t="s">
-        <v>4051</v>
-[...2 lines deleted...]
-        <v>4052</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B214" t="s">
-        <v>4053</v>
+        <v>4068</v>
       </c>
       <c r="C214" t="s">
         <v>11</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
-        <v>4054</v>
+        <v>4069</v>
       </c>
       <c r="F214" t="s">
         <v>11</v>
       </c>
       <c r="G214" t="s">
-        <v>4055</v>
+        <v>4070</v>
       </c>
       <c r="H214" t="s">
-        <v>4056</v>
+        <v>4071</v>
       </c>
       <c r="I214" t="s">
-        <v>4057</v>
+        <v>4072</v>
       </c>
       <c r="J214" t="s">
-        <v>2891</v>
+        <v>2211</v>
       </c>
       <c r="K214" t="s">
-        <v>4058</v>
+        <v>4073</v>
       </c>
       <c r="L214" t="s">
-        <v>4059</v>
+        <v>4074</v>
+      </c>
+      <c r="M214" t="s">
+        <v>4075</v>
+      </c>
+      <c r="N214" t="s">
+        <v>4076</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B215" t="s">
-        <v>4060</v>
+        <v>4077</v>
       </c>
       <c r="C215" t="s">
         <v>11</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>4061</v>
+        <v>4078</v>
       </c>
       <c r="F215" t="s">
         <v>11</v>
       </c>
       <c r="G215" t="s">
-        <v>4062</v>
+        <v>4079</v>
       </c>
       <c r="H215" t="s">
-        <v>4063</v>
+        <v>4080</v>
       </c>
       <c r="I215" t="s">
-        <v>4064</v>
+        <v>4081</v>
       </c>
       <c r="J215" t="s">
-        <v>3118</v>
+        <v>2925</v>
       </c>
       <c r="K215" t="s">
-        <v>4065</v>
+        <v>4082</v>
       </c>
       <c r="L215" t="s">
-        <v>4066</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B216" t="s">
-        <v>4067</v>
+        <v>4084</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>4068</v>
+        <v>4085</v>
       </c>
       <c r="F216" t="s">
         <v>11</v>
       </c>
       <c r="G216" t="s">
-        <v>4069</v>
+        <v>4086</v>
       </c>
       <c r="H216" t="s">
-        <v>4070</v>
+        <v>4087</v>
       </c>
       <c r="I216" t="s">
-        <v>4071</v>
+        <v>4088</v>
       </c>
       <c r="J216" t="s">
-        <v>2124</v>
+        <v>3141</v>
       </c>
       <c r="K216" t="s">
-        <v>4072</v>
+        <v>4089</v>
       </c>
       <c r="L216" t="s">
-        <v>4073</v>
-[...8 lines deleted...]
-        <v>4076</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B217" t="s">
-        <v>4077</v>
+        <v>4091</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>4068</v>
+        <v>4092</v>
       </c>
       <c r="F217" t="s">
         <v>11</v>
       </c>
       <c r="G217" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
       <c r="H217" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
       <c r="I217" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
       <c r="J217" t="s">
-        <v>1948</v>
+        <v>2165</v>
       </c>
       <c r="K217" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
       <c r="L217" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
       <c r="M217" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="N217" t="s">
-        <v>4084</v>
+        <v>4099</v>
       </c>
       <c r="O217" t="s">
-        <v>4085</v>
-[...5 lines deleted...]
-        <v>4087</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B218" t="s">
-        <v>4088</v>
+        <v>4101</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>4045</v>
+        <v>4092</v>
       </c>
       <c r="F218" t="s">
         <v>11</v>
       </c>
       <c r="G218" t="s">
-        <v>4089</v>
+        <v>4102</v>
       </c>
       <c r="H218" t="s">
-        <v>4090</v>
+        <v>4103</v>
       </c>
       <c r="I218" t="s">
-        <v>4091</v>
+        <v>4104</v>
       </c>
       <c r="J218" t="s">
-        <v>3410</v>
+        <v>2051</v>
       </c>
       <c r="K218" t="s">
-        <v>4092</v>
+        <v>4105</v>
       </c>
       <c r="L218" t="s">
-        <v>4093</v>
+        <v>4106</v>
       </c>
       <c r="M218" t="s">
-        <v>4094</v>
+        <v>4107</v>
       </c>
       <c r="N218" t="s">
-        <v>4095</v>
+        <v>4108</v>
       </c>
       <c r="O218" t="s">
-        <v>4096</v>
+        <v>4109</v>
       </c>
       <c r="P218" t="s">
-        <v>4097</v>
+        <v>4110</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>4111</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B219" t="s">
-        <v>4098</v>
+        <v>4112</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>4099</v>
+        <v>4069</v>
       </c>
       <c r="F219" t="s">
         <v>11</v>
       </c>
       <c r="G219" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="H219" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="I219" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
       <c r="J219" t="s">
-        <v>4103</v>
+        <v>3434</v>
       </c>
       <c r="K219" t="s">
-        <v>4104</v>
+        <v>4116</v>
       </c>
       <c r="L219" t="s">
-        <v>4105</v>
+        <v>4117</v>
+      </c>
+      <c r="M219" t="s">
+        <v>4118</v>
+      </c>
+      <c r="N219" t="s">
+        <v>4119</v>
+      </c>
+      <c r="O219" t="s">
+        <v>4120</v>
+      </c>
+      <c r="P219" t="s">
+        <v>4121</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B220" t="s">
-        <v>4106</v>
+        <v>4122</v>
       </c>
       <c r="C220" t="s">
         <v>11</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>4099</v>
+        <v>4123</v>
       </c>
       <c r="F220" t="s">
         <v>11</v>
       </c>
       <c r="G220" t="s">
-        <v>4107</v>
+        <v>4124</v>
       </c>
       <c r="H220" t="s">
-        <v>4108</v>
+        <v>4125</v>
       </c>
       <c r="I220" t="s">
-        <v>4109</v>
+        <v>4126</v>
       </c>
       <c r="J220" t="s">
-        <v>3496</v>
+        <v>4127</v>
       </c>
       <c r="K220" t="s">
-        <v>4110</v>
+        <v>4128</v>
       </c>
       <c r="L220" t="s">
-        <v>4111</v>
-[...5 lines deleted...]
-        <v>4113</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B221" t="s">
-        <v>4114</v>
+        <v>4130</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>4115</v>
+        <v>4123</v>
       </c>
       <c r="F221" t="s">
         <v>11</v>
       </c>
       <c r="G221" t="s">
-        <v>4116</v>
+        <v>4131</v>
       </c>
       <c r="H221" t="s">
-        <v>4117</v>
+        <v>4132</v>
       </c>
       <c r="I221" t="s">
-        <v>4118</v>
+        <v>4133</v>
       </c>
       <c r="J221" t="s">
-        <v>4119</v>
+        <v>3520</v>
       </c>
       <c r="K221" t="s">
-        <v>4120</v>
+        <v>4134</v>
       </c>
       <c r="L221" t="s">
-        <v>4121</v>
+        <v>4135</v>
       </c>
       <c r="M221" t="s">
-        <v>4122</v>
+        <v>4136</v>
+      </c>
+      <c r="N221" t="s">
+        <v>4137</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B222" t="s">
-        <v>4123</v>
+        <v>4138</v>
       </c>
       <c r="C222" t="s">
         <v>11</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>4124</v>
+        <v>4139</v>
       </c>
       <c r="F222" t="s">
         <v>11</v>
       </c>
       <c r="G222" t="s">
-        <v>4125</v>
+        <v>4140</v>
       </c>
       <c r="H222" t="s">
-        <v>4126</v>
+        <v>4141</v>
       </c>
       <c r="I222" t="s">
-        <v>4127</v>
+        <v>4142</v>
       </c>
       <c r="J222" t="s">
-        <v>3354</v>
+        <v>4143</v>
       </c>
       <c r="K222" t="s">
-        <v>4128</v>
+        <v>4144</v>
+      </c>
+      <c r="L222" t="s">
+        <v>4145</v>
+      </c>
+      <c r="M222" t="s">
+        <v>4146</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B223" t="s">
-        <v>4129</v>
+        <v>4147</v>
       </c>
       <c r="C223" t="s">
         <v>11</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>4130</v>
+        <v>4148</v>
       </c>
       <c r="F223" t="s">
         <v>11</v>
       </c>
       <c r="G223" t="s">
-        <v>4131</v>
+        <v>4149</v>
       </c>
       <c r="H223" t="s">
-        <v>4132</v>
+        <v>4150</v>
       </c>
       <c r="I223" t="s">
-        <v>4133</v>
+        <v>4151</v>
       </c>
       <c r="J223" t="s">
-        <v>4134</v>
+        <v>3378</v>
       </c>
       <c r="K223" t="s">
-        <v>4135</v>
-[...8 lines deleted...]
-        <v>4138</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B224" t="s">
-        <v>4139</v>
+        <v>4153</v>
       </c>
       <c r="C224" t="s">
         <v>11</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>4140</v>
+        <v>4154</v>
       </c>
       <c r="F224" t="s">
         <v>11</v>
       </c>
       <c r="G224" t="s">
-        <v>4141</v>
+        <v>4155</v>
       </c>
       <c r="H224" t="s">
-        <v>4142</v>
+        <v>4156</v>
       </c>
       <c r="I224" t="s">
-        <v>4143</v>
+        <v>4157</v>
       </c>
       <c r="J224" t="s">
-        <v>4144</v>
+        <v>4158</v>
       </c>
       <c r="K224" t="s">
-        <v>4145</v>
+        <v>4159</v>
       </c>
       <c r="L224" t="s">
-        <v>4146</v>
+        <v>4160</v>
+      </c>
+      <c r="M224" t="s">
+        <v>4161</v>
+      </c>
+      <c r="N224" t="s">
+        <v>4162</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B225" t="s">
-        <v>4147</v>
+        <v>4163</v>
       </c>
       <c r="C225" t="s">
         <v>11</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>4148</v>
+        <v>4164</v>
       </c>
       <c r="F225" t="s">
         <v>11</v>
       </c>
       <c r="G225" t="s">
-        <v>4149</v>
+        <v>4165</v>
       </c>
       <c r="H225" t="s">
-        <v>4150</v>
+        <v>4166</v>
       </c>
       <c r="I225" t="s">
-        <v>4151</v>
+        <v>4167</v>
       </c>
       <c r="J225" t="s">
-        <v>1948</v>
+        <v>4168</v>
       </c>
       <c r="K225" t="s">
-        <v>4152</v>
+        <v>4169</v>
       </c>
       <c r="L225" t="s">
-        <v>4153</v>
-[...5 lines deleted...]
-        <v>4155</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B226" t="s">
-        <v>4156</v>
+        <v>4171</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
-        <v>4157</v>
+        <v>4172</v>
       </c>
       <c r="F226" t="s">
         <v>11</v>
       </c>
       <c r="G226" t="s">
-        <v>4158</v>
+        <v>4173</v>
       </c>
       <c r="H226" t="s">
-        <v>4159</v>
+        <v>4174</v>
       </c>
       <c r="I226" t="s">
-        <v>4160</v>
+        <v>4175</v>
       </c>
       <c r="J226" t="s">
-        <v>1769</v>
+        <v>2051</v>
       </c>
       <c r="K226" t="s">
-        <v>4161</v>
+        <v>4176</v>
       </c>
       <c r="L226" t="s">
-        <v>4162</v>
+        <v>4177</v>
       </c>
       <c r="M226" t="s">
-        <v>4163</v>
+        <v>4178</v>
+      </c>
+      <c r="N226" t="s">
+        <v>4179</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B227" t="s">
-        <v>4164</v>
+        <v>4180</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>4165</v>
+        <v>4181</v>
       </c>
       <c r="F227" t="s">
         <v>11</v>
       </c>
       <c r="G227" t="s">
-        <v>4166</v>
+        <v>4182</v>
       </c>
       <c r="H227" t="s">
-        <v>4167</v>
+        <v>4183</v>
       </c>
       <c r="I227" t="s">
-        <v>4168</v>
+        <v>4184</v>
       </c>
       <c r="J227" t="s">
-        <v>3354</v>
+        <v>1872</v>
       </c>
       <c r="K227" t="s">
-        <v>4169</v>
+        <v>4185</v>
+      </c>
+      <c r="L227" t="s">
+        <v>4186</v>
+      </c>
+      <c r="M227" t="s">
+        <v>4187</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B228" t="s">
-        <v>4170</v>
+        <v>4188</v>
       </c>
       <c r="C228" t="s">
         <v>11</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>4171</v>
+        <v>4189</v>
       </c>
       <c r="F228" t="s">
         <v>11</v>
       </c>
       <c r="G228" t="s">
-        <v>4172</v>
+        <v>4190</v>
       </c>
       <c r="H228" t="s">
-        <v>4173</v>
+        <v>4191</v>
       </c>
       <c r="I228" t="s">
-        <v>4174</v>
+        <v>4192</v>
       </c>
       <c r="J228" t="s">
-        <v>4175</v>
+        <v>3378</v>
       </c>
       <c r="K228" t="s">
-        <v>4176</v>
-[...49 lines deleted...]
-      <c r="AB228" t="s">
         <v>4193</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B229" t="s">
         <v>4194</v>
       </c>
       <c r="C229" t="s">
         <v>11</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>4171</v>
+        <v>4195</v>
       </c>
       <c r="F229" t="s">
         <v>11</v>
       </c>
       <c r="G229" t="s">
-        <v>4195</v>
+        <v>4196</v>
       </c>
       <c r="H229" t="s">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="I229" t="s">
-        <v>4197</v>
+        <v>4198</v>
       </c>
       <c r="J229" t="s">
-        <v>3118</v>
+        <v>4199</v>
       </c>
       <c r="K229" t="s">
-        <v>4198</v>
+        <v>4200</v>
       </c>
       <c r="L229" t="s">
-        <v>4199</v>
+        <v>4201</v>
       </c>
       <c r="M229" t="s">
-        <v>4200</v>
+        <v>4202</v>
+      </c>
+      <c r="N229" t="s">
+        <v>4203</v>
+      </c>
+      <c r="O229" t="s">
+        <v>4204</v>
+      </c>
+      <c r="P229" t="s">
+        <v>4205</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>4206</v>
+      </c>
+      <c r="R229" t="s">
+        <v>4207</v>
+      </c>
+      <c r="S229" t="s">
+        <v>4208</v>
+      </c>
+      <c r="T229" t="s">
+        <v>4209</v>
+      </c>
+      <c r="U229" t="s">
+        <v>4210</v>
+      </c>
+      <c r="V229" t="s">
+        <v>4211</v>
+      </c>
+      <c r="W229" t="s">
+        <v>4212</v>
+      </c>
+      <c r="X229" t="s">
+        <v>4213</v>
+      </c>
+      <c r="Y229" t="s">
+        <v>4214</v>
+      </c>
+      <c r="Z229" t="s">
+        <v>4215</v>
+      </c>
+      <c r="AA229" t="s">
+        <v>4216</v>
+      </c>
+      <c r="AB229" t="s">
+        <v>4217</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B230" t="s">
-        <v>4201</v>
+        <v>4218</v>
       </c>
       <c r="C230" t="s">
         <v>11</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>4202</v>
+        <v>4195</v>
       </c>
       <c r="F230" t="s">
         <v>11</v>
       </c>
       <c r="G230" t="s">
-        <v>4203</v>
+        <v>4219</v>
       </c>
       <c r="H230" t="s">
-        <v>4204</v>
+        <v>4220</v>
       </c>
       <c r="I230" t="s">
-        <v>4205</v>
+        <v>4221</v>
       </c>
       <c r="J230" t="s">
-        <v>2399</v>
+        <v>3141</v>
       </c>
       <c r="K230" t="s">
-        <v>4206</v>
+        <v>4222</v>
       </c>
       <c r="L230" t="s">
-        <v>4207</v>
+        <v>4223</v>
       </c>
       <c r="M230" t="s">
-        <v>4208</v>
-[...11 lines deleted...]
-        <v>4212</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B231" t="s">
-        <v>4213</v>
+        <v>4225</v>
       </c>
       <c r="C231" t="s">
         <v>11</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>4214</v>
+        <v>4226</v>
       </c>
       <c r="F231" t="s">
         <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>4215</v>
+        <v>4227</v>
       </c>
       <c r="H231" t="s">
-        <v>4216</v>
+        <v>4228</v>
       </c>
       <c r="I231" t="s">
-        <v>4217</v>
+        <v>4229</v>
       </c>
       <c r="J231" t="s">
-        <v>4218</v>
+        <v>2433</v>
       </c>
       <c r="K231" t="s">
-        <v>4219</v>
+        <v>4230</v>
       </c>
       <c r="L231" t="s">
-        <v>4220</v>
+        <v>4231</v>
       </c>
       <c r="M231" t="s">
-        <v>4221</v>
+        <v>4232</v>
       </c>
       <c r="N231" t="s">
-        <v>4222</v>
+        <v>4233</v>
+      </c>
+      <c r="O231" t="s">
+        <v>4234</v>
+      </c>
+      <c r="P231" t="s">
+        <v>4235</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>4236</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B232" t="s">
-        <v>4223</v>
+        <v>4237</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>4224</v>
+        <v>4238</v>
       </c>
       <c r="F232" t="s">
         <v>11</v>
       </c>
       <c r="G232" t="s">
-        <v>4225</v>
+        <v>4239</v>
       </c>
       <c r="H232" t="s">
-        <v>4226</v>
+        <v>4240</v>
       </c>
       <c r="I232" t="s">
-        <v>4227</v>
+        <v>4241</v>
       </c>
       <c r="J232" t="s">
-        <v>2170</v>
+        <v>4242</v>
       </c>
       <c r="K232" t="s">
-        <v>4228</v>
+        <v>4243</v>
       </c>
       <c r="L232" t="s">
-        <v>4229</v>
+        <v>4244</v>
       </c>
       <c r="M232" t="s">
-        <v>4230</v>
+        <v>4245</v>
       </c>
       <c r="N232" t="s">
-        <v>4231</v>
-[...8 lines deleted...]
-        <v>4234</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B233" t="s">
-        <v>4235</v>
+        <v>4247</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>4236</v>
+        <v>4248</v>
       </c>
       <c r="F233" t="s">
         <v>11</v>
       </c>
       <c r="G233" t="s">
-        <v>4237</v>
+        <v>4249</v>
       </c>
       <c r="H233" t="s">
-        <v>4238</v>
+        <v>4250</v>
       </c>
       <c r="I233" t="s">
-        <v>2577</v>
+        <v>4251</v>
       </c>
       <c r="J233" t="s">
-        <v>1948</v>
+        <v>2211</v>
       </c>
       <c r="K233" t="s">
-        <v>4239</v>
+        <v>4252</v>
       </c>
       <c r="L233" t="s">
-        <v>4240</v>
+        <v>4253</v>
       </c>
       <c r="M233" t="s">
-        <v>4241</v>
+        <v>4254</v>
       </c>
       <c r="N233" t="s">
-        <v>4242</v>
+        <v>4255</v>
       </c>
       <c r="O233" t="s">
-        <v>4243</v>
+        <v>4256</v>
+      </c>
+      <c r="P233" t="s">
+        <v>4257</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>4258</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B234" t="s">
-        <v>4244</v>
+        <v>4259</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>4245</v>
+        <v>4260</v>
       </c>
       <c r="F234" t="s">
         <v>11</v>
       </c>
       <c r="G234" t="s">
-        <v>4246</v>
+        <v>4261</v>
       </c>
       <c r="H234" t="s">
-        <v>4247</v>
+        <v>4262</v>
       </c>
       <c r="I234" t="s">
-        <v>3521</v>
+        <v>2611</v>
       </c>
       <c r="J234" t="s">
-        <v>1961</v>
+        <v>2051</v>
       </c>
       <c r="K234" t="s">
-        <v>4248</v>
+        <v>4263</v>
       </c>
       <c r="L234" t="s">
-        <v>4249</v>
+        <v>4264</v>
       </c>
       <c r="M234" t="s">
-        <v>4250</v>
+        <v>4265</v>
       </c>
       <c r="N234" t="s">
-        <v>4251</v>
+        <v>4266</v>
       </c>
       <c r="O234" t="s">
-        <v>4252</v>
-[...5 lines deleted...]
-        <v>4254</v>
+        <v>4267</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B235" t="s">
-        <v>4255</v>
+        <v>4268</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>4256</v>
+        <v>4269</v>
       </c>
       <c r="F235" t="s">
         <v>11</v>
       </c>
       <c r="G235" t="s">
-        <v>4257</v>
+        <v>4270</v>
       </c>
       <c r="H235" t="s">
-        <v>4258</v>
+        <v>4271</v>
       </c>
       <c r="I235" t="s">
-        <v>4259</v>
+        <v>3545</v>
       </c>
       <c r="J235" t="s">
-        <v>3765</v>
+        <v>1773</v>
       </c>
       <c r="K235" t="s">
-        <v>4260</v>
+        <v>4272</v>
       </c>
       <c r="L235" t="s">
-        <v>4261</v>
+        <v>4273</v>
       </c>
       <c r="M235" t="s">
-        <v>4262</v>
+        <v>4274</v>
       </c>
       <c r="N235" t="s">
-        <v>4263</v>
+        <v>4275</v>
+      </c>
+      <c r="O235" t="s">
+        <v>4276</v>
+      </c>
+      <c r="P235" t="s">
+        <v>4277</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>4278</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B236" t="s">
-        <v>4264</v>
+        <v>4279</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>4265</v>
+        <v>4280</v>
       </c>
       <c r="F236" t="s">
         <v>11</v>
       </c>
       <c r="G236" t="s">
-        <v>4266</v>
+        <v>4281</v>
       </c>
       <c r="H236" t="s">
-        <v>4267</v>
+        <v>4282</v>
       </c>
       <c r="I236" t="s">
-        <v>4268</v>
+        <v>4283</v>
       </c>
       <c r="J236" t="s">
-        <v>4269</v>
+        <v>3789</v>
       </c>
       <c r="K236" t="s">
-        <v>4270</v>
+        <v>4284</v>
       </c>
       <c r="L236" t="s">
-        <v>4271</v>
+        <v>4285</v>
       </c>
       <c r="M236" t="s">
-        <v>4272</v>
+        <v>4286</v>
+      </c>
+      <c r="N236" t="s">
+        <v>4287</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B237" t="s">
-        <v>4273</v>
+        <v>4288</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>4274</v>
+        <v>4289</v>
       </c>
       <c r="F237" t="s">
         <v>11</v>
       </c>
       <c r="G237" t="s">
-        <v>4275</v>
+        <v>4290</v>
       </c>
       <c r="H237" t="s">
-        <v>4276</v>
+        <v>4291</v>
       </c>
       <c r="I237" t="s">
-        <v>4277</v>
+        <v>4292</v>
       </c>
       <c r="J237" t="s">
-        <v>4278</v>
+        <v>4293</v>
       </c>
       <c r="K237" t="s">
-        <v>4279</v>
+        <v>4294</v>
       </c>
       <c r="L237" t="s">
-        <v>4280</v>
+        <v>4295</v>
       </c>
       <c r="M237" t="s">
-        <v>4281</v>
-[...17 lines deleted...]
-        <v>4287</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B238" t="s">
-        <v>4288</v>
+        <v>4297</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>4274</v>
+        <v>4298</v>
       </c>
       <c r="F238" t="s">
         <v>11</v>
       </c>
       <c r="G238" t="s">
-        <v>4289</v>
+        <v>4299</v>
       </c>
       <c r="H238" t="s">
-        <v>4290</v>
+        <v>4300</v>
       </c>
       <c r="I238" t="s">
-        <v>4291</v>
+        <v>4301</v>
       </c>
       <c r="J238" t="s">
-        <v>2515</v>
+        <v>4302</v>
       </c>
       <c r="K238" t="s">
-        <v>4292</v>
+        <v>4303</v>
       </c>
       <c r="L238" t="s">
-        <v>4293</v>
+        <v>4304</v>
       </c>
       <c r="M238" t="s">
-        <v>4294</v>
+        <v>4305</v>
       </c>
       <c r="N238" t="s">
-        <v>4295</v>
+        <v>4306</v>
       </c>
       <c r="O238" t="s">
-        <v>4296</v>
+        <v>4307</v>
       </c>
       <c r="P238" t="s">
-        <v>4297</v>
+        <v>4308</v>
       </c>
       <c r="Q238" t="s">
-        <v>4298</v>
+        <v>4309</v>
+      </c>
+      <c r="R238" t="s">
+        <v>4310</v>
+      </c>
+      <c r="S238" t="s">
+        <v>4311</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B239" t="s">
-        <v>4299</v>
+        <v>4312</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>4300</v>
+        <v>4298</v>
       </c>
       <c r="F239" t="s">
         <v>11</v>
       </c>
       <c r="G239" t="s">
-        <v>4301</v>
+        <v>4313</v>
       </c>
       <c r="H239" t="s">
-        <v>4302</v>
+        <v>4314</v>
       </c>
       <c r="I239" t="s">
-        <v>4303</v>
+        <v>4315</v>
       </c>
       <c r="J239" t="s">
-        <v>4304</v>
+        <v>2549</v>
       </c>
       <c r="K239" t="s">
-        <v>4305</v>
+        <v>4316</v>
       </c>
       <c r="L239" t="s">
-        <v>4306</v>
+        <v>4317</v>
+      </c>
+      <c r="M239" t="s">
+        <v>4318</v>
+      </c>
+      <c r="N239" t="s">
+        <v>4319</v>
+      </c>
+      <c r="O239" t="s">
+        <v>4320</v>
+      </c>
+      <c r="P239" t="s">
+        <v>4321</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>4322</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B240" t="s">
-        <v>4307</v>
+        <v>4323</v>
       </c>
       <c r="C240" t="s">
         <v>11</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>4300</v>
+        <v>4324</v>
       </c>
       <c r="F240" t="s">
         <v>11</v>
       </c>
       <c r="G240" t="s">
-        <v>4308</v>
+        <v>4325</v>
       </c>
       <c r="H240" t="s">
-        <v>4309</v>
+        <v>4326</v>
       </c>
       <c r="I240" t="s">
-        <v>4310</v>
+        <v>4327</v>
       </c>
       <c r="J240" t="s">
-        <v>4311</v>
+        <v>4328</v>
       </c>
       <c r="K240" t="s">
-        <v>4312</v>
+        <v>4329</v>
+      </c>
+      <c r="L240" t="s">
+        <v>4330</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B241" t="s">
-        <v>4313</v>
+        <v>4331</v>
       </c>
       <c r="C241" t="s">
         <v>11</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>4314</v>
+        <v>4324</v>
       </c>
       <c r="F241" t="s">
         <v>11</v>
       </c>
       <c r="G241" t="s">
-        <v>4315</v>
+        <v>4332</v>
       </c>
       <c r="H241" t="s">
-        <v>4316</v>
+        <v>4333</v>
       </c>
       <c r="I241" t="s">
-        <v>4317</v>
+        <v>4334</v>
       </c>
       <c r="J241" t="s">
-        <v>4318</v>
+        <v>4335</v>
       </c>
       <c r="K241" t="s">
-        <v>4319</v>
+        <v>4336</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B242" t="s">
-        <v>4320</v>
+        <v>4337</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>4321</v>
+        <v>4338</v>
       </c>
       <c r="F242" t="s">
         <v>11</v>
       </c>
       <c r="G242" t="s">
-        <v>4322</v>
+        <v>4339</v>
       </c>
       <c r="H242" t="s">
-        <v>4323</v>
+        <v>4340</v>
       </c>
       <c r="I242" t="s">
-        <v>4324</v>
+        <v>4341</v>
       </c>
       <c r="J242" t="s">
-        <v>1961</v>
+        <v>4342</v>
       </c>
       <c r="K242" t="s">
-        <v>4325</v>
-[...11 lines deleted...]
-        <v>4329</v>
+        <v>4343</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B243" t="s">
-        <v>4330</v>
+        <v>4344</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>4331</v>
+        <v>4345</v>
       </c>
       <c r="F243" t="s">
         <v>11</v>
       </c>
       <c r="G243" t="s">
-        <v>4332</v>
+        <v>4346</v>
       </c>
       <c r="H243" t="s">
-        <v>4333</v>
+        <v>4347</v>
       </c>
       <c r="I243" t="s">
-        <v>4334</v>
+        <v>4348</v>
       </c>
       <c r="J243" t="s">
-        <v>2095</v>
+        <v>1773</v>
       </c>
       <c r="K243" t="s">
-        <v>4335</v>
+        <v>4349</v>
       </c>
       <c r="L243" t="s">
-        <v>4336</v>
+        <v>4350</v>
       </c>
       <c r="M243" t="s">
-        <v>4337</v>
+        <v>4351</v>
       </c>
       <c r="N243" t="s">
-        <v>4338</v>
+        <v>4352</v>
       </c>
       <c r="O243" t="s">
-        <v>4339</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B244" t="s">
-        <v>4340</v>
+        <v>4354</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>4341</v>
+        <v>4355</v>
       </c>
       <c r="F244" t="s">
         <v>11</v>
       </c>
       <c r="G244" t="s">
-        <v>4342</v>
+        <v>4356</v>
       </c>
       <c r="H244" t="s">
-        <v>4343</v>
+        <v>4357</v>
       </c>
       <c r="I244" t="s">
-        <v>4344</v>
+        <v>4358</v>
       </c>
       <c r="J244" t="s">
-        <v>1961</v>
+        <v>1837</v>
       </c>
       <c r="K244" t="s">
-        <v>4345</v>
+        <v>4359</v>
       </c>
       <c r="L244" t="s">
-        <v>4346</v>
+        <v>4360</v>
       </c>
       <c r="M244" t="s">
-        <v>4347</v>
+        <v>4361</v>
       </c>
       <c r="N244" t="s">
-        <v>4348</v>
+        <v>4362</v>
+      </c>
+      <c r="O244" t="s">
+        <v>4363</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B245" t="s">
-        <v>4349</v>
+        <v>4364</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>4350</v>
+        <v>4365</v>
       </c>
       <c r="F245" t="s">
         <v>11</v>
       </c>
       <c r="G245" t="s">
-        <v>4351</v>
+        <v>4366</v>
       </c>
       <c r="H245" t="s">
-        <v>4352</v>
+        <v>4367</v>
       </c>
       <c r="I245" t="s">
-        <v>4353</v>
+        <v>4368</v>
       </c>
       <c r="J245" t="s">
-        <v>1818</v>
+        <v>1773</v>
       </c>
       <c r="K245" t="s">
-        <v>4354</v>
+        <v>4369</v>
       </c>
       <c r="L245" t="s">
-        <v>4355</v>
+        <v>4370</v>
       </c>
       <c r="M245" t="s">
-        <v>4356</v>
+        <v>4371</v>
+      </c>
+      <c r="N245" t="s">
+        <v>4372</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B246" t="s">
-        <v>4357</v>
+        <v>4373</v>
       </c>
       <c r="C246" t="s">
         <v>11</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>4358</v>
+        <v>4374</v>
       </c>
       <c r="F246" t="s">
         <v>11</v>
       </c>
       <c r="G246" t="s">
-        <v>4359</v>
+        <v>4375</v>
       </c>
       <c r="H246" t="s">
-        <v>4360</v>
+        <v>4376</v>
       </c>
       <c r="I246" t="s">
-        <v>4361</v>
+        <v>4377</v>
       </c>
       <c r="J246" t="s">
-        <v>11</v>
+        <v>1921</v>
       </c>
       <c r="K246" t="s">
-        <v>4362</v>
+        <v>4378</v>
       </c>
       <c r="L246" t="s">
-        <v>4363</v>
+        <v>4379</v>
+      </c>
+      <c r="M246" t="s">
+        <v>4380</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B247" t="s">
-        <v>4364</v>
+        <v>4381</v>
       </c>
       <c r="C247" t="s">
         <v>11</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>4365</v>
+        <v>4382</v>
       </c>
       <c r="F247" t="s">
         <v>11</v>
       </c>
       <c r="G247" t="s">
-        <v>4366</v>
+        <v>4383</v>
       </c>
       <c r="H247" t="s">
-        <v>4367</v>
+        <v>4384</v>
       </c>
       <c r="I247" t="s">
-        <v>4368</v>
+        <v>4385</v>
       </c>
       <c r="J247" t="s">
-        <v>4369</v>
+        <v>11</v>
       </c>
       <c r="K247" t="s">
-        <v>4370</v>
+        <v>4386</v>
       </c>
       <c r="L247" t="s">
-        <v>4371</v>
-[...11 lines deleted...]
-        <v>4375</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B248" t="s">
-        <v>4376</v>
+        <v>4388</v>
       </c>
       <c r="C248" t="s">
         <v>11</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>4377</v>
+        <v>4389</v>
       </c>
       <c r="F248" t="s">
         <v>11</v>
       </c>
       <c r="G248" t="s">
-        <v>4378</v>
+        <v>4390</v>
       </c>
       <c r="H248" t="s">
-        <v>4379</v>
+        <v>4391</v>
       </c>
       <c r="I248" t="s">
-        <v>4368</v>
+        <v>4392</v>
       </c>
       <c r="J248" t="s">
-        <v>3118</v>
+        <v>4393</v>
       </c>
       <c r="K248" t="s">
-        <v>4380</v>
+        <v>4394</v>
       </c>
       <c r="L248" t="s">
-        <v>4381</v>
+        <v>4395</v>
+      </c>
+      <c r="M248" t="s">
+        <v>4396</v>
+      </c>
+      <c r="N248" t="s">
+        <v>4397</v>
+      </c>
+      <c r="O248" t="s">
+        <v>4398</v>
+      </c>
+      <c r="P248" t="s">
+        <v>4399</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B249" t="s">
-        <v>4382</v>
+        <v>4400</v>
       </c>
       <c r="C249" t="s">
         <v>11</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
-        <v>4383</v>
+        <v>4401</v>
       </c>
       <c r="F249" t="s">
         <v>11</v>
       </c>
       <c r="G249" t="s">
-        <v>4384</v>
+        <v>4402</v>
       </c>
       <c r="H249" t="s">
-        <v>4385</v>
+        <v>4403</v>
       </c>
       <c r="I249" t="s">
-        <v>2449</v>
+        <v>4392</v>
       </c>
       <c r="J249" t="s">
-        <v>3379</v>
+        <v>3141</v>
       </c>
       <c r="K249" t="s">
-        <v>4386</v>
+        <v>4404</v>
       </c>
       <c r="L249" t="s">
-        <v>4387</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B250" t="s">
-        <v>4388</v>
+        <v>4406</v>
       </c>
       <c r="C250" t="s">
         <v>11</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>4389</v>
+        <v>4407</v>
       </c>
       <c r="F250" t="s">
         <v>11</v>
       </c>
       <c r="G250" t="s">
-        <v>4390</v>
+        <v>4408</v>
       </c>
       <c r="H250" t="s">
-        <v>4391</v>
+        <v>4409</v>
       </c>
       <c r="I250" t="s">
-        <v>4392</v>
+        <v>2483</v>
       </c>
       <c r="J250" t="s">
-        <v>4393</v>
+        <v>3403</v>
       </c>
       <c r="K250" t="s">
-        <v>4394</v>
+        <v>4410</v>
       </c>
       <c r="L250" t="s">
-        <v>4395</v>
-[...5 lines deleted...]
-        <v>4397</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B251" t="s">
-        <v>4398</v>
+        <v>4412</v>
       </c>
       <c r="C251" t="s">
         <v>11</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>4383</v>
+        <v>4413</v>
       </c>
       <c r="F251" t="s">
         <v>11</v>
       </c>
       <c r="G251" t="s">
-        <v>4399</v>
+        <v>4414</v>
       </c>
       <c r="H251" t="s">
-        <v>4400</v>
+        <v>4415</v>
       </c>
       <c r="I251" t="s">
-        <v>4401</v>
+        <v>4416</v>
       </c>
       <c r="J251" t="s">
-        <v>4402</v>
+        <v>4417</v>
       </c>
       <c r="K251" t="s">
-        <v>4403</v>
+        <v>4418</v>
       </c>
       <c r="L251" t="s">
-        <v>4404</v>
+        <v>4419</v>
       </c>
       <c r="M251" t="s">
-        <v>4405</v>
+        <v>4420</v>
       </c>
       <c r="N251" t="s">
-        <v>4406</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B252" t="s">
+        <v>4422</v>
+      </c>
+      <c r="C252" t="s">
+        <v>11</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
         <v>4407</v>
       </c>
-      <c r="C252" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F252" t="s">
         <v>11</v>
       </c>
       <c r="G252" t="s">
-        <v>4408</v>
+        <v>4423</v>
       </c>
       <c r="H252" t="s">
-        <v>4409</v>
+        <v>4424</v>
       </c>
       <c r="I252" t="s">
-        <v>4410</v>
+        <v>4425</v>
       </c>
       <c r="J252" t="s">
-        <v>3118</v>
+        <v>4426</v>
       </c>
       <c r="K252" t="s">
-        <v>4411</v>
+        <v>4427</v>
       </c>
       <c r="L252" t="s">
-        <v>4412</v>
+        <v>4428</v>
       </c>
       <c r="M252" t="s">
-        <v>4413</v>
+        <v>4429</v>
+      </c>
+      <c r="N252" t="s">
+        <v>4430</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B253" t="s">
-        <v>4414</v>
+        <v>4431</v>
       </c>
       <c r="C253" t="s">
         <v>11</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
-        <v>4415</v>
+        <v>4407</v>
       </c>
       <c r="F253" t="s">
         <v>11</v>
       </c>
       <c r="G253" t="s">
-        <v>4416</v>
+        <v>4432</v>
       </c>
       <c r="H253" t="s">
-        <v>4417</v>
+        <v>4433</v>
       </c>
       <c r="I253" t="s">
-        <v>3800</v>
+        <v>4434</v>
       </c>
       <c r="J253" t="s">
-        <v>1800</v>
+        <v>3141</v>
       </c>
       <c r="K253" t="s">
-        <v>4418</v>
+        <v>4435</v>
       </c>
       <c r="L253" t="s">
-        <v>4419</v>
+        <v>4436</v>
       </c>
       <c r="M253" t="s">
-        <v>4420</v>
+        <v>4437</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B254" t="s">
-        <v>4421</v>
+        <v>4438</v>
       </c>
       <c r="C254" t="s">
         <v>11</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>4422</v>
+        <v>4439</v>
       </c>
       <c r="F254" t="s">
         <v>11</v>
       </c>
       <c r="G254" t="s">
-        <v>4423</v>
+        <v>4440</v>
       </c>
       <c r="H254" t="s">
-        <v>4424</v>
+        <v>4441</v>
       </c>
       <c r="I254" t="s">
-        <v>4425</v>
+        <v>3824</v>
       </c>
       <c r="J254" t="s">
-        <v>2399</v>
+        <v>1903</v>
       </c>
       <c r="K254" t="s">
-        <v>4426</v>
+        <v>4442</v>
       </c>
       <c r="L254" t="s">
-        <v>4427</v>
+        <v>4443</v>
       </c>
       <c r="M254" t="s">
-        <v>4428</v>
+        <v>4444</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B255" t="s">
-        <v>4429</v>
+        <v>4445</v>
       </c>
       <c r="C255" t="s">
         <v>11</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
-        <v>4430</v>
+        <v>4446</v>
       </c>
       <c r="F255" t="s">
         <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>4431</v>
+        <v>4447</v>
       </c>
       <c r="H255" t="s">
-        <v>4432</v>
+        <v>4448</v>
       </c>
       <c r="I255" t="s">
-        <v>4433</v>
+        <v>4449</v>
       </c>
       <c r="J255" t="s">
-        <v>4278</v>
+        <v>2433</v>
       </c>
       <c r="K255" t="s">
-        <v>4434</v>
+        <v>4450</v>
       </c>
       <c r="L255" t="s">
-        <v>4435</v>
+        <v>4451</v>
       </c>
       <c r="M255" t="s">
-        <v>4436</v>
-[...5 lines deleted...]
-        <v>4438</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B256" t="s">
-        <v>4439</v>
+        <v>4453</v>
       </c>
       <c r="C256" t="s">
         <v>11</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
-        <v>4440</v>
+        <v>4454</v>
       </c>
       <c r="F256" t="s">
         <v>11</v>
       </c>
       <c r="G256" t="s">
-        <v>4441</v>
+        <v>4455</v>
       </c>
       <c r="H256" t="s">
-        <v>4442</v>
+        <v>4456</v>
       </c>
       <c r="I256" t="s">
-        <v>4443</v>
+        <v>4457</v>
       </c>
       <c r="J256" t="s">
-        <v>4444</v>
+        <v>4302</v>
       </c>
       <c r="K256" t="s">
-        <v>4445</v>
+        <v>4458</v>
       </c>
       <c r="L256" t="s">
-        <v>4446</v>
+        <v>4459</v>
       </c>
       <c r="M256" t="s">
-        <v>4447</v>
+        <v>4460</v>
       </c>
       <c r="N256" t="s">
-        <v>4448</v>
+        <v>4461</v>
+      </c>
+      <c r="O256" t="s">
+        <v>4462</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B257" t="s">
-        <v>4449</v>
+        <v>4463</v>
       </c>
       <c r="C257" t="s">
         <v>11</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>4450</v>
+        <v>4464</v>
       </c>
       <c r="F257" t="s">
         <v>11</v>
       </c>
       <c r="G257" t="s">
-        <v>4451</v>
+        <v>4465</v>
       </c>
       <c r="H257" t="s">
-        <v>4452</v>
+        <v>4466</v>
       </c>
       <c r="I257" t="s">
-        <v>4453</v>
+        <v>4467</v>
       </c>
       <c r="J257" t="s">
-        <v>2640</v>
+        <v>4468</v>
       </c>
       <c r="K257" t="s">
-        <v>4454</v>
+        <v>4469</v>
       </c>
       <c r="L257" t="s">
-        <v>4455</v>
+        <v>4470</v>
       </c>
       <c r="M257" t="s">
-        <v>4456</v>
+        <v>4471</v>
+      </c>
+      <c r="N257" t="s">
+        <v>4472</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B258" t="s">
-        <v>4457</v>
+        <v>4473</v>
       </c>
       <c r="C258" t="s">
         <v>11</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>4458</v>
+        <v>4474</v>
       </c>
       <c r="F258" t="s">
         <v>11</v>
       </c>
       <c r="G258" t="s">
-        <v>4459</v>
+        <v>4475</v>
       </c>
       <c r="H258" t="s">
-        <v>4460</v>
+        <v>4476</v>
       </c>
       <c r="I258" t="s">
-        <v>4461</v>
+        <v>4477</v>
       </c>
       <c r="J258" t="s">
-        <v>2684</v>
+        <v>2674</v>
       </c>
       <c r="K258" t="s">
-        <v>4462</v>
+        <v>4478</v>
+      </c>
+      <c r="L258" t="s">
+        <v>4479</v>
+      </c>
+      <c r="M258" t="s">
+        <v>4480</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B259" t="s">
-        <v>4463</v>
+        <v>4481</v>
       </c>
       <c r="C259" t="s">
         <v>11</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>4464</v>
+        <v>4482</v>
       </c>
       <c r="F259" t="s">
         <v>11</v>
       </c>
       <c r="G259" t="s">
-        <v>4465</v>
+        <v>4483</v>
       </c>
       <c r="H259" t="s">
-        <v>4466</v>
+        <v>4484</v>
       </c>
       <c r="I259" t="s">
-        <v>4467</v>
+        <v>4485</v>
       </c>
       <c r="J259" t="s">
-        <v>4468</v>
+        <v>2718</v>
       </c>
       <c r="K259" t="s">
-        <v>4469</v>
-[...8 lines deleted...]
-        <v>4472</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B260" t="s">
-        <v>4473</v>
+        <v>4487</v>
       </c>
       <c r="C260" t="s">
         <v>11</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>4474</v>
+        <v>4488</v>
       </c>
       <c r="F260" t="s">
         <v>11</v>
       </c>
       <c r="G260" t="s">
-        <v>4475</v>
+        <v>4489</v>
       </c>
       <c r="H260" t="s">
-        <v>4476</v>
+        <v>4490</v>
       </c>
       <c r="I260" t="s">
-        <v>4477</v>
+        <v>4491</v>
       </c>
       <c r="J260" t="s">
-        <v>1800</v>
+        <v>4492</v>
       </c>
       <c r="K260" t="s">
-        <v>4478</v>
+        <v>4493</v>
       </c>
       <c r="L260" t="s">
-        <v>4479</v>
+        <v>4494</v>
       </c>
       <c r="M260" t="s">
-        <v>4480</v>
+        <v>4495</v>
       </c>
       <c r="N260" t="s">
-        <v>4481</v>
-[...2 lines deleted...]
-        <v>4482</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B261" t="s">
-        <v>4483</v>
+        <v>4497</v>
       </c>
       <c r="C261" t="s">
         <v>11</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>4464</v>
+        <v>4498</v>
       </c>
       <c r="F261" t="s">
         <v>11</v>
       </c>
       <c r="G261" t="s">
-        <v>4484</v>
+        <v>4499</v>
       </c>
       <c r="H261" t="s">
-        <v>4485</v>
+        <v>4500</v>
       </c>
       <c r="I261" t="s">
-        <v>4486</v>
+        <v>4501</v>
       </c>
       <c r="J261" t="s">
-        <v>4487</v>
+        <v>1903</v>
       </c>
       <c r="K261" t="s">
-        <v>4488</v>
+        <v>4502</v>
       </c>
       <c r="L261" t="s">
-        <v>4489</v>
+        <v>4503</v>
       </c>
       <c r="M261" t="s">
-        <v>4490</v>
+        <v>4504</v>
       </c>
       <c r="N261" t="s">
-        <v>4491</v>
+        <v>4505</v>
+      </c>
+      <c r="O261" t="s">
+        <v>4506</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B262" t="s">
-        <v>4492</v>
+        <v>4507</v>
       </c>
       <c r="C262" t="s">
         <v>11</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>4464</v>
+        <v>4488</v>
       </c>
       <c r="F262" t="s">
         <v>11</v>
       </c>
       <c r="G262" t="s">
-        <v>4493</v>
+        <v>4508</v>
       </c>
       <c r="H262" t="s">
-        <v>4494</v>
+        <v>4509</v>
       </c>
       <c r="I262" t="s">
-        <v>4495</v>
+        <v>4510</v>
       </c>
       <c r="J262" t="s">
-        <v>4496</v>
+        <v>4511</v>
       </c>
       <c r="K262" t="s">
-        <v>4497</v>
+        <v>4512</v>
       </c>
       <c r="L262" t="s">
-        <v>4498</v>
+        <v>4513</v>
       </c>
       <c r="M262" t="s">
-        <v>4499</v>
+        <v>4514</v>
       </c>
       <c r="N262" t="s">
-        <v>4500</v>
-[...8 lines deleted...]
-        <v>4503</v>
+        <v>4515</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B263" t="s">
-        <v>4504</v>
+        <v>4516</v>
       </c>
       <c r="C263" t="s">
         <v>11</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>4505</v>
+        <v>4488</v>
       </c>
       <c r="F263" t="s">
         <v>11</v>
       </c>
       <c r="G263" t="s">
-        <v>4506</v>
+        <v>4517</v>
       </c>
       <c r="H263" t="s">
-        <v>4507</v>
+        <v>4518</v>
       </c>
       <c r="I263" t="s">
-        <v>3459</v>
+        <v>4519</v>
       </c>
       <c r="J263" t="s">
-        <v>2095</v>
+        <v>4520</v>
       </c>
       <c r="K263" t="s">
-        <v>4508</v>
+        <v>4521</v>
       </c>
       <c r="L263" t="s">
-        <v>4509</v>
+        <v>4522</v>
       </c>
       <c r="M263" t="s">
-        <v>4510</v>
+        <v>4523</v>
       </c>
       <c r="N263" t="s">
-        <v>4511</v>
+        <v>4524</v>
       </c>
       <c r="O263" t="s">
-        <v>4512</v>
+        <v>4525</v>
       </c>
       <c r="P263" t="s">
-        <v>4513</v>
+        <v>4526</v>
       </c>
       <c r="Q263" t="s">
-        <v>4514</v>
-[...8 lines deleted...]
-        <v>4517</v>
+        <v>4527</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B264" t="s">
-        <v>4518</v>
+        <v>4528</v>
       </c>
       <c r="C264" t="s">
         <v>11</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>4519</v>
+        <v>4529</v>
       </c>
       <c r="F264" t="s">
         <v>11</v>
       </c>
       <c r="G264" t="s">
-        <v>4520</v>
+        <v>4530</v>
       </c>
       <c r="H264" t="s">
-        <v>4521</v>
+        <v>4531</v>
       </c>
       <c r="I264" t="s">
-        <v>4522</v>
+        <v>3483</v>
       </c>
       <c r="J264" t="s">
-        <v>4523</v>
+        <v>1837</v>
       </c>
       <c r="K264" t="s">
-        <v>4524</v>
+        <v>4532</v>
       </c>
       <c r="L264" t="s">
-        <v>4525</v>
+        <v>4533</v>
       </c>
       <c r="M264" t="s">
-        <v>4526</v>
+        <v>4534</v>
       </c>
       <c r="N264" t="s">
-        <v>4527</v>
+        <v>4535</v>
+      </c>
+      <c r="O264" t="s">
+        <v>4536</v>
+      </c>
+      <c r="P264" t="s">
+        <v>4537</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>4538</v>
+      </c>
+      <c r="R264" t="s">
+        <v>4539</v>
+      </c>
+      <c r="S264" t="s">
+        <v>4540</v>
+      </c>
+      <c r="T264" t="s">
+        <v>4541</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B265" t="s">
-        <v>4528</v>
+        <v>4542</v>
       </c>
       <c r="C265" t="s">
         <v>11</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>4529</v>
+        <v>4543</v>
       </c>
       <c r="F265" t="s">
         <v>11</v>
       </c>
       <c r="G265" t="s">
-        <v>4530</v>
+        <v>4544</v>
       </c>
       <c r="H265" t="s">
-        <v>4531</v>
+        <v>4545</v>
       </c>
       <c r="I265" t="s">
-        <v>3476</v>
+        <v>4546</v>
       </c>
       <c r="J265" t="s">
-        <v>2515</v>
+        <v>4547</v>
       </c>
       <c r="K265" t="s">
-        <v>4532</v>
+        <v>4548</v>
       </c>
       <c r="L265" t="s">
-        <v>4533</v>
+        <v>4549</v>
+      </c>
+      <c r="M265" t="s">
+        <v>4550</v>
+      </c>
+      <c r="N265" t="s">
+        <v>4551</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B266" t="s">
-        <v>4534</v>
+        <v>4552</v>
       </c>
       <c r="C266" t="s">
         <v>11</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>4535</v>
+        <v>4553</v>
       </c>
       <c r="F266" t="s">
         <v>11</v>
       </c>
       <c r="G266" t="s">
-        <v>4536</v>
+        <v>4554</v>
       </c>
       <c r="H266" t="s">
-        <v>4537</v>
+        <v>4555</v>
       </c>
       <c r="I266" t="s">
-        <v>4538</v>
+        <v>3500</v>
       </c>
       <c r="J266" t="s">
-        <v>1961</v>
+        <v>2549</v>
       </c>
       <c r="K266" t="s">
-        <v>4539</v>
+        <v>4556</v>
       </c>
       <c r="L266" t="s">
-        <v>4540</v>
-[...5 lines deleted...]
-        <v>4542</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B267" t="s">
-        <v>4543</v>
+        <v>4558</v>
       </c>
       <c r="C267" t="s">
         <v>11</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>4544</v>
+        <v>4559</v>
       </c>
       <c r="F267" t="s">
         <v>11</v>
       </c>
       <c r="G267" t="s">
-        <v>4545</v>
+        <v>4560</v>
       </c>
       <c r="H267" t="s">
-        <v>4546</v>
+        <v>4561</v>
       </c>
       <c r="I267" t="s">
-        <v>4547</v>
+        <v>4562</v>
       </c>
       <c r="J267" t="s">
-        <v>3530</v>
+        <v>1773</v>
       </c>
       <c r="K267" t="s">
-        <v>4548</v>
+        <v>4563</v>
       </c>
       <c r="L267" t="s">
-        <v>4549</v>
+        <v>4564</v>
       </c>
       <c r="M267" t="s">
-        <v>4550</v>
+        <v>4565</v>
       </c>
       <c r="N267" t="s">
-        <v>4551</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B268" t="s">
-        <v>4552</v>
+        <v>4567</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>4544</v>
+        <v>4568</v>
       </c>
       <c r="F268" t="s">
         <v>11</v>
       </c>
       <c r="G268" t="s">
-        <v>4553</v>
+        <v>4569</v>
       </c>
       <c r="H268" t="s">
-        <v>4554</v>
+        <v>4570</v>
       </c>
       <c r="I268" t="s">
-        <v>4555</v>
+        <v>4571</v>
       </c>
       <c r="J268" t="s">
-        <v>2671</v>
+        <v>3554</v>
       </c>
       <c r="K268" t="s">
-        <v>4556</v>
+        <v>4572</v>
       </c>
       <c r="L268" t="s">
-        <v>4557</v>
+        <v>4573</v>
       </c>
       <c r="M268" t="s">
-        <v>4558</v>
+        <v>4574</v>
       </c>
       <c r="N268" t="s">
-        <v>4559</v>
+        <v>4575</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B269" t="s">
-        <v>4560</v>
+        <v>4576</v>
       </c>
       <c r="C269" t="s">
         <v>11</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>4561</v>
+        <v>4568</v>
       </c>
       <c r="F269" t="s">
         <v>11</v>
       </c>
       <c r="G269" t="s">
-        <v>4562</v>
+        <v>4577</v>
       </c>
       <c r="H269" t="s">
-        <v>4563</v>
+        <v>4578</v>
       </c>
       <c r="I269" t="s">
-        <v>4564</v>
+        <v>4579</v>
       </c>
       <c r="J269" t="s">
-        <v>2515</v>
+        <v>2705</v>
       </c>
       <c r="K269" t="s">
-        <v>4565</v>
+        <v>4580</v>
       </c>
       <c r="L269" t="s">
-        <v>4566</v>
+        <v>4581</v>
       </c>
       <c r="M269" t="s">
-        <v>4567</v>
+        <v>4582</v>
       </c>
       <c r="N269" t="s">
-        <v>4568</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B270" t="s">
-        <v>4569</v>
+        <v>4584</v>
       </c>
       <c r="C270" t="s">
         <v>11</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>4570</v>
+        <v>4585</v>
       </c>
       <c r="F270" t="s">
         <v>11</v>
       </c>
       <c r="G270" t="s">
-        <v>4571</v>
+        <v>4586</v>
       </c>
       <c r="H270" t="s">
-        <v>4572</v>
+        <v>4587</v>
       </c>
       <c r="I270" t="s">
-        <v>4573</v>
+        <v>4588</v>
       </c>
       <c r="J270" t="s">
-        <v>2170</v>
+        <v>2549</v>
       </c>
       <c r="K270" t="s">
-        <v>4574</v>
+        <v>4589</v>
       </c>
       <c r="L270" t="s">
-        <v>4575</v>
+        <v>4590</v>
       </c>
       <c r="M270" t="s">
-        <v>4576</v>
+        <v>4591</v>
       </c>
       <c r="N270" t="s">
-        <v>4577</v>
-[...14 lines deleted...]
-        <v>4582</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B271" t="s">
-        <v>4583</v>
+        <v>4593</v>
       </c>
       <c r="C271" t="s">
         <v>11</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>4584</v>
+        <v>4594</v>
       </c>
       <c r="F271" t="s">
         <v>11</v>
       </c>
       <c r="G271" t="s">
-        <v>4585</v>
+        <v>4595</v>
       </c>
       <c r="H271" t="s">
-        <v>4586</v>
+        <v>4596</v>
       </c>
       <c r="I271" t="s">
-        <v>4587</v>
+        <v>4597</v>
       </c>
       <c r="J271" t="s">
-        <v>1836</v>
+        <v>2211</v>
       </c>
       <c r="K271" t="s">
-        <v>4588</v>
+        <v>4598</v>
       </c>
       <c r="L271" t="s">
-        <v>4589</v>
+        <v>4599</v>
+      </c>
+      <c r="M271" t="s">
+        <v>4600</v>
+      </c>
+      <c r="N271" t="s">
+        <v>4601</v>
+      </c>
+      <c r="O271" t="s">
+        <v>4602</v>
+      </c>
+      <c r="P271" t="s">
+        <v>4603</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>4604</v>
+      </c>
+      <c r="R271" t="s">
+        <v>4605</v>
+      </c>
+      <c r="S271" t="s">
+        <v>4606</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B272" t="s">
-        <v>4590</v>
+        <v>4607</v>
       </c>
       <c r="C272" t="s">
         <v>11</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>4591</v>
+        <v>4608</v>
       </c>
       <c r="F272" t="s">
         <v>11</v>
       </c>
       <c r="G272" t="s">
-        <v>4592</v>
+        <v>4609</v>
       </c>
       <c r="H272" t="s">
-        <v>4593</v>
+        <v>4610</v>
       </c>
       <c r="I272" t="s">
-        <v>4594</v>
+        <v>4611</v>
       </c>
       <c r="J272" t="s">
-        <v>3354</v>
+        <v>1939</v>
       </c>
       <c r="K272" t="s">
-        <v>4595</v>
+        <v>4612</v>
       </c>
       <c r="L272" t="s">
-        <v>4596</v>
+        <v>4613</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B273" t="s">
-        <v>4597</v>
+        <v>4614</v>
       </c>
       <c r="C273" t="s">
         <v>11</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>4591</v>
+        <v>4615</v>
       </c>
       <c r="F273" t="s">
         <v>11</v>
       </c>
       <c r="G273" t="s">
-        <v>4598</v>
+        <v>4616</v>
       </c>
       <c r="H273" t="s">
-        <v>4599</v>
+        <v>4617</v>
       </c>
       <c r="I273" t="s">
-        <v>4600</v>
+        <v>4618</v>
       </c>
       <c r="J273" t="s">
-        <v>2399</v>
+        <v>3378</v>
       </c>
       <c r="K273" t="s">
-        <v>4601</v>
+        <v>4619</v>
       </c>
       <c r="L273" t="s">
-        <v>4602</v>
-[...2 lines deleted...]
-        <v>4603</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B274" t="s">
-        <v>4604</v>
+        <v>4621</v>
       </c>
       <c r="C274" t="s">
         <v>11</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>4591</v>
+        <v>4615</v>
       </c>
       <c r="F274" t="s">
         <v>11</v>
       </c>
       <c r="G274" t="s">
-        <v>4605</v>
+        <v>4622</v>
       </c>
       <c r="H274" t="s">
-        <v>4606</v>
+        <v>4623</v>
       </c>
       <c r="I274" t="s">
-        <v>4607</v>
+        <v>4624</v>
       </c>
       <c r="J274" t="s">
-        <v>3118</v>
+        <v>2433</v>
       </c>
       <c r="K274" t="s">
-        <v>4608</v>
+        <v>4625</v>
       </c>
       <c r="L274" t="s">
-        <v>4609</v>
+        <v>4626</v>
       </c>
       <c r="M274" t="s">
-        <v>4610</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B275" t="s">
-        <v>4611</v>
+        <v>4628</v>
       </c>
       <c r="C275" t="s">
         <v>11</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>4612</v>
+        <v>4615</v>
       </c>
       <c r="F275" t="s">
         <v>11</v>
       </c>
       <c r="G275" t="s">
-        <v>4613</v>
+        <v>4629</v>
       </c>
       <c r="H275" t="s">
-        <v>4614</v>
+        <v>4630</v>
       </c>
       <c r="I275" t="s">
-        <v>4615</v>
+        <v>4631</v>
       </c>
       <c r="J275" t="s">
-        <v>2399</v>
+        <v>3141</v>
       </c>
       <c r="K275" t="s">
-        <v>4616</v>
+        <v>4632</v>
       </c>
       <c r="L275" t="s">
-        <v>4617</v>
+        <v>4633</v>
       </c>
       <c r="M275" t="s">
-        <v>4618</v>
-[...5 lines deleted...]
-        <v>4620</v>
+        <v>4634</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B276" t="s">
-        <v>4621</v>
+        <v>4635</v>
       </c>
       <c r="C276" t="s">
         <v>11</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>4591</v>
+        <v>4636</v>
       </c>
       <c r="F276" t="s">
         <v>11</v>
       </c>
       <c r="G276" t="s">
-        <v>4622</v>
+        <v>4637</v>
       </c>
       <c r="H276" t="s">
-        <v>4623</v>
+        <v>4638</v>
       </c>
       <c r="I276" t="s">
-        <v>4624</v>
+        <v>4639</v>
       </c>
       <c r="J276" t="s">
-        <v>2671</v>
+        <v>2433</v>
       </c>
       <c r="K276" t="s">
-        <v>4625</v>
+        <v>4640</v>
       </c>
       <c r="L276" t="s">
-        <v>4626</v>
+        <v>4641</v>
       </c>
       <c r="M276" t="s">
-        <v>4627</v>
+        <v>4642</v>
+      </c>
+      <c r="N276" t="s">
+        <v>4643</v>
+      </c>
+      <c r="O276" t="s">
+        <v>4644</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B277" t="s">
-        <v>4628</v>
+        <v>4645</v>
       </c>
       <c r="C277" t="s">
         <v>11</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>4629</v>
+        <v>4615</v>
       </c>
       <c r="F277" t="s">
         <v>11</v>
       </c>
       <c r="G277" t="s">
-        <v>4630</v>
+        <v>4646</v>
       </c>
       <c r="H277" t="s">
-        <v>4631</v>
+        <v>4647</v>
       </c>
       <c r="I277" t="s">
-        <v>4632</v>
+        <v>4648</v>
       </c>
       <c r="J277" t="s">
-        <v>2876</v>
+        <v>2705</v>
       </c>
       <c r="K277" t="s">
-        <v>4633</v>
+        <v>4649</v>
       </c>
       <c r="L277" t="s">
-        <v>4634</v>
+        <v>4650</v>
       </c>
       <c r="M277" t="s">
-        <v>4635</v>
+        <v>4651</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B278" t="s">
-        <v>4636</v>
+        <v>4652</v>
       </c>
       <c r="C278" t="s">
         <v>11</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>4637</v>
+        <v>4653</v>
       </c>
       <c r="F278" t="s">
         <v>11</v>
       </c>
       <c r="G278" t="s">
-        <v>4638</v>
+        <v>4654</v>
       </c>
       <c r="H278" t="s">
-        <v>4639</v>
+        <v>4655</v>
       </c>
       <c r="I278" t="s">
-        <v>4640</v>
+        <v>4656</v>
       </c>
       <c r="J278" t="s">
-        <v>2039</v>
+        <v>2910</v>
       </c>
       <c r="K278" t="s">
-        <v>4641</v>
+        <v>4657</v>
       </c>
       <c r="L278" t="s">
-        <v>4642</v>
+        <v>4658</v>
       </c>
       <c r="M278" t="s">
-        <v>4643</v>
-[...2 lines deleted...]
-        <v>4644</v>
+        <v>4659</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B279" t="s">
-        <v>4645</v>
+        <v>4660</v>
       </c>
       <c r="C279" t="s">
         <v>11</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>4646</v>
+        <v>4661</v>
       </c>
       <c r="F279" t="s">
         <v>11</v>
       </c>
       <c r="G279" t="s">
-        <v>4647</v>
+        <v>4662</v>
       </c>
       <c r="H279" t="s">
-        <v>4648</v>
+        <v>4663</v>
       </c>
       <c r="I279" t="s">
-        <v>4649</v>
+        <v>4664</v>
       </c>
       <c r="J279" t="s">
-        <v>2515</v>
+        <v>2081</v>
       </c>
       <c r="K279" t="s">
-        <v>4650</v>
+        <v>4665</v>
       </c>
       <c r="L279" t="s">
-        <v>4651</v>
+        <v>4666</v>
       </c>
       <c r="M279" t="s">
-        <v>4652</v>
+        <v>4667</v>
       </c>
       <c r="N279" t="s">
-        <v>4653</v>
-[...2 lines deleted...]
-        <v>4654</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B280" t="s">
-        <v>4655</v>
+        <v>4669</v>
       </c>
       <c r="C280" t="s">
         <v>11</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>4646</v>
+        <v>4670</v>
       </c>
       <c r="F280" t="s">
         <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>4656</v>
+        <v>4671</v>
       </c>
       <c r="H280" t="s">
-        <v>4657</v>
+        <v>4672</v>
       </c>
       <c r="I280" t="s">
-        <v>4658</v>
+        <v>4673</v>
       </c>
       <c r="J280" t="s">
-        <v>2486</v>
+        <v>2549</v>
       </c>
       <c r="K280" t="s">
-        <v>4659</v>
+        <v>4674</v>
       </c>
       <c r="L280" t="s">
-        <v>4660</v>
+        <v>4675</v>
+      </c>
+      <c r="M280" t="s">
+        <v>4676</v>
+      </c>
+      <c r="N280" t="s">
+        <v>4677</v>
+      </c>
+      <c r="O280" t="s">
+        <v>4678</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B281" t="s">
-        <v>4661</v>
+        <v>4679</v>
       </c>
       <c r="C281" t="s">
         <v>11</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>4662</v>
+        <v>4670</v>
       </c>
       <c r="F281" t="s">
         <v>11</v>
       </c>
       <c r="G281" t="s">
-        <v>4663</v>
+        <v>4680</v>
       </c>
       <c r="H281" t="s">
-        <v>4664</v>
+        <v>4681</v>
       </c>
       <c r="I281" t="s">
-        <v>4665</v>
+        <v>4682</v>
       </c>
       <c r="J281" t="s">
-        <v>4666</v>
+        <v>2520</v>
       </c>
       <c r="K281" t="s">
-        <v>4667</v>
+        <v>4683</v>
       </c>
       <c r="L281" t="s">
-        <v>4668</v>
-[...8 lines deleted...]
-        <v>4671</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B282" t="s">
-        <v>4672</v>
+        <v>4685</v>
       </c>
       <c r="C282" t="s">
         <v>11</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>4673</v>
+        <v>4686</v>
       </c>
       <c r="F282" t="s">
         <v>11</v>
       </c>
       <c r="G282" t="s">
-        <v>4674</v>
+        <v>4687</v>
       </c>
       <c r="H282" t="s">
-        <v>4675</v>
+        <v>4688</v>
       </c>
       <c r="I282" t="s">
-        <v>4676</v>
+        <v>4689</v>
       </c>
       <c r="J282" t="s">
-        <v>4278</v>
+        <v>4690</v>
       </c>
       <c r="K282" t="s">
-        <v>4677</v>
+        <v>4691</v>
       </c>
       <c r="L282" t="s">
-        <v>4678</v>
+        <v>4692</v>
+      </c>
+      <c r="M282" t="s">
+        <v>4693</v>
+      </c>
+      <c r="N282" t="s">
+        <v>4694</v>
+      </c>
+      <c r="O282" t="s">
+        <v>4695</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B283" t="s">
-        <v>4679</v>
+        <v>4696</v>
       </c>
       <c r="C283" t="s">
         <v>11</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>4680</v>
+        <v>4697</v>
       </c>
       <c r="F283" t="s">
         <v>11</v>
       </c>
       <c r="G283" t="s">
-        <v>4681</v>
+        <v>4698</v>
       </c>
       <c r="H283" t="s">
-        <v>4682</v>
+        <v>4699</v>
       </c>
       <c r="I283" t="s">
-        <v>4676</v>
+        <v>4700</v>
       </c>
       <c r="J283" t="s">
-        <v>3233</v>
+        <v>4302</v>
       </c>
       <c r="K283" t="s">
-        <v>4683</v>
+        <v>4701</v>
       </c>
       <c r="L283" t="s">
-        <v>4684</v>
+        <v>4702</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B284" t="s">
-        <v>4685</v>
+        <v>4703</v>
       </c>
       <c r="C284" t="s">
         <v>11</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>4686</v>
+        <v>4704</v>
       </c>
       <c r="F284" t="s">
         <v>11</v>
       </c>
       <c r="G284" t="s">
-        <v>4687</v>
+        <v>4705</v>
       </c>
       <c r="H284" t="s">
-        <v>4688</v>
+        <v>4706</v>
       </c>
       <c r="I284" t="s">
-        <v>4689</v>
+        <v>4700</v>
       </c>
       <c r="J284" t="s">
-        <v>4690</v>
+        <v>3256</v>
       </c>
       <c r="K284" t="s">
-        <v>4691</v>
+        <v>4707</v>
+      </c>
+      <c r="L284" t="s">
+        <v>4708</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B285" t="s">
-        <v>4692</v>
+        <v>4709</v>
       </c>
       <c r="C285" t="s">
         <v>11</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>4693</v>
+        <v>4710</v>
       </c>
       <c r="F285" t="s">
         <v>11</v>
       </c>
       <c r="G285" t="s">
-        <v>4694</v>
+        <v>4711</v>
       </c>
       <c r="H285" t="s">
-        <v>4695</v>
+        <v>4712</v>
       </c>
       <c r="I285" t="s">
-        <v>4291</v>
+        <v>4713</v>
       </c>
       <c r="J285" t="s">
-        <v>4696</v>
+        <v>4714</v>
       </c>
       <c r="K285" t="s">
-        <v>4697</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B286" t="s">
-        <v>4698</v>
+        <v>4716</v>
       </c>
       <c r="C286" t="s">
         <v>11</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>4693</v>
+        <v>4717</v>
       </c>
       <c r="F286" t="s">
         <v>11</v>
       </c>
       <c r="G286" t="s">
-        <v>4699</v>
+        <v>4718</v>
       </c>
       <c r="H286" t="s">
-        <v>4700</v>
+        <v>4719</v>
       </c>
       <c r="I286" t="s">
-        <v>4701</v>
+        <v>4315</v>
       </c>
       <c r="J286" t="s">
-        <v>2876</v>
+        <v>4720</v>
       </c>
       <c r="K286" t="s">
-        <v>4702</v>
-[...8 lines deleted...]
-        <v>4705</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B287" t="s">
-        <v>4706</v>
+        <v>4722</v>
       </c>
       <c r="C287" t="s">
         <v>11</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>4693</v>
+        <v>4717</v>
       </c>
       <c r="F287" t="s">
         <v>11</v>
       </c>
       <c r="G287" t="s">
-        <v>4707</v>
+        <v>4723</v>
       </c>
       <c r="H287" t="s">
-        <v>4708</v>
+        <v>4724</v>
       </c>
       <c r="I287" t="s">
-        <v>4709</v>
+        <v>4725</v>
       </c>
       <c r="J287" t="s">
-        <v>2671</v>
+        <v>2910</v>
       </c>
       <c r="K287" t="s">
-        <v>4710</v>
+        <v>4726</v>
       </c>
       <c r="L287" t="s">
-        <v>4711</v>
+        <v>4727</v>
       </c>
       <c r="M287" t="s">
-        <v>4712</v>
+        <v>4728</v>
+      </c>
+      <c r="N287" t="s">
+        <v>4729</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B288" t="s">
-        <v>4713</v>
+        <v>4730</v>
       </c>
       <c r="C288" t="s">
         <v>11</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>4714</v>
+        <v>4717</v>
       </c>
       <c r="F288" t="s">
         <v>11</v>
       </c>
       <c r="G288" t="s">
-        <v>4715</v>
+        <v>4731</v>
       </c>
       <c r="H288" t="s">
-        <v>4716</v>
+        <v>4732</v>
       </c>
       <c r="I288" t="s">
-        <v>4717</v>
+        <v>4733</v>
       </c>
       <c r="J288" t="s">
-        <v>2486</v>
+        <v>2705</v>
       </c>
       <c r="K288" t="s">
-        <v>4718</v>
+        <v>4734</v>
       </c>
       <c r="L288" t="s">
-        <v>4719</v>
+        <v>4735</v>
       </c>
       <c r="M288" t="s">
-        <v>4720</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B289" t="s">
-        <v>4721</v>
+        <v>4737</v>
       </c>
       <c r="C289" t="s">
         <v>11</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>4722</v>
+        <v>4738</v>
       </c>
       <c r="F289" t="s">
         <v>11</v>
       </c>
       <c r="G289" t="s">
-        <v>4723</v>
+        <v>4739</v>
       </c>
       <c r="H289" t="s">
-        <v>4724</v>
+        <v>4740</v>
       </c>
       <c r="I289" t="s">
-        <v>4725</v>
+        <v>4741</v>
       </c>
       <c r="J289" t="s">
-        <v>1800</v>
+        <v>2520</v>
       </c>
       <c r="K289" t="s">
-        <v>4726</v>
+        <v>4742</v>
       </c>
       <c r="L289" t="s">
-        <v>4727</v>
+        <v>4743</v>
       </c>
       <c r="M289" t="s">
-        <v>4728</v>
-[...11 lines deleted...]
-        <v>4732</v>
+        <v>4744</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B290" t="s">
-        <v>4733</v>
+        <v>4745</v>
       </c>
       <c r="C290" t="s">
         <v>11</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>4734</v>
+        <v>4746</v>
       </c>
       <c r="F290" t="s">
         <v>11</v>
       </c>
       <c r="G290" t="s">
-        <v>4735</v>
+        <v>4747</v>
       </c>
       <c r="H290" t="s">
-        <v>4736</v>
+        <v>4748</v>
       </c>
       <c r="I290" t="s">
-        <v>4737</v>
+        <v>4749</v>
       </c>
       <c r="J290" t="s">
-        <v>2095</v>
+        <v>1903</v>
       </c>
       <c r="K290" t="s">
-        <v>4738</v>
+        <v>4750</v>
       </c>
       <c r="L290" t="s">
-        <v>4739</v>
+        <v>4751</v>
       </c>
       <c r="M290" t="s">
-        <v>4740</v>
+        <v>4752</v>
       </c>
       <c r="N290" t="s">
-        <v>4741</v>
+        <v>4753</v>
       </c>
       <c r="O290" t="s">
-        <v>4742</v>
+        <v>4754</v>
       </c>
       <c r="P290" t="s">
-        <v>4743</v>
+        <v>4755</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>4756</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B291" t="s">
-        <v>4744</v>
+        <v>4757</v>
       </c>
       <c r="C291" t="s">
         <v>11</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>4745</v>
+        <v>4758</v>
       </c>
       <c r="F291" t="s">
         <v>11</v>
       </c>
       <c r="G291" t="s">
-        <v>4746</v>
+        <v>4759</v>
       </c>
       <c r="H291" t="s">
-        <v>4747</v>
+        <v>4760</v>
       </c>
       <c r="I291" t="s">
-        <v>3117</v>
+        <v>4761</v>
       </c>
       <c r="J291" t="s">
-        <v>3801</v>
+        <v>1837</v>
       </c>
       <c r="K291" t="s">
-        <v>4748</v>
+        <v>4762</v>
       </c>
       <c r="L291" t="s">
-        <v>4749</v>
+        <v>4763</v>
+      </c>
+      <c r="M291" t="s">
+        <v>4764</v>
+      </c>
+      <c r="N291" t="s">
+        <v>4765</v>
+      </c>
+      <c r="O291" t="s">
+        <v>4766</v>
+      </c>
+      <c r="P291" t="s">
+        <v>4767</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B292" t="s">
-        <v>4750</v>
+        <v>4768</v>
       </c>
       <c r="C292" t="s">
         <v>11</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>4751</v>
+        <v>4769</v>
       </c>
       <c r="F292" t="s">
         <v>11</v>
       </c>
       <c r="G292" t="s">
-        <v>4752</v>
+        <v>4770</v>
       </c>
       <c r="H292" t="s">
-        <v>4753</v>
+        <v>4771</v>
       </c>
       <c r="I292" t="s">
-        <v>4754</v>
+        <v>3140</v>
       </c>
       <c r="J292" t="s">
-        <v>4755</v>
+        <v>3825</v>
       </c>
       <c r="K292" t="s">
-        <v>4756</v>
+        <v>4772</v>
       </c>
       <c r="L292" t="s">
-        <v>4757</v>
-[...5 lines deleted...]
-        <v>4759</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B293" t="s">
-        <v>4760</v>
+        <v>4774</v>
       </c>
       <c r="C293" t="s">
         <v>11</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>4761</v>
+        <v>4775</v>
       </c>
       <c r="F293" t="s">
         <v>11</v>
       </c>
       <c r="G293" t="s">
-        <v>4762</v>
+        <v>4776</v>
       </c>
       <c r="H293" t="s">
-        <v>4763</v>
+        <v>4777</v>
       </c>
       <c r="I293" t="s">
-        <v>4764</v>
+        <v>4778</v>
       </c>
       <c r="J293" t="s">
-        <v>2095</v>
+        <v>4779</v>
       </c>
       <c r="K293" t="s">
-        <v>4765</v>
+        <v>4780</v>
       </c>
       <c r="L293" t="s">
-        <v>4766</v>
+        <v>4781</v>
       </c>
       <c r="M293" t="s">
-        <v>4767</v>
+        <v>4782</v>
+      </c>
+      <c r="N293" t="s">
+        <v>4783</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B294" t="s">
-        <v>4768</v>
+        <v>4784</v>
       </c>
       <c r="C294" t="s">
         <v>11</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>4769</v>
+        <v>4785</v>
       </c>
       <c r="F294" t="s">
         <v>11</v>
       </c>
       <c r="G294" t="s">
-        <v>4770</v>
+        <v>4786</v>
       </c>
       <c r="H294" t="s">
-        <v>4771</v>
+        <v>4787</v>
       </c>
       <c r="I294" t="s">
-        <v>4772</v>
+        <v>4788</v>
       </c>
       <c r="J294" t="s">
-        <v>4773</v>
+        <v>1837</v>
       </c>
       <c r="K294" t="s">
-        <v>4774</v>
+        <v>4789</v>
       </c>
       <c r="L294" t="s">
-        <v>4775</v>
+        <v>4790</v>
       </c>
       <c r="M294" t="s">
-        <v>4776</v>
-[...2 lines deleted...]
-        <v>4777</v>
+        <v>4791</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B295" t="s">
-        <v>4778</v>
+        <v>4792</v>
       </c>
       <c r="C295" t="s">
         <v>11</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>4769</v>
+        <v>4793</v>
       </c>
       <c r="F295" t="s">
         <v>11</v>
       </c>
       <c r="G295" t="s">
-        <v>4779</v>
+        <v>4794</v>
       </c>
       <c r="H295" t="s">
-        <v>4780</v>
+        <v>4795</v>
       </c>
       <c r="I295" t="s">
-        <v>2883</v>
+        <v>4796</v>
       </c>
       <c r="J295" t="s">
-        <v>1746</v>
+        <v>4797</v>
       </c>
       <c r="K295" t="s">
-        <v>4781</v>
+        <v>4798</v>
       </c>
       <c r="L295" t="s">
-        <v>4782</v>
+        <v>4799</v>
       </c>
       <c r="M295" t="s">
-        <v>4783</v>
+        <v>4800</v>
       </c>
       <c r="N295" t="s">
-        <v>4784</v>
-[...2 lines deleted...]
-        <v>4785</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B296" t="s">
-        <v>4786</v>
+        <v>4802</v>
       </c>
       <c r="C296" t="s">
         <v>11</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>4769</v>
+        <v>4793</v>
       </c>
       <c r="F296" t="s">
         <v>11</v>
       </c>
       <c r="G296" t="s">
-        <v>4787</v>
+        <v>4803</v>
       </c>
       <c r="H296" t="s">
-        <v>4788</v>
+        <v>4804</v>
       </c>
       <c r="I296" t="s">
-        <v>4789</v>
+        <v>2917</v>
       </c>
       <c r="J296" t="s">
-        <v>2684</v>
+        <v>1849</v>
       </c>
       <c r="K296" t="s">
-        <v>4790</v>
+        <v>4805</v>
+      </c>
+      <c r="L296" t="s">
+        <v>4806</v>
+      </c>
+      <c r="M296" t="s">
+        <v>4807</v>
+      </c>
+      <c r="N296" t="s">
+        <v>4808</v>
+      </c>
+      <c r="O296" t="s">
+        <v>4809</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B297" t="s">
-        <v>4791</v>
+        <v>4810</v>
       </c>
       <c r="C297" t="s">
         <v>11</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>4769</v>
+        <v>4793</v>
       </c>
       <c r="F297" t="s">
         <v>11</v>
       </c>
       <c r="G297" t="s">
-        <v>4792</v>
+        <v>4811</v>
       </c>
       <c r="H297" t="s">
-        <v>4793</v>
+        <v>4812</v>
       </c>
       <c r="I297" t="s">
-        <v>4794</v>
+        <v>4813</v>
       </c>
       <c r="J297" t="s">
-        <v>1948</v>
+        <v>2718</v>
       </c>
       <c r="K297" t="s">
-        <v>4795</v>
-[...2 lines deleted...]
-        <v>4796</v>
+        <v>4814</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B298" t="s">
-        <v>4797</v>
+        <v>4815</v>
       </c>
       <c r="C298" t="s">
         <v>11</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>4798</v>
+        <v>4793</v>
       </c>
       <c r="F298" t="s">
         <v>11</v>
       </c>
       <c r="G298" t="s">
-        <v>4799</v>
+        <v>4816</v>
       </c>
       <c r="H298" t="s">
-        <v>4800</v>
+        <v>4817</v>
       </c>
       <c r="I298" t="s">
-        <v>4801</v>
+        <v>4818</v>
       </c>
       <c r="J298" t="s">
-        <v>4802</v>
+        <v>2051</v>
       </c>
       <c r="K298" t="s">
-        <v>4803</v>
+        <v>4819</v>
       </c>
       <c r="L298" t="s">
-        <v>4804</v>
-[...11 lines deleted...]
-        <v>4808</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B299" t="s">
-        <v>4809</v>
+        <v>4821</v>
       </c>
       <c r="C299" t="s">
         <v>11</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>4798</v>
+        <v>4822</v>
       </c>
       <c r="F299" t="s">
         <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>4810</v>
+        <v>4823</v>
       </c>
       <c r="H299" t="s">
-        <v>4811</v>
+        <v>4824</v>
       </c>
       <c r="I299" t="s">
-        <v>3728</v>
+        <v>4825</v>
       </c>
       <c r="J299" t="s">
-        <v>1961</v>
+        <v>4826</v>
       </c>
       <c r="K299" t="s">
-        <v>4812</v>
+        <v>4827</v>
       </c>
       <c r="L299" t="s">
-        <v>4813</v>
+        <v>4828</v>
       </c>
       <c r="M299" t="s">
-        <v>4814</v>
+        <v>4829</v>
       </c>
       <c r="N299" t="s">
-        <v>4815</v>
+        <v>4830</v>
       </c>
       <c r="O299" t="s">
-        <v>4816</v>
+        <v>4831</v>
       </c>
       <c r="P299" t="s">
-        <v>4817</v>
-[...8 lines deleted...]
-        <v>4820</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B300" t="s">
-        <v>4821</v>
+        <v>4833</v>
       </c>
       <c r="C300" t="s">
         <v>11</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>4822</v>
       </c>
       <c r="F300" t="s">
         <v>11</v>
       </c>
       <c r="G300" t="s">
-        <v>4823</v>
+        <v>4834</v>
       </c>
       <c r="H300" t="s">
-        <v>4824</v>
+        <v>4835</v>
       </c>
       <c r="I300" t="s">
-        <v>4825</v>
+        <v>3752</v>
       </c>
       <c r="J300" t="s">
-        <v>3118</v>
+        <v>1773</v>
       </c>
       <c r="K300" t="s">
-        <v>4826</v>
+        <v>4836</v>
       </c>
       <c r="L300" t="s">
-        <v>4827</v>
+        <v>4837</v>
       </c>
       <c r="M300" t="s">
-        <v>4828</v>
+        <v>4838</v>
+      </c>
+      <c r="N300" t="s">
+        <v>4839</v>
+      </c>
+      <c r="O300" t="s">
+        <v>4840</v>
+      </c>
+      <c r="P300" t="s">
+        <v>4841</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>4842</v>
+      </c>
+      <c r="R300" t="s">
+        <v>4843</v>
+      </c>
+      <c r="S300" t="s">
+        <v>4844</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B301" t="s">
-        <v>4829</v>
+        <v>4845</v>
       </c>
       <c r="C301" t="s">
         <v>11</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>4830</v>
+        <v>4846</v>
       </c>
       <c r="F301" t="s">
         <v>11</v>
       </c>
       <c r="G301" t="s">
-        <v>4831</v>
+        <v>4847</v>
       </c>
       <c r="H301" t="s">
-        <v>4832</v>
+        <v>4848</v>
       </c>
       <c r="I301" t="s">
-        <v>4833</v>
+        <v>4849</v>
       </c>
       <c r="J301" t="s">
-        <v>1926</v>
+        <v>3141</v>
       </c>
       <c r="K301" t="s">
-        <v>4834</v>
+        <v>4850</v>
       </c>
       <c r="L301" t="s">
-        <v>4835</v>
+        <v>4851</v>
       </c>
       <c r="M301" t="s">
-        <v>4836</v>
+        <v>4852</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B302" t="s">
-        <v>4837</v>
+        <v>4853</v>
       </c>
       <c r="C302" t="s">
         <v>11</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>4838</v>
+        <v>4854</v>
       </c>
       <c r="F302" t="s">
         <v>11</v>
       </c>
       <c r="G302" t="s">
-        <v>4839</v>
+        <v>4855</v>
       </c>
       <c r="H302" t="s">
-        <v>4840</v>
+        <v>4856</v>
       </c>
       <c r="I302" t="s">
-        <v>3466</v>
+        <v>4857</v>
       </c>
       <c r="J302" t="s">
-        <v>3801</v>
+        <v>2029</v>
       </c>
       <c r="K302" t="s">
-        <v>4841</v>
+        <v>4858</v>
+      </c>
+      <c r="L302" t="s">
+        <v>4859</v>
+      </c>
+      <c r="M302" t="s">
+        <v>4860</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B303" t="s">
-        <v>4842</v>
+        <v>4861</v>
       </c>
       <c r="C303" t="s">
         <v>11</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>4843</v>
+        <v>4862</v>
       </c>
       <c r="F303" t="s">
         <v>11</v>
       </c>
       <c r="G303" t="s">
-        <v>4844</v>
+        <v>4863</v>
       </c>
       <c r="H303" t="s">
-        <v>4845</v>
+        <v>4864</v>
       </c>
       <c r="I303" t="s">
-        <v>4846</v>
+        <v>3490</v>
       </c>
       <c r="J303" t="s">
-        <v>2486</v>
+        <v>3825</v>
       </c>
       <c r="K303" t="s">
-        <v>4847</v>
-[...5 lines deleted...]
-        <v>4849</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B304" t="s">
-        <v>4850</v>
+        <v>4866</v>
       </c>
       <c r="C304" t="s">
         <v>11</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
-        <v>4851</v>
+        <v>4867</v>
       </c>
       <c r="F304" t="s">
         <v>11</v>
       </c>
       <c r="G304" t="s">
-        <v>4852</v>
+        <v>4868</v>
       </c>
       <c r="H304" t="s">
-        <v>4853</v>
+        <v>4869</v>
       </c>
       <c r="I304" t="s">
-        <v>2631</v>
+        <v>4870</v>
       </c>
       <c r="J304" t="s">
-        <v>4523</v>
+        <v>2520</v>
       </c>
       <c r="K304" t="s">
-        <v>4854</v>
+        <v>4871</v>
       </c>
       <c r="L304" t="s">
-        <v>4855</v>
+        <v>4872</v>
       </c>
       <c r="M304" t="s">
-        <v>4856</v>
-[...2 lines deleted...]
-        <v>4857</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B305" t="s">
-        <v>4858</v>
+        <v>4874</v>
       </c>
       <c r="C305" t="s">
         <v>11</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>4859</v>
+        <v>4875</v>
       </c>
       <c r="F305" t="s">
         <v>11</v>
       </c>
       <c r="G305" t="s">
-        <v>4860</v>
+        <v>4876</v>
       </c>
       <c r="H305" t="s">
-        <v>4861</v>
+        <v>4877</v>
       </c>
       <c r="I305" t="s">
-        <v>4057</v>
+        <v>2665</v>
       </c>
       <c r="J305" t="s">
-        <v>4690</v>
+        <v>4547</v>
       </c>
       <c r="K305" t="s">
-        <v>4862</v>
+        <v>4878</v>
+      </c>
+      <c r="L305" t="s">
+        <v>4879</v>
+      </c>
+      <c r="M305" t="s">
+        <v>4880</v>
+      </c>
+      <c r="N305" t="s">
+        <v>4881</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B306" t="s">
-        <v>4863</v>
+        <v>4882</v>
       </c>
       <c r="C306" t="s">
         <v>11</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>4864</v>
+        <v>4883</v>
       </c>
       <c r="F306" t="s">
         <v>11</v>
       </c>
       <c r="G306" t="s">
-        <v>4865</v>
+        <v>4884</v>
       </c>
       <c r="H306" t="s">
-        <v>4866</v>
+        <v>4885</v>
       </c>
       <c r="I306" t="s">
-        <v>3728</v>
+        <v>4081</v>
       </c>
       <c r="J306" t="s">
-        <v>3275</v>
+        <v>4714</v>
       </c>
       <c r="K306" t="s">
-        <v>4867</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B307" t="s">
-        <v>4868</v>
+        <v>4887</v>
       </c>
       <c r="C307" t="s">
         <v>11</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>4869</v>
+        <v>4888</v>
       </c>
       <c r="F307" t="s">
         <v>11</v>
       </c>
       <c r="G307" t="s">
-        <v>4870</v>
+        <v>4889</v>
       </c>
       <c r="H307" t="s">
-        <v>4871</v>
+        <v>4890</v>
       </c>
       <c r="I307" t="s">
-        <v>4872</v>
+        <v>3752</v>
       </c>
       <c r="J307" t="s">
-        <v>1926</v>
+        <v>3298</v>
       </c>
       <c r="K307" t="s">
-        <v>4873</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B308" t="s">
-        <v>4874</v>
+        <v>4892</v>
       </c>
       <c r="C308" t="s">
         <v>11</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>4875</v>
+        <v>4893</v>
       </c>
       <c r="F308" t="s">
         <v>11</v>
       </c>
       <c r="G308" t="s">
-        <v>4876</v>
+        <v>4894</v>
       </c>
       <c r="H308" t="s">
-        <v>4877</v>
+        <v>4895</v>
       </c>
       <c r="I308" t="s">
-        <v>4878</v>
+        <v>4896</v>
       </c>
       <c r="J308" t="s">
-        <v>3489</v>
+        <v>2029</v>
       </c>
       <c r="K308" t="s">
-        <v>4879</v>
-[...2 lines deleted...]
-        <v>4880</v>
+        <v>4897</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B309" t="s">
-        <v>4881</v>
+        <v>4898</v>
       </c>
       <c r="C309" t="s">
         <v>11</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
-        <v>4882</v>
+        <v>4899</v>
       </c>
       <c r="F309" t="s">
         <v>11</v>
       </c>
       <c r="G309" t="s">
-        <v>4883</v>
+        <v>4900</v>
       </c>
       <c r="H309" t="s">
-        <v>4884</v>
+        <v>4901</v>
       </c>
       <c r="I309" t="s">
-        <v>4217</v>
+        <v>4902</v>
       </c>
       <c r="J309" t="s">
-        <v>2884</v>
+        <v>3513</v>
       </c>
       <c r="K309" t="s">
-        <v>4885</v>
+        <v>4903</v>
       </c>
       <c r="L309" t="s">
-        <v>4886</v>
-[...5 lines deleted...]
-        <v>4888</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B310" t="s">
-        <v>4889</v>
+        <v>4905</v>
       </c>
       <c r="C310" t="s">
         <v>11</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>4890</v>
+        <v>4906</v>
       </c>
       <c r="F310" t="s">
         <v>11</v>
       </c>
       <c r="G310" t="s">
-        <v>4891</v>
+        <v>4907</v>
       </c>
       <c r="H310" t="s">
-        <v>4892</v>
+        <v>4908</v>
       </c>
       <c r="I310" t="s">
-        <v>4893</v>
+        <v>4241</v>
       </c>
       <c r="J310" t="s">
-        <v>2170</v>
+        <v>2918</v>
       </c>
       <c r="K310" t="s">
-        <v>4894</v>
+        <v>4909</v>
+      </c>
+      <c r="L310" t="s">
+        <v>4910</v>
+      </c>
+      <c r="M310" t="s">
+        <v>4911</v>
+      </c>
+      <c r="N310" t="s">
+        <v>4912</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B311" t="s">
-        <v>4895</v>
+        <v>4913</v>
       </c>
       <c r="C311" t="s">
         <v>11</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>4896</v>
+        <v>4914</v>
       </c>
       <c r="F311" t="s">
         <v>11</v>
       </c>
       <c r="G311" t="s">
-        <v>4897</v>
+        <v>4915</v>
       </c>
       <c r="H311" t="s">
-        <v>4898</v>
+        <v>4916</v>
       </c>
       <c r="I311" t="s">
-        <v>4899</v>
+        <v>4917</v>
       </c>
       <c r="J311" t="s">
-        <v>4487</v>
+        <v>2211</v>
       </c>
       <c r="K311" t="s">
-        <v>4900</v>
-[...5 lines deleted...]
-        <v>4902</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B312" t="s">
-        <v>4903</v>
+        <v>4919</v>
       </c>
       <c r="C312" t="s">
         <v>11</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>4904</v>
+        <v>4920</v>
       </c>
       <c r="F312" t="s">
         <v>11</v>
       </c>
       <c r="G312" t="s">
-        <v>4905</v>
+        <v>4921</v>
       </c>
       <c r="H312" t="s">
-        <v>4906</v>
+        <v>4922</v>
       </c>
       <c r="I312" t="s">
-        <v>4907</v>
+        <v>4923</v>
       </c>
       <c r="J312" t="s">
-        <v>4393</v>
+        <v>4511</v>
       </c>
       <c r="K312" t="s">
-        <v>4908</v>
+        <v>4924</v>
+      </c>
+      <c r="L312" t="s">
+        <v>4925</v>
+      </c>
+      <c r="M312" t="s">
+        <v>4926</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B313" t="s">
-        <v>4909</v>
+        <v>4927</v>
       </c>
       <c r="C313" t="s">
         <v>11</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>4910</v>
+        <v>4928</v>
       </c>
       <c r="F313" t="s">
         <v>11</v>
       </c>
       <c r="G313" t="s">
-        <v>4911</v>
+        <v>4929</v>
       </c>
       <c r="H313" t="s">
-        <v>4912</v>
+        <v>4930</v>
       </c>
       <c r="I313" t="s">
-        <v>4913</v>
+        <v>4931</v>
       </c>
       <c r="J313" t="s">
-        <v>4914</v>
+        <v>4417</v>
       </c>
       <c r="K313" t="s">
-        <v>4915</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B314" t="s">
-        <v>4916</v>
+        <v>4933</v>
       </c>
       <c r="C314" t="s">
         <v>11</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
-        <v>4917</v>
+        <v>4934</v>
       </c>
       <c r="F314" t="s">
         <v>11</v>
       </c>
       <c r="G314" t="s">
-        <v>4918</v>
+        <v>4935</v>
       </c>
       <c r="H314" t="s">
-        <v>4919</v>
+        <v>4936</v>
       </c>
       <c r="I314" t="s">
-        <v>4920</v>
+        <v>4937</v>
       </c>
       <c r="J314" t="s">
-        <v>3275</v>
+        <v>4938</v>
       </c>
       <c r="K314" t="s">
-        <v>4921</v>
+        <v>4939</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B315" t="s">
-        <v>4922</v>
+        <v>4940</v>
       </c>
       <c r="C315" t="s">
         <v>11</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>4917</v>
+        <v>4941</v>
       </c>
       <c r="F315" t="s">
         <v>11</v>
       </c>
       <c r="G315" t="s">
-        <v>4923</v>
+        <v>4942</v>
       </c>
       <c r="H315" t="s">
-        <v>4924</v>
+        <v>4943</v>
       </c>
       <c r="I315" t="s">
-        <v>4925</v>
+        <v>4944</v>
       </c>
       <c r="J315" t="s">
-        <v>3030</v>
+        <v>3298</v>
       </c>
       <c r="K315" t="s">
-        <v>4926</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B316" t="s">
-        <v>4927</v>
+        <v>4946</v>
       </c>
       <c r="C316" t="s">
         <v>11</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>4928</v>
+        <v>4941</v>
       </c>
       <c r="F316" t="s">
         <v>11</v>
       </c>
       <c r="G316" t="s">
-        <v>4929</v>
+        <v>4947</v>
       </c>
       <c r="H316" t="s">
-        <v>4930</v>
+        <v>4948</v>
       </c>
       <c r="I316" t="s">
-        <v>4931</v>
+        <v>4949</v>
       </c>
       <c r="J316" t="s">
-        <v>1961</v>
+        <v>3064</v>
       </c>
       <c r="K316" t="s">
-        <v>4932</v>
-[...2 lines deleted...]
-        <v>4933</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B317" t="s">
-        <v>4934</v>
+        <v>4951</v>
       </c>
       <c r="C317" t="s">
         <v>11</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>4935</v>
+        <v>4952</v>
       </c>
       <c r="F317" t="s">
         <v>11</v>
       </c>
       <c r="G317" t="s">
-        <v>4936</v>
+        <v>4953</v>
       </c>
       <c r="H317" t="s">
-        <v>4937</v>
+        <v>4954</v>
       </c>
       <c r="I317" t="s">
-        <v>4938</v>
+        <v>4955</v>
       </c>
       <c r="J317" t="s">
-        <v>1926</v>
+        <v>1773</v>
       </c>
       <c r="K317" t="s">
-        <v>4939</v>
+        <v>4956</v>
       </c>
       <c r="L317" t="s">
-        <v>4940</v>
+        <v>4957</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B318" t="s">
-        <v>4941</v>
+        <v>4958</v>
       </c>
       <c r="C318" t="s">
         <v>11</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
-        <v>4942</v>
+        <v>4959</v>
       </c>
       <c r="F318" t="s">
         <v>11</v>
       </c>
       <c r="G318" t="s">
-        <v>4943</v>
+        <v>4960</v>
       </c>
       <c r="H318" t="s">
-        <v>4944</v>
+        <v>4961</v>
       </c>
       <c r="I318" t="s">
-        <v>4945</v>
+        <v>4962</v>
       </c>
       <c r="J318" t="s">
-        <v>3599</v>
+        <v>2029</v>
       </c>
       <c r="K318" t="s">
-        <v>4946</v>
+        <v>4963</v>
+      </c>
+      <c r="L318" t="s">
+        <v>4964</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B319" t="s">
-        <v>4947</v>
+        <v>4965</v>
       </c>
       <c r="C319" t="s">
         <v>11</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>4948</v>
+        <v>4966</v>
       </c>
       <c r="F319" t="s">
         <v>11</v>
       </c>
       <c r="G319" t="s">
-        <v>4949</v>
+        <v>4967</v>
       </c>
       <c r="H319" t="s">
-        <v>4950</v>
+        <v>4968</v>
       </c>
       <c r="I319" t="s">
-        <v>4951</v>
+        <v>4969</v>
       </c>
       <c r="J319" t="s">
-        <v>4952</v>
+        <v>3623</v>
       </c>
       <c r="K319" t="s">
-        <v>4953</v>
-[...5 lines deleted...]
-        <v>4955</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B320" t="s">
-        <v>4956</v>
+        <v>4971</v>
       </c>
       <c r="C320" t="s">
         <v>11</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
-        <v>4957</v>
+        <v>4972</v>
       </c>
       <c r="F320" t="s">
         <v>11</v>
       </c>
       <c r="G320" t="s">
-        <v>4958</v>
+        <v>4973</v>
       </c>
       <c r="H320" t="s">
-        <v>4959</v>
+        <v>4974</v>
       </c>
       <c r="I320" t="s">
-        <v>4960</v>
+        <v>4975</v>
       </c>
       <c r="J320" t="s">
-        <v>4961</v>
+        <v>4976</v>
       </c>
       <c r="K320" t="s">
-        <v>4962</v>
+        <v>4977</v>
       </c>
       <c r="L320" t="s">
-        <v>4963</v>
+        <v>4978</v>
+      </c>
+      <c r="M320" t="s">
+        <v>4979</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B321" t="s">
-        <v>4964</v>
+        <v>4980</v>
       </c>
       <c r="C321" t="s">
         <v>11</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>4965</v>
+        <v>4981</v>
       </c>
       <c r="F321" t="s">
         <v>11</v>
       </c>
       <c r="G321" t="s">
-        <v>4966</v>
+        <v>4982</v>
       </c>
       <c r="H321" t="s">
-        <v>4967</v>
+        <v>4983</v>
       </c>
       <c r="I321" t="s">
-        <v>4968</v>
+        <v>4984</v>
       </c>
       <c r="J321" t="s">
-        <v>4961</v>
+        <v>4985</v>
       </c>
       <c r="K321" t="s">
-        <v>4969</v>
+        <v>4986</v>
       </c>
       <c r="L321" t="s">
-        <v>4970</v>
+        <v>4987</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B322" t="s">
-        <v>4971</v>
+        <v>4988</v>
       </c>
       <c r="C322" t="s">
         <v>11</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>4972</v>
+        <v>4989</v>
       </c>
       <c r="F322" t="s">
         <v>11</v>
       </c>
       <c r="G322" t="s">
-        <v>4973</v>
+        <v>4990</v>
       </c>
       <c r="H322" t="s">
-        <v>4974</v>
+        <v>4991</v>
       </c>
       <c r="I322" t="s">
-        <v>4975</v>
+        <v>4992</v>
       </c>
       <c r="J322" t="s">
-        <v>3118</v>
+        <v>4985</v>
       </c>
       <c r="K322" t="s">
-        <v>4976</v>
+        <v>4993</v>
       </c>
       <c r="L322" t="s">
-        <v>4977</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B323" t="s">
-        <v>4978</v>
+        <v>4995</v>
       </c>
       <c r="C323" t="s">
         <v>11</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>4979</v>
+        <v>4996</v>
       </c>
       <c r="F323" t="s">
         <v>11</v>
       </c>
       <c r="G323" t="s">
-        <v>4980</v>
+        <v>4997</v>
       </c>
       <c r="H323" t="s">
-        <v>4981</v>
+        <v>4998</v>
       </c>
       <c r="I323" t="s">
-        <v>4982</v>
+        <v>4999</v>
       </c>
       <c r="J323" t="s">
-        <v>3118</v>
+        <v>3141</v>
       </c>
       <c r="K323" t="s">
-        <v>4983</v>
+        <v>5000</v>
+      </c>
+      <c r="L323" t="s">
+        <v>5001</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B324" t="s">
-        <v>4984</v>
+        <v>5002</v>
       </c>
       <c r="C324" t="s">
         <v>11</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>4985</v>
+        <v>5003</v>
       </c>
       <c r="F324" t="s">
         <v>11</v>
       </c>
       <c r="G324" t="s">
-        <v>4986</v>
+        <v>5004</v>
       </c>
       <c r="H324" t="s">
-        <v>4987</v>
+        <v>5005</v>
       </c>
       <c r="I324" t="s">
-        <v>4988</v>
+        <v>5006</v>
       </c>
       <c r="J324" t="s">
-        <v>4523</v>
+        <v>3141</v>
       </c>
       <c r="K324" t="s">
-        <v>4989</v>
-[...14 lines deleted...]
-        <v>4994</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B325" t="s">
-        <v>4995</v>
+        <v>5008</v>
       </c>
       <c r="C325" t="s">
         <v>11</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>4996</v>
+        <v>5009</v>
       </c>
       <c r="F325" t="s">
         <v>11</v>
       </c>
       <c r="G325" t="s">
-        <v>4997</v>
+        <v>5010</v>
       </c>
       <c r="H325" t="s">
-        <v>4998</v>
+        <v>5011</v>
       </c>
       <c r="I325" t="s">
-        <v>4999</v>
+        <v>5012</v>
       </c>
       <c r="J325" t="s">
-        <v>1800</v>
+        <v>4547</v>
       </c>
       <c r="K325" t="s">
-        <v>5000</v>
+        <v>5013</v>
       </c>
       <c r="L325" t="s">
-        <v>5001</v>
+        <v>5014</v>
       </c>
       <c r="M325" t="s">
-        <v>5002</v>
+        <v>5015</v>
+      </c>
+      <c r="N325" t="s">
+        <v>5016</v>
+      </c>
+      <c r="O325" t="s">
+        <v>5017</v>
+      </c>
+      <c r="P325" t="s">
+        <v>5018</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B326" t="s">
-        <v>5003</v>
+        <v>5019</v>
       </c>
       <c r="C326" t="s">
         <v>11</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>5004</v>
+        <v>5020</v>
       </c>
       <c r="F326" t="s">
         <v>11</v>
       </c>
       <c r="G326" t="s">
-        <v>5005</v>
+        <v>5021</v>
       </c>
       <c r="H326" t="s">
-        <v>5006</v>
+        <v>5022</v>
       </c>
       <c r="I326" t="s">
-        <v>5007</v>
+        <v>5023</v>
       </c>
       <c r="J326" t="s">
-        <v>2671</v>
+        <v>1903</v>
       </c>
       <c r="K326" t="s">
-        <v>5008</v>
+        <v>5024</v>
       </c>
       <c r="L326" t="s">
-        <v>5009</v>
+        <v>5025</v>
       </c>
       <c r="M326" t="s">
-        <v>5010</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B327" t="s">
-        <v>5011</v>
+        <v>5027</v>
       </c>
       <c r="C327" t="s">
         <v>11</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
-        <v>5012</v>
+        <v>5028</v>
       </c>
       <c r="F327" t="s">
         <v>11</v>
       </c>
       <c r="G327" t="s">
-        <v>5013</v>
+        <v>5029</v>
       </c>
       <c r="H327" t="s">
-        <v>5014</v>
+        <v>5030</v>
       </c>
       <c r="I327" t="s">
-        <v>5015</v>
+        <v>5031</v>
       </c>
       <c r="J327" t="s">
-        <v>1746</v>
+        <v>2705</v>
       </c>
       <c r="K327" t="s">
-        <v>5016</v>
+        <v>5032</v>
       </c>
       <c r="L327" t="s">
-        <v>5017</v>
+        <v>5033</v>
+      </c>
+      <c r="M327" t="s">
+        <v>5034</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B328" t="s">
-        <v>5018</v>
+        <v>5035</v>
       </c>
       <c r="C328" t="s">
         <v>11</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>5019</v>
+        <v>5036</v>
       </c>
       <c r="F328" t="s">
         <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>5020</v>
+        <v>5037</v>
       </c>
       <c r="H328" t="s">
-        <v>5021</v>
+        <v>5038</v>
       </c>
       <c r="I328" t="s">
-        <v>5022</v>
+        <v>5039</v>
       </c>
       <c r="J328" t="s">
-        <v>5023</v>
+        <v>1849</v>
       </c>
       <c r="K328" t="s">
-        <v>5024</v>
+        <v>5040</v>
+      </c>
+      <c r="L328" t="s">
+        <v>5041</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B329" t="s">
-        <v>5025</v>
+        <v>5042</v>
       </c>
       <c r="C329" t="s">
         <v>11</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>5026</v>
+        <v>5043</v>
       </c>
       <c r="F329" t="s">
         <v>11</v>
       </c>
       <c r="G329" t="s">
-        <v>5027</v>
+        <v>5044</v>
       </c>
       <c r="H329" t="s">
-        <v>5028</v>
+        <v>5045</v>
       </c>
       <c r="I329" t="s">
-        <v>5029</v>
+        <v>5046</v>
       </c>
       <c r="J329" t="s">
-        <v>1961</v>
+        <v>5047</v>
       </c>
       <c r="K329" t="s">
-        <v>5030</v>
-[...14 lines deleted...]
-        <v>5035</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B330" t="s">
-        <v>5036</v>
+        <v>5049</v>
       </c>
       <c r="C330" t="s">
         <v>11</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>5037</v>
+        <v>5050</v>
       </c>
       <c r="F330" t="s">
         <v>11</v>
       </c>
       <c r="G330" t="s">
-        <v>5038</v>
+        <v>5051</v>
       </c>
       <c r="H330" t="s">
-        <v>5039</v>
+        <v>5052</v>
       </c>
       <c r="I330" t="s">
-        <v>5040</v>
+        <v>5053</v>
       </c>
       <c r="J330" t="s">
-        <v>5041</v>
+        <v>1773</v>
       </c>
       <c r="K330" t="s">
-        <v>5042</v>
+        <v>5054</v>
       </c>
       <c r="L330" t="s">
-        <v>5043</v>
+        <v>5055</v>
       </c>
       <c r="M330" t="s">
-        <v>5044</v>
+        <v>5056</v>
       </c>
       <c r="N330" t="s">
-        <v>5045</v>
+        <v>5057</v>
+      </c>
+      <c r="O330" t="s">
+        <v>5058</v>
+      </c>
+      <c r="P330" t="s">
+        <v>5059</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B331" t="s">
-        <v>5046</v>
+        <v>5060</v>
       </c>
       <c r="C331" t="s">
         <v>11</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>5047</v>
+        <v>5061</v>
       </c>
       <c r="F331" t="s">
         <v>11</v>
       </c>
       <c r="G331" t="s">
-        <v>5048</v>
+        <v>5062</v>
       </c>
       <c r="H331" t="s">
-        <v>5049</v>
+        <v>5063</v>
       </c>
       <c r="I331" t="s">
-        <v>5050</v>
+        <v>5064</v>
       </c>
       <c r="J331" t="s">
-        <v>4666</v>
+        <v>5065</v>
       </c>
       <c r="K331" t="s">
-        <v>5051</v>
+        <v>5066</v>
       </c>
       <c r="L331" t="s">
-        <v>5052</v>
+        <v>5067</v>
       </c>
       <c r="M331" t="s">
-        <v>5053</v>
+        <v>5068</v>
+      </c>
+      <c r="N331" t="s">
+        <v>5069</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B332" t="s">
-        <v>5054</v>
+        <v>5070</v>
       </c>
       <c r="C332" t="s">
         <v>11</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>5055</v>
+        <v>5071</v>
       </c>
       <c r="F332" t="s">
         <v>11</v>
       </c>
       <c r="G332" t="s">
-        <v>5056</v>
+        <v>5072</v>
       </c>
       <c r="H332" t="s">
-        <v>5057</v>
+        <v>5073</v>
       </c>
       <c r="I332" t="s">
-        <v>4368</v>
+        <v>5074</v>
       </c>
       <c r="J332" t="s">
-        <v>5058</v>
+        <v>4690</v>
       </c>
       <c r="K332" t="s">
-        <v>5059</v>
+        <v>5075</v>
       </c>
       <c r="L332" t="s">
-        <v>5060</v>
+        <v>5076</v>
       </c>
       <c r="M332" t="s">
-        <v>5061</v>
-[...2 lines deleted...]
-        <v>5062</v>
+        <v>5077</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B333" t="s">
-        <v>5063</v>
+        <v>5078</v>
       </c>
       <c r="C333" t="s">
         <v>11</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>5064</v>
+        <v>5079</v>
       </c>
       <c r="F333" t="s">
         <v>11</v>
       </c>
       <c r="G333" t="s">
-        <v>5065</v>
+        <v>5080</v>
       </c>
       <c r="H333" t="s">
-        <v>5066</v>
+        <v>5081</v>
       </c>
       <c r="I333" t="s">
-        <v>5067</v>
+        <v>4392</v>
       </c>
       <c r="J333" t="s">
-        <v>5068</v>
+        <v>5082</v>
       </c>
       <c r="K333" t="s">
-        <v>5069</v>
+        <v>5083</v>
       </c>
       <c r="L333" t="s">
-        <v>5070</v>
+        <v>5084</v>
       </c>
       <c r="M333" t="s">
-        <v>5071</v>
+        <v>5085</v>
+      </c>
+      <c r="N333" t="s">
+        <v>5086</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B334" t="s">
-        <v>5072</v>
+        <v>5087</v>
       </c>
       <c r="C334" t="s">
         <v>11</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>5073</v>
+        <v>5088</v>
       </c>
       <c r="F334" t="s">
         <v>11</v>
       </c>
       <c r="G334" t="s">
-        <v>5074</v>
+        <v>5089</v>
       </c>
       <c r="H334" t="s">
-        <v>5075</v>
+        <v>5090</v>
       </c>
       <c r="I334" t="s">
-        <v>5076</v>
+        <v>5091</v>
       </c>
       <c r="J334" t="s">
-        <v>5077</v>
+        <v>5092</v>
       </c>
       <c r="K334" t="s">
-        <v>5078</v>
+        <v>5093</v>
       </c>
       <c r="L334" t="s">
-        <v>5079</v>
+        <v>5094</v>
       </c>
       <c r="M334" t="s">
-        <v>5080</v>
+        <v>5095</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B335" t="s">
-        <v>5081</v>
+        <v>5096</v>
       </c>
       <c r="C335" t="s">
         <v>11</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>5082</v>
+        <v>5097</v>
       </c>
       <c r="F335" t="s">
         <v>11</v>
       </c>
       <c r="G335" t="s">
-        <v>5083</v>
+        <v>5098</v>
       </c>
       <c r="H335" t="s">
-        <v>5084</v>
+        <v>5099</v>
       </c>
       <c r="I335" t="s">
-        <v>5085</v>
+        <v>5100</v>
       </c>
       <c r="J335" t="s">
-        <v>5086</v>
+        <v>5101</v>
       </c>
       <c r="K335" t="s">
-        <v>5087</v>
+        <v>5102</v>
       </c>
       <c r="L335" t="s">
-        <v>5088</v>
+        <v>5103</v>
       </c>
       <c r="M335" t="s">
-        <v>5089</v>
-[...2 lines deleted...]
-        <v>5090</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B336" t="s">
-        <v>5091</v>
+        <v>5105</v>
       </c>
       <c r="C336" t="s">
         <v>11</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>5082</v>
+        <v>5106</v>
       </c>
       <c r="F336" t="s">
         <v>11</v>
       </c>
       <c r="G336" t="s">
-        <v>5092</v>
+        <v>5107</v>
       </c>
       <c r="H336" t="s">
-        <v>5093</v>
+        <v>5108</v>
       </c>
       <c r="I336" t="s">
-        <v>5094</v>
+        <v>5109</v>
       </c>
       <c r="J336" t="s">
-        <v>5095</v>
+        <v>5110</v>
       </c>
       <c r="K336" t="s">
-        <v>5096</v>
+        <v>5111</v>
       </c>
       <c r="L336" t="s">
-        <v>5097</v>
+        <v>5112</v>
+      </c>
+      <c r="M336" t="s">
+        <v>5113</v>
+      </c>
+      <c r="N336" t="s">
+        <v>5114</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B337" t="s">
-        <v>5098</v>
+        <v>5115</v>
       </c>
       <c r="C337" t="s">
         <v>11</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>5099</v>
+        <v>5106</v>
       </c>
       <c r="F337" t="s">
         <v>11</v>
       </c>
       <c r="G337" t="s">
-        <v>5100</v>
+        <v>5116</v>
       </c>
       <c r="H337" t="s">
-        <v>5101</v>
+        <v>5117</v>
       </c>
       <c r="I337" t="s">
-        <v>5102</v>
+        <v>5118</v>
       </c>
       <c r="J337" t="s">
-        <v>5103</v>
+        <v>5119</v>
       </c>
       <c r="K337" t="s">
-        <v>5104</v>
+        <v>5120</v>
+      </c>
+      <c r="L337" t="s">
+        <v>5121</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B338" t="s">
-        <v>5105</v>
+        <v>5122</v>
       </c>
       <c r="C338" t="s">
         <v>11</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>5106</v>
+        <v>5123</v>
       </c>
       <c r="F338" t="s">
         <v>11</v>
       </c>
       <c r="G338" t="s">
-        <v>5107</v>
+        <v>5124</v>
       </c>
       <c r="H338" t="s">
-        <v>5108</v>
+        <v>5125</v>
       </c>
       <c r="I338" t="s">
-        <v>5109</v>
+        <v>5126</v>
       </c>
       <c r="J338" t="s">
-        <v>2399</v>
+        <v>5127</v>
       </c>
       <c r="K338" t="s">
-        <v>5110</v>
-[...5 lines deleted...]
-        <v>5112</v>
+        <v>5128</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B339" t="s">
-        <v>5113</v>
+        <v>5129</v>
       </c>
       <c r="C339" t="s">
         <v>11</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>5114</v>
+        <v>5130</v>
       </c>
       <c r="F339" t="s">
         <v>11</v>
       </c>
       <c r="G339" t="s">
-        <v>5115</v>
+        <v>5131</v>
       </c>
       <c r="H339" t="s">
-        <v>5116</v>
+        <v>5132</v>
       </c>
       <c r="I339" t="s">
-        <v>5117</v>
+        <v>5133</v>
       </c>
       <c r="J339" t="s">
-        <v>5118</v>
+        <v>2433</v>
       </c>
       <c r="K339" t="s">
-        <v>5119</v>
+        <v>5134</v>
       </c>
       <c r="L339" t="s">
-        <v>5120</v>
+        <v>5135</v>
       </c>
       <c r="M339" t="s">
-        <v>5121</v>
-[...8 lines deleted...]
-        <v>5124</v>
+        <v>5136</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B340" t="s">
-        <v>5125</v>
+        <v>5137</v>
       </c>
       <c r="C340" t="s">
         <v>11</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>5114</v>
+        <v>5138</v>
       </c>
       <c r="F340" t="s">
         <v>11</v>
       </c>
       <c r="G340" t="s">
-        <v>5126</v>
+        <v>5139</v>
       </c>
       <c r="H340" t="s">
-        <v>5127</v>
+        <v>5140</v>
       </c>
       <c r="I340" t="s">
-        <v>2577</v>
+        <v>5141</v>
       </c>
       <c r="J340" t="s">
-        <v>5128</v>
+        <v>5142</v>
       </c>
       <c r="K340" t="s">
-        <v>5129</v>
+        <v>5143</v>
       </c>
       <c r="L340" t="s">
-        <v>5130</v>
+        <v>5144</v>
+      </c>
+      <c r="M340" t="s">
+        <v>5145</v>
+      </c>
+      <c r="N340" t="s">
+        <v>5146</v>
+      </c>
+      <c r="O340" t="s">
+        <v>5147</v>
+      </c>
+      <c r="P340" t="s">
+        <v>5148</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B341" t="s">
-        <v>5131</v>
+        <v>5149</v>
       </c>
       <c r="C341" t="s">
         <v>11</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>5132</v>
+        <v>5138</v>
       </c>
       <c r="F341" t="s">
         <v>11</v>
       </c>
       <c r="G341" t="s">
-        <v>5133</v>
+        <v>5150</v>
       </c>
       <c r="H341" t="s">
-        <v>5134</v>
+        <v>5151</v>
       </c>
       <c r="I341" t="s">
-        <v>5135</v>
+        <v>2611</v>
       </c>
       <c r="J341" t="s">
-        <v>4369</v>
+        <v>5152</v>
       </c>
       <c r="K341" t="s">
-        <v>5136</v>
+        <v>5153</v>
       </c>
       <c r="L341" t="s">
-        <v>5137</v>
+        <v>5154</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B342" t="s">
-        <v>5138</v>
+        <v>5155</v>
       </c>
       <c r="C342" t="s">
         <v>11</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>5132</v>
+        <v>5156</v>
       </c>
       <c r="F342" t="s">
         <v>11</v>
       </c>
       <c r="G342" t="s">
-        <v>5139</v>
+        <v>5157</v>
       </c>
       <c r="H342" t="s">
-        <v>5140</v>
+        <v>5158</v>
       </c>
       <c r="I342" t="s">
-        <v>5135</v>
+        <v>5159</v>
       </c>
       <c r="J342" t="s">
-        <v>5141</v>
+        <v>4393</v>
       </c>
       <c r="K342" t="s">
-        <v>5142</v>
+        <v>5160</v>
       </c>
       <c r="L342" t="s">
-        <v>5143</v>
-[...2 lines deleted...]
-        <v>5144</v>
+        <v>5161</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B343" t="s">
-        <v>5145</v>
+        <v>5162</v>
       </c>
       <c r="C343" t="s">
         <v>11</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>5132</v>
+        <v>5156</v>
       </c>
       <c r="F343" t="s">
         <v>11</v>
       </c>
       <c r="G343" t="s">
-        <v>5146</v>
+        <v>5163</v>
       </c>
       <c r="H343" t="s">
-        <v>5147</v>
+        <v>5164</v>
       </c>
       <c r="I343" t="s">
-        <v>4988</v>
+        <v>5159</v>
       </c>
       <c r="J343" t="s">
-        <v>5148</v>
+        <v>5165</v>
       </c>
       <c r="K343" t="s">
-        <v>5149</v>
+        <v>5166</v>
       </c>
       <c r="L343" t="s">
-        <v>5150</v>
+        <v>5167</v>
       </c>
       <c r="M343" t="s">
-        <v>5151</v>
-[...26 lines deleted...]
-        <v>5160</v>
+        <v>5168</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B344" t="s">
-        <v>5161</v>
+        <v>5169</v>
       </c>
       <c r="C344" t="s">
         <v>11</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>5132</v>
+        <v>5156</v>
       </c>
       <c r="F344" t="s">
         <v>11</v>
       </c>
       <c r="G344" t="s">
-        <v>5162</v>
+        <v>5170</v>
       </c>
       <c r="H344" t="s">
-        <v>5163</v>
+        <v>5171</v>
       </c>
       <c r="I344" t="s">
-        <v>5164</v>
+        <v>5012</v>
       </c>
       <c r="J344" t="s">
-        <v>379</v>
+        <v>5172</v>
       </c>
       <c r="K344" t="s">
-        <v>5165</v>
+        <v>5173</v>
       </c>
       <c r="L344" t="s">
-        <v>5166</v>
+        <v>5174</v>
       </c>
       <c r="M344" t="s">
-        <v>5167</v>
+        <v>5175</v>
+      </c>
+      <c r="N344" t="s">
+        <v>5176</v>
+      </c>
+      <c r="O344" t="s">
+        <v>5177</v>
+      </c>
+      <c r="P344" t="s">
+        <v>5178</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>5179</v>
+      </c>
+      <c r="R344" t="s">
+        <v>5180</v>
+      </c>
+      <c r="S344" t="s">
+        <v>5181</v>
+      </c>
+      <c r="T344" t="s">
+        <v>5182</v>
+      </c>
+      <c r="U344" t="s">
+        <v>5183</v>
+      </c>
+      <c r="V344" t="s">
+        <v>5184</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B345" t="s">
-        <v>5168</v>
+        <v>5185</v>
       </c>
       <c r="C345" t="s">
         <v>11</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>5132</v>
+        <v>5156</v>
       </c>
       <c r="F345" t="s">
         <v>11</v>
       </c>
       <c r="G345" t="s">
-        <v>5169</v>
+        <v>5186</v>
       </c>
       <c r="H345" t="s">
-        <v>5170</v>
+        <v>5187</v>
       </c>
       <c r="I345" t="s">
-        <v>4988</v>
+        <v>5188</v>
       </c>
       <c r="J345" t="s">
-        <v>5171</v>
+        <v>386</v>
       </c>
       <c r="K345" t="s">
-        <v>5172</v>
+        <v>5189</v>
       </c>
       <c r="L345" t="s">
-        <v>5173</v>
+        <v>5190</v>
       </c>
       <c r="M345" t="s">
-        <v>5174</v>
-[...5 lines deleted...]
-        <v>5176</v>
+        <v>5191</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B346" t="s">
-        <v>5177</v>
+        <v>5192</v>
       </c>
       <c r="C346" t="s">
         <v>11</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>5132</v>
+        <v>5156</v>
       </c>
       <c r="F346" t="s">
         <v>11</v>
       </c>
       <c r="G346" t="s">
-        <v>5178</v>
+        <v>5193</v>
       </c>
       <c r="H346" t="s">
-        <v>5179</v>
+        <v>5194</v>
       </c>
       <c r="I346" t="s">
-        <v>5164</v>
+        <v>5012</v>
       </c>
       <c r="J346" t="s">
-        <v>5180</v>
+        <v>5195</v>
       </c>
       <c r="K346" t="s">
-        <v>5181</v>
+        <v>5196</v>
       </c>
       <c r="L346" t="s">
-        <v>5182</v>
+        <v>5197</v>
+      </c>
+      <c r="M346" t="s">
+        <v>5198</v>
+      </c>
+      <c r="N346" t="s">
+        <v>5199</v>
+      </c>
+      <c r="O346" t="s">
+        <v>5200</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B347" t="s">
-        <v>5183</v>
+        <v>5201</v>
       </c>
       <c r="C347" t="s">
         <v>11</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>5184</v>
+        <v>5156</v>
       </c>
       <c r="F347" t="s">
         <v>11</v>
       </c>
       <c r="G347" t="s">
-        <v>5185</v>
+        <v>5202</v>
       </c>
       <c r="H347" t="s">
-        <v>5186</v>
+        <v>5203</v>
       </c>
       <c r="I347" t="s">
-        <v>5187</v>
+        <v>5188</v>
       </c>
       <c r="J347" t="s">
-        <v>5188</v>
+        <v>5204</v>
       </c>
       <c r="K347" t="s">
-        <v>5189</v>
+        <v>5205</v>
       </c>
       <c r="L347" t="s">
-        <v>5190</v>
-[...2 lines deleted...]
-        <v>5191</v>
+        <v>5206</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B348" t="s">
-        <v>5192</v>
+        <v>5207</v>
       </c>
       <c r="C348" t="s">
         <v>11</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>5193</v>
+        <v>5208</v>
       </c>
       <c r="F348" t="s">
         <v>11</v>
       </c>
       <c r="G348" t="s">
-        <v>5194</v>
+        <v>5209</v>
       </c>
       <c r="H348" t="s">
-        <v>5195</v>
+        <v>5210</v>
       </c>
       <c r="I348" t="s">
-        <v>5196</v>
+        <v>5211</v>
       </c>
       <c r="J348" t="s">
-        <v>2884</v>
+        <v>5212</v>
       </c>
       <c r="K348" t="s">
-        <v>5197</v>
+        <v>5213</v>
       </c>
       <c r="L348" t="s">
-        <v>5198</v>
+        <v>5214</v>
       </c>
       <c r="M348" t="s">
-        <v>5199</v>
-[...5 lines deleted...]
-        <v>5201</v>
+        <v>5215</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B349" t="s">
-        <v>5202</v>
+        <v>5216</v>
       </c>
       <c r="C349" t="s">
         <v>11</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>5203</v>
+        <v>5217</v>
       </c>
       <c r="F349" t="s">
         <v>11</v>
       </c>
       <c r="G349" t="s">
-        <v>5204</v>
+        <v>5218</v>
       </c>
       <c r="H349" t="s">
-        <v>5205</v>
+        <v>5219</v>
       </c>
       <c r="I349" t="s">
-        <v>5206</v>
+        <v>5220</v>
       </c>
       <c r="J349" t="s">
-        <v>5086</v>
+        <v>2918</v>
       </c>
       <c r="K349" t="s">
-        <v>5207</v>
+        <v>5221</v>
       </c>
       <c r="L349" t="s">
-        <v>5208</v>
+        <v>5222</v>
       </c>
       <c r="M349" t="s">
-        <v>5209</v>
+        <v>5223</v>
+      </c>
+      <c r="N349" t="s">
+        <v>5224</v>
+      </c>
+      <c r="O349" t="s">
+        <v>5225</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B350" t="s">
-        <v>5210</v>
+        <v>5226</v>
       </c>
       <c r="C350" t="s">
         <v>11</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>5211</v>
+        <v>5227</v>
       </c>
       <c r="F350" t="s">
         <v>11</v>
       </c>
       <c r="G350" t="s">
-        <v>5212</v>
+        <v>5228</v>
       </c>
       <c r="H350" t="s">
-        <v>5213</v>
+        <v>5229</v>
       </c>
       <c r="I350" t="s">
-        <v>5214</v>
+        <v>5230</v>
       </c>
       <c r="J350" t="s">
-        <v>5086</v>
+        <v>5110</v>
       </c>
       <c r="K350" t="s">
-        <v>5215</v>
+        <v>5231</v>
       </c>
       <c r="L350" t="s">
-        <v>5216</v>
+        <v>5232</v>
       </c>
       <c r="M350" t="s">
-        <v>5217</v>
+        <v>5233</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B351" t="s">
-        <v>5218</v>
+        <v>5234</v>
       </c>
       <c r="C351" t="s">
         <v>11</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>5219</v>
+        <v>5235</v>
       </c>
       <c r="F351" t="s">
         <v>11</v>
       </c>
       <c r="G351" t="s">
-        <v>5220</v>
+        <v>5236</v>
       </c>
       <c r="H351" t="s">
-        <v>5221</v>
+        <v>5237</v>
       </c>
       <c r="I351" t="s">
-        <v>5222</v>
+        <v>5238</v>
       </c>
       <c r="J351" t="s">
-        <v>5223</v>
+        <v>5110</v>
       </c>
       <c r="K351" t="s">
-        <v>5224</v>
+        <v>5239</v>
+      </c>
+      <c r="L351" t="s">
+        <v>5240</v>
+      </c>
+      <c r="M351" t="s">
+        <v>5241</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B352" t="s">
-        <v>5225</v>
+        <v>5242</v>
       </c>
       <c r="C352" t="s">
         <v>11</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>5226</v>
+        <v>5243</v>
       </c>
       <c r="F352" t="s">
         <v>11</v>
       </c>
       <c r="G352" t="s">
-        <v>5227</v>
+        <v>5244</v>
       </c>
       <c r="H352" t="s">
-        <v>5228</v>
+        <v>5245</v>
       </c>
       <c r="I352" t="s">
-        <v>2631</v>
+        <v>5246</v>
       </c>
       <c r="J352" t="s">
-        <v>5229</v>
+        <v>5247</v>
       </c>
       <c r="K352" t="s">
-        <v>5230</v>
+        <v>5248</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B353" t="s">
-        <v>5231</v>
+        <v>5249</v>
       </c>
       <c r="C353" t="s">
         <v>11</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>5232</v>
+        <v>5250</v>
       </c>
       <c r="F353" t="s">
         <v>11</v>
       </c>
       <c r="G353" t="s">
-        <v>5233</v>
+        <v>5251</v>
       </c>
       <c r="H353" t="s">
-        <v>5234</v>
+        <v>5252</v>
       </c>
       <c r="I353" t="s">
-        <v>5235</v>
+        <v>2665</v>
       </c>
       <c r="J353" t="s">
-        <v>5236</v>
+        <v>5253</v>
       </c>
       <c r="K353" t="s">
-        <v>5237</v>
+        <v>5254</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B354" t="s">
-        <v>5238</v>
+        <v>5255</v>
       </c>
       <c r="C354" t="s">
         <v>11</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>5239</v>
+        <v>5256</v>
       </c>
       <c r="F354" t="s">
         <v>11</v>
       </c>
       <c r="G354" t="s">
-        <v>5240</v>
+        <v>5257</v>
       </c>
       <c r="H354" t="s">
-        <v>5241</v>
+        <v>5258</v>
       </c>
       <c r="I354" t="s">
-        <v>5242</v>
+        <v>5259</v>
       </c>
       <c r="J354" t="s">
-        <v>3653</v>
+        <v>5260</v>
       </c>
       <c r="K354" t="s">
-        <v>5243</v>
-[...2 lines deleted...]
-        <v>5244</v>
+        <v>5261</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B355" t="s">
-        <v>5245</v>
+        <v>5262</v>
       </c>
       <c r="C355" t="s">
         <v>11</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>5246</v>
+        <v>5263</v>
       </c>
       <c r="F355" t="s">
         <v>11</v>
       </c>
       <c r="G355" t="s">
-        <v>5247</v>
+        <v>5264</v>
       </c>
       <c r="H355" t="s">
-        <v>5248</v>
+        <v>5265</v>
       </c>
       <c r="I355" t="s">
-        <v>5249</v>
+        <v>5266</v>
       </c>
       <c r="J355" t="s">
-        <v>5250</v>
+        <v>3677</v>
       </c>
       <c r="K355" t="s">
-        <v>5251</v>
+        <v>5267</v>
+      </c>
+      <c r="L355" t="s">
+        <v>5268</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B356" t="s">
+        <v>5269</v>
+      </c>
+      <c r="C356" t="s">
+        <v>11</v>
+      </c>
+      <c r="D356" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" t="s">
+        <v>5270</v>
+      </c>
+      <c r="F356" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" t="s">
+        <v>5271</v>
+      </c>
+      <c r="H356" t="s">
+        <v>5272</v>
+      </c>
+      <c r="I356" t="s">
+        <v>5273</v>
+      </c>
+      <c r="J356" t="s">
+        <v>5274</v>
+      </c>
+      <c r="K356" t="s">
+        <v>5275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B2" t="s">
-        <v>5253</v>
+        <v>5277</v>
       </c>
       <c r="C2" t="s">
-        <v>5254</v>
+        <v>5278</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>5255</v>
+        <v>5279</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>5256</v>
+        <v>5280</v>
       </c>
       <c r="H2" t="s">
-        <v>5257</v>
+        <v>5281</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B3" t="s">
-        <v>5258</v>
+        <v>5282</v>
       </c>
       <c r="C3" t="s">
-        <v>5259</v>
+        <v>5283</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>5260</v>
+        <v>5284</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>5261</v>
+        <v>5285</v>
       </c>
       <c r="H3" t="s">
-        <v>5262</v>
+        <v>5286</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B4" t="s">
-        <v>5263</v>
+        <v>5287</v>
       </c>
       <c r="C4" t="s">
-        <v>5264</v>
+        <v>5288</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>5265</v>
+        <v>5289</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>5266</v>
+        <v>5290</v>
       </c>
       <c r="H4" t="s">
-        <v>5267</v>
+        <v>5291</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B5" t="s">
-        <v>5268</v>
+        <v>5292</v>
       </c>
       <c r="C5" t="s">
-        <v>5269</v>
+        <v>5293</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>5270</v>
+        <v>5294</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>5271</v>
+        <v>5295</v>
       </c>
       <c r="H5" t="s">
-        <v>5272</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B6" t="s">
-        <v>5273</v>
+        <v>5297</v>
       </c>
       <c r="C6" t="s">
-        <v>5274</v>
+        <v>5298</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>5275</v>
+        <v>5299</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>5276</v>
+        <v>5300</v>
       </c>
       <c r="H6" t="s">
-        <v>5277</v>
+        <v>5301</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B7" t="s">
-        <v>5278</v>
+        <v>5302</v>
       </c>
       <c r="C7" t="s">
-        <v>5279</v>
+        <v>5303</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>5280</v>
+        <v>5304</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>5281</v>
+        <v>5305</v>
       </c>
       <c r="H7" t="s">
-        <v>5282</v>
+        <v>5306</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B8" t="s">
-        <v>5283</v>
+        <v>5307</v>
       </c>
       <c r="C8" t="s">
-        <v>5284</v>
+        <v>5308</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>5285</v>
+        <v>5309</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>5286</v>
+        <v>5310</v>
       </c>
       <c r="H8" t="s">
-        <v>5287</v>
+        <v>5311</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>5252</v>
+        <v>5276</v>
       </c>
       <c r="B9" t="s">
-        <v>5288</v>
+        <v>5312</v>
       </c>
       <c r="C9" t="s">
-        <v>5289</v>
+        <v>5313</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>5290</v>
+        <v>5314</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>5291</v>
+        <v>5315</v>
       </c>
       <c r="H9" t="s">
-        <v>5292</v>
+        <v>5316</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J141"/>
+  <dimension ref="A1:J142"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -34598,1282 +34735,1282 @@
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>39</v>
       </c>
       <c r="H4" t="s">
         <v>40</v>
       </c>
       <c r="I4" t="s">
         <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>51</v>
       </c>
       <c r="H6" t="s">
         <v>52</v>
       </c>
       <c r="I6" t="s">
         <v>53</v>
       </c>
       <c r="J6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>64</v>
       </c>
       <c r="H8" t="s">
         <v>65</v>
       </c>
       <c r="I8" t="s">
         <v>66</v>
       </c>
       <c r="J8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>70</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>71</v>
       </c>
       <c r="H9" t="s">
         <v>72</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="J9" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="H10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="I10" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
         <v>81</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>82</v>
       </c>
       <c r="H11" t="s">
         <v>83</v>
       </c>
       <c r="I11" t="s">
         <v>84</v>
       </c>
       <c r="J11" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I12" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J12" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H13" t="s">
+        <v>95</v>
+      </c>
+      <c r="I13" t="s">
         <v>91</v>
       </c>
-      <c r="F13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>97</v>
       </c>
       <c r="E14" t="s">
         <v>98</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>99</v>
       </c>
       <c r="H14" t="s">
         <v>100</v>
       </c>
       <c r="I14" t="s">
         <v>101</v>
       </c>
       <c r="J14" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
         <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E16" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="H16" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="I16" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="J16" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H17" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I17" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="J17" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
+      </c>
+      <c r="I18" t="s">
         <v>114</v>
       </c>
-      <c r="E18" t="s">
+      <c r="J18" t="s">
         <v>115</v>
-      </c>
-[...13 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I19" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="J19" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E20" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H20" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I20" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
       <c r="J20" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E21" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="H21" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I21" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="J21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="H22" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="I22" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="J22" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="H23" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I23" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="J23" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E24" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="H24" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="I24" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="J24" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E25" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H25" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="I25" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="J25" t="s">
-        <v>145</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>149</v>
       </c>
       <c r="H26" t="s">
         <v>150</v>
       </c>
       <c r="I26" t="s">
         <v>151</v>
       </c>
       <c r="J26" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H27" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J27" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>159</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>160</v>
       </c>
       <c r="E28" t="s">
         <v>161</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>162</v>
       </c>
       <c r="H28" t="s">
         <v>163</v>
       </c>
       <c r="I28" t="s">
-        <v>59</v>
+        <v>164</v>
       </c>
       <c r="J28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>113</v>
+        <v>166</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E29" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I29" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="J29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I30" t="s">
-        <v>46</v>
+        <v>125</v>
       </c>
       <c r="J30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I31" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="J31" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="E32" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="H32" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="I32" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="J32" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
         <v>185</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="H33" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="I33" t="s">
         <v>188</v>
       </c>
       <c r="J33" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="E34" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H34" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I34" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J34" t="s">
-        <v>194</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E35" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>198</v>
       </c>
       <c r="H35" t="s">
         <v>199</v>
       </c>
       <c r="I35" t="s">
         <v>200</v>
       </c>
       <c r="J35" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
         <v>202</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>203</v>
       </c>
       <c r="E36" t="s">
         <v>204</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>205</v>
       </c>
       <c r="H36" t="s">
         <v>206</v>
       </c>
       <c r="I36" t="s">
-        <v>46</v>
+        <v>207</v>
       </c>
       <c r="J36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E37" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I37" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
       <c r="J37" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
         <v>215</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>216</v>
       </c>
       <c r="E38" t="s">
         <v>217</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>218</v>
       </c>
       <c r="H38" t="s">
         <v>219</v>
       </c>
       <c r="I38" t="s">
         <v>220</v>
       </c>
       <c r="J38" t="s">
-        <v>145</v>
+        <v>221</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="E39" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J39" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I40" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="J40" t="s">
-        <v>231</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I41" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="J41" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>22</v>
       </c>
       <c r="B42" t="s">
         <v>239</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>240</v>
       </c>
       <c r="E42" t="s">
         <v>241</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
@@ -35893,758 +36030,758 @@
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
         <v>246</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>247</v>
       </c>
       <c r="E43" t="s">
         <v>248</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>249</v>
       </c>
       <c r="H43" t="s">
         <v>250</v>
       </c>
       <c r="I43" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="J43" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E44" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H44" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I44" t="s">
-        <v>256</v>
+        <v>53</v>
       </c>
       <c r="J44" t="s">
-        <v>257</v>
+        <v>208</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
         <v>258</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>259</v>
       </c>
       <c r="E45" t="s">
         <v>260</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
         <v>261</v>
       </c>
       <c r="H45" t="s">
         <v>262</v>
       </c>
       <c r="I45" t="s">
         <v>263</v>
       </c>
       <c r="J45" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
         <v>265</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
-        <v>196</v>
+        <v>266</v>
       </c>
       <c r="E46" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H46" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J46" t="s">
-        <v>169</v>
+        <v>271</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>22</v>
       </c>
       <c r="B47" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>203</v>
       </c>
       <c r="E47" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J47" t="s">
-        <v>276</v>
+        <v>176</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
         <v>277</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>278</v>
       </c>
       <c r="E48" t="s">
         <v>279</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
         <v>280</v>
       </c>
       <c r="H48" t="s">
         <v>281</v>
       </c>
       <c r="I48" t="s">
         <v>282</v>
       </c>
       <c r="J48" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
         <v>284</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
-        <v>196</v>
+        <v>285</v>
       </c>
       <c r="E49" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J49" t="s">
-        <v>201</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>113</v>
+        <v>291</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
-        <v>289</v>
+        <v>203</v>
       </c>
       <c r="E50" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H50" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I50" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J50" t="s">
-        <v>169</v>
+        <v>208</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>294</v>
+        <v>120</v>
       </c>
       <c r="C51" t="s">
-        <v>295</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="E51" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H51" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I51" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J51" t="s">
-        <v>300</v>
+        <v>176</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>22</v>
       </c>
       <c r="B52" t="s">
-        <v>185</v>
+        <v>301</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>302</v>
       </c>
       <c r="D52" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="E52" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H52" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I52" t="s">
-        <v>188</v>
+        <v>306</v>
       </c>
       <c r="J52" t="s">
-        <v>35</v>
+        <v>307</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>22</v>
       </c>
       <c r="B53" t="s">
-        <v>305</v>
+        <v>192</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E53" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H53" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I53" t="s">
-        <v>310</v>
+        <v>195</v>
       </c>
       <c r="J53" t="s">
-        <v>311</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>22</v>
       </c>
       <c r="B54" t="s">
         <v>312</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>313</v>
       </c>
       <c r="E54" t="s">
         <v>314</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>315</v>
       </c>
       <c r="H54" t="s">
         <v>316</v>
       </c>
       <c r="I54" t="s">
         <v>317</v>
       </c>
       <c r="J54" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>22</v>
       </c>
       <c r="B55" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E55" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H55" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="I55" t="s">
-        <v>220</v>
+        <v>324</v>
       </c>
       <c r="J55" t="s">
-        <v>145</v>
+        <v>307</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E56" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H56" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I56" t="s">
-        <v>84</v>
+        <v>227</v>
       </c>
       <c r="J56" t="s">
-        <v>328</v>
+        <v>152</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>22</v>
       </c>
       <c r="B57" t="s">
-        <v>113</v>
+        <v>330</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E57" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H57" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I57" t="s">
-        <v>333</v>
+        <v>91</v>
       </c>
       <c r="J57" t="s">
-        <v>169</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
-        <v>334</v>
+        <v>120</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H58" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I58" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="J58" t="s">
-        <v>339</v>
+        <v>176</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>22</v>
       </c>
       <c r="B59" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="E59" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H59" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="I59" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="J59" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>22</v>
       </c>
       <c r="B60" t="s">
+        <v>347</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>342</v>
+      </c>
+      <c r="E60" t="s">
         <v>343</v>
       </c>
-      <c r="C60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H60" t="s">
+        <v>349</v>
+      </c>
+      <c r="I60" t="s">
+        <v>317</v>
+      </c>
+      <c r="J60" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>22</v>
       </c>
       <c r="B61" t="s">
-        <v>96</v>
+        <v>350</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E61" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="H61" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="I61" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="J61" t="s">
-        <v>102</v>
+        <v>354</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>22</v>
       </c>
       <c r="B62" t="s">
-        <v>352</v>
+        <v>103</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E62" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="H62" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="I62" t="s">
-        <v>356</v>
+        <v>108</v>
       </c>
       <c r="J62" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>22</v>
       </c>
       <c r="B63" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E63" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H63" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="I63" t="s">
-        <v>53</v>
+        <v>363</v>
       </c>
       <c r="J63" t="s">
-        <v>339</v>
+        <v>42</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>22</v>
       </c>
       <c r="B64" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="E64" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="H64" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="I64" t="s">
-        <v>365</v>
+        <v>60</v>
       </c>
       <c r="J64" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>22</v>
       </c>
       <c r="B65" t="s">
+        <v>369</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>365</v>
+      </c>
+      <c r="E65" t="s">
         <v>366</v>
       </c>
-      <c r="C65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H65" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J65" t="s">
-        <v>372</v>
+        <v>346</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>22</v>
       </c>
       <c r="B66" t="s">
         <v>373</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>374</v>
       </c>
       <c r="E66" t="s">
         <v>375</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
         <v>376</v>
       </c>
       <c r="H66" t="s">
@@ -36664,2142 +36801,2142 @@
       <c r="B67" t="s">
         <v>380</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>381</v>
       </c>
       <c r="E67" t="s">
         <v>382</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
         <v>383</v>
       </c>
       <c r="H67" t="s">
         <v>384</v>
       </c>
       <c r="I67" t="s">
         <v>385</v>
       </c>
       <c r="J67" t="s">
-        <v>169</v>
+        <v>386</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>22</v>
       </c>
       <c r="B68" t="s">
-        <v>103</v>
+        <v>387</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E68" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H68" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I68" t="s">
-        <v>107</v>
+        <v>392</v>
       </c>
       <c r="J68" t="s">
-        <v>390</v>
+        <v>176</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>22</v>
       </c>
       <c r="B69" t="s">
-        <v>391</v>
+        <v>110</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E69" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H69" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I69" t="s">
-        <v>396</v>
+        <v>114</v>
       </c>
       <c r="J69" t="s">
-        <v>67</v>
+        <v>397</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>22</v>
       </c>
       <c r="B70" t="s">
-        <v>55</v>
+        <v>398</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E70" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H70" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I70" t="s">
-        <v>59</v>
+        <v>403</v>
       </c>
       <c r="J70" t="s">
-        <v>169</v>
+        <v>74</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>22</v>
       </c>
       <c r="B71" t="s">
-        <v>401</v>
+        <v>62</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="E71" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="H71" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="I71" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="J71" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>22</v>
       </c>
       <c r="B72" t="s">
-        <v>43</v>
+        <v>408</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>404</v>
       </c>
       <c r="E72" t="s">
         <v>405</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="H72" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="I72" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="J72" t="s">
-        <v>145</v>
+        <v>176</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>22</v>
       </c>
       <c r="B73" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="E73" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="H73" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="I73" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="J73" t="s">
-        <v>67</v>
+        <v>152</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>22</v>
       </c>
       <c r="B74" t="s">
-        <v>412</v>
+        <v>68</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E74" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H74" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I74" t="s">
-        <v>417</v>
+        <v>101</v>
       </c>
       <c r="J74" t="s">
-        <v>339</v>
+        <v>74</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>22</v>
       </c>
       <c r="B75" t="s">
-        <v>176</v>
+        <v>419</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E75" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H75" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="I75" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="J75" t="s">
-        <v>35</v>
+        <v>346</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>22</v>
       </c>
       <c r="B76" t="s">
-        <v>423</v>
+        <v>183</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I76" t="s">
-        <v>220</v>
+        <v>429</v>
       </c>
       <c r="J76" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>22</v>
       </c>
       <c r="B77" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E77" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H77" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="I77" t="s">
-        <v>433</v>
+        <v>227</v>
       </c>
       <c r="J77" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>22</v>
       </c>
       <c r="B78" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E78" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H78" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I78" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J78" t="s">
-        <v>390</v>
+        <v>152</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>22</v>
       </c>
       <c r="B79" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E79" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="H79" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="I79" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="J79" t="s">
-        <v>445</v>
+        <v>397</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>22</v>
       </c>
       <c r="B80" t="s">
-        <v>86</v>
+        <v>447</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="E80" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H80" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="I80" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="J80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>22</v>
       </c>
       <c r="B81" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="E81" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="H81" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="I81" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="J81" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>22</v>
       </c>
       <c r="B82" t="s">
+        <v>86</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>453</v>
+      </c>
+      <c r="E82" t="s">
         <v>454</v>
       </c>
-      <c r="C82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
+        <v>459</v>
+      </c>
+      <c r="H82" t="s">
+        <v>460</v>
+      </c>
+      <c r="I82" t="s">
         <v>457</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>22</v>
       </c>
       <c r="B83" t="s">
-        <v>119</v>
+        <v>461</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E83" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="H83" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="I83" t="s">
-        <v>94</v>
+        <v>466</v>
       </c>
       <c r="J83" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>22</v>
       </c>
       <c r="B84" t="s">
-        <v>464</v>
+        <v>126</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="E84" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="H84" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="I84" t="s">
-        <v>468</v>
+        <v>101</v>
       </c>
       <c r="J84" t="s">
-        <v>469</v>
+        <v>152</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>22</v>
       </c>
       <c r="B85" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E85" t="s">
         <v>472</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
         <v>473</v>
       </c>
       <c r="H85" t="s">
         <v>474</v>
       </c>
       <c r="I85" t="s">
         <v>475</v>
       </c>
       <c r="J85" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>22</v>
       </c>
       <c r="B86" t="s">
         <v>477</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>478</v>
       </c>
       <c r="E86" t="s">
         <v>479</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
         <v>480</v>
       </c>
       <c r="H86" t="s">
         <v>481</v>
       </c>
       <c r="I86" t="s">
         <v>482</v>
       </c>
       <c r="J86" t="s">
-        <v>276</v>
+        <v>483</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>22</v>
       </c>
       <c r="B87" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="E87" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="H87" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I87" t="s">
-        <v>11</v>
+        <v>489</v>
       </c>
       <c r="J87" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>22</v>
       </c>
       <c r="B88" t="s">
-        <v>113</v>
+        <v>484</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="E88" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H88" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="I88" t="s">
-        <v>490</v>
+        <v>11</v>
       </c>
       <c r="J88" t="s">
-        <v>169</v>
+        <v>283</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>22</v>
       </c>
       <c r="B89" t="s">
-        <v>221</v>
+        <v>120</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E89" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H89" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="I89" t="s">
-        <v>225</v>
+        <v>497</v>
       </c>
       <c r="J89" t="s">
-        <v>35</v>
+        <v>176</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>22</v>
       </c>
       <c r="B90" t="s">
-        <v>495</v>
+        <v>228</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E90" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H90" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="I90" t="s">
-        <v>500</v>
+        <v>232</v>
       </c>
       <c r="J90" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>22</v>
       </c>
       <c r="B91" t="s">
         <v>502</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="E91" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H91" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I91" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J91" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>22</v>
       </c>
       <c r="B92" t="s">
-        <v>103</v>
+        <v>509</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="E92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
+        <v>510</v>
+      </c>
+      <c r="H92" t="s">
+        <v>511</v>
+      </c>
+      <c r="I92" t="s">
+        <v>512</v>
+      </c>
+      <c r="J92" t="s">
         <v>508</v>
-      </c>
-[...7 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>22</v>
       </c>
       <c r="B93" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C93" t="s">
-        <v>511</v>
+        <v>11</v>
       </c>
       <c r="D93" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E93" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H93" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="I93" t="s">
-        <v>511</v>
+        <v>114</v>
       </c>
       <c r="J93" t="s">
-        <v>169</v>
+        <v>517</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>22</v>
       </c>
       <c r="B94" t="s">
-        <v>294</v>
+        <v>120</v>
       </c>
       <c r="C94" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D94" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E94" t="s">
+        <v>520</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>521</v>
+      </c>
+      <c r="H94" t="s">
+        <v>522</v>
+      </c>
+      <c r="I94" t="s">
         <v>518</v>
       </c>
-      <c r="F94" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>300</v>
+        <v>176</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>22</v>
       </c>
       <c r="B95" t="s">
-        <v>522</v>
+        <v>301</v>
       </c>
       <c r="C95" t="s">
         <v>523</v>
       </c>
       <c r="D95" t="s">
         <v>524</v>
       </c>
       <c r="E95" t="s">
         <v>525</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
         <v>526</v>
       </c>
       <c r="H95" t="s">
         <v>527</v>
       </c>
       <c r="I95" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="J95" t="s">
-        <v>469</v>
+        <v>307</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>22</v>
       </c>
       <c r="B96" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C96" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D96" t="s">
+        <v>531</v>
+      </c>
+      <c r="E96" t="s">
+        <v>532</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>533</v>
+      </c>
+      <c r="H96" t="s">
+        <v>534</v>
+      </c>
+      <c r="I96" t="s">
         <v>530</v>
       </c>
-      <c r="E96" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>534</v>
+        <v>476</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>22</v>
       </c>
       <c r="B97" t="s">
         <v>535</v>
       </c>
       <c r="C97" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="D97" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="E97" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
+        <v>539</v>
+      </c>
+      <c r="H97" t="s">
+        <v>540</v>
+      </c>
+      <c r="I97" t="s">
         <v>536</v>
       </c>
-      <c r="H97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J97" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>22</v>
       </c>
       <c r="B98" t="s">
-        <v>251</v>
+        <v>542</v>
       </c>
       <c r="C98" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
       <c r="D98" t="s">
+        <v>537</v>
+      </c>
+      <c r="E98" t="s">
         <v>538</v>
       </c>
-      <c r="E98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="H98" t="s">
+        <v>544</v>
+      </c>
+      <c r="I98" t="s">
+        <v>536</v>
+      </c>
+      <c r="J98" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>22</v>
       </c>
       <c r="B99" t="s">
-        <v>334</v>
+        <v>258</v>
       </c>
       <c r="C99" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="D99" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E99" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H99" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I99" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="J99" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>22</v>
       </c>
       <c r="B100" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C100" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="D100" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="E100" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H100" t="s">
+        <v>554</v>
+      </c>
+      <c r="I100" t="s">
         <v>550</v>
       </c>
-      <c r="I100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J100" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>22</v>
       </c>
       <c r="B101" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C101" t="s">
-        <v>523</v>
+        <v>550</v>
       </c>
       <c r="D101" t="s">
         <v>551</v>
       </c>
       <c r="E101" t="s">
         <v>552</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="H101" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="I101" t="s">
-        <v>523</v>
+        <v>550</v>
       </c>
       <c r="J101" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>22</v>
       </c>
       <c r="B102" t="s">
+        <v>364</v>
+      </c>
+      <c r="C102" t="s">
+        <v>530</v>
+      </c>
+      <c r="D102" t="s">
+        <v>558</v>
+      </c>
+      <c r="E102" t="s">
+        <v>559</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>560</v>
+      </c>
+      <c r="H102" t="s">
+        <v>561</v>
+      </c>
+      <c r="I102" t="s">
+        <v>530</v>
+      </c>
+      <c r="J102" t="s">
         <v>555</v>
-      </c>
-[...22 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>22</v>
       </c>
       <c r="B103" t="s">
         <v>562</v>
       </c>
       <c r="C103" t="s">
-        <v>11</v>
+        <v>563</v>
       </c>
       <c r="D103" t="s">
+        <v>564</v>
+      </c>
+      <c r="E103" t="s">
+        <v>565</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>566</v>
+      </c>
+      <c r="H103" t="s">
+        <v>567</v>
+      </c>
+      <c r="I103" t="s">
         <v>563</v>
       </c>
-      <c r="E103" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>22</v>
       </c>
       <c r="B104" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C104" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="D104" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="E104" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H104" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="I104" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="J104" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>22</v>
       </c>
       <c r="B105" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C105" t="s">
-        <v>11</v>
+        <v>563</v>
       </c>
       <c r="D105" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="E105" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H105" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I105" t="s">
-        <v>11</v>
+        <v>563</v>
       </c>
       <c r="J105" t="s">
-        <v>561</v>
+        <v>579</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>477</v>
+        <v>580</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E106" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="H106" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="I106" t="s">
         <v>11</v>
       </c>
       <c r="J106" t="s">
-        <v>276</v>
+        <v>568</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>22</v>
       </c>
       <c r="B107" t="s">
-        <v>428</v>
+        <v>484</v>
       </c>
       <c r="C107" t="s">
-        <v>582</v>
+        <v>11</v>
       </c>
       <c r="D107" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E107" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="H107" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I107" t="s">
-        <v>582</v>
+        <v>11</v>
       </c>
       <c r="J107" t="s">
-        <v>145</v>
+        <v>283</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>22</v>
       </c>
       <c r="B108" t="s">
-        <v>587</v>
+        <v>435</v>
       </c>
       <c r="C108" t="s">
-        <v>523</v>
+        <v>589</v>
       </c>
       <c r="D108" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E108" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
+        <v>592</v>
+      </c>
+      <c r="H108" t="s">
+        <v>593</v>
+      </c>
+      <c r="I108" t="s">
         <v>589</v>
       </c>
-      <c r="H108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>469</v>
+        <v>152</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>22</v>
       </c>
       <c r="B109" t="s">
+        <v>594</v>
+      </c>
+      <c r="C109" t="s">
+        <v>530</v>
+      </c>
+      <c r="D109" t="s">
+        <v>595</v>
+      </c>
+      <c r="E109" t="s">
         <v>591</v>
       </c>
-      <c r="C109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="H109" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="I109" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="J109" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>22</v>
       </c>
       <c r="B110" t="s">
-        <v>428</v>
+        <v>598</v>
       </c>
       <c r="C110" t="s">
-        <v>582</v>
+        <v>530</v>
       </c>
       <c r="D110" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="E110" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="H110" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="I110" t="s">
-        <v>582</v>
+        <v>530</v>
       </c>
       <c r="J110" t="s">
-        <v>145</v>
+        <v>476</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>22</v>
       </c>
       <c r="B111" t="s">
-        <v>61</v>
+        <v>435</v>
       </c>
       <c r="C111" t="s">
-        <v>11</v>
+        <v>589</v>
       </c>
       <c r="D111" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="E111" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="H111" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="I111" t="s">
-        <v>11</v>
+        <v>589</v>
       </c>
       <c r="J111" t="s">
-        <v>601</v>
+        <v>152</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>22</v>
       </c>
       <c r="B112" t="s">
-        <v>423</v>
+        <v>68</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E112" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H112" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I112" t="s">
         <v>11</v>
       </c>
       <c r="J112" t="s">
-        <v>145</v>
+        <v>608</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>22</v>
       </c>
       <c r="B113" t="s">
-        <v>606</v>
+        <v>430</v>
       </c>
       <c r="C113" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E113" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="H113" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="I113" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="J113" t="s">
-        <v>611</v>
+        <v>152</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>22</v>
       </c>
       <c r="B114" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C114" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="D114" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E114" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H114" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I114" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="J114" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>22</v>
       </c>
       <c r="B115" t="s">
-        <v>119</v>
+        <v>619</v>
       </c>
       <c r="C115" t="s">
-        <v>11</v>
+        <v>563</v>
       </c>
       <c r="D115" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E115" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="H115" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="I115" t="s">
-        <v>11</v>
+        <v>563</v>
       </c>
       <c r="J115" t="s">
-        <v>145</v>
+        <v>624</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>22</v>
       </c>
       <c r="B116" t="s">
-        <v>622</v>
+        <v>126</v>
       </c>
       <c r="C116" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="E116" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="H116" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="I116" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="J116" t="s">
-        <v>611</v>
+        <v>152</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>22</v>
       </c>
       <c r="B117" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C117" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="D117" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="E117" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="H117" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="I117" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="J117" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>22</v>
       </c>
       <c r="B118" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C118" t="s">
-        <v>459</v>
+        <v>563</v>
       </c>
       <c r="D118" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="E118" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="H118" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="I118" t="s">
-        <v>459</v>
+        <v>563</v>
       </c>
       <c r="J118" t="s">
-        <v>35</v>
+        <v>618</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>22</v>
       </c>
       <c r="B119" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C119" t="s">
-        <v>11</v>
+        <v>466</v>
       </c>
       <c r="D119" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E119" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H119" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="I119" t="s">
-        <v>11</v>
+        <v>466</v>
       </c>
       <c r="J119" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>22</v>
       </c>
       <c r="B120" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C120" t="s">
-        <v>642</v>
+        <v>11</v>
       </c>
       <c r="D120" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E120" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H120" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="I120" t="s">
-        <v>642</v>
+        <v>11</v>
       </c>
       <c r="J120" t="s">
-        <v>647</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>22</v>
       </c>
       <c r="B121" t="s">
         <v>648</v>
       </c>
       <c r="C121" t="s">
         <v>649</v>
       </c>
       <c r="D121" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="E121" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H121" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="I121" t="s">
         <v>649</v>
       </c>
       <c r="J121" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>22</v>
       </c>
       <c r="B122" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C122" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D122" t="s">
+        <v>650</v>
+      </c>
+      <c r="E122" t="s">
+        <v>651</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>657</v>
+      </c>
+      <c r="H122" t="s">
+        <v>658</v>
+      </c>
+      <c r="I122" t="s">
+        <v>656</v>
+      </c>
+      <c r="J122" t="s">
         <v>654</v>
-      </c>
-[...16 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>22</v>
       </c>
       <c r="B123" t="s">
         <v>659</v>
       </c>
       <c r="C123" t="s">
-        <v>11</v>
+        <v>660</v>
       </c>
       <c r="D123" t="s">
+        <v>661</v>
+      </c>
+      <c r="E123" t="s">
+        <v>662</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>663</v>
+      </c>
+      <c r="H123" t="s">
+        <v>664</v>
+      </c>
+      <c r="I123" t="s">
         <v>660</v>
       </c>
-      <c r="E123" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J123" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>22</v>
       </c>
       <c r="B124" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E124" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H124" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I124" t="s">
         <v>11</v>
       </c>
       <c r="J124" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>22</v>
       </c>
       <c r="B125" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E125" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H125" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="I125" t="s">
         <v>11</v>
       </c>
       <c r="J125" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>22</v>
       </c>
       <c r="B126" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E126" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="H126" t="s">
+        <v>681</v>
+      </c>
+      <c r="I126" t="s">
+        <v>11</v>
+      </c>
+      <c r="J126" t="s">
         <v>677</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>22</v>
       </c>
       <c r="B127" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E127" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="H127" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="I127" t="s">
         <v>11</v>
       </c>
       <c r="J127" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>22</v>
       </c>
       <c r="B128" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E128" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="H128" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="I128" t="s">
         <v>11</v>
       </c>
       <c r="J128" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>22</v>
       </c>
       <c r="B129" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E129" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="H129" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="I129" t="s">
         <v>11</v>
       </c>
       <c r="J129" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>22</v>
       </c>
       <c r="B130" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E130" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="H130" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="I130" t="s">
         <v>11</v>
       </c>
       <c r="J130" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>22</v>
       </c>
       <c r="B131" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="E131" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="H131" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="I131" t="s">
         <v>11</v>
       </c>
       <c r="J131" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>22</v>
       </c>
       <c r="B132" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
       <c r="E132" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H132" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I132" t="s">
         <v>11</v>
       </c>
       <c r="J132" t="s">
-        <v>698</v>
+        <v>677</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>22</v>
       </c>
       <c r="B133" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C133" t="s">
-        <v>700</v>
+        <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>701</v>
       </c>
       <c r="E133" t="s">
         <v>702</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
         <v>703</v>
       </c>
       <c r="H133" t="s">
         <v>704</v>
       </c>
       <c r="I133" t="s">
         <v>11</v>
       </c>
       <c r="J133" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
@@ -38819,89 +38956,89 @@
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
         <v>710</v>
       </c>
       <c r="H134" t="s">
         <v>711</v>
       </c>
       <c r="I134" t="s">
         <v>11</v>
       </c>
       <c r="J134" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>22</v>
       </c>
       <c r="B135" t="s">
         <v>713</v>
       </c>
       <c r="C135" t="s">
-        <v>11</v>
+        <v>714</v>
       </c>
       <c r="D135" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E135" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="H135" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="I135" t="s">
         <v>11</v>
       </c>
       <c r="J135" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>22</v>
       </c>
       <c r="B136" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C136" t="s">
-        <v>719</v>
+        <v>11</v>
       </c>
       <c r="D136" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E136" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
         <v>722</v>
       </c>
       <c r="H136" t="s">
         <v>723</v>
       </c>
       <c r="I136" t="s">
         <v>11</v>
       </c>
       <c r="J136" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>22</v>
       </c>
       <c r="B137" t="s">
         <v>725</v>
       </c>
       <c r="C137" t="s">
@@ -39011,3597 +39148,3629 @@
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
         <v>750</v>
       </c>
       <c r="H140" t="s">
         <v>751</v>
       </c>
       <c r="I140" t="s">
         <v>11</v>
       </c>
       <c r="J140" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>22</v>
       </c>
       <c r="B141" t="s">
         <v>753</v>
       </c>
       <c r="C141" t="s">
-        <v>11</v>
+        <v>754</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>755</v>
       </c>
       <c r="E141" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="H141" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="I141" t="s">
         <v>11</v>
       </c>
       <c r="J141" t="s">
-        <v>757</v>
+        <v>759</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>22</v>
+      </c>
+      <c r="B142" t="s">
+        <v>760</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>761</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>762</v>
+      </c>
+      <c r="H142" t="s">
+        <v>763</v>
+      </c>
+      <c r="I142" t="s">
+        <v>11</v>
+      </c>
+      <c r="J142" t="s">
+        <v>764</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B2" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="C2" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="H2" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B3" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="C3" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="H3" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C4" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="H4" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B5" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="C5" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="D5" t="s">
-        <v>776</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="H5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B6" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="C6" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D6" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="E6" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="H6" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B7" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="C7" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D7" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="E7" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="H7" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B8" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="C8" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D8" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="E8" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="H8" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B9" t="s">
+        <v>798</v>
+      </c>
+      <c r="C9" t="s">
+        <v>787</v>
+      </c>
+      <c r="D9" t="s">
+        <v>788</v>
+      </c>
+      <c r="E9" t="s">
         <v>789</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="H9" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B10" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C10" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="D10" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="E10" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="H10" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B11" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="C11" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>809</v>
       </c>
       <c r="E11" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="H11" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B12" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="C12" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="H12" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B13" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="C13" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="H13" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B14" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C14" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="H14" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B15" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="C15" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="H15" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B16" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="C16" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="H16" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B17" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="C17" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="H17" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B18" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="C18" t="s">
+        <v>842</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>834</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="H18" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B19" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="C19" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="H19" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B20" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="C20" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="H20" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B21" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="C21" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="H21" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B22" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="C22" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="H22" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B23" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C23" t="s">
+        <v>865</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>857</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="H23" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B24" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="C24" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="H24" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B25" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="C25" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="H25" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B26" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="C26" t="s">
+        <v>878</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>870</v>
       </c>
-      <c r="D26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="H26" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B27" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="C27" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="H27" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B28" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="C28" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="H28" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B29" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="C29" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="H29" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B30" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="C30" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="H30" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B31" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="C31" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="H31" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B32" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="C32" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="H32" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B33" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="C33" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="H33" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B34" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C34" t="s">
-        <v>775</v>
+        <v>916</v>
       </c>
       <c r="D34" t="s">
-        <v>909</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="H34" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B35" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="C35" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D35" t="s">
-        <v>909</v>
+        <v>921</v>
       </c>
       <c r="E35" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="H35" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B36" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C36" t="s">
-        <v>918</v>
+        <v>787</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>921</v>
       </c>
       <c r="E36" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="H36" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B37" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="C37" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="H37" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B38" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="C38" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="H38" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B39" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>939</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>931</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="H39" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B40" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="C40" t="s">
-        <v>935</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="H40" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B41" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="C41" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D41" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="E41" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="H41" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B42" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="C42" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D42" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="E42" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="H42" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B43" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="C43" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D43" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="E43" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="H43" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B44" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="C44" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D44" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="E44" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="H44" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="B45" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="C45" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D45" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="E45" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="H45" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="B2" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="C2" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
       <c r="D2" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E2" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="H2" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B2" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="C2" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="H2" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B3" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="C3" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="H3" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B4" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="C4" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="H4" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B5" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="C5" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="H5" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B6" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="C6" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="H6" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B7" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="C7" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="H7" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B8" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="C8" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="H8" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B9" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="C9" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="H9" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B10" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="H10" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B11" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="H11" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B12" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="C12" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="H12" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B13" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="H13" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B14" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="H14" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B2" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="C2" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="D2" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="E2" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="H2" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B3" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="C3" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="D3" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="E3" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="H3" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B4" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="C4" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="D4" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="E4" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="H4" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B5" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="C5" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="D5" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="E5" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="H5" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B6" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="C6" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="D6" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="E6" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="H6" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B7" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="C7" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="D7" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="E7" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="H7" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B8" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="C8" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="D8" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="E8" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="H8" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B9" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="C9" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="D9" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="E9" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="H9" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B10" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="C10" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="D10" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="E10" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="H10" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B11" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="C11" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="D11" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="E11" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="H11" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B2" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="C2" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="D2" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="E2" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="H2" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B3" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="C3" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="D3" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="E3" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="H3" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B4" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="C4" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="D4" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="E4" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="H4" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D5" t="s">
         <v>1104</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="H5" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B6" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="C6" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="D6" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="E6" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
       <c r="H6" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B7" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="C7" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="D7" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="E7" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="H7" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B8" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="C8" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="D8" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="E8" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="H8" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B9" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="C9" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="D9" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="E9" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="H9" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B10" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="C10" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="D10" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="E10" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="H10" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B11" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="C11" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="D11" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="E11" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="H11" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B12" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="C12" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="D12" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="E12" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="H12" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B13" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="C13" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="D13" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="E13" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="H13" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B14" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="C14" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="D14" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="E14" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="H14" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B15" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="C15" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="D15" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="E15" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="H15" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B16" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="C16" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="D16" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="E16" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="H16" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B17" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="C17" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="D17" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="E17" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="H17" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B18" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="C18" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="D18" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="E18" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="H18" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B19" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="C19" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="D19" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="E19" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="H19" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B20" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="C20" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="D20" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="E20" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="H20" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B21" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="C21" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="D21" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="E21" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="H21" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B22" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="C22" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="D22" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="E22" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="H22" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B23" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="C23" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="D23" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="E23" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="H23" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="B24" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="C24" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="D24" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="E24" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="H24" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B2" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="C2" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="D2" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="E2" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="H2" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B3" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="C3" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="D3" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="E3" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="H3" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B4" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="C4" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="D4" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="E4" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="H4" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B5" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="C5" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="D5" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="E5" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="H5" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B6" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="C6" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="D6" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="E6" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="H6" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B7" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="C7" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="D7" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="E7" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="H7" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B2" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="C2" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="H2" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B3" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="C3" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="H3" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B4" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="C4" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="H4" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B5" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="C5" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="H5" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B6" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="C6" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="H6" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B7" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
       <c r="C7" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
       <c r="H7" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B8" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="C8" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="H8" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B9" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="C9" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="H9" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B10" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="C10" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="H10" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B11" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="C11" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="H11" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B12" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="C12" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="H12" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B13" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="H13" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B14" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="C14" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="H14" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B15" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="C15" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="H15" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B16" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="C16" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="H16" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B17" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="H17" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B18" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="C18" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="H18" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B19" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="C19" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="H19" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B20" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="C20" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="H20" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B21" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="C21" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="H21" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B22" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C22" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="H22" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B23" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="C23" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="H23" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B24" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="C24" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="H24" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B25" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="C25" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="H25" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B26" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="C26" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="H26" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B27" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="C27" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="H27" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B28" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1374</v>
+        <v>1381</v>
       </c>
       <c r="H28" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B29" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="H29" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>