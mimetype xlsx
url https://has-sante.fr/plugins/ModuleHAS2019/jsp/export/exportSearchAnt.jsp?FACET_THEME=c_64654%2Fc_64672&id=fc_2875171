--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8366" uniqueCount="5317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8388" uniqueCount="5336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -5291,50 +5291,584 @@
   <si>
     <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
   </si>
   <si>
     <t>24/06/2009 10:59:00</t>
   </si>
   <si>
     <t>10/07/2009 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
   </si>
   <si>
     <t>c_820067</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>OPDIVO (nivolumab)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>pprd_2982912</t>
+  </si>
+  <si>
+    <t>nivolumab</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/fr/opdivo-cancer-renal-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/fr/opdivo-yervoy-melanome-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/fr/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/fr/opdivo-nivolumab-anticorps-anti-pd1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/fr/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/fr/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/fr/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/fr/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/fr/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/fr/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/fr/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/fr/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/fr/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/fr/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/fr/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/fr/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/fr/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/fr/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/fr/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/fr/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/fr/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/fr/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/fr/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/fr/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/fr/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/fr/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/fr/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861353/fr/opdivo-nivolumab-oncologie</t>
+  </si>
+  <si>
+    <t>DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>17/02/2026 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/fr/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/fr/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/fr/dupixent-dupilumab-prurigo-nodulaire-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>KAYFANDA (odevixibat)</t>
+  </si>
+  <si>
+    <t>17/02/2026 16:44:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/fr/kayfanda-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3427786</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427763/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/fr/kayfanda-odevixibat-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>IMFINZI (durvalumab)</t>
+  </si>
+  <si>
+    <t>05/03/2026 12:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>pprd_2982846</t>
+  </si>
+  <si>
+    <t>durvalumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418037/fr/imfinzi-durvalumab-carcinome-hepato-cellulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448228/fr/imjudo-/-imfinzi-tremelimumab-/-durvalumab-carcinome-hepato-cellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451406/fr/imfinzi-durvalumab-cancer-des-voies-biliaires-cvb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459834/fr/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468175/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809520/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859386/fr/imfinzi-durvalumab-cancer-de-la-vessie-tvim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3890557/fr/imfinzi-durvalumab-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>11/02/2026 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3273604</t>
+  </si>
+  <si>
+    <t>trastuzumab déruxtécan</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique-jog</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/fr/enhertu-trastuzumab-deruxtecan-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859779/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>REZDIFFRA (resmetirom)</t>
+  </si>
+  <si>
+    <t>11/02/2026 17:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859992/fr/rezdiffra-resmetirom</t>
+  </si>
+  <si>
+    <t>p_3859992</t>
+  </si>
+  <si>
+    <t>resmetirom</t>
+  </si>
+  <si>
+    <t>Madrigal Pharmaceuticals SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859966/fr/rezdiffra-resmetirom-steatohepatite-mash</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/fr/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/fr/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>23/01/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/fr/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/fr/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/fr/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/fr/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>BUDESONIDE (budésonide)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:08:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984963/fr/budesonide-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2984963</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>BIOGARAN / MYLAN SAS / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340460/fr/budesonide-teva-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196332/fr/budesonide-mylan-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399876/fr/budesonide-teva-budesonide-corticoides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490357/fr/budesonide-teva-sante-budesonide-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809125/fr/budesonide-biogaran-budesonide-corticoide</t>
+  </si>
+  <si>
     <t>DUPHALAC (lactulose)</t>
   </si>
   <si>
     <t>16/01/2026 16:23:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983327/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>pprd_2983327</t>
   </si>
   <si>
     <t>lactulose</t>
   </si>
   <si>
     <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_603123/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1361963/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1728827/fr/duphalac-lactulose</t>
@@ -5579,137 +6113,65 @@
   <si>
     <t>mycophénolate mofétil</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399725/fr/cellcept-250-mg-gelules-boite-de-100-cellcept-500-mg-comprimes-boite-de-50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400258/fr/cellcept-1-g-/-5-ml-poudre-pour-suspension-buvable-boite-de-1-flacon-code-cip-359-529-3</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_697225/fr/cellcept-mofetil-mycophenolate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1742493/fr/cellcept-mofetil-mycophenolate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3105282/fr/cellcept-mofetil-mycophenolate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784254/fr/cellcept-mycophenolate-mofetil-prevention-des-rejets-aigus-d-allogreffe-renale-cardiaque-hepatique</t>
   </si>
   <si>
-    <t>IMFINZI (durvalumab)</t>
-[...67 lines deleted...]
-  <si>
     <t>RINVOQ (upadacitinib)</t>
   </si>
   <si>
     <t>01/12/2025 08:40:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
@@ -5849,197 +6311,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1298556/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1717941/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038857/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656319/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2869901/fr/gadovist-gadobutrol-produit-de-contraste-paramagnetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2869907/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500935/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
   <si>
-    <t>OPDIVO (nivolumab)</t>
-[...145 lines deleted...]
-  <si>
     <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
     <t>16/10/2025 12:35:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983154/fr/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189034/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701283/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1779495/fr/yervoy-1ere-ligne-ipilimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2769366/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
@@ -6119,89 +6434,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343179/fr/kaftrio-elexacaftor/-ivacaftor/-tezacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460538/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-2-ans-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460573/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-enfant-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517566/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-de-2-ans-a-moins-de-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552796/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfant-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644626/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-mucoviscidose-2-ans-et-plus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685915/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor-mucoviscidose-chez-les-patients-ages-de-2-ans-et-plus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689248/fr/kaftrio-/-kalydeco-ivacaftor/tezacaftor/elexacaftor-mucoviscidose-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
   </si>
   <si>
-    <t>TREMFYA (guselkumab)</t>
-[...37 lines deleted...]
-  <si>
     <t>RIZMOIC (naldémédine)</t>
   </si>
   <si>
     <t>10/09/2025 11:28:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323735/fr/rizmoic-naldemedine</t>
   </si>
   <si>
     <t>p_3323735</t>
   </si>
   <si>
     <t>naldémédine</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323281/fr/rizmoic-naldemedine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473438/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides-cio</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643666/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides</t>
@@ -6611,131 +6887,50 @@
   <si>
     <t>p_3418168</t>
   </si>
   <si>
     <t>maralixibat</t>
   </si>
   <si>
     <t>MIRUM PHARMACEUTICALS INTERNATIONAL B.V.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3418145/fr/livmarli-maralixibat-syndrome-d-alagille</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3421134/fr/livmarli-maralixibat-syndrome-d-alagille-sag</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500260/fr/livmarli-maralixibat-syndrome-d-alagille</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554585/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556731/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale-pfic</t>
   </si>
   <si>
-    <t>ENHERTU (trastuzumab déruxtécan)</t>
-[...79 lines deleted...]
-  <si>
     <t>BYLVAY (odevixibat)</t>
   </si>
   <si>
     <t>10/03/2025 18:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587516/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>p_3587516</t>
   </si>
   <si>
     <t>ALBIREO AB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299696/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>GLUCOSE (glucose/glucose anhydre/glucose monohydraté)</t>
   </si>
   <si>
     <t>19/02/2025 16:59:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982843/fr/glucose-glucose/glucose-anhydre/glucose-monohydrate</t>
@@ -6989,128 +7184,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191297/fr/kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289682/fr/kalydeco-ivacaftor-mucoviscidose-nourrissons-4-6-mois</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289700/fr/symkevi-tezacaftor/ivacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfants-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302605/fr/kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343182/fr/kalydeco-ivacaftor-mucoviscidose-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372074/fr/kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478096/fr/kalydeco-ivacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577036/fr/kalydeco-ivacaftor-mucoviscidose</t>
   </si>
   <si>
-    <t>DUPIXENT (dupilumab)</t>
-[...76 lines deleted...]
-  <si>
     <t>FRUZAQLA (fruquintinib)</t>
   </si>
   <si>
     <t>27/11/2024 15:27:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553078/fr/fruzaqla-fruquintinib</t>
   </si>
   <si>
     <t>p_3553078</t>
   </si>
   <si>
     <t>fruquintinib</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553066/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3561105/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique-ccrm</t>
   </si>
   <si>
     <t>INEXIUM (esomeprazole)</t>
@@ -7529,89 +7646,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1775581/fr/remsima-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2682118/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191666/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3213533/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272779/fr/remsima-sc-infliximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280901/fr/remsima-infliximab-maladie-de-crohn</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363308/fr/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539090/fr/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
-    <t>SKYRIZI (risankizumab)</t>
-[...37 lines deleted...]
-  <si>
     <t>OMVOH (mirikizumab)</t>
   </si>
   <si>
     <t>18/09/2024 09:22:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3497581/fr/omvoh-mirikizumab</t>
   </si>
   <si>
     <t>p_3497581</t>
   </si>
   <si>
     <t>mirikizumab</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3497164/fr/omvoh-mirikizumab-rectocolite-hemorragique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539081/fr/omvoh-mirikizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>VELSIPITY (étrasimod)</t>
@@ -7844,102 +7922,75 @@
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>DIFICLIR (fidaxomicine)</t>
   </si>
   <si>
-    <t>04/03/2024 09:04:44</t>
+    <t>05/03/2026 16:47:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984973/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>pprd_2984973</t>
   </si>
   <si>
     <t>fidaxomicine</t>
   </si>
   <si>
     <t>TILLOTTS PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1332053/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214276/fr/dificlir-fidaxomicine-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498127/fr/dificlir-fidaxomicine-infection-a-clostridium-difficile</t>
   </si>
   <si>
-    <t>BUDESONIDE (budésonide)</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490357/fr/budesonide-teva-sante-budesonide-corticoide</t>
+    <t>https://www.has-sante.fr/jcms/p_3888020/fr/dificlir-fidaxomicine-infection-a-clostridium-difficile</t>
   </si>
   <si>
     <t>LYTGOBI (futibatinib)</t>
   </si>
   <si>
     <t>22/01/2024 08:43:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490448/fr/lytgobi-futibatinib</t>
   </si>
   <si>
     <t>p_3490448</t>
   </si>
   <si>
     <t>futibatinib</t>
   </si>
   <si>
     <t>TAIHO PHARMA NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490351/fr/lytgobi-futibatinib-cholangiocarcinome</t>
   </si>
   <si>
     <t>ZEPATIER (elbasvir/grazoprévir)</t>
   </si>
@@ -13955,75 +14006,81 @@
   <si>
     <t>MIGPRIV (acide acétylsalicylique/ métoclopramide)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984174/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
   </si>
   <si>
     <t>pprd_2984174</t>
   </si>
   <si>
     <t>acide acétylsalicylique,métoclopramide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_952661/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2617868/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400979/fr/migpriv-poudre-pour-solution-buvable-en-sachet-boite-de-6-sachets-cip-336-897-6</t>
   </si>
   <si>
     <t>ALDACTONE (spironolactone)</t>
   </si>
   <si>
-    <t>21/03/2016 12:17:51</t>
+    <t>05/03/2026 16:45:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984175/fr/aldactone-spironolactone</t>
   </si>
   <si>
     <t>pprd_2984175</t>
   </si>
   <si>
     <t>spironolactone</t>
   </si>
   <si>
+    <t>PFIZER HOLDING FRANCE</t>
+  </si>
+  <si>
     <t>https://www.has-sante.fr/jcms/c_399120/fr/aldactone-spironolactone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399408/fr/aldactone-spironolactone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_459647/fr/aldactone-spironolactone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1147525/fr/aldactone-spironolactone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2617856/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3891401/fr/aldactone-/-spironolactone-pfizer-spironolactone-hirsutisme</t>
   </si>
   <si>
     <t>KLEAN PREP (macrogol 3350/ sodium (bicarbonate de)/ sodium (bicarbonate de)sodium (sulfate de) anhydre/ potassium (chlorure de))</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984183/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2984183</t>
   </si>
   <si>
     <t>macrogol 3350,sodium (bicarbonate de),sodium (chlorure de),sodium (sulfate de) anhydre,potassium (chlorure de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400319/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_962481/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2613503/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>ENGERIX B (antigène de surface de l'hépatite B recombinant)</t>
   </si>
@@ -17882,51 +17939,51 @@
       </c>
       <c r="D20" t="s">
         <v>1741</v>
       </c>
       <c r="E20" t="s">
         <v>1742</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>1743</v>
       </c>
       <c r="H20" t="s">
         <v>1744</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BP356"/>
+  <dimension ref="A1:BP357"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -17972,16722 +18029,16790 @@
       </c>
       <c r="I2" t="s">
         <v>1752</v>
       </c>
       <c r="J2" t="s">
         <v>1753</v>
       </c>
       <c r="K2" t="s">
         <v>1754</v>
       </c>
       <c r="L2" t="s">
         <v>1755</v>
       </c>
       <c r="M2" t="s">
         <v>1756</v>
       </c>
       <c r="N2" t="s">
         <v>1757</v>
       </c>
       <c r="O2" t="s">
         <v>1758</v>
       </c>
       <c r="P2" t="s">
         <v>1759</v>
       </c>
+      <c r="Q2" t="s">
+        <v>1760</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1761</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1763</v>
+      </c>
+      <c r="U2" t="s">
+        <v>1764</v>
+      </c>
+      <c r="V2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="W2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="X2" t="s">
+        <v>1767</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>1768</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>1769</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>1769</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>1771</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>1773</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>1781</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="AQ2" t="s">
+        <v>1785</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>1786</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>1787</v>
+      </c>
+      <c r="AT2" t="s">
+        <v>1788</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>1789</v>
+      </c>
+      <c r="AV2" t="s">
+        <v>1790</v>
+      </c>
+      <c r="AW2" t="s">
+        <v>1791</v>
+      </c>
+      <c r="AX2" t="s">
+        <v>1792</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>1794</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>1788</v>
+      </c>
+      <c r="BB2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="BC2" t="s">
+        <v>1796</v>
+      </c>
+      <c r="BD2" t="s">
+        <v>1797</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1747</v>
       </c>
       <c r="B3" t="s">
-        <v>1760</v>
+        <v>1798</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1761</v>
+        <v>1799</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1762</v>
+        <v>1800</v>
       </c>
       <c r="H3" t="s">
-        <v>1763</v>
+        <v>1801</v>
       </c>
       <c r="I3" t="s">
-        <v>1764</v>
+        <v>1802</v>
       </c>
       <c r="J3" t="s">
-        <v>1765</v>
+        <v>1803</v>
       </c>
       <c r="K3" t="s">
-        <v>1766</v>
+        <v>1804</v>
       </c>
       <c r="L3" t="s">
-        <v>1767</v>
+        <v>1805</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1806</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1807</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1809</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1810</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1811</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="U3" t="s">
+        <v>1814</v>
+      </c>
+      <c r="V3" t="s">
+        <v>1815</v>
+      </c>
+      <c r="W3" t="s">
+        <v>1816</v>
+      </c>
+      <c r="X3" t="s">
+        <v>1817</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>1818</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>1819</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>1820</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>1822</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>1823</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1747</v>
       </c>
       <c r="B4" t="s">
-        <v>1768</v>
+        <v>1824</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1769</v>
+        <v>1825</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1770</v>
+        <v>1826</v>
       </c>
       <c r="H4" t="s">
-        <v>1771</v>
+        <v>1827</v>
       </c>
       <c r="I4" t="s">
-        <v>1772</v>
+        <v>1828</v>
       </c>
       <c r="J4" t="s">
-        <v>1773</v>
+        <v>1829</v>
       </c>
       <c r="K4" t="s">
-        <v>1774</v>
+        <v>1830</v>
       </c>
       <c r="L4" t="s">
-        <v>1775</v>
+        <v>1831</v>
       </c>
       <c r="M4" t="s">
-        <v>1776</v>
-[...164 lines deleted...]
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1747</v>
       </c>
       <c r="B5" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="H5" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="I5" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="J5" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="K5" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="L5" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="M5" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="N5" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="O5" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="P5" t="s">
-        <v>1843</v>
+        <v>1844</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="U5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="V5" t="s">
+        <v>1850</v>
+      </c>
+      <c r="W5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="X5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>1858</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1747</v>
       </c>
       <c r="B6" t="s">
-        <v>1844</v>
+        <v>1859</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1845</v>
+        <v>1860</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1846</v>
+        <v>1861</v>
       </c>
       <c r="H6" t="s">
-        <v>1847</v>
+        <v>1862</v>
       </c>
       <c r="I6" t="s">
-        <v>1848</v>
+        <v>1863</v>
       </c>
       <c r="J6" t="s">
-        <v>1849</v>
+        <v>1864</v>
       </c>
       <c r="K6" t="s">
-        <v>1850</v>
+        <v>1865</v>
       </c>
       <c r="L6" t="s">
-        <v>1851</v>
+        <v>1866</v>
       </c>
       <c r="M6" t="s">
-        <v>1852</v>
+        <v>1867</v>
       </c>
       <c r="N6" t="s">
-        <v>1853</v>
+        <v>1868</v>
       </c>
       <c r="O6" t="s">
-        <v>1854</v>
+        <v>1869</v>
       </c>
       <c r="P6" t="s">
-        <v>1855</v>
+        <v>1870</v>
       </c>
       <c r="Q6" t="s">
-        <v>1856</v>
+        <v>1871</v>
       </c>
       <c r="R6" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="S6" t="s">
-        <v>1858</v>
+        <v>1873</v>
       </c>
       <c r="T6" t="s">
-        <v>1859</v>
+        <v>1874</v>
       </c>
       <c r="U6" t="s">
-        <v>1860</v>
+        <v>1875</v>
       </c>
       <c r="V6" t="s">
-        <v>1861</v>
+        <v>1876</v>
       </c>
       <c r="W6" t="s">
-        <v>1862</v>
-[...11 lines deleted...]
-        <v>1866</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1747</v>
       </c>
       <c r="B7" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="H7" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="I7" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="J7" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="K7" t="s">
-        <v>1873</v>
-[...31 lines deleted...]
-      <c r="V7" t="s">
         <v>1884</v>
-      </c>
-[...7 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1747</v>
       </c>
       <c r="B8" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1886</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H8" t="s">
         <v>1888</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>1889</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="J8" t="s">
         <v>1890</v>
       </c>
-      <c r="H8" t="s">
+      <c r="K8" t="s">
         <v>1891</v>
       </c>
-      <c r="I8" t="s">
+      <c r="L8" t="s">
         <v>1892</v>
       </c>
-      <c r="J8" t="s">
+      <c r="M8" t="s">
         <v>1893</v>
       </c>
-      <c r="K8" t="s">
+      <c r="N8" t="s">
         <v>1894</v>
       </c>
-      <c r="L8" t="s">
+      <c r="O8" t="s">
         <v>1895</v>
       </c>
-      <c r="M8" t="s">
+      <c r="P8" t="s">
+        <v>1895</v>
+      </c>
+      <c r="Q8" t="s">
         <v>1896</v>
       </c>
-      <c r="N8" t="s">
+      <c r="R8" t="s">
         <v>1897</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1898</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1899</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1747</v>
       </c>
       <c r="B9" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="H9" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="I9" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="J9" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="K9" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="L9" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="M9" t="s">
-        <v>1906</v>
+        <v>1908</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1910</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1911</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1912</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1913</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1914</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1747</v>
       </c>
       <c r="B10" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="H10" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="I10" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="J10" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="K10" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="L10" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="M10" t="s">
-        <v>1915</v>
+        <v>1923</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1924</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1925</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1747</v>
       </c>
       <c r="B11" t="s">
-        <v>1916</v>
+        <v>1926</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1917</v>
+        <v>1927</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1918</v>
+        <v>1928</v>
       </c>
       <c r="H11" t="s">
-        <v>1919</v>
+        <v>1929</v>
       </c>
       <c r="I11" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="J11" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
       <c r="K11" t="s">
-        <v>1922</v>
+        <v>1932</v>
       </c>
       <c r="L11" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="M11" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
       <c r="N11" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
       <c r="O11" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
       <c r="P11" t="s">
-        <v>1927</v>
-[...17 lines deleted...]
-        <v>1933</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1747</v>
       </c>
       <c r="B12" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="H12" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="I12" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="J12" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="K12" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="L12" t="s">
-        <v>1941</v>
-[...10 lines deleted...]
-      <c r="P12" t="s">
         <v>1945</v>
-      </c>
-[...115 lines deleted...]
-        <v>1982</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1747</v>
       </c>
       <c r="B13" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1952</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1953</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1954</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1955</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1957</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1958</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1959</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1960</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1961</v>
+      </c>
+      <c r="U13" t="s">
+        <v>1962</v>
+      </c>
+      <c r="V13" t="s">
+        <v>1963</v>
+      </c>
+      <c r="W13" t="s">
+        <v>1964</v>
+      </c>
+      <c r="X13" t="s">
+        <v>1965</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>1966</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>1967</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>1968</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>1969</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>1970</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>1971</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>1972</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>1973</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>1974</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>1975</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>1976</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>1977</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>1978</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>1979</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>1980</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>1981</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>1982</v>
+      </c>
+      <c r="AP13" t="s">
         <v>1983</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="AQ13" t="s">
         <v>1984</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="AR13" t="s">
         <v>1985</v>
       </c>
-      <c r="H13" t="s">
+      <c r="AS13" t="s">
         <v>1986</v>
       </c>
-      <c r="I13" t="s">
+      <c r="AT13" t="s">
         <v>1987</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="AU13" t="s">
         <v>1988</v>
       </c>
-      <c r="L13" t="s">
+      <c r="AV13" t="s">
         <v>1989</v>
       </c>
-      <c r="M13" t="s">
+      <c r="AW13" t="s">
         <v>1990</v>
       </c>
-      <c r="N13" t="s">
+      <c r="AX13" t="s">
         <v>1991</v>
       </c>
-      <c r="O13" t="s">
+      <c r="AY13" t="s">
         <v>1992</v>
       </c>
-      <c r="P13" t="s">
+      <c r="AZ13" t="s">
         <v>1993</v>
       </c>
-      <c r="Q13" t="s">
-[...27 lines deleted...]
-        <v>1982</v>
+      <c r="BA13" t="s">
+        <v>1994</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>1995</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>1996</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>1997</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>1998</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>1999</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>2000</v>
+      </c>
+      <c r="BH13" t="s">
+        <v>2001</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>2002</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>2003</v>
+      </c>
+      <c r="BK13" t="s">
+        <v>2004</v>
+      </c>
+      <c r="BL13" t="s">
+        <v>2005</v>
+      </c>
+      <c r="BM13" t="s">
+        <v>2006</v>
+      </c>
+      <c r="BN13" t="s">
+        <v>2007</v>
+      </c>
+      <c r="BO13" t="s">
+        <v>2008</v>
+      </c>
+      <c r="BP13" t="s">
+        <v>2009</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1747</v>
       </c>
       <c r="B14" t="s">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="H14" t="s">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="I14" t="s">
-        <v>1998</v>
+        <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="K14" t="s">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="L14" t="s">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="M14" t="s">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="N14" t="s">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="O14" t="s">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="P14" t="s">
-        <v>2005</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1747</v>
       </c>
       <c r="B15" t="s">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="H15" t="s">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="I15" t="s">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="J15" t="s">
-        <v>2012</v>
+        <v>1905</v>
       </c>
       <c r="K15" t="s">
-        <v>2013</v>
+        <v>2027</v>
       </c>
       <c r="L15" t="s">
-        <v>2014</v>
+        <v>2028</v>
       </c>
       <c r="M15" t="s">
-        <v>2015</v>
+        <v>2029</v>
       </c>
       <c r="N15" t="s">
-        <v>2016</v>
+        <v>2030</v>
       </c>
       <c r="O15" t="s">
-        <v>2017</v>
+        <v>2031</v>
       </c>
       <c r="P15" t="s">
-        <v>2018</v>
+        <v>2032</v>
       </c>
       <c r="Q15" t="s">
-        <v>2019</v>
+        <v>2033</v>
       </c>
       <c r="R15" t="s">
-        <v>2020</v>
+        <v>2034</v>
       </c>
       <c r="S15" t="s">
-        <v>2021</v>
+        <v>2035</v>
       </c>
       <c r="T15" t="s">
-        <v>2022</v>
+        <v>2036</v>
       </c>
       <c r="U15" t="s">
-        <v>2023</v>
+        <v>2037</v>
+      </c>
+      <c r="V15" t="s">
+        <v>2038</v>
+      </c>
+      <c r="W15" t="s">
+        <v>2039</v>
+      </c>
+      <c r="X15" t="s">
+        <v>2040</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>2041</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>1747</v>
       </c>
       <c r="B16" t="s">
-        <v>2024</v>
+        <v>2042</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2025</v>
+        <v>2043</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2026</v>
+        <v>2044</v>
       </c>
       <c r="H16" t="s">
-        <v>2027</v>
+        <v>2045</v>
       </c>
       <c r="I16" t="s">
-        <v>2028</v>
+        <v>2046</v>
       </c>
       <c r="J16" t="s">
-        <v>2029</v>
+        <v>2047</v>
       </c>
       <c r="K16" t="s">
-        <v>2030</v>
+        <v>2048</v>
       </c>
       <c r="L16" t="s">
-        <v>2031</v>
+        <v>2049</v>
       </c>
       <c r="M16" t="s">
-        <v>2032</v>
+        <v>2050</v>
       </c>
       <c r="N16" t="s">
-        <v>2033</v>
-[...11 lines deleted...]
-        <v>2036</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1747</v>
       </c>
       <c r="B17" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2038</v>
+        <v>2053</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2039</v>
+        <v>2054</v>
       </c>
       <c r="H17" t="s">
-        <v>2040</v>
+        <v>2055</v>
       </c>
       <c r="I17" t="s">
-        <v>2041</v>
+        <v>2056</v>
       </c>
       <c r="J17" t="s">
-        <v>2042</v>
+        <v>2057</v>
       </c>
       <c r="K17" t="s">
-        <v>2043</v>
+        <v>2058</v>
       </c>
       <c r="L17" t="s">
-        <v>2044</v>
+        <v>2059</v>
       </c>
       <c r="M17" t="s">
-        <v>2045</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>1747</v>
       </c>
       <c r="B18" t="s">
-        <v>2046</v>
+        <v>2061</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2047</v>
+        <v>2062</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2048</v>
+        <v>2063</v>
       </c>
       <c r="H18" t="s">
-        <v>2049</v>
+        <v>2064</v>
       </c>
       <c r="I18" t="s">
-        <v>2050</v>
+        <v>2065</v>
       </c>
       <c r="J18" t="s">
-        <v>2051</v>
+        <v>2066</v>
       </c>
       <c r="K18" t="s">
-        <v>2052</v>
+        <v>2067</v>
       </c>
       <c r="L18" t="s">
-        <v>2053</v>
+        <v>2068</v>
       </c>
       <c r="M18" t="s">
-        <v>2054</v>
-[...11 lines deleted...]
-        <v>2058</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>1747</v>
       </c>
       <c r="B19" t="s">
-        <v>2059</v>
+        <v>2070</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2060</v>
+        <v>2071</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2061</v>
+        <v>2072</v>
       </c>
       <c r="H19" t="s">
-        <v>2062</v>
+        <v>2073</v>
       </c>
       <c r="I19" t="s">
-        <v>2063</v>
+        <v>2074</v>
       </c>
       <c r="J19" t="s">
-        <v>2064</v>
+        <v>2075</v>
       </c>
       <c r="K19" t="s">
-        <v>2065</v>
+        <v>2076</v>
       </c>
       <c r="L19" t="s">
-        <v>2066</v>
+        <v>2077</v>
       </c>
       <c r="M19" t="s">
-        <v>2067</v>
+        <v>2078</v>
       </c>
       <c r="N19" t="s">
-        <v>2068</v>
+        <v>2079</v>
       </c>
       <c r="O19" t="s">
-        <v>2069</v>
+        <v>2080</v>
       </c>
       <c r="P19" t="s">
-        <v>2070</v>
+        <v>2081</v>
       </c>
       <c r="Q19" t="s">
-        <v>2071</v>
+        <v>2082</v>
       </c>
       <c r="R19" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="S19" t="s">
-        <v>2073</v>
+        <v>2084</v>
       </c>
       <c r="T19" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="U19" t="s">
-        <v>2075</v>
+        <v>2086</v>
+      </c>
+      <c r="V19" t="s">
+        <v>2087</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>1747</v>
       </c>
       <c r="B20" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
       <c r="H20" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="I20" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="J20" t="s">
-        <v>2081</v>
+        <v>1753</v>
       </c>
       <c r="K20" t="s">
-        <v>2082</v>
+        <v>2093</v>
       </c>
       <c r="L20" t="s">
-        <v>2083</v>
+        <v>2094</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2095</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2096</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2097</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2098</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1766</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1768</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1772</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1773</v>
+      </c>
+      <c r="U20" t="s">
+        <v>1783</v>
+      </c>
+      <c r="V20" t="s">
+        <v>1790</v>
+      </c>
+      <c r="W20" t="s">
+        <v>1791</v>
+      </c>
+      <c r="X20" t="s">
+        <v>1792</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>1795</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>1796</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>1747</v>
       </c>
       <c r="B21" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2085</v>
+        <v>2100</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2086</v>
+        <v>2101</v>
       </c>
       <c r="H21" t="s">
-        <v>2087</v>
+        <v>2102</v>
       </c>
       <c r="I21" t="s">
-        <v>2088</v>
+        <v>2103</v>
       </c>
       <c r="J21" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
       <c r="K21" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
       <c r="L21" t="s">
-        <v>2091</v>
+        <v>2106</v>
       </c>
       <c r="M21" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
       <c r="N21" t="s">
-        <v>2093</v>
+        <v>2108</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2109</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2110</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2111</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>1747</v>
       </c>
       <c r="B22" t="s">
-        <v>2094</v>
+        <v>2112</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2095</v>
+        <v>2113</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2096</v>
+        <v>2114</v>
       </c>
       <c r="H22" t="s">
-        <v>2097</v>
+        <v>2115</v>
       </c>
       <c r="I22" t="s">
-        <v>2098</v>
+        <v>2116</v>
       </c>
       <c r="J22" t="s">
-        <v>2081</v>
+        <v>2117</v>
       </c>
       <c r="K22" t="s">
-        <v>2099</v>
+        <v>2118</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2119</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2120</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2121</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2123</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2124</v>
+      </c>
+      <c r="R22" t="s">
+        <v>2125</v>
+      </c>
+      <c r="S22" t="s">
+        <v>2126</v>
+      </c>
+      <c r="T22" t="s">
+        <v>2127</v>
+      </c>
+      <c r="U22" t="s">
+        <v>2128</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>1747</v>
       </c>
       <c r="B23" t="s">
-        <v>2100</v>
+        <v>2129</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2101</v>
+        <v>2130</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="H23" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="I23" t="s">
-        <v>2104</v>
+        <v>2133</v>
       </c>
       <c r="J23" t="s">
-        <v>1921</v>
+        <v>2134</v>
       </c>
       <c r="K23" t="s">
-        <v>2105</v>
+        <v>2135</v>
       </c>
       <c r="L23" t="s">
-        <v>2106</v>
+        <v>2136</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>1747</v>
       </c>
       <c r="B24" t="s">
-        <v>2107</v>
+        <v>2138</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2101</v>
+        <v>2139</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2108</v>
+        <v>2140</v>
       </c>
       <c r="H24" t="s">
-        <v>2109</v>
+        <v>2141</v>
       </c>
       <c r="I24" t="s">
-        <v>2110</v>
+        <v>2142</v>
       </c>
       <c r="J24" t="s">
-        <v>1773</v>
+        <v>2143</v>
       </c>
       <c r="K24" t="s">
-        <v>2111</v>
+        <v>2144</v>
       </c>
       <c r="L24" t="s">
-        <v>2112</v>
+        <v>2145</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2147</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2149</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2150</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>1747</v>
       </c>
       <c r="B25" t="s">
-        <v>2113</v>
+        <v>2151</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2114</v>
+        <v>2152</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2115</v>
+        <v>2153</v>
       </c>
       <c r="H25" t="s">
-        <v>2116</v>
+        <v>2154</v>
       </c>
       <c r="I25" t="s">
-        <v>2117</v>
+        <v>2155</v>
       </c>
       <c r="J25" t="s">
-        <v>1999</v>
+        <v>2156</v>
       </c>
       <c r="K25" t="s">
-        <v>2118</v>
+        <v>2157</v>
       </c>
       <c r="L25" t="s">
-        <v>2119</v>
+        <v>2158</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2159</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2160</v>
+      </c>
+      <c r="O25" t="s">
+        <v>2161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2162</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2163</v>
+      </c>
+      <c r="R25" t="s">
+        <v>2164</v>
+      </c>
+      <c r="S25" t="s">
+        <v>2165</v>
+      </c>
+      <c r="T25" t="s">
+        <v>2166</v>
+      </c>
+      <c r="U25" t="s">
+        <v>2167</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>1747</v>
       </c>
       <c r="B26" t="s">
-        <v>2120</v>
+        <v>2168</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2121</v>
+        <v>2169</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2122</v>
+        <v>2170</v>
       </c>
       <c r="H26" t="s">
-        <v>2123</v>
+        <v>2171</v>
       </c>
       <c r="I26" t="s">
-        <v>2124</v>
+        <v>2172</v>
       </c>
       <c r="J26" t="s">
-        <v>2125</v>
+        <v>2173</v>
       </c>
       <c r="K26" t="s">
-        <v>2126</v>
+        <v>2174</v>
       </c>
       <c r="L26" t="s">
-        <v>2127</v>
-[...11 lines deleted...]
-        <v>2131</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1747</v>
       </c>
       <c r="B27" t="s">
-        <v>2132</v>
+        <v>2176</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2133</v>
+        <v>2177</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2134</v>
+        <v>2178</v>
       </c>
       <c r="H27" t="s">
-        <v>2135</v>
+        <v>2179</v>
       </c>
       <c r="I27" t="s">
-        <v>2136</v>
+        <v>2180</v>
       </c>
       <c r="J27" t="s">
-        <v>1837</v>
+        <v>2181</v>
       </c>
       <c r="K27" t="s">
-        <v>2137</v>
+        <v>2182</v>
       </c>
       <c r="L27" t="s">
-        <v>2138</v>
+        <v>2183</v>
       </c>
       <c r="M27" t="s">
-        <v>2139</v>
+        <v>2184</v>
       </c>
       <c r="N27" t="s">
-        <v>2140</v>
-[...29 lines deleted...]
-        <v>2150</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1747</v>
       </c>
       <c r="B28" t="s">
-        <v>2151</v>
+        <v>2186</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2152</v>
+        <v>2187</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2153</v>
+        <v>2188</v>
       </c>
       <c r="H28" t="s">
-        <v>2154</v>
+        <v>2189</v>
       </c>
       <c r="I28" t="s">
-        <v>2155</v>
+        <v>2190</v>
       </c>
       <c r="J28" t="s">
-        <v>1939</v>
+        <v>2173</v>
       </c>
       <c r="K28" t="s">
-        <v>2156</v>
-[...8 lines deleted...]
-        <v>2159</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1747</v>
       </c>
       <c r="B29" t="s">
-        <v>2160</v>
+        <v>2192</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2161</v>
+        <v>2193</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2162</v>
+        <v>2194</v>
       </c>
       <c r="H29" t="s">
-        <v>2163</v>
+        <v>2195</v>
       </c>
       <c r="I29" t="s">
-        <v>2164</v>
+        <v>2196</v>
       </c>
       <c r="J29" t="s">
-        <v>2165</v>
+        <v>2075</v>
       </c>
       <c r="K29" t="s">
-        <v>2166</v>
+        <v>2197</v>
       </c>
       <c r="L29" t="s">
-        <v>2167</v>
-[...2 lines deleted...]
-        <v>2168</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1747</v>
       </c>
       <c r="B30" t="s">
-        <v>2169</v>
+        <v>2199</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2170</v>
+        <v>2193</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2171</v>
+        <v>2200</v>
       </c>
       <c r="H30" t="s">
-        <v>2172</v>
+        <v>2201</v>
       </c>
       <c r="I30" t="s">
-        <v>2173</v>
+        <v>2202</v>
       </c>
       <c r="J30" t="s">
-        <v>2174</v>
+        <v>1951</v>
       </c>
       <c r="K30" t="s">
-        <v>2175</v>
+        <v>2203</v>
       </c>
       <c r="L30" t="s">
-        <v>2176</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1747</v>
       </c>
       <c r="B31" t="s">
-        <v>2177</v>
+        <v>2205</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2178</v>
+        <v>2206</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2179</v>
+        <v>2207</v>
       </c>
       <c r="H31" t="s">
-        <v>2180</v>
+        <v>2208</v>
       </c>
       <c r="I31" t="s">
-        <v>2181</v>
+        <v>2209</v>
       </c>
       <c r="J31" t="s">
-        <v>2182</v>
+        <v>2104</v>
       </c>
       <c r="K31" t="s">
-        <v>2183</v>
+        <v>2210</v>
       </c>
       <c r="L31" t="s">
-        <v>2184</v>
-[...11 lines deleted...]
-        <v>2186</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1747</v>
       </c>
       <c r="B32" t="s">
-        <v>2188</v>
+        <v>2212</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2189</v>
+        <v>2213</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2190</v>
+        <v>2214</v>
       </c>
       <c r="H32" t="s">
-        <v>2191</v>
+        <v>2215</v>
       </c>
       <c r="I32" t="s">
-        <v>2192</v>
+        <v>2216</v>
       </c>
       <c r="J32" t="s">
-        <v>2193</v>
+        <v>2217</v>
       </c>
       <c r="K32" t="s">
-        <v>2194</v>
+        <v>2218</v>
       </c>
       <c r="L32" t="s">
-        <v>2195</v>
+        <v>2219</v>
       </c>
       <c r="M32" t="s">
-        <v>2196</v>
+        <v>2220</v>
       </c>
       <c r="N32" t="s">
-        <v>2197</v>
+        <v>2221</v>
       </c>
       <c r="O32" t="s">
-        <v>2198</v>
+        <v>2222</v>
       </c>
       <c r="P32" t="s">
-        <v>2199</v>
-[...17 lines deleted...]
-        <v>2205</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1747</v>
       </c>
       <c r="B33" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2208</v>
+        <v>2226</v>
       </c>
       <c r="H33" t="s">
-        <v>2209</v>
+        <v>2227</v>
       </c>
       <c r="I33" t="s">
-        <v>2210</v>
+        <v>2228</v>
       </c>
       <c r="J33" t="s">
-        <v>2211</v>
+        <v>2015</v>
       </c>
       <c r="K33" t="s">
-        <v>2212</v>
+        <v>2229</v>
       </c>
       <c r="L33" t="s">
-        <v>2213</v>
+        <v>2230</v>
       </c>
       <c r="M33" t="s">
-        <v>2214</v>
+        <v>2231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2232</v>
+      </c>
+      <c r="O33" t="s">
+        <v>2233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2234</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2235</v>
+      </c>
+      <c r="R33" t="s">
+        <v>2236</v>
+      </c>
+      <c r="S33" t="s">
+        <v>2237</v>
+      </c>
+      <c r="T33" t="s">
+        <v>2238</v>
+      </c>
+      <c r="U33" t="s">
+        <v>2239</v>
+      </c>
+      <c r="V33" t="s">
+        <v>2240</v>
+      </c>
+      <c r="W33" t="s">
+        <v>2241</v>
+      </c>
+      <c r="X33" t="s">
+        <v>2242</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1747</v>
       </c>
       <c r="B34" t="s">
-        <v>2215</v>
+        <v>2243</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2216</v>
+        <v>2244</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2217</v>
+        <v>2245</v>
       </c>
       <c r="H34" t="s">
-        <v>2218</v>
+        <v>2246</v>
       </c>
       <c r="I34" t="s">
-        <v>2210</v>
+        <v>2247</v>
       </c>
       <c r="J34" t="s">
-        <v>2219</v>
+        <v>1753</v>
       </c>
       <c r="K34" t="s">
-        <v>2220</v>
+        <v>2248</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2249</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2250</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2251</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1747</v>
       </c>
       <c r="B35" t="s">
-        <v>2221</v>
+        <v>2252</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2222</v>
+        <v>2253</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2223</v>
+        <v>2254</v>
       </c>
       <c r="H35" t="s">
-        <v>2224</v>
+        <v>2255</v>
       </c>
       <c r="I35" t="s">
-        <v>2225</v>
+        <v>2256</v>
       </c>
       <c r="J35" t="s">
-        <v>2226</v>
+        <v>2257</v>
       </c>
       <c r="K35" t="s">
-        <v>2227</v>
+        <v>2258</v>
       </c>
       <c r="L35" t="s">
-        <v>2228</v>
+        <v>2259</v>
       </c>
       <c r="M35" t="s">
-        <v>2229</v>
-[...83 lines deleted...]
-        <v>2257</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1747</v>
       </c>
       <c r="B36" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="H36" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="I36" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="J36" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="K36" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="L36" t="s">
-        <v>2265</v>
-[...5 lines deleted...]
-        <v>2267</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1747</v>
       </c>
       <c r="B37" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="H37" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="I37" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="J37" t="s">
-        <v>1849</v>
+        <v>2274</v>
       </c>
       <c r="K37" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="L37" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="M37" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="N37" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="O37" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="P37" t="s">
         <v>2278</v>
-      </c>
-[...28 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1747</v>
       </c>
       <c r="B38" t="s">
-        <v>2289</v>
+        <v>2280</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2290</v>
+        <v>2281</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2291</v>
+        <v>2282</v>
       </c>
       <c r="H38" t="s">
-        <v>2292</v>
+        <v>2283</v>
       </c>
       <c r="I38" t="s">
-        <v>2293</v>
+        <v>1828</v>
       </c>
       <c r="J38" t="s">
-        <v>2211</v>
+        <v>2284</v>
       </c>
       <c r="K38" t="s">
-        <v>2294</v>
-[...2 lines deleted...]
-        <v>2295</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1747</v>
       </c>
       <c r="B39" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2290</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2291</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2294</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2295</v>
+      </c>
+      <c r="O39" t="s">
         <v>2296</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="P39" t="s">
         <v>2297</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="Q39" t="s">
         <v>2298</v>
       </c>
-      <c r="H39" t="s">
+      <c r="R39" t="s">
         <v>2299</v>
       </c>
-      <c r="I39" t="s">
+      <c r="S39" t="s">
         <v>2300</v>
       </c>
-      <c r="J39" t="s">
-[...2 lines deleted...]
-      <c r="K39" t="s">
+      <c r="T39" t="s">
         <v>2301</v>
       </c>
-      <c r="L39" t="s">
+      <c r="U39" t="s">
         <v>2302</v>
       </c>
-      <c r="M39" t="s">
+      <c r="V39" t="s">
         <v>2303</v>
       </c>
-      <c r="N39" t="s">
+      <c r="W39" t="s">
         <v>2304</v>
       </c>
-      <c r="O39" t="s">
+      <c r="X39" t="s">
         <v>2305</v>
       </c>
-      <c r="P39" t="s">
+      <c r="Y39" t="s">
         <v>2306</v>
       </c>
-      <c r="Q39" t="s">
+      <c r="Z39" t="s">
         <v>2307</v>
       </c>
-      <c r="R39" t="s">
+      <c r="AA39" t="s">
         <v>2308</v>
       </c>
-      <c r="S39" t="s">
+      <c r="AB39" t="s">
         <v>2309</v>
       </c>
-      <c r="T39" t="s">
+      <c r="AC39" t="s">
         <v>2310</v>
       </c>
-      <c r="U39" t="s">
+      <c r="AD39" t="s">
         <v>2311</v>
       </c>
-      <c r="V39" t="s">
+      <c r="AE39" t="s">
         <v>2312</v>
       </c>
-      <c r="W39" t="s">
+      <c r="AF39" t="s">
         <v>2313</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>2314</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>2315</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>2316</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>2317</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>2318</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>2319</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>2320</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>2321</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>2322</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1747</v>
       </c>
       <c r="B40" t="s">
-        <v>2314</v>
+        <v>2323</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2315</v>
+        <v>2324</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2316</v>
+        <v>2325</v>
       </c>
       <c r="H40" t="s">
-        <v>2317</v>
+        <v>2326</v>
       </c>
       <c r="I40" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="J40" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
       <c r="K40" t="s">
-        <v>2320</v>
+        <v>2329</v>
       </c>
       <c r="L40" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
       <c r="M40" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="N40" t="s">
-        <v>2323</v>
-[...25 lines deleted...]
-      <c r="W40" t="s">
         <v>2332</v>
-      </c>
-[...19 lines deleted...]
-        <v>2339</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1747</v>
       </c>
       <c r="B41" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L41" t="s">
+        <v>2339</v>
+      </c>
+      <c r="M41" t="s">
         <v>2340</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="N41" t="s">
         <v>2341</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="O41" t="s">
         <v>2342</v>
       </c>
-      <c r="H41" t="s">
+      <c r="P41" t="s">
         <v>2343</v>
       </c>
-      <c r="I41" t="s">
+      <c r="Q41" t="s">
         <v>2344</v>
       </c>
-      <c r="J41" t="s">
+      <c r="R41" t="s">
         <v>2345</v>
       </c>
-      <c r="K41" t="s">
+      <c r="S41" t="s">
         <v>2346</v>
       </c>
-      <c r="L41" t="s">
+      <c r="T41" t="s">
         <v>2347</v>
+      </c>
+      <c r="U41" t="s">
+        <v>2348</v>
+      </c>
+      <c r="V41" t="s">
+        <v>2349</v>
+      </c>
+      <c r="W41" t="s">
+        <v>2350</v>
+      </c>
+      <c r="X41" t="s">
+        <v>2351</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>2352</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>2353</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1747</v>
       </c>
       <c r="B42" t="s">
-        <v>2348</v>
+        <v>2354</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="H42" t="s">
-        <v>2351</v>
+        <v>2357</v>
       </c>
       <c r="I42" t="s">
-        <v>2352</v>
+        <v>2358</v>
       </c>
       <c r="J42" t="s">
-        <v>2353</v>
+        <v>1829</v>
       </c>
       <c r="K42" t="s">
-        <v>2354</v>
+        <v>2359</v>
       </c>
       <c r="L42" t="s">
-        <v>2355</v>
-[...13 lines deleted...]
-      <c r="Q42" t="s">
         <v>2360</v>
-      </c>
-[...13 lines deleted...]
-        <v>2365</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1747</v>
       </c>
       <c r="B43" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2364</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2365</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K43" t="s">
         <v>2366</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="L43" t="s">
         <v>2367</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="M43" t="s">
         <v>2368</v>
       </c>
-      <c r="H43" t="s">
+      <c r="N43" t="s">
         <v>2369</v>
       </c>
-      <c r="I43" t="s">
+      <c r="O43" t="s">
         <v>2370</v>
       </c>
-      <c r="J43" t="s">
+      <c r="P43" t="s">
         <v>2371</v>
       </c>
-      <c r="K43" t="s">
+      <c r="Q43" t="s">
         <v>2372</v>
       </c>
-      <c r="L43" t="s">
+      <c r="R43" t="s">
         <v>2373</v>
       </c>
-      <c r="M43" t="s">
+      <c r="S43" t="s">
         <v>2374</v>
       </c>
-      <c r="N43" t="s">
-        <v>2374</v>
+      <c r="T43" t="s">
+        <v>2375</v>
+      </c>
+      <c r="U43" t="s">
+        <v>2376</v>
+      </c>
+      <c r="V43" t="s">
+        <v>2377</v>
+      </c>
+      <c r="W43" t="s">
+        <v>2378</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1747</v>
       </c>
       <c r="B44" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="H44" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="I44" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="J44" t="s">
-        <v>1773</v>
+        <v>2384</v>
       </c>
       <c r="K44" t="s">
-        <v>2380</v>
+        <v>2385</v>
       </c>
       <c r="L44" t="s">
-        <v>2381</v>
-[...13 lines deleted...]
-      <c r="Q44" t="s">
         <v>2386</v>
-      </c>
-[...7 lines deleted...]
-        <v>2389</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1747</v>
       </c>
       <c r="B45" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H45" t="s">
         <v>2390</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="I45" t="s">
         <v>2391</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="J45" t="s">
         <v>2392</v>
       </c>
-      <c r="H45" t="s">
+      <c r="K45" t="s">
         <v>2393</v>
       </c>
-      <c r="I45" t="s">
+      <c r="L45" t="s">
         <v>2394</v>
       </c>
-      <c r="J45" t="s">
-[...2 lines deleted...]
-      <c r="K45" t="s">
+      <c r="M45" t="s">
         <v>2395</v>
       </c>
-      <c r="L45" t="s">
+      <c r="N45" t="s">
         <v>2396</v>
       </c>
-      <c r="M45" t="s">
+      <c r="O45" t="s">
         <v>2397</v>
       </c>
-      <c r="N45" t="s">
+      <c r="P45" t="s">
         <v>2398</v>
       </c>
-      <c r="O45" t="s">
+      <c r="Q45" t="s">
         <v>2399</v>
       </c>
-      <c r="P45" t="s">
+      <c r="R45" t="s">
         <v>2400</v>
       </c>
-      <c r="Q45" t="s">
+      <c r="S45" t="s">
         <v>2401</v>
       </c>
-      <c r="R45" t="s">
+      <c r="T45" t="s">
         <v>2402</v>
       </c>
-      <c r="S45" t="s">
+      <c r="U45" t="s">
         <v>2403</v>
       </c>
-      <c r="T45" t="s">
+      <c r="V45" t="s">
         <v>2404</v>
-      </c>
-[...67 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1747</v>
       </c>
       <c r="B46" t="s">
-        <v>2428</v>
+        <v>2405</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2429</v>
+        <v>2406</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2430</v>
+        <v>2407</v>
       </c>
       <c r="H46" t="s">
-        <v>2431</v>
+        <v>2408</v>
       </c>
       <c r="I46" t="s">
-        <v>2432</v>
+        <v>2409</v>
       </c>
       <c r="J46" t="s">
-        <v>2433</v>
+        <v>2410</v>
       </c>
       <c r="K46" t="s">
-        <v>2434</v>
+        <v>2411</v>
       </c>
       <c r="L46" t="s">
-        <v>2435</v>
+        <v>2412</v>
       </c>
       <c r="M46" t="s">
-        <v>2436</v>
+        <v>2413</v>
       </c>
       <c r="N46" t="s">
-        <v>2437</v>
-[...47 lines deleted...]
-        <v>2453</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1747</v>
       </c>
       <c r="B47" t="s">
-        <v>2454</v>
+        <v>2414</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2455</v>
+        <v>2415</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2456</v>
+        <v>2416</v>
       </c>
       <c r="H47" t="s">
-        <v>2457</v>
+        <v>2417</v>
       </c>
       <c r="I47" t="s">
-        <v>2458</v>
+        <v>2418</v>
       </c>
       <c r="J47" t="s">
-        <v>2029</v>
+        <v>1951</v>
       </c>
       <c r="K47" t="s">
-        <v>2459</v>
+        <v>2419</v>
       </c>
       <c r="L47" t="s">
-        <v>2460</v>
+        <v>2420</v>
       </c>
       <c r="M47" t="s">
-        <v>2461</v>
+        <v>2421</v>
       </c>
       <c r="N47" t="s">
-        <v>2462</v>
+        <v>2422</v>
       </c>
       <c r="O47" t="s">
-        <v>2463</v>
+        <v>2423</v>
       </c>
       <c r="P47" t="s">
-        <v>2464</v>
+        <v>2424</v>
       </c>
       <c r="Q47" t="s">
-        <v>2465</v>
+        <v>2425</v>
       </c>
       <c r="R47" t="s">
-        <v>2466</v>
+        <v>2426</v>
       </c>
       <c r="S47" t="s">
-        <v>2467</v>
+        <v>2427</v>
       </c>
       <c r="T47" t="s">
-        <v>2468</v>
-[...5 lines deleted...]
-        <v>2470</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1747</v>
       </c>
       <c r="B48" t="s">
-        <v>2471</v>
+        <v>2429</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2472</v>
+        <v>2430</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2473</v>
+        <v>2431</v>
       </c>
       <c r="H48" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="I48" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="J48" t="s">
-        <v>1999</v>
+        <v>1905</v>
       </c>
       <c r="K48" t="s">
-        <v>2476</v>
+        <v>2434</v>
       </c>
       <c r="L48" t="s">
-        <v>2477</v>
+        <v>2435</v>
       </c>
       <c r="M48" t="s">
-        <v>2478</v>
+        <v>2436</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2437</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2438</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2439</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>2440</v>
+      </c>
+      <c r="R48" t="s">
+        <v>2441</v>
+      </c>
+      <c r="S48" t="s">
+        <v>2442</v>
+      </c>
+      <c r="T48" t="s">
+        <v>2443</v>
+      </c>
+      <c r="U48" t="s">
+        <v>2444</v>
+      </c>
+      <c r="V48" t="s">
+        <v>2445</v>
+      </c>
+      <c r="W48" t="s">
+        <v>2446</v>
+      </c>
+      <c r="X48" t="s">
+        <v>2447</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>2448</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>2449</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>2450</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>2451</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>2452</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>2453</v>
+      </c>
+      <c r="AE48" t="s">
+        <v>2454</v>
+      </c>
+      <c r="AF48" t="s">
+        <v>2455</v>
+      </c>
+      <c r="AG48" t="s">
+        <v>2456</v>
+      </c>
+      <c r="AH48" t="s">
+        <v>2457</v>
+      </c>
+      <c r="AI48" t="s">
+        <v>2458</v>
+      </c>
+      <c r="AJ48" t="s">
+        <v>2459</v>
+      </c>
+      <c r="AK48" t="s">
+        <v>2460</v>
+      </c>
+      <c r="AL48" t="s">
+        <v>2461</v>
+      </c>
+      <c r="AM48" t="s">
+        <v>2462</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>2463</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>2464</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>2465</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>2466</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1747</v>
       </c>
       <c r="B49" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2472</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2473</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2474</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2475</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2476</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2477</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2478</v>
+      </c>
+      <c r="Q49" t="s">
         <v>2479</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="R49" t="s">
         <v>2480</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="S49" t="s">
         <v>2481</v>
       </c>
-      <c r="H49" t="s">
+      <c r="T49" t="s">
         <v>2482</v>
       </c>
-      <c r="I49" t="s">
+      <c r="U49" t="s">
         <v>2483</v>
       </c>
-      <c r="J49" t="s">
+      <c r="V49" t="s">
         <v>2484</v>
       </c>
-      <c r="K49" t="s">
+      <c r="W49" t="s">
         <v>2485</v>
       </c>
-      <c r="L49" t="s">
+      <c r="X49" t="s">
         <v>2486</v>
       </c>
-      <c r="M49" t="s">
+      <c r="Y49" t="s">
         <v>2487</v>
       </c>
-      <c r="N49" t="s">
+      <c r="Z49" t="s">
         <v>2488</v>
       </c>
-      <c r="O49" t="s">
+      <c r="AA49" t="s">
         <v>2489</v>
       </c>
-      <c r="P49" t="s">
+      <c r="AB49" t="s">
         <v>2490</v>
       </c>
-      <c r="Q49" t="s">
+      <c r="AC49" t="s">
         <v>2491</v>
       </c>
-      <c r="R49" t="s">
+      <c r="AD49" t="s">
         <v>2492</v>
-      </c>
-[...1 lines deleted...]
-        <v>2493</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1747</v>
       </c>
       <c r="B50" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
         <v>2494</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
         <v>2495</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>2496</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>2497</v>
       </c>
-      <c r="I50" t="s">
+      <c r="J50" t="s">
+        <v>1890</v>
+      </c>
+      <c r="K50" t="s">
         <v>2498</v>
       </c>
-      <c r="J50" t="s">
-[...2 lines deleted...]
-      <c r="K50" t="s">
+      <c r="L50" t="s">
         <v>2499</v>
       </c>
-      <c r="L50" t="s">
+      <c r="M50" t="s">
         <v>2500</v>
       </c>
-      <c r="M50" t="s">
+      <c r="N50" t="s">
         <v>2501</v>
       </c>
-      <c r="N50" t="s">
+      <c r="O50" t="s">
         <v>2502</v>
       </c>
-      <c r="O50" t="s">
+      <c r="P50" t="s">
         <v>2503</v>
       </c>
-      <c r="P50" t="s">
+      <c r="Q50" t="s">
         <v>2504</v>
       </c>
-      <c r="Q50" t="s">
+      <c r="R50" t="s">
         <v>2505</v>
       </c>
-      <c r="R50" t="s">
+      <c r="S50" t="s">
         <v>2506</v>
+      </c>
+      <c r="T50" t="s">
+        <v>2507</v>
+      </c>
+      <c r="U50" t="s">
+        <v>2508</v>
+      </c>
+      <c r="V50" t="s">
+        <v>2509</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>1747</v>
       </c>
       <c r="B51" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="H51" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="I51" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
       <c r="J51" t="s">
-        <v>2512</v>
+        <v>2104</v>
       </c>
       <c r="K51" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="L51" t="s">
-        <v>2514</v>
+        <v>2516</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2517</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>1747</v>
       </c>
       <c r="B52" t="s">
-        <v>2515</v>
+        <v>2518</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
       <c r="H52" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="I52" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="J52" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
       <c r="K52" t="s">
-        <v>2521</v>
+        <v>2524</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2525</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2526</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2527</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2528</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2529</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>2530</v>
+      </c>
+      <c r="R52" t="s">
+        <v>2531</v>
+      </c>
+      <c r="S52" t="s">
+        <v>2532</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>1747</v>
       </c>
       <c r="B53" t="s">
-        <v>2522</v>
+        <v>2533</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2523</v>
+        <v>2534</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2524</v>
+        <v>2535</v>
       </c>
       <c r="H53" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
       <c r="I53" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="J53" t="s">
-        <v>2520</v>
+        <v>2538</v>
       </c>
       <c r="K53" t="s">
-        <v>2527</v>
+        <v>2539</v>
       </c>
       <c r="L53" t="s">
-        <v>2528</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>1747</v>
       </c>
       <c r="B54" t="s">
-        <v>2529</v>
+        <v>2541</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2530</v>
+        <v>2542</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
       <c r="H54" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="I54" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
       <c r="J54" t="s">
-        <v>1849</v>
+        <v>2546</v>
       </c>
       <c r="K54" t="s">
-        <v>2534</v>
-[...2 lines deleted...]
-        <v>1855</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>1747</v>
       </c>
       <c r="B55" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2536</v>
+        <v>2549</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2537</v>
+        <v>2550</v>
       </c>
       <c r="H55" t="s">
-        <v>2538</v>
+        <v>2551</v>
       </c>
       <c r="I55" t="s">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="J55" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="K55" t="s">
-        <v>2541</v>
+        <v>2553</v>
       </c>
       <c r="L55" t="s">
-        <v>2542</v>
-[...2 lines deleted...]
-        <v>2543</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>1747</v>
       </c>
       <c r="B56" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="H56" t="s">
-        <v>2547</v>
+        <v>2558</v>
       </c>
       <c r="I56" t="s">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="J56" t="s">
-        <v>2549</v>
+        <v>1838</v>
       </c>
       <c r="K56" t="s">
-        <v>2550</v>
+        <v>2560</v>
       </c>
       <c r="L56" t="s">
-        <v>2551</v>
-[...23 lines deleted...]
-        <v>2559</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>1747</v>
       </c>
       <c r="B57" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="H57" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="I57" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="J57" t="s">
-        <v>2345</v>
+        <v>2566</v>
       </c>
       <c r="K57" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="L57" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="M57" t="s">
-        <v>2567</v>
-[...4 lines deleted...]
-      <c r="O57" t="s">
         <v>2569</v>
-      </c>
-[...7 lines deleted...]
-        <v>2572</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>1747</v>
       </c>
       <c r="B58" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H58" t="s">
         <v>2573</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="I58" t="s">
         <v>2574</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="J58" t="s">
         <v>2575</v>
       </c>
-      <c r="H58" t="s">
+      <c r="K58" t="s">
         <v>2576</v>
       </c>
-      <c r="I58" t="s">
+      <c r="L58" t="s">
         <v>2577</v>
       </c>
-      <c r="J58" t="s">
+      <c r="M58" t="s">
         <v>2578</v>
       </c>
-      <c r="K58" t="s">
+      <c r="N58" t="s">
         <v>2579</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2580</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2581</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>2582</v>
+      </c>
+      <c r="R58" t="s">
+        <v>2583</v>
+      </c>
+      <c r="S58" t="s">
+        <v>2584</v>
+      </c>
+      <c r="T58" t="s">
+        <v>2585</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>1747</v>
       </c>
       <c r="B59" t="s">
-        <v>2580</v>
+        <v>2586</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2581</v>
+        <v>2587</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2582</v>
+        <v>2588</v>
       </c>
       <c r="H59" t="s">
-        <v>2583</v>
+        <v>2589</v>
       </c>
       <c r="I59" t="s">
-        <v>2584</v>
+        <v>2590</v>
       </c>
       <c r="J59" t="s">
-        <v>2585</v>
+        <v>2384</v>
       </c>
       <c r="K59" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="L59" t="s">
-        <v>2587</v>
+        <v>2592</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2593</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2594</v>
+      </c>
+      <c r="O59" t="s">
+        <v>2595</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2596</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>2597</v>
+      </c>
+      <c r="R59" t="s">
+        <v>2598</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>1747</v>
       </c>
       <c r="B60" t="s">
-        <v>2588</v>
+        <v>2599</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2589</v>
+        <v>2600</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2590</v>
+        <v>2601</v>
       </c>
       <c r="H60" t="s">
-        <v>2591</v>
+        <v>2602</v>
       </c>
       <c r="I60" t="s">
-        <v>2592</v>
+        <v>2603</v>
       </c>
       <c r="J60" t="s">
-        <v>2012</v>
+        <v>2604</v>
       </c>
       <c r="K60" t="s">
-        <v>2593</v>
-[...11 lines deleted...]
-        <v>2597</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>1747</v>
       </c>
       <c r="B61" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="H61" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="I61" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="J61" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
       <c r="K61" t="s">
-        <v>2604</v>
+        <v>2612</v>
       </c>
       <c r="L61" t="s">
-        <v>2605</v>
-[...2 lines deleted...]
-        <v>2606</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>1747</v>
       </c>
       <c r="B62" t="s">
-        <v>2607</v>
+        <v>2614</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2609</v>
+        <v>2616</v>
       </c>
       <c r="H62" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
       <c r="I62" t="s">
-        <v>2611</v>
+        <v>2618</v>
       </c>
       <c r="J62" t="s">
-        <v>2612</v>
+        <v>2117</v>
       </c>
       <c r="K62" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
       <c r="L62" t="s">
-        <v>2614</v>
+        <v>2620</v>
       </c>
       <c r="M62" t="s">
-        <v>2615</v>
+        <v>2621</v>
       </c>
       <c r="N62" t="s">
-        <v>2616</v>
+        <v>2622</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2623</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>1747</v>
       </c>
       <c r="B63" t="s">
-        <v>2617</v>
+        <v>2624</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2618</v>
+        <v>2625</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="H63" t="s">
-        <v>2620</v>
+        <v>2627</v>
       </c>
       <c r="I63" t="s">
-        <v>2621</v>
+        <v>2628</v>
       </c>
       <c r="J63" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
       <c r="K63" t="s">
-        <v>2623</v>
+        <v>2630</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2631</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2632</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2633</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>1747</v>
       </c>
       <c r="B64" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2626</v>
+        <v>2636</v>
       </c>
       <c r="H64" t="s">
-        <v>2627</v>
+        <v>2637</v>
       </c>
       <c r="I64" t="s">
-        <v>2628</v>
+        <v>2638</v>
       </c>
       <c r="J64" t="s">
-        <v>1773</v>
+        <v>2639</v>
       </c>
       <c r="K64" t="s">
-        <v>2629</v>
-[...5 lines deleted...]
-        <v>2631</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>1747</v>
       </c>
       <c r="B65" t="s">
-        <v>2632</v>
+        <v>2641</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2633</v>
+        <v>2642</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2634</v>
+        <v>2643</v>
       </c>
       <c r="H65" t="s">
-        <v>2635</v>
+        <v>2644</v>
       </c>
       <c r="I65" t="s">
-        <v>2636</v>
+        <v>2645</v>
       </c>
       <c r="J65" t="s">
-        <v>2433</v>
+        <v>1951</v>
       </c>
       <c r="K65" t="s">
-        <v>2637</v>
+        <v>2646</v>
       </c>
       <c r="L65" t="s">
-        <v>2638</v>
+        <v>2647</v>
       </c>
       <c r="M65" t="s">
-        <v>2639</v>
-[...28 lines deleted...]
-      <c r="W65" t="s">
         <v>2648</v>
-      </c>
-[...1 lines deleted...]
-        <v>2649</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>1747</v>
       </c>
       <c r="B66" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
         <v>2650</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
         <v>2651</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>2652</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>2653</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
+        <v>2472</v>
+      </c>
+      <c r="K66" t="s">
         <v>2654</v>
       </c>
-      <c r="J66" t="s">
+      <c r="L66" t="s">
         <v>2655</v>
       </c>
-      <c r="K66" t="s">
+      <c r="M66" t="s">
         <v>2656</v>
       </c>
-      <c r="L66" t="s">
+      <c r="N66" t="s">
         <v>2657</v>
       </c>
-      <c r="M66" t="s">
+      <c r="O66" t="s">
         <v>2658</v>
       </c>
-      <c r="N66" t="s">
+      <c r="P66" t="s">
         <v>2659</v>
       </c>
-      <c r="O66" t="s">
+      <c r="Q66" t="s">
         <v>2660</v>
+      </c>
+      <c r="R66" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S66" t="s">
+        <v>2661</v>
+      </c>
+      <c r="T66" t="s">
+        <v>2662</v>
+      </c>
+      <c r="U66" t="s">
+        <v>2663</v>
+      </c>
+      <c r="V66" t="s">
+        <v>2664</v>
+      </c>
+      <c r="W66" t="s">
+        <v>2665</v>
+      </c>
+      <c r="X66" t="s">
+        <v>2666</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>1747</v>
       </c>
       <c r="B67" t="s">
-        <v>2661</v>
+        <v>2667</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2662</v>
+        <v>2668</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2663</v>
+        <v>2669</v>
       </c>
       <c r="H67" t="s">
-        <v>2664</v>
+        <v>2670</v>
       </c>
       <c r="I67" t="s">
-        <v>2665</v>
+        <v>2671</v>
       </c>
       <c r="J67" t="s">
-        <v>2666</v>
+        <v>2672</v>
       </c>
       <c r="K67" t="s">
-        <v>2667</v>
+        <v>2673</v>
       </c>
       <c r="L67" t="s">
-        <v>2668</v>
+        <v>2674</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2675</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2676</v>
+      </c>
+      <c r="O67" t="s">
+        <v>2677</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>1747</v>
       </c>
       <c r="B68" t="s">
-        <v>2669</v>
+        <v>2678</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2670</v>
+        <v>2679</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2671</v>
+        <v>2680</v>
       </c>
       <c r="H68" t="s">
-        <v>2672</v>
+        <v>2681</v>
       </c>
       <c r="I68" t="s">
-        <v>2673</v>
+        <v>2682</v>
       </c>
       <c r="J68" t="s">
-        <v>2674</v>
+        <v>2683</v>
       </c>
       <c r="K68" t="s">
-        <v>2675</v>
+        <v>2684</v>
       </c>
       <c r="L68" t="s">
-        <v>2676</v>
-[...25 lines deleted...]
-      <c r="U68" t="s">
         <v>2685</v>
-      </c>
-[...13 lines deleted...]
-        <v>2690</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>1747</v>
       </c>
       <c r="B69" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2689</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2690</v>
+      </c>
+      <c r="J69" t="s">
         <v>2691</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="K69" t="s">
         <v>2692</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="L69" t="s">
         <v>2693</v>
       </c>
-      <c r="H69" t="s">
+      <c r="M69" t="s">
         <v>2694</v>
       </c>
-      <c r="I69" t="s">
+      <c r="N69" t="s">
         <v>2695</v>
       </c>
-      <c r="J69" t="s">
-[...2 lines deleted...]
-      <c r="K69" t="s">
+      <c r="O69" t="s">
         <v>2696</v>
       </c>
-      <c r="L69" t="s">
+      <c r="P69" t="s">
         <v>2697</v>
       </c>
-      <c r="M69" t="s">
+      <c r="Q69" t="s">
         <v>2698</v>
       </c>
-      <c r="N69" t="s">
+      <c r="R69" t="s">
         <v>2699</v>
+      </c>
+      <c r="S69" t="s">
+        <v>2700</v>
+      </c>
+      <c r="T69" t="s">
+        <v>2701</v>
+      </c>
+      <c r="U69" t="s">
+        <v>2702</v>
+      </c>
+      <c r="V69" t="s">
+        <v>2703</v>
+      </c>
+      <c r="W69" t="s">
+        <v>2704</v>
+      </c>
+      <c r="X69" t="s">
+        <v>2705</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>2706</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>2707</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>1747</v>
       </c>
       <c r="B70" t="s">
-        <v>2700</v>
+        <v>2708</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2701</v>
+        <v>2709</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2702</v>
+        <v>2710</v>
       </c>
       <c r="H70" t="s">
-        <v>2703</v>
+        <v>2711</v>
       </c>
       <c r="I70" t="s">
-        <v>2704</v>
+        <v>2712</v>
       </c>
       <c r="J70" t="s">
-        <v>2705</v>
+        <v>2691</v>
       </c>
       <c r="K70" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="L70" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="M70" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
       <c r="N70" t="s">
-        <v>2709</v>
-[...8 lines deleted...]
-        <v>2712</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>1747</v>
       </c>
       <c r="B71" t="s">
-        <v>2713</v>
+        <v>2717</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2714</v>
+        <v>2718</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2715</v>
+        <v>2719</v>
       </c>
       <c r="H71" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
       <c r="I71" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
       <c r="J71" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="K71" t="s">
-        <v>2719</v>
+        <v>2723</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2724</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2725</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2726</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2727</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2728</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>2729</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>1747</v>
       </c>
       <c r="B72" t="s">
-        <v>2720</v>
+        <v>2730</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2721</v>
+        <v>2731</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2722</v>
+        <v>2732</v>
       </c>
       <c r="H72" t="s">
-        <v>2723</v>
+        <v>2733</v>
       </c>
       <c r="I72" t="s">
-        <v>2584</v>
+        <v>2734</v>
       </c>
       <c r="J72" t="s">
-        <v>2520</v>
+        <v>2735</v>
       </c>
       <c r="K72" t="s">
-        <v>2724</v>
-[...11 lines deleted...]
-        <v>2728</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>1747</v>
       </c>
       <c r="B73" t="s">
-        <v>2729</v>
+        <v>2737</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2730</v>
+        <v>2738</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2731</v>
+        <v>2739</v>
       </c>
       <c r="H73" t="s">
-        <v>2732</v>
+        <v>2740</v>
       </c>
       <c r="I73" t="s">
-        <v>2733</v>
+        <v>2610</v>
       </c>
       <c r="J73" t="s">
-        <v>2734</v>
+        <v>2546</v>
       </c>
       <c r="K73" t="s">
-        <v>2735</v>
+        <v>2741</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2742</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2743</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2744</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2745</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>1747</v>
       </c>
       <c r="B74" t="s">
-        <v>2736</v>
+        <v>2746</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2737</v>
+        <v>2747</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2738</v>
+        <v>2748</v>
       </c>
       <c r="H74" t="s">
-        <v>2739</v>
+        <v>2749</v>
       </c>
       <c r="I74" t="s">
-        <v>2740</v>
+        <v>2750</v>
       </c>
       <c r="J74" t="s">
-        <v>2263</v>
+        <v>2751</v>
       </c>
       <c r="K74" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>1747</v>
       </c>
       <c r="B75" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="H75" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="I75" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="J75" t="s">
-        <v>2747</v>
+        <v>2328</v>
       </c>
       <c r="K75" t="s">
-        <v>2748</v>
-[...28 lines deleted...]
-      <c r="U75" t="s">
         <v>2758</v>
-      </c>
-[...10 lines deleted...]
-        <v>2762</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>1747</v>
       </c>
       <c r="B76" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2761</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2762</v>
+      </c>
+      <c r="I76" t="s">
         <v>2763</v>
       </c>
-      <c r="C76" t="s">
-[...5 lines deleted...]
-      <c r="E76" t="s">
+      <c r="J76" t="s">
         <v>2764</v>
       </c>
-      <c r="F76" t="s">
-[...2 lines deleted...]
-      <c r="G76" t="s">
+      <c r="K76" t="s">
         <v>2765</v>
       </c>
-      <c r="H76" t="s">
+      <c r="L76" t="s">
         <v>2766</v>
       </c>
-      <c r="I76" t="s">
+      <c r="M76" t="s">
         <v>2767</v>
       </c>
-      <c r="J76" t="s">
+      <c r="N76" t="s">
         <v>2768</v>
       </c>
-      <c r="K76" t="s">
+      <c r="O76" t="s">
         <v>2769</v>
       </c>
-      <c r="L76" t="s">
+      <c r="P76" t="s">
         <v>2770</v>
       </c>
-      <c r="M76" t="s">
+      <c r="Q76" t="s">
         <v>2771</v>
       </c>
-      <c r="N76" t="s">
+      <c r="R76" t="s">
         <v>2772</v>
       </c>
-      <c r="O76" t="s">
+      <c r="S76" t="s">
         <v>2773</v>
       </c>
-      <c r="P76" t="s">
+      <c r="T76" t="s">
         <v>2774</v>
       </c>
-      <c r="Q76" t="s">
+      <c r="U76" t="s">
         <v>2775</v>
       </c>
-      <c r="R76" t="s">
+      <c r="V76" t="s">
         <v>2776</v>
       </c>
-      <c r="S76" t="s">
+      <c r="W76" t="s">
         <v>2777</v>
       </c>
-      <c r="T76" t="s">
+      <c r="X76" t="s">
         <v>2778</v>
       </c>
-      <c r="U76" t="s">
+      <c r="Y76" t="s">
         <v>2779</v>
-      </c>
-[...28 lines deleted...]
-        <v>2789</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>1747</v>
       </c>
       <c r="B77" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2783</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2784</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2785</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2786</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2787</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2788</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2789</v>
+      </c>
+      <c r="O77" t="s">
         <v>2790</v>
       </c>
-      <c r="C77" t="s">
-[...5 lines deleted...]
-      <c r="E77" t="s">
+      <c r="P77" t="s">
         <v>2791</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="Q77" t="s">
         <v>2792</v>
       </c>
-      <c r="H77" t="s">
+      <c r="R77" t="s">
         <v>2793</v>
       </c>
-      <c r="I77" t="s">
+      <c r="S77" t="s">
         <v>2794</v>
       </c>
-      <c r="J77" t="s">
+      <c r="T77" t="s">
         <v>2795</v>
       </c>
-      <c r="K77" t="s">
+      <c r="U77" t="s">
         <v>2796</v>
       </c>
-      <c r="L77" t="s">
+      <c r="V77" t="s">
         <v>2797</v>
+      </c>
+      <c r="W77" t="s">
+        <v>2798</v>
+      </c>
+      <c r="X77" t="s">
+        <v>2799</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>2800</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>2801</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>2802</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>2803</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>2804</v>
+      </c>
+      <c r="AD77" t="s">
+        <v>2805</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>2806</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>1747</v>
       </c>
       <c r="B78" t="s">
-        <v>2798</v>
+        <v>2807</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2799</v>
+        <v>2808</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2800</v>
+        <v>2809</v>
       </c>
       <c r="H78" t="s">
-        <v>2801</v>
+        <v>2810</v>
       </c>
       <c r="I78" t="s">
-        <v>2802</v>
+        <v>2811</v>
       </c>
       <c r="J78" t="s">
-        <v>2803</v>
+        <v>2812</v>
       </c>
       <c r="K78" t="s">
-        <v>2804</v>
+        <v>2813</v>
       </c>
       <c r="L78" t="s">
-        <v>2805</v>
-[...8 lines deleted...]
-        <v>2808</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>1747</v>
       </c>
       <c r="B79" t="s">
-        <v>2809</v>
+        <v>2815</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2810</v>
+        <v>2816</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2811</v>
+        <v>2817</v>
       </c>
       <c r="H79" t="s">
-        <v>2812</v>
+        <v>2818</v>
       </c>
       <c r="I79" t="s">
-        <v>2813</v>
+        <v>2819</v>
       </c>
       <c r="J79" t="s">
-        <v>2814</v>
+        <v>2820</v>
       </c>
       <c r="K79" t="s">
-        <v>2815</v>
+        <v>2821</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2822</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2823</v>
+      </c>
+      <c r="N79" t="s">
+        <v>2824</v>
+      </c>
+      <c r="O79" t="s">
+        <v>2825</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>1747</v>
       </c>
       <c r="B80" t="s">
-        <v>2816</v>
+        <v>2826</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2817</v>
+        <v>2827</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2818</v>
+        <v>2828</v>
       </c>
       <c r="H80" t="s">
-        <v>2819</v>
+        <v>2829</v>
       </c>
       <c r="I80" t="s">
-        <v>2820</v>
+        <v>2830</v>
       </c>
       <c r="J80" t="s">
-        <v>1773</v>
+        <v>2831</v>
       </c>
       <c r="K80" t="s">
-        <v>2821</v>
-[...5 lines deleted...]
-        <v>2823</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>1747</v>
       </c>
       <c r="B81" t="s">
-        <v>2824</v>
+        <v>2833</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2825</v>
+        <v>2834</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2826</v>
+        <v>2835</v>
       </c>
       <c r="H81" t="s">
-        <v>2827</v>
+        <v>2836</v>
       </c>
       <c r="I81" t="s">
-        <v>2828</v>
+        <v>2837</v>
       </c>
       <c r="J81" t="s">
-        <v>2829</v>
+        <v>1951</v>
       </c>
       <c r="K81" t="s">
-        <v>2830</v>
+        <v>2838</v>
       </c>
       <c r="L81" t="s">
-        <v>2831</v>
+        <v>2839</v>
       </c>
       <c r="M81" t="s">
-        <v>2832</v>
-[...2 lines deleted...]
-        <v>2833</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>1747</v>
       </c>
       <c r="B82" t="s">
-        <v>2834</v>
+        <v>2841</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2835</v>
+        <v>2842</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2836</v>
+        <v>2843</v>
       </c>
       <c r="H82" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
       <c r="I82" t="s">
-        <v>2483</v>
+        <v>2845</v>
       </c>
       <c r="J82" t="s">
-        <v>1773</v>
+        <v>2846</v>
       </c>
       <c r="K82" t="s">
-        <v>2838</v>
+        <v>2847</v>
       </c>
       <c r="L82" t="s">
-        <v>2839</v>
+        <v>2848</v>
       </c>
       <c r="M82" t="s">
-        <v>2840</v>
+        <v>2849</v>
       </c>
       <c r="N82" t="s">
-        <v>2841</v>
-[...25 lines deleted...]
-      <c r="W82" t="s">
         <v>2850</v>
-      </c>
-[...1 lines deleted...]
-        <v>2851</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>1747</v>
       </c>
       <c r="B83" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
         <v>2852</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
         <v>2853</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>2854</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
+        <v>2522</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K83" t="s">
         <v>2855</v>
       </c>
-      <c r="I83" t="s">
+      <c r="L83" t="s">
         <v>2856</v>
       </c>
-      <c r="J83" t="s">
+      <c r="M83" t="s">
         <v>2857</v>
       </c>
-      <c r="K83" t="s">
+      <c r="N83" t="s">
         <v>2858</v>
       </c>
-      <c r="L83" t="s">
+      <c r="O83" t="s">
         <v>2859</v>
       </c>
-      <c r="M83" t="s">
+      <c r="P83" t="s">
         <v>2860</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>2861</v>
+      </c>
+      <c r="R83" t="s">
+        <v>2862</v>
+      </c>
+      <c r="S83" t="s">
+        <v>2863</v>
+      </c>
+      <c r="T83" t="s">
+        <v>2864</v>
+      </c>
+      <c r="U83" t="s">
+        <v>2865</v>
+      </c>
+      <c r="V83" t="s">
+        <v>2866</v>
+      </c>
+      <c r="W83" t="s">
+        <v>2867</v>
+      </c>
+      <c r="X83" t="s">
+        <v>2868</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>1747</v>
       </c>
       <c r="B84" t="s">
-        <v>2861</v>
+        <v>2869</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2862</v>
+        <v>2870</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2863</v>
+        <v>2871</v>
       </c>
       <c r="H84" t="s">
-        <v>2864</v>
+        <v>2872</v>
       </c>
       <c r="I84" t="s">
-        <v>2865</v>
+        <v>2873</v>
       </c>
       <c r="J84" t="s">
-        <v>2866</v>
+        <v>2874</v>
       </c>
       <c r="K84" t="s">
-        <v>2867</v>
+        <v>2875</v>
       </c>
       <c r="L84" t="s">
-        <v>2868</v>
+        <v>2876</v>
       </c>
       <c r="M84" t="s">
-        <v>2869</v>
-[...5 lines deleted...]
-        <v>2871</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>1747</v>
       </c>
       <c r="B85" t="s">
-        <v>2872</v>
+        <v>2878</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2873</v>
+        <v>2879</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2874</v>
+        <v>2880</v>
       </c>
       <c r="H85" t="s">
-        <v>2875</v>
+        <v>2881</v>
       </c>
       <c r="I85" t="s">
-        <v>2876</v>
+        <v>2882</v>
       </c>
       <c r="J85" t="s">
-        <v>2877</v>
+        <v>2883</v>
       </c>
       <c r="K85" t="s">
-        <v>2878</v>
+        <v>2884</v>
       </c>
       <c r="L85" t="s">
-        <v>2879</v>
+        <v>2885</v>
       </c>
       <c r="M85" t="s">
-        <v>2880</v>
+        <v>2886</v>
       </c>
       <c r="N85" t="s">
-        <v>2881</v>
+        <v>2887</v>
       </c>
       <c r="O85" t="s">
-        <v>2882</v>
-[...2 lines deleted...]
-        <v>2883</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>1747</v>
       </c>
       <c r="B86" t="s">
-        <v>2884</v>
+        <v>2889</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2885</v>
+        <v>2890</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2886</v>
+        <v>2891</v>
       </c>
       <c r="H86" t="s">
-        <v>2887</v>
+        <v>2892</v>
       </c>
       <c r="I86" t="s">
-        <v>2888</v>
+        <v>2893</v>
       </c>
       <c r="J86" t="s">
-        <v>2889</v>
+        <v>2894</v>
       </c>
       <c r="K86" t="s">
-        <v>2890</v>
+        <v>2895</v>
+      </c>
+      <c r="L86" t="s">
+        <v>2896</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2897</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2898</v>
+      </c>
+      <c r="O86" t="s">
+        <v>2899</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2900</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>1747</v>
       </c>
       <c r="B87" t="s">
-        <v>2891</v>
+        <v>2901</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2892</v>
+        <v>2902</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2893</v>
+        <v>2903</v>
       </c>
       <c r="H87" t="s">
-        <v>2894</v>
+        <v>2904</v>
       </c>
       <c r="I87" t="s">
-        <v>2746</v>
+        <v>2905</v>
       </c>
       <c r="J87" t="s">
-        <v>2795</v>
+        <v>2906</v>
       </c>
       <c r="K87" t="s">
-        <v>2895</v>
-[...11 lines deleted...]
-        <v>2899</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>1747</v>
       </c>
       <c r="B88" t="s">
-        <v>2900</v>
+        <v>2908</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>1268</v>
+        <v>2909</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2901</v>
+        <v>2910</v>
       </c>
       <c r="H88" t="s">
-        <v>2902</v>
+        <v>2911</v>
       </c>
       <c r="I88" t="s">
-        <v>2903</v>
+        <v>2763</v>
       </c>
       <c r="J88" t="s">
-        <v>2904</v>
+        <v>2812</v>
       </c>
       <c r="K88" t="s">
-        <v>2905</v>
+        <v>2912</v>
       </c>
       <c r="L88" t="s">
-        <v>2906</v>
+        <v>2913</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2914</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2915</v>
+      </c>
+      <c r="O88" t="s">
+        <v>2916</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>1747</v>
       </c>
       <c r="B89" t="s">
-        <v>2907</v>
+        <v>2917</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>1268</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2908</v>
+        <v>2918</v>
       </c>
       <c r="H89" t="s">
-        <v>2909</v>
+        <v>2919</v>
       </c>
       <c r="I89" t="s">
-        <v>2903</v>
+        <v>2920</v>
       </c>
       <c r="J89" t="s">
-        <v>2910</v>
+        <v>2921</v>
       </c>
       <c r="K89" t="s">
-        <v>2911</v>
+        <v>2922</v>
       </c>
       <c r="L89" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>1747</v>
       </c>
       <c r="B90" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2914</v>
+        <v>1268</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2915</v>
+        <v>2925</v>
       </c>
       <c r="H90" t="s">
-        <v>2916</v>
+        <v>2926</v>
       </c>
       <c r="I90" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
       <c r="J90" t="s">
-        <v>2918</v>
+        <v>2927</v>
       </c>
       <c r="K90" t="s">
-        <v>2919</v>
+        <v>2928</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2929</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>1747</v>
       </c>
       <c r="B91" t="s">
-        <v>2920</v>
+        <v>2930</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2921</v>
+        <v>2931</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2922</v>
+        <v>2932</v>
       </c>
       <c r="H91" t="s">
-        <v>2923</v>
+        <v>2933</v>
       </c>
       <c r="I91" t="s">
-        <v>2924</v>
+        <v>2934</v>
       </c>
       <c r="J91" t="s">
-        <v>2925</v>
+        <v>2935</v>
       </c>
       <c r="K91" t="s">
-        <v>2926</v>
-[...20 lines deleted...]
-        <v>2933</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>1747</v>
       </c>
       <c r="B92" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="H92" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
       <c r="I92" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="J92" t="s">
-        <v>2081</v>
+        <v>2942</v>
       </c>
       <c r="K92" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="L92" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="M92" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="N92" t="s">
-        <v>2942</v>
+        <v>2946</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2947</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2948</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>2949</v>
+      </c>
+      <c r="R92" t="s">
+        <v>2950</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>1747</v>
       </c>
       <c r="B93" t="s">
-        <v>2943</v>
+        <v>2951</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2944</v>
+        <v>2952</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2945</v>
+        <v>2953</v>
       </c>
       <c r="H93" t="s">
-        <v>2946</v>
+        <v>2954</v>
       </c>
       <c r="I93" t="s">
-        <v>2947</v>
+        <v>2955</v>
       </c>
       <c r="J93" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="K93" t="s">
-        <v>2948</v>
+        <v>2956</v>
       </c>
       <c r="L93" t="s">
-        <v>2949</v>
+        <v>2957</v>
       </c>
       <c r="M93" t="s">
-        <v>2950</v>
+        <v>2958</v>
       </c>
       <c r="N93" t="s">
-        <v>2951</v>
-[...5 lines deleted...]
-        <v>2953</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>1747</v>
       </c>
       <c r="B94" t="s">
-        <v>2954</v>
+        <v>2960</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2955</v>
+        <v>2961</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2956</v>
+        <v>2962</v>
       </c>
       <c r="H94" t="s">
-        <v>2957</v>
+        <v>2963</v>
       </c>
       <c r="I94" t="s">
-        <v>2958</v>
+        <v>2964</v>
       </c>
       <c r="J94" t="s">
-        <v>2959</v>
+        <v>2173</v>
       </c>
       <c r="K94" t="s">
-        <v>2960</v>
+        <v>2965</v>
       </c>
       <c r="L94" t="s">
-        <v>2961</v>
+        <v>2966</v>
       </c>
       <c r="M94" t="s">
-        <v>2962</v>
+        <v>2967</v>
       </c>
       <c r="N94" t="s">
-        <v>2963</v>
+        <v>2968</v>
+      </c>
+      <c r="O94" t="s">
+        <v>2969</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2970</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>1747</v>
       </c>
       <c r="B95" t="s">
-        <v>2964</v>
+        <v>2971</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2965</v>
+        <v>2972</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2966</v>
+        <v>2973</v>
       </c>
       <c r="H95" t="s">
-        <v>2967</v>
+        <v>2974</v>
       </c>
       <c r="I95" t="s">
-        <v>2968</v>
+        <v>2975</v>
       </c>
       <c r="J95" t="s">
-        <v>2969</v>
+        <v>2976</v>
       </c>
       <c r="K95" t="s">
-        <v>2970</v>
+        <v>2977</v>
       </c>
       <c r="L95" t="s">
-        <v>2971</v>
+        <v>2978</v>
       </c>
       <c r="M95" t="s">
-        <v>2972</v>
+        <v>2979</v>
       </c>
       <c r="N95" t="s">
-        <v>2973</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>1747</v>
       </c>
       <c r="B96" t="s">
-        <v>2974</v>
+        <v>2981</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2975</v>
+        <v>2982</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2976</v>
+        <v>2983</v>
       </c>
       <c r="H96" t="s">
-        <v>2977</v>
+        <v>2984</v>
       </c>
       <c r="I96" t="s">
-        <v>2978</v>
+        <v>2985</v>
       </c>
       <c r="J96" t="s">
-        <v>1872</v>
+        <v>2986</v>
       </c>
       <c r="K96" t="s">
-        <v>2979</v>
+        <v>2987</v>
       </c>
       <c r="L96" t="s">
-        <v>2980</v>
+        <v>2988</v>
       </c>
       <c r="M96" t="s">
-        <v>2981</v>
+        <v>2989</v>
       </c>
       <c r="N96" t="s">
-        <v>2982</v>
-[...8 lines deleted...]
-        <v>2985</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>1747</v>
       </c>
       <c r="B97" t="s">
-        <v>2986</v>
+        <v>2991</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2987</v>
+        <v>2992</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2988</v>
+        <v>2993</v>
       </c>
       <c r="H97" t="s">
-        <v>2989</v>
+        <v>2994</v>
       </c>
       <c r="I97" t="s">
-        <v>2990</v>
+        <v>2995</v>
       </c>
       <c r="J97" t="s">
-        <v>2081</v>
+        <v>1905</v>
       </c>
       <c r="K97" t="s">
-        <v>2991</v>
+        <v>2996</v>
       </c>
       <c r="L97" t="s">
-        <v>2992</v>
+        <v>2997</v>
       </c>
       <c r="M97" t="s">
-        <v>2993</v>
+        <v>2998</v>
       </c>
       <c r="N97" t="s">
-        <v>2994</v>
+        <v>2999</v>
       </c>
       <c r="O97" t="s">
-        <v>2995</v>
+        <v>3000</v>
+      </c>
+      <c r="P97" t="s">
+        <v>3001</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>3002</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>1747</v>
       </c>
       <c r="B98" t="s">
-        <v>2996</v>
+        <v>3003</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2997</v>
+        <v>3004</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2998</v>
+        <v>3005</v>
       </c>
       <c r="H98" t="s">
-        <v>2999</v>
+        <v>3006</v>
       </c>
       <c r="I98" t="s">
-        <v>3000</v>
+        <v>3007</v>
       </c>
       <c r="J98" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="K98" t="s">
-        <v>3001</v>
+        <v>3008</v>
       </c>
       <c r="L98" t="s">
-        <v>3002</v>
+        <v>3009</v>
       </c>
       <c r="M98" t="s">
-        <v>3003</v>
+        <v>3010</v>
       </c>
       <c r="N98" t="s">
-        <v>3004</v>
+        <v>3011</v>
       </c>
       <c r="O98" t="s">
-        <v>3005</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>1747</v>
       </c>
       <c r="B99" t="s">
-        <v>3006</v>
+        <v>3013</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>3007</v>
+        <v>3014</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>3008</v>
+        <v>3015</v>
       </c>
       <c r="H99" t="s">
-        <v>3009</v>
+        <v>3016</v>
       </c>
       <c r="I99" t="s">
-        <v>3010</v>
+        <v>3017</v>
       </c>
       <c r="J99" t="s">
-        <v>3011</v>
+        <v>2173</v>
       </c>
       <c r="K99" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
       <c r="L99" t="s">
-        <v>3013</v>
+        <v>3019</v>
       </c>
       <c r="M99" t="s">
-        <v>3014</v>
+        <v>3020</v>
       </c>
       <c r="N99" t="s">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="O99" t="s">
-        <v>3016</v>
-[...2 lines deleted...]
-        <v>3017</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>1747</v>
       </c>
       <c r="B100" t="s">
-        <v>3018</v>
+        <v>3023</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>3019</v>
+        <v>3024</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
       <c r="H100" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="I100" t="s">
-        <v>2665</v>
+        <v>3027</v>
       </c>
       <c r="J100" t="s">
-        <v>2603</v>
+        <v>3028</v>
       </c>
       <c r="K100" t="s">
-        <v>3022</v>
+        <v>3029</v>
       </c>
       <c r="L100" t="s">
-        <v>3023</v>
+        <v>3030</v>
       </c>
       <c r="M100" t="s">
-        <v>3024</v>
+        <v>3031</v>
       </c>
       <c r="N100" t="s">
-        <v>3025</v>
+        <v>3032</v>
       </c>
       <c r="O100" t="s">
-        <v>3026</v>
+        <v>3033</v>
       </c>
       <c r="P100" t="s">
-        <v>3027</v>
-[...2 lines deleted...]
-        <v>3028</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>1747</v>
       </c>
       <c r="B101" t="s">
-        <v>3029</v>
+        <v>3035</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>3030</v>
+        <v>3036</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>3031</v>
+        <v>3037</v>
       </c>
       <c r="H101" t="s">
-        <v>3032</v>
+        <v>3038</v>
       </c>
       <c r="I101" t="s">
-        <v>3033</v>
+        <v>2682</v>
       </c>
       <c r="J101" t="s">
-        <v>2012</v>
+        <v>2629</v>
       </c>
       <c r="K101" t="s">
-        <v>3034</v>
+        <v>3039</v>
       </c>
       <c r="L101" t="s">
-        <v>3035</v>
+        <v>3040</v>
       </c>
       <c r="M101" t="s">
-        <v>2308</v>
+        <v>3041</v>
+      </c>
+      <c r="N101" t="s">
+        <v>3042</v>
+      </c>
+      <c r="O101" t="s">
+        <v>3043</v>
+      </c>
+      <c r="P101" t="s">
+        <v>3044</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>3045</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>1747</v>
       </c>
       <c r="B102" t="s">
-        <v>3036</v>
+        <v>3046</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>3037</v>
+        <v>3047</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>3038</v>
+        <v>3048</v>
       </c>
       <c r="H102" t="s">
-        <v>3039</v>
+        <v>3049</v>
       </c>
       <c r="I102" t="s">
-        <v>3040</v>
+        <v>3050</v>
       </c>
       <c r="J102" t="s">
-        <v>3041</v>
+        <v>2117</v>
       </c>
       <c r="K102" t="s">
-        <v>3042</v>
+        <v>3051</v>
       </c>
       <c r="L102" t="s">
-        <v>3043</v>
+        <v>3052</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2373</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>1747</v>
       </c>
       <c r="B103" t="s">
-        <v>3044</v>
+        <v>3053</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>3045</v>
+        <v>3054</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>3046</v>
+        <v>3055</v>
       </c>
       <c r="H103" t="s">
-        <v>3047</v>
+        <v>3056</v>
       </c>
       <c r="I103" t="s">
-        <v>3048</v>
+        <v>3057</v>
       </c>
       <c r="J103" t="s">
-        <v>3049</v>
+        <v>3058</v>
       </c>
       <c r="K103" t="s">
-        <v>3050</v>
+        <v>3059</v>
       </c>
       <c r="L103" t="s">
-        <v>3051</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>1747</v>
       </c>
       <c r="B104" t="s">
-        <v>3052</v>
+        <v>3061</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>3053</v>
+        <v>3062</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>3054</v>
+        <v>3063</v>
       </c>
       <c r="H104" t="s">
-        <v>3055</v>
+        <v>3064</v>
       </c>
       <c r="I104" t="s">
-        <v>3056</v>
+        <v>3065</v>
       </c>
       <c r="J104" t="s">
-        <v>2889</v>
+        <v>3066</v>
       </c>
       <c r="K104" t="s">
-        <v>3057</v>
+        <v>3067</v>
       </c>
       <c r="L104" t="s">
-        <v>3058</v>
-[...2 lines deleted...]
-        <v>3059</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>1747</v>
       </c>
       <c r="B105" t="s">
-        <v>3060</v>
+        <v>3069</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>3061</v>
+        <v>3070</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>3062</v>
+        <v>3071</v>
       </c>
       <c r="H105" t="s">
-        <v>3063</v>
+        <v>3072</v>
       </c>
       <c r="I105" t="s">
-        <v>2483</v>
+        <v>3073</v>
       </c>
       <c r="J105" t="s">
-        <v>3064</v>
+        <v>2906</v>
       </c>
       <c r="K105" t="s">
-        <v>3065</v>
+        <v>3074</v>
       </c>
       <c r="L105" t="s">
-        <v>3066</v>
+        <v>3075</v>
       </c>
       <c r="M105" t="s">
-        <v>3067</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>1747</v>
       </c>
       <c r="B106" t="s">
-        <v>3068</v>
+        <v>3077</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>3061</v>
+        <v>3078</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>3069</v>
+        <v>3079</v>
       </c>
       <c r="H106" t="s">
-        <v>3070</v>
+        <v>3080</v>
       </c>
       <c r="I106" t="s">
-        <v>2164</v>
+        <v>2522</v>
       </c>
       <c r="J106" t="s">
-        <v>2705</v>
+        <v>3081</v>
       </c>
       <c r="K106" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="L106" t="s">
-        <v>3072</v>
+        <v>3083</v>
+      </c>
+      <c r="M106" t="s">
+        <v>3084</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>1747</v>
       </c>
       <c r="B107" t="s">
-        <v>3073</v>
+        <v>3085</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>3075</v>
+        <v>3086</v>
       </c>
       <c r="H107" t="s">
-        <v>3076</v>
+        <v>3087</v>
       </c>
       <c r="I107" t="s">
-        <v>3077</v>
+        <v>2256</v>
       </c>
       <c r="J107" t="s">
-        <v>3078</v>
+        <v>2722</v>
       </c>
       <c r="K107" t="s">
-        <v>3079</v>
+        <v>3088</v>
+      </c>
+      <c r="L107" t="s">
+        <v>3089</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>1747</v>
       </c>
       <c r="B108" t="s">
-        <v>3080</v>
+        <v>3090</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>3081</v>
+        <v>3091</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>3082</v>
+        <v>3092</v>
       </c>
       <c r="H108" t="s">
-        <v>3083</v>
+        <v>3093</v>
       </c>
       <c r="I108" t="s">
-        <v>3084</v>
+        <v>3094</v>
       </c>
       <c r="J108" t="s">
-        <v>3085</v>
+        <v>3095</v>
       </c>
       <c r="K108" t="s">
-        <v>3086</v>
-[...8 lines deleted...]
-        <v>3089</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>1747</v>
       </c>
       <c r="B109" t="s">
-        <v>3090</v>
+        <v>3097</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>3091</v>
+        <v>3098</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>3092</v>
+        <v>3099</v>
       </c>
       <c r="H109" t="s">
-        <v>3093</v>
+        <v>3100</v>
       </c>
       <c r="I109" t="s">
-        <v>3094</v>
+        <v>3101</v>
       </c>
       <c r="J109" t="s">
-        <v>3095</v>
+        <v>3102</v>
       </c>
       <c r="K109" t="s">
-        <v>3096</v>
+        <v>3103</v>
       </c>
       <c r="L109" t="s">
-        <v>3097</v>
+        <v>3104</v>
+      </c>
+      <c r="M109" t="s">
+        <v>3105</v>
+      </c>
+      <c r="N109" t="s">
+        <v>3106</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>1747</v>
       </c>
       <c r="B110" t="s">
-        <v>3098</v>
+        <v>3107</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>3099</v>
+        <v>3108</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>3100</v>
+        <v>3109</v>
       </c>
       <c r="H110" t="s">
-        <v>3101</v>
+        <v>3110</v>
       </c>
       <c r="I110" t="s">
-        <v>3102</v>
+        <v>3111</v>
       </c>
       <c r="J110" t="s">
-        <v>3103</v>
+        <v>3112</v>
       </c>
       <c r="K110" t="s">
-        <v>3104</v>
+        <v>3113</v>
       </c>
       <c r="L110" t="s">
-        <v>3105</v>
-[...5 lines deleted...]
-        <v>3107</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>1747</v>
       </c>
       <c r="B111" t="s">
-        <v>3108</v>
+        <v>3115</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>3109</v>
+        <v>3116</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>3110</v>
+        <v>3117</v>
       </c>
       <c r="H111" t="s">
-        <v>3111</v>
+        <v>3118</v>
       </c>
       <c r="I111" t="s">
-        <v>3112</v>
+        <v>3119</v>
       </c>
       <c r="J111" t="s">
-        <v>1903</v>
+        <v>3120</v>
       </c>
       <c r="K111" t="s">
-        <v>3113</v>
+        <v>3121</v>
+      </c>
+      <c r="L111" t="s">
+        <v>3122</v>
+      </c>
+      <c r="M111" t="s">
+        <v>3123</v>
+      </c>
+      <c r="N111" t="s">
+        <v>3124</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>1747</v>
       </c>
       <c r="B112" t="s">
-        <v>3114</v>
+        <v>3125</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>3115</v>
+        <v>3126</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>3116</v>
+        <v>3127</v>
       </c>
       <c r="H112" t="s">
-        <v>3117</v>
+        <v>3128</v>
       </c>
       <c r="I112" t="s">
-        <v>3118</v>
+        <v>3129</v>
       </c>
       <c r="J112" t="s">
-        <v>3119</v>
+        <v>2057</v>
       </c>
       <c r="K112" t="s">
-        <v>3120</v>
-[...2 lines deleted...]
-        <v>3121</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>1747</v>
       </c>
       <c r="B113" t="s">
-        <v>3122</v>
+        <v>3131</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>3123</v>
+        <v>3132</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>3124</v>
+        <v>3133</v>
       </c>
       <c r="H113" t="s">
-        <v>3125</v>
+        <v>3134</v>
       </c>
       <c r="I113" t="s">
-        <v>3126</v>
+        <v>3135</v>
       </c>
       <c r="J113" t="s">
-        <v>2029</v>
+        <v>3136</v>
       </c>
       <c r="K113" t="s">
-        <v>3127</v>
+        <v>3137</v>
       </c>
       <c r="L113" t="s">
-        <v>3128</v>
-[...20 lines deleted...]
-        <v>3135</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>1747</v>
       </c>
       <c r="B114" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="H114" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="I114" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="J114" t="s">
-        <v>3141</v>
+        <v>1890</v>
       </c>
       <c r="K114" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="L114" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
       <c r="M114" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="N114" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="O114" t="s">
-        <v>3146</v>
+        <v>3148</v>
       </c>
       <c r="P114" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
       <c r="Q114" t="s">
-        <v>3148</v>
+        <v>3150</v>
       </c>
       <c r="R114" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="S114" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>1747</v>
       </c>
       <c r="B115" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="H115" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="I115" t="s">
-        <v>2917</v>
+        <v>3157</v>
       </c>
       <c r="J115" t="s">
-        <v>1849</v>
+        <v>3158</v>
       </c>
       <c r="K115" t="s">
-        <v>3155</v>
+        <v>3159</v>
       </c>
       <c r="L115" t="s">
-        <v>3156</v>
+        <v>3160</v>
       </c>
       <c r="M115" t="s">
-        <v>3157</v>
+        <v>3161</v>
       </c>
       <c r="N115" t="s">
-        <v>3158</v>
+        <v>3162</v>
       </c>
       <c r="O115" t="s">
-        <v>3159</v>
+        <v>3163</v>
       </c>
       <c r="P115" t="s">
-        <v>3160</v>
+        <v>3164</v>
       </c>
       <c r="Q115" t="s">
-        <v>3161</v>
+        <v>3165</v>
       </c>
       <c r="R115" t="s">
-        <v>3162</v>
+        <v>3166</v>
+      </c>
+      <c r="S115" t="s">
+        <v>3167</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>1747</v>
       </c>
       <c r="B116" t="s">
-        <v>3163</v>
+        <v>3168</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>3164</v>
+        <v>3169</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>3165</v>
+        <v>3170</v>
       </c>
       <c r="H116" t="s">
-        <v>3166</v>
+        <v>3171</v>
       </c>
       <c r="I116" t="s">
-        <v>3140</v>
+        <v>2934</v>
       </c>
       <c r="J116" t="s">
-        <v>2345</v>
+        <v>1838</v>
       </c>
       <c r="K116" t="s">
-        <v>3167</v>
+        <v>3172</v>
       </c>
       <c r="L116" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="M116" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="N116" t="s">
-        <v>3170</v>
+        <v>3175</v>
       </c>
       <c r="O116" t="s">
-        <v>3171</v>
+        <v>3176</v>
       </c>
       <c r="P116" t="s">
-        <v>3172</v>
+        <v>3177</v>
       </c>
       <c r="Q116" t="s">
-        <v>3173</v>
+        <v>3178</v>
       </c>
       <c r="R116" t="s">
-        <v>3174</v>
-[...2 lines deleted...]
-        <v>3175</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>1747</v>
       </c>
       <c r="B117" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>3177</v>
+        <v>3181</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
       <c r="H117" t="s">
-        <v>3179</v>
+        <v>3183</v>
       </c>
       <c r="I117" t="s">
-        <v>3180</v>
+        <v>3157</v>
       </c>
       <c r="J117" t="s">
-        <v>2345</v>
+        <v>2384</v>
       </c>
       <c r="K117" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
       <c r="L117" t="s">
-        <v>3182</v>
+        <v>3185</v>
       </c>
       <c r="M117" t="s">
-        <v>3183</v>
+        <v>3186</v>
       </c>
       <c r="N117" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
       <c r="O117" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
       <c r="P117" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
       <c r="Q117" t="s">
-        <v>3187</v>
+        <v>3190</v>
       </c>
       <c r="R117" t="s">
-        <v>3188</v>
+        <v>3191</v>
       </c>
       <c r="S117" t="s">
-        <v>3189</v>
-[...7 lines deleted...]
-      <c r="V117" t="s">
         <v>3192</v>
-      </c>
-[...16 lines deleted...]
-        <v>3198</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>1747</v>
       </c>
       <c r="B118" t="s">
+        <v>3193</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3194</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3195</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3196</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3197</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2384</v>
+      </c>
+      <c r="K118" t="s">
+        <v>3198</v>
+      </c>
+      <c r="L118" t="s">
         <v>3199</v>
       </c>
-      <c r="C118" t="s">
-[...5 lines deleted...]
-      <c r="E118" t="s">
+      <c r="M118" t="s">
         <v>3200</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" t="s">
+      <c r="N118" t="s">
         <v>3201</v>
       </c>
-      <c r="H118" t="s">
+      <c r="O118" t="s">
         <v>3202</v>
       </c>
-      <c r="I118" t="s">
+      <c r="P118" t="s">
         <v>3203</v>
       </c>
-      <c r="J118" t="s">
+      <c r="Q118" t="s">
         <v>3204</v>
       </c>
-      <c r="K118" t="s">
+      <c r="R118" t="s">
         <v>3205</v>
       </c>
-      <c r="L118" t="s">
+      <c r="S118" t="s">
         <v>3206</v>
       </c>
-      <c r="M118" t="s">
+      <c r="T118" t="s">
         <v>3207</v>
+      </c>
+      <c r="U118" t="s">
+        <v>3208</v>
+      </c>
+      <c r="V118" t="s">
+        <v>3209</v>
+      </c>
+      <c r="W118" t="s">
+        <v>3210</v>
+      </c>
+      <c r="X118" t="s">
+        <v>3211</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>3212</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>3213</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>3214</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>3215</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>1747</v>
       </c>
       <c r="B119" t="s">
-        <v>3208</v>
+        <v>3216</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>3209</v>
+        <v>3217</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>3210</v>
+        <v>3218</v>
       </c>
       <c r="H119" t="s">
-        <v>3211</v>
+        <v>3219</v>
       </c>
       <c r="I119" t="s">
-        <v>3212</v>
+        <v>3220</v>
       </c>
       <c r="J119" t="s">
-        <v>3213</v>
+        <v>3221</v>
       </c>
       <c r="K119" t="s">
-        <v>3214</v>
+        <v>3222</v>
       </c>
       <c r="L119" t="s">
-        <v>3215</v>
+        <v>3223</v>
       </c>
       <c r="M119" t="s">
-        <v>3216</v>
-[...2 lines deleted...]
-        <v>3217</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>1747</v>
       </c>
       <c r="B120" t="s">
-        <v>3218</v>
+        <v>3225</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>3219</v>
+        <v>3226</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>3220</v>
+        <v>3227</v>
       </c>
       <c r="H120" t="s">
-        <v>3221</v>
+        <v>3228</v>
       </c>
       <c r="I120" t="s">
-        <v>2611</v>
+        <v>3229</v>
       </c>
       <c r="J120" t="s">
-        <v>3222</v>
+        <v>3230</v>
       </c>
       <c r="K120" t="s">
-        <v>3223</v>
+        <v>3231</v>
+      </c>
+      <c r="L120" t="s">
+        <v>3232</v>
+      </c>
+      <c r="M120" t="s">
+        <v>3233</v>
+      </c>
+      <c r="N120" t="s">
+        <v>3234</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>1747</v>
       </c>
       <c r="B121" t="s">
-        <v>3224</v>
+        <v>3235</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>3225</v>
+        <v>3236</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>3226</v>
+        <v>3237</v>
       </c>
       <c r="H121" t="s">
-        <v>3227</v>
+        <v>3238</v>
       </c>
       <c r="I121" t="s">
-        <v>3228</v>
+        <v>1919</v>
       </c>
       <c r="J121" t="s">
-        <v>3229</v>
+        <v>3239</v>
       </c>
       <c r="K121" t="s">
-        <v>3230</v>
-[...8 lines deleted...]
-        <v>3233</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>1747</v>
       </c>
       <c r="B122" t="s">
-        <v>3234</v>
+        <v>3241</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>3235</v>
+        <v>3242</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>3236</v>
+        <v>3243</v>
       </c>
       <c r="H122" t="s">
-        <v>3237</v>
+        <v>3244</v>
       </c>
       <c r="I122" t="s">
-        <v>3238</v>
+        <v>3245</v>
       </c>
       <c r="J122" t="s">
-        <v>3239</v>
+        <v>3246</v>
       </c>
       <c r="K122" t="s">
-        <v>3240</v>
+        <v>3247</v>
       </c>
       <c r="L122" t="s">
-        <v>3241</v>
+        <v>3248</v>
+      </c>
+      <c r="M122" t="s">
+        <v>3249</v>
+      </c>
+      <c r="N122" t="s">
+        <v>3250</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>1747</v>
       </c>
       <c r="B123" t="s">
-        <v>3242</v>
+        <v>3251</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>3243</v>
+        <v>3252</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="H123" t="s">
-        <v>3245</v>
+        <v>3254</v>
       </c>
       <c r="I123" t="s">
-        <v>3246</v>
+        <v>3255</v>
       </c>
       <c r="J123" t="s">
-        <v>2512</v>
+        <v>3256</v>
       </c>
       <c r="K123" t="s">
-        <v>3247</v>
+        <v>3257</v>
       </c>
       <c r="L123" t="s">
-        <v>3248</v>
-[...8 lines deleted...]
-        <v>3251</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>1747</v>
       </c>
       <c r="B124" t="s">
-        <v>3252</v>
+        <v>3259</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>3253</v>
+        <v>3260</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>3254</v>
+        <v>3261</v>
       </c>
       <c r="H124" t="s">
-        <v>3255</v>
+        <v>3262</v>
       </c>
       <c r="I124" t="s">
-        <v>2665</v>
+        <v>3263</v>
       </c>
       <c r="J124" t="s">
-        <v>3256</v>
+        <v>2538</v>
       </c>
       <c r="K124" t="s">
-        <v>3257</v>
+        <v>3264</v>
       </c>
       <c r="L124" t="s">
-        <v>3258</v>
+        <v>3265</v>
       </c>
       <c r="M124" t="s">
-        <v>3259</v>
+        <v>3266</v>
       </c>
       <c r="N124" t="s">
-        <v>3260</v>
+        <v>3267</v>
       </c>
       <c r="O124" t="s">
-        <v>3261</v>
-[...2 lines deleted...]
-        <v>3262</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>1747</v>
       </c>
       <c r="B125" t="s">
-        <v>3263</v>
+        <v>3269</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>3264</v>
+        <v>3270</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>3265</v>
+        <v>3271</v>
       </c>
       <c r="H125" t="s">
-        <v>3266</v>
+        <v>3272</v>
       </c>
       <c r="I125" t="s">
-        <v>3267</v>
+        <v>2682</v>
       </c>
       <c r="J125" t="s">
-        <v>2081</v>
+        <v>3273</v>
       </c>
       <c r="K125" t="s">
-        <v>3268</v>
+        <v>3274</v>
       </c>
       <c r="L125" t="s">
-        <v>3269</v>
+        <v>3275</v>
       </c>
       <c r="M125" t="s">
-        <v>3270</v>
+        <v>3276</v>
       </c>
       <c r="N125" t="s">
-        <v>3271</v>
+        <v>3277</v>
       </c>
       <c r="O125" t="s">
-        <v>3272</v>
+        <v>3278</v>
       </c>
       <c r="P125" t="s">
-        <v>3273</v>
-[...8 lines deleted...]
-        <v>3276</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>1747</v>
       </c>
       <c r="B126" t="s">
-        <v>3277</v>
+        <v>3280</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>3278</v>
+        <v>3281</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>3279</v>
+        <v>3282</v>
       </c>
       <c r="H126" t="s">
-        <v>3280</v>
+        <v>3283</v>
       </c>
       <c r="I126" t="s">
-        <v>3281</v>
+        <v>3284</v>
       </c>
       <c r="J126" t="s">
-        <v>2857</v>
+        <v>2173</v>
       </c>
       <c r="K126" t="s">
-        <v>3282</v>
+        <v>3285</v>
+      </c>
+      <c r="L126" t="s">
+        <v>3286</v>
+      </c>
+      <c r="M126" t="s">
+        <v>3287</v>
+      </c>
+      <c r="N126" t="s">
+        <v>3288</v>
+      </c>
+      <c r="O126" t="s">
+        <v>3289</v>
+      </c>
+      <c r="P126" t="s">
+        <v>3290</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>3291</v>
+      </c>
+      <c r="R126" t="s">
+        <v>3292</v>
+      </c>
+      <c r="S126" t="s">
+        <v>3293</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>1747</v>
       </c>
       <c r="B127" t="s">
-        <v>3283</v>
+        <v>3294</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>3284</v>
+        <v>3295</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>3285</v>
+        <v>3296</v>
       </c>
       <c r="H127" t="s">
-        <v>3286</v>
+        <v>3297</v>
       </c>
       <c r="I127" t="s">
-        <v>3287</v>
+        <v>3298</v>
       </c>
       <c r="J127" t="s">
-        <v>3288</v>
+        <v>2874</v>
       </c>
       <c r="K127" t="s">
-        <v>3289</v>
-[...8 lines deleted...]
-        <v>3292</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>1747</v>
       </c>
       <c r="B128" t="s">
-        <v>3293</v>
+        <v>3300</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>3294</v>
+        <v>3301</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>3295</v>
+        <v>3302</v>
       </c>
       <c r="H128" t="s">
-        <v>3296</v>
+        <v>3303</v>
       </c>
       <c r="I128" t="s">
-        <v>3297</v>
+        <v>3304</v>
       </c>
       <c r="J128" t="s">
-        <v>3298</v>
+        <v>3305</v>
       </c>
       <c r="K128" t="s">
-        <v>3299</v>
+        <v>3306</v>
       </c>
       <c r="L128" t="s">
-        <v>3300</v>
+        <v>3307</v>
       </c>
       <c r="M128" t="s">
-        <v>3301</v>
+        <v>3308</v>
       </c>
       <c r="N128" t="s">
-        <v>3302</v>
-[...2 lines deleted...]
-        <v>3303</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>1747</v>
       </c>
       <c r="B129" t="s">
-        <v>3304</v>
+        <v>3310</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>3305</v>
+        <v>3311</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>3306</v>
+        <v>3312</v>
       </c>
       <c r="H129" t="s">
-        <v>3307</v>
+        <v>3313</v>
       </c>
       <c r="I129" t="s">
-        <v>3308</v>
+        <v>3314</v>
       </c>
       <c r="J129" t="s">
-        <v>2603</v>
+        <v>3315</v>
       </c>
       <c r="K129" t="s">
-        <v>3309</v>
+        <v>3316</v>
+      </c>
+      <c r="L129" t="s">
+        <v>3317</v>
+      </c>
+      <c r="M129" t="s">
+        <v>3318</v>
+      </c>
+      <c r="N129" t="s">
+        <v>3319</v>
+      </c>
+      <c r="O129" t="s">
+        <v>3320</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>1747</v>
       </c>
       <c r="B130" t="s">
-        <v>3310</v>
+        <v>3321</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>3311</v>
+        <v>3322</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>3312</v>
+        <v>3323</v>
       </c>
       <c r="H130" t="s">
-        <v>3313</v>
+        <v>3324</v>
       </c>
       <c r="I130" t="s">
-        <v>3314</v>
+        <v>3325</v>
       </c>
       <c r="J130" t="s">
-        <v>3315</v>
+        <v>2629</v>
       </c>
       <c r="K130" t="s">
-        <v>3316</v>
-[...20 lines deleted...]
-        <v>3323</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>1747</v>
       </c>
       <c r="B131" t="s">
-        <v>3324</v>
+        <v>3327</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>3325</v>
+        <v>3328</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
       <c r="H131" t="s">
-        <v>3327</v>
+        <v>3330</v>
       </c>
       <c r="I131" t="s">
-        <v>3328</v>
+        <v>3331</v>
       </c>
       <c r="J131" t="s">
-        <v>3329</v>
+        <v>3332</v>
       </c>
       <c r="K131" t="s">
-        <v>3330</v>
+        <v>3333</v>
       </c>
       <c r="L131" t="s">
-        <v>3331</v>
+        <v>3334</v>
       </c>
       <c r="M131" t="s">
-        <v>3332</v>
+        <v>3335</v>
+      </c>
+      <c r="N131" t="s">
+        <v>3336</v>
+      </c>
+      <c r="O131" t="s">
+        <v>3337</v>
+      </c>
+      <c r="P131" t="s">
+        <v>3338</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>3339</v>
+      </c>
+      <c r="R131" t="s">
+        <v>3340</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>1747</v>
       </c>
       <c r="B132" t="s">
-        <v>3333</v>
+        <v>3341</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>3334</v>
+        <v>3342</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>3335</v>
+        <v>3343</v>
       </c>
       <c r="H132" t="s">
-        <v>3336</v>
+        <v>3344</v>
       </c>
       <c r="I132" t="s">
-        <v>3337</v>
+        <v>3345</v>
       </c>
       <c r="J132" t="s">
-        <v>2910</v>
+        <v>3346</v>
       </c>
       <c r="K132" t="s">
-        <v>3338</v>
+        <v>3347</v>
       </c>
       <c r="L132" t="s">
-        <v>3339</v>
+        <v>3348</v>
       </c>
       <c r="M132" t="s">
-        <v>3340</v>
-[...5 lines deleted...]
-        <v>3342</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>1747</v>
       </c>
       <c r="B133" t="s">
-        <v>3343</v>
+        <v>3350</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>3344</v>
+        <v>3351</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>3345</v>
+        <v>3352</v>
       </c>
       <c r="H133" t="s">
-        <v>3346</v>
+        <v>3353</v>
       </c>
       <c r="I133" t="s">
-        <v>3347</v>
+        <v>3354</v>
       </c>
       <c r="J133" t="s">
-        <v>3348</v>
+        <v>2927</v>
       </c>
       <c r="K133" t="s">
-        <v>3349</v>
+        <v>3355</v>
+      </c>
+      <c r="L133" t="s">
+        <v>3356</v>
+      </c>
+      <c r="M133" t="s">
+        <v>3357</v>
+      </c>
+      <c r="N133" t="s">
+        <v>3358</v>
+      </c>
+      <c r="O133" t="s">
+        <v>3359</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>1747</v>
       </c>
       <c r="B134" t="s">
-        <v>3350</v>
+        <v>3360</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>3351</v>
+        <v>3361</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>3352</v>
+        <v>3362</v>
       </c>
       <c r="H134" t="s">
-        <v>3353</v>
+        <v>3363</v>
       </c>
       <c r="I134" t="s">
-        <v>3354</v>
+        <v>3364</v>
       </c>
       <c r="J134" t="s">
-        <v>3355</v>
+        <v>3365</v>
       </c>
       <c r="K134" t="s">
-        <v>3356</v>
-[...17 lines deleted...]
-        <v>3362</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>1747</v>
       </c>
       <c r="B135" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>3364</v>
+        <v>3368</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
       <c r="H135" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
       <c r="I135" t="s">
-        <v>3367</v>
+        <v>3371</v>
       </c>
       <c r="J135" t="s">
-        <v>1921</v>
+        <v>3372</v>
       </c>
       <c r="K135" t="s">
-        <v>3368</v>
+        <v>3373</v>
       </c>
       <c r="L135" t="s">
-        <v>3369</v>
+        <v>3374</v>
       </c>
       <c r="M135" t="s">
-        <v>3370</v>
+        <v>3375</v>
       </c>
       <c r="N135" t="s">
-        <v>3371</v>
+        <v>3376</v>
       </c>
       <c r="O135" t="s">
-        <v>3372</v>
+        <v>3377</v>
+      </c>
+      <c r="P135" t="s">
+        <v>3378</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>3379</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>1747</v>
       </c>
       <c r="B136" t="s">
-        <v>3373</v>
+        <v>3380</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>3374</v>
+        <v>3381</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>3375</v>
+        <v>3382</v>
       </c>
       <c r="H136" t="s">
-        <v>3376</v>
+        <v>3383</v>
       </c>
       <c r="I136" t="s">
-        <v>3377</v>
+        <v>3384</v>
       </c>
       <c r="J136" t="s">
-        <v>3378</v>
+        <v>2075</v>
       </c>
       <c r="K136" t="s">
-        <v>3379</v>
+        <v>3385</v>
       </c>
       <c r="L136" t="s">
-        <v>3380</v>
+        <v>3386</v>
       </c>
       <c r="M136" t="s">
-        <v>3381</v>
+        <v>3387</v>
       </c>
       <c r="N136" t="s">
-        <v>3382</v>
+        <v>3388</v>
+      </c>
+      <c r="O136" t="s">
+        <v>3389</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>1747</v>
       </c>
       <c r="B137" t="s">
-        <v>3383</v>
+        <v>3390</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>3384</v>
+        <v>3391</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>3385</v>
+        <v>3392</v>
       </c>
       <c r="H137" t="s">
-        <v>3386</v>
+        <v>3393</v>
       </c>
       <c r="I137" t="s">
-        <v>3387</v>
+        <v>3394</v>
       </c>
       <c r="J137" t="s">
-        <v>3388</v>
+        <v>3395</v>
       </c>
       <c r="K137" t="s">
-        <v>3389</v>
+        <v>3396</v>
       </c>
       <c r="L137" t="s">
-        <v>3390</v>
+        <v>3397</v>
       </c>
       <c r="M137" t="s">
-        <v>3391</v>
+        <v>3398</v>
+      </c>
+      <c r="N137" t="s">
+        <v>3399</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>1747</v>
       </c>
       <c r="B138" t="s">
-        <v>3392</v>
+        <v>3400</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>3393</v>
+        <v>3401</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>3394</v>
+        <v>3402</v>
       </c>
       <c r="H138" t="s">
-        <v>3395</v>
+        <v>3403</v>
       </c>
       <c r="I138" t="s">
-        <v>3387</v>
+        <v>3404</v>
       </c>
       <c r="J138" t="s">
-        <v>2910</v>
+        <v>3405</v>
       </c>
       <c r="K138" t="s">
-        <v>3396</v>
+        <v>3406</v>
       </c>
       <c r="L138" t="s">
-        <v>3397</v>
+        <v>3407</v>
       </c>
       <c r="M138" t="s">
-        <v>3398</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>1747</v>
       </c>
       <c r="B139" t="s">
-        <v>3399</v>
+        <v>3409</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>3400</v>
+        <v>3410</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>3401</v>
+        <v>3411</v>
       </c>
       <c r="H139" t="s">
-        <v>3402</v>
+        <v>3412</v>
       </c>
       <c r="I139" t="s">
-        <v>2394</v>
+        <v>3404</v>
       </c>
       <c r="J139" t="s">
-        <v>3403</v>
+        <v>2927</v>
       </c>
       <c r="K139" t="s">
-        <v>3404</v>
+        <v>3413</v>
       </c>
       <c r="L139" t="s">
-        <v>3405</v>
+        <v>3414</v>
       </c>
       <c r="M139" t="s">
-        <v>3406</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>1747</v>
       </c>
       <c r="B140" t="s">
-        <v>3407</v>
+        <v>3416</v>
       </c>
       <c r="C140" t="s">
         <v>11</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>3408</v>
+        <v>3417</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>3409</v>
+        <v>3418</v>
       </c>
       <c r="H140" t="s">
-        <v>3410</v>
+        <v>3419</v>
       </c>
       <c r="I140" t="s">
-        <v>3411</v>
+        <v>2433</v>
       </c>
       <c r="J140" t="s">
-        <v>3412</v>
+        <v>3420</v>
       </c>
       <c r="K140" t="s">
-        <v>3413</v>
+        <v>3421</v>
       </c>
       <c r="L140" t="s">
-        <v>3414</v>
+        <v>3422</v>
       </c>
       <c r="M140" t="s">
-        <v>3415</v>
-[...5 lines deleted...]
-        <v>3417</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>1747</v>
       </c>
       <c r="B141" t="s">
-        <v>3418</v>
+        <v>3424</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>3419</v>
+        <v>3425</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>3420</v>
+        <v>3426</v>
       </c>
       <c r="H141" t="s">
-        <v>3421</v>
+        <v>3427</v>
       </c>
       <c r="I141" t="s">
-        <v>3422</v>
+        <v>3428</v>
       </c>
       <c r="J141" t="s">
-        <v>3141</v>
+        <v>3429</v>
       </c>
       <c r="K141" t="s">
-        <v>3423</v>
+        <v>3430</v>
       </c>
       <c r="L141" t="s">
-        <v>3424</v>
+        <v>3431</v>
       </c>
       <c r="M141" t="s">
-        <v>3425</v>
+        <v>3432</v>
       </c>
       <c r="N141" t="s">
-        <v>3426</v>
+        <v>3433</v>
       </c>
       <c r="O141" t="s">
-        <v>3427</v>
-[...2 lines deleted...]
-        <v>3428</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>1747</v>
       </c>
       <c r="B142" t="s">
-        <v>3429</v>
+        <v>3435</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>3430</v>
+        <v>3436</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>3431</v>
+        <v>3437</v>
       </c>
       <c r="H142" t="s">
-        <v>3432</v>
+        <v>3438</v>
       </c>
       <c r="I142" t="s">
-        <v>3433</v>
+        <v>3439</v>
       </c>
       <c r="J142" t="s">
-        <v>3434</v>
+        <v>3158</v>
       </c>
       <c r="K142" t="s">
-        <v>3435</v>
+        <v>3440</v>
+      </c>
+      <c r="L142" t="s">
+        <v>3441</v>
+      </c>
+      <c r="M142" t="s">
+        <v>3442</v>
+      </c>
+      <c r="N142" t="s">
+        <v>3443</v>
+      </c>
+      <c r="O142" t="s">
+        <v>3444</v>
+      </c>
+      <c r="P142" t="s">
+        <v>3445</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>1747</v>
       </c>
       <c r="B143" t="s">
-        <v>3436</v>
+        <v>3446</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>3437</v>
+        <v>3447</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>3438</v>
+        <v>3448</v>
       </c>
       <c r="H143" t="s">
-        <v>3439</v>
+        <v>3449</v>
       </c>
       <c r="I143" t="s">
-        <v>3440</v>
+        <v>3450</v>
       </c>
       <c r="J143" t="s">
-        <v>386</v>
+        <v>3451</v>
       </c>
       <c r="K143" t="s">
-        <v>3441</v>
-[...5 lines deleted...]
-        <v>3443</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>1747</v>
       </c>
       <c r="B144" t="s">
-        <v>3444</v>
+        <v>3453</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>3445</v>
+        <v>3454</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>3446</v>
+        <v>3455</v>
       </c>
       <c r="H144" t="s">
-        <v>3447</v>
+        <v>3456</v>
       </c>
       <c r="I144" t="s">
-        <v>3448</v>
+        <v>3457</v>
       </c>
       <c r="J144" t="s">
-        <v>2549</v>
+        <v>386</v>
       </c>
       <c r="K144" t="s">
-        <v>3449</v>
+        <v>3458</v>
       </c>
       <c r="L144" t="s">
-        <v>3450</v>
+        <v>3459</v>
       </c>
       <c r="M144" t="s">
-        <v>3451</v>
-[...25 lines deleted...]
-      <c r="V144" t="s">
         <v>3460</v>
-      </c>
-[...7 lines deleted...]
-        <v>3463</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>1747</v>
       </c>
       <c r="B145" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>3462</v>
+      </c>
+      <c r="F145" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" t="s">
+        <v>3463</v>
+      </c>
+      <c r="H145" t="s">
         <v>3464</v>
       </c>
-      <c r="C145" t="s">
-[...5 lines deleted...]
-      <c r="E145" t="s">
+      <c r="I145" t="s">
         <v>3465</v>
       </c>
-      <c r="F145" t="s">
-[...2 lines deleted...]
-      <c r="G145" t="s">
+      <c r="J145" t="s">
+        <v>2575</v>
+      </c>
+      <c r="K145" t="s">
         <v>3466</v>
       </c>
-      <c r="H145" t="s">
+      <c r="L145" t="s">
         <v>3467</v>
       </c>
-      <c r="I145" t="s">
-[...5 lines deleted...]
-      <c r="K145" t="s">
+      <c r="M145" t="s">
         <v>3468</v>
       </c>
-      <c r="L145" t="s">
+      <c r="N145" t="s">
         <v>3469</v>
       </c>
-      <c r="M145" t="s">
+      <c r="O145" t="s">
         <v>3470</v>
       </c>
-      <c r="N145" t="s">
+      <c r="P145" t="s">
         <v>3471</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>3472</v>
+      </c>
+      <c r="R145" t="s">
+        <v>3473</v>
+      </c>
+      <c r="S145" t="s">
+        <v>3474</v>
+      </c>
+      <c r="T145" t="s">
+        <v>3475</v>
+      </c>
+      <c r="U145" t="s">
+        <v>3476</v>
+      </c>
+      <c r="V145" t="s">
+        <v>3477</v>
+      </c>
+      <c r="W145" t="s">
+        <v>3478</v>
+      </c>
+      <c r="X145" t="s">
+        <v>3479</v>
+      </c>
+      <c r="Y145" t="s">
+        <v>3480</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>1747</v>
       </c>
       <c r="B146" t="s">
-        <v>3472</v>
+        <v>3481</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>3473</v>
+        <v>3482</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>3474</v>
+        <v>3483</v>
       </c>
       <c r="H146" t="s">
-        <v>3475</v>
+        <v>3484</v>
       </c>
       <c r="I146" t="s">
-        <v>3476</v>
+        <v>1919</v>
       </c>
       <c r="J146" t="s">
-        <v>3477</v>
+        <v>3273</v>
       </c>
       <c r="K146" t="s">
-        <v>3478</v>
+        <v>3485</v>
+      </c>
+      <c r="L146" t="s">
+        <v>3486</v>
+      </c>
+      <c r="M146" t="s">
+        <v>3487</v>
+      </c>
+      <c r="N146" t="s">
+        <v>3488</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>1747</v>
       </c>
       <c r="B147" t="s">
-        <v>3479</v>
+        <v>3489</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>3480</v>
+        <v>3490</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>3481</v>
+        <v>3491</v>
       </c>
       <c r="H147" t="s">
-        <v>3482</v>
+        <v>3492</v>
       </c>
       <c r="I147" t="s">
-        <v>3483</v>
+        <v>3493</v>
       </c>
       <c r="J147" t="s">
-        <v>3315</v>
+        <v>3494</v>
       </c>
       <c r="K147" t="s">
-        <v>3484</v>
-[...2 lines deleted...]
-        <v>3485</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>1747</v>
       </c>
       <c r="B148" t="s">
-        <v>3486</v>
+        <v>3496</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>3487</v>
+        <v>3497</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>3488</v>
+        <v>3498</v>
       </c>
       <c r="H148" t="s">
-        <v>3489</v>
+        <v>3499</v>
       </c>
       <c r="I148" t="s">
-        <v>3490</v>
+        <v>3500</v>
       </c>
       <c r="J148" t="s">
-        <v>3491</v>
+        <v>3332</v>
       </c>
       <c r="K148" t="s">
-        <v>3492</v>
+        <v>3501</v>
       </c>
       <c r="L148" t="s">
-        <v>3493</v>
-[...5 lines deleted...]
-        <v>3495</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>1747</v>
       </c>
       <c r="B149" t="s">
-        <v>3496</v>
+        <v>3503</v>
       </c>
       <c r="C149" t="s">
         <v>11</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>3497</v>
+        <v>3504</v>
       </c>
       <c r="F149" t="s">
         <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>3498</v>
+        <v>3505</v>
       </c>
       <c r="H149" t="s">
-        <v>3499</v>
+        <v>3506</v>
       </c>
       <c r="I149" t="s">
-        <v>3500</v>
+        <v>3507</v>
       </c>
       <c r="J149" t="s">
-        <v>3501</v>
+        <v>3508</v>
       </c>
       <c r="K149" t="s">
-        <v>3502</v>
+        <v>3509</v>
+      </c>
+      <c r="L149" t="s">
+        <v>3510</v>
+      </c>
+      <c r="M149" t="s">
+        <v>3511</v>
+      </c>
+      <c r="N149" t="s">
+        <v>3512</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>1747</v>
       </c>
       <c r="B150" t="s">
-        <v>3503</v>
+        <v>3513</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>3504</v>
+        <v>3514</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>3505</v>
+        <v>3515</v>
       </c>
       <c r="H150" t="s">
-        <v>3506</v>
+        <v>3516</v>
       </c>
       <c r="I150" t="s">
-        <v>3483</v>
+        <v>3517</v>
       </c>
       <c r="J150" t="s">
-        <v>2433</v>
+        <v>3518</v>
       </c>
       <c r="K150" t="s">
-        <v>3507</v>
-[...2 lines deleted...]
-        <v>3508</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>1747</v>
       </c>
       <c r="B151" t="s">
-        <v>3509</v>
+        <v>3520</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>3510</v>
+        <v>3521</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>3511</v>
+        <v>3522</v>
       </c>
       <c r="H151" t="s">
-        <v>3512</v>
+        <v>3523</v>
       </c>
       <c r="I151" t="s">
-        <v>2394</v>
+        <v>3500</v>
       </c>
       <c r="J151" t="s">
-        <v>3513</v>
+        <v>2472</v>
       </c>
       <c r="K151" t="s">
-        <v>3514</v>
+        <v>3524</v>
+      </c>
+      <c r="L151" t="s">
+        <v>3525</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>1747</v>
       </c>
       <c r="B152" t="s">
-        <v>3515</v>
+        <v>3526</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>3516</v>
+        <v>3527</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>3517</v>
+        <v>3528</v>
       </c>
       <c r="H152" t="s">
-        <v>3518</v>
+        <v>3529</v>
       </c>
       <c r="I152" t="s">
-        <v>3519</v>
+        <v>2433</v>
       </c>
       <c r="J152" t="s">
-        <v>3520</v>
+        <v>3530</v>
       </c>
       <c r="K152" t="s">
-        <v>3521</v>
-[...20 lines deleted...]
-        <v>3528</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>1747</v>
       </c>
       <c r="B153" t="s">
-        <v>3529</v>
+        <v>3532</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>3516</v>
+        <v>3533</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>3530</v>
+        <v>3534</v>
       </c>
       <c r="H153" t="s">
-        <v>3531</v>
+        <v>3535</v>
       </c>
       <c r="I153" t="s">
-        <v>3483</v>
+        <v>3536</v>
       </c>
       <c r="J153" t="s">
-        <v>1773</v>
+        <v>3537</v>
       </c>
       <c r="K153" t="s">
-        <v>3532</v>
+        <v>3538</v>
       </c>
       <c r="L153" t="s">
-        <v>3533</v>
+        <v>3539</v>
+      </c>
+      <c r="M153" t="s">
+        <v>3540</v>
+      </c>
+      <c r="N153" t="s">
+        <v>3541</v>
+      </c>
+      <c r="O153" t="s">
+        <v>3542</v>
+      </c>
+      <c r="P153" t="s">
+        <v>3543</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>3544</v>
+      </c>
+      <c r="R153" t="s">
+        <v>3545</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>1747</v>
       </c>
       <c r="B154" t="s">
-        <v>3534</v>
+        <v>3546</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>3535</v>
+        <v>3533</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>3536</v>
+        <v>3547</v>
       </c>
       <c r="H154" t="s">
-        <v>3537</v>
+        <v>3548</v>
       </c>
       <c r="I154" t="s">
-        <v>3422</v>
+        <v>3500</v>
       </c>
       <c r="J154" t="s">
-        <v>508</v>
+        <v>1951</v>
       </c>
       <c r="K154" t="s">
-        <v>3538</v>
+        <v>3549</v>
       </c>
       <c r="L154" t="s">
-        <v>3539</v>
-[...2 lines deleted...]
-        <v>3540</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>1747</v>
       </c>
       <c r="B155" t="s">
-        <v>3541</v>
+        <v>3551</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>3542</v>
+        <v>3552</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>3543</v>
+        <v>3553</v>
       </c>
       <c r="H155" t="s">
-        <v>3544</v>
+        <v>3554</v>
       </c>
       <c r="I155" t="s">
-        <v>3545</v>
+        <v>3439</v>
       </c>
       <c r="J155" t="s">
-        <v>2718</v>
+        <v>508</v>
       </c>
       <c r="K155" t="s">
-        <v>3546</v>
+        <v>3555</v>
       </c>
       <c r="L155" t="s">
-        <v>3547</v>
+        <v>3556</v>
       </c>
       <c r="M155" t="s">
-        <v>3548</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>1747</v>
       </c>
       <c r="B156" t="s">
-        <v>3549</v>
+        <v>3558</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>3550</v>
+        <v>3559</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>3551</v>
+        <v>3560</v>
       </c>
       <c r="H156" t="s">
-        <v>3552</v>
+        <v>3561</v>
       </c>
       <c r="I156" t="s">
-        <v>3553</v>
+        <v>3562</v>
       </c>
       <c r="J156" t="s">
-        <v>3554</v>
+        <v>2735</v>
       </c>
       <c r="K156" t="s">
-        <v>3555</v>
+        <v>3563</v>
       </c>
       <c r="L156" t="s">
-        <v>3556</v>
+        <v>3564</v>
       </c>
       <c r="M156" t="s">
-        <v>3557</v>
-[...5 lines deleted...]
-        <v>3559</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>1747</v>
       </c>
       <c r="B157" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>3550</v>
+        <v>3567</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>3561</v>
+        <v>3568</v>
       </c>
       <c r="H157" t="s">
-        <v>3562</v>
+        <v>3569</v>
       </c>
       <c r="I157" t="s">
-        <v>3563</v>
+        <v>3570</v>
       </c>
       <c r="J157" t="s">
-        <v>2211</v>
+        <v>3571</v>
       </c>
       <c r="K157" t="s">
-        <v>3564</v>
+        <v>3572</v>
       </c>
       <c r="L157" t="s">
-        <v>3565</v>
+        <v>3573</v>
       </c>
       <c r="M157" t="s">
-        <v>3566</v>
+        <v>3574</v>
       </c>
       <c r="N157" t="s">
-        <v>3567</v>
+        <v>3575</v>
+      </c>
+      <c r="O157" t="s">
+        <v>3576</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>1747</v>
       </c>
       <c r="B158" t="s">
-        <v>3568</v>
+        <v>3577</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>3569</v>
+        <v>3567</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>3570</v>
+        <v>3578</v>
       </c>
       <c r="H158" t="s">
-        <v>3571</v>
+        <v>3579</v>
       </c>
       <c r="I158" t="s">
-        <v>3572</v>
+        <v>3580</v>
       </c>
       <c r="J158" t="s">
-        <v>2433</v>
+        <v>1829</v>
       </c>
       <c r="K158" t="s">
-        <v>3573</v>
+        <v>3581</v>
       </c>
       <c r="L158" t="s">
-        <v>3574</v>
+        <v>3582</v>
       </c>
       <c r="M158" t="s">
-        <v>3575</v>
+        <v>3583</v>
+      </c>
+      <c r="N158" t="s">
+        <v>3584</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>1747</v>
       </c>
       <c r="B159" t="s">
-        <v>3576</v>
+        <v>3585</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>3577</v>
+        <v>3586</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>3578</v>
+        <v>3587</v>
       </c>
       <c r="H159" t="s">
-        <v>3579</v>
+        <v>3588</v>
       </c>
       <c r="I159" t="s">
-        <v>3580</v>
+        <v>3589</v>
       </c>
       <c r="J159" t="s">
-        <v>3581</v>
+        <v>2472</v>
       </c>
       <c r="K159" t="s">
-        <v>3582</v>
+        <v>3590</v>
+      </c>
+      <c r="L159" t="s">
+        <v>3591</v>
+      </c>
+      <c r="M159" t="s">
+        <v>3592</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>1747</v>
       </c>
       <c r="B160" t="s">
-        <v>3583</v>
+        <v>3593</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>3584</v>
+        <v>3594</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>3585</v>
+        <v>3595</v>
       </c>
       <c r="H160" t="s">
-        <v>3586</v>
+        <v>3596</v>
       </c>
       <c r="I160" t="s">
-        <v>3587</v>
+        <v>3597</v>
       </c>
       <c r="J160" t="s">
-        <v>3588</v>
+        <v>3598</v>
       </c>
       <c r="K160" t="s">
-        <v>3589</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>1747</v>
       </c>
       <c r="B161" t="s">
-        <v>3590</v>
+        <v>3600</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>3584</v>
+        <v>3601</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>3591</v>
+        <v>3602</v>
       </c>
       <c r="H161" t="s">
-        <v>3592</v>
+        <v>3603</v>
       </c>
       <c r="I161" t="s">
-        <v>3593</v>
+        <v>3604</v>
       </c>
       <c r="J161" t="s">
-        <v>2211</v>
+        <v>3605</v>
       </c>
       <c r="K161" t="s">
-        <v>3594</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>1747</v>
       </c>
       <c r="B162" t="s">
-        <v>3595</v>
+        <v>3607</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>3597</v>
+        <v>3608</v>
       </c>
       <c r="H162" t="s">
-        <v>3598</v>
+        <v>3609</v>
       </c>
       <c r="I162" t="s">
-        <v>3599</v>
+        <v>3610</v>
       </c>
       <c r="J162" t="s">
-        <v>3600</v>
+        <v>1829</v>
       </c>
       <c r="K162" t="s">
-        <v>3601</v>
-[...14 lines deleted...]
-        <v>3606</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>1747</v>
       </c>
       <c r="B163" t="s">
-        <v>3607</v>
+        <v>3612</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>3608</v>
+        <v>3613</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>3609</v>
+        <v>3614</v>
       </c>
       <c r="H163" t="s">
-        <v>3610</v>
+        <v>3615</v>
       </c>
       <c r="I163" t="s">
-        <v>3611</v>
+        <v>3616</v>
       </c>
       <c r="J163" t="s">
-        <v>3612</v>
+        <v>3617</v>
       </c>
       <c r="K163" t="s">
-        <v>3613</v>
+        <v>3618</v>
       </c>
       <c r="L163" t="s">
-        <v>3614</v>
+        <v>3619</v>
       </c>
       <c r="M163" t="s">
-        <v>3615</v>
+        <v>3620</v>
       </c>
       <c r="N163" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
       <c r="O163" t="s">
-        <v>3617</v>
+        <v>3622</v>
+      </c>
+      <c r="P163" t="s">
+        <v>3623</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>1747</v>
       </c>
       <c r="B164" t="s">
-        <v>3618</v>
+        <v>3624</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>3619</v>
+        <v>3625</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>3620</v>
+        <v>3626</v>
       </c>
       <c r="H164" t="s">
-        <v>3621</v>
+        <v>3627</v>
       </c>
       <c r="I164" t="s">
-        <v>3622</v>
+        <v>3628</v>
       </c>
       <c r="J164" t="s">
-        <v>3623</v>
+        <v>3629</v>
       </c>
       <c r="K164" t="s">
-        <v>3624</v>
+        <v>3630</v>
+      </c>
+      <c r="L164" t="s">
+        <v>3631</v>
+      </c>
+      <c r="M164" t="s">
+        <v>3632</v>
+      </c>
+      <c r="N164" t="s">
+        <v>3633</v>
+      </c>
+      <c r="O164" t="s">
+        <v>3634</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>1747</v>
       </c>
       <c r="B165" t="s">
-        <v>3625</v>
+        <v>3635</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>3626</v>
+        <v>3636</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>3627</v>
+        <v>3637</v>
       </c>
       <c r="H165" t="s">
-        <v>3628</v>
+        <v>3638</v>
       </c>
       <c r="I165" t="s">
-        <v>3629</v>
+        <v>3639</v>
       </c>
       <c r="J165" t="s">
-        <v>2211</v>
+        <v>3640</v>
       </c>
       <c r="K165" t="s">
-        <v>3630</v>
-[...5 lines deleted...]
-        <v>3632</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>1747</v>
       </c>
       <c r="B166" t="s">
-        <v>3633</v>
+        <v>3642</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>3626</v>
+        <v>3643</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>3634</v>
+        <v>3644</v>
       </c>
       <c r="H166" t="s">
-        <v>3635</v>
+        <v>3645</v>
       </c>
       <c r="I166" t="s">
-        <v>3228</v>
+        <v>3646</v>
       </c>
       <c r="J166" t="s">
-        <v>2029</v>
+        <v>1829</v>
       </c>
       <c r="K166" t="s">
-        <v>3636</v>
+        <v>3647</v>
       </c>
       <c r="L166" t="s">
-        <v>3637</v>
+        <v>3648</v>
       </c>
       <c r="M166" t="s">
-        <v>3638</v>
-[...2 lines deleted...]
-        <v>3639</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>1747</v>
       </c>
       <c r="B167" t="s">
-        <v>3640</v>
+        <v>3650</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>3642</v>
+        <v>3651</v>
       </c>
       <c r="H167" t="s">
-        <v>3643</v>
+        <v>3652</v>
       </c>
       <c r="I167" t="s">
-        <v>2483</v>
+        <v>3245</v>
       </c>
       <c r="J167" t="s">
-        <v>2925</v>
+        <v>1890</v>
       </c>
       <c r="K167" t="s">
-        <v>3644</v>
+        <v>3653</v>
+      </c>
+      <c r="L167" t="s">
+        <v>3654</v>
+      </c>
+      <c r="M167" t="s">
+        <v>3655</v>
+      </c>
+      <c r="N167" t="s">
+        <v>3656</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>1747</v>
       </c>
       <c r="B168" t="s">
-        <v>3645</v>
+        <v>3657</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>3646</v>
+        <v>3658</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>3647</v>
+        <v>3659</v>
       </c>
       <c r="H168" t="s">
-        <v>3648</v>
+        <v>3660</v>
       </c>
       <c r="I168" t="s">
-        <v>3649</v>
+        <v>2522</v>
       </c>
       <c r="J168" t="s">
-        <v>1837</v>
+        <v>2942</v>
       </c>
       <c r="K168" t="s">
-        <v>3650</v>
-[...14 lines deleted...]
-        <v>3655</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>1747</v>
       </c>
       <c r="B169" t="s">
-        <v>3656</v>
+        <v>3662</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>1521</v>
+        <v>3663</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>3657</v>
+        <v>3664</v>
       </c>
       <c r="H169" t="s">
-        <v>3658</v>
+        <v>3665</v>
       </c>
       <c r="I169" t="s">
-        <v>3659</v>
+        <v>3666</v>
       </c>
       <c r="J169" t="s">
-        <v>386</v>
+        <v>2015</v>
       </c>
       <c r="K169" t="s">
-        <v>3660</v>
+        <v>3667</v>
       </c>
       <c r="L169" t="s">
-        <v>3661</v>
+        <v>3668</v>
       </c>
       <c r="M169" t="s">
-        <v>3662</v>
+        <v>3669</v>
       </c>
       <c r="N169" t="s">
-        <v>3663</v>
+        <v>3670</v>
       </c>
       <c r="O169" t="s">
-        <v>3664</v>
+        <v>3671</v>
       </c>
       <c r="P169" t="s">
-        <v>3665</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>1747</v>
       </c>
       <c r="B170" t="s">
-        <v>3666</v>
+        <v>3673</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>3626</v>
+        <v>1521</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>3667</v>
+        <v>3674</v>
       </c>
       <c r="H170" t="s">
-        <v>3668</v>
+        <v>3675</v>
       </c>
       <c r="I170" t="s">
-        <v>3483</v>
+        <v>3676</v>
       </c>
       <c r="J170" t="s">
-        <v>3669</v>
+        <v>386</v>
       </c>
       <c r="K170" t="s">
-        <v>3670</v>
+        <v>3677</v>
       </c>
       <c r="L170" t="s">
-        <v>3671</v>
+        <v>3678</v>
+      </c>
+      <c r="M170" t="s">
+        <v>3679</v>
+      </c>
+      <c r="N170" t="s">
+        <v>3680</v>
+      </c>
+      <c r="O170" t="s">
+        <v>3681</v>
+      </c>
+      <c r="P170" t="s">
+        <v>3682</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>1747</v>
       </c>
       <c r="B171" t="s">
-        <v>3672</v>
+        <v>3683</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>3673</v>
+        <v>3643</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>3674</v>
+        <v>3684</v>
       </c>
       <c r="H171" t="s">
-        <v>3675</v>
+        <v>3685</v>
       </c>
       <c r="I171" t="s">
-        <v>3676</v>
+        <v>3500</v>
       </c>
       <c r="J171" t="s">
-        <v>3677</v>
+        <v>3686</v>
       </c>
       <c r="K171" t="s">
-        <v>3678</v>
+        <v>3687</v>
       </c>
       <c r="L171" t="s">
-        <v>3679</v>
-[...5 lines deleted...]
-        <v>3681</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>1747</v>
       </c>
       <c r="B172" t="s">
-        <v>3682</v>
+        <v>3689</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>3683</v>
+        <v>3690</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>3684</v>
+        <v>3691</v>
       </c>
       <c r="H172" t="s">
-        <v>3685</v>
+        <v>3692</v>
       </c>
       <c r="I172" t="s">
-        <v>3686</v>
+        <v>3693</v>
       </c>
       <c r="J172" t="s">
-        <v>2433</v>
+        <v>3694</v>
       </c>
       <c r="K172" t="s">
-        <v>3687</v>
+        <v>3695</v>
       </c>
       <c r="L172" t="s">
-        <v>3688</v>
+        <v>3696</v>
       </c>
       <c r="M172" t="s">
-        <v>3689</v>
+        <v>3697</v>
       </c>
       <c r="N172" t="s">
-        <v>3690</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>1747</v>
       </c>
       <c r="B173" t="s">
-        <v>3691</v>
+        <v>3699</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>3692</v>
+        <v>3700</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>3693</v>
+        <v>3701</v>
       </c>
       <c r="H173" t="s">
-        <v>3694</v>
+        <v>3702</v>
       </c>
       <c r="I173" t="s">
-        <v>2394</v>
+        <v>3703</v>
       </c>
       <c r="J173" t="s">
-        <v>3315</v>
+        <v>2472</v>
       </c>
       <c r="K173" t="s">
-        <v>3695</v>
+        <v>3704</v>
+      </c>
+      <c r="L173" t="s">
+        <v>3705</v>
+      </c>
+      <c r="M173" t="s">
+        <v>3706</v>
+      </c>
+      <c r="N173" t="s">
+        <v>3707</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>1747</v>
       </c>
       <c r="B174" t="s">
-        <v>3696</v>
+        <v>3708</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>3683</v>
+        <v>3709</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>3697</v>
+        <v>3710</v>
       </c>
       <c r="H174" t="s">
-        <v>3698</v>
+        <v>3711</v>
       </c>
       <c r="I174" t="s">
-        <v>3699</v>
+        <v>2433</v>
       </c>
       <c r="J174" t="s">
-        <v>3700</v>
+        <v>3332</v>
       </c>
       <c r="K174" t="s">
-        <v>3701</v>
-[...2 lines deleted...]
-        <v>3702</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>1747</v>
       </c>
       <c r="B175" t="s">
-        <v>3703</v>
+        <v>3713</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>3704</v>
+        <v>3700</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>3705</v>
+        <v>3714</v>
       </c>
       <c r="H175" t="s">
-        <v>3706</v>
+        <v>3715</v>
       </c>
       <c r="I175" t="s">
-        <v>3707</v>
+        <v>3716</v>
       </c>
       <c r="J175" t="s">
-        <v>3708</v>
+        <v>3717</v>
       </c>
       <c r="K175" t="s">
-        <v>3709</v>
+        <v>3718</v>
       </c>
       <c r="L175" t="s">
-        <v>3710</v>
-[...5 lines deleted...]
-        <v>3712</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>1747</v>
       </c>
       <c r="B176" t="s">
-        <v>3713</v>
+        <v>3720</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>3714</v>
+        <v>3721</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>3715</v>
+        <v>3722</v>
       </c>
       <c r="H176" t="s">
-        <v>3716</v>
+        <v>3723</v>
       </c>
       <c r="I176" t="s">
-        <v>3717</v>
+        <v>3724</v>
       </c>
       <c r="J176" t="s">
-        <v>1837</v>
+        <v>3725</v>
       </c>
       <c r="K176" t="s">
-        <v>3718</v>
+        <v>3726</v>
       </c>
       <c r="L176" t="s">
-        <v>3719</v>
+        <v>3727</v>
       </c>
       <c r="M176" t="s">
-        <v>3720</v>
+        <v>3728</v>
       </c>
       <c r="N176" t="s">
-        <v>3721</v>
-[...11 lines deleted...]
-        <v>3725</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>1747</v>
       </c>
       <c r="B177" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
       <c r="H177" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
       <c r="I177" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
       <c r="J177" t="s">
-        <v>3731</v>
+        <v>2015</v>
       </c>
       <c r="K177" t="s">
-        <v>3732</v>
+        <v>3735</v>
       </c>
       <c r="L177" t="s">
-        <v>3733</v>
+        <v>3736</v>
       </c>
       <c r="M177" t="s">
-        <v>3734</v>
+        <v>3737</v>
+      </c>
+      <c r="N177" t="s">
+        <v>3738</v>
+      </c>
+      <c r="O177" t="s">
+        <v>3739</v>
+      </c>
+      <c r="P177" t="s">
+        <v>3740</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>3741</v>
+      </c>
+      <c r="R177" t="s">
+        <v>3742</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>1747</v>
       </c>
       <c r="B178" t="s">
-        <v>3735</v>
+        <v>3743</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>3736</v>
+        <v>3744</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>3737</v>
+        <v>3745</v>
       </c>
       <c r="H178" t="s">
-        <v>3738</v>
+        <v>3746</v>
       </c>
       <c r="I178" t="s">
-        <v>2924</v>
+        <v>3747</v>
       </c>
       <c r="J178" t="s">
-        <v>2959</v>
+        <v>3748</v>
       </c>
       <c r="K178" t="s">
-        <v>3739</v>
+        <v>3749</v>
       </c>
       <c r="L178" t="s">
-        <v>3740</v>
+        <v>3750</v>
+      </c>
+      <c r="M178" t="s">
+        <v>3751</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>1747</v>
       </c>
       <c r="B179" t="s">
-        <v>3741</v>
+        <v>3752</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>3736</v>
+        <v>3753</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>3742</v>
+        <v>3754</v>
       </c>
       <c r="H179" t="s">
-        <v>3743</v>
+        <v>3755</v>
       </c>
       <c r="I179" t="s">
-        <v>3744</v>
+        <v>2941</v>
       </c>
       <c r="J179" t="s">
-        <v>1773</v>
+        <v>2976</v>
       </c>
       <c r="K179" t="s">
-        <v>3745</v>
+        <v>3756</v>
       </c>
       <c r="L179" t="s">
-        <v>3746</v>
-[...2 lines deleted...]
-        <v>3747</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>1747</v>
       </c>
       <c r="B180" t="s">
-        <v>3748</v>
+        <v>3758</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>3749</v>
+        <v>3753</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>3750</v>
+        <v>3759</v>
       </c>
       <c r="H180" t="s">
-        <v>3751</v>
+        <v>3760</v>
       </c>
       <c r="I180" t="s">
-        <v>3752</v>
+        <v>3761</v>
       </c>
       <c r="J180" t="s">
-        <v>1837</v>
+        <v>1951</v>
       </c>
       <c r="K180" t="s">
-        <v>3753</v>
+        <v>3762</v>
       </c>
       <c r="L180" t="s">
-        <v>3754</v>
+        <v>3763</v>
       </c>
       <c r="M180" t="s">
-        <v>3755</v>
-[...8 lines deleted...]
-        <v>3758</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>1747</v>
       </c>
       <c r="B181" t="s">
-        <v>3759</v>
+        <v>3765</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>3760</v>
+        <v>3766</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>3761</v>
+        <v>3767</v>
       </c>
       <c r="H181" t="s">
-        <v>3762</v>
+        <v>3768</v>
       </c>
       <c r="I181" t="s">
-        <v>3763</v>
+        <v>3769</v>
       </c>
       <c r="J181" t="s">
-        <v>3764</v>
+        <v>2015</v>
       </c>
       <c r="K181" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="L181" t="s">
-        <v>3766</v>
+        <v>3771</v>
       </c>
       <c r="M181" t="s">
-        <v>3767</v>
+        <v>3772</v>
       </c>
       <c r="N181" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="O181" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
       <c r="P181" t="s">
-        <v>3770</v>
-[...8 lines deleted...]
-        <v>3773</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>1747</v>
       </c>
       <c r="B182" t="s">
-        <v>3774</v>
+        <v>3776</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>3775</v>
+        <v>3777</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>3776</v>
+        <v>3778</v>
       </c>
       <c r="H182" t="s">
-        <v>3777</v>
+        <v>3779</v>
       </c>
       <c r="I182" t="s">
-        <v>3778</v>
+        <v>3780</v>
       </c>
       <c r="J182" t="s">
-        <v>2029</v>
+        <v>3781</v>
       </c>
       <c r="K182" t="s">
-        <v>3779</v>
+        <v>3782</v>
       </c>
       <c r="L182" t="s">
-        <v>3780</v>
+        <v>3783</v>
       </c>
       <c r="M182" t="s">
-        <v>3781</v>
+        <v>3784</v>
       </c>
       <c r="N182" t="s">
-        <v>3782</v>
+        <v>3785</v>
       </c>
       <c r="O182" t="s">
-        <v>3783</v>
+        <v>3786</v>
       </c>
       <c r="P182" t="s">
-        <v>3784</v>
+        <v>3787</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>3788</v>
+      </c>
+      <c r="R182" t="s">
+        <v>3789</v>
+      </c>
+      <c r="S182" t="s">
+        <v>3790</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>1747</v>
       </c>
       <c r="B183" t="s">
-        <v>3785</v>
+        <v>3791</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>3786</v>
+        <v>3792</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>3787</v>
+        <v>3793</v>
       </c>
       <c r="H183" t="s">
-        <v>3788</v>
+        <v>3794</v>
       </c>
       <c r="I183" t="s">
-        <v>2394</v>
+        <v>3795</v>
       </c>
       <c r="J183" t="s">
-        <v>3789</v>
+        <v>1890</v>
       </c>
       <c r="K183" t="s">
-        <v>3790</v>
+        <v>3796</v>
+      </c>
+      <c r="L183" t="s">
+        <v>3797</v>
+      </c>
+      <c r="M183" t="s">
+        <v>3798</v>
+      </c>
+      <c r="N183" t="s">
+        <v>3799</v>
+      </c>
+      <c r="O183" t="s">
+        <v>3800</v>
+      </c>
+      <c r="P183" t="s">
+        <v>3801</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>1747</v>
       </c>
       <c r="B184" t="s">
-        <v>3791</v>
+        <v>3802</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>3792</v>
+        <v>3803</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>3793</v>
+        <v>3804</v>
       </c>
       <c r="H184" t="s">
-        <v>3794</v>
+        <v>3805</v>
       </c>
       <c r="I184" t="s">
-        <v>3795</v>
+        <v>2433</v>
       </c>
       <c r="J184" t="s">
-        <v>3796</v>
+        <v>3806</v>
       </c>
       <c r="K184" t="s">
-        <v>3797</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>1747</v>
       </c>
       <c r="B185" t="s">
-        <v>3798</v>
+        <v>3808</v>
       </c>
       <c r="C185" t="s">
         <v>11</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>3799</v>
+        <v>3809</v>
       </c>
       <c r="F185" t="s">
         <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>3800</v>
+        <v>3810</v>
       </c>
       <c r="H185" t="s">
-        <v>3801</v>
+        <v>3811</v>
       </c>
       <c r="I185" t="s">
-        <v>3802</v>
+        <v>3812</v>
       </c>
       <c r="J185" t="s">
-        <v>1837</v>
+        <v>3813</v>
       </c>
       <c r="K185" t="s">
-        <v>3803</v>
-[...31 lines deleted...]
-      <c r="V185" t="s">
         <v>3814</v>
-      </c>
-[...13 lines deleted...]
-        <v>3819</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>1747</v>
       </c>
       <c r="B186" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3816</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3817</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3818</v>
+      </c>
+      <c r="I186" t="s">
+        <v>3819</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K186" t="s">
         <v>3820</v>
       </c>
-      <c r="C186" t="s">
-[...5 lines deleted...]
-      <c r="E186" t="s">
+      <c r="L186" t="s">
         <v>3821</v>
       </c>
-      <c r="F186" t="s">
-[...2 lines deleted...]
-      <c r="G186" t="s">
+      <c r="M186" t="s">
         <v>3822</v>
       </c>
-      <c r="H186" t="s">
+      <c r="N186" t="s">
         <v>3823</v>
       </c>
-      <c r="I186" t="s">
+      <c r="O186" t="s">
         <v>3824</v>
       </c>
-      <c r="J186" t="s">
+      <c r="P186" t="s">
         <v>3825</v>
       </c>
-      <c r="K186" t="s">
+      <c r="Q186" t="s">
         <v>3826</v>
       </c>
-      <c r="L186" t="s">
+      <c r="R186" t="s">
         <v>3827</v>
       </c>
-      <c r="M186" t="s">
+      <c r="S186" t="s">
         <v>3828</v>
       </c>
-      <c r="N186" t="s">
+      <c r="T186" t="s">
         <v>3829</v>
       </c>
-      <c r="O186" t="s">
+      <c r="U186" t="s">
         <v>3830</v>
       </c>
-      <c r="P186" t="s">
+      <c r="V186" t="s">
         <v>3831</v>
       </c>
-      <c r="Q186" t="s">
+      <c r="W186" t="s">
         <v>3832</v>
       </c>
-      <c r="R186" t="s">
+      <c r="X186" t="s">
         <v>3833</v>
       </c>
-      <c r="S186" t="s">
+      <c r="Y186" t="s">
         <v>3834</v>
       </c>
-      <c r="T186" t="s">
+      <c r="Z186" t="s">
         <v>3835</v>
       </c>
-      <c r="U186" t="s">
+      <c r="AA186" t="s">
         <v>3836</v>
-      </c>
-[...31 lines deleted...]
-        <v>3847</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>1747</v>
       </c>
       <c r="B187" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C187" t="s">
+        <v>11</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>3838</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" t="s">
+        <v>3839</v>
+      </c>
+      <c r="H187" t="s">
+        <v>3840</v>
+      </c>
+      <c r="I187" t="s">
+        <v>3841</v>
+      </c>
+      <c r="J187" t="s">
+        <v>3842</v>
+      </c>
+      <c r="K187" t="s">
+        <v>3843</v>
+      </c>
+      <c r="L187" t="s">
+        <v>3844</v>
+      </c>
+      <c r="M187" t="s">
+        <v>3845</v>
+      </c>
+      <c r="N187" t="s">
+        <v>3846</v>
+      </c>
+      <c r="O187" t="s">
+        <v>3847</v>
+      </c>
+      <c r="P187" t="s">
         <v>3848</v>
       </c>
-      <c r="C187" t="s">
-[...11 lines deleted...]
-      <c r="G187" t="s">
+      <c r="Q187" t="s">
         <v>3849</v>
       </c>
-      <c r="H187" t="s">
+      <c r="R187" t="s">
         <v>3850</v>
       </c>
-      <c r="I187" t="s">
+      <c r="S187" t="s">
         <v>3851</v>
       </c>
-      <c r="J187" t="s">
+      <c r="T187" t="s">
         <v>3852</v>
       </c>
-      <c r="K187" t="s">
+      <c r="U187" t="s">
         <v>3853</v>
       </c>
-      <c r="L187" t="s">
+      <c r="V187" t="s">
         <v>3854</v>
       </c>
-      <c r="M187" t="s">
+      <c r="W187" t="s">
         <v>3855</v>
       </c>
-      <c r="N187" t="s">
+      <c r="X187" t="s">
         <v>3856</v>
+      </c>
+      <c r="Y187" t="s">
+        <v>3857</v>
+      </c>
+      <c r="Z187" t="s">
+        <v>3858</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>3859</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>3860</v>
+      </c>
+      <c r="AC187" t="s">
+        <v>3861</v>
+      </c>
+      <c r="AD187" t="s">
+        <v>3862</v>
+      </c>
+      <c r="AE187" t="s">
+        <v>3863</v>
+      </c>
+      <c r="AF187" t="s">
+        <v>3864</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>1747</v>
       </c>
       <c r="B188" t="s">
-        <v>3857</v>
+        <v>3865</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>3821</v>
+        <v>3838</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>3858</v>
+        <v>3866</v>
       </c>
       <c r="H188" t="s">
-        <v>3859</v>
+        <v>3867</v>
       </c>
       <c r="I188" t="s">
-        <v>3483</v>
+        <v>3868</v>
       </c>
       <c r="J188" t="s">
-        <v>3789</v>
+        <v>3869</v>
       </c>
       <c r="K188" t="s">
-        <v>3860</v>
+        <v>3870</v>
+      </c>
+      <c r="L188" t="s">
+        <v>3871</v>
+      </c>
+      <c r="M188" t="s">
+        <v>3872</v>
+      </c>
+      <c r="N188" t="s">
+        <v>3873</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>1747</v>
       </c>
       <c r="B189" t="s">
-        <v>3861</v>
+        <v>3874</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>3862</v>
+        <v>3838</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>3863</v>
+        <v>3875</v>
       </c>
       <c r="H189" t="s">
-        <v>3864</v>
+        <v>3876</v>
       </c>
       <c r="I189" t="s">
-        <v>3865</v>
+        <v>3500</v>
       </c>
       <c r="J189" t="s">
-        <v>3866</v>
+        <v>3806</v>
       </c>
       <c r="K189" t="s">
-        <v>3867</v>
-[...11 lines deleted...]
-        <v>3871</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>1747</v>
       </c>
       <c r="B190" t="s">
-        <v>3872</v>
+        <v>3878</v>
       </c>
       <c r="C190" t="s">
         <v>11</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>3873</v>
+        <v>3879</v>
       </c>
       <c r="F190" t="s">
         <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>3874</v>
+        <v>3880</v>
       </c>
       <c r="H190" t="s">
-        <v>3875</v>
+        <v>3881</v>
       </c>
       <c r="I190" t="s">
-        <v>3876</v>
+        <v>3882</v>
       </c>
       <c r="J190" t="s">
-        <v>2165</v>
+        <v>3883</v>
       </c>
       <c r="K190" t="s">
-        <v>3877</v>
+        <v>3884</v>
+      </c>
+      <c r="L190" t="s">
+        <v>3885</v>
+      </c>
+      <c r="M190" t="s">
+        <v>3886</v>
+      </c>
+      <c r="N190" t="s">
+        <v>3887</v>
+      </c>
+      <c r="O190" t="s">
+        <v>3888</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>1747</v>
       </c>
       <c r="B191" t="s">
-        <v>3878</v>
+        <v>3889</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>3879</v>
+        <v>3890</v>
       </c>
       <c r="F191" t="s">
         <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>3880</v>
+        <v>3891</v>
       </c>
       <c r="H191" t="s">
-        <v>3881</v>
+        <v>3892</v>
       </c>
       <c r="I191" t="s">
-        <v>3308</v>
+        <v>3893</v>
       </c>
       <c r="J191" t="s">
-        <v>386</v>
+        <v>2257</v>
       </c>
       <c r="K191" t="s">
-        <v>3882</v>
-[...8 lines deleted...]
-        <v>3885</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>1747</v>
       </c>
       <c r="B192" t="s">
-        <v>3886</v>
+        <v>3895</v>
       </c>
       <c r="C192" t="s">
         <v>11</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>3887</v>
+        <v>3896</v>
       </c>
       <c r="F192" t="s">
         <v>11</v>
       </c>
       <c r="G192" t="s">
-        <v>3888</v>
+        <v>3897</v>
       </c>
       <c r="H192" t="s">
-        <v>3889</v>
+        <v>3898</v>
       </c>
       <c r="I192" t="s">
-        <v>3890</v>
+        <v>3325</v>
       </c>
       <c r="J192" t="s">
-        <v>2549</v>
+        <v>386</v>
       </c>
       <c r="K192" t="s">
-        <v>3891</v>
+        <v>3899</v>
       </c>
       <c r="L192" t="s">
-        <v>3892</v>
+        <v>3900</v>
       </c>
       <c r="M192" t="s">
-        <v>3893</v>
+        <v>3901</v>
+      </c>
+      <c r="N192" t="s">
+        <v>3902</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>1747</v>
       </c>
       <c r="B193" t="s">
-        <v>3894</v>
+        <v>3903</v>
       </c>
       <c r="C193" t="s">
         <v>11</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>3895</v>
+        <v>3904</v>
       </c>
       <c r="F193" t="s">
         <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>3896</v>
+        <v>3905</v>
       </c>
       <c r="H193" t="s">
-        <v>3897</v>
+        <v>3906</v>
       </c>
       <c r="I193" t="s">
-        <v>3898</v>
+        <v>3907</v>
       </c>
       <c r="J193" t="s">
-        <v>3899</v>
+        <v>2575</v>
       </c>
       <c r="K193" t="s">
-        <v>3900</v>
+        <v>3908</v>
       </c>
       <c r="L193" t="s">
-        <v>3901</v>
+        <v>3909</v>
       </c>
       <c r="M193" t="s">
-        <v>3902</v>
-[...2 lines deleted...]
-        <v>3903</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>1747</v>
       </c>
       <c r="B194" t="s">
-        <v>3904</v>
+        <v>3911</v>
       </c>
       <c r="C194" t="s">
         <v>11</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>3905</v>
+        <v>3912</v>
       </c>
       <c r="F194" t="s">
         <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>3906</v>
+        <v>3913</v>
       </c>
       <c r="H194" t="s">
-        <v>3907</v>
+        <v>3914</v>
       </c>
       <c r="I194" t="s">
-        <v>3908</v>
+        <v>3915</v>
       </c>
       <c r="J194" t="s">
-        <v>2211</v>
+        <v>3916</v>
       </c>
       <c r="K194" t="s">
-        <v>3909</v>
+        <v>3917</v>
       </c>
       <c r="L194" t="s">
-        <v>3910</v>
+        <v>3918</v>
       </c>
       <c r="M194" t="s">
-        <v>3911</v>
+        <v>3919</v>
+      </c>
+      <c r="N194" t="s">
+        <v>3920</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>1747</v>
       </c>
       <c r="B195" t="s">
-        <v>3912</v>
+        <v>3921</v>
       </c>
       <c r="C195" t="s">
         <v>11</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>3913</v>
+        <v>3922</v>
       </c>
       <c r="F195" t="s">
         <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>3914</v>
+        <v>3923</v>
       </c>
       <c r="H195" t="s">
-        <v>3915</v>
+        <v>3924</v>
       </c>
       <c r="I195" t="s">
-        <v>3916</v>
+        <v>3925</v>
       </c>
       <c r="J195" t="s">
-        <v>3917</v>
+        <v>1829</v>
       </c>
       <c r="K195" t="s">
-        <v>3918</v>
+        <v>3926</v>
       </c>
       <c r="L195" t="s">
-        <v>3919</v>
+        <v>3927</v>
+      </c>
+      <c r="M195" t="s">
+        <v>3928</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>1747</v>
       </c>
       <c r="B196" t="s">
-        <v>3920</v>
+        <v>3929</v>
       </c>
       <c r="C196" t="s">
         <v>11</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>3921</v>
+        <v>3930</v>
       </c>
       <c r="F196" t="s">
         <v>11</v>
       </c>
       <c r="G196" t="s">
-        <v>3922</v>
+        <v>3931</v>
       </c>
       <c r="H196" t="s">
-        <v>3923</v>
+        <v>3932</v>
       </c>
       <c r="I196" t="s">
-        <v>3924</v>
+        <v>3933</v>
       </c>
       <c r="J196" t="s">
-        <v>2165</v>
+        <v>3934</v>
       </c>
       <c r="K196" t="s">
-        <v>3925</v>
+        <v>3935</v>
       </c>
       <c r="L196" t="s">
-        <v>3926</v>
-[...2 lines deleted...]
-        <v>3927</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>1747</v>
       </c>
       <c r="B197" t="s">
-        <v>3928</v>
+        <v>3937</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>3929</v>
+        <v>3938</v>
       </c>
       <c r="F197" t="s">
         <v>11</v>
       </c>
       <c r="G197" t="s">
-        <v>3930</v>
+        <v>3939</v>
       </c>
       <c r="H197" t="s">
-        <v>3931</v>
+        <v>3940</v>
       </c>
       <c r="I197" t="s">
-        <v>3699</v>
+        <v>3941</v>
       </c>
       <c r="J197" t="s">
-        <v>1939</v>
+        <v>2257</v>
       </c>
       <c r="K197" t="s">
-        <v>3932</v>
+        <v>3942</v>
       </c>
       <c r="L197" t="s">
-        <v>3933</v>
+        <v>3943</v>
       </c>
       <c r="M197" t="s">
-        <v>3934</v>
-[...2 lines deleted...]
-        <v>3935</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>1747</v>
       </c>
       <c r="B198" t="s">
-        <v>3936</v>
+        <v>3945</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>3921</v>
+        <v>3946</v>
       </c>
       <c r="F198" t="s">
         <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>3937</v>
+        <v>3947</v>
       </c>
       <c r="H198" t="s">
-        <v>3938</v>
+        <v>3948</v>
       </c>
       <c r="I198" t="s">
-        <v>3939</v>
+        <v>3716</v>
       </c>
       <c r="J198" t="s">
-        <v>3940</v>
+        <v>1753</v>
       </c>
       <c r="K198" t="s">
-        <v>3941</v>
+        <v>3949</v>
       </c>
       <c r="L198" t="s">
-        <v>3942</v>
+        <v>3950</v>
       </c>
       <c r="M198" t="s">
-        <v>3943</v>
+        <v>3951</v>
       </c>
       <c r="N198" t="s">
-        <v>3944</v>
-[...2 lines deleted...]
-        <v>3945</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>1747</v>
       </c>
       <c r="B199" t="s">
-        <v>3946</v>
+        <v>3953</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>3947</v>
+        <v>3938</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>3948</v>
+        <v>3954</v>
       </c>
       <c r="H199" t="s">
-        <v>3949</v>
+        <v>3955</v>
       </c>
       <c r="I199" t="s">
-        <v>3898</v>
+        <v>3956</v>
       </c>
       <c r="J199" t="s">
-        <v>2051</v>
+        <v>3957</v>
       </c>
       <c r="K199" t="s">
-        <v>3950</v>
+        <v>3958</v>
       </c>
       <c r="L199" t="s">
-        <v>3951</v>
+        <v>3959</v>
+      </c>
+      <c r="M199" t="s">
+        <v>3960</v>
+      </c>
+      <c r="N199" t="s">
+        <v>3961</v>
+      </c>
+      <c r="O199" t="s">
+        <v>3962</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>1747</v>
       </c>
       <c r="B200" t="s">
-        <v>3952</v>
+        <v>3963</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>3873</v>
+        <v>3964</v>
       </c>
       <c r="F200" t="s">
         <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>3953</v>
+        <v>3965</v>
       </c>
       <c r="H200" t="s">
-        <v>3954</v>
+        <v>3966</v>
       </c>
       <c r="I200" t="s">
-        <v>3955</v>
+        <v>3915</v>
       </c>
       <c r="J200" t="s">
-        <v>2081</v>
+        <v>2143</v>
       </c>
       <c r="K200" t="s">
-        <v>3956</v>
+        <v>3967</v>
+      </c>
+      <c r="L200" t="s">
+        <v>3968</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>1747</v>
       </c>
       <c r="B201" t="s">
-        <v>3957</v>
+        <v>3969</v>
       </c>
       <c r="C201" t="s">
         <v>11</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>3879</v>
+        <v>3890</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>3958</v>
+        <v>3970</v>
       </c>
       <c r="H201" t="s">
-        <v>3959</v>
+        <v>3971</v>
       </c>
       <c r="I201" t="s">
-        <v>2611</v>
+        <v>3972</v>
       </c>
       <c r="J201" t="s">
-        <v>3960</v>
+        <v>2173</v>
       </c>
       <c r="K201" t="s">
-        <v>3961</v>
-[...14 lines deleted...]
-        <v>3966</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>1747</v>
       </c>
       <c r="B202" t="s">
-        <v>3967</v>
+        <v>3974</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>3968</v>
+        <v>3896</v>
       </c>
       <c r="F202" t="s">
         <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>3969</v>
+        <v>3975</v>
       </c>
       <c r="H202" t="s">
-        <v>3970</v>
+        <v>3976</v>
       </c>
       <c r="I202" t="s">
-        <v>3971</v>
+        <v>1919</v>
       </c>
       <c r="J202" t="s">
-        <v>3972</v>
+        <v>3977</v>
       </c>
       <c r="K202" t="s">
-        <v>3973</v>
+        <v>3978</v>
       </c>
       <c r="L202" t="s">
-        <v>3974</v>
+        <v>3979</v>
       </c>
       <c r="M202" t="s">
-        <v>3975</v>
+        <v>3980</v>
+      </c>
+      <c r="N202" t="s">
+        <v>3981</v>
+      </c>
+      <c r="O202" t="s">
+        <v>3982</v>
+      </c>
+      <c r="P202" t="s">
+        <v>3983</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>1747</v>
       </c>
       <c r="B203" t="s">
-        <v>3976</v>
+        <v>3984</v>
       </c>
       <c r="C203" t="s">
         <v>11</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>3947</v>
+        <v>3985</v>
       </c>
       <c r="F203" t="s">
         <v>11</v>
       </c>
       <c r="G203" t="s">
-        <v>3977</v>
+        <v>3986</v>
       </c>
       <c r="H203" t="s">
-        <v>3978</v>
+        <v>3987</v>
       </c>
       <c r="I203" t="s">
-        <v>3979</v>
+        <v>3988</v>
       </c>
       <c r="J203" t="s">
-        <v>3980</v>
+        <v>3989</v>
       </c>
       <c r="K203" t="s">
-        <v>3981</v>
+        <v>3990</v>
       </c>
       <c r="L203" t="s">
-        <v>3982</v>
+        <v>3991</v>
+      </c>
+      <c r="M203" t="s">
+        <v>3992</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>1747</v>
       </c>
       <c r="B204" t="s">
-        <v>3983</v>
+        <v>3993</v>
       </c>
       <c r="C204" t="s">
         <v>11</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>3984</v>
+        <v>3964</v>
       </c>
       <c r="F204" t="s">
         <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>3985</v>
+        <v>3994</v>
       </c>
       <c r="H204" t="s">
-        <v>3986</v>
+        <v>3995</v>
       </c>
       <c r="I204" t="s">
-        <v>3987</v>
+        <v>3996</v>
       </c>
       <c r="J204" t="s">
-        <v>1939</v>
+        <v>3997</v>
       </c>
       <c r="K204" t="s">
-        <v>3988</v>
+        <v>3998</v>
       </c>
       <c r="L204" t="s">
-        <v>3989</v>
-[...8 lines deleted...]
-        <v>3992</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>1747</v>
       </c>
       <c r="B205" t="s">
-        <v>3993</v>
+        <v>4000</v>
       </c>
       <c r="C205" t="s">
         <v>11</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>3984</v>
+        <v>4001</v>
       </c>
       <c r="F205" t="s">
         <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>3994</v>
+        <v>4002</v>
       </c>
       <c r="H205" t="s">
-        <v>3995</v>
+        <v>4003</v>
       </c>
       <c r="I205" t="s">
-        <v>3996</v>
+        <v>4004</v>
       </c>
       <c r="J205" t="s">
-        <v>2081</v>
+        <v>1753</v>
       </c>
       <c r="K205" t="s">
-        <v>3997</v>
+        <v>4005</v>
       </c>
       <c r="L205" t="s">
-        <v>3998</v>
+        <v>4006</v>
       </c>
       <c r="M205" t="s">
-        <v>3999</v>
+        <v>4007</v>
+      </c>
+      <c r="N205" t="s">
+        <v>4008</v>
+      </c>
+      <c r="O205" t="s">
+        <v>4009</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>1747</v>
       </c>
       <c r="B206" t="s">
-        <v>4000</v>
+        <v>4010</v>
       </c>
       <c r="C206" t="s">
         <v>11</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>4001</v>
       </c>
       <c r="F206" t="s">
         <v>11</v>
       </c>
       <c r="G206" t="s">
-        <v>4002</v>
+        <v>4011</v>
       </c>
       <c r="H206" t="s">
-        <v>4003</v>
+        <v>4012</v>
       </c>
       <c r="I206" t="s">
-        <v>4004</v>
+        <v>4013</v>
       </c>
       <c r="J206" t="s">
-        <v>2549</v>
+        <v>2173</v>
       </c>
       <c r="K206" t="s">
-        <v>4005</v>
+        <v>4014</v>
       </c>
       <c r="L206" t="s">
-        <v>4006</v>
+        <v>4015</v>
       </c>
       <c r="M206" t="s">
-        <v>4007</v>
-[...5 lines deleted...]
-        <v>4009</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>1747</v>
       </c>
       <c r="B207" t="s">
-        <v>4010</v>
+        <v>4017</v>
       </c>
       <c r="C207" t="s">
         <v>11</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
-        <v>4011</v>
+        <v>4018</v>
       </c>
       <c r="F207" t="s">
         <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>4012</v>
+        <v>4019</v>
       </c>
       <c r="H207" t="s">
-        <v>4013</v>
+        <v>4020</v>
       </c>
       <c r="I207" t="s">
-        <v>4014</v>
+        <v>4021</v>
       </c>
       <c r="J207" t="s">
-        <v>4015</v>
+        <v>2575</v>
       </c>
       <c r="K207" t="s">
-        <v>4016</v>
+        <v>4022</v>
       </c>
       <c r="L207" t="s">
-        <v>4017</v>
+        <v>4023</v>
+      </c>
+      <c r="M207" t="s">
+        <v>4024</v>
+      </c>
+      <c r="N207" t="s">
+        <v>4025</v>
+      </c>
+      <c r="O207" t="s">
+        <v>4026</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>1747</v>
       </c>
       <c r="B208" t="s">
-        <v>4018</v>
+        <v>4027</v>
       </c>
       <c r="C208" t="s">
         <v>11</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>4019</v>
+        <v>4028</v>
       </c>
       <c r="F208" t="s">
         <v>11</v>
       </c>
       <c r="G208" t="s">
-        <v>4020</v>
+        <v>4029</v>
       </c>
       <c r="H208" t="s">
-        <v>4021</v>
+        <v>4030</v>
       </c>
       <c r="I208" t="s">
-        <v>4022</v>
+        <v>4031</v>
       </c>
       <c r="J208" t="s">
-        <v>4023</v>
+        <v>4032</v>
       </c>
       <c r="K208" t="s">
-        <v>4024</v>
+        <v>4033</v>
       </c>
       <c r="L208" t="s">
-        <v>4025</v>
-[...2 lines deleted...]
-        <v>4026</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>1747</v>
       </c>
       <c r="B209" t="s">
-        <v>4027</v>
+        <v>4035</v>
       </c>
       <c r="C209" t="s">
         <v>11</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>4028</v>
+        <v>4036</v>
       </c>
       <c r="F209" t="s">
         <v>11</v>
       </c>
       <c r="G209" t="s">
-        <v>4029</v>
+        <v>4037</v>
       </c>
       <c r="H209" t="s">
-        <v>4030</v>
+        <v>4038</v>
       </c>
       <c r="I209" t="s">
-        <v>4031</v>
+        <v>4039</v>
       </c>
       <c r="J209" t="s">
-        <v>4023</v>
+        <v>4040</v>
       </c>
       <c r="K209" t="s">
-        <v>4032</v>
+        <v>4041</v>
       </c>
       <c r="L209" t="s">
-        <v>4033</v>
+        <v>4042</v>
       </c>
       <c r="M209" t="s">
-        <v>4034</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>1747</v>
       </c>
       <c r="B210" t="s">
-        <v>4035</v>
+        <v>4044</v>
       </c>
       <c r="C210" t="s">
         <v>11</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>4036</v>
+        <v>4045</v>
       </c>
       <c r="F210" t="s">
         <v>11</v>
       </c>
       <c r="G210" t="s">
-        <v>4037</v>
+        <v>4046</v>
       </c>
       <c r="H210" t="s">
-        <v>4038</v>
+        <v>4047</v>
       </c>
       <c r="I210" t="s">
-        <v>4039</v>
+        <v>4048</v>
       </c>
       <c r="J210" t="s">
-        <v>3378</v>
+        <v>4040</v>
       </c>
       <c r="K210" t="s">
-        <v>4040</v>
+        <v>4049</v>
       </c>
       <c r="L210" t="s">
-        <v>4041</v>
+        <v>4050</v>
       </c>
       <c r="M210" t="s">
-        <v>4042</v>
-[...2 lines deleted...]
-        <v>4043</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>1747</v>
       </c>
       <c r="B211" t="s">
-        <v>4044</v>
+        <v>4052</v>
       </c>
       <c r="C211" t="s">
         <v>11</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>4045</v>
+        <v>4053</v>
       </c>
       <c r="F211" t="s">
         <v>11</v>
       </c>
       <c r="G211" t="s">
-        <v>4046</v>
+        <v>4054</v>
       </c>
       <c r="H211" t="s">
-        <v>4047</v>
+        <v>4055</v>
       </c>
       <c r="I211" t="s">
-        <v>4048</v>
+        <v>4056</v>
       </c>
       <c r="J211" t="s">
-        <v>4049</v>
+        <v>3395</v>
       </c>
       <c r="K211" t="s">
-        <v>4050</v>
+        <v>4057</v>
       </c>
       <c r="L211" t="s">
-        <v>4051</v>
+        <v>4058</v>
       </c>
       <c r="M211" t="s">
-        <v>4052</v>
+        <v>4059</v>
+      </c>
+      <c r="N211" t="s">
+        <v>4060</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>1747</v>
       </c>
       <c r="B212" t="s">
-        <v>4053</v>
+        <v>4061</v>
       </c>
       <c r="C212" t="s">
         <v>11</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>4045</v>
+        <v>4062</v>
       </c>
       <c r="F212" t="s">
         <v>11</v>
       </c>
       <c r="G212" t="s">
-        <v>4054</v>
+        <v>4063</v>
       </c>
       <c r="H212" t="s">
-        <v>4055</v>
+        <v>4064</v>
       </c>
       <c r="I212" t="s">
-        <v>4056</v>
+        <v>4065</v>
       </c>
       <c r="J212" t="s">
-        <v>4049</v>
+        <v>4066</v>
       </c>
       <c r="K212" t="s">
-        <v>4057</v>
+        <v>4067</v>
       </c>
       <c r="L212" t="s">
-        <v>4058</v>
+        <v>4068</v>
       </c>
       <c r="M212" t="s">
-        <v>4059</v>
-[...2 lines deleted...]
-        <v>4060</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>1747</v>
       </c>
       <c r="B213" t="s">
-        <v>4061</v>
+        <v>4070</v>
       </c>
       <c r="C213" t="s">
         <v>11</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>3879</v>
+        <v>4062</v>
       </c>
       <c r="F213" t="s">
         <v>11</v>
       </c>
       <c r="G213" t="s">
-        <v>4062</v>
+        <v>4071</v>
       </c>
       <c r="H213" t="s">
-        <v>4063</v>
+        <v>4072</v>
       </c>
       <c r="I213" t="s">
-        <v>4064</v>
+        <v>4073</v>
       </c>
       <c r="J213" t="s">
-        <v>1921</v>
+        <v>4066</v>
       </c>
       <c r="K213" t="s">
-        <v>4065</v>
+        <v>4074</v>
       </c>
       <c r="L213" t="s">
-        <v>4066</v>
+        <v>4075</v>
       </c>
       <c r="M213" t="s">
-        <v>4067</v>
+        <v>4076</v>
+      </c>
+      <c r="N213" t="s">
+        <v>4077</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>1747</v>
       </c>
       <c r="B214" t="s">
-        <v>4068</v>
+        <v>4078</v>
       </c>
       <c r="C214" t="s">
         <v>11</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
-        <v>4069</v>
+        <v>3896</v>
       </c>
       <c r="F214" t="s">
         <v>11</v>
       </c>
       <c r="G214" t="s">
-        <v>4070</v>
+        <v>4079</v>
       </c>
       <c r="H214" t="s">
-        <v>4071</v>
+        <v>4080</v>
       </c>
       <c r="I214" t="s">
-        <v>4072</v>
+        <v>4081</v>
       </c>
       <c r="J214" t="s">
-        <v>2211</v>
+        <v>2075</v>
       </c>
       <c r="K214" t="s">
-        <v>4073</v>
+        <v>4082</v>
       </c>
       <c r="L214" t="s">
-        <v>4074</v>
+        <v>4083</v>
       </c>
       <c r="M214" t="s">
-        <v>4075</v>
-[...2 lines deleted...]
-        <v>4076</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>1747</v>
       </c>
       <c r="B215" t="s">
-        <v>4077</v>
+        <v>4085</v>
       </c>
       <c r="C215" t="s">
         <v>11</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>4078</v>
+        <v>4086</v>
       </c>
       <c r="F215" t="s">
         <v>11</v>
       </c>
       <c r="G215" t="s">
-        <v>4079</v>
+        <v>4087</v>
       </c>
       <c r="H215" t="s">
-        <v>4080</v>
+        <v>4088</v>
       </c>
       <c r="I215" t="s">
-        <v>4081</v>
+        <v>4089</v>
       </c>
       <c r="J215" t="s">
-        <v>2925</v>
+        <v>1829</v>
       </c>
       <c r="K215" t="s">
-        <v>4082</v>
+        <v>4090</v>
       </c>
       <c r="L215" t="s">
-        <v>4083</v>
+        <v>4091</v>
+      </c>
+      <c r="M215" t="s">
+        <v>4092</v>
+      </c>
+      <c r="N215" t="s">
+        <v>4093</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>1747</v>
       </c>
       <c r="B216" t="s">
-        <v>4084</v>
+        <v>4094</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>4085</v>
+        <v>4095</v>
       </c>
       <c r="F216" t="s">
         <v>11</v>
       </c>
       <c r="G216" t="s">
-        <v>4086</v>
+        <v>4096</v>
       </c>
       <c r="H216" t="s">
-        <v>4087</v>
+        <v>4097</v>
       </c>
       <c r="I216" t="s">
-        <v>4088</v>
+        <v>4098</v>
       </c>
       <c r="J216" t="s">
-        <v>3141</v>
+        <v>2942</v>
       </c>
       <c r="K216" t="s">
-        <v>4089</v>
+        <v>4099</v>
       </c>
       <c r="L216" t="s">
-        <v>4090</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>1747</v>
       </c>
       <c r="B217" t="s">
-        <v>4091</v>
+        <v>4101</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>4092</v>
+        <v>4102</v>
       </c>
       <c r="F217" t="s">
         <v>11</v>
       </c>
       <c r="G217" t="s">
-        <v>4093</v>
+        <v>4103</v>
       </c>
       <c r="H217" t="s">
-        <v>4094</v>
+        <v>4104</v>
       </c>
       <c r="I217" t="s">
-        <v>4095</v>
+        <v>4105</v>
       </c>
       <c r="J217" t="s">
-        <v>2165</v>
+        <v>3158</v>
       </c>
       <c r="K217" t="s">
-        <v>4096</v>
+        <v>4106</v>
       </c>
       <c r="L217" t="s">
-        <v>4097</v>
-[...8 lines deleted...]
-        <v>4100</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>1747</v>
       </c>
       <c r="B218" t="s">
-        <v>4101</v>
+        <v>4108</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>4092</v>
+        <v>4109</v>
       </c>
       <c r="F218" t="s">
         <v>11</v>
       </c>
       <c r="G218" t="s">
-        <v>4102</v>
+        <v>4110</v>
       </c>
       <c r="H218" t="s">
-        <v>4103</v>
+        <v>4111</v>
       </c>
       <c r="I218" t="s">
-        <v>4104</v>
+        <v>4112</v>
       </c>
       <c r="J218" t="s">
-        <v>2051</v>
+        <v>2257</v>
       </c>
       <c r="K218" t="s">
-        <v>4105</v>
+        <v>4113</v>
       </c>
       <c r="L218" t="s">
-        <v>4106</v>
+        <v>4114</v>
       </c>
       <c r="M218" t="s">
-        <v>4107</v>
+        <v>4115</v>
       </c>
       <c r="N218" t="s">
-        <v>4108</v>
+        <v>4116</v>
       </c>
       <c r="O218" t="s">
-        <v>4109</v>
-[...5 lines deleted...]
-        <v>4111</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>1747</v>
       </c>
       <c r="B219" t="s">
-        <v>4112</v>
+        <v>4118</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>4069</v>
+        <v>4109</v>
       </c>
       <c r="F219" t="s">
         <v>11</v>
       </c>
       <c r="G219" t="s">
-        <v>4113</v>
+        <v>4119</v>
       </c>
       <c r="H219" t="s">
-        <v>4114</v>
+        <v>4120</v>
       </c>
       <c r="I219" t="s">
-        <v>4115</v>
+        <v>4121</v>
       </c>
       <c r="J219" t="s">
-        <v>3434</v>
+        <v>2143</v>
       </c>
       <c r="K219" t="s">
-        <v>4116</v>
+        <v>4122</v>
       </c>
       <c r="L219" t="s">
-        <v>4117</v>
+        <v>4123</v>
       </c>
       <c r="M219" t="s">
-        <v>4118</v>
+        <v>4124</v>
       </c>
       <c r="N219" t="s">
-        <v>4119</v>
+        <v>4125</v>
       </c>
       <c r="O219" t="s">
-        <v>4120</v>
+        <v>4126</v>
       </c>
       <c r="P219" t="s">
-        <v>4121</v>
+        <v>4127</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>4128</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>1747</v>
       </c>
       <c r="B220" t="s">
-        <v>4122</v>
+        <v>4129</v>
       </c>
       <c r="C220" t="s">
         <v>11</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>4123</v>
+        <v>4086</v>
       </c>
       <c r="F220" t="s">
         <v>11</v>
       </c>
       <c r="G220" t="s">
-        <v>4124</v>
+        <v>4130</v>
       </c>
       <c r="H220" t="s">
-        <v>4125</v>
+        <v>4131</v>
       </c>
       <c r="I220" t="s">
-        <v>4126</v>
+        <v>4132</v>
       </c>
       <c r="J220" t="s">
-        <v>4127</v>
+        <v>3451</v>
       </c>
       <c r="K220" t="s">
-        <v>4128</v>
+        <v>4133</v>
       </c>
       <c r="L220" t="s">
-        <v>4129</v>
+        <v>4134</v>
+      </c>
+      <c r="M220" t="s">
+        <v>4135</v>
+      </c>
+      <c r="N220" t="s">
+        <v>4136</v>
+      </c>
+      <c r="O220" t="s">
+        <v>4137</v>
+      </c>
+      <c r="P220" t="s">
+        <v>4138</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>1747</v>
       </c>
       <c r="B221" t="s">
-        <v>4130</v>
+        <v>4139</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>4123</v>
+        <v>4140</v>
       </c>
       <c r="F221" t="s">
         <v>11</v>
       </c>
       <c r="G221" t="s">
-        <v>4131</v>
+        <v>4141</v>
       </c>
       <c r="H221" t="s">
-        <v>4132</v>
+        <v>4142</v>
       </c>
       <c r="I221" t="s">
-        <v>4133</v>
+        <v>4143</v>
       </c>
       <c r="J221" t="s">
-        <v>3520</v>
+        <v>4144</v>
       </c>
       <c r="K221" t="s">
-        <v>4134</v>
+        <v>4145</v>
       </c>
       <c r="L221" t="s">
-        <v>4135</v>
-[...5 lines deleted...]
-        <v>4137</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>1747</v>
       </c>
       <c r="B222" t="s">
-        <v>4138</v>
+        <v>4147</v>
       </c>
       <c r="C222" t="s">
         <v>11</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>4139</v>
+        <v>4140</v>
       </c>
       <c r="F222" t="s">
         <v>11</v>
       </c>
       <c r="G222" t="s">
-        <v>4140</v>
+        <v>4148</v>
       </c>
       <c r="H222" t="s">
-        <v>4141</v>
+        <v>4149</v>
       </c>
       <c r="I222" t="s">
-        <v>4142</v>
+        <v>4150</v>
       </c>
       <c r="J222" t="s">
-        <v>4143</v>
+        <v>3537</v>
       </c>
       <c r="K222" t="s">
-        <v>4144</v>
+        <v>4151</v>
       </c>
       <c r="L222" t="s">
-        <v>4145</v>
+        <v>4152</v>
       </c>
       <c r="M222" t="s">
-        <v>4146</v>
+        <v>4153</v>
+      </c>
+      <c r="N222" t="s">
+        <v>4154</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>1747</v>
       </c>
       <c r="B223" t="s">
-        <v>4147</v>
+        <v>4155</v>
       </c>
       <c r="C223" t="s">
         <v>11</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>4148</v>
+        <v>4156</v>
       </c>
       <c r="F223" t="s">
         <v>11</v>
       </c>
       <c r="G223" t="s">
-        <v>4149</v>
+        <v>4157</v>
       </c>
       <c r="H223" t="s">
-        <v>4150</v>
+        <v>4158</v>
       </c>
       <c r="I223" t="s">
-        <v>4151</v>
+        <v>4159</v>
       </c>
       <c r="J223" t="s">
-        <v>3378</v>
+        <v>4160</v>
       </c>
       <c r="K223" t="s">
-        <v>4152</v>
+        <v>4161</v>
+      </c>
+      <c r="L223" t="s">
+        <v>4162</v>
+      </c>
+      <c r="M223" t="s">
+        <v>4163</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>1747</v>
       </c>
       <c r="B224" t="s">
-        <v>4153</v>
+        <v>4164</v>
       </c>
       <c r="C224" t="s">
         <v>11</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>4154</v>
+        <v>4165</v>
       </c>
       <c r="F224" t="s">
         <v>11</v>
       </c>
       <c r="G224" t="s">
-        <v>4155</v>
+        <v>4166</v>
       </c>
       <c r="H224" t="s">
-        <v>4156</v>
+        <v>4167</v>
       </c>
       <c r="I224" t="s">
-        <v>4157</v>
+        <v>4168</v>
       </c>
       <c r="J224" t="s">
-        <v>4158</v>
+        <v>3395</v>
       </c>
       <c r="K224" t="s">
-        <v>4159</v>
-[...8 lines deleted...]
-        <v>4162</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>1747</v>
       </c>
       <c r="B225" t="s">
-        <v>4163</v>
+        <v>4170</v>
       </c>
       <c r="C225" t="s">
         <v>11</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>4164</v>
+        <v>4171</v>
       </c>
       <c r="F225" t="s">
         <v>11</v>
       </c>
       <c r="G225" t="s">
-        <v>4165</v>
+        <v>4172</v>
       </c>
       <c r="H225" t="s">
-        <v>4166</v>
+        <v>4173</v>
       </c>
       <c r="I225" t="s">
-        <v>4167</v>
+        <v>4174</v>
       </c>
       <c r="J225" t="s">
-        <v>4168</v>
+        <v>4175</v>
       </c>
       <c r="K225" t="s">
-        <v>4169</v>
+        <v>4176</v>
       </c>
       <c r="L225" t="s">
-        <v>4170</v>
+        <v>4177</v>
+      </c>
+      <c r="M225" t="s">
+        <v>4178</v>
+      </c>
+      <c r="N225" t="s">
+        <v>4179</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>1747</v>
       </c>
       <c r="B226" t="s">
-        <v>4171</v>
+        <v>4180</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
-        <v>4172</v>
+        <v>4181</v>
       </c>
       <c r="F226" t="s">
         <v>11</v>
       </c>
       <c r="G226" t="s">
-        <v>4173</v>
+        <v>4182</v>
       </c>
       <c r="H226" t="s">
-        <v>4174</v>
+        <v>4183</v>
       </c>
       <c r="I226" t="s">
-        <v>4175</v>
+        <v>4184</v>
       </c>
       <c r="J226" t="s">
-        <v>2051</v>
+        <v>4185</v>
       </c>
       <c r="K226" t="s">
-        <v>4176</v>
+        <v>4186</v>
       </c>
       <c r="L226" t="s">
-        <v>4177</v>
-[...5 lines deleted...]
-        <v>4179</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>1747</v>
       </c>
       <c r="B227" t="s">
-        <v>4180</v>
+        <v>4188</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>4181</v>
+        <v>4189</v>
       </c>
       <c r="F227" t="s">
         <v>11</v>
       </c>
       <c r="G227" t="s">
-        <v>4182</v>
+        <v>4190</v>
       </c>
       <c r="H227" t="s">
-        <v>4183</v>
+        <v>4191</v>
       </c>
       <c r="I227" t="s">
-        <v>4184</v>
+        <v>4192</v>
       </c>
       <c r="J227" t="s">
-        <v>1872</v>
+        <v>2143</v>
       </c>
       <c r="K227" t="s">
-        <v>4185</v>
+        <v>4193</v>
       </c>
       <c r="L227" t="s">
-        <v>4186</v>
+        <v>4194</v>
       </c>
       <c r="M227" t="s">
-        <v>4187</v>
+        <v>4195</v>
+      </c>
+      <c r="N227" t="s">
+        <v>4196</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>1747</v>
       </c>
       <c r="B228" t="s">
-        <v>4188</v>
+        <v>4197</v>
       </c>
       <c r="C228" t="s">
         <v>11</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>4189</v>
+        <v>4198</v>
       </c>
       <c r="F228" t="s">
         <v>11</v>
       </c>
       <c r="G228" t="s">
-        <v>4190</v>
+        <v>4199</v>
       </c>
       <c r="H228" t="s">
-        <v>4191</v>
+        <v>4200</v>
       </c>
       <c r="I228" t="s">
-        <v>4192</v>
+        <v>4201</v>
       </c>
       <c r="J228" t="s">
-        <v>3378</v>
+        <v>1905</v>
       </c>
       <c r="K228" t="s">
-        <v>4193</v>
+        <v>4202</v>
+      </c>
+      <c r="L228" t="s">
+        <v>4203</v>
+      </c>
+      <c r="M228" t="s">
+        <v>4204</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>1747</v>
       </c>
       <c r="B229" t="s">
-        <v>4194</v>
+        <v>4205</v>
       </c>
       <c r="C229" t="s">
         <v>11</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>4195</v>
+        <v>4206</v>
       </c>
       <c r="F229" t="s">
         <v>11</v>
       </c>
       <c r="G229" t="s">
-        <v>4196</v>
+        <v>4207</v>
       </c>
       <c r="H229" t="s">
-        <v>4197</v>
+        <v>4208</v>
       </c>
       <c r="I229" t="s">
-        <v>4198</v>
+        <v>4209</v>
       </c>
       <c r="J229" t="s">
-        <v>4199</v>
+        <v>3395</v>
       </c>
       <c r="K229" t="s">
-        <v>4200</v>
-[...28 lines deleted...]
-      <c r="U229" t="s">
         <v>4210</v>
-      </c>
-[...19 lines deleted...]
-        <v>4217</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>1747</v>
       </c>
       <c r="B230" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C230" t="s">
+        <v>11</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>4212</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" t="s">
+        <v>4213</v>
+      </c>
+      <c r="H230" t="s">
+        <v>4214</v>
+      </c>
+      <c r="I230" t="s">
+        <v>4215</v>
+      </c>
+      <c r="J230" t="s">
+        <v>4216</v>
+      </c>
+      <c r="K230" t="s">
+        <v>4217</v>
+      </c>
+      <c r="L230" t="s">
         <v>4218</v>
       </c>
-      <c r="C230" t="s">
-[...11 lines deleted...]
-      <c r="G230" t="s">
+      <c r="M230" t="s">
         <v>4219</v>
       </c>
-      <c r="H230" t="s">
+      <c r="N230" t="s">
         <v>4220</v>
       </c>
-      <c r="I230" t="s">
+      <c r="O230" t="s">
         <v>4221</v>
       </c>
-      <c r="J230" t="s">
-[...2 lines deleted...]
-      <c r="K230" t="s">
+      <c r="P230" t="s">
         <v>4222</v>
       </c>
-      <c r="L230" t="s">
+      <c r="Q230" t="s">
         <v>4223</v>
       </c>
-      <c r="M230" t="s">
+      <c r="R230" t="s">
         <v>4224</v>
+      </c>
+      <c r="S230" t="s">
+        <v>4225</v>
+      </c>
+      <c r="T230" t="s">
+        <v>4226</v>
+      </c>
+      <c r="U230" t="s">
+        <v>4227</v>
+      </c>
+      <c r="V230" t="s">
+        <v>4228</v>
+      </c>
+      <c r="W230" t="s">
+        <v>4229</v>
+      </c>
+      <c r="X230" t="s">
+        <v>4230</v>
+      </c>
+      <c r="Y230" t="s">
+        <v>4231</v>
+      </c>
+      <c r="Z230" t="s">
+        <v>4232</v>
+      </c>
+      <c r="AA230" t="s">
+        <v>4233</v>
+      </c>
+      <c r="AB230" t="s">
+        <v>4234</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>1747</v>
       </c>
       <c r="B231" t="s">
-        <v>4225</v>
+        <v>4235</v>
       </c>
       <c r="C231" t="s">
         <v>11</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>4226</v>
+        <v>4212</v>
       </c>
       <c r="F231" t="s">
         <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>4227</v>
+        <v>4236</v>
       </c>
       <c r="H231" t="s">
-        <v>4228</v>
+        <v>4237</v>
       </c>
       <c r="I231" t="s">
-        <v>4229</v>
+        <v>4238</v>
       </c>
       <c r="J231" t="s">
-        <v>2433</v>
+        <v>3158</v>
       </c>
       <c r="K231" t="s">
-        <v>4230</v>
+        <v>4239</v>
       </c>
       <c r="L231" t="s">
-        <v>4231</v>
+        <v>4240</v>
       </c>
       <c r="M231" t="s">
-        <v>4232</v>
-[...11 lines deleted...]
-        <v>4236</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>1747</v>
       </c>
       <c r="B232" t="s">
-        <v>4237</v>
+        <v>4242</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>4238</v>
+        <v>4243</v>
       </c>
       <c r="F232" t="s">
         <v>11</v>
       </c>
       <c r="G232" t="s">
-        <v>4239</v>
+        <v>4244</v>
       </c>
       <c r="H232" t="s">
-        <v>4240</v>
+        <v>4245</v>
       </c>
       <c r="I232" t="s">
-        <v>4241</v>
+        <v>4246</v>
       </c>
       <c r="J232" t="s">
-        <v>4242</v>
+        <v>2472</v>
       </c>
       <c r="K232" t="s">
-        <v>4243</v>
+        <v>4247</v>
       </c>
       <c r="L232" t="s">
-        <v>4244</v>
+        <v>4248</v>
       </c>
       <c r="M232" t="s">
-        <v>4245</v>
+        <v>4249</v>
       </c>
       <c r="N232" t="s">
-        <v>4246</v>
+        <v>4250</v>
+      </c>
+      <c r="O232" t="s">
+        <v>4251</v>
+      </c>
+      <c r="P232" t="s">
+        <v>4252</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>4253</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>1747</v>
       </c>
       <c r="B233" t="s">
-        <v>4247</v>
+        <v>4254</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>4248</v>
+        <v>4255</v>
       </c>
       <c r="F233" t="s">
         <v>11</v>
       </c>
       <c r="G233" t="s">
-        <v>4249</v>
+        <v>4256</v>
       </c>
       <c r="H233" t="s">
-        <v>4250</v>
+        <v>4257</v>
       </c>
       <c r="I233" t="s">
-        <v>4251</v>
+        <v>4258</v>
       </c>
       <c r="J233" t="s">
-        <v>2211</v>
+        <v>4259</v>
       </c>
       <c r="K233" t="s">
-        <v>4252</v>
+        <v>4260</v>
       </c>
       <c r="L233" t="s">
-        <v>4253</v>
+        <v>4261</v>
       </c>
       <c r="M233" t="s">
-        <v>4254</v>
+        <v>4262</v>
       </c>
       <c r="N233" t="s">
-        <v>4255</v>
-[...8 lines deleted...]
-        <v>4258</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>1747</v>
       </c>
       <c r="B234" t="s">
-        <v>4259</v>
+        <v>4264</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>4260</v>
+        <v>4265</v>
       </c>
       <c r="F234" t="s">
         <v>11</v>
       </c>
       <c r="G234" t="s">
-        <v>4261</v>
+        <v>4266</v>
       </c>
       <c r="H234" t="s">
-        <v>4262</v>
+        <v>4267</v>
       </c>
       <c r="I234" t="s">
-        <v>2611</v>
+        <v>4268</v>
       </c>
       <c r="J234" t="s">
-        <v>2051</v>
+        <v>1829</v>
       </c>
       <c r="K234" t="s">
-        <v>4263</v>
+        <v>4269</v>
       </c>
       <c r="L234" t="s">
-        <v>4264</v>
+        <v>4270</v>
       </c>
       <c r="M234" t="s">
-        <v>4265</v>
+        <v>4271</v>
       </c>
       <c r="N234" t="s">
-        <v>4266</v>
+        <v>4272</v>
       </c>
       <c r="O234" t="s">
-        <v>4267</v>
+        <v>4273</v>
+      </c>
+      <c r="P234" t="s">
+        <v>4274</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>4275</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>1747</v>
       </c>
       <c r="B235" t="s">
-        <v>4268</v>
+        <v>4276</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>4269</v>
+        <v>4277</v>
       </c>
       <c r="F235" t="s">
         <v>11</v>
       </c>
       <c r="G235" t="s">
-        <v>4270</v>
+        <v>4278</v>
       </c>
       <c r="H235" t="s">
-        <v>4271</v>
+        <v>4279</v>
       </c>
       <c r="I235" t="s">
-        <v>3545</v>
+        <v>1919</v>
       </c>
       <c r="J235" t="s">
-        <v>1773</v>
+        <v>2143</v>
       </c>
       <c r="K235" t="s">
-        <v>4272</v>
+        <v>4280</v>
       </c>
       <c r="L235" t="s">
-        <v>4273</v>
+        <v>4281</v>
       </c>
       <c r="M235" t="s">
-        <v>4274</v>
+        <v>4282</v>
       </c>
       <c r="N235" t="s">
-        <v>4275</v>
+        <v>4283</v>
       </c>
       <c r="O235" t="s">
-        <v>4276</v>
-[...5 lines deleted...]
-        <v>4278</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>1747</v>
       </c>
       <c r="B236" t="s">
-        <v>4279</v>
+        <v>4285</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>4280</v>
+        <v>4286</v>
       </c>
       <c r="F236" t="s">
         <v>11</v>
       </c>
       <c r="G236" t="s">
-        <v>4281</v>
+        <v>4287</v>
       </c>
       <c r="H236" t="s">
-        <v>4282</v>
+        <v>4288</v>
       </c>
       <c r="I236" t="s">
-        <v>4283</v>
+        <v>3562</v>
       </c>
       <c r="J236" t="s">
-        <v>3789</v>
+        <v>1951</v>
       </c>
       <c r="K236" t="s">
-        <v>4284</v>
+        <v>4289</v>
       </c>
       <c r="L236" t="s">
-        <v>4285</v>
+        <v>4290</v>
       </c>
       <c r="M236" t="s">
-        <v>4286</v>
+        <v>4291</v>
       </c>
       <c r="N236" t="s">
-        <v>4287</v>
+        <v>4292</v>
+      </c>
+      <c r="O236" t="s">
+        <v>4293</v>
+      </c>
+      <c r="P236" t="s">
+        <v>4294</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>4295</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>1747</v>
       </c>
       <c r="B237" t="s">
-        <v>4288</v>
+        <v>4296</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>4289</v>
+        <v>4297</v>
       </c>
       <c r="F237" t="s">
         <v>11</v>
       </c>
       <c r="G237" t="s">
-        <v>4290</v>
+        <v>4298</v>
       </c>
       <c r="H237" t="s">
-        <v>4291</v>
+        <v>4299</v>
       </c>
       <c r="I237" t="s">
-        <v>4292</v>
+        <v>4300</v>
       </c>
       <c r="J237" t="s">
-        <v>4293</v>
+        <v>3806</v>
       </c>
       <c r="K237" t="s">
-        <v>4294</v>
+        <v>4301</v>
       </c>
       <c r="L237" t="s">
-        <v>4295</v>
+        <v>4302</v>
       </c>
       <c r="M237" t="s">
-        <v>4296</v>
+        <v>4303</v>
+      </c>
+      <c r="N237" t="s">
+        <v>4304</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>1747</v>
       </c>
       <c r="B238" t="s">
-        <v>4297</v>
+        <v>4305</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>4298</v>
+        <v>4306</v>
       </c>
       <c r="F238" t="s">
         <v>11</v>
       </c>
       <c r="G238" t="s">
-        <v>4299</v>
+        <v>4307</v>
       </c>
       <c r="H238" t="s">
-        <v>4300</v>
+        <v>4308</v>
       </c>
       <c r="I238" t="s">
-        <v>4301</v>
+        <v>4309</v>
       </c>
       <c r="J238" t="s">
-        <v>4302</v>
+        <v>4310</v>
       </c>
       <c r="K238" t="s">
-        <v>4303</v>
+        <v>4311</v>
       </c>
       <c r="L238" t="s">
-        <v>4304</v>
+        <v>4312</v>
       </c>
       <c r="M238" t="s">
-        <v>4305</v>
-[...17 lines deleted...]
-        <v>4311</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>1747</v>
       </c>
       <c r="B239" t="s">
-        <v>4312</v>
+        <v>4314</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>4298</v>
+        <v>4315</v>
       </c>
       <c r="F239" t="s">
         <v>11</v>
       </c>
       <c r="G239" t="s">
-        <v>4313</v>
+        <v>4316</v>
       </c>
       <c r="H239" t="s">
-        <v>4314</v>
+        <v>4317</v>
       </c>
       <c r="I239" t="s">
-        <v>4315</v>
+        <v>4318</v>
       </c>
       <c r="J239" t="s">
-        <v>2549</v>
+        <v>4319</v>
       </c>
       <c r="K239" t="s">
-        <v>4316</v>
+        <v>4320</v>
       </c>
       <c r="L239" t="s">
-        <v>4317</v>
+        <v>4321</v>
       </c>
       <c r="M239" t="s">
-        <v>4318</v>
+        <v>4322</v>
       </c>
       <c r="N239" t="s">
-        <v>4319</v>
+        <v>4323</v>
       </c>
       <c r="O239" t="s">
-        <v>4320</v>
+        <v>4324</v>
       </c>
       <c r="P239" t="s">
-        <v>4321</v>
+        <v>4325</v>
       </c>
       <c r="Q239" t="s">
-        <v>4322</v>
+        <v>4326</v>
+      </c>
+      <c r="R239" t="s">
+        <v>4327</v>
+      </c>
+      <c r="S239" t="s">
+        <v>4328</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>1747</v>
       </c>
       <c r="B240" t="s">
-        <v>4323</v>
+        <v>4329</v>
       </c>
       <c r="C240" t="s">
         <v>11</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>4324</v>
+        <v>4315</v>
       </c>
       <c r="F240" t="s">
         <v>11</v>
       </c>
       <c r="G240" t="s">
-        <v>4325</v>
+        <v>4330</v>
       </c>
       <c r="H240" t="s">
-        <v>4326</v>
+        <v>4331</v>
       </c>
       <c r="I240" t="s">
-        <v>4327</v>
+        <v>4332</v>
       </c>
       <c r="J240" t="s">
-        <v>4328</v>
+        <v>2575</v>
       </c>
       <c r="K240" t="s">
-        <v>4329</v>
+        <v>4333</v>
       </c>
       <c r="L240" t="s">
-        <v>4330</v>
+        <v>4334</v>
+      </c>
+      <c r="M240" t="s">
+        <v>4335</v>
+      </c>
+      <c r="N240" t="s">
+        <v>4336</v>
+      </c>
+      <c r="O240" t="s">
+        <v>4337</v>
+      </c>
+      <c r="P240" t="s">
+        <v>4338</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>4339</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>1747</v>
       </c>
       <c r="B241" t="s">
-        <v>4331</v>
+        <v>4340</v>
       </c>
       <c r="C241" t="s">
         <v>11</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>4324</v>
+        <v>4341</v>
       </c>
       <c r="F241" t="s">
         <v>11</v>
       </c>
       <c r="G241" t="s">
-        <v>4332</v>
+        <v>4342</v>
       </c>
       <c r="H241" t="s">
-        <v>4333</v>
+        <v>4343</v>
       </c>
       <c r="I241" t="s">
-        <v>4334</v>
+        <v>4344</v>
       </c>
       <c r="J241" t="s">
-        <v>4335</v>
+        <v>4345</v>
       </c>
       <c r="K241" t="s">
-        <v>4336</v>
+        <v>4346</v>
+      </c>
+      <c r="L241" t="s">
+        <v>4347</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>1747</v>
       </c>
       <c r="B242" t="s">
-        <v>4337</v>
+        <v>4348</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>4338</v>
+        <v>4341</v>
       </c>
       <c r="F242" t="s">
         <v>11</v>
       </c>
       <c r="G242" t="s">
-        <v>4339</v>
+        <v>4349</v>
       </c>
       <c r="H242" t="s">
-        <v>4340</v>
+        <v>4350</v>
       </c>
       <c r="I242" t="s">
-        <v>4341</v>
+        <v>4351</v>
       </c>
       <c r="J242" t="s">
-        <v>4342</v>
+        <v>4352</v>
       </c>
       <c r="K242" t="s">
-        <v>4343</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>1747</v>
       </c>
       <c r="B243" t="s">
-        <v>4344</v>
+        <v>4354</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>4345</v>
+        <v>4355</v>
       </c>
       <c r="F243" t="s">
         <v>11</v>
       </c>
       <c r="G243" t="s">
-        <v>4346</v>
+        <v>4356</v>
       </c>
       <c r="H243" t="s">
-        <v>4347</v>
+        <v>4357</v>
       </c>
       <c r="I243" t="s">
-        <v>4348</v>
+        <v>4358</v>
       </c>
       <c r="J243" t="s">
-        <v>1773</v>
+        <v>4359</v>
       </c>
       <c r="K243" t="s">
-        <v>4349</v>
-[...11 lines deleted...]
-        <v>4353</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>1747</v>
       </c>
       <c r="B244" t="s">
-        <v>4354</v>
+        <v>4361</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>4355</v>
+        <v>4362</v>
       </c>
       <c r="F244" t="s">
         <v>11</v>
       </c>
       <c r="G244" t="s">
-        <v>4356</v>
+        <v>4363</v>
       </c>
       <c r="H244" t="s">
-        <v>4357</v>
+        <v>4364</v>
       </c>
       <c r="I244" t="s">
-        <v>4358</v>
+        <v>4365</v>
       </c>
       <c r="J244" t="s">
-        <v>1837</v>
+        <v>1951</v>
       </c>
       <c r="K244" t="s">
-        <v>4359</v>
+        <v>4366</v>
       </c>
       <c r="L244" t="s">
-        <v>4360</v>
+        <v>4367</v>
       </c>
       <c r="M244" t="s">
-        <v>4361</v>
+        <v>4368</v>
       </c>
       <c r="N244" t="s">
-        <v>4362</v>
+        <v>4369</v>
       </c>
       <c r="O244" t="s">
-        <v>4363</v>
+        <v>4370</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>1747</v>
       </c>
       <c r="B245" t="s">
-        <v>4364</v>
+        <v>4371</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>4365</v>
+        <v>4372</v>
       </c>
       <c r="F245" t="s">
         <v>11</v>
       </c>
       <c r="G245" t="s">
-        <v>4366</v>
+        <v>4373</v>
       </c>
       <c r="H245" t="s">
-        <v>4367</v>
+        <v>4374</v>
       </c>
       <c r="I245" t="s">
-        <v>4368</v>
+        <v>4375</v>
       </c>
       <c r="J245" t="s">
-        <v>1773</v>
+        <v>2015</v>
       </c>
       <c r="K245" t="s">
-        <v>4369</v>
+        <v>4376</v>
       </c>
       <c r="L245" t="s">
-        <v>4370</v>
+        <v>4377</v>
       </c>
       <c r="M245" t="s">
-        <v>4371</v>
+        <v>4378</v>
       </c>
       <c r="N245" t="s">
-        <v>4372</v>
+        <v>4379</v>
+      </c>
+      <c r="O245" t="s">
+        <v>4380</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>1747</v>
       </c>
       <c r="B246" t="s">
-        <v>4373</v>
+        <v>4381</v>
       </c>
       <c r="C246" t="s">
         <v>11</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>4374</v>
+        <v>4382</v>
       </c>
       <c r="F246" t="s">
         <v>11</v>
       </c>
       <c r="G246" t="s">
-        <v>4375</v>
+        <v>4383</v>
       </c>
       <c r="H246" t="s">
-        <v>4376</v>
+        <v>4384</v>
       </c>
       <c r="I246" t="s">
-        <v>4377</v>
+        <v>4385</v>
       </c>
       <c r="J246" t="s">
-        <v>1921</v>
+        <v>1951</v>
       </c>
       <c r="K246" t="s">
-        <v>4378</v>
+        <v>4386</v>
       </c>
       <c r="L246" t="s">
-        <v>4379</v>
+        <v>4387</v>
       </c>
       <c r="M246" t="s">
-        <v>4380</v>
+        <v>4388</v>
+      </c>
+      <c r="N246" t="s">
+        <v>4389</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>1747</v>
       </c>
       <c r="B247" t="s">
-        <v>4381</v>
+        <v>4390</v>
       </c>
       <c r="C247" t="s">
         <v>11</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>4382</v>
+        <v>4391</v>
       </c>
       <c r="F247" t="s">
         <v>11</v>
       </c>
       <c r="G247" t="s">
-        <v>4383</v>
+        <v>4392</v>
       </c>
       <c r="H247" t="s">
-        <v>4384</v>
+        <v>4393</v>
       </c>
       <c r="I247" t="s">
-        <v>4385</v>
+        <v>4394</v>
       </c>
       <c r="J247" t="s">
-        <v>11</v>
+        <v>2075</v>
       </c>
       <c r="K247" t="s">
-        <v>4386</v>
+        <v>4395</v>
       </c>
       <c r="L247" t="s">
-        <v>4387</v>
+        <v>4396</v>
+      </c>
+      <c r="M247" t="s">
+        <v>4397</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>1747</v>
       </c>
       <c r="B248" t="s">
-        <v>4388</v>
+        <v>4398</v>
       </c>
       <c r="C248" t="s">
         <v>11</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>4389</v>
+        <v>4399</v>
       </c>
       <c r="F248" t="s">
         <v>11</v>
       </c>
       <c r="G248" t="s">
-        <v>4390</v>
+        <v>4400</v>
       </c>
       <c r="H248" t="s">
-        <v>4391</v>
+        <v>4401</v>
       </c>
       <c r="I248" t="s">
-        <v>4392</v>
+        <v>4402</v>
       </c>
       <c r="J248" t="s">
-        <v>4393</v>
+        <v>11</v>
       </c>
       <c r="K248" t="s">
-        <v>4394</v>
+        <v>4403</v>
       </c>
       <c r="L248" t="s">
-        <v>4395</v>
-[...11 lines deleted...]
-        <v>4399</v>
+        <v>4404</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>1747</v>
       </c>
       <c r="B249" t="s">
-        <v>4400</v>
+        <v>4405</v>
       </c>
       <c r="C249" t="s">
         <v>11</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
-        <v>4401</v>
+        <v>4406</v>
       </c>
       <c r="F249" t="s">
         <v>11</v>
       </c>
       <c r="G249" t="s">
-        <v>4402</v>
+        <v>4407</v>
       </c>
       <c r="H249" t="s">
-        <v>4403</v>
+        <v>4408</v>
       </c>
       <c r="I249" t="s">
-        <v>4392</v>
+        <v>4409</v>
       </c>
       <c r="J249" t="s">
-        <v>3141</v>
+        <v>4410</v>
       </c>
       <c r="K249" t="s">
-        <v>4404</v>
+        <v>4411</v>
       </c>
       <c r="L249" t="s">
-        <v>4405</v>
+        <v>4412</v>
+      </c>
+      <c r="M249" t="s">
+        <v>4413</v>
+      </c>
+      <c r="N249" t="s">
+        <v>4414</v>
+      </c>
+      <c r="O249" t="s">
+        <v>4415</v>
+      </c>
+      <c r="P249" t="s">
+        <v>4416</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>1747</v>
       </c>
       <c r="B250" t="s">
-        <v>4406</v>
+        <v>4417</v>
       </c>
       <c r="C250" t="s">
         <v>11</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>4407</v>
+        <v>4418</v>
       </c>
       <c r="F250" t="s">
         <v>11</v>
       </c>
       <c r="G250" t="s">
-        <v>4408</v>
+        <v>4419</v>
       </c>
       <c r="H250" t="s">
+        <v>4420</v>
+      </c>
+      <c r="I250" t="s">
         <v>4409</v>
       </c>
-      <c r="I250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J250" t="s">
-        <v>3403</v>
+        <v>3158</v>
       </c>
       <c r="K250" t="s">
-        <v>4410</v>
+        <v>4421</v>
       </c>
       <c r="L250" t="s">
-        <v>4411</v>
+        <v>4422</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>1747</v>
       </c>
       <c r="B251" t="s">
-        <v>4412</v>
+        <v>4423</v>
       </c>
       <c r="C251" t="s">
         <v>11</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>4413</v>
+        <v>4424</v>
       </c>
       <c r="F251" t="s">
         <v>11</v>
       </c>
       <c r="G251" t="s">
-        <v>4414</v>
+        <v>4425</v>
       </c>
       <c r="H251" t="s">
-        <v>4415</v>
+        <v>4426</v>
       </c>
       <c r="I251" t="s">
-        <v>4416</v>
+        <v>2522</v>
       </c>
       <c r="J251" t="s">
-        <v>4417</v>
+        <v>3420</v>
       </c>
       <c r="K251" t="s">
-        <v>4418</v>
+        <v>4427</v>
       </c>
       <c r="L251" t="s">
-        <v>4419</v>
-[...5 lines deleted...]
-        <v>4421</v>
+        <v>4428</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>1747</v>
       </c>
       <c r="B252" t="s">
-        <v>4422</v>
+        <v>4429</v>
       </c>
       <c r="C252" t="s">
         <v>11</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
-        <v>4407</v>
+        <v>4430</v>
       </c>
       <c r="F252" t="s">
         <v>11</v>
       </c>
       <c r="G252" t="s">
-        <v>4423</v>
+        <v>4431</v>
       </c>
       <c r="H252" t="s">
-        <v>4424</v>
+        <v>4432</v>
       </c>
       <c r="I252" t="s">
-        <v>4425</v>
+        <v>4433</v>
       </c>
       <c r="J252" t="s">
-        <v>4426</v>
+        <v>4434</v>
       </c>
       <c r="K252" t="s">
-        <v>4427</v>
+        <v>4435</v>
       </c>
       <c r="L252" t="s">
-        <v>4428</v>
+        <v>4436</v>
       </c>
       <c r="M252" t="s">
-        <v>4429</v>
+        <v>4437</v>
       </c>
       <c r="N252" t="s">
-        <v>4430</v>
+        <v>4438</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>1747</v>
       </c>
       <c r="B253" t="s">
-        <v>4431</v>
+        <v>4439</v>
       </c>
       <c r="C253" t="s">
         <v>11</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
-        <v>4407</v>
+        <v>4424</v>
       </c>
       <c r="F253" t="s">
         <v>11</v>
       </c>
       <c r="G253" t="s">
-        <v>4432</v>
+        <v>4440</v>
       </c>
       <c r="H253" t="s">
-        <v>4433</v>
+        <v>4441</v>
       </c>
       <c r="I253" t="s">
-        <v>4434</v>
+        <v>4442</v>
       </c>
       <c r="J253" t="s">
-        <v>3141</v>
+        <v>4443</v>
       </c>
       <c r="K253" t="s">
-        <v>4435</v>
+        <v>4444</v>
       </c>
       <c r="L253" t="s">
-        <v>4436</v>
+        <v>4445</v>
       </c>
       <c r="M253" t="s">
-        <v>4437</v>
+        <v>4446</v>
+      </c>
+      <c r="N253" t="s">
+        <v>4447</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>1747</v>
       </c>
       <c r="B254" t="s">
-        <v>4438</v>
+        <v>4448</v>
       </c>
       <c r="C254" t="s">
         <v>11</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>4439</v>
+        <v>4424</v>
       </c>
       <c r="F254" t="s">
         <v>11</v>
       </c>
       <c r="G254" t="s">
-        <v>4440</v>
+        <v>4449</v>
       </c>
       <c r="H254" t="s">
-        <v>4441</v>
+        <v>4450</v>
       </c>
       <c r="I254" t="s">
-        <v>3824</v>
+        <v>4451</v>
       </c>
       <c r="J254" t="s">
-        <v>1903</v>
+        <v>3158</v>
       </c>
       <c r="K254" t="s">
-        <v>4442</v>
+        <v>4452</v>
       </c>
       <c r="L254" t="s">
-        <v>4443</v>
+        <v>4453</v>
       </c>
       <c r="M254" t="s">
-        <v>4444</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>1747</v>
       </c>
       <c r="B255" t="s">
-        <v>4445</v>
+        <v>4455</v>
       </c>
       <c r="C255" t="s">
         <v>11</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
-        <v>4446</v>
+        <v>4456</v>
       </c>
       <c r="F255" t="s">
         <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>4447</v>
+        <v>4457</v>
       </c>
       <c r="H255" t="s">
-        <v>4448</v>
+        <v>4458</v>
       </c>
       <c r="I255" t="s">
-        <v>4449</v>
+        <v>3841</v>
       </c>
       <c r="J255" t="s">
-        <v>2433</v>
+        <v>2057</v>
       </c>
       <c r="K255" t="s">
-        <v>4450</v>
+        <v>4459</v>
       </c>
       <c r="L255" t="s">
-        <v>4451</v>
+        <v>4460</v>
       </c>
       <c r="M255" t="s">
-        <v>4452</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>1747</v>
       </c>
       <c r="B256" t="s">
-        <v>4453</v>
+        <v>4462</v>
       </c>
       <c r="C256" t="s">
         <v>11</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
-        <v>4454</v>
+        <v>4463</v>
       </c>
       <c r="F256" t="s">
         <v>11</v>
       </c>
       <c r="G256" t="s">
-        <v>4455</v>
+        <v>4464</v>
       </c>
       <c r="H256" t="s">
-        <v>4456</v>
+        <v>4465</v>
       </c>
       <c r="I256" t="s">
-        <v>4457</v>
+        <v>4466</v>
       </c>
       <c r="J256" t="s">
-        <v>4302</v>
+        <v>2472</v>
       </c>
       <c r="K256" t="s">
-        <v>4458</v>
+        <v>4467</v>
       </c>
       <c r="L256" t="s">
-        <v>4459</v>
+        <v>4468</v>
       </c>
       <c r="M256" t="s">
-        <v>4460</v>
-[...5 lines deleted...]
-        <v>4462</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>1747</v>
       </c>
       <c r="B257" t="s">
-        <v>4463</v>
+        <v>4470</v>
       </c>
       <c r="C257" t="s">
         <v>11</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>4464</v>
+        <v>4471</v>
       </c>
       <c r="F257" t="s">
         <v>11</v>
       </c>
       <c r="G257" t="s">
-        <v>4465</v>
+        <v>4472</v>
       </c>
       <c r="H257" t="s">
-        <v>4466</v>
+        <v>4473</v>
       </c>
       <c r="I257" t="s">
-        <v>4467</v>
+        <v>4474</v>
       </c>
       <c r="J257" t="s">
-        <v>4468</v>
+        <v>4319</v>
       </c>
       <c r="K257" t="s">
-        <v>4469</v>
+        <v>4475</v>
       </c>
       <c r="L257" t="s">
-        <v>4470</v>
+        <v>4476</v>
       </c>
       <c r="M257" t="s">
-        <v>4471</v>
+        <v>4477</v>
       </c>
       <c r="N257" t="s">
-        <v>4472</v>
+        <v>4478</v>
+      </c>
+      <c r="O257" t="s">
+        <v>4479</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>1747</v>
       </c>
       <c r="B258" t="s">
-        <v>4473</v>
+        <v>4480</v>
       </c>
       <c r="C258" t="s">
         <v>11</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>4474</v>
+        <v>4481</v>
       </c>
       <c r="F258" t="s">
         <v>11</v>
       </c>
       <c r="G258" t="s">
-        <v>4475</v>
+        <v>4482</v>
       </c>
       <c r="H258" t="s">
-        <v>4476</v>
+        <v>4483</v>
       </c>
       <c r="I258" t="s">
-        <v>4477</v>
+        <v>4484</v>
       </c>
       <c r="J258" t="s">
-        <v>2674</v>
+        <v>4485</v>
       </c>
       <c r="K258" t="s">
-        <v>4478</v>
+        <v>4486</v>
       </c>
       <c r="L258" t="s">
-        <v>4479</v>
+        <v>4487</v>
       </c>
       <c r="M258" t="s">
-        <v>4480</v>
+        <v>4488</v>
+      </c>
+      <c r="N258" t="s">
+        <v>4489</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>1747</v>
       </c>
       <c r="B259" t="s">
-        <v>4481</v>
+        <v>4490</v>
       </c>
       <c r="C259" t="s">
         <v>11</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>4482</v>
+        <v>4491</v>
       </c>
       <c r="F259" t="s">
         <v>11</v>
       </c>
       <c r="G259" t="s">
-        <v>4483</v>
+        <v>4492</v>
       </c>
       <c r="H259" t="s">
-        <v>4484</v>
+        <v>4493</v>
       </c>
       <c r="I259" t="s">
-        <v>4485</v>
+        <v>4494</v>
       </c>
       <c r="J259" t="s">
-        <v>2718</v>
+        <v>2691</v>
       </c>
       <c r="K259" t="s">
-        <v>4486</v>
+        <v>4495</v>
+      </c>
+      <c r="L259" t="s">
+        <v>4496</v>
+      </c>
+      <c r="M259" t="s">
+        <v>4497</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>1747</v>
       </c>
       <c r="B260" t="s">
-        <v>4487</v>
+        <v>4498</v>
       </c>
       <c r="C260" t="s">
         <v>11</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>4488</v>
+        <v>4499</v>
       </c>
       <c r="F260" t="s">
         <v>11</v>
       </c>
       <c r="G260" t="s">
-        <v>4489</v>
+        <v>4500</v>
       </c>
       <c r="H260" t="s">
-        <v>4490</v>
+        <v>4501</v>
       </c>
       <c r="I260" t="s">
-        <v>4491</v>
+        <v>4502</v>
       </c>
       <c r="J260" t="s">
-        <v>4492</v>
+        <v>2735</v>
       </c>
       <c r="K260" t="s">
-        <v>4493</v>
-[...8 lines deleted...]
-        <v>4496</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>1747</v>
       </c>
       <c r="B261" t="s">
-        <v>4497</v>
+        <v>4504</v>
       </c>
       <c r="C261" t="s">
         <v>11</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>4498</v>
+        <v>4505</v>
       </c>
       <c r="F261" t="s">
         <v>11</v>
       </c>
       <c r="G261" t="s">
-        <v>4499</v>
+        <v>4506</v>
       </c>
       <c r="H261" t="s">
-        <v>4500</v>
+        <v>4507</v>
       </c>
       <c r="I261" t="s">
-        <v>4501</v>
+        <v>4508</v>
       </c>
       <c r="J261" t="s">
-        <v>1903</v>
+        <v>4509</v>
       </c>
       <c r="K261" t="s">
-        <v>4502</v>
+        <v>4510</v>
       </c>
       <c r="L261" t="s">
-        <v>4503</v>
+        <v>4511</v>
       </c>
       <c r="M261" t="s">
-        <v>4504</v>
+        <v>4512</v>
       </c>
       <c r="N261" t="s">
-        <v>4505</v>
-[...2 lines deleted...]
-        <v>4506</v>
+        <v>4513</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>1747</v>
       </c>
       <c r="B262" t="s">
-        <v>4507</v>
+        <v>4514</v>
       </c>
       <c r="C262" t="s">
         <v>11</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>4488</v>
+        <v>4515</v>
       </c>
       <c r="F262" t="s">
         <v>11</v>
       </c>
       <c r="G262" t="s">
-        <v>4508</v>
+        <v>4516</v>
       </c>
       <c r="H262" t="s">
-        <v>4509</v>
+        <v>4517</v>
       </c>
       <c r="I262" t="s">
-        <v>4510</v>
+        <v>4518</v>
       </c>
       <c r="J262" t="s">
-        <v>4511</v>
+        <v>2057</v>
       </c>
       <c r="K262" t="s">
-        <v>4512</v>
+        <v>4519</v>
       </c>
       <c r="L262" t="s">
-        <v>4513</v>
+        <v>4520</v>
       </c>
       <c r="M262" t="s">
-        <v>4514</v>
+        <v>4521</v>
       </c>
       <c r="N262" t="s">
-        <v>4515</v>
+        <v>4522</v>
+      </c>
+      <c r="O262" t="s">
+        <v>4523</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>1747</v>
       </c>
       <c r="B263" t="s">
-        <v>4516</v>
+        <v>4524</v>
       </c>
       <c r="C263" t="s">
         <v>11</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>4488</v>
+        <v>4505</v>
       </c>
       <c r="F263" t="s">
         <v>11</v>
       </c>
       <c r="G263" t="s">
-        <v>4517</v>
+        <v>4525</v>
       </c>
       <c r="H263" t="s">
-        <v>4518</v>
+        <v>4526</v>
       </c>
       <c r="I263" t="s">
-        <v>4519</v>
+        <v>4527</v>
       </c>
       <c r="J263" t="s">
-        <v>4520</v>
+        <v>4528</v>
       </c>
       <c r="K263" t="s">
-        <v>4521</v>
+        <v>4529</v>
       </c>
       <c r="L263" t="s">
-        <v>4522</v>
+        <v>4530</v>
       </c>
       <c r="M263" t="s">
-        <v>4523</v>
+        <v>4531</v>
       </c>
       <c r="N263" t="s">
-        <v>4524</v>
-[...8 lines deleted...]
-        <v>4527</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>1747</v>
       </c>
       <c r="B264" t="s">
-        <v>4528</v>
+        <v>4533</v>
       </c>
       <c r="C264" t="s">
         <v>11</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>4529</v>
+        <v>4505</v>
       </c>
       <c r="F264" t="s">
         <v>11</v>
       </c>
       <c r="G264" t="s">
-        <v>4530</v>
+        <v>4534</v>
       </c>
       <c r="H264" t="s">
-        <v>4531</v>
+        <v>4535</v>
       </c>
       <c r="I264" t="s">
-        <v>3483</v>
+        <v>4536</v>
       </c>
       <c r="J264" t="s">
-        <v>1837</v>
+        <v>4537</v>
       </c>
       <c r="K264" t="s">
-        <v>4532</v>
+        <v>4538</v>
       </c>
       <c r="L264" t="s">
-        <v>4533</v>
+        <v>4539</v>
       </c>
       <c r="M264" t="s">
-        <v>4534</v>
+        <v>4540</v>
       </c>
       <c r="N264" t="s">
-        <v>4535</v>
+        <v>4541</v>
       </c>
       <c r="O264" t="s">
-        <v>4536</v>
+        <v>4542</v>
       </c>
       <c r="P264" t="s">
-        <v>4537</v>
+        <v>4543</v>
       </c>
       <c r="Q264" t="s">
-        <v>4538</v>
-[...8 lines deleted...]
-        <v>4541</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>1747</v>
       </c>
       <c r="B265" t="s">
-        <v>4542</v>
+        <v>4545</v>
       </c>
       <c r="C265" t="s">
         <v>11</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>4543</v>
+        <v>4546</v>
       </c>
       <c r="F265" t="s">
         <v>11</v>
       </c>
       <c r="G265" t="s">
-        <v>4544</v>
+        <v>4547</v>
       </c>
       <c r="H265" t="s">
-        <v>4545</v>
+        <v>4548</v>
       </c>
       <c r="I265" t="s">
-        <v>4546</v>
+        <v>3500</v>
       </c>
       <c r="J265" t="s">
-        <v>4547</v>
+        <v>2015</v>
       </c>
       <c r="K265" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
       <c r="L265" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
       <c r="M265" t="s">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="N265" t="s">
-        <v>4551</v>
+        <v>4552</v>
+      </c>
+      <c r="O265" t="s">
+        <v>4553</v>
+      </c>
+      <c r="P265" t="s">
+        <v>4554</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>4555</v>
+      </c>
+      <c r="R265" t="s">
+        <v>4556</v>
+      </c>
+      <c r="S265" t="s">
+        <v>4557</v>
+      </c>
+      <c r="T265" t="s">
+        <v>4558</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>1747</v>
       </c>
       <c r="B266" t="s">
-        <v>4552</v>
+        <v>4559</v>
       </c>
       <c r="C266" t="s">
         <v>11</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>4553</v>
+        <v>4560</v>
       </c>
       <c r="F266" t="s">
         <v>11</v>
       </c>
       <c r="G266" t="s">
-        <v>4554</v>
+        <v>4561</v>
       </c>
       <c r="H266" t="s">
-        <v>4555</v>
+        <v>4562</v>
       </c>
       <c r="I266" t="s">
-        <v>3500</v>
+        <v>4563</v>
       </c>
       <c r="J266" t="s">
-        <v>2549</v>
+        <v>4564</v>
       </c>
       <c r="K266" t="s">
-        <v>4556</v>
+        <v>4565</v>
       </c>
       <c r="L266" t="s">
-        <v>4557</v>
+        <v>4566</v>
+      </c>
+      <c r="M266" t="s">
+        <v>4567</v>
+      </c>
+      <c r="N266" t="s">
+        <v>4568</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>1747</v>
       </c>
       <c r="B267" t="s">
-        <v>4558</v>
+        <v>4569</v>
       </c>
       <c r="C267" t="s">
         <v>11</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>4559</v>
+        <v>4570</v>
       </c>
       <c r="F267" t="s">
         <v>11</v>
       </c>
       <c r="G267" t="s">
-        <v>4560</v>
+        <v>4571</v>
       </c>
       <c r="H267" t="s">
-        <v>4561</v>
+        <v>4572</v>
       </c>
       <c r="I267" t="s">
-        <v>4562</v>
+        <v>3517</v>
       </c>
       <c r="J267" t="s">
-        <v>1773</v>
+        <v>2575</v>
       </c>
       <c r="K267" t="s">
-        <v>4563</v>
+        <v>4573</v>
       </c>
       <c r="L267" t="s">
-        <v>4564</v>
-[...5 lines deleted...]
-        <v>4566</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>1747</v>
       </c>
       <c r="B268" t="s">
-        <v>4567</v>
+        <v>4575</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>4568</v>
+        <v>4576</v>
       </c>
       <c r="F268" t="s">
         <v>11</v>
       </c>
       <c r="G268" t="s">
-        <v>4569</v>
+        <v>4577</v>
       </c>
       <c r="H268" t="s">
-        <v>4570</v>
+        <v>4578</v>
       </c>
       <c r="I268" t="s">
-        <v>4571</v>
+        <v>4579</v>
       </c>
       <c r="J268" t="s">
-        <v>3554</v>
+        <v>1951</v>
       </c>
       <c r="K268" t="s">
-        <v>4572</v>
+        <v>4580</v>
       </c>
       <c r="L268" t="s">
-        <v>4573</v>
+        <v>4581</v>
       </c>
       <c r="M268" t="s">
-        <v>4574</v>
+        <v>4582</v>
       </c>
       <c r="N268" t="s">
-        <v>4575</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>1747</v>
       </c>
       <c r="B269" t="s">
-        <v>4576</v>
+        <v>4584</v>
       </c>
       <c r="C269" t="s">
         <v>11</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>4568</v>
+        <v>4585</v>
       </c>
       <c r="F269" t="s">
         <v>11</v>
       </c>
       <c r="G269" t="s">
-        <v>4577</v>
+        <v>4586</v>
       </c>
       <c r="H269" t="s">
-        <v>4578</v>
+        <v>4587</v>
       </c>
       <c r="I269" t="s">
-        <v>4579</v>
+        <v>4588</v>
       </c>
       <c r="J269" t="s">
-        <v>2705</v>
+        <v>3571</v>
       </c>
       <c r="K269" t="s">
-        <v>4580</v>
+        <v>4589</v>
       </c>
       <c r="L269" t="s">
-        <v>4581</v>
+        <v>4590</v>
       </c>
       <c r="M269" t="s">
-        <v>4582</v>
+        <v>4591</v>
       </c>
       <c r="N269" t="s">
-        <v>4583</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>1747</v>
       </c>
       <c r="B270" t="s">
-        <v>4584</v>
+        <v>4593</v>
       </c>
       <c r="C270" t="s">
         <v>11</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>4585</v>
       </c>
       <c r="F270" t="s">
         <v>11</v>
       </c>
       <c r="G270" t="s">
-        <v>4586</v>
+        <v>4594</v>
       </c>
       <c r="H270" t="s">
-        <v>4587</v>
+        <v>4595</v>
       </c>
       <c r="I270" t="s">
-        <v>4588</v>
+        <v>4596</v>
       </c>
       <c r="J270" t="s">
-        <v>2549</v>
+        <v>2722</v>
       </c>
       <c r="K270" t="s">
-        <v>4589</v>
+        <v>4597</v>
       </c>
       <c r="L270" t="s">
-        <v>4590</v>
+        <v>4598</v>
       </c>
       <c r="M270" t="s">
-        <v>4591</v>
+        <v>4599</v>
       </c>
       <c r="N270" t="s">
-        <v>4592</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>1747</v>
       </c>
       <c r="B271" t="s">
-        <v>4593</v>
+        <v>4601</v>
       </c>
       <c r="C271" t="s">
         <v>11</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>4594</v>
+        <v>4602</v>
       </c>
       <c r="F271" t="s">
         <v>11</v>
       </c>
       <c r="G271" t="s">
-        <v>4595</v>
+        <v>4603</v>
       </c>
       <c r="H271" t="s">
-        <v>4596</v>
+        <v>4604</v>
       </c>
       <c r="I271" t="s">
-        <v>4597</v>
+        <v>4605</v>
       </c>
       <c r="J271" t="s">
-        <v>2211</v>
+        <v>2575</v>
       </c>
       <c r="K271" t="s">
-        <v>4598</v>
+        <v>4606</v>
       </c>
       <c r="L271" t="s">
-        <v>4599</v>
+        <v>4607</v>
       </c>
       <c r="M271" t="s">
-        <v>4600</v>
+        <v>4608</v>
       </c>
       <c r="N271" t="s">
-        <v>4601</v>
-[...14 lines deleted...]
-        <v>4606</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>1747</v>
       </c>
       <c r="B272" t="s">
-        <v>4607</v>
+        <v>4610</v>
       </c>
       <c r="C272" t="s">
         <v>11</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>4608</v>
+        <v>4611</v>
       </c>
       <c r="F272" t="s">
         <v>11</v>
       </c>
       <c r="G272" t="s">
-        <v>4609</v>
+        <v>4612</v>
       </c>
       <c r="H272" t="s">
-        <v>4610</v>
+        <v>4613</v>
       </c>
       <c r="I272" t="s">
-        <v>4611</v>
+        <v>4614</v>
       </c>
       <c r="J272" t="s">
-        <v>1939</v>
+        <v>1829</v>
       </c>
       <c r="K272" t="s">
-        <v>4612</v>
+        <v>4615</v>
       </c>
       <c r="L272" t="s">
-        <v>4613</v>
+        <v>4616</v>
+      </c>
+      <c r="M272" t="s">
+        <v>4617</v>
+      </c>
+      <c r="N272" t="s">
+        <v>4618</v>
+      </c>
+      <c r="O272" t="s">
+        <v>4619</v>
+      </c>
+      <c r="P272" t="s">
+        <v>4620</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>4621</v>
+      </c>
+      <c r="R272" t="s">
+        <v>4622</v>
+      </c>
+      <c r="S272" t="s">
+        <v>4623</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>1747</v>
       </c>
       <c r="B273" t="s">
-        <v>4614</v>
+        <v>4624</v>
       </c>
       <c r="C273" t="s">
         <v>11</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>4615</v>
+        <v>4625</v>
       </c>
       <c r="F273" t="s">
         <v>11</v>
       </c>
       <c r="G273" t="s">
-        <v>4616</v>
+        <v>4626</v>
       </c>
       <c r="H273" t="s">
-        <v>4617</v>
+        <v>4627</v>
       </c>
       <c r="I273" t="s">
-        <v>4618</v>
+        <v>4628</v>
       </c>
       <c r="J273" t="s">
-        <v>3378</v>
+        <v>1753</v>
       </c>
       <c r="K273" t="s">
-        <v>4619</v>
+        <v>4629</v>
       </c>
       <c r="L273" t="s">
-        <v>4620</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>1747</v>
       </c>
       <c r="B274" t="s">
-        <v>4621</v>
+        <v>4631</v>
       </c>
       <c r="C274" t="s">
         <v>11</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>4615</v>
+        <v>4632</v>
       </c>
       <c r="F274" t="s">
         <v>11</v>
       </c>
       <c r="G274" t="s">
-        <v>4622</v>
+        <v>4633</v>
       </c>
       <c r="H274" t="s">
-        <v>4623</v>
+        <v>4634</v>
       </c>
       <c r="I274" t="s">
-        <v>4624</v>
+        <v>4635</v>
       </c>
       <c r="J274" t="s">
-        <v>2433</v>
+        <v>3395</v>
       </c>
       <c r="K274" t="s">
-        <v>4625</v>
+        <v>4636</v>
       </c>
       <c r="L274" t="s">
-        <v>4626</v>
-[...2 lines deleted...]
-        <v>4627</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>1747</v>
       </c>
       <c r="B275" t="s">
-        <v>4628</v>
+        <v>4638</v>
       </c>
       <c r="C275" t="s">
         <v>11</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>4615</v>
+        <v>4632</v>
       </c>
       <c r="F275" t="s">
         <v>11</v>
       </c>
       <c r="G275" t="s">
-        <v>4629</v>
+        <v>4639</v>
       </c>
       <c r="H275" t="s">
-        <v>4630</v>
+        <v>4640</v>
       </c>
       <c r="I275" t="s">
-        <v>4631</v>
+        <v>4641</v>
       </c>
       <c r="J275" t="s">
-        <v>3141</v>
+        <v>2472</v>
       </c>
       <c r="K275" t="s">
-        <v>4632</v>
+        <v>4642</v>
       </c>
       <c r="L275" t="s">
-        <v>4633</v>
+        <v>4643</v>
       </c>
       <c r="M275" t="s">
-        <v>4634</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>1747</v>
       </c>
       <c r="B276" t="s">
-        <v>4635</v>
+        <v>4645</v>
       </c>
       <c r="C276" t="s">
         <v>11</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>4636</v>
+        <v>4632</v>
       </c>
       <c r="F276" t="s">
         <v>11</v>
       </c>
       <c r="G276" t="s">
-        <v>4637</v>
+        <v>4646</v>
       </c>
       <c r="H276" t="s">
-        <v>4638</v>
+        <v>4647</v>
       </c>
       <c r="I276" t="s">
-        <v>4639</v>
+        <v>4648</v>
       </c>
       <c r="J276" t="s">
-        <v>2433</v>
+        <v>3158</v>
       </c>
       <c r="K276" t="s">
-        <v>4640</v>
+        <v>4649</v>
       </c>
       <c r="L276" t="s">
-        <v>4641</v>
+        <v>4650</v>
       </c>
       <c r="M276" t="s">
-        <v>4642</v>
-[...5 lines deleted...]
-        <v>4644</v>
+        <v>4651</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>1747</v>
       </c>
       <c r="B277" t="s">
-        <v>4645</v>
+        <v>4652</v>
       </c>
       <c r="C277" t="s">
         <v>11</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>4615</v>
+        <v>4653</v>
       </c>
       <c r="F277" t="s">
         <v>11</v>
       </c>
       <c r="G277" t="s">
-        <v>4646</v>
+        <v>4654</v>
       </c>
       <c r="H277" t="s">
-        <v>4647</v>
+        <v>4655</v>
       </c>
       <c r="I277" t="s">
-        <v>4648</v>
+        <v>4656</v>
       </c>
       <c r="J277" t="s">
-        <v>2705</v>
+        <v>4657</v>
       </c>
       <c r="K277" t="s">
-        <v>4649</v>
+        <v>4658</v>
       </c>
       <c r="L277" t="s">
-        <v>4650</v>
+        <v>4659</v>
       </c>
       <c r="M277" t="s">
-        <v>4651</v>
+        <v>4660</v>
+      </c>
+      <c r="N277" t="s">
+        <v>4661</v>
+      </c>
+      <c r="O277" t="s">
+        <v>4662</v>
+      </c>
+      <c r="P277" t="s">
+        <v>4663</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>1747</v>
       </c>
       <c r="B278" t="s">
-        <v>4652</v>
+        <v>4664</v>
       </c>
       <c r="C278" t="s">
         <v>11</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>4653</v>
+        <v>4632</v>
       </c>
       <c r="F278" t="s">
         <v>11</v>
       </c>
       <c r="G278" t="s">
-        <v>4654</v>
+        <v>4665</v>
       </c>
       <c r="H278" t="s">
-        <v>4655</v>
+        <v>4666</v>
       </c>
       <c r="I278" t="s">
-        <v>4656</v>
+        <v>4667</v>
       </c>
       <c r="J278" t="s">
-        <v>2910</v>
+        <v>2722</v>
       </c>
       <c r="K278" t="s">
-        <v>4657</v>
+        <v>4668</v>
       </c>
       <c r="L278" t="s">
-        <v>4658</v>
+        <v>4669</v>
       </c>
       <c r="M278" t="s">
-        <v>4659</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>1747</v>
       </c>
       <c r="B279" t="s">
-        <v>4660</v>
+        <v>4671</v>
       </c>
       <c r="C279" t="s">
         <v>11</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>4661</v>
+        <v>4672</v>
       </c>
       <c r="F279" t="s">
         <v>11</v>
       </c>
       <c r="G279" t="s">
-        <v>4662</v>
+        <v>4673</v>
       </c>
       <c r="H279" t="s">
-        <v>4663</v>
+        <v>4674</v>
       </c>
       <c r="I279" t="s">
-        <v>4664</v>
+        <v>4675</v>
       </c>
       <c r="J279" t="s">
-        <v>2081</v>
+        <v>2927</v>
       </c>
       <c r="K279" t="s">
-        <v>4665</v>
+        <v>4676</v>
       </c>
       <c r="L279" t="s">
-        <v>4666</v>
+        <v>4677</v>
       </c>
       <c r="M279" t="s">
-        <v>4667</v>
-[...2 lines deleted...]
-        <v>4668</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>1747</v>
       </c>
       <c r="B280" t="s">
-        <v>4669</v>
+        <v>4679</v>
       </c>
       <c r="C280" t="s">
         <v>11</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>4670</v>
+        <v>4680</v>
       </c>
       <c r="F280" t="s">
         <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>4671</v>
+        <v>4681</v>
       </c>
       <c r="H280" t="s">
-        <v>4672</v>
+        <v>4682</v>
       </c>
       <c r="I280" t="s">
-        <v>4673</v>
+        <v>4683</v>
       </c>
       <c r="J280" t="s">
-        <v>2549</v>
+        <v>2173</v>
       </c>
       <c r="K280" t="s">
-        <v>4674</v>
+        <v>4684</v>
       </c>
       <c r="L280" t="s">
-        <v>4675</v>
+        <v>4685</v>
       </c>
       <c r="M280" t="s">
-        <v>4676</v>
+        <v>4686</v>
       </c>
       <c r="N280" t="s">
-        <v>4677</v>
-[...2 lines deleted...]
-        <v>4678</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>1747</v>
       </c>
       <c r="B281" t="s">
-        <v>4679</v>
+        <v>4688</v>
       </c>
       <c r="C281" t="s">
         <v>11</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>4670</v>
+        <v>4689</v>
       </c>
       <c r="F281" t="s">
         <v>11</v>
       </c>
       <c r="G281" t="s">
-        <v>4680</v>
+        <v>4690</v>
       </c>
       <c r="H281" t="s">
-        <v>4681</v>
+        <v>4691</v>
       </c>
       <c r="I281" t="s">
-        <v>4682</v>
+        <v>4692</v>
       </c>
       <c r="J281" t="s">
-        <v>2520</v>
+        <v>2575</v>
       </c>
       <c r="K281" t="s">
-        <v>4683</v>
+        <v>4693</v>
       </c>
       <c r="L281" t="s">
-        <v>4684</v>
+        <v>4694</v>
+      </c>
+      <c r="M281" t="s">
+        <v>4695</v>
+      </c>
+      <c r="N281" t="s">
+        <v>4696</v>
+      </c>
+      <c r="O281" t="s">
+        <v>4697</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>1747</v>
       </c>
       <c r="B282" t="s">
-        <v>4685</v>
+        <v>4698</v>
       </c>
       <c r="C282" t="s">
         <v>11</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>4686</v>
+        <v>4689</v>
       </c>
       <c r="F282" t="s">
         <v>11</v>
       </c>
       <c r="G282" t="s">
-        <v>4687</v>
+        <v>4699</v>
       </c>
       <c r="H282" t="s">
-        <v>4688</v>
+        <v>4700</v>
       </c>
       <c r="I282" t="s">
-        <v>4689</v>
+        <v>4701</v>
       </c>
       <c r="J282" t="s">
-        <v>4690</v>
+        <v>2546</v>
       </c>
       <c r="K282" t="s">
-        <v>4691</v>
+        <v>4702</v>
       </c>
       <c r="L282" t="s">
-        <v>4692</v>
-[...8 lines deleted...]
-        <v>4695</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>1747</v>
       </c>
       <c r="B283" t="s">
-        <v>4696</v>
+        <v>4704</v>
       </c>
       <c r="C283" t="s">
         <v>11</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>4697</v>
+        <v>4705</v>
       </c>
       <c r="F283" t="s">
         <v>11</v>
       </c>
       <c r="G283" t="s">
-        <v>4698</v>
+        <v>4706</v>
       </c>
       <c r="H283" t="s">
-        <v>4699</v>
+        <v>4707</v>
       </c>
       <c r="I283" t="s">
-        <v>4700</v>
+        <v>4708</v>
       </c>
       <c r="J283" t="s">
-        <v>4302</v>
+        <v>4709</v>
       </c>
       <c r="K283" t="s">
-        <v>4701</v>
+        <v>4710</v>
       </c>
       <c r="L283" t="s">
-        <v>4702</v>
+        <v>4711</v>
+      </c>
+      <c r="M283" t="s">
+        <v>4712</v>
+      </c>
+      <c r="N283" t="s">
+        <v>4713</v>
+      </c>
+      <c r="O283" t="s">
+        <v>4714</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>1747</v>
       </c>
       <c r="B284" t="s">
-        <v>4703</v>
+        <v>4715</v>
       </c>
       <c r="C284" t="s">
         <v>11</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>4704</v>
+        <v>4716</v>
       </c>
       <c r="F284" t="s">
         <v>11</v>
       </c>
       <c r="G284" t="s">
-        <v>4705</v>
+        <v>4717</v>
       </c>
       <c r="H284" t="s">
-        <v>4706</v>
+        <v>4718</v>
       </c>
       <c r="I284" t="s">
-        <v>4700</v>
+        <v>4719</v>
       </c>
       <c r="J284" t="s">
-        <v>3256</v>
+        <v>4319</v>
       </c>
       <c r="K284" t="s">
-        <v>4707</v>
+        <v>4720</v>
       </c>
       <c r="L284" t="s">
-        <v>4708</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>1747</v>
       </c>
       <c r="B285" t="s">
-        <v>4709</v>
+        <v>4722</v>
       </c>
       <c r="C285" t="s">
         <v>11</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>4710</v>
+        <v>4723</v>
       </c>
       <c r="F285" t="s">
         <v>11</v>
       </c>
       <c r="G285" t="s">
-        <v>4711</v>
+        <v>4724</v>
       </c>
       <c r="H285" t="s">
-        <v>4712</v>
+        <v>4725</v>
       </c>
       <c r="I285" t="s">
-        <v>4713</v>
+        <v>4719</v>
       </c>
       <c r="J285" t="s">
-        <v>4714</v>
+        <v>3273</v>
       </c>
       <c r="K285" t="s">
-        <v>4715</v>
+        <v>4726</v>
+      </c>
+      <c r="L285" t="s">
+        <v>4727</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>1747</v>
       </c>
       <c r="B286" t="s">
-        <v>4716</v>
+        <v>4728</v>
       </c>
       <c r="C286" t="s">
         <v>11</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>4717</v>
+        <v>4729</v>
       </c>
       <c r="F286" t="s">
         <v>11</v>
       </c>
       <c r="G286" t="s">
-        <v>4718</v>
+        <v>4730</v>
       </c>
       <c r="H286" t="s">
-        <v>4719</v>
+        <v>4731</v>
       </c>
       <c r="I286" t="s">
-        <v>4315</v>
+        <v>4732</v>
       </c>
       <c r="J286" t="s">
-        <v>4720</v>
+        <v>4733</v>
       </c>
       <c r="K286" t="s">
-        <v>4721</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>1747</v>
       </c>
       <c r="B287" t="s">
-        <v>4722</v>
+        <v>4735</v>
       </c>
       <c r="C287" t="s">
         <v>11</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>4717</v>
+        <v>4736</v>
       </c>
       <c r="F287" t="s">
         <v>11</v>
       </c>
       <c r="G287" t="s">
-        <v>4723</v>
+        <v>4737</v>
       </c>
       <c r="H287" t="s">
-        <v>4724</v>
+        <v>4738</v>
       </c>
       <c r="I287" t="s">
-        <v>4725</v>
+        <v>4332</v>
       </c>
       <c r="J287" t="s">
-        <v>2910</v>
+        <v>4739</v>
       </c>
       <c r="K287" t="s">
-        <v>4726</v>
-[...8 lines deleted...]
-        <v>4729</v>
+        <v>4740</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>1747</v>
       </c>
       <c r="B288" t="s">
-        <v>4730</v>
+        <v>4741</v>
       </c>
       <c r="C288" t="s">
         <v>11</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>4717</v>
+        <v>4736</v>
       </c>
       <c r="F288" t="s">
         <v>11</v>
       </c>
       <c r="G288" t="s">
-        <v>4731</v>
+        <v>4742</v>
       </c>
       <c r="H288" t="s">
-        <v>4732</v>
+        <v>4743</v>
       </c>
       <c r="I288" t="s">
-        <v>4733</v>
+        <v>4744</v>
       </c>
       <c r="J288" t="s">
-        <v>2705</v>
+        <v>2927</v>
       </c>
       <c r="K288" t="s">
-        <v>4734</v>
+        <v>4745</v>
       </c>
       <c r="L288" t="s">
-        <v>4735</v>
+        <v>4746</v>
       </c>
       <c r="M288" t="s">
-        <v>4736</v>
+        <v>4747</v>
+      </c>
+      <c r="N288" t="s">
+        <v>4748</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1747</v>
       </c>
       <c r="B289" t="s">
-        <v>4737</v>
+        <v>4749</v>
       </c>
       <c r="C289" t="s">
         <v>11</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>4738</v>
+        <v>4736</v>
       </c>
       <c r="F289" t="s">
         <v>11</v>
       </c>
       <c r="G289" t="s">
-        <v>4739</v>
+        <v>4750</v>
       </c>
       <c r="H289" t="s">
-        <v>4740</v>
+        <v>4751</v>
       </c>
       <c r="I289" t="s">
-        <v>4741</v>
+        <v>4752</v>
       </c>
       <c r="J289" t="s">
-        <v>2520</v>
+        <v>2722</v>
       </c>
       <c r="K289" t="s">
-        <v>4742</v>
+        <v>4753</v>
       </c>
       <c r="L289" t="s">
-        <v>4743</v>
+        <v>4754</v>
       </c>
       <c r="M289" t="s">
-        <v>4744</v>
+        <v>4755</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1747</v>
       </c>
       <c r="B290" t="s">
-        <v>4745</v>
+        <v>4756</v>
       </c>
       <c r="C290" t="s">
         <v>11</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>4746</v>
+        <v>4757</v>
       </c>
       <c r="F290" t="s">
         <v>11</v>
       </c>
       <c r="G290" t="s">
-        <v>4747</v>
+        <v>4758</v>
       </c>
       <c r="H290" t="s">
-        <v>4748</v>
+        <v>4759</v>
       </c>
       <c r="I290" t="s">
-        <v>4749</v>
+        <v>4760</v>
       </c>
       <c r="J290" t="s">
-        <v>1903</v>
+        <v>2546</v>
       </c>
       <c r="K290" t="s">
-        <v>4750</v>
+        <v>4761</v>
       </c>
       <c r="L290" t="s">
-        <v>4751</v>
+        <v>4762</v>
       </c>
       <c r="M290" t="s">
-        <v>4752</v>
-[...11 lines deleted...]
-        <v>4756</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>1747</v>
       </c>
       <c r="B291" t="s">
-        <v>4757</v>
+        <v>4764</v>
       </c>
       <c r="C291" t="s">
         <v>11</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>4758</v>
+        <v>4765</v>
       </c>
       <c r="F291" t="s">
         <v>11</v>
       </c>
       <c r="G291" t="s">
-        <v>4759</v>
+        <v>4766</v>
       </c>
       <c r="H291" t="s">
-        <v>4760</v>
+        <v>4767</v>
       </c>
       <c r="I291" t="s">
-        <v>4761</v>
+        <v>4768</v>
       </c>
       <c r="J291" t="s">
-        <v>1837</v>
+        <v>2057</v>
       </c>
       <c r="K291" t="s">
-        <v>4762</v>
+        <v>4769</v>
       </c>
       <c r="L291" t="s">
-        <v>4763</v>
+        <v>4770</v>
       </c>
       <c r="M291" t="s">
-        <v>4764</v>
+        <v>4771</v>
       </c>
       <c r="N291" t="s">
-        <v>4765</v>
+        <v>4772</v>
       </c>
       <c r="O291" t="s">
-        <v>4766</v>
+        <v>4773</v>
       </c>
       <c r="P291" t="s">
-        <v>4767</v>
+        <v>4774</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>4775</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>1747</v>
       </c>
       <c r="B292" t="s">
-        <v>4768</v>
+        <v>4776</v>
       </c>
       <c r="C292" t="s">
         <v>11</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>4769</v>
+        <v>4777</v>
       </c>
       <c r="F292" t="s">
         <v>11</v>
       </c>
       <c r="G292" t="s">
-        <v>4770</v>
+        <v>4778</v>
       </c>
       <c r="H292" t="s">
-        <v>4771</v>
+        <v>4779</v>
       </c>
       <c r="I292" t="s">
-        <v>3140</v>
+        <v>4780</v>
       </c>
       <c r="J292" t="s">
-        <v>3825</v>
+        <v>2015</v>
       </c>
       <c r="K292" t="s">
-        <v>4772</v>
+        <v>4781</v>
       </c>
       <c r="L292" t="s">
-        <v>4773</v>
+        <v>4782</v>
+      </c>
+      <c r="M292" t="s">
+        <v>4783</v>
+      </c>
+      <c r="N292" t="s">
+        <v>4784</v>
+      </c>
+      <c r="O292" t="s">
+        <v>4785</v>
+      </c>
+      <c r="P292" t="s">
+        <v>4786</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>1747</v>
       </c>
       <c r="B293" t="s">
-        <v>4774</v>
+        <v>4787</v>
       </c>
       <c r="C293" t="s">
         <v>11</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>4775</v>
+        <v>4788</v>
       </c>
       <c r="F293" t="s">
         <v>11</v>
       </c>
       <c r="G293" t="s">
-        <v>4776</v>
+        <v>4789</v>
       </c>
       <c r="H293" t="s">
-        <v>4777</v>
+        <v>4790</v>
       </c>
       <c r="I293" t="s">
-        <v>4778</v>
+        <v>3157</v>
       </c>
       <c r="J293" t="s">
-        <v>4779</v>
+        <v>3842</v>
       </c>
       <c r="K293" t="s">
-        <v>4780</v>
+        <v>4791</v>
       </c>
       <c r="L293" t="s">
-        <v>4781</v>
-[...5 lines deleted...]
-        <v>4783</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>1747</v>
       </c>
       <c r="B294" t="s">
-        <v>4784</v>
+        <v>4793</v>
       </c>
       <c r="C294" t="s">
         <v>11</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>4785</v>
+        <v>4794</v>
       </c>
       <c r="F294" t="s">
         <v>11</v>
       </c>
       <c r="G294" t="s">
-        <v>4786</v>
+        <v>4795</v>
       </c>
       <c r="H294" t="s">
-        <v>4787</v>
+        <v>4796</v>
       </c>
       <c r="I294" t="s">
-        <v>4788</v>
+        <v>4797</v>
       </c>
       <c r="J294" t="s">
-        <v>1837</v>
+        <v>4798</v>
       </c>
       <c r="K294" t="s">
-        <v>4789</v>
+        <v>4799</v>
       </c>
       <c r="L294" t="s">
-        <v>4790</v>
+        <v>4800</v>
       </c>
       <c r="M294" t="s">
-        <v>4791</v>
+        <v>4801</v>
+      </c>
+      <c r="N294" t="s">
+        <v>4802</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>1747</v>
       </c>
       <c r="B295" t="s">
-        <v>4792</v>
+        <v>4803</v>
       </c>
       <c r="C295" t="s">
         <v>11</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>4793</v>
+        <v>4804</v>
       </c>
       <c r="F295" t="s">
         <v>11</v>
       </c>
       <c r="G295" t="s">
-        <v>4794</v>
+        <v>4805</v>
       </c>
       <c r="H295" t="s">
-        <v>4795</v>
+        <v>4806</v>
       </c>
       <c r="I295" t="s">
-        <v>4796</v>
+        <v>4807</v>
       </c>
       <c r="J295" t="s">
-        <v>4797</v>
+        <v>2015</v>
       </c>
       <c r="K295" t="s">
-        <v>4798</v>
+        <v>4808</v>
       </c>
       <c r="L295" t="s">
-        <v>4799</v>
+        <v>4809</v>
       </c>
       <c r="M295" t="s">
-        <v>4800</v>
-[...2 lines deleted...]
-        <v>4801</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>1747</v>
       </c>
       <c r="B296" t="s">
-        <v>4802</v>
+        <v>4811</v>
       </c>
       <c r="C296" t="s">
         <v>11</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>4793</v>
+        <v>4812</v>
       </c>
       <c r="F296" t="s">
         <v>11</v>
       </c>
       <c r="G296" t="s">
-        <v>4803</v>
+        <v>4813</v>
       </c>
       <c r="H296" t="s">
-        <v>4804</v>
+        <v>4814</v>
       </c>
       <c r="I296" t="s">
-        <v>2917</v>
+        <v>4815</v>
       </c>
       <c r="J296" t="s">
-        <v>1849</v>
+        <v>4816</v>
       </c>
       <c r="K296" t="s">
-        <v>4805</v>
+        <v>4817</v>
       </c>
       <c r="L296" t="s">
-        <v>4806</v>
+        <v>4818</v>
       </c>
       <c r="M296" t="s">
-        <v>4807</v>
+        <v>4819</v>
       </c>
       <c r="N296" t="s">
-        <v>4808</v>
-[...2 lines deleted...]
-        <v>4809</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>1747</v>
       </c>
       <c r="B297" t="s">
-        <v>4810</v>
+        <v>4821</v>
       </c>
       <c r="C297" t="s">
         <v>11</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>4793</v>
+        <v>4812</v>
       </c>
       <c r="F297" t="s">
         <v>11</v>
       </c>
       <c r="G297" t="s">
-        <v>4811</v>
+        <v>4822</v>
       </c>
       <c r="H297" t="s">
-        <v>4812</v>
+        <v>4823</v>
       </c>
       <c r="I297" t="s">
-        <v>4813</v>
+        <v>2934</v>
       </c>
       <c r="J297" t="s">
-        <v>2718</v>
+        <v>1838</v>
       </c>
       <c r="K297" t="s">
-        <v>4814</v>
+        <v>4824</v>
+      </c>
+      <c r="L297" t="s">
+        <v>4825</v>
+      </c>
+      <c r="M297" t="s">
+        <v>4826</v>
+      </c>
+      <c r="N297" t="s">
+        <v>4827</v>
+      </c>
+      <c r="O297" t="s">
+        <v>4828</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>1747</v>
       </c>
       <c r="B298" t="s">
-        <v>4815</v>
+        <v>4829</v>
       </c>
       <c r="C298" t="s">
         <v>11</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>4793</v>
+        <v>4812</v>
       </c>
       <c r="F298" t="s">
         <v>11</v>
       </c>
       <c r="G298" t="s">
-        <v>4816</v>
+        <v>4830</v>
       </c>
       <c r="H298" t="s">
-        <v>4817</v>
+        <v>4831</v>
       </c>
       <c r="I298" t="s">
-        <v>4818</v>
+        <v>4832</v>
       </c>
       <c r="J298" t="s">
-        <v>2051</v>
+        <v>2735</v>
       </c>
       <c r="K298" t="s">
-        <v>4819</v>
-[...2 lines deleted...]
-        <v>4820</v>
+        <v>4833</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>1747</v>
       </c>
       <c r="B299" t="s">
-        <v>4821</v>
+        <v>4834</v>
       </c>
       <c r="C299" t="s">
         <v>11</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>4822</v>
+        <v>4812</v>
       </c>
       <c r="F299" t="s">
         <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>4823</v>
+        <v>4835</v>
       </c>
       <c r="H299" t="s">
-        <v>4824</v>
+        <v>4836</v>
       </c>
       <c r="I299" t="s">
-        <v>4825</v>
+        <v>4837</v>
       </c>
       <c r="J299" t="s">
-        <v>4826</v>
+        <v>2143</v>
       </c>
       <c r="K299" t="s">
-        <v>4827</v>
+        <v>4838</v>
       </c>
       <c r="L299" t="s">
-        <v>4828</v>
-[...11 lines deleted...]
-        <v>4832</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>1747</v>
       </c>
       <c r="B300" t="s">
-        <v>4833</v>
+        <v>4840</v>
       </c>
       <c r="C300" t="s">
         <v>11</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>4822</v>
+        <v>4841</v>
       </c>
       <c r="F300" t="s">
         <v>11</v>
       </c>
       <c r="G300" t="s">
-        <v>4834</v>
+        <v>4842</v>
       </c>
       <c r="H300" t="s">
-        <v>4835</v>
+        <v>4843</v>
       </c>
       <c r="I300" t="s">
-        <v>3752</v>
+        <v>4844</v>
       </c>
       <c r="J300" t="s">
-        <v>1773</v>
+        <v>4845</v>
       </c>
       <c r="K300" t="s">
-        <v>4836</v>
+        <v>4846</v>
       </c>
       <c r="L300" t="s">
-        <v>4837</v>
+        <v>4847</v>
       </c>
       <c r="M300" t="s">
-        <v>4838</v>
+        <v>4848</v>
       </c>
       <c r="N300" t="s">
-        <v>4839</v>
+        <v>4849</v>
       </c>
       <c r="O300" t="s">
-        <v>4840</v>
+        <v>4850</v>
       </c>
       <c r="P300" t="s">
-        <v>4841</v>
-[...8 lines deleted...]
-        <v>4844</v>
+        <v>4851</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>1747</v>
       </c>
       <c r="B301" t="s">
-        <v>4845</v>
+        <v>4852</v>
       </c>
       <c r="C301" t="s">
         <v>11</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>4846</v>
+        <v>4841</v>
       </c>
       <c r="F301" t="s">
         <v>11</v>
       </c>
       <c r="G301" t="s">
-        <v>4847</v>
+        <v>4853</v>
       </c>
       <c r="H301" t="s">
-        <v>4848</v>
+        <v>4854</v>
       </c>
       <c r="I301" t="s">
-        <v>4849</v>
+        <v>3769</v>
       </c>
       <c r="J301" t="s">
-        <v>3141</v>
+        <v>1951</v>
       </c>
       <c r="K301" t="s">
-        <v>4850</v>
+        <v>4855</v>
       </c>
       <c r="L301" t="s">
-        <v>4851</v>
+        <v>4856</v>
       </c>
       <c r="M301" t="s">
-        <v>4852</v>
+        <v>4857</v>
+      </c>
+      <c r="N301" t="s">
+        <v>4858</v>
+      </c>
+      <c r="O301" t="s">
+        <v>4859</v>
+      </c>
+      <c r="P301" t="s">
+        <v>4860</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>4861</v>
+      </c>
+      <c r="R301" t="s">
+        <v>4862</v>
+      </c>
+      <c r="S301" t="s">
+        <v>4863</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>1747</v>
       </c>
       <c r="B302" t="s">
-        <v>4853</v>
+        <v>4864</v>
       </c>
       <c r="C302" t="s">
         <v>11</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>4854</v>
+        <v>4865</v>
       </c>
       <c r="F302" t="s">
         <v>11</v>
       </c>
       <c r="G302" t="s">
-        <v>4855</v>
+        <v>4866</v>
       </c>
       <c r="H302" t="s">
-        <v>4856</v>
+        <v>4867</v>
       </c>
       <c r="I302" t="s">
-        <v>4857</v>
+        <v>4868</v>
       </c>
       <c r="J302" t="s">
-        <v>2029</v>
+        <v>3158</v>
       </c>
       <c r="K302" t="s">
-        <v>4858</v>
+        <v>4869</v>
       </c>
       <c r="L302" t="s">
-        <v>4859</v>
+        <v>4870</v>
       </c>
       <c r="M302" t="s">
-        <v>4860</v>
+        <v>4871</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>1747</v>
       </c>
       <c r="B303" t="s">
-        <v>4861</v>
+        <v>4872</v>
       </c>
       <c r="C303" t="s">
         <v>11</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>4862</v>
+        <v>4873</v>
       </c>
       <c r="F303" t="s">
         <v>11</v>
       </c>
       <c r="G303" t="s">
-        <v>4863</v>
+        <v>4874</v>
       </c>
       <c r="H303" t="s">
-        <v>4864</v>
+        <v>4875</v>
       </c>
       <c r="I303" t="s">
-        <v>3490</v>
+        <v>4876</v>
       </c>
       <c r="J303" t="s">
-        <v>3825</v>
+        <v>1890</v>
       </c>
       <c r="K303" t="s">
-        <v>4865</v>
+        <v>4877</v>
+      </c>
+      <c r="L303" t="s">
+        <v>4878</v>
+      </c>
+      <c r="M303" t="s">
+        <v>4879</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>1747</v>
       </c>
       <c r="B304" t="s">
-        <v>4866</v>
+        <v>4880</v>
       </c>
       <c r="C304" t="s">
         <v>11</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
-        <v>4867</v>
+        <v>4881</v>
       </c>
       <c r="F304" t="s">
         <v>11</v>
       </c>
       <c r="G304" t="s">
-        <v>4868</v>
+        <v>4882</v>
       </c>
       <c r="H304" t="s">
-        <v>4869</v>
+        <v>4883</v>
       </c>
       <c r="I304" t="s">
-        <v>4870</v>
+        <v>3507</v>
       </c>
       <c r="J304" t="s">
-        <v>2520</v>
+        <v>3842</v>
       </c>
       <c r="K304" t="s">
-        <v>4871</v>
-[...5 lines deleted...]
-        <v>4873</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>1747</v>
       </c>
       <c r="B305" t="s">
-        <v>4874</v>
+        <v>4885</v>
       </c>
       <c r="C305" t="s">
         <v>11</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>4875</v>
+        <v>4886</v>
       </c>
       <c r="F305" t="s">
         <v>11</v>
       </c>
       <c r="G305" t="s">
-        <v>4876</v>
+        <v>4887</v>
       </c>
       <c r="H305" t="s">
-        <v>4877</v>
+        <v>4888</v>
       </c>
       <c r="I305" t="s">
-        <v>2665</v>
+        <v>4889</v>
       </c>
       <c r="J305" t="s">
-        <v>4547</v>
+        <v>2546</v>
       </c>
       <c r="K305" t="s">
-        <v>4878</v>
+        <v>4890</v>
       </c>
       <c r="L305" t="s">
-        <v>4879</v>
+        <v>4891</v>
       </c>
       <c r="M305" t="s">
-        <v>4880</v>
-[...2 lines deleted...]
-        <v>4881</v>
+        <v>4892</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>1747</v>
       </c>
       <c r="B306" t="s">
-        <v>4882</v>
+        <v>4893</v>
       </c>
       <c r="C306" t="s">
         <v>11</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>4883</v>
+        <v>4894</v>
       </c>
       <c r="F306" t="s">
         <v>11</v>
       </c>
       <c r="G306" t="s">
-        <v>4884</v>
+        <v>4895</v>
       </c>
       <c r="H306" t="s">
-        <v>4885</v>
+        <v>4896</v>
       </c>
       <c r="I306" t="s">
-        <v>4081</v>
+        <v>2682</v>
       </c>
       <c r="J306" t="s">
-        <v>4714</v>
+        <v>4564</v>
       </c>
       <c r="K306" t="s">
-        <v>4886</v>
+        <v>4897</v>
+      </c>
+      <c r="L306" t="s">
+        <v>4898</v>
+      </c>
+      <c r="M306" t="s">
+        <v>4899</v>
+      </c>
+      <c r="N306" t="s">
+        <v>4900</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>1747</v>
       </c>
       <c r="B307" t="s">
-        <v>4887</v>
+        <v>4901</v>
       </c>
       <c r="C307" t="s">
         <v>11</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>4888</v>
+        <v>4902</v>
       </c>
       <c r="F307" t="s">
         <v>11</v>
       </c>
       <c r="G307" t="s">
-        <v>4889</v>
+        <v>4903</v>
       </c>
       <c r="H307" t="s">
-        <v>4890</v>
+        <v>4904</v>
       </c>
       <c r="I307" t="s">
-        <v>3752</v>
+        <v>4098</v>
       </c>
       <c r="J307" t="s">
-        <v>3298</v>
+        <v>4733</v>
       </c>
       <c r="K307" t="s">
-        <v>4891</v>
+        <v>4905</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>1747</v>
       </c>
       <c r="B308" t="s">
-        <v>4892</v>
+        <v>4906</v>
       </c>
       <c r="C308" t="s">
         <v>11</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>4893</v>
+        <v>4907</v>
       </c>
       <c r="F308" t="s">
         <v>11</v>
       </c>
       <c r="G308" t="s">
-        <v>4894</v>
+        <v>4908</v>
       </c>
       <c r="H308" t="s">
-        <v>4895</v>
+        <v>4909</v>
       </c>
       <c r="I308" t="s">
-        <v>4896</v>
+        <v>3769</v>
       </c>
       <c r="J308" t="s">
-        <v>2029</v>
+        <v>3315</v>
       </c>
       <c r="K308" t="s">
-        <v>4897</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>1747</v>
       </c>
       <c r="B309" t="s">
-        <v>4898</v>
+        <v>4911</v>
       </c>
       <c r="C309" t="s">
         <v>11</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
-        <v>4899</v>
+        <v>4912</v>
       </c>
       <c r="F309" t="s">
         <v>11</v>
       </c>
       <c r="G309" t="s">
-        <v>4900</v>
+        <v>4913</v>
       </c>
       <c r="H309" t="s">
-        <v>4901</v>
+        <v>4914</v>
       </c>
       <c r="I309" t="s">
-        <v>4902</v>
+        <v>4915</v>
       </c>
       <c r="J309" t="s">
-        <v>3513</v>
+        <v>1890</v>
       </c>
       <c r="K309" t="s">
-        <v>4903</v>
-[...2 lines deleted...]
-        <v>4904</v>
+        <v>4916</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>1747</v>
       </c>
       <c r="B310" t="s">
-        <v>4905</v>
+        <v>4917</v>
       </c>
       <c r="C310" t="s">
         <v>11</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>4906</v>
+        <v>4918</v>
       </c>
       <c r="F310" t="s">
         <v>11</v>
       </c>
       <c r="G310" t="s">
-        <v>4907</v>
+        <v>4919</v>
       </c>
       <c r="H310" t="s">
-        <v>4908</v>
+        <v>4920</v>
       </c>
       <c r="I310" t="s">
-        <v>4241</v>
+        <v>4921</v>
       </c>
       <c r="J310" t="s">
-        <v>2918</v>
+        <v>3530</v>
       </c>
       <c r="K310" t="s">
-        <v>4909</v>
+        <v>4922</v>
       </c>
       <c r="L310" t="s">
-        <v>4910</v>
-[...5 lines deleted...]
-        <v>4912</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>1747</v>
       </c>
       <c r="B311" t="s">
-        <v>4913</v>
+        <v>4924</v>
       </c>
       <c r="C311" t="s">
         <v>11</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>4914</v>
+        <v>4925</v>
       </c>
       <c r="F311" t="s">
         <v>11</v>
       </c>
       <c r="G311" t="s">
-        <v>4915</v>
+        <v>4926</v>
       </c>
       <c r="H311" t="s">
-        <v>4916</v>
+        <v>4927</v>
       </c>
       <c r="I311" t="s">
-        <v>4917</v>
+        <v>4258</v>
       </c>
       <c r="J311" t="s">
-        <v>2211</v>
+        <v>2935</v>
       </c>
       <c r="K311" t="s">
-        <v>4918</v>
+        <v>4928</v>
+      </c>
+      <c r="L311" t="s">
+        <v>4929</v>
+      </c>
+      <c r="M311" t="s">
+        <v>4930</v>
+      </c>
+      <c r="N311" t="s">
+        <v>4931</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>1747</v>
       </c>
       <c r="B312" t="s">
-        <v>4919</v>
+        <v>4932</v>
       </c>
       <c r="C312" t="s">
         <v>11</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>4920</v>
+        <v>4933</v>
       </c>
       <c r="F312" t="s">
         <v>11</v>
       </c>
       <c r="G312" t="s">
-        <v>4921</v>
+        <v>4934</v>
       </c>
       <c r="H312" t="s">
-        <v>4922</v>
+        <v>4935</v>
       </c>
       <c r="I312" t="s">
-        <v>4923</v>
+        <v>4936</v>
       </c>
       <c r="J312" t="s">
-        <v>4511</v>
+        <v>1829</v>
       </c>
       <c r="K312" t="s">
-        <v>4924</v>
-[...5 lines deleted...]
-        <v>4926</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>1747</v>
       </c>
       <c r="B313" t="s">
-        <v>4927</v>
+        <v>4938</v>
       </c>
       <c r="C313" t="s">
         <v>11</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>4928</v>
+        <v>4939</v>
       </c>
       <c r="F313" t="s">
         <v>11</v>
       </c>
       <c r="G313" t="s">
-        <v>4929</v>
+        <v>4940</v>
       </c>
       <c r="H313" t="s">
-        <v>4930</v>
+        <v>4941</v>
       </c>
       <c r="I313" t="s">
-        <v>4931</v>
+        <v>4942</v>
       </c>
       <c r="J313" t="s">
-        <v>4417</v>
+        <v>4528</v>
       </c>
       <c r="K313" t="s">
-        <v>4932</v>
+        <v>4943</v>
+      </c>
+      <c r="L313" t="s">
+        <v>4944</v>
+      </c>
+      <c r="M313" t="s">
+        <v>4945</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>1747</v>
       </c>
       <c r="B314" t="s">
-        <v>4933</v>
+        <v>4946</v>
       </c>
       <c r="C314" t="s">
         <v>11</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
-        <v>4934</v>
+        <v>4947</v>
       </c>
       <c r="F314" t="s">
         <v>11</v>
       </c>
       <c r="G314" t="s">
-        <v>4935</v>
+        <v>4948</v>
       </c>
       <c r="H314" t="s">
-        <v>4936</v>
+        <v>4949</v>
       </c>
       <c r="I314" t="s">
-        <v>4937</v>
+        <v>4950</v>
       </c>
       <c r="J314" t="s">
-        <v>4938</v>
+        <v>4434</v>
       </c>
       <c r="K314" t="s">
-        <v>4939</v>
+        <v>4951</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>1747</v>
       </c>
       <c r="B315" t="s">
-        <v>4940</v>
+        <v>4952</v>
       </c>
       <c r="C315" t="s">
         <v>11</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>4941</v>
+        <v>4953</v>
       </c>
       <c r="F315" t="s">
         <v>11</v>
       </c>
       <c r="G315" t="s">
-        <v>4942</v>
+        <v>4954</v>
       </c>
       <c r="H315" t="s">
-        <v>4943</v>
+        <v>4955</v>
       </c>
       <c r="I315" t="s">
-        <v>4944</v>
+        <v>4956</v>
       </c>
       <c r="J315" t="s">
-        <v>3298</v>
+        <v>4957</v>
       </c>
       <c r="K315" t="s">
-        <v>4945</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>1747</v>
       </c>
       <c r="B316" t="s">
-        <v>4946</v>
+        <v>4959</v>
       </c>
       <c r="C316" t="s">
         <v>11</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>4941</v>
+        <v>4960</v>
       </c>
       <c r="F316" t="s">
         <v>11</v>
       </c>
       <c r="G316" t="s">
-        <v>4947</v>
+        <v>4961</v>
       </c>
       <c r="H316" t="s">
-        <v>4948</v>
+        <v>4962</v>
       </c>
       <c r="I316" t="s">
-        <v>4949</v>
+        <v>4963</v>
       </c>
       <c r="J316" t="s">
-        <v>3064</v>
+        <v>3315</v>
       </c>
       <c r="K316" t="s">
-        <v>4950</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>1747</v>
       </c>
       <c r="B317" t="s">
-        <v>4951</v>
+        <v>4965</v>
       </c>
       <c r="C317" t="s">
         <v>11</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>4952</v>
+        <v>4960</v>
       </c>
       <c r="F317" t="s">
         <v>11</v>
       </c>
       <c r="G317" t="s">
-        <v>4953</v>
+        <v>4966</v>
       </c>
       <c r="H317" t="s">
-        <v>4954</v>
+        <v>4967</v>
       </c>
       <c r="I317" t="s">
-        <v>4955</v>
+        <v>4968</v>
       </c>
       <c r="J317" t="s">
-        <v>1773</v>
+        <v>3081</v>
       </c>
       <c r="K317" t="s">
-        <v>4956</v>
-[...2 lines deleted...]
-        <v>4957</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>1747</v>
       </c>
       <c r="B318" t="s">
-        <v>4958</v>
+        <v>4970</v>
       </c>
       <c r="C318" t="s">
         <v>11</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
-        <v>4959</v>
+        <v>4971</v>
       </c>
       <c r="F318" t="s">
         <v>11</v>
       </c>
       <c r="G318" t="s">
-        <v>4960</v>
+        <v>4972</v>
       </c>
       <c r="H318" t="s">
-        <v>4961</v>
+        <v>4973</v>
       </c>
       <c r="I318" t="s">
-        <v>4962</v>
+        <v>4974</v>
       </c>
       <c r="J318" t="s">
-        <v>2029</v>
+        <v>1951</v>
       </c>
       <c r="K318" t="s">
-        <v>4963</v>
+        <v>4975</v>
       </c>
       <c r="L318" t="s">
-        <v>4964</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>1747</v>
       </c>
       <c r="B319" t="s">
-        <v>4965</v>
+        <v>4977</v>
       </c>
       <c r="C319" t="s">
         <v>11</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>4966</v>
+        <v>4978</v>
       </c>
       <c r="F319" t="s">
         <v>11</v>
       </c>
       <c r="G319" t="s">
-        <v>4967</v>
+        <v>4979</v>
       </c>
       <c r="H319" t="s">
-        <v>4968</v>
+        <v>4980</v>
       </c>
       <c r="I319" t="s">
-        <v>4969</v>
+        <v>4981</v>
       </c>
       <c r="J319" t="s">
-        <v>3623</v>
+        <v>1890</v>
       </c>
       <c r="K319" t="s">
-        <v>4970</v>
+        <v>4982</v>
+      </c>
+      <c r="L319" t="s">
+        <v>4983</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>1747</v>
       </c>
       <c r="B320" t="s">
-        <v>4971</v>
+        <v>4984</v>
       </c>
       <c r="C320" t="s">
         <v>11</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
-        <v>4972</v>
+        <v>4985</v>
       </c>
       <c r="F320" t="s">
         <v>11</v>
       </c>
       <c r="G320" t="s">
-        <v>4973</v>
+        <v>4986</v>
       </c>
       <c r="H320" t="s">
-        <v>4974</v>
+        <v>4987</v>
       </c>
       <c r="I320" t="s">
-        <v>4975</v>
+        <v>4988</v>
       </c>
       <c r="J320" t="s">
-        <v>4976</v>
+        <v>3640</v>
       </c>
       <c r="K320" t="s">
-        <v>4977</v>
-[...5 lines deleted...]
-        <v>4979</v>
+        <v>4989</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>1747</v>
       </c>
       <c r="B321" t="s">
-        <v>4980</v>
+        <v>4990</v>
       </c>
       <c r="C321" t="s">
         <v>11</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>4981</v>
+        <v>4991</v>
       </c>
       <c r="F321" t="s">
         <v>11</v>
       </c>
       <c r="G321" t="s">
-        <v>4982</v>
+        <v>4992</v>
       </c>
       <c r="H321" t="s">
-        <v>4983</v>
+        <v>4993</v>
       </c>
       <c r="I321" t="s">
-        <v>4984</v>
+        <v>4994</v>
       </c>
       <c r="J321" t="s">
-        <v>4985</v>
+        <v>4995</v>
       </c>
       <c r="K321" t="s">
-        <v>4986</v>
+        <v>4996</v>
       </c>
       <c r="L321" t="s">
-        <v>4987</v>
+        <v>4997</v>
+      </c>
+      <c r="M321" t="s">
+        <v>4998</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>1747</v>
       </c>
       <c r="B322" t="s">
-        <v>4988</v>
+        <v>4999</v>
       </c>
       <c r="C322" t="s">
         <v>11</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>4989</v>
+        <v>5000</v>
       </c>
       <c r="F322" t="s">
         <v>11</v>
       </c>
       <c r="G322" t="s">
-        <v>4990</v>
+        <v>5001</v>
       </c>
       <c r="H322" t="s">
-        <v>4991</v>
+        <v>5002</v>
       </c>
       <c r="I322" t="s">
-        <v>4992</v>
+        <v>5003</v>
       </c>
       <c r="J322" t="s">
-        <v>4985</v>
+        <v>5004</v>
       </c>
       <c r="K322" t="s">
-        <v>4993</v>
+        <v>5005</v>
       </c>
       <c r="L322" t="s">
-        <v>4994</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>1747</v>
       </c>
       <c r="B323" t="s">
-        <v>4995</v>
+        <v>5007</v>
       </c>
       <c r="C323" t="s">
         <v>11</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>4996</v>
+        <v>5008</v>
       </c>
       <c r="F323" t="s">
         <v>11</v>
       </c>
       <c r="G323" t="s">
-        <v>4997</v>
+        <v>5009</v>
       </c>
       <c r="H323" t="s">
-        <v>4998</v>
+        <v>5010</v>
       </c>
       <c r="I323" t="s">
-        <v>4999</v>
+        <v>5011</v>
       </c>
       <c r="J323" t="s">
-        <v>3141</v>
+        <v>5004</v>
       </c>
       <c r="K323" t="s">
-        <v>5000</v>
+        <v>5012</v>
       </c>
       <c r="L323" t="s">
-        <v>5001</v>
+        <v>5013</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>1747</v>
       </c>
       <c r="B324" t="s">
-        <v>5002</v>
+        <v>5014</v>
       </c>
       <c r="C324" t="s">
         <v>11</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>5003</v>
+        <v>5015</v>
       </c>
       <c r="F324" t="s">
         <v>11</v>
       </c>
       <c r="G324" t="s">
-        <v>5004</v>
+        <v>5016</v>
       </c>
       <c r="H324" t="s">
-        <v>5005</v>
+        <v>5017</v>
       </c>
       <c r="I324" t="s">
-        <v>5006</v>
+        <v>5018</v>
       </c>
       <c r="J324" t="s">
-        <v>3141</v>
+        <v>3158</v>
       </c>
       <c r="K324" t="s">
-        <v>5007</v>
+        <v>5019</v>
+      </c>
+      <c r="L324" t="s">
+        <v>5020</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>1747</v>
       </c>
       <c r="B325" t="s">
-        <v>5008</v>
+        <v>5021</v>
       </c>
       <c r="C325" t="s">
         <v>11</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>5009</v>
+        <v>5022</v>
       </c>
       <c r="F325" t="s">
         <v>11</v>
       </c>
       <c r="G325" t="s">
-        <v>5010</v>
+        <v>5023</v>
       </c>
       <c r="H325" t="s">
-        <v>5011</v>
+        <v>5024</v>
       </c>
       <c r="I325" t="s">
-        <v>5012</v>
+        <v>5025</v>
       </c>
       <c r="J325" t="s">
-        <v>4547</v>
+        <v>3158</v>
       </c>
       <c r="K325" t="s">
-        <v>5013</v>
-[...14 lines deleted...]
-        <v>5018</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>1747</v>
       </c>
       <c r="B326" t="s">
-        <v>5019</v>
+        <v>5027</v>
       </c>
       <c r="C326" t="s">
         <v>11</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>5020</v>
+        <v>5028</v>
       </c>
       <c r="F326" t="s">
         <v>11</v>
       </c>
       <c r="G326" t="s">
-        <v>5021</v>
+        <v>5029</v>
       </c>
       <c r="H326" t="s">
-        <v>5022</v>
+        <v>5030</v>
       </c>
       <c r="I326" t="s">
-        <v>5023</v>
+        <v>5031</v>
       </c>
       <c r="J326" t="s">
-        <v>1903</v>
+        <v>4564</v>
       </c>
       <c r="K326" t="s">
-        <v>5024</v>
+        <v>5032</v>
       </c>
       <c r="L326" t="s">
-        <v>5025</v>
+        <v>5033</v>
       </c>
       <c r="M326" t="s">
-        <v>5026</v>
+        <v>5034</v>
+      </c>
+      <c r="N326" t="s">
+        <v>5035</v>
+      </c>
+      <c r="O326" t="s">
+        <v>5036</v>
+      </c>
+      <c r="P326" t="s">
+        <v>5037</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>1747</v>
       </c>
       <c r="B327" t="s">
-        <v>5027</v>
+        <v>5038</v>
       </c>
       <c r="C327" t="s">
         <v>11</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
-        <v>5028</v>
+        <v>5039</v>
       </c>
       <c r="F327" t="s">
         <v>11</v>
       </c>
       <c r="G327" t="s">
-        <v>5029</v>
+        <v>5040</v>
       </c>
       <c r="H327" t="s">
-        <v>5030</v>
+        <v>5041</v>
       </c>
       <c r="I327" t="s">
-        <v>5031</v>
+        <v>5042</v>
       </c>
       <c r="J327" t="s">
-        <v>2705</v>
+        <v>2057</v>
       </c>
       <c r="K327" t="s">
-        <v>5032</v>
+        <v>5043</v>
       </c>
       <c r="L327" t="s">
-        <v>5033</v>
+        <v>5044</v>
       </c>
       <c r="M327" t="s">
-        <v>5034</v>
+        <v>5045</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>1747</v>
       </c>
       <c r="B328" t="s">
-        <v>5035</v>
+        <v>5046</v>
       </c>
       <c r="C328" t="s">
         <v>11</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>5036</v>
+        <v>5047</v>
       </c>
       <c r="F328" t="s">
         <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>5037</v>
+        <v>5048</v>
       </c>
       <c r="H328" t="s">
-        <v>5038</v>
+        <v>5049</v>
       </c>
       <c r="I328" t="s">
-        <v>5039</v>
+        <v>5050</v>
       </c>
       <c r="J328" t="s">
-        <v>1849</v>
+        <v>2722</v>
       </c>
       <c r="K328" t="s">
-        <v>5040</v>
+        <v>5051</v>
       </c>
       <c r="L328" t="s">
-        <v>5041</v>
+        <v>5052</v>
+      </c>
+      <c r="M328" t="s">
+        <v>5053</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>1747</v>
       </c>
       <c r="B329" t="s">
-        <v>5042</v>
+        <v>5054</v>
       </c>
       <c r="C329" t="s">
         <v>11</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>5043</v>
+        <v>5055</v>
       </c>
       <c r="F329" t="s">
         <v>11</v>
       </c>
       <c r="G329" t="s">
-        <v>5044</v>
+        <v>5056</v>
       </c>
       <c r="H329" t="s">
-        <v>5045</v>
+        <v>5057</v>
       </c>
       <c r="I329" t="s">
-        <v>5046</v>
+        <v>5058</v>
       </c>
       <c r="J329" t="s">
-        <v>5047</v>
+        <v>1838</v>
       </c>
       <c r="K329" t="s">
-        <v>5048</v>
+        <v>5059</v>
+      </c>
+      <c r="L329" t="s">
+        <v>5060</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>1747</v>
       </c>
       <c r="B330" t="s">
-        <v>5049</v>
+        <v>5061</v>
       </c>
       <c r="C330" t="s">
         <v>11</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>5050</v>
+        <v>5062</v>
       </c>
       <c r="F330" t="s">
         <v>11</v>
       </c>
       <c r="G330" t="s">
-        <v>5051</v>
+        <v>5063</v>
       </c>
       <c r="H330" t="s">
-        <v>5052</v>
+        <v>5064</v>
       </c>
       <c r="I330" t="s">
-        <v>5053</v>
+        <v>5065</v>
       </c>
       <c r="J330" t="s">
-        <v>1773</v>
+        <v>5066</v>
       </c>
       <c r="K330" t="s">
-        <v>5054</v>
-[...14 lines deleted...]
-        <v>5059</v>
+        <v>5067</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>1747</v>
       </c>
       <c r="B331" t="s">
-        <v>5060</v>
+        <v>5068</v>
       </c>
       <c r="C331" t="s">
         <v>11</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>5061</v>
+        <v>5069</v>
       </c>
       <c r="F331" t="s">
         <v>11</v>
       </c>
       <c r="G331" t="s">
-        <v>5062</v>
+        <v>5070</v>
       </c>
       <c r="H331" t="s">
-        <v>5063</v>
+        <v>5071</v>
       </c>
       <c r="I331" t="s">
-        <v>5064</v>
+        <v>5072</v>
       </c>
       <c r="J331" t="s">
-        <v>5065</v>
+        <v>1951</v>
       </c>
       <c r="K331" t="s">
-        <v>5066</v>
+        <v>5073</v>
       </c>
       <c r="L331" t="s">
-        <v>5067</v>
+        <v>5074</v>
       </c>
       <c r="M331" t="s">
-        <v>5068</v>
+        <v>5075</v>
       </c>
       <c r="N331" t="s">
-        <v>5069</v>
+        <v>5076</v>
+      </c>
+      <c r="O331" t="s">
+        <v>5077</v>
+      </c>
+      <c r="P331" t="s">
+        <v>5078</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>1747</v>
       </c>
       <c r="B332" t="s">
-        <v>5070</v>
+        <v>5079</v>
       </c>
       <c r="C332" t="s">
         <v>11</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>5071</v>
+        <v>5080</v>
       </c>
       <c r="F332" t="s">
         <v>11</v>
       </c>
       <c r="G332" t="s">
-        <v>5072</v>
+        <v>5081</v>
       </c>
       <c r="H332" t="s">
-        <v>5073</v>
+        <v>5082</v>
       </c>
       <c r="I332" t="s">
-        <v>5074</v>
+        <v>5083</v>
       </c>
       <c r="J332" t="s">
-        <v>4690</v>
+        <v>5084</v>
       </c>
       <c r="K332" t="s">
-        <v>5075</v>
+        <v>5085</v>
       </c>
       <c r="L332" t="s">
-        <v>5076</v>
+        <v>5086</v>
       </c>
       <c r="M332" t="s">
-        <v>5077</v>
+        <v>5087</v>
+      </c>
+      <c r="N332" t="s">
+        <v>5088</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>1747</v>
       </c>
       <c r="B333" t="s">
-        <v>5078</v>
+        <v>5089</v>
       </c>
       <c r="C333" t="s">
         <v>11</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>5079</v>
+        <v>5090</v>
       </c>
       <c r="F333" t="s">
         <v>11</v>
       </c>
       <c r="G333" t="s">
-        <v>5080</v>
+        <v>5091</v>
       </c>
       <c r="H333" t="s">
-        <v>5081</v>
+        <v>5092</v>
       </c>
       <c r="I333" t="s">
-        <v>4392</v>
+        <v>5093</v>
       </c>
       <c r="J333" t="s">
-        <v>5082</v>
+        <v>4709</v>
       </c>
       <c r="K333" t="s">
-        <v>5083</v>
+        <v>5094</v>
       </c>
       <c r="L333" t="s">
-        <v>5084</v>
+        <v>5095</v>
       </c>
       <c r="M333" t="s">
-        <v>5085</v>
-[...2 lines deleted...]
-        <v>5086</v>
+        <v>5096</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>1747</v>
       </c>
       <c r="B334" t="s">
-        <v>5087</v>
+        <v>5097</v>
       </c>
       <c r="C334" t="s">
         <v>11</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>5088</v>
+        <v>5098</v>
       </c>
       <c r="F334" t="s">
         <v>11</v>
       </c>
       <c r="G334" t="s">
-        <v>5089</v>
+        <v>5099</v>
       </c>
       <c r="H334" t="s">
-        <v>5090</v>
+        <v>5100</v>
       </c>
       <c r="I334" t="s">
-        <v>5091</v>
+        <v>4409</v>
       </c>
       <c r="J334" t="s">
-        <v>5092</v>
+        <v>5101</v>
       </c>
       <c r="K334" t="s">
-        <v>5093</v>
+        <v>5102</v>
       </c>
       <c r="L334" t="s">
-        <v>5094</v>
+        <v>5103</v>
       </c>
       <c r="M334" t="s">
-        <v>5095</v>
+        <v>5104</v>
+      </c>
+      <c r="N334" t="s">
+        <v>5105</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>1747</v>
       </c>
       <c r="B335" t="s">
-        <v>5096</v>
+        <v>5106</v>
       </c>
       <c r="C335" t="s">
         <v>11</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>5097</v>
+        <v>5107</v>
       </c>
       <c r="F335" t="s">
         <v>11</v>
       </c>
       <c r="G335" t="s">
-        <v>5098</v>
+        <v>5108</v>
       </c>
       <c r="H335" t="s">
-        <v>5099</v>
+        <v>5109</v>
       </c>
       <c r="I335" t="s">
-        <v>5100</v>
+        <v>5110</v>
       </c>
       <c r="J335" t="s">
-        <v>5101</v>
+        <v>5111</v>
       </c>
       <c r="K335" t="s">
-        <v>5102</v>
+        <v>5112</v>
       </c>
       <c r="L335" t="s">
-        <v>5103</v>
+        <v>5113</v>
       </c>
       <c r="M335" t="s">
-        <v>5104</v>
+        <v>5114</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>1747</v>
       </c>
       <c r="B336" t="s">
-        <v>5105</v>
+        <v>5115</v>
       </c>
       <c r="C336" t="s">
         <v>11</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>5106</v>
+        <v>5116</v>
       </c>
       <c r="F336" t="s">
         <v>11</v>
       </c>
       <c r="G336" t="s">
-        <v>5107</v>
+        <v>5117</v>
       </c>
       <c r="H336" t="s">
-        <v>5108</v>
+        <v>5118</v>
       </c>
       <c r="I336" t="s">
-        <v>5109</v>
+        <v>5119</v>
       </c>
       <c r="J336" t="s">
-        <v>5110</v>
+        <v>5120</v>
       </c>
       <c r="K336" t="s">
-        <v>5111</v>
+        <v>5121</v>
       </c>
       <c r="L336" t="s">
-        <v>5112</v>
+        <v>5122</v>
       </c>
       <c r="M336" t="s">
-        <v>5113</v>
-[...2 lines deleted...]
-        <v>5114</v>
+        <v>5123</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>1747</v>
       </c>
       <c r="B337" t="s">
-        <v>5115</v>
+        <v>5124</v>
       </c>
       <c r="C337" t="s">
         <v>11</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>5106</v>
+        <v>5125</v>
       </c>
       <c r="F337" t="s">
         <v>11</v>
       </c>
       <c r="G337" t="s">
-        <v>5116</v>
+        <v>5126</v>
       </c>
       <c r="H337" t="s">
-        <v>5117</v>
+        <v>5127</v>
       </c>
       <c r="I337" t="s">
-        <v>5118</v>
+        <v>5128</v>
       </c>
       <c r="J337" t="s">
-        <v>5119</v>
+        <v>5129</v>
       </c>
       <c r="K337" t="s">
-        <v>5120</v>
+        <v>5130</v>
       </c>
       <c r="L337" t="s">
-        <v>5121</v>
+        <v>5131</v>
+      </c>
+      <c r="M337" t="s">
+        <v>5132</v>
+      </c>
+      <c r="N337" t="s">
+        <v>5133</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>1747</v>
       </c>
       <c r="B338" t="s">
-        <v>5122</v>
+        <v>5134</v>
       </c>
       <c r="C338" t="s">
         <v>11</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>5123</v>
+        <v>5125</v>
       </c>
       <c r="F338" t="s">
         <v>11</v>
       </c>
       <c r="G338" t="s">
-        <v>5124</v>
+        <v>5135</v>
       </c>
       <c r="H338" t="s">
-        <v>5125</v>
+        <v>5136</v>
       </c>
       <c r="I338" t="s">
-        <v>5126</v>
+        <v>5137</v>
       </c>
       <c r="J338" t="s">
-        <v>5127</v>
+        <v>5138</v>
       </c>
       <c r="K338" t="s">
-        <v>5128</v>
+        <v>5139</v>
+      </c>
+      <c r="L338" t="s">
+        <v>5140</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>1747</v>
       </c>
       <c r="B339" t="s">
-        <v>5129</v>
+        <v>5141</v>
       </c>
       <c r="C339" t="s">
         <v>11</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>5130</v>
+        <v>5142</v>
       </c>
       <c r="F339" t="s">
         <v>11</v>
       </c>
       <c r="G339" t="s">
-        <v>5131</v>
+        <v>5143</v>
       </c>
       <c r="H339" t="s">
-        <v>5132</v>
+        <v>5144</v>
       </c>
       <c r="I339" t="s">
-        <v>5133</v>
+        <v>5145</v>
       </c>
       <c r="J339" t="s">
-        <v>2433</v>
+        <v>5146</v>
       </c>
       <c r="K339" t="s">
-        <v>5134</v>
-[...5 lines deleted...]
-        <v>5136</v>
+        <v>5147</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>1747</v>
       </c>
       <c r="B340" t="s">
-        <v>5137</v>
+        <v>5148</v>
       </c>
       <c r="C340" t="s">
         <v>11</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>5138</v>
+        <v>5149</v>
       </c>
       <c r="F340" t="s">
         <v>11</v>
       </c>
       <c r="G340" t="s">
-        <v>5139</v>
+        <v>5150</v>
       </c>
       <c r="H340" t="s">
-        <v>5140</v>
+        <v>5151</v>
       </c>
       <c r="I340" t="s">
-        <v>5141</v>
+        <v>5152</v>
       </c>
       <c r="J340" t="s">
-        <v>5142</v>
+        <v>2472</v>
       </c>
       <c r="K340" t="s">
-        <v>5143</v>
+        <v>5153</v>
       </c>
       <c r="L340" t="s">
-        <v>5144</v>
+        <v>5154</v>
       </c>
       <c r="M340" t="s">
-        <v>5145</v>
-[...8 lines deleted...]
-        <v>5148</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>1747</v>
       </c>
       <c r="B341" t="s">
-        <v>5149</v>
+        <v>5156</v>
       </c>
       <c r="C341" t="s">
         <v>11</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>5138</v>
+        <v>5157</v>
       </c>
       <c r="F341" t="s">
         <v>11</v>
       </c>
       <c r="G341" t="s">
-        <v>5150</v>
+        <v>5158</v>
       </c>
       <c r="H341" t="s">
-        <v>5151</v>
+        <v>5159</v>
       </c>
       <c r="I341" t="s">
-        <v>2611</v>
+        <v>5160</v>
       </c>
       <c r="J341" t="s">
-        <v>5152</v>
+        <v>5161</v>
       </c>
       <c r="K341" t="s">
-        <v>5153</v>
+        <v>5162</v>
       </c>
       <c r="L341" t="s">
-        <v>5154</v>
+        <v>5163</v>
+      </c>
+      <c r="M341" t="s">
+        <v>5164</v>
+      </c>
+      <c r="N341" t="s">
+        <v>5165</v>
+      </c>
+      <c r="O341" t="s">
+        <v>5166</v>
+      </c>
+      <c r="P341" t="s">
+        <v>5167</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>1747</v>
       </c>
       <c r="B342" t="s">
-        <v>5155</v>
+        <v>5168</v>
       </c>
       <c r="C342" t="s">
         <v>11</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>5156</v>
+        <v>5157</v>
       </c>
       <c r="F342" t="s">
         <v>11</v>
       </c>
       <c r="G342" t="s">
-        <v>5157</v>
+        <v>5169</v>
       </c>
       <c r="H342" t="s">
-        <v>5158</v>
+        <v>5170</v>
       </c>
       <c r="I342" t="s">
-        <v>5159</v>
+        <v>1919</v>
       </c>
       <c r="J342" t="s">
-        <v>4393</v>
+        <v>5171</v>
       </c>
       <c r="K342" t="s">
-        <v>5160</v>
+        <v>5172</v>
       </c>
       <c r="L342" t="s">
-        <v>5161</v>
+        <v>5173</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>1747</v>
       </c>
       <c r="B343" t="s">
-        <v>5162</v>
+        <v>5174</v>
       </c>
       <c r="C343" t="s">
         <v>11</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>5156</v>
+        <v>5175</v>
       </c>
       <c r="F343" t="s">
         <v>11</v>
       </c>
       <c r="G343" t="s">
-        <v>5163</v>
+        <v>5176</v>
       </c>
       <c r="H343" t="s">
-        <v>5164</v>
+        <v>5177</v>
       </c>
       <c r="I343" t="s">
-        <v>5159</v>
+        <v>5178</v>
       </c>
       <c r="J343" t="s">
-        <v>5165</v>
+        <v>4410</v>
       </c>
       <c r="K343" t="s">
-        <v>5166</v>
+        <v>5179</v>
       </c>
       <c r="L343" t="s">
-        <v>5167</v>
-[...2 lines deleted...]
-        <v>5168</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>1747</v>
       </c>
       <c r="B344" t="s">
-        <v>5169</v>
+        <v>5181</v>
       </c>
       <c r="C344" t="s">
         <v>11</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>5156</v>
+        <v>5175</v>
       </c>
       <c r="F344" t="s">
         <v>11</v>
       </c>
       <c r="G344" t="s">
-        <v>5170</v>
+        <v>5182</v>
       </c>
       <c r="H344" t="s">
-        <v>5171</v>
+        <v>5183</v>
       </c>
       <c r="I344" t="s">
-        <v>5012</v>
+        <v>5178</v>
       </c>
       <c r="J344" t="s">
-        <v>5172</v>
+        <v>5184</v>
       </c>
       <c r="K344" t="s">
-        <v>5173</v>
+        <v>5185</v>
       </c>
       <c r="L344" t="s">
-        <v>5174</v>
+        <v>5186</v>
       </c>
       <c r="M344" t="s">
-        <v>5175</v>
-[...26 lines deleted...]
-        <v>5184</v>
+        <v>5187</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>1747</v>
       </c>
       <c r="B345" t="s">
-        <v>5185</v>
+        <v>5188</v>
       </c>
       <c r="C345" t="s">
         <v>11</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>5156</v>
+        <v>5175</v>
       </c>
       <c r="F345" t="s">
         <v>11</v>
       </c>
       <c r="G345" t="s">
-        <v>5186</v>
+        <v>5189</v>
       </c>
       <c r="H345" t="s">
-        <v>5187</v>
+        <v>5190</v>
       </c>
       <c r="I345" t="s">
-        <v>5188</v>
+        <v>5031</v>
       </c>
       <c r="J345" t="s">
-        <v>386</v>
+        <v>5191</v>
       </c>
       <c r="K345" t="s">
-        <v>5189</v>
+        <v>5192</v>
       </c>
       <c r="L345" t="s">
-        <v>5190</v>
+        <v>5193</v>
       </c>
       <c r="M345" t="s">
-        <v>5191</v>
+        <v>5194</v>
+      </c>
+      <c r="N345" t="s">
+        <v>5195</v>
+      </c>
+      <c r="O345" t="s">
+        <v>5196</v>
+      </c>
+      <c r="P345" t="s">
+        <v>5197</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>5198</v>
+      </c>
+      <c r="R345" t="s">
+        <v>5199</v>
+      </c>
+      <c r="S345" t="s">
+        <v>5200</v>
+      </c>
+      <c r="T345" t="s">
+        <v>5201</v>
+      </c>
+      <c r="U345" t="s">
+        <v>5202</v>
+      </c>
+      <c r="V345" t="s">
+        <v>5203</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>1747</v>
       </c>
       <c r="B346" t="s">
-        <v>5192</v>
+        <v>5204</v>
       </c>
       <c r="C346" t="s">
         <v>11</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>5156</v>
+        <v>5175</v>
       </c>
       <c r="F346" t="s">
         <v>11</v>
       </c>
       <c r="G346" t="s">
-        <v>5193</v>
+        <v>5205</v>
       </c>
       <c r="H346" t="s">
-        <v>5194</v>
+        <v>5206</v>
       </c>
       <c r="I346" t="s">
-        <v>5012</v>
+        <v>5207</v>
       </c>
       <c r="J346" t="s">
-        <v>5195</v>
+        <v>386</v>
       </c>
       <c r="K346" t="s">
-        <v>5196</v>
+        <v>5208</v>
       </c>
       <c r="L346" t="s">
-        <v>5197</v>
+        <v>5209</v>
       </c>
       <c r="M346" t="s">
-        <v>5198</v>
-[...5 lines deleted...]
-        <v>5200</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>1747</v>
       </c>
       <c r="B347" t="s">
-        <v>5201</v>
+        <v>5211</v>
       </c>
       <c r="C347" t="s">
         <v>11</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>5156</v>
+        <v>5175</v>
       </c>
       <c r="F347" t="s">
         <v>11</v>
       </c>
       <c r="G347" t="s">
-        <v>5202</v>
+        <v>5212</v>
       </c>
       <c r="H347" t="s">
-        <v>5203</v>
+        <v>5213</v>
       </c>
       <c r="I347" t="s">
-        <v>5188</v>
+        <v>5031</v>
       </c>
       <c r="J347" t="s">
-        <v>5204</v>
+        <v>5214</v>
       </c>
       <c r="K347" t="s">
-        <v>5205</v>
+        <v>5215</v>
       </c>
       <c r="L347" t="s">
-        <v>5206</v>
+        <v>5216</v>
+      </c>
+      <c r="M347" t="s">
+        <v>5217</v>
+      </c>
+      <c r="N347" t="s">
+        <v>5218</v>
+      </c>
+      <c r="O347" t="s">
+        <v>5219</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>1747</v>
       </c>
       <c r="B348" t="s">
+        <v>5220</v>
+      </c>
+      <c r="C348" t="s">
+        <v>11</v>
+      </c>
+      <c r="D348" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" t="s">
+        <v>5175</v>
+      </c>
+      <c r="F348" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" t="s">
+        <v>5221</v>
+      </c>
+      <c r="H348" t="s">
+        <v>5222</v>
+      </c>
+      <c r="I348" t="s">
         <v>5207</v>
       </c>
-      <c r="C348" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J348" t="s">
-        <v>5212</v>
+        <v>5223</v>
       </c>
       <c r="K348" t="s">
-        <v>5213</v>
+        <v>5224</v>
       </c>
       <c r="L348" t="s">
-        <v>5214</v>
-[...2 lines deleted...]
-        <v>5215</v>
+        <v>5225</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>1747</v>
       </c>
       <c r="B349" t="s">
-        <v>5216</v>
+        <v>5226</v>
       </c>
       <c r="C349" t="s">
         <v>11</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>5217</v>
+        <v>5227</v>
       </c>
       <c r="F349" t="s">
         <v>11</v>
       </c>
       <c r="G349" t="s">
-        <v>5218</v>
+        <v>5228</v>
       </c>
       <c r="H349" t="s">
-        <v>5219</v>
+        <v>5229</v>
       </c>
       <c r="I349" t="s">
-        <v>5220</v>
+        <v>5230</v>
       </c>
       <c r="J349" t="s">
-        <v>2918</v>
+        <v>5231</v>
       </c>
       <c r="K349" t="s">
-        <v>5221</v>
+        <v>5232</v>
       </c>
       <c r="L349" t="s">
-        <v>5222</v>
+        <v>5233</v>
       </c>
       <c r="M349" t="s">
-        <v>5223</v>
-[...5 lines deleted...]
-        <v>5225</v>
+        <v>5234</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>1747</v>
       </c>
       <c r="B350" t="s">
-        <v>5226</v>
+        <v>5235</v>
       </c>
       <c r="C350" t="s">
         <v>11</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>5227</v>
+        <v>5236</v>
       </c>
       <c r="F350" t="s">
         <v>11</v>
       </c>
       <c r="G350" t="s">
-        <v>5228</v>
+        <v>5237</v>
       </c>
       <c r="H350" t="s">
-        <v>5229</v>
+        <v>5238</v>
       </c>
       <c r="I350" t="s">
-        <v>5230</v>
+        <v>5239</v>
       </c>
       <c r="J350" t="s">
-        <v>5110</v>
+        <v>2935</v>
       </c>
       <c r="K350" t="s">
-        <v>5231</v>
+        <v>5240</v>
       </c>
       <c r="L350" t="s">
-        <v>5232</v>
+        <v>5241</v>
       </c>
       <c r="M350" t="s">
-        <v>5233</v>
+        <v>5242</v>
+      </c>
+      <c r="N350" t="s">
+        <v>5243</v>
+      </c>
+      <c r="O350" t="s">
+        <v>5244</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>1747</v>
       </c>
       <c r="B351" t="s">
-        <v>5234</v>
+        <v>5245</v>
       </c>
       <c r="C351" t="s">
         <v>11</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>5235</v>
+        <v>5246</v>
       </c>
       <c r="F351" t="s">
         <v>11</v>
       </c>
       <c r="G351" t="s">
-        <v>5236</v>
+        <v>5247</v>
       </c>
       <c r="H351" t="s">
-        <v>5237</v>
+        <v>5248</v>
       </c>
       <c r="I351" t="s">
-        <v>5238</v>
+        <v>5249</v>
       </c>
       <c r="J351" t="s">
-        <v>5110</v>
+        <v>5129</v>
       </c>
       <c r="K351" t="s">
-        <v>5239</v>
+        <v>5250</v>
       </c>
       <c r="L351" t="s">
-        <v>5240</v>
+        <v>5251</v>
       </c>
       <c r="M351" t="s">
-        <v>5241</v>
+        <v>5252</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>1747</v>
       </c>
       <c r="B352" t="s">
-        <v>5242</v>
+        <v>5253</v>
       </c>
       <c r="C352" t="s">
         <v>11</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>5243</v>
+        <v>5254</v>
       </c>
       <c r="F352" t="s">
         <v>11</v>
       </c>
       <c r="G352" t="s">
-        <v>5244</v>
+        <v>5255</v>
       </c>
       <c r="H352" t="s">
-        <v>5245</v>
+        <v>5256</v>
       </c>
       <c r="I352" t="s">
-        <v>5246</v>
+        <v>5257</v>
       </c>
       <c r="J352" t="s">
-        <v>5247</v>
+        <v>5129</v>
       </c>
       <c r="K352" t="s">
-        <v>5248</v>
+        <v>5258</v>
+      </c>
+      <c r="L352" t="s">
+        <v>5259</v>
+      </c>
+      <c r="M352" t="s">
+        <v>5260</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>1747</v>
       </c>
       <c r="B353" t="s">
-        <v>5249</v>
+        <v>5261</v>
       </c>
       <c r="C353" t="s">
         <v>11</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>5250</v>
+        <v>5262</v>
       </c>
       <c r="F353" t="s">
         <v>11</v>
       </c>
       <c r="G353" t="s">
-        <v>5251</v>
+        <v>5263</v>
       </c>
       <c r="H353" t="s">
-        <v>5252</v>
+        <v>5264</v>
       </c>
       <c r="I353" t="s">
-        <v>2665</v>
+        <v>5265</v>
       </c>
       <c r="J353" t="s">
-        <v>5253</v>
+        <v>5266</v>
       </c>
       <c r="K353" t="s">
-        <v>5254</v>
+        <v>5267</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>1747</v>
       </c>
       <c r="B354" t="s">
-        <v>5255</v>
+        <v>5268</v>
       </c>
       <c r="C354" t="s">
         <v>11</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>5256</v>
+        <v>5269</v>
       </c>
       <c r="F354" t="s">
         <v>11</v>
       </c>
       <c r="G354" t="s">
-        <v>5257</v>
+        <v>5270</v>
       </c>
       <c r="H354" t="s">
-        <v>5258</v>
+        <v>5271</v>
       </c>
       <c r="I354" t="s">
-        <v>5259</v>
+        <v>2682</v>
       </c>
       <c r="J354" t="s">
-        <v>5260</v>
+        <v>5272</v>
       </c>
       <c r="K354" t="s">
-        <v>5261</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>1747</v>
       </c>
       <c r="B355" t="s">
-        <v>5262</v>
+        <v>5274</v>
       </c>
       <c r="C355" t="s">
         <v>11</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>5263</v>
+        <v>5275</v>
       </c>
       <c r="F355" t="s">
         <v>11</v>
       </c>
       <c r="G355" t="s">
-        <v>5264</v>
+        <v>5276</v>
       </c>
       <c r="H355" t="s">
-        <v>5265</v>
+        <v>5277</v>
       </c>
       <c r="I355" t="s">
-        <v>5266</v>
+        <v>5278</v>
       </c>
       <c r="J355" t="s">
-        <v>3677</v>
+        <v>5279</v>
       </c>
       <c r="K355" t="s">
-        <v>5267</v>
-[...2 lines deleted...]
-        <v>5268</v>
+        <v>5280</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>1747</v>
       </c>
       <c r="B356" t="s">
-        <v>5269</v>
+        <v>5281</v>
       </c>
       <c r="C356" t="s">
         <v>11</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
-        <v>5270</v>
+        <v>5282</v>
       </c>
       <c r="F356" t="s">
         <v>11</v>
       </c>
       <c r="G356" t="s">
-        <v>5271</v>
+        <v>5283</v>
       </c>
       <c r="H356" t="s">
-        <v>5272</v>
+        <v>5284</v>
       </c>
       <c r="I356" t="s">
-        <v>5273</v>
+        <v>5285</v>
       </c>
       <c r="J356" t="s">
-        <v>5274</v>
+        <v>3694</v>
       </c>
       <c r="K356" t="s">
-        <v>5275</v>
+        <v>5286</v>
+      </c>
+      <c r="L356" t="s">
+        <v>5287</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B357" t="s">
+        <v>5288</v>
+      </c>
+      <c r="C357" t="s">
+        <v>11</v>
+      </c>
+      <c r="D357" t="s">
+        <v>11</v>
+      </c>
+      <c r="E357" t="s">
+        <v>5289</v>
+      </c>
+      <c r="F357" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" t="s">
+        <v>5290</v>
+      </c>
+      <c r="H357" t="s">
+        <v>5291</v>
+      </c>
+      <c r="I357" t="s">
+        <v>5292</v>
+      </c>
+      <c r="J357" t="s">
+        <v>5293</v>
+      </c>
+      <c r="K357" t="s">
+        <v>5294</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B2" t="s">
-        <v>5277</v>
+        <v>5296</v>
       </c>
       <c r="C2" t="s">
-        <v>5278</v>
+        <v>5297</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>5279</v>
+        <v>5298</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>5280</v>
+        <v>5299</v>
       </c>
       <c r="H2" t="s">
-        <v>5281</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B3" t="s">
-        <v>5282</v>
+        <v>5301</v>
       </c>
       <c r="C3" t="s">
-        <v>5283</v>
+        <v>5302</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>5284</v>
+        <v>5303</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>5285</v>
+        <v>5304</v>
       </c>
       <c r="H3" t="s">
-        <v>5286</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B4" t="s">
-        <v>5287</v>
+        <v>5306</v>
       </c>
       <c r="C4" t="s">
-        <v>5288</v>
+        <v>5307</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>5289</v>
+        <v>5308</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>5290</v>
+        <v>5309</v>
       </c>
       <c r="H4" t="s">
-        <v>5291</v>
+        <v>5310</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B5" t="s">
-        <v>5292</v>
+        <v>5311</v>
       </c>
       <c r="C5" t="s">
-        <v>5293</v>
+        <v>5312</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>5294</v>
+        <v>5313</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>5295</v>
+        <v>5314</v>
       </c>
       <c r="H5" t="s">
-        <v>5296</v>
+        <v>5315</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B6" t="s">
-        <v>5297</v>
+        <v>5316</v>
       </c>
       <c r="C6" t="s">
-        <v>5298</v>
+        <v>5317</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>5299</v>
+        <v>5318</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>5300</v>
+        <v>5319</v>
       </c>
       <c r="H6" t="s">
-        <v>5301</v>
+        <v>5320</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B7" t="s">
-        <v>5302</v>
+        <v>5321</v>
       </c>
       <c r="C7" t="s">
-        <v>5303</v>
+        <v>5322</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>5304</v>
+        <v>5323</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>5305</v>
+        <v>5324</v>
       </c>
       <c r="H7" t="s">
-        <v>5306</v>
+        <v>5325</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B8" t="s">
-        <v>5307</v>
+        <v>5326</v>
       </c>
       <c r="C8" t="s">
-        <v>5308</v>
+        <v>5327</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>5309</v>
+        <v>5328</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>5310</v>
+        <v>5329</v>
       </c>
       <c r="H8" t="s">
-        <v>5311</v>
+        <v>5330</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>5276</v>
+        <v>5295</v>
       </c>
       <c r="B9" t="s">
-        <v>5312</v>
+        <v>5331</v>
       </c>
       <c r="C9" t="s">
-        <v>5313</v>
+        <v>5332</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>5314</v>
+        <v>5333</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>5315</v>
+        <v>5334</v>
       </c>
       <c r="H9" t="s">
-        <v>5316</v>
+        <v>5335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J142"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>